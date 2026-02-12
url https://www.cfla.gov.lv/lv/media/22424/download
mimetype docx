--- v0 (2025-12-25)
+++ v1 (2026-02-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="04A06A85" w14:textId="1694AA09" w:rsidR="002A1BB4" w:rsidRPr="00E42013" w:rsidRDefault="00B24DD0" w:rsidP="4A5BBB70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk128915547"/>
       <w:r w:rsidRPr="4A5BBB70">
@@ -1183,77 +1184,115 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Kritērijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBC3611" w14:textId="10DFD558" w:rsidR="009027FE" w:rsidRPr="0054326A" w:rsidRDefault="009027FE" w:rsidP="00B55D8C">
+          <w:p w14:paraId="5EBC3611" w14:textId="2C85755D" w:rsidR="009027FE" w:rsidRPr="0054326A" w:rsidRDefault="009027FE" w:rsidP="00B55D8C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Kritērija ietekme uz lēmuma pieņemšanu (P</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
+            <w:ins w:id="3" w:author="Gunta Švarce" w:date="2026-01-20T14:07:00Z" w16du:dateUtc="2026-01-20T12:07:00Z">
+              <w:r w:rsidR="0030020A">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:t>N</w:t>
+              </w:r>
+              <w:r w:rsidR="00794F69">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:footnoteReference w:id="3"/>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="6" w:author="Gunta Švarce" w:date="2026-01-20T14:09:00Z" w16du:dateUtc="2026-01-20T12:09:00Z">
+              <w:r w:rsidR="00426B35">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:t>, N/A</w:t>
+              </w:r>
+              <w:r w:rsidR="00426B35">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:footnoteReference w:id="4"/>
+              </w:r>
+            </w:ins>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B89BC3" w14:textId="6CCCCB99" w:rsidR="009027FE" w:rsidRPr="0054326A" w:rsidRDefault="009027FE" w:rsidP="00B55D8C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -1290,51 +1329,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1.VIENOTIE KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="3"/>
+              <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000012C8" w:rsidRPr="0054326A" w14:paraId="05930B88" w14:textId="77777777" w:rsidTr="681A5038">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7108FF4D" w14:textId="63231B34" w:rsidR="000012C8" w:rsidRPr="0054326A" w:rsidRDefault="000012C8" w:rsidP="00190654">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -1668,51 +1707,61 @@
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B542745" w14:textId="77777777" w:rsidR="00F21CFB" w:rsidRDefault="00F21CFB" w:rsidP="00F21CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par  projekta  iesniegumā  un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, </w:t>
+              <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par  projekta  iesniegumā  un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F21CFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F21CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tiesībsargājošo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F21CFB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> institūciju u.tml. atkarībā no SAM specifikas.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="449B5D77" w14:textId="77777777" w:rsidR="00F21CFB" w:rsidRDefault="00F21CFB" w:rsidP="00F21CFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1952,50 +2001,51 @@
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1349A948" w14:textId="527FCAAA" w:rsidR="00F67C9E" w:rsidRPr="0054326A" w:rsidRDefault="00F67C9E" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BEFF8BD" w14:textId="09B6BE96" w:rsidR="00F67C9E" w:rsidRPr="0054326A" w:rsidRDefault="003841FC" w:rsidP="00F53701">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003841FC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniegumā ir identificēti, aprakstīti un izvērtēti projekta riski, novērtēta to ietekme un iestāšanās varbūtība, kā arī noteikti riskus mazinošie pasākumi. </w:t>
             </w:r>
@@ -2122,50 +2172,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>katram riskam ir norādīta tā ietekme (augsta, vidēja, zema) uz projekta īstenošanu un mērķu sasniegšanu un iestāšanās varbūtība (augsta, vidēja, zema); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D69EE6" w14:textId="6444C475" w:rsidR="003558E6" w:rsidRPr="00615C54" w:rsidRDefault="003558E6" w:rsidP="00190654">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2886"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615C54">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>katram riskam ir norādīti plānotie vai jau īstenotie risku pārvaldības pasākumi, kas vērsti uz riska iestāšanās varbūtības vai ietekmes mazināšanu. </w:t>
             </w:r>
             <w:r w:rsidRPr="00615C54">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="259AB778" w14:textId="77777777" w:rsidR="003558E6" w:rsidRPr="003558E6" w:rsidRDefault="003558E6" w:rsidP="003558E6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2886"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003558E6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
@@ -2279,50 +2330,51 @@
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C32B8E8" w14:textId="08FD1410" w:rsidR="00B33048" w:rsidRPr="0054326A" w:rsidRDefault="00B33048" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30EC749F" w14:textId="39D36013" w:rsidR="00B33048" w:rsidRPr="00615C54" w:rsidRDefault="00877D59" w:rsidP="00F53701">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615C54">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -2604,91 +2656,102 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
+              <w:t xml:space="preserve">, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00877D59">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
             </w:r>
             <w:r w:rsidR="00615C54">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009027FE" w:rsidRPr="0054326A" w14:paraId="13D6FE56" w14:textId="77777777" w:rsidTr="681A5038">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70DD3002" w14:textId="16ADEA3B" w:rsidR="009027FE" w:rsidRPr="0054326A" w:rsidRDefault="009027FE" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="066D08C8" w14:textId="77777777" w:rsidR="00CC3EE1" w:rsidRDefault="009027FE" w:rsidP="00CC3EE1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -2870,51 +2933,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti nolikumā, norādītais ES fonda</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="4"/>
+              <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> finansējums un tā atbalsta intensitāte atbilst MK noteikumos noteiktajam ES fonda finansējuma apjomam un atbalsta intensitātei, un projekta iesniegumā plānotās izmaksas atbilst MK noteikumos noteiktajām izmaksu pozīcijām un nepārsniedz to noteiktos apjomus (ja attiecināms), tai skaitā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0163A5CA" w14:textId="77777777" w:rsidR="00714F2A" w:rsidRDefault="009027FE" w:rsidP="00190654">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2886"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714F2A">
@@ -2928,51 +2991,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2886"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>projekta iesniegumā ir sniegts plānoto izmaksu lietderīguma pamatojums un izmaksu apmēra pamatojums – t.i., projekta iesniegumā plānotās izmaksas atbilst vidējām tirgus cenām konkrētās izmaksu pozīcijās (informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="5"/>
+              <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00714F2A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms), u.c. informāciju); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76E0FAF3" w14:textId="1662CCEC" w:rsidR="009027FE" w:rsidRPr="00714F2A" w:rsidRDefault="009027FE" w:rsidP="00190654">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2886"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00714F2A">
               <w:rPr>
@@ -3045,50 +3108,51 @@
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="269DEE98" w14:textId="42571844" w:rsidR="009027FE" w:rsidRPr="0054326A" w:rsidRDefault="007B008C" w:rsidP="006923FC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
@@ -3115,50 +3179,51 @@
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34B9F918" w14:textId="72377100" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D95E828" w14:textId="5AFCF7F9" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -3417,91 +3482,102 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00877D59">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
+              <w:t xml:space="preserve">, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00877D59">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D5B15" w:rsidRPr="0054326A" w14:paraId="4272EB52" w14:textId="77777777" w:rsidTr="681A5038">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E3F46A0" w14:textId="5196B732" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="0067408D">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C853767" w14:textId="4BF2FE6B" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="3AC517DF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3AC517DF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta mērķis atbilst MK noteikumos  noteiktajam mērķim, definētie uzraudzības rādītāji nodrošina un apliecina mērķa sasniegšanu, uzraudzības rādītāji ir precīzi definēti, pamatoti un izmērāmi. </w:t>
@@ -3899,93 +3975,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.1. atbilst MK noteikumos noteiktajam un paredz saikni ar attiecīgajām atbalstāmajām darbībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F2A2C9D" w14:textId="3E97CA52" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00C73CAB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00DF4FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.2. ir precīzi definētas un pamatotas, un tās risina projektā definētās problēmas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FFE5FDE" w14:textId="1FE19EF0" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00C73CAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="763F8296" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00C73CAB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4FB6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
@@ -4100,50 +4178,51 @@
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="298018E4" w14:textId="74734C14" w:rsidR="006838F6" w:rsidRPr="005A7225" w:rsidRDefault="006838F6" w:rsidP="00190654">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006838F6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">projekta iesniegumā ir sniegts pamatojums par to, kā projektā plānotās darbības ir vērstas uz </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00DA6DC6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Komisijas 2021. gada 10. augusta Īstenošanas regulā (ES) 2021/1328</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006838F6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ar ko saskaņā ar Eiropas Parlamenta un Padomes Regulu (ES) </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00DA6DC6">
                 <w:rPr>
@@ -4434,71 +4513,79 @@
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EA7428C" w14:textId="21E250D7" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02441164" w14:textId="10489DFF" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="09F637E1" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzējam ir laba nodokļu saistību izpilde vai Latvijas Republikā nav Valsts ieņēmumu dienesta administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              <w:t xml:space="preserve">Projekta iesniedzējam ir laba nodokļu saistību izpilde vai Latvijas Republikā nav Valsts ieņēmumu dienesta administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā katram atsevišķi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="681A5038">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">pārsniedz 150 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>, vai  pārsniedz citu MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="085BCF2C" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4514,100 +4601,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D5A111D" w14:textId="4527740C" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CE0D742" w14:textId="700937FC" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="09F637E1" w:rsidP="00D110B1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzēja atbilstības kritērijam pārbaudi veic katram atsevišķi, balstoties uz: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343872F8" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">1) Valsts ieņēmumu dienesta (turpmāk – VID) publiskojamo datu bāzes sadaļā “Nodokļu maksātāja reitings”104 (turpmāk – VID reitingu datubāze) pieejamo aktuālo informāciju; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="749F5341" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2) informāciju, ko iegūst, izmantojot Kohēzijas politikas fondu vadības informācijas sistēmā pieejamo funkcionalitāti – e-izziņas par nodokļu nomaksas statusa izgūšana (turpmāk – KPVIS e-izziņa par nodokļu nomaksu). Ja informācija nav izgūstama KPVIS e-izziņā par nodokļu nomaksu, pārbauda pamatojoties uz VID publiskojamo datu bāzes sadaļā “Nodokļu parādnieki” (turpmāk – VID parādnieku datu bāze)105 pieejamo aktuālo informāciju, ņemot vērā, ka informācija par veikto nodokļu nomaksu VID parādnieku datu bāzē tiek aktualizēta un publicēta ar divu darba dienu  nobīdi, t.i., pārbauda informāciju, kas publicēta divas darba dienas pēc projekta iesnieguma un (ja attiecināms) precizētā projekta iesnieguma iesniegšanas dienas. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F49E98A" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71910F99" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesnieguma Vērtēšanas komisijas atzinumā norāda pārbaudes datumu un konstatēto situāciju. </w:t>
@@ -4887,50 +4976,51 @@
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">1) uz projekta iesniegšanas dienu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49C4C495" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2) uz precizētā projekta iesnieguma iesniegšanas dienu, neatkarīgi no tā, vai lēmumā par apstiprināšanu ar nosacījumu izvirzītais nosacījums ir saistīts ar šī kritērija izpildi. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CB661D2" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1BD37907" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekts neatbilst kritērija prasībām, ja veicot nodokļu parāda esamības vai neesamības pārbaudi, tiek konstatēts, ka: </w:t>
@@ -5154,51 +5244,58 @@
               </w:rPr>
               <w:t xml:space="preserve">iesniegt visas deklarācijas un nodrošināt, ka projekta iesniedzējam Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="681A5038">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>vai MK noteikumos noteikto pieļaujamo nodokļu parāda apjomu, ja ir notikts cits apjoms;</w:t>
+              <w:t xml:space="preserve">vai MK </w:t>
+            </w:r>
+            <w:r w:rsidRPr="681A5038">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>noteikumos noteikto pieļaujamo nodokļu parāda apjomu, ja ir notikts cits apjoms;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BF7FB50" w14:textId="77777777" w:rsidR="003F32FA" w:rsidRDefault="005D5B15" w:rsidP="00C0373F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="1027"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF2092">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">un vērtējums citos kritērijos ir “Jā”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF2092">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
@@ -5257,50 +5354,51 @@
             </w:r>
             <w:r w:rsidRPr="003F32FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">un sadarbības iestāde veic atkārtotu pārbaudi atzinuma par nosacījumu izpildi izdošanas dienā. Ja uz atzinuma izdošanas dienu VID administrēto nodokļu parāds pārsniedz pieļaujamo apmēru, atzinumā tiek iekļauts nosacījums veikt nodokļu parādu nomaksu līdz līguma vai vienošanās par projekta īstenošanu noslēgšanai. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36446079" w14:textId="77777777" w:rsidR="005D5B15" w:rsidRPr="0054326A" w:rsidDel="00B11C43" w:rsidRDefault="005D5B15" w:rsidP="00984515">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19EE39EC" w14:textId="77777777" w:rsidR="00C0373F" w:rsidRDefault="00C0373F">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15059" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1022"/>
         <w:gridCol w:w="4521"/>
         <w:gridCol w:w="1716"/>
         <w:gridCol w:w="7800"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E67B24" w:rsidRPr="0054326A" w14:paraId="2966CCE7" w14:textId="77777777" w:rsidTr="213EA8B0">
@@ -5310,62 +5408,63 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15059" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="67F47CDB" w14:textId="6288172E" w:rsidR="00E67B24" w:rsidRPr="0054326A" w:rsidRDefault="00E67B24" w:rsidP="00E67B24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2. VIENOTIE IZVĒLES KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="524EB7D3" w14:paraId="5BBDC8DE" w14:textId="77777777" w:rsidTr="213EA8B0">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A865507" w14:textId="0C7C64C5" w:rsidR="3BCD491C" w:rsidRDefault="3BCD491C" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="524EB7D3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
@@ -5392,51 +5491,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37D99CC6" w14:textId="70A97F9C" w:rsidR="524EB7D3" w:rsidRDefault="39119E4C" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="45D3B982">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs nav grūtībās nonācis saimnieciskās darbības veicējs</w:t>
             </w:r>
             <w:r w:rsidR="005D2981">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="7"/>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r w:rsidRPr="45D3B982">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78676019" w14:textId="0C54BCB3" w:rsidR="3BCD491C" w:rsidRDefault="39119E4C" w:rsidP="524EB7D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="45D3B982">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -5536,153 +5635,162 @@
             <w:r w:rsidRPr="002930A9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir „Jā</w:t>
             </w:r>
             <w:r w:rsidRPr="002930A9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, ja projekta iesniedzējs uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu (nevienā no minētajiem datumiem) nav grūtībās nonācis uzņēmums</w:t>
             </w:r>
             <w:r w:rsidR="00F05495">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
+              <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r w:rsidRPr="002930A9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> jeb saimnieciskās darbības veicējs un uz to neattiecas neviena no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="760C178E" w14:textId="77777777" w:rsidR="00657876" w:rsidRDefault="00657876" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CA26166" w14:textId="4E653BB1" w:rsidR="00FF3CF9" w:rsidRDefault="00FF3CF9" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a) atbalsta pretendentam (izņemot MVU</w:t>
             </w:r>
             <w:r w:rsidR="00657876">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="00FF3CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma) – uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no parakstītā kapitāla, ja, uzkrātos zaudējumus atskaitot no rezervēm (un visām pārējām pozīcijām, kuras pieņemts uzskatīt par daļu no sabiedrības pašu kapitāla), rodas negatīvs rezultāts, kas pārsniedz pusi no parakstītā kapitāla. Kapitāls attiecīgajā gadījumā ietver kapitāldaļu uzcenojumu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B10C53D" w14:textId="77777777" w:rsidR="002930A9" w:rsidRDefault="00FF3CF9" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF3CF9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>b) atbalsta pretendentam, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (izņemot MVU, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma), uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no kapitāla, kas norādīts sabiedrības grāmatvedības pārskatos. Šā apakšpunkta izpratnē sabiedrība ir tāda sabiedrība, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (jo īpaši pilnsabiedrības un komandītsabiedrības);</w:t>
+              <w:t xml:space="preserve">b) atbalsta pretendentam, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (izņemot MVU, kas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF3CF9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma), uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no kapitāla, kas norādīts sabiedrības grāmatvedības pārskatos. Šā apakšpunkta izpratnē sabiedrība ir tāda sabiedrība, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (jo īpaši pilnsabiedrības un komandītsabiedrības);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EAC3562" w14:textId="77777777" w:rsidR="009E5632" w:rsidRDefault="00B44E53" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B44E53">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>c) atbalsta pretendents, kuram ierosināta tiesiskās aizsardzības procesa lieta, tiek īstenots tiesiskās aizsardzības process vai pasludināts maksātnespējas process, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidR="00FA5285">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="12"/>
             </w:r>
             <w:r w:rsidRPr="00B44E53">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46982712" w14:textId="77777777" w:rsidR="00552574" w:rsidRDefault="00B44E53" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B44E53">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
@@ -5723,95 +5831,104 @@
           <w:p w14:paraId="517812BE" w14:textId="3111C862" w:rsidR="008C5D1B" w:rsidRDefault="004C0BD6" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Atbilstoši Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regula Nr. 2021/1058 par Eiropas Reģionālās attīstības fondu un Kohēzijas fondu 7. panta 1. punkta d) apakšpunktā noteiktajam</w:t>
             </w:r>
             <w:r w:rsidR="00E2554B">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="11"/>
+              <w:footnoteReference w:id="13"/>
             </w:r>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> neatbalsta savienības komercdarbības atbalsta noteikumos definētos grūtībās nonākušos uzņēmumus, izņemot, ja plānotais atbalsts tiek piešķirts ar kādu no </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C0BD6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> regulām. Grūtībās nonākušo saimniecisko darbības veicēju pārbaude attiecas arī uz vispārējās tautsaimnieciskas nozīmes pakalpojumu sniedzējiem un sabiedriskā transporta pakalpojumu sniedzējiem. Atbalsta pretendents, kuram atbalsts tiek piešķirts saskaņā ar VTNP lēmumu vai ar Eiropas Parlamenta un Padomes Regulu (EK) Nr. 1370/2007 par sabiedriskā pasažieru transporta pakalpojumiem, izmantojot dzelzceļu un autoceļus, un ar ko atceļ Padomes Regulu (EEK) Nr. 1191/69 un Padomes Regulu (EEK) Nr. 1107/70 regulu (turpmāk - Regula Nr. 1370/2007), iesniedz</w:t>
+              <w:t xml:space="preserve"> regulām. Grūtībās nonākušo saimniecisko darbības veicēju </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C0BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pārbaude attiecas arī uz vispārējās tautsaimnieciskas nozīmes pakalpojumu sniedzējiem un sabiedriskā transporta pakalpojumu sniedzējiem. Atbalsta pretendents, kuram atbalsts tiek piešķirts saskaņā ar VTNP lēmumu vai ar Eiropas Parlamenta un Padomes Regulu (EK) Nr. 1370/2007 par sabiedriskā pasažieru transporta pakalpojumiem, izmantojot dzelzceļu un autoceļus, un ar ko atceļ Padomes Regulu (EEK) Nr. 1191/69 un Padomes Regulu (EEK) Nr. 1107/70 regulu (turpmāk - Regula Nr. 1370/2007), iesniedz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008C5D1B" w:rsidRPr="008C5D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pašdeklarāciju</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="008C5D1B" w:rsidRPr="008C5D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -5951,107 +6068,116 @@
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59263040" w14:textId="46442DEF" w:rsidR="00B44E53" w:rsidRDefault="008C5D1B" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C5D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, līdz ar to aptver arī tos maksātnespējas procesus, kas pasludināti saskaņā ar likumu “Par uzņēmumu un uzņēmējsabiedrību maksātnespēju” un Maksātnespējas likumu, kas bija spēkā līdz 2010. gada 1. novembrim, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
+              <w:t xml:space="preserve">Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, līdz ar to aptver arī tos maksātnespējas procesus, kas pasludināti saskaņā ar likumu “Par uzņēmumu un uzņēmējsabiedrību maksātnespēju” un Maksātnespējas likumu, kas bija spēkā līdz 2010. gada 1. novembrim, vai tas atbilst </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C5D1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidR="00DE6D21">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
+              <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r w:rsidRPr="008C5D1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1216DE" w14:textId="77777777" w:rsidR="008C5D1B" w:rsidRDefault="008C5D1B" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="164AF903" w14:textId="77777777" w:rsidR="00134C8B" w:rsidRDefault="008F3598" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3598">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pieņemot lēmumu par projekta iesniedzēja atbilstību kritērijam, balstās uz projekta iesniegumam pievienoto informāciju uz iesniegšanas dienu un publiski</w:t>
             </w:r>
             <w:r w:rsidR="00CD3633">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="13"/>
+              <w:footnoteReference w:id="15"/>
             </w:r>
             <w:r w:rsidRPr="008F3598">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pieejamiem, ticamiem datiem par projekta iesniedzēju un tā saistītiem uzņēmumiem (ja attiecināms), tai skaitā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1288BBC4" w14:textId="22980787" w:rsidR="00134C8B" w:rsidRDefault="008F3598" w:rsidP="00134C8B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3598">
@@ -6119,51 +6245,60 @@
             </w:pPr>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">b) operatīvo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018.gada pārskatā pieejamo informāciju atbilst grūtībās nonākušam saimnieciskās darbības veicējam – vismaz vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018.gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot grūtībās nonākušo saimnieciskās darbības veicēja pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta iesniegumu operatīvo </w:t>
+              <w:t xml:space="preserve"> pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018.gada pārskatā pieejamo informāciju atbilst grūtībās nonākušam saimnieciskās darbības veicējam – vismaz vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018.gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot grūtībās nonākušo saimnieciskās darbības veicēja pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00404B38">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">iesniegumu operatīvo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00404B38">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
@@ -6248,51 +6383,51 @@
           <w:p w14:paraId="2DD63209" w14:textId="10DE3C3D" w:rsidR="00404B38" w:rsidRDefault="005762D8" w:rsidP="00404B38">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005762D8">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pamatkapitāla palielināšana ir jānodrošina pamatkapitāla palielināšanas noteikumos paredzētajā termiņā</w:t>
             </w:r>
             <w:r w:rsidR="001B2CA1">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="14"/>
+              <w:footnoteReference w:id="16"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76FA22D3" w14:textId="77777777" w:rsidR="005762D8" w:rsidRDefault="005762D8" w:rsidP="00404B38">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5EE05186" w14:textId="77777777" w:rsidR="001B2CA1" w:rsidRDefault="00EA48D4" w:rsidP="00404B38">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
@@ -6432,51 +6567,60 @@
             </w:pPr>
             <w:r w:rsidRPr="00EA48D4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">b) par </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EA48D4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EA48D4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018.gadu, uz 31.12.2018. projekta iesniedzējs ir grūtībās nonācis saimnieciskās darbības veicējs, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam </w:t>
+              <w:t xml:space="preserve"> no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018.gadu, uz 31.12.2018. projekta iesniedzējs ir grūtībās nonācis saimnieciskās darbības veicējs, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA48D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="auto"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">revidenta apstiprinātam </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EA48D4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpperiodu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EA48D4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6696CF6D" w14:textId="77777777" w:rsidR="005762D8" w:rsidRDefault="00EA48D4" w:rsidP="00470F62">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6582,50 +6726,51 @@
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02D7EEE6" w14:textId="3BBD9ADA" w:rsidR="00D64A88" w:rsidRPr="0054326A" w:rsidRDefault="00D64A88" w:rsidP="005827CC">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00674271">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
@@ -6837,50 +6982,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69E038AD" w14:textId="77777777" w:rsidR="00D64A88" w:rsidRDefault="00D64A88" w:rsidP="005827CC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>projekta iesniegums neatbilst minētajām prasībām, vērtējums ir “</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="0054326A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -6958,81 +7104,82 @@
       </w:tr>
       <w:tr w:rsidR="009D0944" w14:paraId="30A65C96" w14:textId="77777777" w:rsidTr="213EA8B0">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BD69A2C" w14:textId="2D9984D1" w:rsidR="009D0944" w:rsidRPr="0046023D" w:rsidRDefault="00C73346" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52E56013" w14:textId="267E96B9" w:rsidR="009D0944" w:rsidRPr="0046023D" w:rsidRDefault="0061333A" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061333A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniegumā plānotās darbības, izņemot MK noteikumos noteiktās komercdarbības atbalsta darbības</w:t>
             </w:r>
             <w:r w:rsidR="00527805">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:footnoteReference w:id="15"/>
+              <w:footnoteReference w:id="17"/>
             </w:r>
             <w:r w:rsidRPr="0061333A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, nav uzsāktas, un atbilst komercdarbības atbalsta stimulējošās ietekmes nosacījumiem</w:t>
             </w:r>
             <w:r w:rsidR="007A222F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44A3ADCA" w14:textId="63CD33AA" w:rsidR="009D0944" w:rsidRDefault="00796C95" w:rsidP="524EB7D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -7117,51 +7264,58 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D22BA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši Komisijas regulas Nr.651/2014 2.panta 23.punktam “darbu sākums” ir ar ieguldījumu saistītu būvdarbu sākums vai pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu, vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. Vienlaicīgi zemes pirkšanu un tādus sagatavošanās darbus kā atļauju saņemšana un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D22BA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>priekšizpētes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D22BA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> veikšana neuzskata par darbu sākumu. Attiecībā uz pārņemšanu “darbu sākums” ir brīdis, kad tiek iegādāti aktīvi, kas ir tieši saistīti ar iegādāto uzņēmējdarbības vietu. Piemēram, pirms atbalsta pretendents ir iesniedzis atbalsta pieteikumu atbalsta sniedzējam, atbalsta pretendents var izsludināt iepirkumu konkrētu darbību veikšanai, kas būs nepieciešamas projekta īstenošanai, tomēr tas nedrīkst noslēgt līgumu par šo darbību veikšanu ar iepirkumā izraudzīto pakalpojuma sniedzēju, jo tādējādi tas būs uzņēmies juridiskas saistības, kas izraisa tiesiskas sekas attiecībā uz plānoto ieguldījumu veikšanu.</w:t>
+              <w:t xml:space="preserve"> veikšana neuzskata par darbu sākumu. Attiecībā uz pārņemšanu “darbu sākums” ir brīdis, kad tiek iegādāti aktīvi, kas ir tieši saistīti ar iegādāto uzņēmējdarbības vietu. Piemēram, pirms atbalsta pretendents ir iesniedzis atbalsta pieteikumu atbalsta sniedzējam, atbalsta pretendents var izsludināt iepirkumu konkrētu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D22BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>darbību veikšanai, kas būs nepieciešamas projekta īstenošanai, tomēr tas nedrīkst noslēgt līgumu par šo darbību veikšanu ar iepirkumā izraudzīto pakalpojuma sniedzēju, jo tādējādi tas būs uzņēmies juridiskas saistības, kas izraisa tiesiskas sekas attiecībā uz plānoto ieguldījumu veikšanu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F416948" w14:textId="77777777" w:rsidR="002D22BA" w:rsidRDefault="002D22BA" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="134C20B5" w14:textId="77777777" w:rsidR="007815EF" w:rsidRDefault="00270809" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270809">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Savukārt atsevišķi priekšdarbi, piemēram, topogrāfiskā plāna izstrāde, atļaujas saņemšana, sarunu vešana minētās definīcijas ietvaros nav uzskatāma par darbu sākumu un nepārkāpj stimulējošas ietekmes noteikumu ievērošanu Komisijas regulas Nr.651/2014 2.panta 23.punkta un 6.panta izpratnē. </w:t>
             </w:r>
@@ -7310,73 +7464,375 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> apakš</w:t>
             </w:r>
             <w:r w:rsidRPr="11C1375F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">punktā minētās atbalstāmās darbības atzīst par uzsāktām ar dienu, kad sākti projektā plānotie darbi, noslēgta pirmā juridiski saistošā apņemšanās vai projekta iesniedzējs ir uzņēmies citas saistības, kas padara ieguldījumu neatgriezenisku (atkarībā no tā, kas notiek pirmais), kā arī citas darbības, kas atbilst Komisijas regulas Nr. 651/2014 2.panta 23.punktā noteiktajai darbu sākuma definīcijai. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36682517" w14:textId="77777777" w:rsidR="00B3429C" w:rsidRDefault="00B3429C" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C684DCE" w14:textId="23A97131" w:rsidR="002D22BA" w:rsidRDefault="00270809" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:ins w:id="8" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z" w16du:dateUtc="2026-01-20T12:00:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00270809">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projekta iesniedzējs īsteno vai plāno īstenot citus projektus saistībā ar šajā projektā paredzētajām darbībām un ja konkrētas programmas nosacījumi pieļauj izmaksu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00270809">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>kumulēšanu</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00270809">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>, darbus projektā nevar uzsākt, kamēr nav pieņemti lēmumi par atbalsta piešķiršanu šim pašam projektam arī visās pārējās atbalsta programmās, kurās projekta iesniedzējs ir pieteicies vai plāno pieteikties (attiecināms, ja konkrētās programmas nosacījumi to nosaka).</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="002F8DB1" w14:textId="77777777" w:rsidR="002778BF" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="9" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z" w16du:dateUtc="2026-01-20T12:00:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B77A1B" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="10" w:author="Gunta Švarce" w:date="2026-01-20T14:02:00Z" w16du:dateUtc="2026-01-20T12:02:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="11" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Attiecībā uz </w:t>
+              </w:r>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>lieliem uzņēmumiem</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> piešķiramu </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>ad</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>hoc</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> atbalstu</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="12" w:author="Gunta Švarce" w:date="2026-01-20T14:02:00Z" w16du:dateUtc="2026-01-20T12:02:00Z">
+              <w:r w:rsidR="001F269A">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:footnoteReference w:id="18"/>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="14" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, papildu minētajam, Komisijas regulas Nr.651/2014 6.panta 3.punktā ir paredzētas papildu prasības stimulējošās ietekmes nosacījuma izpildei, proti, ir noteikta nepieciešamība atbalstam radīt vienu vai vairākus rezultātus, kas minēti Komisijas regulas Nr.651/2014 6.panta 3.punktā (atbalsta ietekmē būtiski palielinās projekta/darbības joma vai būtiski palielinās kopsumma, ko saņēmējs tērē projektam/darbībai, vai būtiski palielinās attiecīgā projekta/darbības pabeigšanas ātrums, attiecībā uz reģionālo ieguldījumu atbalstu: projekts tiek īstenots, bet bez atbalsta tas attiecīgajā apgabalā nebūtu veikts vai attiecīgajā apgabalā nebūtu saņēmējam pietiekami rentabls). </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="6B2EE08D" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="0039181D" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="15" w:author="Gunta Švarce" w:date="2026-01-20T14:02:00Z" w16du:dateUtc="2026-01-20T12:02:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5860A24D" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="16" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="17" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atbilstību kritērijam, vai ir ievēroti stimulējošas ietekmes nosacījumi, pārbauda: </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="26FB3A22" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="18" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="19" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1) izvērtējot projekta iesniegumā un tam papildu pievienotajos dokumentos norādīto informāciju, piemēram, piegāžu/pakalpojumu līgumus, ja attiecināms; </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="7ED26FE5" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="20" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="21" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2) pieejamo informāciju par atbalsta pretendentam sniegto atbalstu citās komercdarbības atbalsta </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>sniedzējinstitūcijās</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, piemēram, AS “Attīstības finanšu institūcija </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>Altum</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">”, Lauku atbalsta dienests; </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="796D34F5" w14:textId="77777777" w:rsidR="0039181D" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="22" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="23" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3) pieejamo informāciju publiskos, ticamos avotos par projekta iesniedzēju saistībā ar plānoto projektu, piemēram, Iepirkumu </w:t>
+              </w:r>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t xml:space="preserve">uzraudzības biroja iepirkumu procedūru procesa datu bāzi, Būvniecības informācijas sistēmā pieejamo informāciju; </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="48F605E1" w14:textId="72620F34" w:rsidR="000A53E9" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="24" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="25" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>4) ja ir nepieciešams un ir attiecīgas indikācijas, piemēram, informācija no trešajām personām, sūdzība, izvērtējot projektu iesniegumu vērtēšanas komisijai pieaicināta eksperta atzinumu/ vērtējumu par projekta īstenošanas vietu un projekta progresu saskaņā ar Eiropas Savienības fondu projektu pārbaužu veikšanas kārtību 2021.–2027.gada plānošanas periodā</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="26" w:author="Gunta Švarce" w:date="2026-01-20T14:04:00Z" w16du:dateUtc="2026-01-20T12:04:00Z">
+              <w:r w:rsidR="008D2D1D">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:footnoteReference w:id="19"/>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="28" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="38666A5E" w14:textId="77777777" w:rsidR="000A53E9" w:rsidRDefault="000A53E9" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="29" w:author="Gunta Švarce" w:date="2026-01-20T14:03:00Z" w16du:dateUtc="2026-01-20T12:03:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D0C98D0" w14:textId="77777777" w:rsidR="006D2297" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="30" w:author="Gunta Švarce" w:date="2026-01-20T14:04:00Z" w16du:dateUtc="2026-01-20T12:04:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="31" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="008D2D1D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>Vērtējums ir “Jā”,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ja projekts atbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.pantā un MK noteikumos noteikto. </w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="286296CB" w14:textId="3D5550E1" w:rsidR="002778BF" w:rsidRDefault="002778BF" w:rsidP="524EB7D3">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="32" w:author="Gunta Švarce" w:date="2026-01-20T14:00:00Z">
+              <w:r w:rsidRPr="006D2297">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>Vērtējums ir “Nē”,</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002778BF">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ja tiek konstatēts, ka projekts neatbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.pantā un MK noteikumos noteikto.</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
           <w:p w14:paraId="7AE7D9A7" w14:textId="77777777" w:rsidR="009953F7" w:rsidRDefault="009953F7" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="564F0602" w14:textId="4ED5AA8F" w:rsidR="009953F7" w:rsidRPr="009953F7" w:rsidRDefault="009953F7" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009953F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
@@ -7414,50 +7870,51 @@
       </w:tr>
       <w:tr w:rsidR="0046023D" w14:paraId="4E41A7D4" w14:textId="77777777" w:rsidTr="213EA8B0">
         <w:trPr>
           <w:trHeight w:val="1129"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36CFF772" w14:textId="5B135363" w:rsidR="0046023D" w:rsidRPr="0046023D" w:rsidRDefault="0046023D" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0046023D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00C73346">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0046023D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4521" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="635498DE" w14:textId="0BF3B9DA" w:rsidR="0046023D" w:rsidRPr="0046023D" w:rsidRDefault="0046023D" w:rsidP="524EB7D3">
@@ -7574,71 +8031,80 @@
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0046023D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0046023D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0046023D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai, vai ir norādīts sistēmā izveidotās un apstiprinātās veidlapas identifikācijas numurs un projekta iesnieguma iesniedzējs ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
+              <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai, vai ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0046023D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>norādīts sistēmā izveidotās un apstiprinātās veidlapas identifikācijas numurs un projekta iesnieguma iesniedzējs ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F796F4A" w14:textId="6D6D7FE2" w:rsidR="0046023D" w:rsidRPr="45D3B982" w:rsidRDefault="0046023D" w:rsidP="524EB7D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="005957C3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>; N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="229F988B" w14:textId="446E1BEF" w:rsidR="005957C3" w:rsidRDefault="005957C3" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
@@ -7764,76 +8230,77 @@
             <w:r w:rsidRPr="00F46BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulas</w:t>
             </w:r>
             <w:r w:rsidR="00C326A5" w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="16"/>
+              <w:footnoteReference w:id="20"/>
             </w:r>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>, tostarp:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="207F4BFF" w14:textId="77777777" w:rsidR="002F049E" w:rsidRDefault="00F46BC3" w:rsidP="00D17E10">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek sniegts atbalstāmajām nozarēm un darbībām un, ja projekta iesniedzējs darbojas vienlaikus gan atbalstāmajās, gan neatbalstāmajās nozarēs, komercsabiedrība nodrošina šo nozaru darbību vai izmaksu nošķiršanu no tām darbībām, kurām piešķirts </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
@@ -7893,51 +8360,51 @@
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts saskaņā ar Komisijas regulu Nr. 2023/2831</w:t>
             </w:r>
             <w:r w:rsidR="002F049E">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="17"/>
+              <w:footnoteReference w:id="21"/>
             </w:r>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D17E10">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8079,51 +8546,51 @@
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts saskaņā ar Komisijas regulu Nr. 717/2014</w:t>
             </w:r>
             <w:r w:rsidR="00AC7A0A">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="18"/>
+              <w:footnoteReference w:id="22"/>
             </w:r>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> zvejniecības un akvakultūras nozarē, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8169,58 +8636,65 @@
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalstu apmēru, kas noteikts Komisijas regulā Nr. 717/2014</w:t>
+              <w:t xml:space="preserve"> atbalstu apmēru, kas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB2BF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>noteikts Komisijas regulā Nr. 717/2014</w:t>
             </w:r>
             <w:r w:rsidR="00D536AC">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="19"/>
+              <w:footnoteReference w:id="23"/>
             </w:r>
             <w:r w:rsidRPr="00CB2BF3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>. Viens vienots uzņēmums ir uzņēmums, kas atbilst Komisijas regulas Nr. 717/2014 2.panta 2.punktā noteiktajam</w:t>
             </w:r>
             <w:r w:rsidR="1073E969">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EF91DAC" w14:textId="77777777" w:rsidR="007F7DC2" w:rsidRDefault="273B61B7" w:rsidP="00D17E10">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
@@ -8242,51 +8716,51 @@
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts saskaņā ar Komisijas regulu Nr. 1408/2013</w:t>
             </w:r>
             <w:r w:rsidR="00A97FD3">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="20"/>
+              <w:footnoteReference w:id="24"/>
             </w:r>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> lauksaimniecības nozarē, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8311,51 +8785,51 @@
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu apmēru, kas noteikts Komisijas regulā Nr. 1408/2013</w:t>
             </w:r>
             <w:r w:rsidR="00D40383">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="21"/>
+              <w:footnoteReference w:id="25"/>
             </w:r>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> (proti, no datuma, kurā plānots piešķirt atbalstu skatās trīs kalendāro gadu laikā piešķirto atbalstu (piemēram, ja, atbalstu plānots piešķirt 20.01.2025., tad ņem vērā iepriekš piešķirto </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008A7E06">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8399,51 +8873,51 @@
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts saskaņā ar Komisijas Regulu Nr. 2023/2832</w:t>
             </w:r>
             <w:r w:rsidR="006D3915">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:footnoteReference w:id="22"/>
+              <w:footnoteReference w:id="26"/>
             </w:r>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -8461,51 +8935,58 @@
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalsts jeb robežlielums, ko viena dalībvalsts piešķīrusi projekta iesniedzējam viena vienota uzņēmuma līmenī, jebkurā triju gadu periodā nepārsniedz Komisijas regulā Nr. 2023/2832 noteikto maksimāli pieļaujamo </w:t>
+              <w:t xml:space="preserve"> atbalsts jeb robežlielums, ko viena dalībvalsts piešķīrusi projekta iesniedzējam viena vienota uzņēmuma līmenī, jebkurā triju gadu periodā nepārsniedz Komisijas regulā Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002157DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2023/2832 noteikto maksimāli pieļaujamo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>minimis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002157DE">
               <w:rPr>
@@ -8911,51 +9392,60 @@
             </w:r>
             <w:r w:rsidRPr="005011AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> “</w:t>
             </w:r>
             <w:r w:rsidRPr="005011AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
             <w:r w:rsidRPr="005011AC">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>”, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
+              <w:t xml:space="preserve">”, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005011AC">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="261EF55B" w14:textId="77777777" w:rsidR="005957C3" w:rsidRDefault="005957C3" w:rsidP="0052353A">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30AF4047" w14:textId="54B47DA7" w:rsidR="009A7021" w:rsidRPr="00D17E10" w:rsidRDefault="00C510EE" w:rsidP="009A7021">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
@@ -8990,50 +9480,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15059" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="11F3D4D1" w14:textId="3E71A274" w:rsidR="0000282A" w:rsidRPr="002930A9" w:rsidRDefault="00F073D1" w:rsidP="00F073D1">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F073D1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Horizontālais princips “Vienlīdzība, iekļaušana, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F073D1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nediskriminācija</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F073D1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -9528,50 +10019,51 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713761">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">projektu vadībā </w:t>
             </w:r>
             <w:r w:rsidRPr="00713761">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tiks virzīti pasākumi, kas sekmē darba un ģimenes dzīves līdzsvaru, paredzot elastīga un nepilna laika darba iespēju nodrošināšanu vecākiem ar bērniem un personām, kuras aprūpē tuviniekus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11334E41" w14:textId="77777777" w:rsidR="00713761" w:rsidRPr="00713761" w:rsidRDefault="00713761" w:rsidP="00713761">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
@@ -9848,50 +10340,51 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713761">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>projekta tīmekļvietnē</w:t>
             </w:r>
             <w:r w:rsidRPr="00713761">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks izveidota sadaļa "Viegli lasīt", kurā tiks iekļauta īsa aprakstoša informācija par projektu un citu lasītājiem nepieciešamu informāciju vieglajā valodā, lai plašākai sabiedrībai nodrošinātu iespēju uzzināt par ES fondu ieguldījumiem (skat. LM metodisko materiālu “Ceļvedis iekļaujošas vides veidošanai valsts un pašvaldību iestādēs” (2020) </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00713761">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                   <w:noProof/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="24"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020</w:t>
               </w:r>
             </w:hyperlink>
@@ -10107,50 +10600,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48357D2A" w14:textId="5D46686C" w:rsidR="00D90A7E" w:rsidRPr="00D90A7E" w:rsidRDefault="00AE1DBF" w:rsidP="00AE1DBF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="x-none" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A17ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE1DBF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B88027E" w14:textId="77777777" w:rsidR="00103F66" w:rsidRPr="002930A9" w:rsidRDefault="00103F66" w:rsidP="524EB7D3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -10556,71 +11050,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006C3721" w:rsidRPr="00E42013" w:rsidSect="007B1195">
       <w:headerReference w:type="default" r:id="rId25"/>
       <w:headerReference w:type="first" r:id="rId26"/>
       <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1276" w:right="1134" w:bottom="993" w:left="1440" w:header="708" w:footer="342" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07B52F9F" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED" w:rsidP="00AF5352">
+    <w:p w14:paraId="5C6C51AF" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="462E9E43" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED" w:rsidP="00AF5352">
+    <w:p w14:paraId="40D8E790" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3FB615CC" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED">
+    <w:p w14:paraId="7856A39F" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -10637,51 +11131,51 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:altName w:val="Yu Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="7AC7FFFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002000D" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
@@ -10768,157 +11262,196 @@
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="42E925DD" w14:textId="77777777" w:rsidR="007A20DA" w:rsidRPr="00413E3E" w:rsidRDefault="007A20DA" w:rsidP="5E7F0A5A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FA03BE9" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED" w:rsidP="00AF5352">
+    <w:p w14:paraId="061B730D" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4479958D" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED" w:rsidP="00AF5352">
+    <w:p w14:paraId="7A36DB69" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="338D9E92" w14:textId="77777777" w:rsidR="000B1EED" w:rsidRDefault="000B1EED">
+    <w:p w14:paraId="0FA124C6" w14:textId="77777777" w:rsidR="00F162BC" w:rsidRDefault="00F162BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="5BA08BA7" w14:textId="77777777" w:rsidR="009027FE" w:rsidRPr="00CF1F3E" w:rsidRDefault="009027FE" w:rsidP="00DC7F2E">
+    <w:p w14:paraId="5BA08BA7" w14:textId="77777777" w:rsidR="009027FE" w:rsidRPr="00CF1F3E" w:rsidRDefault="009027FE" w:rsidP="00026DAB">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="426" w:hanging="142"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF1F3E">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CF1F3E">
         <w:t xml:space="preserve"> Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu vai noraidīšanu, ievērojot nolikumā noteikto</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="08688BFB" w14:textId="042E97D2" w:rsidR="007C259E" w:rsidRPr="00290B97" w:rsidRDefault="007C259E" w:rsidP="00DC7F2E">
+    <w:p w14:paraId="432CBE33" w14:textId="04F65AA5" w:rsidR="00794F69" w:rsidRPr="00794F69" w:rsidRDefault="00794F69">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="426" w:hanging="142"/>
+      </w:pPr>
+      <w:ins w:id="4" w:author="Gunta Švarce" w:date="2026-01-20T14:07:00Z" w16du:dateUtc="2026-01-20T12:07:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="5" w:author="Gunta Švarce" w:date="2026-01-20T14:08:00Z" w16du:dateUtc="2026-01-20T12:08:00Z">
+        <w:r w:rsidR="002F4356" w:rsidRPr="002F4356">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="002F4356" w:rsidRPr="002F4356">
+          <w:t>Kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma noraidīšanu.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="16F434E6" w14:textId="0FB39D5B" w:rsidR="00426B35" w:rsidRPr="00426B35" w:rsidRDefault="00426B35">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:ins w:id="7" w:author="Gunta Švarce" w:date="2026-01-20T14:09:00Z" w16du:dateUtc="2026-01-20T12:09:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00026DAB" w:rsidRPr="00026DAB">
+          <w:t>Kritērijā lieto N/A, ja kopumā SAM šis kritērijs ir iekļauts, bet konkrētajā projektā šis kritērijs nav jāvērtē.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="08688BFB" w14:textId="042E97D2" w:rsidR="007C259E" w:rsidRPr="00290B97" w:rsidRDefault="007C259E" w:rsidP="00026DAB">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="001C5A2D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001C5A2D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF6A50" w:rsidRPr="0054326A">
         <w:t>Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2025. gada 31. jūlijā (Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.–2027.gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
+  <w:footnote w:id="6">
     <w:p w14:paraId="6FBF1F29" w14:textId="77777777" w:rsidR="009027FE" w:rsidRDefault="009027FE" w:rsidP="0067408D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="426" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>Eiropas Sociālā fonda Plus, Eiropas Reģionālās attīstības fonda, Kohēzijas fonda, Taisnīgas pārkārtošanās fonda.</w:t>
+        <w:t xml:space="preserve"> Eiropas Sociālā fonda Plus, Eiropas Reģionālās attīstības fonda, Kohēzijas fonda, Taisnīgas pārkārtošanās fonda.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
+  <w:footnote w:id="7">
     <w:p w14:paraId="121B501F" w14:textId="77777777" w:rsidR="009027FE" w:rsidRDefault="009027FE" w:rsidP="0067408D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="284" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle.</w:t>
+        <w:t xml:space="preserve"> Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
+  <w:footnote w:id="8">
     <w:p w14:paraId="16AEEC7F" w14:textId="332E2C20" w:rsidR="00E67B24" w:rsidRPr="00523A61" w:rsidRDefault="00E67B24">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF3279" w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
@@ -10942,334 +11475,386 @@
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>gada 31.</w:t>
       </w:r>
       <w:r w:rsidR="00BF3279" w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BF3279" w:rsidRPr="00BD06F6">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>jūlijā (Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.–2027.gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
+  <w:footnote w:id="9">
     <w:p w14:paraId="54B20AC5" w14:textId="3BB494AA" w:rsidR="005D2981" w:rsidRPr="00523A61" w:rsidRDefault="005D2981">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Atbilstoši Komisijas 2014. gada 17. jūnija Regulai (ES) Nr. 651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu. Tomēr regulu Nr. 651/2014 izņēmuma kārtā var piemērot uzņēmumiem, kuri 2019. gada 31. decembrī nebija nonākuši grūtībās, taču kļuva par grūtībās nonākušiem saimnieciskās darbības veicējiem laikā no 2020. gada 1. janvāra līdz 2021. gada 31. decembrim, ja tas ir arī </w:t>
+        <w:t xml:space="preserve"> Atbilstoši Komisijas 2014. gada 17. jūnija Regulai (ES) Nr. 651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu. Tomēr regulu Nr. 651/2014 izņēmuma kārtā var piemērot uzņēmumiem, kuri 2019. gada 31. decembrī nebija nonākuši grūtībās, taču kļuva par grūtībās nonākušiem saimnieciskās darbības veicējiem laikā no 2020. gada 1. janvāra līdz 2021. gada 31. decembrim, ja tas ir arī </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>expressis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>verbis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> paredzētas attiecīgajos MK noteikumos par SAM īstenošanu un ja to pieļauj ES fondu normatīvais regulējums. Eiropas Reģionālās attīstības fonda (turpmāk – ERAF) un Kohēzijas fonda (turpmāk – KF) gadījumā atbilstību Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regulas Nr. 2021/1058, par Eiropas Reģionālās attīstības fondu un Kohēzijas fondu 7. panta 1. punkta d) apakšpunktā noteiktajam.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="8">
+  <w:footnote w:id="10">
     <w:p w14:paraId="2BEB46EB" w14:textId="24EE38C8" w:rsidR="00F05495" w:rsidRPr="00523A61" w:rsidRDefault="00F05495">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00543CE8" w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Atbilstoši Komisijas paziņojuma par Līguma par Eiropas Savienības darbību 107. panta 1. punktā minēto komercdarbības atbalsta jēdzienu (2016/C 262/01) 7., 8. un 9.punktam par uzņēmumu uzskata jebkuru subjektu, kas veic saimniecisko darbību, neatkarīgi no subjekta juridiskās formas un tā, vai subjekts ir izveidots ar mērķi gūt peļņu, vai ir bezpeļņas subjekts</w:t>
       </w:r>
       <w:r w:rsidR="00657876" w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="9">
+  <w:footnote w:id="11">
     <w:p w14:paraId="1CAFE77E" w14:textId="5A9DD9A9" w:rsidR="00657876" w:rsidRPr="00523A61" w:rsidRDefault="00657876">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FA5285" w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Mikrouzņēmums</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FA5285" w:rsidRPr="00523A61">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>, mazais un vidējais uzņēmums.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
+  <w:footnote w:id="12">
     <w:p w14:paraId="647B7469" w14:textId="30789FF5" w:rsidR="00FA5285" w:rsidRPr="00FA5285" w:rsidRDefault="00FA5285">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D05B70" w:rsidRPr="00D05B70">
         <w:t>Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
+  <w:footnote w:id="13">
     <w:p w14:paraId="124135B7" w14:textId="1C2B4759" w:rsidR="00E2554B" w:rsidRPr="00E2554B" w:rsidRDefault="00E2554B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED5633" w:rsidRPr="00ED5633">
         <w:t>Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
+  <w:footnote w:id="14">
     <w:p w14:paraId="40A2F175" w14:textId="58FDE8EF" w:rsidR="00DE6D21" w:rsidRPr="00F70499" w:rsidRDefault="00DE6D21">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002364E6">
         <w:t>Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācija</w:t>
       </w:r>
       <w:r w:rsidR="00F70499">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="13">
+  <w:footnote w:id="15">
     <w:p w14:paraId="20C2AD1C" w14:textId="568E9985" w:rsidR="00CD3633" w:rsidRPr="00CD3633" w:rsidRDefault="00CD3633">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00472976" w:rsidRPr="00472976">
         <w:t xml:space="preserve">Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00472976" w:rsidRPr="00472976">
         <w:t>atkalizmantotājiem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00472976" w:rsidRPr="00472976">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="14">
+  <w:footnote w:id="16">
     <w:p w14:paraId="38B9A476" w14:textId="00A47920" w:rsidR="001B2CA1" w:rsidRPr="001B2CA1" w:rsidRDefault="001B2CA1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B2CA1">
         <w:t>Komerclikuma 198.panta 1.punkta 8.apakšpunkts</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="15">
+  <w:footnote w:id="17">
     <w:p w14:paraId="6168F7DE" w14:textId="0891F835" w:rsidR="00527805" w:rsidRPr="00527805" w:rsidRDefault="00527805">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">MK noteikumos noteiktās komercdarbības atbalsta darbības, kam nav piemērojamas Komisijas 2014.gada 17.jūnija regulas Nr.651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu, 6.panta prasības attiecībā uz atbalsta stimulējošo ietekmi, tai skaitā gadījumos, kad MK noteikumi paredz vairākus komercdarbības atbalsta regulējumus un komercdarbības atbalsta regulējums neparedz stimulējošās ietekmes prasību, piemēram, ja MK noteikumi paredz, ka projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas (tehniski ekonomiskais pamatojums, plānošanas un arhitektūras uzdevums, būvprojekta izstrāde tehniskā projekta vai skiču projekta stadijā un citi dokumenti saskaņā ar normatīvajiem aktiem par būvniecību), būvuzraudzības un autoruzraudzības izmaksas, kas saistītas ar projekta ietvaros veiktajiem ilgtermiņa ieguldījumiem, sedz saskaņā ar Komisijas 2023.gada 13.decembra regula Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
+        <w:t xml:space="preserve"> MK noteikumos noteiktās komercdarbības atbalsta darbības, kam nav piemērojamas Komisijas 2014.gada 17.jūnija regulas Nr.651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu, 6.panta prasības attiecībā uz atbalsta stimulējošo ietekmi, tai skaitā gadījumos, kad MK noteikumi paredz vairākus komercdarbības atbalsta regulējumus un komercdarbības atbalsta regulējums neparedz stimulējošās ietekmes prasību, piemēram, ja MK noteikumi paredz, ka projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas (tehniski ekonomiskais pamatojums, plānošanas un arhitektūras uzdevums, būvprojekta izstrāde tehniskā projekta vai skiču projekta stadijā un citi dokumenti saskaņā ar normatīvajiem aktiem par būvniecību), būvuzraudzības un autoruzraudzības izmaksas, kas saistītas ar projekta ietvaros veiktajiem ilgtermiņa ieguldījumiem, sedz saskaņā ar Komisijas 2023.gada 13.decembra regula Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> atbalstam (spēkā no 2024.gada 1.janvāra). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="16">
+  <w:footnote w:id="18">
+    <w:p w14:paraId="200E9A15" w14:textId="3216221E" w:rsidR="001F269A" w:rsidRPr="001F269A" w:rsidRDefault="001F269A">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:ins w:id="13" w:author="Gunta Švarce" w:date="2026-01-20T14:02:00Z" w16du:dateUtc="2026-01-20T12:02:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001F269A">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="001F269A">
+          <w:t>Komisijas regulas Nr.651/2014 2.panta 17.punkta izpratnē “</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001F269A">
+          <w:t>ad</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001F269A">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001F269A">
+          <w:t>hoc</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001F269A">
+          <w:t xml:space="preserve"> atbalsts” ir atbalsts, ko piešķir, neizmantojot atbalsta shēmu</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="19">
+    <w:p w14:paraId="36EE370D" w14:textId="6543FD66" w:rsidR="008D2D1D" w:rsidRPr="008D2D1D" w:rsidRDefault="008D2D1D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:ins w:id="27" w:author="Gunta Švarce" w:date="2026-01-20T14:04:00Z" w16du:dateUtc="2026-01-20T12:04:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="008D2D1D">
+          <w:t>Normatīvajā aktā, kas nosaka kārtību, kādā veicamas Eiropas Savienības fondu projektu pārbaudes 2021.–2027.gada plānošanas periodā</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="20">
     <w:p w14:paraId="365D2321" w14:textId="79B83322" w:rsidR="00C326A5" w:rsidRPr="00C133BA" w:rsidRDefault="00C326A5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t xml:space="preserve">Komisijas 2023.gada 13.decembra Regula (ES) Nr.2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -11308,229 +11893,229 @@
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9), Komisijas 2014. gada 27. jūnija Regulu (ES) Nr.717/2014 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B2809" w:rsidRPr="000B2809">
         <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2014.gada 27.jūnijs, Nr. L 190/45.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="17">
+  <w:footnote w:id="21">
     <w:p w14:paraId="6AD99590" w14:textId="6D023CB7" w:rsidR="002F049E" w:rsidRPr="00C133BA" w:rsidRDefault="002F049E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C133BA" w:rsidRPr="00C133BA">
         <w:t xml:space="preserve">Komisijas 2023.gada 13.decembra regula Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C133BA" w:rsidRPr="00C133BA">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C133BA" w:rsidRPr="00C133BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C133BA" w:rsidRPr="00C133BA">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C133BA" w:rsidRPr="00C133BA">
         <w:t xml:space="preserve"> atbalstam</w:t>
       </w:r>
       <w:r w:rsidR="00C133BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="18">
+  <w:footnote w:id="22">
     <w:p w14:paraId="4F664708" w14:textId="1E71F4D3" w:rsidR="00AC7A0A" w:rsidRPr="007F7DC2" w:rsidRDefault="00AC7A0A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00522712" w:rsidRPr="00522712">
         <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulu (ES) Nr.717/2014 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00522712" w:rsidRPr="00522712">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00522712" w:rsidRPr="00522712">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00522712" w:rsidRPr="00522712">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00522712" w:rsidRPr="00522712">
         <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2014.gada 27.jūnijs, Nr. L 190/45))</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="19">
+  <w:footnote w:id="23">
     <w:p w14:paraId="24BC2FE7" w14:textId="651A2610" w:rsidR="00D536AC" w:rsidRPr="00877B43" w:rsidRDefault="00D536AC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F7DC2" w:rsidRPr="007F7DC2">
         <w:t xml:space="preserve">Komisijas 2014. gada 27. jūnija Regulu (ES) Nr.717/2014 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7DC2" w:rsidRPr="007F7DC2">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7DC2" w:rsidRPr="007F7DC2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007F7DC2" w:rsidRPr="007F7DC2">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007F7DC2" w:rsidRPr="007F7DC2">
         <w:t xml:space="preserve"> atbalstam zvejniecības un akvakultūras nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2014.gada 27.jūnijs, Nr. L 190/45))</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="20">
+  <w:footnote w:id="24">
     <w:p w14:paraId="1C788864" w14:textId="63149A18" w:rsidR="00A97FD3" w:rsidRPr="00877B43" w:rsidRDefault="00A97FD3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00877B43" w:rsidRPr="00877B43">
         <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regula (ES) Nr. 1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877B43" w:rsidRPr="00877B43">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00877B43" w:rsidRPr="00877B43">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00877B43" w:rsidRPr="00877B43">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00877B43" w:rsidRPr="00877B43">
         <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="21">
+  <w:footnote w:id="25">
     <w:p w14:paraId="1247BFFE" w14:textId="35DA14EA" w:rsidR="00D40383" w:rsidRPr="00E3355F" w:rsidRDefault="00D40383">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3355F" w:rsidRPr="00E3355F">
         <w:t xml:space="preserve">Komisijas 2013. gada 18. decembra Regula (ES) Nr. 1408/2013 par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E3355F" w:rsidRPr="00E3355F">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E3355F" w:rsidRPr="00E3355F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E3355F" w:rsidRPr="00E3355F">
         <w:t>minimis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E3355F" w:rsidRPr="00E3355F">
         <w:t xml:space="preserve"> atbalstam lauksaimniecības nozarē (Eiropas Savienības Oficiālais Vēstnesis, 2013. gada 24. decembris, Nr. L 352/9)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="22">
+  <w:footnote w:id="26">
     <w:p w14:paraId="59D01A8C" w14:textId="38A7C97F" w:rsidR="006D3915" w:rsidRPr="002027CC" w:rsidRDefault="006D3915">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002027CC" w:rsidRPr="002027CC">
         <w:t xml:space="preserve">Komisijas 2023.gada 13.decembra Regula (ES) Nr.2023/2832 par Līguma par Eiropas Savienības darbību 107. un 108.panta piemērošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002027CC" w:rsidRPr="002027CC">
         <w:t>de</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002027CC" w:rsidRPr="002027CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -11561,58 +12146,51 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FA4B3C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FA4B3C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0021202F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
-[...6 lines deleted...]
-      <w:t>2</w:t>
+      <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="00FA4B3C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="417B9515" w14:textId="77777777" w:rsidR="007A20DA" w:rsidRDefault="007A20DA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
@@ -14334,54 +14912,63 @@
   <w:num w:numId="21" w16cid:durableId="73623952">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="888414886">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1243493110">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="47648702">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1999377031">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1697852246">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="980840928">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Gunta Švarce">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::gunta.svarce@cfla.gov.lv::ba1fac64-a8d8-4e75-905e-e365a3b6f7e9"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -14421,50 +15008,51 @@
     <w:rsid w:val="0001398A"/>
     <w:rsid w:val="00014ACA"/>
     <w:rsid w:val="00015158"/>
     <w:rsid w:val="000152D6"/>
     <w:rsid w:val="000152FD"/>
     <w:rsid w:val="000163AB"/>
     <w:rsid w:val="0001645F"/>
     <w:rsid w:val="00016F83"/>
     <w:rsid w:val="0001748D"/>
     <w:rsid w:val="00017982"/>
     <w:rsid w:val="00020602"/>
     <w:rsid w:val="000210A3"/>
     <w:rsid w:val="00021A3A"/>
     <w:rsid w:val="0002353A"/>
     <w:rsid w:val="000238A7"/>
     <w:rsid w:val="0002419F"/>
     <w:rsid w:val="0002471C"/>
     <w:rsid w:val="0002479F"/>
     <w:rsid w:val="00024A1A"/>
     <w:rsid w:val="00025072"/>
     <w:rsid w:val="00025639"/>
     <w:rsid w:val="00025DAF"/>
     <w:rsid w:val="0002618E"/>
     <w:rsid w:val="000268F4"/>
     <w:rsid w:val="00026A2C"/>
+    <w:rsid w:val="00026DAB"/>
     <w:rsid w:val="00027C08"/>
     <w:rsid w:val="00027D69"/>
     <w:rsid w:val="0003264A"/>
     <w:rsid w:val="00033803"/>
     <w:rsid w:val="00033FA8"/>
     <w:rsid w:val="00034FEA"/>
     <w:rsid w:val="00035316"/>
     <w:rsid w:val="00035404"/>
     <w:rsid w:val="00035A1C"/>
     <w:rsid w:val="00035B74"/>
     <w:rsid w:val="000367F7"/>
     <w:rsid w:val="000403CA"/>
     <w:rsid w:val="00041C55"/>
     <w:rsid w:val="000422AA"/>
     <w:rsid w:val="0004272C"/>
     <w:rsid w:val="00042A13"/>
     <w:rsid w:val="00043539"/>
     <w:rsid w:val="0004365E"/>
     <w:rsid w:val="00043D26"/>
     <w:rsid w:val="0004480C"/>
     <w:rsid w:val="00044970"/>
     <w:rsid w:val="00044B9D"/>
     <w:rsid w:val="00045086"/>
     <w:rsid w:val="00045EC6"/>
     <w:rsid w:val="00046626"/>
@@ -14571,50 +15159,51 @@
     <w:rsid w:val="00094261"/>
     <w:rsid w:val="00094560"/>
     <w:rsid w:val="000945EC"/>
     <w:rsid w:val="00095505"/>
     <w:rsid w:val="000955F5"/>
     <w:rsid w:val="000960E7"/>
     <w:rsid w:val="00096226"/>
     <w:rsid w:val="00096454"/>
     <w:rsid w:val="00096B21"/>
     <w:rsid w:val="0009763D"/>
     <w:rsid w:val="000979DB"/>
     <w:rsid w:val="00097DF2"/>
     <w:rsid w:val="000A11DB"/>
     <w:rsid w:val="000A2146"/>
     <w:rsid w:val="000A259F"/>
     <w:rsid w:val="000A2830"/>
     <w:rsid w:val="000A2F97"/>
     <w:rsid w:val="000A32F8"/>
     <w:rsid w:val="000A3364"/>
     <w:rsid w:val="000A3A8A"/>
     <w:rsid w:val="000A3CD9"/>
     <w:rsid w:val="000A48F7"/>
     <w:rsid w:val="000A4DA0"/>
     <w:rsid w:val="000A502D"/>
     <w:rsid w:val="000A50CB"/>
+    <w:rsid w:val="000A53E9"/>
     <w:rsid w:val="000A588A"/>
     <w:rsid w:val="000A5F64"/>
     <w:rsid w:val="000A608C"/>
     <w:rsid w:val="000A703A"/>
     <w:rsid w:val="000A7332"/>
     <w:rsid w:val="000A74BC"/>
     <w:rsid w:val="000A75E1"/>
     <w:rsid w:val="000B05AD"/>
     <w:rsid w:val="000B18C2"/>
     <w:rsid w:val="000B1A12"/>
     <w:rsid w:val="000B1EED"/>
     <w:rsid w:val="000B2699"/>
     <w:rsid w:val="000B2809"/>
     <w:rsid w:val="000B2913"/>
     <w:rsid w:val="000B3B1C"/>
     <w:rsid w:val="000B3F07"/>
     <w:rsid w:val="000B412E"/>
     <w:rsid w:val="000B41C0"/>
     <w:rsid w:val="000B495D"/>
     <w:rsid w:val="000B49D7"/>
     <w:rsid w:val="000B4C75"/>
     <w:rsid w:val="000B55D8"/>
     <w:rsid w:val="000B5678"/>
     <w:rsid w:val="000B5D76"/>
     <w:rsid w:val="000B61C2"/>
@@ -14836,50 +15425,51 @@
     <w:rsid w:val="00164BDE"/>
     <w:rsid w:val="00165164"/>
     <w:rsid w:val="00165339"/>
     <w:rsid w:val="0016577C"/>
     <w:rsid w:val="00165B0E"/>
     <w:rsid w:val="00166541"/>
     <w:rsid w:val="00166C42"/>
     <w:rsid w:val="00167435"/>
     <w:rsid w:val="00167840"/>
     <w:rsid w:val="00167C45"/>
     <w:rsid w:val="00167D40"/>
     <w:rsid w:val="001700E1"/>
     <w:rsid w:val="0017078B"/>
     <w:rsid w:val="001713FE"/>
     <w:rsid w:val="001718F4"/>
     <w:rsid w:val="001724A2"/>
     <w:rsid w:val="001726C7"/>
     <w:rsid w:val="001727C6"/>
     <w:rsid w:val="0017313B"/>
     <w:rsid w:val="0017403D"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="0017480B"/>
     <w:rsid w:val="001769D8"/>
     <w:rsid w:val="00176B21"/>
     <w:rsid w:val="00176DDC"/>
+    <w:rsid w:val="00176EEF"/>
     <w:rsid w:val="001770B7"/>
     <w:rsid w:val="00177ADC"/>
     <w:rsid w:val="00177D66"/>
     <w:rsid w:val="00180321"/>
     <w:rsid w:val="0018076D"/>
     <w:rsid w:val="00180865"/>
     <w:rsid w:val="00180C26"/>
     <w:rsid w:val="00180FC9"/>
     <w:rsid w:val="00181525"/>
     <w:rsid w:val="0018278C"/>
     <w:rsid w:val="00183027"/>
     <w:rsid w:val="001832A0"/>
     <w:rsid w:val="00183DCD"/>
     <w:rsid w:val="00183EF8"/>
     <w:rsid w:val="00183FF2"/>
     <w:rsid w:val="00184FAE"/>
     <w:rsid w:val="0018647F"/>
     <w:rsid w:val="0018666A"/>
     <w:rsid w:val="00186E9E"/>
     <w:rsid w:val="00187C38"/>
     <w:rsid w:val="00190333"/>
     <w:rsid w:val="00190425"/>
     <w:rsid w:val="00190654"/>
     <w:rsid w:val="00190CF1"/>
     <w:rsid w:val="00190E87"/>
@@ -14996,50 +15586,51 @@
     <w:rsid w:val="001E0EE1"/>
     <w:rsid w:val="001E0F5F"/>
     <w:rsid w:val="001E22FB"/>
     <w:rsid w:val="001E242F"/>
     <w:rsid w:val="001E25C2"/>
     <w:rsid w:val="001E28D5"/>
     <w:rsid w:val="001E291C"/>
     <w:rsid w:val="001E316D"/>
     <w:rsid w:val="001E3224"/>
     <w:rsid w:val="001E393B"/>
     <w:rsid w:val="001E4162"/>
     <w:rsid w:val="001E5052"/>
     <w:rsid w:val="001E57C2"/>
     <w:rsid w:val="001E5E28"/>
     <w:rsid w:val="001E6920"/>
     <w:rsid w:val="001E6DF3"/>
     <w:rsid w:val="001E6F68"/>
     <w:rsid w:val="001E74C3"/>
     <w:rsid w:val="001E7EF1"/>
     <w:rsid w:val="001F02F3"/>
     <w:rsid w:val="001F06C2"/>
     <w:rsid w:val="001F09A2"/>
     <w:rsid w:val="001F0E6E"/>
     <w:rsid w:val="001F108F"/>
     <w:rsid w:val="001F198E"/>
+    <w:rsid w:val="001F269A"/>
     <w:rsid w:val="001F2BDC"/>
     <w:rsid w:val="001F3A4D"/>
     <w:rsid w:val="001F3F0A"/>
     <w:rsid w:val="001F412F"/>
     <w:rsid w:val="001F56CB"/>
     <w:rsid w:val="001F637B"/>
     <w:rsid w:val="001F6675"/>
     <w:rsid w:val="001F6AAF"/>
     <w:rsid w:val="0020141B"/>
     <w:rsid w:val="00201FF1"/>
     <w:rsid w:val="002027CC"/>
     <w:rsid w:val="00202C5C"/>
     <w:rsid w:val="00203763"/>
     <w:rsid w:val="00203864"/>
     <w:rsid w:val="002041E0"/>
     <w:rsid w:val="00204747"/>
     <w:rsid w:val="00207768"/>
     <w:rsid w:val="0020FBF5"/>
     <w:rsid w:val="00210359"/>
     <w:rsid w:val="00210CD4"/>
     <w:rsid w:val="002111C2"/>
     <w:rsid w:val="00211BAB"/>
     <w:rsid w:val="0021202F"/>
     <w:rsid w:val="00212B97"/>
     <w:rsid w:val="00212CF0"/>
@@ -15163,50 +15754,51 @@
     <w:rsid w:val="002682AE"/>
     <w:rsid w:val="002702E0"/>
     <w:rsid w:val="002704D8"/>
     <w:rsid w:val="00270746"/>
     <w:rsid w:val="00270809"/>
     <w:rsid w:val="00270F30"/>
     <w:rsid w:val="0027109A"/>
     <w:rsid w:val="00271A3D"/>
     <w:rsid w:val="002724B0"/>
     <w:rsid w:val="002725B6"/>
     <w:rsid w:val="002726D2"/>
     <w:rsid w:val="002733FA"/>
     <w:rsid w:val="0027342E"/>
     <w:rsid w:val="002743FF"/>
     <w:rsid w:val="00274969"/>
     <w:rsid w:val="0027498E"/>
     <w:rsid w:val="00274BEE"/>
     <w:rsid w:val="00274FB5"/>
     <w:rsid w:val="00275193"/>
     <w:rsid w:val="00275EFF"/>
     <w:rsid w:val="0027631A"/>
     <w:rsid w:val="00276567"/>
     <w:rsid w:val="0027695A"/>
     <w:rsid w:val="00277504"/>
     <w:rsid w:val="0027761A"/>
+    <w:rsid w:val="002778BF"/>
     <w:rsid w:val="0028037E"/>
     <w:rsid w:val="002810DB"/>
     <w:rsid w:val="00281460"/>
     <w:rsid w:val="00281497"/>
     <w:rsid w:val="00281534"/>
     <w:rsid w:val="0028176D"/>
     <w:rsid w:val="002818AB"/>
     <w:rsid w:val="00281B21"/>
     <w:rsid w:val="0028303A"/>
     <w:rsid w:val="00283B37"/>
     <w:rsid w:val="00284F6B"/>
     <w:rsid w:val="00285748"/>
     <w:rsid w:val="00285F38"/>
     <w:rsid w:val="002865B6"/>
     <w:rsid w:val="00286B56"/>
     <w:rsid w:val="00286E8B"/>
     <w:rsid w:val="002871F6"/>
     <w:rsid w:val="0028758C"/>
     <w:rsid w:val="00290A6A"/>
     <w:rsid w:val="00290A97"/>
     <w:rsid w:val="002910AF"/>
     <w:rsid w:val="002910DC"/>
     <w:rsid w:val="0029125F"/>
     <w:rsid w:val="00291664"/>
     <w:rsid w:val="002926FB"/>
@@ -15324,63 +15916,65 @@
     <w:rsid w:val="002E2E81"/>
     <w:rsid w:val="002E327D"/>
     <w:rsid w:val="002E3821"/>
     <w:rsid w:val="002E3DA4"/>
     <w:rsid w:val="002E3EF4"/>
     <w:rsid w:val="002E4086"/>
     <w:rsid w:val="002E4886"/>
     <w:rsid w:val="002E4B23"/>
     <w:rsid w:val="002E4E9D"/>
     <w:rsid w:val="002E51C4"/>
     <w:rsid w:val="002E5503"/>
     <w:rsid w:val="002E5C07"/>
     <w:rsid w:val="002E66BF"/>
     <w:rsid w:val="002E694A"/>
     <w:rsid w:val="002E6B0C"/>
     <w:rsid w:val="002E7DAA"/>
     <w:rsid w:val="002E7FD7"/>
     <w:rsid w:val="002F049E"/>
     <w:rsid w:val="002F09AC"/>
     <w:rsid w:val="002F2A2F"/>
     <w:rsid w:val="002F2AB5"/>
     <w:rsid w:val="002F2DF7"/>
     <w:rsid w:val="002F3069"/>
     <w:rsid w:val="002F3AAF"/>
     <w:rsid w:val="002F40DF"/>
+    <w:rsid w:val="002F4356"/>
     <w:rsid w:val="002F44EB"/>
     <w:rsid w:val="002F48E9"/>
     <w:rsid w:val="002F4AD3"/>
     <w:rsid w:val="002F4D3C"/>
     <w:rsid w:val="002F5188"/>
     <w:rsid w:val="002F5305"/>
     <w:rsid w:val="002F575C"/>
     <w:rsid w:val="002F5DA8"/>
     <w:rsid w:val="002F648F"/>
     <w:rsid w:val="002F6609"/>
     <w:rsid w:val="002F6C8B"/>
     <w:rsid w:val="002F6DD4"/>
     <w:rsid w:val="002F7B0F"/>
+    <w:rsid w:val="0030020A"/>
     <w:rsid w:val="003007D4"/>
     <w:rsid w:val="00300ACD"/>
     <w:rsid w:val="00300C9C"/>
     <w:rsid w:val="003010F0"/>
     <w:rsid w:val="00301470"/>
     <w:rsid w:val="0030160F"/>
     <w:rsid w:val="00301785"/>
     <w:rsid w:val="00301A73"/>
     <w:rsid w:val="00301E2B"/>
     <w:rsid w:val="00302487"/>
     <w:rsid w:val="00302610"/>
     <w:rsid w:val="00302748"/>
     <w:rsid w:val="003029FA"/>
     <w:rsid w:val="00302AE4"/>
     <w:rsid w:val="00303DB1"/>
     <w:rsid w:val="00303E7C"/>
     <w:rsid w:val="00304864"/>
     <w:rsid w:val="00304CC7"/>
     <w:rsid w:val="003052D0"/>
     <w:rsid w:val="003052FF"/>
     <w:rsid w:val="003059F2"/>
     <w:rsid w:val="00306043"/>
     <w:rsid w:val="0030611C"/>
     <w:rsid w:val="003062C5"/>
     <w:rsid w:val="0030653C"/>
@@ -15552,50 +16146,51 @@
     <w:rsid w:val="00380531"/>
     <w:rsid w:val="0038057B"/>
     <w:rsid w:val="0038088D"/>
     <w:rsid w:val="003809F9"/>
     <w:rsid w:val="0038120A"/>
     <w:rsid w:val="00381C35"/>
     <w:rsid w:val="003820C2"/>
     <w:rsid w:val="003835BF"/>
     <w:rsid w:val="00383A2A"/>
     <w:rsid w:val="00383B83"/>
     <w:rsid w:val="00383DE7"/>
     <w:rsid w:val="003840C3"/>
     <w:rsid w:val="003841FC"/>
     <w:rsid w:val="0038420A"/>
     <w:rsid w:val="003846E1"/>
     <w:rsid w:val="00384E8C"/>
     <w:rsid w:val="00385301"/>
     <w:rsid w:val="00385A2F"/>
     <w:rsid w:val="00386C30"/>
     <w:rsid w:val="00387AA0"/>
     <w:rsid w:val="0039009F"/>
     <w:rsid w:val="00390690"/>
     <w:rsid w:val="00391031"/>
     <w:rsid w:val="003911CF"/>
     <w:rsid w:val="0039140D"/>
+    <w:rsid w:val="0039181D"/>
     <w:rsid w:val="00391B33"/>
     <w:rsid w:val="0039348B"/>
     <w:rsid w:val="003934D4"/>
     <w:rsid w:val="00393841"/>
     <w:rsid w:val="003944A5"/>
     <w:rsid w:val="003944F6"/>
     <w:rsid w:val="00394509"/>
     <w:rsid w:val="00394F35"/>
     <w:rsid w:val="0039635C"/>
     <w:rsid w:val="003967CA"/>
     <w:rsid w:val="00396D69"/>
     <w:rsid w:val="00397178"/>
     <w:rsid w:val="00397461"/>
     <w:rsid w:val="00397601"/>
     <w:rsid w:val="00397A2B"/>
     <w:rsid w:val="003A00DA"/>
     <w:rsid w:val="003A01DE"/>
     <w:rsid w:val="003A092E"/>
     <w:rsid w:val="003A0B4B"/>
     <w:rsid w:val="003A10FD"/>
     <w:rsid w:val="003A1171"/>
     <w:rsid w:val="003A147B"/>
     <w:rsid w:val="003A16B3"/>
     <w:rsid w:val="003A1C0B"/>
     <w:rsid w:val="003A1E68"/>
@@ -15761,50 +16356,51 @@
     <w:rsid w:val="00417830"/>
     <w:rsid w:val="00417BC6"/>
     <w:rsid w:val="00420141"/>
     <w:rsid w:val="00420600"/>
     <w:rsid w:val="00421852"/>
     <w:rsid w:val="00421D51"/>
     <w:rsid w:val="0042246C"/>
     <w:rsid w:val="00422863"/>
     <w:rsid w:val="00422F36"/>
     <w:rsid w:val="0042328A"/>
     <w:rsid w:val="00423460"/>
     <w:rsid w:val="00423BD5"/>
     <w:rsid w:val="0042413B"/>
     <w:rsid w:val="00424A14"/>
     <w:rsid w:val="00424E96"/>
     <w:rsid w:val="00424FBD"/>
     <w:rsid w:val="0042545D"/>
     <w:rsid w:val="00425691"/>
     <w:rsid w:val="00425839"/>
     <w:rsid w:val="00425A43"/>
     <w:rsid w:val="00425BDE"/>
     <w:rsid w:val="00425D90"/>
     <w:rsid w:val="00425D9D"/>
     <w:rsid w:val="004261B3"/>
     <w:rsid w:val="004261B6"/>
+    <w:rsid w:val="00426B35"/>
     <w:rsid w:val="00426B72"/>
     <w:rsid w:val="004279DD"/>
     <w:rsid w:val="00427C31"/>
     <w:rsid w:val="00430124"/>
     <w:rsid w:val="0043013C"/>
     <w:rsid w:val="00430A4D"/>
     <w:rsid w:val="0043151B"/>
     <w:rsid w:val="00431A02"/>
     <w:rsid w:val="00431CAD"/>
     <w:rsid w:val="00432630"/>
     <w:rsid w:val="00432779"/>
     <w:rsid w:val="00432DF5"/>
     <w:rsid w:val="00432E0F"/>
     <w:rsid w:val="00432E96"/>
     <w:rsid w:val="00433908"/>
     <w:rsid w:val="004342F2"/>
     <w:rsid w:val="00435B48"/>
     <w:rsid w:val="00435F38"/>
     <w:rsid w:val="004367F4"/>
     <w:rsid w:val="004369D7"/>
     <w:rsid w:val="004374E6"/>
     <w:rsid w:val="00437624"/>
     <w:rsid w:val="00437B75"/>
     <w:rsid w:val="00437C8D"/>
     <w:rsid w:val="00437E4B"/>
@@ -16662,50 +17258,51 @@
     <w:rsid w:val="006C0BB3"/>
     <w:rsid w:val="006C0C20"/>
     <w:rsid w:val="006C1339"/>
     <w:rsid w:val="006C1361"/>
     <w:rsid w:val="006C1A9F"/>
     <w:rsid w:val="006C1B45"/>
     <w:rsid w:val="006C1FE6"/>
     <w:rsid w:val="006C2029"/>
     <w:rsid w:val="006C2891"/>
     <w:rsid w:val="006C2E06"/>
     <w:rsid w:val="006C2F8B"/>
     <w:rsid w:val="006C3721"/>
     <w:rsid w:val="006C39FE"/>
     <w:rsid w:val="006C3A9E"/>
     <w:rsid w:val="006C3EFA"/>
     <w:rsid w:val="006C40B3"/>
     <w:rsid w:val="006C4C94"/>
     <w:rsid w:val="006C4DB6"/>
     <w:rsid w:val="006C4E0F"/>
     <w:rsid w:val="006C601B"/>
     <w:rsid w:val="006C6479"/>
     <w:rsid w:val="006D11B7"/>
     <w:rsid w:val="006D1460"/>
     <w:rsid w:val="006D1777"/>
     <w:rsid w:val="006D2219"/>
+    <w:rsid w:val="006D2297"/>
     <w:rsid w:val="006D2729"/>
     <w:rsid w:val="006D28E6"/>
     <w:rsid w:val="006D2E6E"/>
     <w:rsid w:val="006D3294"/>
     <w:rsid w:val="006D344B"/>
     <w:rsid w:val="006D3591"/>
     <w:rsid w:val="006D37A0"/>
     <w:rsid w:val="006D3915"/>
     <w:rsid w:val="006D420C"/>
     <w:rsid w:val="006D42BE"/>
     <w:rsid w:val="006D49AA"/>
     <w:rsid w:val="006D4EF9"/>
     <w:rsid w:val="006D506C"/>
     <w:rsid w:val="006D58E8"/>
     <w:rsid w:val="006D5BB8"/>
     <w:rsid w:val="006D5D9F"/>
     <w:rsid w:val="006D608D"/>
     <w:rsid w:val="006D616E"/>
     <w:rsid w:val="006D640A"/>
     <w:rsid w:val="006D643D"/>
     <w:rsid w:val="006D6676"/>
     <w:rsid w:val="006D7928"/>
     <w:rsid w:val="006D7B2E"/>
     <w:rsid w:val="006E064E"/>
     <w:rsid w:val="006E1BF8"/>
@@ -16913,50 +17510,51 @@
     <w:rsid w:val="00782968"/>
     <w:rsid w:val="00782D9D"/>
     <w:rsid w:val="00783914"/>
     <w:rsid w:val="007841EE"/>
     <w:rsid w:val="00784ECE"/>
     <w:rsid w:val="00785FB0"/>
     <w:rsid w:val="007862A6"/>
     <w:rsid w:val="00786302"/>
     <w:rsid w:val="00786604"/>
     <w:rsid w:val="00787B5D"/>
     <w:rsid w:val="0079126D"/>
     <w:rsid w:val="0079146A"/>
     <w:rsid w:val="00791914"/>
     <w:rsid w:val="00792121"/>
     <w:rsid w:val="007924BC"/>
     <w:rsid w:val="007925AC"/>
     <w:rsid w:val="0079280B"/>
     <w:rsid w:val="00792B68"/>
     <w:rsid w:val="00792D29"/>
     <w:rsid w:val="00792ED8"/>
     <w:rsid w:val="00793125"/>
     <w:rsid w:val="0079370F"/>
     <w:rsid w:val="007939E2"/>
     <w:rsid w:val="00793DA1"/>
     <w:rsid w:val="00794D2E"/>
+    <w:rsid w:val="00794F69"/>
     <w:rsid w:val="0079530F"/>
     <w:rsid w:val="00795C91"/>
     <w:rsid w:val="0079623E"/>
     <w:rsid w:val="007968B1"/>
     <w:rsid w:val="00796BCE"/>
     <w:rsid w:val="00796C95"/>
     <w:rsid w:val="007977B1"/>
     <w:rsid w:val="00797990"/>
     <w:rsid w:val="00797C8C"/>
     <w:rsid w:val="007A0B8B"/>
     <w:rsid w:val="007A0C91"/>
     <w:rsid w:val="007A20DA"/>
     <w:rsid w:val="007A222F"/>
     <w:rsid w:val="007A2D93"/>
     <w:rsid w:val="007A3281"/>
     <w:rsid w:val="007A41D4"/>
     <w:rsid w:val="007A4496"/>
     <w:rsid w:val="007A4504"/>
     <w:rsid w:val="007A4945"/>
     <w:rsid w:val="007A4E1A"/>
     <w:rsid w:val="007A528A"/>
     <w:rsid w:val="007A5BB8"/>
     <w:rsid w:val="007A5E92"/>
     <w:rsid w:val="007A60A6"/>
     <w:rsid w:val="007A6673"/>
@@ -17328,50 +17926,51 @@
     <w:rsid w:val="008C4E90"/>
     <w:rsid w:val="008C4EDD"/>
     <w:rsid w:val="008C4F7E"/>
     <w:rsid w:val="008C5573"/>
     <w:rsid w:val="008C5727"/>
     <w:rsid w:val="008C5AF4"/>
     <w:rsid w:val="008C5D1B"/>
     <w:rsid w:val="008C5D86"/>
     <w:rsid w:val="008C5DE8"/>
     <w:rsid w:val="008C602A"/>
     <w:rsid w:val="008C631E"/>
     <w:rsid w:val="008C687D"/>
     <w:rsid w:val="008C69FB"/>
     <w:rsid w:val="008C6ED9"/>
     <w:rsid w:val="008C70EA"/>
     <w:rsid w:val="008C791B"/>
     <w:rsid w:val="008C7D29"/>
     <w:rsid w:val="008D0D60"/>
     <w:rsid w:val="008D1678"/>
     <w:rsid w:val="008D173C"/>
     <w:rsid w:val="008D2017"/>
     <w:rsid w:val="008D2239"/>
     <w:rsid w:val="008D2527"/>
     <w:rsid w:val="008D2675"/>
     <w:rsid w:val="008D276A"/>
+    <w:rsid w:val="008D2D1D"/>
     <w:rsid w:val="008D2D72"/>
     <w:rsid w:val="008D3D45"/>
     <w:rsid w:val="008D3E05"/>
     <w:rsid w:val="008D441C"/>
     <w:rsid w:val="008D587A"/>
     <w:rsid w:val="008D59AD"/>
     <w:rsid w:val="008D5EC9"/>
     <w:rsid w:val="008D741D"/>
     <w:rsid w:val="008D7593"/>
     <w:rsid w:val="008E012C"/>
     <w:rsid w:val="008E12DA"/>
     <w:rsid w:val="008E1D18"/>
     <w:rsid w:val="008E23A9"/>
     <w:rsid w:val="008E26AA"/>
     <w:rsid w:val="008E2B08"/>
     <w:rsid w:val="008E44E2"/>
     <w:rsid w:val="008E4770"/>
     <w:rsid w:val="008E5021"/>
     <w:rsid w:val="008E52D1"/>
     <w:rsid w:val="008E52D4"/>
     <w:rsid w:val="008E5576"/>
     <w:rsid w:val="008E5813"/>
     <w:rsid w:val="008E5A44"/>
     <w:rsid w:val="008E5D90"/>
     <w:rsid w:val="008E6B1B"/>
@@ -18682,50 +19281,51 @@
     <w:rsid w:val="00CE606B"/>
     <w:rsid w:val="00CE6120"/>
     <w:rsid w:val="00CE612E"/>
     <w:rsid w:val="00CE64B1"/>
     <w:rsid w:val="00CE6A44"/>
     <w:rsid w:val="00CE6D7D"/>
     <w:rsid w:val="00CE7CA2"/>
     <w:rsid w:val="00CF096B"/>
     <w:rsid w:val="00CF14FC"/>
     <w:rsid w:val="00CF1D45"/>
     <w:rsid w:val="00CF2777"/>
     <w:rsid w:val="00CF2EA5"/>
     <w:rsid w:val="00CF2F69"/>
     <w:rsid w:val="00CF4190"/>
     <w:rsid w:val="00CF56C0"/>
     <w:rsid w:val="00CF5C81"/>
     <w:rsid w:val="00CF6D98"/>
     <w:rsid w:val="00CF6F76"/>
     <w:rsid w:val="00CF7041"/>
     <w:rsid w:val="00CF7782"/>
     <w:rsid w:val="00CF79EB"/>
     <w:rsid w:val="00CF7ED6"/>
     <w:rsid w:val="00CF7FCB"/>
     <w:rsid w:val="00D01624"/>
     <w:rsid w:val="00D01BC1"/>
+    <w:rsid w:val="00D02DDB"/>
     <w:rsid w:val="00D030B8"/>
     <w:rsid w:val="00D0312C"/>
     <w:rsid w:val="00D0327A"/>
     <w:rsid w:val="00D03504"/>
     <w:rsid w:val="00D037FE"/>
     <w:rsid w:val="00D04251"/>
     <w:rsid w:val="00D048D5"/>
     <w:rsid w:val="00D04E5B"/>
     <w:rsid w:val="00D04E73"/>
     <w:rsid w:val="00D0554B"/>
     <w:rsid w:val="00D05955"/>
     <w:rsid w:val="00D05B70"/>
     <w:rsid w:val="00D05BF4"/>
     <w:rsid w:val="00D05C7A"/>
     <w:rsid w:val="00D0655A"/>
     <w:rsid w:val="00D06668"/>
     <w:rsid w:val="00D069B0"/>
     <w:rsid w:val="00D07ADF"/>
     <w:rsid w:val="00D07B89"/>
     <w:rsid w:val="00D07C23"/>
     <w:rsid w:val="00D1029B"/>
     <w:rsid w:val="00D109B5"/>
     <w:rsid w:val="00D110B1"/>
     <w:rsid w:val="00D12DB8"/>
     <w:rsid w:val="00D14AB2"/>
@@ -19212,50 +19812,51 @@
     <w:rsid w:val="00E70594"/>
     <w:rsid w:val="00E7080E"/>
     <w:rsid w:val="00E71B9C"/>
     <w:rsid w:val="00E73F9A"/>
     <w:rsid w:val="00E74A07"/>
     <w:rsid w:val="00E74C40"/>
     <w:rsid w:val="00E752F1"/>
     <w:rsid w:val="00E753A2"/>
     <w:rsid w:val="00E758EC"/>
     <w:rsid w:val="00E76787"/>
     <w:rsid w:val="00E7696F"/>
     <w:rsid w:val="00E77110"/>
     <w:rsid w:val="00E771EF"/>
     <w:rsid w:val="00E80D4D"/>
     <w:rsid w:val="00E80DDC"/>
     <w:rsid w:val="00E81746"/>
     <w:rsid w:val="00E81F02"/>
     <w:rsid w:val="00E820A0"/>
     <w:rsid w:val="00E8225E"/>
     <w:rsid w:val="00E8233F"/>
     <w:rsid w:val="00E8318C"/>
     <w:rsid w:val="00E8355B"/>
     <w:rsid w:val="00E84D6D"/>
     <w:rsid w:val="00E85141"/>
     <w:rsid w:val="00E85C7C"/>
+    <w:rsid w:val="00E86549"/>
     <w:rsid w:val="00E86D21"/>
     <w:rsid w:val="00E87E3C"/>
     <w:rsid w:val="00E906CE"/>
     <w:rsid w:val="00E90B98"/>
     <w:rsid w:val="00E910E8"/>
     <w:rsid w:val="00E915F5"/>
     <w:rsid w:val="00E9181D"/>
     <w:rsid w:val="00E91921"/>
     <w:rsid w:val="00E91AE5"/>
     <w:rsid w:val="00E92017"/>
     <w:rsid w:val="00E9355D"/>
     <w:rsid w:val="00E939F0"/>
     <w:rsid w:val="00E93CD8"/>
     <w:rsid w:val="00E93F30"/>
     <w:rsid w:val="00E943C0"/>
     <w:rsid w:val="00E957C4"/>
     <w:rsid w:val="00E95B3A"/>
     <w:rsid w:val="00E9629B"/>
     <w:rsid w:val="00E967F6"/>
     <w:rsid w:val="00E96AB1"/>
     <w:rsid w:val="00EA024A"/>
     <w:rsid w:val="00EA0522"/>
     <w:rsid w:val="00EA0558"/>
     <w:rsid w:val="00EA0ECB"/>
     <w:rsid w:val="00EA1668"/>
@@ -19385,50 +19986,51 @@
     <w:rsid w:val="00F04CE6"/>
     <w:rsid w:val="00F05495"/>
     <w:rsid w:val="00F0597F"/>
     <w:rsid w:val="00F0643E"/>
     <w:rsid w:val="00F06A91"/>
     <w:rsid w:val="00F06CCC"/>
     <w:rsid w:val="00F073D1"/>
     <w:rsid w:val="00F075EF"/>
     <w:rsid w:val="00F07BB0"/>
     <w:rsid w:val="00F110D4"/>
     <w:rsid w:val="00F117D6"/>
     <w:rsid w:val="00F117FF"/>
     <w:rsid w:val="00F11852"/>
     <w:rsid w:val="00F1196B"/>
     <w:rsid w:val="00F11AE6"/>
     <w:rsid w:val="00F12060"/>
     <w:rsid w:val="00F12074"/>
     <w:rsid w:val="00F131FE"/>
     <w:rsid w:val="00F13C4F"/>
     <w:rsid w:val="00F14300"/>
     <w:rsid w:val="00F150F1"/>
     <w:rsid w:val="00F15433"/>
     <w:rsid w:val="00F157FB"/>
     <w:rsid w:val="00F15B96"/>
     <w:rsid w:val="00F16032"/>
+    <w:rsid w:val="00F162BC"/>
     <w:rsid w:val="00F163F8"/>
     <w:rsid w:val="00F16470"/>
     <w:rsid w:val="00F16A42"/>
     <w:rsid w:val="00F16E1B"/>
     <w:rsid w:val="00F17C93"/>
     <w:rsid w:val="00F2064B"/>
     <w:rsid w:val="00F2065B"/>
     <w:rsid w:val="00F207C9"/>
     <w:rsid w:val="00F2092D"/>
     <w:rsid w:val="00F21CFB"/>
     <w:rsid w:val="00F22435"/>
     <w:rsid w:val="00F23E41"/>
     <w:rsid w:val="00F25322"/>
     <w:rsid w:val="00F25354"/>
     <w:rsid w:val="00F25451"/>
     <w:rsid w:val="00F25B34"/>
     <w:rsid w:val="00F25B89"/>
     <w:rsid w:val="00F25E75"/>
     <w:rsid w:val="00F26B6A"/>
     <w:rsid w:val="00F26B7A"/>
     <w:rsid w:val="00F26EF4"/>
     <w:rsid w:val="00F275FB"/>
     <w:rsid w:val="00F2795F"/>
     <w:rsid w:val="00F27C6A"/>
     <w:rsid w:val="00F27F3F"/>
@@ -23408,51 +24010,50 @@
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B341AC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -25041,51 +25642,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2137334893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32021R1328%26qid%3D1674574128724%26print%3Dtrue&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875796115%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=9kE%2B4AZiCGg7Hc5oQHZAcL9n5zav%2Bx99POpiFAcLqn0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1058%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875932097%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=jqtYktmRARdsaiD5eWrR0ZLf%2BmyC5g1SkswJl5FGSJE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pieklustamiba.varam.gov.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-regionalas-attistibas-fonda-eiropas-sociala-fonda-plus-kohezijas-fonda-un-taisnigas-parkartosanas-fonda-projektu-iesniegumu-atlases-metodika-2021-2027-gadam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2025%2F1914%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875914203%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=pJ0QNtURn2oS2XYuh%2BKqLx%2FtieGvroa6sg9h1ikcKdY%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2013%2F1316%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875879723%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=LK45M4cHT%2BbdLNzJ0vx4OHBH03AAxz6JalCyR0%2FJGK0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/364824-eiropas-savienibas-kohezijas-politikas-programmas-20212027-gadam-33-prioritates-militaras-mobilitates-stiprinasana-dzelzcels-un-ostas331-specifiska-atbalsta-merka-attistit-noturigu-aizsardzibas-infrastrukturu-veicinot-militaro-mobilitati-eiropas-savieniba-3312-pasakuma-lielo-ostu-divejada-lietojuma-publiskas-infrastrukturas-attistibaistenosanas-noteikumi?&amp;search=on" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%253A02021R1153-20240718&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875846453%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PzChid7gDG1ZL6jUPgQ%2FWI6OcniBXNMmSEhbSbUC8s4%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1056%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875948904%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=d%2F2fIYQPeZetq1p0aOiMmt%2FW2ycb9TDof4Ianx8VloE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1153%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875829818%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=0ot3BbTqBtutvRiBORCiqSuhd2TfyBq%2FPL9VWtX0A40%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/wwwvaramgovlv/lv/pieklustamiba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32021R1328%26qid%3D1674574128724%26print%3Dtrue&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875796115%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=9kE%2B4AZiCGg7Hc5oQHZAcL9n5zav%2Bx99POpiFAcLqn0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1058%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875932097%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=jqtYktmRARdsaiD5eWrR0ZLf%2BmyC5g1SkswJl5FGSJE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pieklustamiba.varam.gov.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-regionalas-attistibas-fonda-eiropas-sociala-fonda-plus-kohezijas-fonda-un-taisnigas-parkartosanas-fonda-projektu-iesniegumu-atlases-metodika-2021-2027-gadam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2025%2F1914%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875914203%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=pJ0QNtURn2oS2XYuh%2BKqLx%2FtieGvroa6sg9h1ikcKdY%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2013%2F1316%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875879723%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=LK45M4cHT%2BbdLNzJ0vx4OHBH03AAxz6JalCyR0%2FJGK0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/364824-eiropas-savienibas-kohezijas-politikas-programmas-20212027-gadam-33-prioritates-militaras-mobilitates-stiprinasana-dzelzcels-un-ostas331-specifiska-atbalsta-merka-attistit-noturigu-aizsardzibas-infrastrukturu-veicinot-militaro-mobilitati-eiropas-savieniba-3312-pasakuma-lielo-ostu-divejada-lietojuma-publiskas-infrastrukturas-attistibaistenosanas-noteikumi?&amp;search=on" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%253A02021R1153-20240718&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875846453%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PzChid7gDG1ZL6jUPgQ%2FWI6OcniBXNMmSEhbSbUC8s4%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1056%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875948904%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=d%2F2fIYQPeZetq1p0aOiMmt%2FW2ycb9TDof4Ianx8VloE%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=http%3A%2F%2Feur-lex.europa.eu%2Feli%2Freg%2F2021%2F1153%2Foj%2F%3Flocale%3DLV&amp;data=05%7C02%7Ckristine.smite%40cfla.gov.lv%7C0b1cbf8275ce4e3f300908de3c99e623%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639014828875829818%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=0ot3BbTqBtutvRiBORCiqSuhd2TfyBq%2FPL9VWtX0A40%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/wwwvaramgovlv/lv/pieklustamiba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -25365,56 +25966,63 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -25610,127 +26218,114 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{214F1ABC-30F8-430D-A7CB-18E9F521E45E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52FC60D9-4809-434D-8411-844204C0D4F7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CF09E7-FF17-41C3-B8FD-155987C3D9A2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93491FCF-9864-46A4-A3C2-9676E8CFEDD2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8194CF69-B3A6-460A-884A-4917742A975C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CF09E7-FF17-41C3-B8FD-155987C3D9A2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52FC60D9-4809-434D-8411-844204C0D4F7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>18376</Characters>
+  <Pages>29</Pages>
+  <Words>33574</Words>
+  <Characters>19138</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>159</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50513</CharactersWithSpaces>
+  <CharactersWithSpaces>52607</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Muižniece</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WorkflowChangePath">
     <vt:lpwstr>62de6b22-8c5c-435a-b322-e6d4ca62170b,3;62de6b22-8c5c-435a-b322-e6d4ca62170b,3;62de6b22-8c5c-435a-b322-e6d4ca62170b,3;62de6b22-8c5c-435a-b322-e6d4ca62170b,3;62de6b22-8c5c-435a-b322-e6d4ca62170b,5;62de6b22-8c5c-435a-b322-e6d4ca62170b,5;</vt:lpwstr>
   </property>