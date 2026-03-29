--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -1,191 +1,150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B4597EC" w14:textId="6E0E3254" w:rsidR="000D7736" w:rsidRPr="00926711" w:rsidRDefault="000D7736" w:rsidP="424BDFEE">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>APSTIPRINU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21687802" w14:textId="77777777" w:rsidR="00AA1ECE" w:rsidRPr="00926711" w:rsidRDefault="00AA1ECE" w:rsidP="00AA1ECE">
-[...1 lines deleted...]
-        <w:ind w:firstLine="0"/>
+    <w:p w14:paraId="2FFE80E6" w14:textId="77777777" w:rsidR="001E5B7B" w:rsidRPr="001E5B7B" w:rsidRDefault="001E5B7B" w:rsidP="001E5B7B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
-        <w:outlineLvl w:val="3"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E5B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD09A60" w14:textId="77777777" w:rsidR="00AA1ECE" w:rsidRPr="00926711" w:rsidRDefault="00AA1ECE" w:rsidP="00AA1ECE">
-[...1 lines deleted...]
-        <w:spacing w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="51A3CCE6" w14:textId="77777777" w:rsidR="001E5B7B" w:rsidRPr="001E5B7B" w:rsidRDefault="001E5B7B" w:rsidP="001E5B7B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">direktora vietniece </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">programmu un </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="001E5B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Projektu atlases departamenta direktore</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BF30D0" w14:textId="77777777" w:rsidR="00AA1ECE" w:rsidRPr="00926711" w:rsidRDefault="00AA1ECE" w:rsidP="00AA1ECE">
-[...1 lines deleted...]
-        <w:spacing w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="13F86920" w14:textId="77777777" w:rsidR="001E5B7B" w:rsidRPr="001E5B7B" w:rsidRDefault="001E5B7B" w:rsidP="001E5B7B">
+      <w:pPr>
+        <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...22 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00926711">
+      </w:pPr>
+      <w:r w:rsidRPr="001E5B7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>(elektroniskais paraksts)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00926711">
+        <w:t xml:space="preserve">(elektroniskais paraksts) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E5B7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...8 lines deleted...]
-        <w:t>G.Šulca</w:t>
+        <w:t>A.Abu-Junese</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="5A97D1DA" w14:textId="77777777" w:rsidR="00202C7E" w:rsidRPr="00926711" w:rsidRDefault="00202C7E" w:rsidP="005F226A">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (datums skatāms laika zīmogā)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3710E133" w14:textId="0EFD7181" w:rsidR="000D7736" w:rsidRPr="00926711" w:rsidRDefault="000D7736" w:rsidP="5BEE4D19">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
@@ -931,69 +890,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">088 </w:t>
             </w:r>
             <w:r w:rsidR="005732FE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">344 </w:t>
-[...17 lines deleted...]
-              <w:t>, tai skaitā Eiropas Savienības Kohēzijas fonda finansējums – 21 325 092 euro un privātais finansējums – ne mazāks kā 3 763 252 euro.</w:t>
+              <w:t>344 euro, tai skaitā Eiropas Savienības Kohēzijas fonda finansējums – 21 325 092 euro un privātais finansējums – ne mazāks kā 3 763 252 euro.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="326794C4" w14:textId="049A59ED" w:rsidR="00470818" w:rsidRPr="00926711" w:rsidRDefault="7E0AFC66" w:rsidP="36531703">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pasākuma ietvaros paredzēts īstenot divus projektus, nodrošinot tiem vienlīdzīgu pieejamā Eiropas Savienības Kohēzijas fonda finansējuma sadalījumu. Viens finansējuma saņēmējs īsteno vienu projektu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70EB08B4" w14:textId="511451F3" w:rsidR="00470818" w:rsidRPr="00926711" w:rsidRDefault="206915E5" w:rsidP="36531703">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
@@ -1610,126 +1551,146 @@
               </w:rPr>
               <w:t xml:space="preserve">2025. </w:t>
             </w:r>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
             <w:r w:rsidR="00580FE3" w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>19. decembra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="762F11D7" w:rsidR="00575CD9" w:rsidRPr="00926711" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
+          <w:p w14:paraId="0BC16238" w14:textId="27399619" w:rsidR="00575CD9" w:rsidRPr="00926711" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">līdz </w:t>
             </w:r>
             <w:r w:rsidR="0035034D" w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="006C0633" w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0035034D" w:rsidRPr="00926711">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> gada 2</w:t>
+              <w:t xml:space="preserve"> gada </w:t>
             </w:r>
-            <w:r w:rsidR="00F76DE6" w:rsidRPr="00926711">
-[...22 lines deleted...]
-            </w:r>
+            <w:ins w:id="0" w:author="Tatjana Ornicāne" w:date="2026-03-24T12:12:00Z">
+              <w:r w:rsidR="009204FD" w:rsidRPr="001E5B7B">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>24. aprīlim</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="1" w:author="Tatjana Ornicāne" w:date="2026-03-24T12:12:00Z" w16du:dateUtc="2026-03-24T10:12:00Z">
+              <w:r w:rsidR="0035034D" w:rsidRPr="00926711" w:rsidDel="009204FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+              <w:r w:rsidR="00F76DE6" w:rsidRPr="00926711" w:rsidDel="009204FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>5</w:delText>
+              </w:r>
+              <w:r w:rsidR="0035034D" w:rsidRPr="00926711" w:rsidDel="009204FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>.</w:delText>
+              </w:r>
+              <w:r w:rsidR="00040682" w:rsidRPr="00926711" w:rsidDel="009204FD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> martam</w:delText>
+              </w:r>
+            </w:del>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00575CD9" w:rsidRPr="00926711" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="36531703">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E9FE417" w14:textId="1284FA77" w:rsidR="00575CD9" w:rsidRPr="00926711" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926711">
               <w:rPr>
@@ -4137,51 +4098,51 @@
       <w:r w:rsidR="00BF5A92" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlasē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E33464" w14:textId="5B391BAF" w:rsidR="009D55CA" w:rsidRPr="00926711" w:rsidRDefault="008E372B" w:rsidP="003A2CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref120492295"/>
+      <w:bookmarkStart w:id="2" w:name="_Ref120492295"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
       <w:r w:rsidR="003006B8" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="00ED6CC8" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4408,51 +4369,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">gada </w:t>
       </w:r>
       <w:r w:rsidR="00CF24C3" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>23.februārim</w:t>
       </w:r>
       <w:r w:rsidR="00723777" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="760F9B36" w14:textId="33CB1893" w:rsidR="00F714F3" w:rsidRPr="00926711" w:rsidRDefault="00723777" w:rsidP="00BE0DF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00926711">
@@ -4830,51 +4791,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B75B470" w14:textId="4F7CA46B" w:rsidR="00916ED5" w:rsidRPr="00926711" w:rsidRDefault="00970461" w:rsidP="00921F75">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref120490924"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref120490924"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja pēc projekta iesnieguma iesniegšanas </w:t>
       </w:r>
       <w:r w:rsidR="00B2696F" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="0008339D" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -5091,70 +5052,70 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="004C2AE4" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="58A8C74D" w14:textId="6B60DFF8" w:rsidR="001F6058" w:rsidRPr="00926711" w:rsidRDefault="48D7B61A" w:rsidP="21D3F7DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120491921"/>
-      <w:bookmarkStart w:id="3" w:name="_Ref172292878"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref120491921"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref172292878"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="4F1684EB" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
       <w:r w:rsidR="7DCC3368" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī</w:t>
       </w:r>
       <w:r w:rsidR="277144E6" w:rsidRPr="00926711">
@@ -5239,110 +5200,110 @@
       </w:r>
       <w:r w:rsidR="701A7D08" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktajā termiņā </w:t>
       </w:r>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
       </w:r>
       <w:r w:rsidR="701A7D08" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="77B2BBFA" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00187AE8" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="369D170B" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EC6F73" w14:textId="7936D16D" w:rsidR="002927C4" w:rsidRPr="00926711" w:rsidRDefault="006204AD" w:rsidP="00BE0DF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref188435005"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref188435005"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="006D2D4B" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
       <w:r w:rsidR="00920415" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00DB4214" w:rsidRPr="00926711">
@@ -5608,51 +5569,51 @@
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="489965A3" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0B9A16" w14:textId="2E25327E" w:rsidR="009B5CD7" w:rsidRPr="00926711" w:rsidRDefault="00916ED5" w:rsidP="21D3F7DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
@@ -5832,76 +5793,76 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008B722A" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
       <w:r w:rsidR="00B54A16" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00926711" w:rsidRDefault="00A01D52" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="473A255F" w14:textId="0D0A138A" w:rsidR="00D537C1" w:rsidRPr="00926711" w:rsidRDefault="00D537C1" w:rsidP="00BE0DF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref172292401"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00F12066" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00926711">
@@ -6036,51 +5997,51 @@
       </w:r>
       <w:r w:rsidR="00402F7A" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="12545E31" w14:textId="7C03350F" w:rsidR="00D537C1" w:rsidRPr="00926711" w:rsidRDefault="00D537C1" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -6139,51 +6100,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konfidencialitātes ievērošanu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE2849" w14:textId="3B9952E0" w:rsidR="00D537C1" w:rsidRPr="00926711" w:rsidRDefault="00B60437" w:rsidP="21D3F7DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beig</w:t>
       </w:r>
       <w:r w:rsidR="00840CF9" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u datuma</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00926711">
@@ -6258,51 +6219,51 @@
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="009771A3" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008325AC" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanu var uzsākt pēc to saņemšanas </w:t>
       </w:r>
       <w:r w:rsidR="00EE5D9C" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>aģentūrā</w:t>
       </w:r>
       <w:r w:rsidR="00446498" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008325AC" w:rsidRPr="00926711">
@@ -6590,59 +6551,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="414142"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. punktā minētajām pazīmēm, komercdarbības atbalsts netiek piešķirts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCBB967" w14:textId="2B9451E6" w:rsidR="0020379A" w:rsidRPr="00926711" w:rsidRDefault="34A7FB25" w:rsidP="21D3F7DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref120489080"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē šādā secībā: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="2E3CECE5" w14:textId="2D817243" w:rsidR="0020379A" w:rsidRPr="00926711" w:rsidRDefault="00DB6821" w:rsidP="21D3F7DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie kritēriji </w:t>
       </w:r>
       <w:r w:rsidR="00F67318" w:rsidRPr="00926711">
         <w:rPr>
@@ -6706,246 +6667,246 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lsstiesīgie vērtēšanas komisijas locekļi).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00926711" w:rsidRDefault="00D537C1" w:rsidP="00035E59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="36592662" w14:textId="6414E800" w:rsidR="00D537C1" w:rsidRPr="00926711" w:rsidRDefault="00F31B42" w:rsidP="43D1CD1B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas </w:t>
       </w:r>
       <w:r w:rsidR="001B661D" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūrā</w:t>
       </w:r>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00926711" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
       <w:r w:rsidR="001A2736" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E93123" w14:textId="435CC849" w:rsidR="0093766F" w:rsidRPr="00926711" w:rsidRDefault="00270018" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref120490735"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="002A370A" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="0093766F" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00926711" w:rsidRDefault="0093766F" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00926711" w:rsidRDefault="0093766F" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00926711" w:rsidRDefault="0093766F" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
@@ -7246,59 +7207,59 @@
       <w:r w:rsidR="009E55B3" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00926711" w:rsidRDefault="008C6C65" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref120521487"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00926711" w:rsidRDefault="009E55B3" w:rsidP="0098459D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00926711">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
@@ -8676,65 +8637,65 @@
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="00926711" w:rsidSect="00801110">
       <w:headerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305A45F4" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913">
+    <w:p w14:paraId="64AE2861" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6746FEDF" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913">
+    <w:p w14:paraId="0166BCFD" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="606524AB" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913" w:rsidP="00152F67"/>
+    <w:p w14:paraId="3453E2E2" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -8753,100 +8714,99 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76904BFB" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913" w:rsidP="00F25516">
+    <w:p w14:paraId="7B3BEB87" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F6042CA" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913" w:rsidP="00F25516">
+    <w:p w14:paraId="384176F6" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D77419E" w14:textId="77777777" w:rsidR="006B5913" w:rsidRDefault="006B5913" w:rsidP="00152F67"/>
+    <w:p w14:paraId="676A3D12" w14:textId="77777777" w:rsidR="00C47BA0" w:rsidRDefault="00C47BA0" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="321F8AFC" w14:textId="7DE33B66" w:rsidR="00FB4B0B" w:rsidRPr="000B2BE2" w:rsidRDefault="00FB4B0B" w:rsidP="00702951">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -8913,103 +8873,81 @@
         </w:rPr>
         <w:t>Lī</w:t>
       </w:r>
       <w:r w:rsidR="00DD121B" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">gums/ </w:t>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Vienošanās par projekta īstenošanu tiek parakstīt</w:t>
       </w:r>
       <w:r w:rsidR="00DD121B" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t>/ -</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>/ -ta</w:t>
+      </w:r>
+      <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064684C" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Projektu portālā</w:t>
+      </w:r>
+      <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un netiek noformēt</w:t>
+      </w:r>
       <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t>ta</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>s/ -t</w:t>
+      </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota </w:t>
+        <w:t xml:space="preserve">a atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota </w:t>
       </w:r>
       <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Līguma/ </w:t>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Vienošanās par projekta īstenošanu standartformas priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
@@ -14554,88 +14492,97 @@
   <w:num w:numId="44" w16cid:durableId="1141924139">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="595405736">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="762409824">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1568220163">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1197352504">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="954139020">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="640883732">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Tatjana Ornicāne">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::tatjana.ornicane@cfla.gov.lv::9e1cdc00-b7c3-413f-85b6-de6d720818f9"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000BBF"/>
     <w:rsid w:val="00000CD6"/>
     <w:rsid w:val="000032A1"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00006DDE"/>
     <w:rsid w:val="00006FE6"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="000112D3"/>
+    <w:rsid w:val="0001269A"/>
     <w:rsid w:val="00012854"/>
     <w:rsid w:val="000132DD"/>
     <w:rsid w:val="00015244"/>
     <w:rsid w:val="00015B54"/>
     <w:rsid w:val="000203A1"/>
     <w:rsid w:val="00021799"/>
     <w:rsid w:val="0002328E"/>
     <w:rsid w:val="00023927"/>
     <w:rsid w:val="00023BC4"/>
     <w:rsid w:val="00024585"/>
     <w:rsid w:val="00024845"/>
     <w:rsid w:val="00024BE0"/>
     <w:rsid w:val="00025592"/>
     <w:rsid w:val="000302C3"/>
     <w:rsid w:val="00030AA6"/>
     <w:rsid w:val="00030D64"/>
     <w:rsid w:val="00035E59"/>
     <w:rsid w:val="0003761A"/>
     <w:rsid w:val="00040682"/>
     <w:rsid w:val="00040A30"/>
     <w:rsid w:val="00041330"/>
     <w:rsid w:val="00042E34"/>
     <w:rsid w:val="0004362D"/>
     <w:rsid w:val="0004459A"/>
     <w:rsid w:val="00045BF2"/>
@@ -14881,50 +14828,51 @@
     <w:rsid w:val="001C5A2D"/>
     <w:rsid w:val="001C6A65"/>
     <w:rsid w:val="001C739C"/>
     <w:rsid w:val="001C7471"/>
     <w:rsid w:val="001D1268"/>
     <w:rsid w:val="001D2898"/>
     <w:rsid w:val="001D28A9"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="001D31CA"/>
     <w:rsid w:val="001D3741"/>
     <w:rsid w:val="001D39BB"/>
     <w:rsid w:val="001D4D1D"/>
     <w:rsid w:val="001D5901"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E1167"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E21CB"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E4627"/>
     <w:rsid w:val="001E480A"/>
     <w:rsid w:val="001E4D38"/>
+    <w:rsid w:val="001E5B7B"/>
     <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E6BF6"/>
     <w:rsid w:val="001E7424"/>
     <w:rsid w:val="001F02C0"/>
     <w:rsid w:val="001F15DF"/>
     <w:rsid w:val="001F2114"/>
     <w:rsid w:val="001F26BB"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F4078"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F518A"/>
     <w:rsid w:val="001F5218"/>
     <w:rsid w:val="001F587A"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="001F7A2F"/>
     <w:rsid w:val="00200C1B"/>
     <w:rsid w:val="00201025"/>
     <w:rsid w:val="0020208A"/>
     <w:rsid w:val="00202C7E"/>
     <w:rsid w:val="0020379A"/>
     <w:rsid w:val="0020412F"/>
     <w:rsid w:val="002046C5"/>
     <w:rsid w:val="00204E40"/>
     <w:rsid w:val="002064F9"/>
@@ -15715,50 +15663,51 @@
     <w:rsid w:val="006F2964"/>
     <w:rsid w:val="006F3A5D"/>
     <w:rsid w:val="006F3F6C"/>
     <w:rsid w:val="006F4A5B"/>
     <w:rsid w:val="006F5FB2"/>
     <w:rsid w:val="006F6DD2"/>
     <w:rsid w:val="006F7692"/>
     <w:rsid w:val="00700F0A"/>
     <w:rsid w:val="00701AEB"/>
     <w:rsid w:val="00701CB3"/>
     <w:rsid w:val="00702951"/>
     <w:rsid w:val="00702F3D"/>
     <w:rsid w:val="0070479A"/>
     <w:rsid w:val="00704970"/>
     <w:rsid w:val="00704B8B"/>
     <w:rsid w:val="00707C1A"/>
     <w:rsid w:val="0071048C"/>
     <w:rsid w:val="007108F9"/>
     <w:rsid w:val="00711EC7"/>
     <w:rsid w:val="0071311F"/>
     <w:rsid w:val="00713B11"/>
     <w:rsid w:val="00714273"/>
     <w:rsid w:val="00716975"/>
     <w:rsid w:val="00716C22"/>
     <w:rsid w:val="00717FF0"/>
+    <w:rsid w:val="00720072"/>
     <w:rsid w:val="007204D0"/>
     <w:rsid w:val="007208FD"/>
     <w:rsid w:val="0072109C"/>
     <w:rsid w:val="00721494"/>
     <w:rsid w:val="007218AC"/>
     <w:rsid w:val="0072213C"/>
     <w:rsid w:val="00722B67"/>
     <w:rsid w:val="007230A4"/>
     <w:rsid w:val="00723334"/>
     <w:rsid w:val="0072341A"/>
     <w:rsid w:val="00723560"/>
     <w:rsid w:val="00723777"/>
     <w:rsid w:val="007238D2"/>
     <w:rsid w:val="00724617"/>
     <w:rsid w:val="00724763"/>
     <w:rsid w:val="00724CE8"/>
     <w:rsid w:val="00725C62"/>
     <w:rsid w:val="00725CC8"/>
     <w:rsid w:val="00730070"/>
     <w:rsid w:val="007302AC"/>
     <w:rsid w:val="00730C8E"/>
     <w:rsid w:val="00731543"/>
     <w:rsid w:val="00732275"/>
     <w:rsid w:val="00732A2C"/>
     <w:rsid w:val="00732ED1"/>
@@ -15789,50 +15738,51 @@
     <w:rsid w:val="007531F2"/>
     <w:rsid w:val="0075371E"/>
     <w:rsid w:val="007550E4"/>
     <w:rsid w:val="007560D7"/>
     <w:rsid w:val="0075637E"/>
     <w:rsid w:val="00756434"/>
     <w:rsid w:val="007565EA"/>
     <w:rsid w:val="007569E4"/>
     <w:rsid w:val="00756CF1"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="00757872"/>
     <w:rsid w:val="007579E2"/>
     <w:rsid w:val="007607E5"/>
     <w:rsid w:val="00761517"/>
     <w:rsid w:val="00763955"/>
     <w:rsid w:val="00763C7B"/>
     <w:rsid w:val="00763CBA"/>
     <w:rsid w:val="00763FCE"/>
     <w:rsid w:val="007648BA"/>
     <w:rsid w:val="007654F9"/>
     <w:rsid w:val="00767AAC"/>
     <w:rsid w:val="00767B59"/>
     <w:rsid w:val="00770455"/>
     <w:rsid w:val="00770B26"/>
     <w:rsid w:val="00770E12"/>
+    <w:rsid w:val="0077315F"/>
     <w:rsid w:val="0077328F"/>
     <w:rsid w:val="00773945"/>
     <w:rsid w:val="00774218"/>
     <w:rsid w:val="00774A73"/>
     <w:rsid w:val="00774C57"/>
     <w:rsid w:val="0077757A"/>
     <w:rsid w:val="00780B48"/>
     <w:rsid w:val="00781BFB"/>
     <w:rsid w:val="00782546"/>
     <w:rsid w:val="00783042"/>
     <w:rsid w:val="007833D7"/>
     <w:rsid w:val="00783CB7"/>
     <w:rsid w:val="00783F13"/>
     <w:rsid w:val="00784C2E"/>
     <w:rsid w:val="00784CE6"/>
     <w:rsid w:val="00785027"/>
     <w:rsid w:val="00786059"/>
     <w:rsid w:val="007877D7"/>
     <w:rsid w:val="00790A5E"/>
     <w:rsid w:val="00790A97"/>
     <w:rsid w:val="00791620"/>
     <w:rsid w:val="00791C1B"/>
     <w:rsid w:val="00792F17"/>
     <w:rsid w:val="007951C4"/>
     <w:rsid w:val="00795D94"/>
@@ -16050,50 +16000,51 @@
     <w:rsid w:val="008F18C3"/>
     <w:rsid w:val="008F341C"/>
     <w:rsid w:val="008F3C77"/>
     <w:rsid w:val="008F5011"/>
     <w:rsid w:val="008F526D"/>
     <w:rsid w:val="008F740A"/>
     <w:rsid w:val="00900723"/>
     <w:rsid w:val="00900B6E"/>
     <w:rsid w:val="0090175F"/>
     <w:rsid w:val="00901E23"/>
     <w:rsid w:val="009032B8"/>
     <w:rsid w:val="00903565"/>
     <w:rsid w:val="00904126"/>
     <w:rsid w:val="00904895"/>
     <w:rsid w:val="009052BD"/>
     <w:rsid w:val="00905C58"/>
     <w:rsid w:val="00906A9D"/>
     <w:rsid w:val="009077C4"/>
     <w:rsid w:val="009119DB"/>
     <w:rsid w:val="00912EA6"/>
     <w:rsid w:val="009140C1"/>
     <w:rsid w:val="009153EE"/>
     <w:rsid w:val="00916EB5"/>
     <w:rsid w:val="00916ED5"/>
     <w:rsid w:val="00920415"/>
+    <w:rsid w:val="009204FD"/>
     <w:rsid w:val="00920691"/>
     <w:rsid w:val="00921E8C"/>
     <w:rsid w:val="00921F75"/>
     <w:rsid w:val="00922176"/>
     <w:rsid w:val="00922BCB"/>
     <w:rsid w:val="00923075"/>
     <w:rsid w:val="009234E0"/>
     <w:rsid w:val="00925367"/>
     <w:rsid w:val="00926711"/>
     <w:rsid w:val="00926A84"/>
     <w:rsid w:val="00926B80"/>
     <w:rsid w:val="00927112"/>
     <w:rsid w:val="00927526"/>
     <w:rsid w:val="009301BC"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931EA7"/>
     <w:rsid w:val="00932234"/>
     <w:rsid w:val="0093262B"/>
     <w:rsid w:val="009344CC"/>
     <w:rsid w:val="00934B59"/>
     <w:rsid w:val="00935F62"/>
     <w:rsid w:val="0093766F"/>
     <w:rsid w:val="00940316"/>
     <w:rsid w:val="00940771"/>
     <w:rsid w:val="00940DA7"/>
@@ -16412,50 +16363,51 @@
     <w:rsid w:val="00B60437"/>
     <w:rsid w:val="00B6076E"/>
     <w:rsid w:val="00B60AD9"/>
     <w:rsid w:val="00B60E11"/>
     <w:rsid w:val="00B61E0C"/>
     <w:rsid w:val="00B6253E"/>
     <w:rsid w:val="00B637E3"/>
     <w:rsid w:val="00B64A39"/>
     <w:rsid w:val="00B66403"/>
     <w:rsid w:val="00B66B1F"/>
     <w:rsid w:val="00B71E77"/>
     <w:rsid w:val="00B73342"/>
     <w:rsid w:val="00B73DE1"/>
     <w:rsid w:val="00B73F38"/>
     <w:rsid w:val="00B75942"/>
     <w:rsid w:val="00B75C91"/>
     <w:rsid w:val="00B77AA5"/>
     <w:rsid w:val="00B77CB9"/>
     <w:rsid w:val="00B80F7F"/>
     <w:rsid w:val="00B81759"/>
     <w:rsid w:val="00B82469"/>
     <w:rsid w:val="00B829D2"/>
     <w:rsid w:val="00B82A09"/>
     <w:rsid w:val="00B82D05"/>
     <w:rsid w:val="00B82D7C"/>
+    <w:rsid w:val="00B83779"/>
     <w:rsid w:val="00B85561"/>
     <w:rsid w:val="00B85E15"/>
     <w:rsid w:val="00B85E8D"/>
     <w:rsid w:val="00B87185"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B947B6"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B95A9F"/>
     <w:rsid w:val="00B95B27"/>
     <w:rsid w:val="00B96374"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA549A"/>
     <w:rsid w:val="00BA58F3"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BA775F"/>
     <w:rsid w:val="00BA7A7F"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB129C"/>
     <w:rsid w:val="00BB2567"/>
     <w:rsid w:val="00BB33A9"/>
@@ -16527,50 +16479,51 @@
     <w:rsid w:val="00C23A73"/>
     <w:rsid w:val="00C23D9A"/>
     <w:rsid w:val="00C27565"/>
     <w:rsid w:val="00C302A2"/>
     <w:rsid w:val="00C321FC"/>
     <w:rsid w:val="00C322FE"/>
     <w:rsid w:val="00C32D3F"/>
     <w:rsid w:val="00C33567"/>
     <w:rsid w:val="00C3446D"/>
     <w:rsid w:val="00C35CC7"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43370"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C449AB"/>
     <w:rsid w:val="00C45388"/>
     <w:rsid w:val="00C46AA2"/>
+    <w:rsid w:val="00C47BA0"/>
     <w:rsid w:val="00C50092"/>
     <w:rsid w:val="00C5220E"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C53E25"/>
     <w:rsid w:val="00C54890"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C63FC2"/>
     <w:rsid w:val="00C64BAC"/>
     <w:rsid w:val="00C65DAD"/>
     <w:rsid w:val="00C6622E"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C712BA"/>
     <w:rsid w:val="00C714C3"/>
     <w:rsid w:val="00C72559"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73A91"/>
     <w:rsid w:val="00C73ADD"/>
     <w:rsid w:val="00C76341"/>
@@ -18011,51 +17964,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -20121,51 +20073,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zemesgramata.lv/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32013R1407" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/3-3-1-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/364824-eiropas-savienibas-kohezijas-politikas-programmas-20212027-gadam-33-prioritates-militaras-mobilitates-stiprinasana-dzelzcels-un-ostas331-specifiska-atbalsta-merka-attistit-noturigu-aizsardzibas-infrastrukturu-veicinot-militaro-mobilitati-eiropas-savieniba-3312-pasakuma-lielo-ostu-divejada-lietojuma-publiskas-infrastrukturas-attistibaistenosanas-noteikumi?&amp;search=on" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gunta.svarce@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/3-3-1-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zemesgramata.lv/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32013R1407" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/3-3-1-2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/364824-eiropas-savienibas-kohezijas-politikas-programmas-20212027-gadam-33-prioritates-militaras-mobilitates-stiprinasana-dzelzcels-un-ostas331-specifiska-atbalsta-merka-attistit-noturigu-aizsardzibas-infrastrukturu-veicinot-militaro-mobilitati-eiropas-savieniba-3312-pasakuma-lielo-ostu-divejada-lietojuma-publiskas-infrastrukturas-attistibaistenosanas-noteikumi?&amp;search=on" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gunta.svarce@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/3-3-1-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -20454,52 +20406,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -20697,114 +20649,108 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E145D9B2-FDC5-4596-A528-A51C0F557470}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34021013-FE2C-4E8E-9079-1C3EBABC89B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>13664</Words>
-  <Characters>7790</Characters>
+  <Words>2470</Words>
+  <Characters>18972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>372</Lines>
+  <Paragraphs>136</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21412</CharactersWithSpaces>
+  <CharactersWithSpaces>21306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>