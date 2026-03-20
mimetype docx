--- v0 (2025-12-17)
+++ v1 (2026-03-20)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00CE6160" w:rsidRDefault="007E5686" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00CE6160" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -145,51 +146,51 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1600199" y="28575"/>
                             <a:ext cx="1078173" cy="1390650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:group id="Group 1618416861" style="position:absolute;margin-left:0;margin-top:26.75pt;width:210.85pt;height:116.25pt;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:margin" coordsize="26783,14763" o:spid="_x0000_s1026" w14:anchorId="12E7F8FF" o:gfxdata="UEsDBBQABgAIAAAAIQCm5lH7DAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hjQnp77LSVoKJIXdoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0x0gXTfXV/V25wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crvcmYDpKHvd9eRSn2mR+LnKF/ckEGPEEEt6PWoqYtmOT&#10;VSdmxcGqTOTSg4P2eJPUz0zIld9WPwccuJf0nEErIK8ixGdhkjtTARmsXOtk+X9GljRYuK7TEso2&#10;4Gahjk7nspX7sgGmS8PbhL3BdExny6c23wAAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL9D52q1AgAA1wcAAA4AAABkcnMvZTJvRG9jLnhtbNRVW2vbMBR+H+w/&#10;CL23vqS2E9OkjHUtg24L68aeFVm2Ra0LkhKn/35HspM2yWClsMIe4uhyztF3vvMd6fJqKzq0YcZy&#10;Jec4OY8xYpKqistmjn/+uDmbYmQdkRXplGRz/Mgsvlq8f3fZ65KlqlVdxQyCINKWvZ7j1jldRpGl&#10;LRPEnivNJGzWygjiYGqaqDKkh+iii9I4zqNemUobRZm1sHo9bOJFiF/XjLpvdW2ZQ90cAzYXviZ8&#10;V/4bLS5J2RiiW05HGOQVKAThEg7dh7omjqC14SehBKdGWVW7c6pEpOqaUxZygGyS+CibW6PWOuTS&#10;lH2j9zQBtUc8vTos/bq5NfpeLw0w0esGuAgzn8u2NsL/A0q0DZQ97iljW4coLKZ5URSzDCMKe8lF&#10;kU+KbCCVtsD8iR9tPz15TidFeuIZ7Q6ODuBoTkv4jRzA6ISDv2sFvNzaMDwGES+KIYh5WOszKJcm&#10;jq94x91jkB4UxoOSmyWnSzNMgM6lQbya4zzL4yzNZhhJIkD4YOTPRqlnx/t508GR+MTuFH2wSKqP&#10;LZEN+2A1SBcY9dbRoXmYHpy66ri+4V2HjHK/uGvvW6LhyCQo0m+OCYPuj3TzB84GTV4ruhZMuqHJ&#10;DOsgdyVty7XFyJRMrBgkaT5XASEpraHfAbFvs2KSQtMD+KLICoygzfJJdjGIwjrDHG13Se2AD4xY&#10;UCFa9V9UBeDJ2qmA/yUqTLI8myXQ30cq3GsJKDbW3TIlkB8AcgAbwpPNnXUez5OJ17xUnlBYJ2Un&#10;DxbA0K+EKnjE4xBqNGQBg/9GpJO3VKdn8R+LMTTXXoyheqPi/OE1VNSLdKj2fiNU8hVKTPI4TmbQ&#10;4HDzpdNsd+/tbsYkLqZJAQwHTU5mcZ6F5+atNRmuUXg9gsTHl84/T8/nMH7+Hi9+AwAA//8DAFBL&#10;AwQUAAYACAAAACEAXjHPDfRnAAB4jQIAFAAAAGRycy9tZWRpYS9pbWFnZTEuZW1mrHllWFRRt/Ag&#10;AhLSICilICAxxNAgQ4rSJZ1KiHR3CNJS0i0hITB0N9IztAJDSs0IQwgjMeQd3ve+7733z/d9z/fc&#10;8zxr733OWWevdfbaeyUOAABwwMK/LjwcAIAQC6c3Nze3oEYJABRggUVR7QUAgAPwibsDoMIiY1H+&#10;xxVCAACI3QUADLAv+v7HGwCgB4wHmDy+A8BOAODBAgsWsNNx48jgABiwY3Is3CHvWbyd0+c/4RZX&#10;UwEAUMDCLS6/zJ1/4GFJYK8Q8BOZuwCSf4wBAC4ZAIANO6b7x30I+D8fY7v/GgvKAHD+Reu/3ofJ&#10;AwDh8v8v3z+V+Sef/6QPADDL4P6bPpMM4b/HbP+Nr8cyBP9+/t9p9GQTiv+Lh/8+vicDwDuTAwB2&#10;sfCv9fgX3r/62zWK1lRXuk/0kAg7vP/qpYI2Vhr4WCC6h20Bf04vlLAdjru2khwAMs6wjb25ayur&#10;JgsA1CYQX1riYe8JXV4augMAlB63gLNiw+wDAMi9eaUgq+tjtmdKkEGtuMBEPp9bE1uYMZ6Dzpxw&#10;YcLv2y9+GkaEr0kS5fflurQwioJcwFJmPnc7c/kpYajhhKT61AyIor+S8wsdeTRX6/XpVZutl40t&#10;bZpi4jJmBembD9/b2YFAIH6oiupvFSZE4XIFmpzU/ztdTETI/Uciu+1BV+daFgyfuFJHqwaVfzQb&#10;53xrDnw7liXMQR8uV6sGsMzY0O3ce1ShXy3NFG26VmxcoOmg+AXSuXX7lIuEaKBJvpMmQhg1m133&#10;AAySHxoTOVW7lCnXnU061YUJOQf+LdKpd/hhbGnQ+r5K/Hdo9KDnOeeGhP8n7fJKbg2ffpL4MZf3&#10;aXF+3CTdMnTx7QEx8ALT/jM5ga/ahkptRnG0UEkaLhJl63idcNlyXRvN/422Vc0QIMINEcqzkLJv&#10;cbv4QhTmll1nOGXgDnv6HQbJVaoQcxjStdR0Avk9vksdMT1im/knTjRj0HHI9rkGZgjLSOvYPHVh&#10;jf6p0tg08xJivI500HN2sxL57MbnGz9nM71pFUfWePMl41OY9crZ6uMSFqvMgGDFWffUYJ7XdCnd&#10;ktsWHgSjcRVjd6NkQ6niUA1IGFXy+GC2W6b5A2GQkolUX8u1iPBeDnsNV52pTqtjed8X2KhUw6an&#10;J6ngflLnPiiddO/teHtR/rbI74cz22nXiFDJi6zW/IP3MGfg2yDPzLrScWpz+eZFiMByr5k8n+hT&#10;UVNbou9pZ6x1pv46xSzlOu7Q2zlZuJ8G4kh681To4I2R6Wak5b7IVuJooMDht+/d+qUcqdJr/YuP&#10;JQH9QK+fI3/PMsb5LFKMs97UW+dvaPhamd1UgeqAJTF2HlVWbmrj5bXDEPHrusfDUFfDiUU6eOqX&#10;nz37sqeLEBFi2gby7lBDHG1y7VYikz3B1Il8p5MIutqLpL2sRsu3/Yxi3yrsgtGeJQJtT+HjWrPx&#10;XCSjQiK8TPYnks7Fhm2Tjn5krarnV/DxivvPBCH1+UKRJn9CfBHgIX3De4RaIcd/Nk7xEHX+fAKS&#10;DYz6HBTKiafrwjZjC0NSgl1Vrrloq9x2VmUafGvhtvE8qzbSttmMYyB6U4UDegMfX2RoG/dZaHjk&#10;Uu/IqElHuV4zbm0WdEz3USN1itDoIXx9LiLOgjcnYMDU5niU3WZ2N7BfI4kMyrHYOqqmE/44cgSI&#10;q4RDaRW7J2H/mR6E4dksgQZgMBCExjJT+qzocUfH+mjlXEV0g0SEkeXbWRmS3z7FMmImYs5K7mcD&#10;rCJQoy+ePeIU5Xbrvwe3aqQy9n+CRQVKzTwjXXMxugviOTG5e36jqt/4Nzmfk4d3tj23ie/0yBAv&#10;Q8ojepjIsgPHA38w/PRvwezEmu4SfeoKrvYHgto9H7KubWp1HoAizT2Cq8Y8JJ5480RnaIAXcJ2H&#10;rRETjpZ+S66p9M8xDq3SCaZ9QOJ+DuPLnWLO3QW7huKLRGKmFKG94OuX9RO+CRmiq+LzXex3371s&#10;6N9dcf0k3vNKdAaW9JmX/nD46S1T2xjwtzkX9BNVjDDUm587CCaqQusHqztYfl0iHRSMqaWP9x+r&#10;O1iy2TsaRNhHDWKaT+VjTZ8VAeCQXGUj4gHRJU6aE/gNgzNp55+gbSMhJ8lxE8GGBMNWngnVYBR/&#10;R32t9na9KWuqx/vr8sWikr/loLGdp2owPrAwSCVp/+uq77e2Z78W8h9B0X/Odr6qwSgvzUSPAlqV&#10;HPeTUbqWw5bTAbaoi8mzJ4tyBmRuYgJrDGzin2XqmXkvsg+Y2K584hl+vKD2UddZ2miayh37E8PS&#10;xkJD2cyyqxoiYV8njs6Stdnh5oh6WeufuCdRXsxc+Kzt7r7M0uVqETLLPE0oucFaTCTTSZqqr+vM&#10;TXRmDYFTIjC9TvhttUDklvZCKskV2n23fDRHiYWmMouf52LEMWKwT2x1oVKLKFNfkzJVK5q9LMVh&#10;r0KSzrdzuf2T4EUht0zty/sV0R34uanUaSBI11jH8fUHQzxHGp7wI+R1DHCadV3hJ1BhD3veqGey&#10;EM9tH0PMpzgDu3DOUbWlE4nKw7SdQFaC7CzFEWUzY62XX0U/euSLDzB4b2vW55h+0dUKSwW9RQSJ&#10;kb1pwnNndUvFatQN4qKjHEwKvdZ+s+2zutCqeu4HmMNI/yxTiXg4EOxT+HQStc8NOzd//E5VdEaD&#10;gO3a7DCwS/wslOArNIUXUmeD1XRfFZ21KAUOurrBbhQ0O5FSILbplQ7JDUAKfjocQByqk2ov6VZT&#10;9ZL7o7rKeDM5GHda3C3A+NAwqubD3POlDe/M2CR7rJpVBt/kXOMmhQFBqO+BY5lzK+9NgrOfVPCk&#10;qtk9HVJ6Dl8Q6vNtdJVw4p4m9JVJiIR9y8/KCif2FlomMOdF88/zthY1FBmQzayI9Qk5gcyuiLNf&#10;0UQwcFxsm7yyU/DtUfXZpq73R3LsbvffK/peQ8H1U5jMxKqk27MMXo/aeGNq1T7OLEu08JoVKFh9&#10;c0DurlrtPyD4haY3WjUgQh33Ilvc/USw9KRTXj924fYwisE/i/BFZ4ng4j80n2TqU72fbqmo20MF&#10;bFdiJ/458Kql8XfES9czj1MgOahYQFiV4Rs5AWkYk9fUlcRzP9Ct8NxG+bkDm7QIapnIu2qTwsGh&#10;qtxVYQ7fvxC6sYUXaqZPpZiUEMnjsnH3nehFo6hEhTuyiHUt31lYzYXEFu8uFegOFJAWT4Tn5zbv&#10;CrGXojXCCz4kSYf6v5XV8biKq3N51eSeAn+l9bWRf2fEHWanv5w3Q6pCE4GvsKhkkVkt7WwXofB9&#10;cbkjbC/3r/4usb3lABkGkUXAB3N5h6B8TfeQ/NldR0i74eDBzcXJY/KYFleUknwje6TkBOOShjS7&#10;P6axSJFuvnHYy0m+lEj+Odvz3QbSh70/tqRwr0e192ylHJ3of9KI9058RcNcAyNG77C75eVIyrY9&#10;bDWap7K6roX2xOSzKaQmt42W5DzDnF6FIhA9eWRr8zN2yK3Rv+9pIvxexvR1IaXfjJ9fVCFSuA8E&#10;OUyDEniW/Ka3vLM1wPDv14OWjdAlRjvn+JY/OIQcEy3nXn9zD/glmxI2/6rKjAf/EqUuyL6eyFm+&#10;0XNHNIYlioapGRsYo7uW4GZwvzgoCdPMSM6nAGsxw78J2TBzV6bqqcnbFWT6zAw61FkfRaqDUPoi&#10;gqg0YZFu3vc2elc/it+r3bl0MtjpOyw5OTQ3sTkUlXaH16hole0RymAVGfHmtEekHH9+ppeUctyV&#10;WngUTua59TPw6LqArWkkcxcvP3I1KNUA6yMtCri1cvdGSzYwQIJ+PTH0ZkE94aYmLNXsBvuD3Y1W&#10;JYuhSajvGXiWKiX+otzfhHCZduz0LlNsY+V35PgIBW/IB8nqSfc/QPDaqBZnTp8Yx3KRHGdEDyir&#10;d+94oVdPSUUeBdmlmJVNnV/VtWRW5v0olC+P19Ytyg1OhplDWqAdh/uPbXArqxsuwyaB5109JHRw&#10;eYWP0lkOc3ZR2L0FKA47rL7Cz34dm11ifL/CFHHcTJq6DfOQ3mn4tWt1jXfjGmbYHkDQzp1UwzDb&#10;BmtBaghDQBxQTRvgVj52q7JEwt9RctByJlkvYETPh2Jpz6yOkQuVpRkVKYrvuWIqAu7DJCVcpuLO&#10;bJyI4RC+ubQ8fcsypAfBrvXU9fFg0jBOOua4tMTmD5UpTOdGaupE8svPdjcfPtPKYvxpilaVIW2Q&#10;+6z052DwOB//1f6eY8k16i4m/07vfR833htduh1xcUgQ7Oup8oN1NJ83aA/SrYUAbT7QH37zFDUn&#10;LDhxeSE285vBPy7cYW7Yepp+0S+k8+VY94oEpa+46lGCZZjSIkb0cKA7g9ENZlfRpzkx8jrVya+y&#10;3Zc2NTh/P4GN8ZPgB4Iqk6EPV2OSBwfO8SiQgtThzw2kBOZ5f2dtou+baXidjogSYws+Oy+hhJfk&#10;6vRqh9TVu/rghEhRfwLIuSp2U6s3vcnpaNC5EJxpMT1XAjPYl2oyeE3dc7dIiMTK/WEeqhhvYGvv&#10;WdYSurAtTOuITM7VZYLAeuWe94Fy3Gpied8kgDM2qUdumPYFO0Lqd5mCl5tzXNxrP6IXkOhvRGHa&#10;5TCs//p/bOWf2wDVWjBFIwVm6g+hqZbmWKZUge55UG4BRxW3vOEgZIKQv2cwDwdCqIz/h7xbE+uD&#10;R63dhQb9lm+Ts1OM1ccTN0VpmuP2rfpEzZw1siFe6vJFt8e/21fscp0CgTzoKBnau/qEcjANsbb/&#10;bK9wJEkEhIKlmHQt51eSKvpkHv9+vikoVaviVe70w09uvPqyQ3iErOrabcuU0wKIlW4X+4S509L9&#10;DuLSvprc5OWP7IobVjTsbgTU2kS4YLwS/gAMHHL0OLFirH9TvC6vQIJdNNuDazpY5vFLzTTEDQqE&#10;0LM1vKYBb8mz7ae8zteeeJsnyhacQPTdS/WcknQHkyh+WOcPW3uwzLfYyjy/YemuvCoJO0VnQZXV&#10;KoKc3rStejVWTve7fL54hXWofGbtuezZFT+Ya7kZXidXdxgfXflsPk1HBF8FRy5USDyeiByQQ9zb&#10;REenr7Iic1YOSP94zRTKG4YZ1suGW0qyGwfqHQV3BhUb1nKuXvJ3t2JOKnJhGqtn32Y9TT7o7V4E&#10;GIbutvtKZlnHLiG+k91Y3bnxDrP7pvfdJmkWnmfKLFrEkesYZDoNqzRJsU0LQAmrdKN1t07d0g3r&#10;fQjQoHg+w9/CFWlCAqswZ0sI3cqizx1Xmog9nNbJVIs5i240kwCVmRSeRlToiCdhK+Rt4ZfPJoA0&#10;lNSTgPPFyEydi5VoqUlFw52+/qVElNIJPypNtAmdg8lta5B68OnrcUjNhPTqWEPnPvu2uhC1Fstr&#10;uib3ulWo8krxsoH7yKQ0IttX8qtzzDr1D2tw21jn4ZfDwp+jeNWY2Td9Ez2pBRoHovOqF6sUdeUa&#10;nthQj23iU15AGrwITVVHpy5vLHKrZvkNDTT8x01EdinbG9/IqlHPHgNBbiaShhU151wKo20zP9/H&#10;iJec8hta6FfWKQSx3pgHovhdVae130Vhqvo0NV4mnJJWcWREDtKOjE68WTlKl3xa9eLBHbxUPCEw&#10;gc2WI7fbGKzruz/cN6etUur62u7DHAMcJU0fN0zb3KUTXpCXmNYDZBzKqAav4mnsCKp0oYetsFZl&#10;Rf7a/Mqdyv2IxnvExabpbHSsiMPA6Sh2MOuZSQQzpt3L7i2onyj7FV+u1YWvxVfToIOndRYOTWfH&#10;uVgl/HF3yKvtK3glHgo7d2GGp40fz5WOXSPBDiXq9acyLdzTsiIaI7Tmrb4OJCq/aogP0oH9l9Xe&#10;IoxObepHacY/lw1npyqNZ4Y7zhFrgtx1j4MkC/o0yYadFJJnqazpHPu4SzNMJeLUgVQT0k5MRKhE&#10;g2hf63MtG30DmkuimnPhlOyhF46D2fbMLT0df87zrVPfGeF78C9Aj+SLCa6XO8Bvwe6bA6fCw6Zd&#10;WD2JI07SpFIqUPJTOMyqMkc+gzDyQfDXmqY8i/G2E71aFl26phwY2v2cLGUs5FlXuWVdpdRHDDYi&#10;4FeSoXtYaK50u353Eg3wpY1bxDgsr0WKa/+Cszx4nHahPyM6Kjv+Lxron/oJ69ZE8jyafi+3mLWE&#10;kZi7Nb04n9+iTBQljDPcZhzMKIXxCpbGwVh3ZdBG8e3Y1umJSKmJr23Y1ZGzfZLeHQ4hV66/temk&#10;yfQl8HEo3jd+IZY64l54Qr3tgSNWZ/sf+RNZ773Umm99W555OjCOCABC878Tr5Rh8UScQL0506fq&#10;9X6KVOi+4PjU1/keMR578HtyCydt2dbL4Yd8OVkzfd+wuyyT319n+/1xSutRl9kwYbrhZZWG9NEa&#10;qXI5UuhH61U2dAfDwVyYKwwnqVVmu5G+siLDuMTRGuz4tn4Oxm6IRJ4f7T2by/WLGzalJxT1rAZ0&#10;Tf1rZwvGkQvE3yFumdLfgcJqLCQkq7VsT2yO8skjkTbtTpBEzBxlalACpOgzZmgDlk9ff9Ko//4O&#10;1ufi473hpIZ178zZY+10WeSmfiBB70M6AvdTNJ+XaL30/FAH2B0Msj+Rtrn6PHiy8JHbFBGJCUcs&#10;n5Lxg2z27aXPzzQQyQmn5ENZou8usMG/5IPhat2E/cBq33NzjoyJxGCQ7QE3RvQirHPs/Ot4X/Vw&#10;t6/5vgOSuX99Q+NEyF16ScULUOQ5Nel9rW1ZVlo8lJMNVQ3aYpMSJzrCT7SnYqfledoKZDMGf7w5&#10;cgeBfq3lUeq3UzWJMfiP8KOPUFjT2swESwser7tc4vg7XRBYLNnrSwqHwBPLsOs8ckw/f+O4ZNOx&#10;7W/OV//O8kOnhV2hZrI69HQBq6ySgd3G55OCQwULjW6pJlvi3S19S3+GfW2mvIe7dy48+W9cdlv1&#10;E4Qjzc5CeEizudPSsPaIg1viVIvkagMfvUhpm4lW6DXbEnTucq9RnZ8qgKpqs9jhuMCvbl36Rqj3&#10;y9V63Nm+H/rqCnP3kQ2ZiccP72NjovshDiO3EXKnAFH4B0R1/SZmacIoRicuKNrB1T2XmgB45Pd9&#10;GL3rpP/k5l2grMFqdm23mKe7o2HQrZU/8YabBx19TU7C5YSRf0w3kxwMOD/c9+qmL3Fplp3LeNEm&#10;+Vpvev2o54nP9uuhOYClz8nqUDaeu3HUasT4Sye3xZe8+DQR5wq3HnCcUPdlhq1e1bvQ6yPMur9Y&#10;2ZA8Am439FjfZDDLLwLIbY67bSvWNKFZS5sG9IIiGnI4vTwO1rB+G1nS5SOttfTUgkcLIh6Pbo00&#10;RyDBnLTPh8wLX5WZppux6apfLg+Nxa5JgSirrus3tu7DeGQxUVbtL4DJM3nOj5YNI57cuGFMPwev&#10;e/cc9rn8kBKDzMNyGqvhjejfOUaBxlg1kNwOinTuWLl1YZ79iNaLC7TNHPMeV5ixtAi+zZ/96T6n&#10;1x6JVoeVEh+09e2SVXD/lIVuqCU1L5kXbvBeja0Nm9Ngf9RPXmLwt0GxcE+fyfOc8HyE4GnRMG0e&#10;yur6MJsSYdmk8ZOKueQ1eGXyNk+lLLHFyQXva7LdecLdTYbNoNFbDayTql6++LLyWrDhvHWTbckI&#10;G0eWJMnJ1J+3RU6IDh3TG1XT+heMgH+tMSF+VOxPKr5vSrzNK033NtmXTtmsICWzYw9aO1Z49OTM&#10;AYy1JsU2k1S5AxTZe1LWe2W3Ka1wGVpuww1BKvNLlc5yi5wez4XXzdnHFQ9Hngg3+LmtvS2tUsRG&#10;meyMny6Vk1kfso0561c8s4mieeHUBlviM8oCe/qrRhx+RoYE//27s7PNnrlvz9SiOd3pUTDE0F+F&#10;qi82viJrxMon/nPVtjRS+n38jmf+p7UDgv2fVwLuf/DIsjLrT5MO7r4T/ivnXWgdKUjIQR/UP8C6&#10;+b2yTYLd7mSuMVQQOPNsW3pVnSr/7cF+Qpb36ioYkzu8yrxrZ9Sk8cp7IhKWFKXDx/gtGPCazi3F&#10;QTGh06PM97g7Mjs/+E+Wc/fCK1r2NecjVN8WsP5u1UEHn5cAcZeDJW2gsUVXdnfRtmRHui6kLSBU&#10;VZYFRZlezLxWQ6yU8aCE0T7ommL72o8DxLx9beMU+01RT68FNsp89HkbKzk59DI2pisZassMZTAv&#10;Lmm6TYaMitLwt3LcoNk6PHXLPFnm2F6aVn40fzTtFxItHWxG7L7/q2KAp1Q8fy8r+81G04bagT8w&#10;mSZlZ+GpZdup+AEFVebCaEbjy0dg2o25ROHi7D4lKEd1S1/L1Y532X3sn+VUluVg5k67YsdOV0Wa&#10;uXUL3ZLKHFD6QljJSQ8wzG889l/wNDX2Dw7PODJ5H6+nZMqYndP77Dpxlgqm6G3uhAjsdJ/1cJZp&#10;yw8+NvCQjIB2/qA39MemNvYSIozUBG4Tp7O8keJ5bQYj79MzjyaoFKWaPGo/D5bBhsxFFIyOYmw1&#10;RCV/+RlPr5b+7FN8H+PcMnXZ1GLYJlbpmhnc7coGSZAz04gwaea4zZZg05TOzZ92sloNRpyBmY8m&#10;O9ie3PnMGyRS54nAvKqjlA9wCiwkXkmBBoC8Oer907VOjt7/HId6dWYNe7h/mL1fwSDrnpOgKjmn&#10;O18FpToS0G1qGc3Cno+UNFHmVKT5TIICsFC7IDQu+FoXPVDaPnIjNBIL6a6d5eWrClnWeowpF0z/&#10;xjEgeK9/TKWaMddEpgTNG5wOUV1nAE512c5pnUQppaH0OAYi1X+UWky9bHt8byMfPBDwp3elaeLu&#10;+qTrr5Ac47S909tgw2gvGdKiUhl+0M1NrcR4sWkSft66PfTE1hRRUKt4ROjtqHpjo5iKmEgnBW2w&#10;AJ0nxCZVLw4oEKnbStmiK9L9lWZL/U5wy1SejHbQx/WJN0cawRf86HP/yKwgVuBnrbCFTwyThH7Y&#10;U/ArSzKDRuUI1khmwmm3VHFRZDMNPYnRoxJ7hYKNGG5w25fcMvNj8YW34MG4RM9ttisDaXKfvgQc&#10;3z41ShYXPnYBOgG1FwlX72XdVXtMWmru2e57cYX7x4blrkMvXO0Vo7iFfngREUmk5pJISX2lhuEi&#10;BZm6xc6NJpmh1danoLDkCouZdFnXNl9db5DtuFkd6wPeWIc5TZtSLN35rdlulXzwz92Sgw9ofJ/K&#10;3+fZsMcPpC2OcBtPQfxMxteSoxIZW7HomdysZ+t/VmBXY6sGtZZfJycS94zgwwVDXr/Xh98RtomX&#10;L5OZRc69FQPjXxTZ2s+KYndKeM4jGYph2sF93EAcz8z2HqLt80VqDw1gPZKm2IjE3gTRfcAUiuZp&#10;fzNXeJE4GlqznFtWPq3DmeEU8xGoXe97W7rwrNva9x167aUfqoeLF0pV/ufG+ICBjZWitUnq4kSd&#10;Bn9L72k7ZQ7uIYN+pdclibMcSZCJJst1uGe3kIii6I+gfvlWR6weXPpWXB48iVVHNLFH/dot9ZVh&#10;h2fQMXNIB7QDNOOlSppAgI0SQFiOmx/Ch5DDvZ5kp/xo5IGDxJKUzPWDbtyPX6yHBEocRjPrjGkZ&#10;89tijk/kb0kXBSjSc4oi7+/bXgeM8NOrq3ryT2d9ca9B5gZa+/qTupYM6l+73v7Fa7dXXuqvSu5Z&#10;EZe6aDKcqck3uWwx/2MKW8cSUe5mPizp1FGS/91WhNPSgNBS7M9tpWphA1vZocOWovSZwNP/Vamq&#10;mKsE4bIeZBJHdtoAGQ/bsKUsVv8V4TGpC0RAqQ28rLnviyZnE5MuHTWRIv5OHH+lYT1Cgc2rKtkJ&#10;W1Gj+dAm8r3cb1HUQoAhrj+IFKjLlWqcuvphQuK18wW+QiUh5SLlklq5rtPzQshe/Cqt+k+d/++K&#10;XxNTQG+M6VFY0ckI37PFxZn9w+cmwJlhwoUdznu6DLu89MFC26QKN5sMK4INMZv+l7VPNPi9cjmo&#10;O0eoeA7gMGfGLp10wrHOp9Yt+q01vq+slDgi5ArKSL05RcaNtVuHqSBnvY8abFokVpFeoe8VZIcf&#10;ak5aXtLl5PeGkiYPtoQdJufoiBI5859ryUZGl3yZsdq4r5jvQjpHPxaTL9ZP1WB2mvoJ1EVK9cmk&#10;Ha27cX9w5e/dIsfANbcNbnr7gL2hNQOMr3pDDu4jHGfOkyhRk0zM9ULCd+ddoH6FrFrODE3rPe/h&#10;LL357WcbqDM2LluHJG6x0Y27P+/prmtknwYsU+ddTJCIdP9S2yB+weeqvszJQsLMHv64ZasPoFXG&#10;8/uy4TB8veyyCaBJ5xJQVzosEX9zsZDwYOpPxFuk5JQb6b7MwAhebr5AOFIDGhD8vGTjamB28shN&#10;XX/zyZIsauuOLnX5y9755kYK/Fq6he9v7g280EciDEjIE8lcGHVYCq2e7zNAHvW9JXK50bAYiXr9&#10;i9Aw3/fOlLRvgcFBh4yhpMdr9ZNw7k81xZSnsfmofpj4ZrOaAQnNuGTDtxVm3gjNXfVGOjcGT4qI&#10;VeLuUv7dJXtlHNVf1Zo1lk9VBVZChHsI6z4guUgGSJUT5dY/clLH7MxTWlpAk811z+cCguF2+29Q&#10;CvpY2eV8EWqJfVLa8j013V/uMHvpw/Q4pKnI2tr83vddEst3wlWERudUR7GspUiCKh17tn3U/f74&#10;z+jFVMaDk/TULwkdNYAJrUnXwsMz1gRE8yN3rgNeG4Hcz44qNzx/wa4OaL1n40OFSLRP3hLVxPpD&#10;ITUjFY/M+L8pKacnd9ebfeS2HtBEvGBmQ86FBNxkBC4HVfQ/ijLfIBzEX8+EHOOt52bjjZJiT7i8&#10;bK1nFJ+mV0R1WQMNWju+sdkrwnOmlypm+TdvucJlHcil5UVkTftxxnNLRjxLnGP03Upjlqi5c7mt&#10;p3jCSyAa6pde5VI4S9wGQcJX/FwZRL1p93C51k3/UkTZMTWkIfC4SF1C7+Z5HT6XWjs65CxDGWBe&#10;nQtqjkgrPD4petPNyhsQw++S0v+ghjYmmZ+uIpOcGrtlSyrKGr7ykWfzIUv342Hucls1DIWoo5hC&#10;AjnO+Kpy7ikp6sXVSHQxMeUniOOCiN8drnnGsgwokYR6XW6G6tuReebOD/d4knZYRcMe+l/Ogslv&#10;jF39JCa4DmX6jT82kHrSPM9AKpDL+OTx/O5x53gUtabmi1PRKKp7HT3RymyHdAyIaf8d3Znz7pVP&#10;mPVV55qrOWZhIy+XPUzjgyrfjFHrvQkXZ73aFxJLH87I8+QpGmdC/KcIsMeRZdU8q36ZJzyMlzJC&#10;8y+THsMilNk4j4uEgVTBMjjMplP3BQUgByq3eixONFLN2cIdsNZCPVrMTx3nHO1Ryfn7yKPO7R7F&#10;BGR+Sw4Dps7dJopbuY+8MZrcMpTksVoT5/lYVPeHbh9Owlt/D3cgLOWvXpxyFP/HyvsMYzJts3IM&#10;0l9m6r4QD6OGOx0E1m/2C+sSqV6HoKtVNsM2v+oK5sSOviemqKTbxB1/9FuBwkc+aUS7gGKCKuY/&#10;AGUgmt98hHuvLOz2gj2iwmsknhV5gfuPQyXfwYnK93Y5n03O5T1D1lrk4SKmU/6n5UTHa6BsJIXL&#10;iQZQxKJjCzrhvfAcvo8keV8K/dgNSOvFTgRFLuL3sxhiS1KFgS0gW7BEQUWh/djrt/p5/LHeEIQI&#10;4/hKUGkYjkqQEAZXUbwQZnglLI1XvKHYSw6fx72eRSv/m135EQfX9gStcqa3IBjvj2s9iGss5TVZ&#10;0VBRpuEaA5Gu210QqcKNOB8dYVgrYXJtDp/G3vMGI305wuIOxp5jZbHTOoniMdmJajvygtaqQoid&#10;+DaC8bfcgdgVSFtPCNStuM5iSRPyCel729VnVFMnqm0xUAAgZvIOgrH1qLTDWSmZt4i7Sp5X8tf6&#10;tVkwcphEbDXBB4vrEzvvYeUEouN86Aahu7anJxjnsOy/Cro+m/C1/OItih4j8QCfP3pZQnQKYGkg&#10;H57HM17mC0Yux9+2BSfWWGxJISwtJ5oi17BVhAH9VFxrTuK6KHDzC1qn93khEqPsSlFNGGzAVGcr&#10;V2Wyo6I9gBZ9XdLCCMbfYVfFCXa5etzrRRq+lIIN0UDa+jshAvT1z6iVMLBShMs/Z9/dCXa5TuOI&#10;R/w7u4VlZYr91wmx/QpB625cs9wbrnipabvokU6QAJX8fskjpAtp+sLVaqTPCUoRBlRSVHA3Kq0T&#10;JIBl8oRYIo7l4PaX/oXHPV0iuzO/+RysxPmh2A0SwYEvOGoXX6hipCcU/b/8YMVfKSROkAtCMcN+&#10;L3hOPkeKULG7guvOt607WDJ+63onSJFr2BrCkFcS2Q8VbZW0lGxh/WUZcxTcxWNO9NECkHMyhCEN&#10;aBFvZEEWUbAr5oKCdmMOdYIFTmWxRyXQ4tNicYIEaL3/WhthkLQEojEnKAkce1McpR3Gcyj0Xedw&#10;jaBgFARjIdzneTpERSAD0QUtYBE5p1QJQ5j5F11O/4oTJPAEyy5hJWW6IFbGHbaFgd00uwIjTzhn&#10;A/kCK2uWL2CNpKVSPW8SoOVAy0MEpQPeSyDS3QlKAvlm+z1o4QSsF1K7L4ocwtYQBk8g9mdaAqz0&#10;LNjoP/eWCNWAivLJpoYrvf7SHnId3ENa3VD5svzi0ac7wUl4OsT32GJhoEghPZ5g5B9OUBI4Vsln&#10;rUkYPP6Ru8Ni6I48GYN7zfaFY99Lq0s/Q9ByhMGan00YbNM9+r4r+HRa3vtCZSWs9JLeFGEAGsG6&#10;uD3hJxDBdPJRKnQovhR58T93KN6PXTMnDtIY6WkLDcWkgj6Pd/D+n3WHrOeF6DJ5QrF5IpCS17HP&#10;dJQiR7E1hCFfzHaav06FDkc7S4RqQAs3a2PC4C0ua4P4KyVtcp2Kdc3ajQk7wWn4fYSB4sMKnDkr&#10;0huKWDUJA9J5nrf9uK+kYqJfX9D1eUkDKvvnpOSFLQxZLQbbCrJedfV5N2nWExCGjhKX6U0XBhlZ&#10;8BZHh3lLxi2S0YjEO+QzgPxfulSh+HRfUWlLRqHvImF54XklXNJK/0iCTD+svMLOTyP91lJXZ3to&#10;WZFj2BrCUBCoOBgFb4NUQlyb4+sSIRUs2MGo7RPIIgycmwDrYImkDZVCKk81v0Eqfk9h8AXiHZyg&#10;JFCJY9mEgVOtcd/VNL/lG41AdJ4nWHE9fjvgGQvx7JdKJWULHEQL3CbmdaJWE4bo9OpDixsVBgcy&#10;JFwytjeuPRXPtgB5tDrpl6D/pvNU4w5Yt/FchJ1nWwy8Jn0/0UdgITBu3wSR3l485guN7SMCWW2I&#10;VZEjSBOGUOwbHKr115U1CQM99ejrLivAcRZStFSTJEIKmrUpLUZFWiOVvpow5PvL98X1PpWhM/ah&#10;SyrXo789yAnOit9VGIKxTk5QEjUJA7pDd0rLi3j0fezoH7OvEyRARRsh8Vghg7E5rs7jkx+p1VkY&#10;eF6ryI5o+Y/wFEeL5RjAL0jz8ZzI70HIi+V8Vrl2ICrOUp9/9OFI4y+8Hu/r8Vs9JWIKxOma4qxU&#10;5CiSwsBKEbR+QAE9hjPiOCsvg+ExhzYPlB7A2YaMW5MwcCYhhGEaCx8LpzdcuQwVxC9hBExbTzD2&#10;qsStNipBsxct1XRp9einYP87YL2Q1y6yX0a62o05dGenD/yHCQO/SERaxSIIWV+mtrA7tR7SHPnw&#10;IbtL4h/5nSyG/EDkfE+ofBEsqt9okeUHrAslQgqQLsd/gzwOWC87h3E89j9bqDiZy/qcQ5xOkCuv&#10;zRP7I1/meUMVy2GFfACBuc4JUuQaksLAShi0NqBA0XG1JCvDlUtRmD5JrJ1QozAAMKU7S3824TiU&#10;CU3RxzzByM24xmy2sklzN0UY+NGTD+avpEcYR1hsMfhjWlroYAtXLHUH4uK/+KOEAc9zPfvl8hxS&#10;+aNTkD+dcbwn0vyaiKNYPbAogtZ3LbukDB3WURgoikj/cj6nc92fIaaDC4Kxi0n8b+E519gjPhTY&#10;Kucv8uUCSROux/TiXXyAfPu7Lxi/Es/9vrxPPKPtn4gm80iRY3Cj5S5ERZQKJS0MCipbQPmtRjqk&#10;AtYv+R1tcxkFZxidVAxDJViVVzQ2bUKMJxB5RAovChoLsH2Nqaaw67MszN94A5GFLIiFXZ5BfKuM&#10;cfJCVj/OWLTT45AVsnqaaL7jWvmhuLSW9uQe6/tC3I+TjTz+aFrXAxXhb3bF5rWY3ngPJ8jVHIJW&#10;IJWI153EsK5OUBKeUHQcn7UQIgAxneMcdnESENK+wBY623SXKcqcNYn0oSJ+y4rtzCiE6JS2cqJC&#10;WCPP8NmZ/xCUdzKEIRzpwutJemkZtB9zqhPkovjgeivtKdB4Jjy3TU6Lxi+PcYKTPzIx7bpdJuyA&#10;e9lWDq+dGlfyx7mfv2yoE0ORi3CjJYSZ+xUq9pebZEnlXFTot9g6My4qxABYBV95Syp4fCb6t/vI&#10;RRNoNagJzNGB3pKxc0UYUPh8MFNheUzih0UooKUQja9gDuP+0TsZJR+tlLfDxE2nJxyfC4thrjtY&#10;IdOTvR1iuyINr6HFn+vr+ORXbr91JY8nUFhsnYhWF3FApBeCmJzWvJMsXGJ9Js/RvnIuV4BygpKA&#10;yN3HZ2VewWKY6hwW8AMspOV1X6h8rTwjxaGkcgGueW9e0eMHohv1iq99Jb9p+NobiF7jRKOwPsJn&#10;5zVh0YxPnWxEeErK2slzIl0e/HpKIsc6QQLOdsQ9X4QgLRRRYuVmpQ7GViGPP3KHYoNdp2RZeAfv&#10;hd98QCznIC/XcAo3hQJ/r/XgmNsfT8s7RQ5CJsvwewN+jLQJsvLx6z/XIGPPvUd/mXF5XCbn1DAZ&#10;hnE9/kgAAtGNcxycw2ypd5L4YMJXwBWkapee8S29bWK70p8h8VyDGhd2Ht9CBALxM0ZXThjVVL7D&#10;YDyck+ZtR7p5TYlbPcwB05dIK9PtHK4CKhsrKp8RrXk40d0SJPIpVLlb2pJyRfHCxDU5bRtH0h2/&#10;SEcivfzlMzghaeCEMghwW96bXTh3UfyU1BmWNaLzeDe/JoUYd4WoduPXpanOUYVCoVAoFAqFQqFQ&#10;KBQKhUKhUCgUCoVCoVAoFAqFQqFQKBQKhUKx/aNVZEduluMtGXsmv8DM4y5VCsXWBhcF9QatF3zh&#10;8mm+YOzfm2Qo/m9fuGIalwF3LuHKKxm7X+I4f7lqkBOkqCO8/uhZ3lD8SV84PgfvZz2/LORXkB7u&#10;zdC+cponXDlwu9gqf9Cgxt5A7PGC8LhpBe3HT8Pf9zgh2xwUTXeniSe6w1YGPe0rTuD3JL5ArE9B&#10;x0mJtD7mRFVUhzdUeaR8+db5Kfn0Vj7tlU+Ia2DnybLBCJcEcy7Baxwjn9d2nmrkO/niyjZOkKIO&#10;4LLqeCfr7E+N7WXXuJBK8jNvvCMfwrzB+MxmbZ29HP4oyGfSsU8Luzwrn5NDxF51QrY5PFy7g5v4&#10;OPmVJL8mRZ7xi1WIwZ2F3V+UT+s9odjHTlRFdfj8lrOcVoUs5iGLdnDxjcSiIdUpi4WMNx5/7CLn&#10;Ei5vSfnRPn7Pz096+VltoKK1E6TYTOQVRdvKugik5LesrLTcK2s1xn6U/Ce58ApE2OOPTP9D1z2E&#10;MCBdH0mjwAYDVqUTss3hDVlP+jpOWukLWekMl69Enq1EY9bOF7BuSQgu8vUdJ6qiOqqEgRV+HCyB&#10;2H9wrCM3O4XZ1SUb0Sp047qHziVko1O8lGu50g5/3R3iGfsYKmoBqWTRSbJmAkQBXYnF3oB1bX7J&#10;2L3ZbWA+5/vjXdGN+54bwIiAQ6TzA7GM/Re2GdiV4BoVIWsAROE6VMQSJ2Sbg2tKejtMkk/sC9uO&#10;blHYdnwLfuqe/JS9y4Rm6A4PV2GoBVKFQTYbDVhjnKDfCaYRC7yrS5cd7N2bgBNGNZVFQVPWPsgA&#10;XmLTQOwob6C0tZxXw7f+SaCAVt3HQatBTdyhyCn5XJWotsuMByp2cgeiJ/O+7mDZSegm7eaEbBSs&#10;vPmBsjPoG2gaih5ZtQ5D7SHrLQStxYl3wT0cnaA0eIqjl/g6Pw0TGV2/ri/gncWHOEEZ4CrN3H3b&#10;Gypr4wmWHe8KT8nch4EWR1XepewjmQU8z4Xz5Lf2C/MK2sS8fB++oNXKXbSpxoNlJfM+7taVe4r/&#10;pbjs6GR52gzAYhhRJQwpS+Ahn7zFsbNluzz7npsEG0eWLeTt2U2Zns1YwXy7R7owyO4+ESeo1igs&#10;GnsguiAz0crN9IXKZ+Kln+QEcd3FbjCLZ6JfPBN/D+EL9YbK30BruI6LeqK1+Q8XIXFOd+WdU3qA&#10;J1QxAnG41t9S7jFAU9oXHjsbLcH9nnaPV2375oDOTrRUMwtKKnmPN7iCE9c0hBk+C/+vRmu2Ac/3&#10;Ba47suCch3d2oqWBqxz5wpXPe0sqPsf9frPva/2GtH6FtE73FJcGnVOrgALk9pddCbP+PTz/Nzh/&#10;PU18xF+Ce8/BPcuypbcmMB/QT5buAn0JXuYn3o8TnEReAHkUjD+Kc2/1th97DfIwufdjAr5AaQek&#10;+y1vOD4P6ZLVrpEPMKkrPsHfz3kCo09wTuUybB3w7ubw3SGfZ3DRGicoDT5/9P6C9hOQz+ORz9Fn&#10;EhUTlkKlD8d8CEO6HpaTU8DNbjyh+EhveBw3xl2Nd8WVshYgba9z4RbntCqcMt6N8ybyeiQXlpGd&#10;s8IVUxBvvuRxyFqG50NaSzM2C0JYP3RrpTyiC/bf1O0HYfHel2IxvMoFa7zBigjK2zx2o1EXlnnC&#10;8VmeUKwPTs8UPnt1qWvxbt6D9bEQ6ZQ9Q/G7lKtS4Xgkv6Rsb+fs+otMYYjFpPVFBmQlW26Gp4A+&#10;BnFcMsOr+Rjwkq6VTUK4I3LQmsG1A6U/yvUbcQwZ+gYqmKz5l19ktRIzWV5cwhHqkP/TsRmKfeZp&#10;W1WoCbSIrcRJh3h42Ws8geiTstAo12bktXgvkvGDFKV0KyCvKHIOXuqKRPrlV/6ehPtynclJ7POv&#10;cxdVLbdGQHwekPMkbXhGPifJdQ2dY75g/IOMJeVqAvIV/eBKicfKI0u+x3/Csbg7GGsvQ5W1aM3w&#10;/H3YxbAdxnweZ51F/i35II7LJZ5AheQjV7jGe1rF8+hARGWdIBdKgazkFIgtYdpkTcyAvQampDkY&#10;+4jrQhZm8TEUBMoORh7I4rr2O0WakulBviI97mDkbud0G61G+lAuvuD1mGZ3IPIM/p9b2O15KTO8&#10;jl1enxTHoicQSTrCCU8oel9htxflHsxHT6A0aZkmhEF8akFrPvLqYyknci+kjfnD69NiC0Tuc6Il&#10;4QmUPejL+ixO3iIf0B38SFa9qs+oEgY6F8u5Ku/3HJbEsf/gZbxanciQ6VD/tBWOvTKyIfsryDW8&#10;/vKznCAuB95XPMOyuxC3KpvAVY7X4/hPUkADkQE8j8t/4Z7fMYPtvrOsaPwp7vks+JlsloLjHP3A&#10;y/yKG5zKDQB2S6jaEo8KjpeGlp7xn8N9oqhY30sa6LBDxUXBr3Ciyga3uO+XXPTUvqe1HHFK0Qrf&#10;g1/GXyfp7siVna1XEl2a/HbWqWiR1sm+jzgHhWg8zr0a17oKeVguaUU6Cs/7F9OL+1VtgLsxcPky&#10;WC6/ST7xmVgBmCclEImAtRx5/x93IHan2x/L2NyFKAhUHAwxkUouzxyMfcO1G/FcQ8E35B3xebgQ&#10;ayDyiBPN5Q7GR0lFxX2Q/sXVWz3urG2HSzlZm7w/hArP/a5doaQVfk6OE+zT+8umSVr4bmwrbCpa&#10;8WH4fVdWvKavBPHcqb4JdDnwHmdTlEUgeQ6uj/f5AuINgYi9LXH5PpEmHHsztavpDVt3yz3xrAhb&#10;YXc7bCSFwSkvPA/POxuVeTjuORb3s1fjpuOX6eLGPA5oSXFrf2mERJCsORDC4Yj/AN7NJ5JOPCMF&#10;C0Le14lWP5EmDPISWBDZ0mQnlRiZkbZBi7eWwiDDbrAImhWV+dk/w707JjZKReWxV2zmqAjOY4bv&#10;1HpUc7lIUbwQ/W2YsazcdqGGqZcs1GnCYI+e/IrWLbmNGxd2RQWZw8JrF5bY6kQrImZ5yHoFlsQC&#10;dG2W5vtL05Yk9wRicWlBGA/mK3dq5nE+l11heRzmZ+rO1oDHH7sfFXw20jwGFbVHbVr6BDxFZb28&#10;JZXLEoU7UanECpKWClZZKL4efKqw7ei0CU/5/ujf8BzvIH0LYX0tThMQVFTk2yv2NZDXwSrLwI5X&#10;vp75R+uPVocThBZ8WhMU/mkSTyq/9WryeTYiDLAEOnFFailbIjixgU6Qy4V3i3x7iXE4ooVrvpsc&#10;XUkVBqdcIW7VHhKMK/tP8NryPpdwTw8ntNbCIO81FHvRxXVCHeD882A9/iKiwXwO4FmddEEIeuFZ&#10;ZiHdS5CeOa4UyzO/7di9ca2FbCgYj+XXCaqfSBeGxHBlgiyQ6XQUttyJLqi1MNgqm7EdHJR4d7wQ&#10;ZCqXYpdzXnGCqiAFMCKbwEj/O2gtYDwGpQoDw6HyGX4StLJdYHWsly3dUTAgNE5BQ0vODWpoObR5&#10;dFf7mAMeg8ksBdQugCsSK1C7g9HLaL3Y+VWxAab5q75A/Ca0wmfWxfFYHU2Kyk7CvUfj3Sy2KyuF&#10;mdYU35Pc0271g7FP8trE9neiEY1cRwxqxsrjamWLWBJc3DYYm5qYr4LKl9zohd1EtORv2qLBihp9&#10;zQmhOHIT4A0JYYLFVSUaGxEGpP0x5jXDcPwL53ASTYqtEyGe6+29MqxV+Wc5u2SlCgPiojX/QLqx&#10;KYCoDbLzA+WSlTFoJZeur5UwMB9Lxv4mC8xWA97tC/KcjB+wlnB0ww5hWRmUL41Dq0i+fYwwjQrb&#10;Rw+khStlGO8KjexIJ7B+ItXHIC11wHqZhRuV8BwU9kyGxreBaXqkE11QO2HAC0SrQW+/E5QEMr+1&#10;XbFR8PBCC2rYYQiCdL2PrQSvhULDNPJ4lTDgZVM0QtHkngwJ0HmFwvYD0yCtZcga4QQlQetBhgP9&#10;seuQ7v+B3ybF0haG5e7wGNkZqZnkW/lKKUA4R3wRLIwwRb3h+NewWJ7PL7a6Fba9b4s2XaVzzBOo&#10;aEeB8obLX8IzrGFXSfKA96U4cM8LZ/etVNApCUvgXC7Tjvf6Ia01W1hoglcTBgD5eTVFQZ4Vzwbh&#10;leXgUVGGSmHne0SeyNBfAjULQyNUytckX2hiB625SE9X5Ev3KkYG4JxV3CoQ6drgDlR0kZgpwmC3&#10;vplbCMJaulb2A6mjMIjo4B7VBYdAft1ZZY1Yv+aF0oRXkF8SO41WKfJ1JAT1c7Em+RyStw1MGFjI&#10;oXqlTlCtsTnCkF2hYyG0HHIOXygK0FVOUBrQcl2QuIctYmWyrVxSGGj14Hhaf9WBLAWPwslweXEB&#10;60EnyJUHcxx993Go0D+LMHFXZXFG0dy21tnXThcGwutHQS8Zu1i2k3cKkpD3YOXFcW9JxScJAas1&#10;2De3R2oy/BIUZXeofDBEQsxdSVcgtjxhPRH57cq4m/fLqDy/iaPXeR7xvcioQEIYov90ogjEcuOU&#10;axFP7ukZ/wdHHiDIso2dVNKULpygJmHoM6opzOmP7O6f00VlOlLpOBLFgunynEFZvFXiVheGUIpP&#10;yAEq41XJclUnYUBeOHtmVgfe67l8HilPeP8csXKCuP1ed4jm22gsNhR0eQbPYTsuJS0haxUbkQYq&#10;DJblBNUatReGSsN5605QEqjg7WzzOCEMVj8nKA0oyJclr4VCCLVux+MZFkMgkmWb+Mrd0NrNZ7i8&#10;uKD1AI+7A4/9CZbQR+KUZCsSiq9G2L/doeiduL4fYvSQFG4pZKiATlciAbYmntDYmxD2P+TjMqZL&#10;Kh3zQiogui2wVGozhOX2W/18HZ9EhS5/B5XqE3r0naAMeALRCSI+TFfA+pUb9crxYPx4CMLSRKsI&#10;AVmGd/qsJxwbSEsQ140zfbYwWC/IxVKA530sIXQ4dxrzmN0vydtwxXrmtXOqjZqEAS0x8nuW5B3e&#10;F66zGO/1JbT+/0wQ577I85H+l7zhsdOR9kskbpowiHMxY26Nl3mVKAt1EgYIeTA6M9tcCLy3KxJC&#10;j/irmhVbh/C4OxBBd7RyveQfw0Px7+inQR5f7SuJn4FzYSHx/TdEYajDPAbvFgoDWryjkJGctpoo&#10;sBlj4QSsGdm6jOehdf/F287u0qQKA58hm+MHFekEu5W1uysomLJFHM1ZEQW0Dt5wxUpcq5tEcID8&#10;uC1ZAWkupsy5EJzQh95wezwffXEvug8eFAoUkm/tyoR8QaVJiNjGAAG5WVpSFjy09G5/2e1OUAZQ&#10;IMttsx/pRuFNjNIgvWWJSoEK/R03bJEIDpBPD8jQKvvZQavSOZyETNIKV64RP07I+hH59Bbfnfgd&#10;2MKmeP8FG/MxBKNTmHdyPBB93zm8aWwDYXDe969NUS6coCSQ1kjynQetZfTN0I/A52d67LyJv1XN&#10;t4O8td62hQF5FYoOcw7XT1QXBhTOuHhhN0ZuK5Y6PLSFwsBr4b6yy7G8sFB8efWWSWa7hSvQj2PF&#10;liFL9I9tta8SBhRg9meh5OweSEQHNIHlew4nHXnONm8UEeky8GUHovPk5BSgcD+XKgwF59gebDcE&#10;w1cyLu4NVXyIPniaSU6w+2DnB8QBafL441knDaWClRsF8TfGY78bQraEVkv6UKdp5CkuDyIvxCkp&#10;6Ua/n1N/GQpheN22CETkn5coCUiFi82ROQ6oHLjXRCckBagAEAOnRZTn5i/zgBaNc1IVNiIMHnQN&#10;7ArKPKhcWb0b6Q5aV3pLxk3Hc47C+7wvOfa/LYTB6U5JeU8BR3noR5HulDyPNYP+G3vaf+wbigLj&#10;e4oidrfHAe+B94F6hPLJxs3fYEYl7EqNivITMutd9NPfq4me9mNnewLxpPPOu6XCAHDrdNupZlck&#10;xGM6buawGX5vxf+LedzXHi+bFS0YLXaipgmDvHBcB+d/hEp1Kb8jQCV9FBaGXcBpcQSisxNeZbz4&#10;u2RCkYSXr8N1B4oZzC3hAta9Cd+HXchiy/GsUnjxd7Tw3H9K4bErfnRkXlH0QPatfcHIYbh33K4Q&#10;nKRUbmTKbC1AH49YMHweyc+K9bjWK55A5AZhMPZPpHO9hPFZO0+lYN3hRKcwPC/PKHlR/qvXX9qD&#10;z8MhW08wMl7y2KkUqHxpzscEOOVarkFhkHTYcxtS/StJbEQY7F2vYyv4/u1WtvxT7v4tsw39peei&#10;AfiRlUyGwAOxn5KfkW8jYZCyRgH1Ryz6Djz+yEV4ztlOl1IsS5St/ozXkpOuQtbH9vuWMvFNflFp&#10;K+at7A0KC0LCJG+R5lA03RdT3yDCEIz9mihoonh8IRuhPfMt9pJzCUcYWHk4wQMtfoYw0HtsV5Ka&#10;hIFAy1sqL43n41wpnMhsKcS8NjO+/QSTX1x2oxNFkCYMslV+9FcpGE5LLy0+wuyXOu43VP7kWhKI&#10;24pDZnwuic/0B6Ofo0AtlEpHYQjazjMc+00qP8B5C7jnjEQBZNpQcH6GOfk1LQsZv2eBRTgq9ohs&#10;3u9s4JAp8uwdESu7AEq6eR0hn8HJSwoIKtSrrrZV34Hwq1c7vxCXwoR8QWH/DGlfSmdZorKzIuPY&#10;V4l5JKmQ7wZC8W+k4vFc3BfWwignOB0UhkDsPU7IEkGuZqXg/wGSHhEHuxzgvj/az4DryzsdtypV&#10;6B1h+ECemw7cLA5xWxiccsVrpwpDKHqPnX9sYKyV6cLAbyXwzpCvaHSW4T5ruEu65BeuZ/tEIAqS&#10;tzKHodCJimeJ3MsyIeVErh39Fen+DO98rX2c+W03PigDT6dbevUM9HJL4ZPtyvlyN035lj0YT7Y2&#10;tZoSjeMMd4ezz9gTSCGzBqBl4Q7TiON4rEH+D/P5C6h6xtz4pDCwIoTjG3hPvNTxbA34kiQ+0xUq&#10;n+8OjLGHxFLgLo70hRWynDPWJJ3cOh+FB4XqzXy/1ROt9PeyFT8Iy+D/nGj2VOJgfApM4XX286Hi&#10;8jypwKgk4colbn90aEa/fFPwj9wdXZRSFLQVvE51yuhCqGKJJ1z5uK/6XAXkISyLERC7Dfbz4Pll&#10;RALPH4xNRv71tCs7BBhhiS5VdSD/Hk+OzLDS+KN/c4LSwfttZEo0gRb5auTvt0y3pIf5w1++01D8&#10;y4zvJWRKdOyLwi64ZtfnKGxp82YIvJv+yXLVGRU9peuZPiUawpg2JdoaWdjtBckTXPc1iFp3X6hi&#10;YaLsSlmhaIbjz2RYSK1HNYcQTJJ6IO8bcZi3yB9OwMvzR2+XmZFSdmJrmgUqanQeb/fYDersDcTP&#10;9JZkmbNQEztNPIeONucS9jUYv2QsGD8ndbdlfkWXOM7fFkXxpALXBLZYnIrKfide3lgUtvs5i052&#10;j86CNGGA4nuCpWh9TCNewx2MPQGhsDzBiktSp1FXBx2ZnlD5/+G5KvjBD1rIjokdmWnleEsm4rmf&#10;PgdCmvHBknyFGSzviz7zKElvwHrQEyzvyS6Fc0qd4A2MOYrXQZoekXRJ2qwRqEznbura+e3GnMph&#10;TVSScTDnh+UVx852glA54mfIOwmPa82p6M7hNPCzZfu9jT0nv3h0xhBzFSSfT7bPRblw5j5UB+eR&#10;5AfLz8O7fAisxDPc6wuUdvaeneWbAohNARoQuSbKGq1aJyQJjsLY97TLVXKWLCCTjTo9Jcc5EsNu&#10;gBNkTxmXsKq0UuBRfq6gAOHdj8DxohotPByndYP3cr8n7H1vcFTZlV8/2EajSYRGOzRjZREY14gd&#10;CKi2lG5FIVjDMgwuw5jMQiPXmt3IhUjhGnkLQTOIXY23hVS7M4O3zCIq2cS1tYXYL8x8mEJT+VOx&#10;q+zWOllwvgBxJa6UU3YTpczUVmUE5WQsl10o53fPO+/e99Td6G93033UPN5795577rm/e8655713&#10;330bfuNB4180/+9f/sXN3x77Bz/4D/8pOXH/qz/a8/ArP/1g+tIfvP13f5M/cDEzSvO1PvjMK5/6&#10;8u93//azf/KZL05NDrUe+8o/+838hX9HU7nif7L1j/+0+3b3h3cffX56/ec6N/0Z0fzw9V//H1de&#10;+fNzs7cbPpfq3p5YmaUZAi7XPxj8j4+3/ODfvPvfvvHj//5zWoIi9vlXD+//YN+XR+nwmb3eM7J+&#10;h6x7IetsgBR/v7E3FqN/sSRtWANjDW30913eeB2PtSYpNkK7kdy//dnnsce29w9+/vmtdPAMbSdo&#10;w7oh4CFpm+n4U7TJ3zrKfJa2BCWAFrK4x1ibZANt4Jc+/PrroP8dOv6onf7z/2QdFTmXvfB+nRJ+&#10;i7YR2r7il/vT2McxyX+J0uXYM9JSQpE/WqalSI4mKwKKwIIR6F4A5Z4F0CyET2maHe+/9Ok117qv&#10;7fj0jljsW2uux0Y+/eya0dHR7rWXgvqzv+oebHj42YfZwWzMm2v4uZcb7JuauvX2Ww0/DmjmHnfP&#10;Ns++PDv3i7mR5rnLc2P5C3PT33twea75cUDzZrp7cMtbn33rzKOpXMMPb21Zmx88c3/qVsMPN2PB&#10;JP67EOt+2EN/D3/2vXzz2ExzQ/5C/q/Hpi+//Vc9QhIbjHUP7tm8Z9PgYDy3xbvV0PDwTM4jeRr+&#10;0vKZjXXPdq/v3vx49ru59WvvzDTP/oLkmb48dvk7IT7dm7s3bTmTjcUapuYaBs/MPZq61bC24VcB&#10;zR/dMHx6/t7PqB0vj3x3ffcf/t00ybN21LYL+GzatGdT7MxdwmekYdOeM7n7kGfEyjP3q+7Z71C7&#10;Zn/5vZG1c5cv9+y5cH96+nuXL39jc1AX4ZPd8tbLb7356Ie5hv/b0Ldp0+CbUz+/9fZPmt8KaAif&#10;ucuz/3T25TzhfG3t4+6eC9mxubHLj5utzIOxT30xfrfl7pbc12LNnver39v0epv3k/jbvxd/GPCZ&#10;jcVGaUwYeXbkmdj6tbkblPFM7FKs+ZnYtYBm0CyExacNDSN08BxOaAEu+5d9bPWreW6EMi7QtmXG&#10;UsRihE9w2mBGkEHQPAgS6YD0Jzhda6AFn2c/CBL1oPoQeOedkZfeeeedZ/A3MvJS7EYBEb/4O3vf&#10;/NwXN2x4bsOWM3u//DVvsADN3Gx+bmbur3q692R/kZ+eG7OmZYmzvyBT+AnM7M1Huelbt35ss4Kj&#10;2Xemp2f+y2bi85D4jN35RpBjDwa96amp3KZN3ZsGz+TyDbdsjj16GJu+OJ3vIT5/9Ciff/kb79us&#10;4Ah8cg8hT9+j3H3yeEGOPQCf/CzkaSZ5Hl829mGzzZHhs4fdx/3puw0h6/JpiQ+Js7mnZ89vPbo/&#10;Pdq8PsIDp4Pe/Vv/ue/3N332ra89+n/3b739zwvQzMbuE85z33l59uX7c9Nzbz8uQDPo5b92ay77&#10;l//k4ZapW1NZ72EBmoexa9v/1/WekZeuPTtyfWSH4zIs8SCFvrmYdYA2xx7NrvnIy8c2f8dPWfOR&#10;zQqOBhtmic+W/+knrLVuLiCJPVx7g/gEI83aQnrI1HFbSI8UgZVDgNxgsb8Rv5aGoeJ/IkgDXWIV&#10;+wv4FCOgdKFpXgBNqbpWSh7hUy3yKD4Uvy1AN6qlv1R/SveX4qP4FDNn8XWl7F31R/VH9Wc+AmIX&#10;pWxH7au07Sg+is98y+IUta/SuqH4KD7FbGcxflXHr8Ioqn2pfRXWDHsPrZTtqP4sTH/Wfrv4n/gx&#10;wVL3ioAiIAhgntfDT/uzz+h4IfO8XiK6C9j8cn8beyeY24U8O8/rOTor/DeX1Z8ioAgoAoqAIqAI&#10;KAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgo&#10;AoqAIqAIKAKKgCKgCKwUAscaj8XPN64UN+XzNCOQjEMbkvGnuQ0q+8ogAE04pn5B32IiBNgvrIxe&#10;KZfVRQA2W2xDzZInUhSz8TSNAsjD3v0da0wHfiHKC3RJv34p1xvxIVKmWL3huiADtI/kiPDBKIW0&#10;lC9fIX6LSYvS4tyNi1CfS4M8VyZpp8jrtgPHbjrKubyitCtzzh4cXjy8DVHt/EPkdyzoXxy7LbZU&#10;x+K9AQ9JxR49k4yjpwvlU64pd76xN44Wp+O9If4kFZ33+rxdvvOPpQ1cDzhbmiRFLEg/T5uph/bS&#10;G0KFvCjiUXnQw+CDDe1KBjhBE6gNTp3gJ1il40N0jNL8G/JpITPzkhzeIx38IA9jZMuGKVfqLG1s&#10;KE01GpQa7Z7a4bcSaeFjQjNoE0uCVh9r7KUf9mGU4RdQD9OY/IA31UzpqJ/ai9Jmj34D37Qpg3yU&#10;B29BNtr+f+TwJwTpB57gx5TcBtSNekgSww/HlhPTMPo21dTbCO3BL83t8+XkXpQ8Kk+cbY/ZOlGS&#10;2y+0adPLZCFmD7nQVltWMEG7h3xMXVmtfCt5xNoA3MObtSkgZqVkNMMScBrbfpr60R0VxC/ABsEF&#10;9QFRQQUISCuhA+AFWfBjFGxdjK49d4+YD5dFPYYPbM/vxV6nnjRpoCsD80Ea1+/y5d63KUYGXz7w&#10;GaIykos8qQ9pLlZRPiwvXV/5uIBW/BT44tzytXmSthp7qtfoXXHebj4fWz1BKW5lOujBtG+Tggpr&#10;BnSE6xAe4CK+QGonXsbmDN8IIlwPUBJqu2eeaIubhvNk/E1KA1egL7mgd8+hp6wt6aBHmDYZwoc8&#10;SqQOtJ8pIZ/rt0ReyXfLcrtdXm49OCZpfL5JgydaINKv1h59KPpYuA5I5qKIc5eSWyEtRg6jIGX8&#10;/KAf2F6kTvaGlh+PKPZcjtJGc6J1cy61gNrQG2iblEHvohx+PGpIDo/5rszUL75fCNt22mgkl+N2&#10;WR7RI2iY1Ic84CZYQUYXx6g8RBnkR+uJnkfrXZlz9oqEf6h3w7zRQmkRH0dbjLEuWsamueWZCggx&#10;z6PUf2wv1GvEg9Mtguw7oK2gD4+pbo2wcZFR0gnBwMegF6gecw461IMyQkt2aM59PIIePe8lUTf9&#10;QIk60mbjkQ7ntl5QhXlCZosd2ik4S33PxUQCRJ5uPuQjOzWyGhmIl6VdnSNufSne3GKhcFvPacjv&#10;DVBFGqwRKNh8OeYUyg35ItgM4mr4CoNyUFKuPZif+BLmUvp/3OmM+hipB22ArUnPgBPkhU3Pk43S&#10;pReQB/kgKzb0nvFHfi8JD5HMxSpq2yhrddFIENTD8kB7uQ7UuZi2S/2L3TPKaC3rIFBBD1g+rm7z&#10;cRRF2Kulx5Hr+dmWbD5Hl+QjnTJs/9x7QBDUoGM+8K6Q0/IodcTxCnoQ5cOUprcpHfxcG0bPCH/3&#10;mH2B5IEflSSeoOWNEPHrQG+79UWxcvkiHpB2ioSUEsiANMGEtSiMl5RZ2T35IaPr7B+AEja2Ea6J&#10;06RWzpcz3oPe1fGwDTA/Nx88XG1zuaGXREvE8wvaLl2hY24DbBV2j55zaw2XMG10etHW4csreSXj&#10;hSg2Lm6wKORzvfBJbu+7eaBIO/FCWFJYadiPRvNX5pzRIzmoNvJIuPI2++iVkrQIdLQFtoB0ukZG&#10;im21ybfX6WzTqINl5vLoLbZ9lIW94sd80vGjlCd00lLOk7P5e7Y1bgvbGHkWv072RUnCm8uBl2gK&#10;6Z5pv2gg6kVPMSW0Fil8RtYZtAPScz0BT1AG+Sjl9v55tNPng1GV87ksWw/7HKSELY7lExm4xGr8&#10;z9qAHkXb7F5QYy8pyLCUkBzlxLZJVkbTlE8Fxyxvks5BS72PfKLFHRZBhe+2SL2gtT4Gx4FcZvwf&#10;CrQmigXToneSxkehLveHfNZcyEBSkAzSKvSoS+/2eNjHYfTztZjwEp5SD/cg88JIxThxLvORGpkP&#10;ZEC93Adoe8ApwEG0WLAWitXYAxWry4Vq4AiGc2Ax8BnsC1zbpxiK+JDu096mo5Sco+XIx962Gogi&#10;3fokNw/0lGfyhU8hGVGr9JrV4jAl2in1EC/izPnQRnvHnXvmPNXK2oqRxtLCMkgmh4+tA5iwpgwR&#10;Rmgn6Gw+ok2pE/JCc9JUAnfUcOb2NmSitKAe109bjit9RNpLtZbmCqmFAq0BShynSyrOGUXoubRY&#10;cuXctB75ATem4HQgQ1skz6T56cJH+No9+5NofpSXW4/QomVIx15+SeoFyQcPOZZ8wwcYRHBD7ws/&#10;tnUpQdj49UgKeppx5PqR7/7AR9oercelW7ljltiOU0/ivMW5Ho72KMqyLRXnEm2xUB7zuGyxVj+R&#10;r7Eh4cZ72FvUnlK+JvdSfcv5FWvHeZ9vyvRk8Rpg9/AhQpGMaJWko55idQnNyu2j+luIc/mkKVT7&#10;wtKMdw6wJVsjC4WdLqx0aarVaP95+IUVka607IvJRbwA1LDHBu8oe+ZD42Vo3FsM93LRUgt8uXmk&#10;4XbYCHXpcph4gXgvnQPHGDQWBzhjVEDEkqwyXSCpTJSC8cvdbNSDCGZl7Gs5eD6pLOJtyMlawG1Z&#10;Xg9yjRRNhSLLJ8lRKB88RC7sQYNIsrr8glyxsG8g6zK6iz18A7eLW1GojdWVxvcbWSPkmmL5EgIL&#10;/JbH6Tz1P3ig97EHpk+K2JdXo5ZWBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAE&#10;ahcBmWcgz+NlL+mydxFAmtzvl/yz/jyApP8cQPb/2E8XeuGT8unkPJovfJ+UH6WL8kV50ETphK88&#10;b3hzmfMjhN/TvUcvABEzJ8fsqadpj58g5bYQT8PwlEbKSS/iiS7zsfxcPu6THaRLOfAWOqlHeNtz&#10;PM/0+VMtUraYfFLO8Dby8pwk0Ls/8MGz3mi6S1M/xzyPz87To6fIZr6ioM3zAC0e8pR5yMwvxDNG&#10;nmdonpPzE2hK4TPMo+BeBt1Q8H4FnvmhHqmDz20dMg+RU9JEi83ISHMKTFkz2wzzDOhJcsAX9OAr&#10;Wkc6Y+rh+RyYfxCeH+HzDOQt5jusZLV+ZOzN2BzPKpGn4mh39EmyPCE3Xtd/f0CQN/OUxHZ9ftLb&#10;4CN04Mt8BFk8ZcbMETkP2yr4gk/S+CzYN9t4IflABd7MCRrIvsTQ+vOmpB74MdN2ny/mhVgJ6vEo&#10;beYXQQt8/Py9nPcS8tKjsGTYcKHzJCEL+5WeSBIfoeMesjbJPEJ8Ap6m10w93KOsjdaH83kynjLj&#10;O/sLkRVlw/KFZwlDemiHpSNt8Ps/rJ2MRf39H7VJFwHRFE4j5GCTjvUAweL2bjmBz3lfy5AaRp75&#10;WmruUakHGibHoIF2Su+zfG5J8OLedlNxzP7OlkVbClNGS9bLOWylGHrAAGOq2DfmIbk9yvZOuhT4&#10;FPYNrnaAB/e8Hdft+5OMMtu6RRzn0ABOgbZxD6KesLyoz9bPdVl5hSO0neMixBecymngF96kTH3u&#10;YR/Sm1EExCNzOtucS4v8cM+DBsiHOUXp5vsFWK0tY3o/0AV+ewcz5nk2qpWX5bPlwvECnTWmjCZx&#10;fdAwqYV5IarEPEZs0cjS5Vofx9Rv1HOC0Pw2o1ekZ6E1csyU6PlwWtTmLd3S4gWRiLWA33OCvKkm&#10;5JSOF3A9As3E/xwp0ppwwf0OaCwiS7QBG85pNKrr+wwGgYgdBz0Q0hQgRmOsQ4ueD/sFlITNWdvl&#10;PntyvOD6G+OrHD8h8hjuVKfoLvWf6UnJD59DXmzwD0Jh96YtTh3QeuFrqerpiBChX3EMzjt2D/Sg&#10;OYIse2hKiSAt6daHoEdsvAAezIuRZo2yPYw8Gy9gPE8HfUa8HXk5PnHrQTk5Bx9XUyUdtYKL227Q&#10;no+0o570gNsKFKK9KShwr1pNwXgriMK/Ak1BG/0FPtgjHW+dBWl+ucJXcODJfLi871f8/ifPY8Z5&#10;SFEoXoCMUi/ng5J/GBnkDPcPbLyAGITbgrLAwNUMKV9fe+pPg8LRIuOk6xcQmbHd4R7eeVOOUaRx&#10;mJDFPUrQcxmM5Rh/kU57ysc9Stie7zeoPGPN2gg6iuVMr4TtGfyQjlpBa+0XdUATTN2mPvS45ctv&#10;FVk/1Ov4MMjDfGlv5IZW1PcPSBVDQTTFRQi9QX1COmSidusXqEfQK3ajXvJtWdLE9rCXHjNc6Bx1&#10;gKvwLlgn6nV6DPKJX0I56utIPts851kfIbyD+hyekld/e+pZ+okfnd9+5ERzoQWsPfDspEs+kqAz&#10;eaZfbTlEAqgFdMkCqKNc2i+DnnZ7WySS9Gie4emUFVmkHPZStlSeS1+/x7DzQigtBBF4e7HLUvSg&#10;s569FKXmVQ4BeFn4hULxAnpZvHnhHjf2HvLKhVsCz83enX0Kjvm8MH15UtlfoA2FfVF5pKimWs5T&#10;r4iHduVKN16gaG4ofoG2ocY/LODb4dkXZu+4FuAIjq8tqkET6ErCtI3bdyEY6VwM6uuYewUj9vyf&#10;+ASMIIU9PGJxNzafz0NSUA8iOF47yvoJya/EXjQS7YvGIZWQp37qdCPE+mm1tlQRUAQUAUVAEVAE&#10;FAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQU&#10;AUVAEVAEgMA393V3/G5Xd6du1YtBd+ee4+XQ1n/Z8rz3vJekbYPuqxSH/xr71oEy6MLwv29NevLe&#10;su7d97qr53iDVxZdyJIu+Ktg8FtpeB8Q7yHpvnpweN77dpn8wvPqF0jzq9knPl9Gv6A+oHp8QCGf&#10;TH7hoMYL1W2v5fIlGi9Ut62W05dqvKA+QfyOxgt6LSO+R+MF9QviFzRe0HhBrik0XlC/IH5B4wWN&#10;FzReUH8g/kD2Gi9ovKDxgvoF8Qey13hhkfECff8n5VlfQt+KMetGi209zXu9v7A4/5CKN3VMtiY8&#10;rBxO9uSlPJzXxtwMjResjS/EphPeV3tGM807Et6xeMI713T7yFgm04Tv/CyOTzXS6/2FxfqFsy0T&#10;w/nspQPJ+GTb/lP57LsHUvTlERlzn+a9xguLixcQH6w7ns/ms6+eujiE/Uw7+YiamKOl8cJibTrh&#10;dXTmsznSAvzaT5G359jhqfcNGi8ca0x54WsBuk4oOv6n4hu9Xb4uQB/aTx1rhF8oNv6DV9qZ12nO&#10;zTdxqs+XaLyQjK/vONokY36KIsKZ9vGWwrZOvR5/Y9/UcI78Av/y2f2n7m5NGG0qFCvMtJ9tCfO+&#10;0grNK0Rb6TSNF7q8N/b9i4HJ1o0UAXbR9v6B/QPnmlKOLYvNp7x7WxEt4ieawMdf34fvEQmd3Xd5&#10;h3afPH2zDXzpvkT86/teGRhPkG+oyvhC44WEN9mWz14f2tW50buSWNeXz753MLh/4NqvN9l6q3f/&#10;qXj/tv4X+6dMxHAis64v3td+6sX+13aTBsy3d288cS07lT20O+GdbXrwpXz2QS/xrtL50BovULwQ&#10;39YP+37Q25/JZ+/TlQHseL7tZprONZH9m9ggTjqTz67vMDZOX/rJUE66oC9pMFcdD3pPnkaJj7d3&#10;0X2q4vFFoXrLRa/xQpKiwTd64PV5e2WgmN1inOdtozewL58dHeI4A2kFfILxKRu9nU6keYLuS1Xv&#10;PUqNF46RLjTvEE3IZxuOp7wn2W4qPtmaz9460mVihFK2vJEi0QmjZahhWz/HJPN9Trlsv1Q99R4v&#10;0PWk99pu3DXiaBD/P/jS2RZEksX8A6XTmL9/4DWKAkrQkA9J0PXnKI07lve6viuJJ/AuVe+q5tV3&#10;vJCKn23h8Zz9AvosT7+xIYoEStp8ytvVxVeHxWw8Fc+03D4Cbvjl/C2f/ZvhXZ3Mu5SNlvI1q1Wu&#10;nuOFVPxKa3v/xNDo0InM6BDb7sQwHWcuUtrOLv9ZZHFbJG0p5hdS8TN0TRLhnUU94D3QU6xcJdPr&#10;O1642jKeuNpytiVD+5MDsN9dnemmsy1IH2/FNcNSbTBJXuFK4moCvDNNrxreh3Yz77MtHxrelbD9&#10;Uu2p+3iBZqZgXN/ovXsgnz1xOtNk7iHiPmLJWGAh9gsemPmy0TvUlc9eHB5PgDfqI94lfMpCeK8G&#10;TX3HC/Y6P+E9bKc7DF+iu8xL9gXFbC5B9yvz2XV9he5lVpNvqOd4wbWtVPxo44nMrk7cZXLTV+SY&#10;fMD+gTd6qvX6QdpY3/GC9QG4i3Ro94dtuI+48rYK3vcM72K+oxrS6z1eEJvg/VEaH1bBL1Tp84dw&#10;25NxjRdc37AaPsHyrwbbL+Xz6iBeQNwexACYeZJ0zqO2Uf7zDWH56Jqm/DIwPrUeL6TiM9vHE8Hz&#10;BUK6eceV1vBco1K2suq23Lir82yLlS/lNXeMJyojX63HC3Rtv3ssc2crYniaX+Rd2nciM55Y/r2D&#10;lbLdFM2kodkuwUya9w5iJk1l5Kv1eCHlXW2ZoDkJh3rw7AEzVT7q3bgq1wpLiwtS3of0xHNqeGdX&#10;F90Rf5VmTb1/EPc4KuGraj1eOEb3+DCfKJ+N9/Wfxv7/bJf5hytl28vhQ/LFoaH57E+/xE8072yt&#10;lHy1Hi+kaQ5jU8d9//ljPtuf4bmMqx4HLHTuUiONYj38HBMasd/MpFmaj1muL6n1eCEV/yQ2s/3a&#10;MNDOEdbtp9KNq3JvcYn3ECDf+g5+Rgr5Go7jHU173bMcn7PYsjUdL9BMxoT3hd3XzUwVtr0cve80&#10;2YZIsjK2F64Xvf7VnrB82/pw3ROmK0/8UMvxQio+nuCZKuwV2DNQpEbzkhdrM6tBj/kT2/owMoTl&#10;mxjeaWa7rEadpXjWbrxAmtDyUW//6ZMD+wdOnob/zWWvD+8/tX+A0k6/trs8tpYuGjeQJiQaKJ51&#10;5RsbEvl2dSKqLK/vqul4oekoZqrTLxlvN7PeYW84P0pz2CszJrt2eS6Q7yjNnoR3aKKZdZWTr5bj&#10;BbIr2BY9gaSZ6TSbZMLMJsF5+W2ukI278l2imTT9p+kah97Sq5R8tRwvWBuk2SRtOcwmIaQr7w+s&#10;XCKLP5Omwu9U1W68EI4HUt7J0wM9wX3/FZ+7lC4aF4TlKEJHI8NYpqmjsvLVdLzgXPOn4ju7Jtsq&#10;9wxwvi8Qn8B7zHap9LpPtRwvzLPBKl33gOVEzLggH7JqPq0+4gXfBqsyVnD8Q4Xlq5d4YZ6PWN74&#10;vmq2WUk56yVeeNJ4rfk63zFZ5nt71VxfXcULznWF+gEnTvFx0XihsrF7JeODqI/SeGG+fdSrz6jJ&#10;+ws0b8HVeV5Zp7zP/Nz6F277YbnT9GRiaXyW5utqMl5ouruVnjvIewY0T+jO1qstwXnwrkTV2X/8&#10;ztY0vb8hcm30ztK7/+XzW7UYLyS87x950HuO3p7nNV0vHdjWf/QpWMs9QasFraNZTZinnaJ5mh9v&#10;34/VIMvmG2oxXgCK+ewrA3e3fhKjefDH89k39mFWm9hbte5T3pkErQ6XmdmOdRreoJXi4v3QhHLJ&#10;W4vxQip+rukErZg1Mfz+QcyDz2Unq/4dZ8QFiGt+SvP3c/RFgp/2Ym7LF7rgIxYebywtThD+NRkv&#10;0IzX9w4CS/6100p6FD+Uzb6WbscYJXK+1DlayeWKGSGWzm9xba7FeCEZf8HMYwKq2N47+AL53OXZ&#10;jNjO6u5pFeJWXl0Ycrf3d9F7f+WTu/biBayHtLNT1mXLkTZMDL9LX4Gx8Xm57Gyx9Wz0bra190Ni&#10;/k1lbxzG+lGL5bNU+lqLF/D+5AMz1uZ9RPPG57b336N308pnYzQqLWqch9861HPfyMqawHL3n37Y&#10;Xi65ayxeoLXc430Tw6O0huLFIWCKCBJnU8OvDMy0V+89hkzTjcNTJOv14YvDrAvX6Ozi8BRdV7zW&#10;VZ54p9bihfGWyTZam5HWVbzXNmrel1rfgdUbxxOTrVcSi7PVxdr2cugzLXe3TrbRr3WSxgn4hPcP&#10;ksx0fm/rzTZ6C78M8U6txQuyfmLKS5j3q/szeLuW11ks57X6YsdsvO0HmVPeJzGsQT81fJPe9PPT&#10;ynQNVGvxgrXNLvNdqHcPdoW+92Tzq9VHdNG3DvG+Na6Cyxvf1Fi84NxDSHjjiYmh9Z3li8MX6wuK&#10;05/IYEWO4vmLu2+wUD61Fi+kHVtKx98/eLaF7ctNr3bfkPC+vm+Gvj9TbjlrLV4I28DZlqdxvUas&#10;JpRpWR3bD+MTrqN24wXEA4gWqzUuKCFXwW/alaB3fOFy2lu78UJY50vZg+YxVrUcLyzHRtIrZGtP&#10;E5/ajhfUNyzG59V2vFDe6/OnyQcU8pkaL6jvEN+h8YL6DvERtR8vYD6Da/v0BDh07uZV4niePBWT&#10;r/bjhcm2tPO+BO5MV9O9yHQjzcV07oMkvKuJTEtlfFWtxwtdtMLuur6zTbiji2eB63e8eGqyNVX2&#10;e/0yJkf3Kfr+3e3D/GVjI19HvG+8AvccIVetxwtYhz2XHcvMtL9A2vB1Wi1tXV+ijHOLn3RtkTLf&#10;v9vWP9kq8q3Ot/CeJAfyaz1eQKywjeaGTNE7ErwG7E6aZ16JuKBwnfj+HdZ2xHdyWb71OyolX+3H&#10;C100zxxzH3n+4MWhqy3VNSd6Y2j+/mgmUzH5aj1eSDd+Eru79RppAs9+bD9VuXXYo7ECn2Mde2gq&#10;y/eA1ngMX/cU9ieFeS2PtsbjBVrx9d7WF0/h+xGM9RTNIzxKXw1YyPiZXP1nnCQf5jda+a4PfZW+&#10;gFOZuVi1HC/Avvg9JNYE1gbMH7tJ79Qtz4ZWwi5JPhq/JobzvqaKfA3Hz7ZUQr4ajhfoS/Mf9ebo&#10;W1MTFDmKF75Gx3laL35nF1/Dl8H2i70ngS8a9HEUA23gjc+vDzV1HCNNLu99hlqOFzItd2ie+c3W&#10;ydabrfytqUv7xhN03naz7V5b5b9RO56Yab+79c5WbGMZaMMb+ybbcI508ltlvj9a2/EC3kfETPMX&#10;PMwznxj+kOaZI6W87ykW9z1dJBu2jd7tI7iuvEprL3Baud6VSju+p5bjBTumJ7yZdnxrinqlzLZm&#10;ZSgVn9D90A6+C1ZuX+DKV8PxgjtOkwaMZS4dKP/c4uI+wZ2/iNmuU9nXdldWvlqOF1ydT8XfPTDT&#10;Xv53DlwZSh2n4jcO363wOva1HS9Y20vSWi1HaR12d3xcmM2WK5a/2lJp+eojXuCxujpjBRtHVFq+&#10;OokX6IlscZ/As0ls/krG8Ph2lPtdCNTlnpeSq9w+rF7ihWJjNUaAu+2Y2yC+I0FrOPBsl2JlFpM+&#10;2XaUvifm2z7NnxinN/+lrsXwKQdtvcQLxW2MosqDDceP+rNdUnRXuL1/pZ4V0jPSrvZTV1pxfYCZ&#10;Ks0drwzcq9o15eopXihsWwnvLt17ODlwZ+tG72gj7vl8/zBdb6zMfQhvvOVaFneUMScB3x1s70+Y&#10;lYIKy2Jjh0rka7yA8RuzSaZoVcVXaZ/PzrSv3HV+yuMZKu8d5GcPh+geQnEfVa5rlsL11Hu8APvb&#10;SHMO7ZOhVwbSK/hN241eU6flzV9LrYTNL6ROjReO0WyX5h32OeFHvfTMolSsT6OHveYgG4+eh65Z&#10;aH5CqzyVxtNys2JQuHyIvpI+o97jBZ57zCsF58w8gonhS7QaZBD7U0+FbYrmFtg16InuaFOxtRLA&#10;+y7NpIFfwA/7j3rPNiF2CPOsjvP6jhdo5mnT9w8jRuCe4h7LZ189dbOt8LieojVT3juAXsaYu5H6&#10;uqGPrxJDvgK2Tv5ioGeKZqpY/jgay3y8HVeV8+grfk+0nuOFVPxKYl0f1oW9ODzhr6o4kb04hGN8&#10;URg9FrXfLu8OXXWsOz6e+CSW8nZ2TtGVQSEfkoofabp9JEcRqeWNFZ7Be2L40G5oSpR3pc/rO17I&#10;tEy2XqX3qK62XEmMZWC1uzrPNdE5rQeJr3jMt11EEhhRRjMdnbeNR9nVBR8RHefx/OOKz/tsy6s0&#10;TuTpOkV4f9hajfceNV7A+5aYTXKDevbEaay/TP4AWxG7TXi4TyC/0aHi9xGZT4p47+zKZ69l79Fz&#10;SFl/stI+oFD99R0v2Otsnk2ykHeWXjCjRI60Adu6vievQZ+iuc657MnT5AtIw+b7kKhPqdR5PccL&#10;rm1gNsnE8K5O3GVy06PH+AbUuuOIMfl3fWhnJ2bNRelC5+R39g/cOFit1w8ia33HC9ZGyV5ptgt/&#10;f6a47XbRXLS/plWm4RPww1E++6CXnl+Y6wrLL2zbXXRF0byjUFwRpitWvjzp9R4viE1gn6HZJKWe&#10;Q5xrunFQ9EC0gTWi//QMrezv8pp/TDNVisYgpX3RfF6rQ6/xgrW5J7xnSe8z7Opq6ljfsX5HR2e/&#10;ueq4fWRmO5137Or6eDvHHsV9iq2nmnyBK6/GCwu3MVxvyFruuJ6cyF6hOex+WpXb/EJ8i8YL9lrC&#10;tZHStktxww48f8Z3JJdSvjp9hMYLC/cLjm15GbrquHSgeudVO7KWvC5y6TReWJqNpuLfp1gBd6SW&#10;Vr4ay2m8sCS/QDPWriQyKzjPwbXPSh1rvLDE8Z4ihWq07dJxTmkfpvHC0vxCpWx3NevVeKG0rdSa&#10;7Zdqj8YL6hfE12i8sMR4oYbuK4iv0HhB/YL4BY0XNF6Qaw+NF9QviF/QeEHjBY0X1B+IP5C9xgsa&#10;L2i8oH5B/IHsNV7QeEHjBfUL4g9kr/GCxgvljhf+VeJnsQ3e855u1YvBD2Lf3DeXXf3fL498+8C3&#10;Dvzo4LcO0qb7qsThmwf++NTqa4LWoAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKg&#10;CCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAopAtSNw&#10;IBaLbaDtGdrSh19/vcGLxT5Dx3+ftjn6Q/6/pu3PaHv1Cwf+4Yt7OY9OYzvo+EXafwonsZGXzS5y&#10;vBCabXtjseeo3K+ZsiTL3jW/Bp6QYc1zuR8heS2RJPeuMWk4f422kzjw/+IkdyNt8reOjp+lbXvs&#10;fUmifWEZHYLQYRSHTZT7HG3AYc1ei8N6SttAG/6eow3H/x8AAP//AwBQSwMEFAAGAAgAAAAhAEq9&#10;P2S1XwAAAG0BABQAAABkcnMvbWVkaWEvaW1hZ2UyLmVtZux49VccXbPuDC7Bg3twC+4JDAQbLDC4&#10;OwR3DxYgCcEHBncGCB48OMESHAaHBIJbwgR35pLznfec79xf7vkD7l7r6Xp2V3VV7d1VvdZuIAAA&#10;cHnAPwP+QBAPuEChUH8RiQ8ADBACAEyKGkoAABAAcAUCyB70D+x/jHBsAEACAwAwfFD0/g8NANAj&#10;iwmYPEMDPDgA8D6A6QEP7niAICCA7oETPwCNuGf5r8+A/8RfW3UFAAD0gL+2AiC0/7B7CPEwwmWf&#10;gDAAj/6DAwDcIACA9YFT/cc8XPY/bz+I/+ZCIADwn1j/rWd7AQDovPjfPM8G+lee/4oPADCC0P8r&#10;PgMI978467/lxQzC/q/7/x6jJxtX8p8c/p3jgACYp/IAwO4D/tmPf+z+kX/3KEZLU5kAjwbvgRKA&#10;VRQgD7LkAdM4WA/Xn1rTfwXQG6IsD6gZp9t7mGA4yGnIAQB1ifi3VpgPc1wPFSNvAIDU5y+AK/aM&#10;AQCAvDlYQU43wPx3LnZO6sDV18SwoKKI5Ysf0hUKkR43Xe1MdFSi0RnWcWzsSjaxMZ1sgyukBK9+&#10;8ekTf2539U/VAdbxkPQndNooE2PWMSOWURe5F2am5+fhG4SGvnkTDjLtN4fSwhOjt9uBeZmB9qWj&#10;iMHitqez6Qm/rov1FmuWaysOEN0DzLN2PRXaP0IbK2q8UcrObWfLWzH7++5RYJP6RitbOcfyzW9v&#10;EJChZMySEigLvqoamzJFappqAi8nH4zOSMuYW7K+oFHX638a+iI+1e+7x+219fm/9a24P8TAlDEh&#10;fe9tZIdEsrUT3Z7D6yMsDKC/36TGpjy4bYLYGC3OC8HuNppysW6tFOZDsee4ZvyqZQrYIiSGau4I&#10;Vf3oPh283yV8DgjMeK39EK9RX76NTVqP0WK59ZpE9NgZHL1EgbUOb98NTt/HFc29QVpMO5fx9W3G&#10;Qv+6J903iA/Wdi3bj7aZmYz/4WcoapzPh9vf6lhJrz/rUxNaXOp8djR0GCIVNUTJ9rBCZzYXsOgh&#10;E3hYkks0wJggb8ZBDc2z3gwbMOyg7FMuE7QgNvv7H98QBk4HdAGaDiriOYr3Kbigq7iHiPp/V/W/&#10;3qz/b/h/1dKpIpad6859opFWKK7jSXg9SnSjZclxdszk92enxp5ZxOSC6zu9Fp9VXPDVG0BXNuZW&#10;epwYNqeO2XX+7KTvTQv5jutA/gqi4LY0Ufd26end13nfg4tpPXTs0OfqS4j0iAfb6R/X5xN+K/ef&#10;dHfu37FLX0jDS+ScbibV538T1e4h3C+y3EKkibh5broFHNUssJboCjralBPdZyWkXY02TpfqBfdd&#10;pxAeub2zyb+7iZDxdnYW+ClNp3aFY0BVtbQ51f93f/z7K//bIDWgQPDDitXcfzX3VWS3/37V4WFM&#10;+l7YrZLeYNavPM98ugSF+68CNamf8VL1Y7z8bVu2v8HGxQj2O0QZV5yEz2MgKDAfOuBRQHWp2ll1&#10;30NzaP2rB/iMnCTXrCLLNFzTf9/M+NBNhr140bYcft9E33LyuCje7saYA1ctjddo6WNjRVXVj7+N&#10;K5IWuPqI0ai+8Qj3JwE37aVvePqvlbvlR59xiofv3JqSFxL36ZCU5e+7R94THq34G5zfM6AEdTyU&#10;ExlW0T59cKcP5muij/+40Ca0dSnt8CTmBaIGVZt6YJbv1TFFjXnXxfY76GIPhX36q7Bx40e1wFvU&#10;KS/M625k2u12s001bOKasO7QCprG25SzL3XzA2CNOCOaaLuPRluRuAsV+n2JtDcNmx2bWqkc5P4O&#10;9yiWtxGxQlsN1KSqXg0KS17vLL+8EJG4h12HuiDAt8dYLRU6GTA2tTGy4j/qW2LkUBd08nGSgsN0&#10;1lvdAtOnMS2QVQPgtypaCz1GrC7Kt6Io/HXiFpl9fkoJypLcy0i0nfLyDwHuM68zOtnUNLjIj5on&#10;FDpReEk6mB+NINMjSX42j5WUZLGNCW0PyALSAwjw4DbwMlCNjz3O7oZdLMPCJ72iZ7ZfoCXhELOW&#10;39CqP4SkOO5Q2xsmrYFOggw8uTkKYHjRNmweDzyuvP+kLqxUBIS3WHeqx6400EQyoabcKdxQcxE3&#10;Uwl8xN1ClbEkxCQ35AyXV/JzMmMN3fujUsRTfJv0XK1EXUTXanJjTsy8nabMAAU/IEhuDFLeD1SM&#10;1D29BpCCSALEP9Ge9O2gKGOzGb16FEocvl+qCTHe55X/MiM5diif2W3b7eET2tLzxKIn0EaJc4mf&#10;mywGtx87dhkEdf8MO9d7pz2XvRCcy514pXojBC6/qDtTwmxekULvQe/oyG8Q92ZB5oxJcDfKzmNn&#10;YPzSi94KQsXoNjqlJ2molYBYupCKiK0j+hRt91Vd1tA0pe4+SIJ/Q7h3e9dq8s3MtzPNxbCNKwvQ&#10;88rxPV/L+u+oOsCSoLpT9Yzhtmtho6aBFNJ6mblaZJcTjwoNgO5RSP+tnZHz0Nnxa7DS62e8DBwH&#10;F7adNxl5zzm6ViCGAI+YFpnmvfigxAnj+XYX+HSl97eKkjFFiNFqO/M+SsDskD7T51nEeHa1ktmT&#10;pjZ1wKRlQetPvukdUqCNpoRjiGppPXdXjWPa4PH+uaO4X+FxwEuEo52lshhmQvKHNe/y+ZeBslv9&#10;DElR9EUTOnax93rIX+Y7g6HGIyIQRRf+kmBD7vX8av+vH+n4uQ6fRcMGEBNEKhaslb0b1ByhWt+c&#10;yHoJx5WCXq/6/OSrzBG85p0lrr8dYIFn9/jCexeq4ImsC0U5UWvCuq6KL+6DjTi6DOOlzdYoItb5&#10;+5oXS42+mtGI6axI5yVcooY/r5CFo8Gya92uZFRBNNU70De1nKbMfxi1dk7pkiDYNNoktRjfeSWt&#10;CT9hgB1UmpHTzAf6vpAlwTR6YRLUk5KLJyc5AGHZxNseb9b9V+JfbG9Ex3yrSLRr39U9N+Lyuq0k&#10;r/lXckVthDFRNEFJrH3TIt/iwz34COZNf94lu1nOY8YfyKZBjV/qn1/LZehpt6216+VCE8I+SfVr&#10;fDgBnjO9Jo479blthcxvvNGcbnegqlbUNUleULJ7prr9bQbr6LNYDDjPpjhEH3d0420LstM3o58m&#10;SjcNo8vsWSf/ioz2EiPMCcfo3nqSFQyDk9VCPqtCj57T4DOJYCvl7ST6zJ/lZRak4SbFDWIR1f4y&#10;avT07ufWFFo6+VrRf0Bu/xbx4dS+vMUiO6Y/FD5vLIoQ16SrtwLr2Iez2nveD9EO8cuwz6oMU5xI&#10;DUvQ/JSswz67V5WyrtFUFYzidRdo6gsUe1bkVjyRIiiOw1SCsC98m41uC6g3ZY5clfx5xHvRLkDo&#10;iBVJuZiljZStsnlnRMkmBXYdaF7mvO9GaN76+qa2ok3BqIFt1XThDR9DxPVrn6XFwacf/9EoMP3z&#10;tCs/HU+2eUGVaEXFMQJi/xWvUVWLsoRaPm1eo1If1kTLFazi91KWDn3/yZGFWgXd+7WaN3nwCVkO&#10;u44ylhgLUd2gZaLfba7pAk7ZxM4j4HlZwb0gJNOUwJ9Yca1nPh4C3gFB2yFwAR3EwfOQp8pFmzOu&#10;dZdK63thot99RNd/vj0/MB9OeX6JjkWNNqBdpfYucTmK3Wf/9IdPv7R5xYWwfuyHI/UXaKow9yyp&#10;r1wEuUFtVqezrJ8Oq86zivzTRA3OIbjMIwO4xc+owb+Y9k5vfGZka1ZicisHq1PgNLW9GpMXX0+v&#10;EnofiX7bQBv9ofo4vcqFnaYb1J04itPx8btSrW9C1dB7lDLwsDBITwY99Vb+PSPLWkANcmQWbC52&#10;23pPADHZaTguWt1RWTdNjwtq2b8RibaTjEnOpwCWB3oruhPodhiI/lnIPmF7ISaG7xhenzgsmlhe&#10;Im+OK6lVQWCOCOaASxtIWs3MnkZjsTl9Vaf3eX+hz/wSMtGuE88C3uCzjKqU5ytZ6/skVIZ3lRc8&#10;Lg2lo5kNUn/3jCPGt5P11+EeH7ZEnFhf1VysAAEkWcZMt5wL6KUoCNMo3pW8Csvy2kjZn4mgqsrQ&#10;rlZqlRjdpnMRNutkQNs7+uCfGJCt/N26x1a3GkX58Zf4mgdJfYORyrNbTTsTDk69Vf5sMWdMzvLl&#10;nL2+4FZkNW7076bmnnbmEWBmhIKiNXYE0lSvt9MpVZycgiXCi4fodRkajj2cGqtrJ++EEEmKVrru&#10;rcf8knvMmbU6dA6q4+jcsksCa7zJ5j6bFSSHzzcSbxZPGEG3DeqhLH9EtS2u+kv5RcIDaApFPAQj&#10;v7LvYUHTSQrDFKh8G7Ryp50nzoAlAYroOc+qyPezvU5kt7VNMAW0eGt7QStRSXbkHd+RaR/6iWCP&#10;qYuxsqLNMImBtPwUarYhaORpamp7ozpbCbW+leeW4/yjQdVRlHHcXtBLQ6ge8GT6LT/C3YP0REfz&#10;9eORd1aNZ0WpJnq5c0zyexmS47eNuBG/92uh1NA0rulg7xzJGgonA55gs9vXbWLZpENPtTQHSqoX&#10;SPfbQGAz0tRBjuvnGogr6oFA7kuXwCSB4KzLYfcKGU99c2B+9BVFFHmQf6bV5/F4V55POXywG7S4&#10;rXAVTlJPUSoviFDS24PQfJ8+vNYU3HVfINlQdcIxtt62y7Nm/Omxo/I36tudIeI/TT3A86ucz8ob&#10;08j1jQu6+rvhIpFVY3UlaeSES+x7AfhTOFe3Wycxj8mp3CodV9uRBfVyGlKJ+6+qC0abEntO4cfX&#10;iT0hPrkiUSsOEUUDEUcYNEqO+ZwFI10Xacyi+Cdsm3+YGXY4UcqjrNVxV7F6BZJo86ozIEHP7Fiq&#10;cIHL8YaJ/LB7xgm8DbLL1Y/+4l0qVz/Ml78gyeaMtFX9j5shEVhcr4dfScnyHTPxhaT/2M8dgto8&#10;fEBTP7gsK5J7FmIpCyelXXVg26Xged3ZIZhYskz4FjNmerK6NhK1i58SjCyzAtiLl1hC/RYoBjTS&#10;fSOgIvKunrHD1ym2N4f0VCaN7HHzAO2zlvZj28nWIsn7tXcojHXsGYqvsD0rfdkVpU6xFm75vh4B&#10;TMYXiT6dW9yb2Ko/zaIvkmzRFh36HZC4TkQeFKUp+OKC9aKRpO5akVKKhu4aODdayLjp9lijtpGX&#10;kdoBc4/aOr5Ob92793LylVpqZFC/XUBXsRnOyifawilNv41h+WG4apV9+YYNhmT1zcgc7t7dlGz2&#10;6JTBrChByBgUmPV+dJ68fiNEfkZjtP+ouCkL6vaLsWJ6D49nrUFg1XTFUilwvn6G236jpWLKoVeL&#10;mdOxYAK43VmMYphqR4sR18XsABVctXDbEaOzRJyoBlVgsaVE+qOfUhIy4QAL1kfIkZKlpvL32UkI&#10;WfXArkIR3QLRaUGx1I2QquSjSRdbaf64erkoglIRd6rf7BTQiSxf4kdw3ZUdIRIUv0q4wJISm8uQ&#10;bbC7dCZBi9acNejJ5qWeWUeUjjJVJ261OKcZ0r6EhazA97xhTXbf97FFcXn39mVZKLDqz4nMyQ92&#10;ocEuqi75iB9+9sOYAlj8PEUu1CzxRSuYix8W+J1zzHMd+3Ehdh8bTEEhCMtyzRgn5vvXdpdPoHGN&#10;eNTMAL+tpjd2jdbklqVv6FAdyVP9H7SqqwhF0KBmqJcGbIyLxhOkpeWIqcujigwDsHQ32pUrzcjR&#10;qr75jtb9Q9olPq3q6e/9ywN6kgPiE6CMH5VDnpIkuX2s3YXhFIszH3WD5Ya+17hMRyI0f+1951W3&#10;ysOgM+ifh8zexe+9QuZHTQ14zKAKFVC4UPXEvQFYZbKraU3GIPi2qsumKti7ojDJ6dSNc+vQzq0h&#10;I0INyThgXLdhke17I7ooZrxcp6yLIoikFHbIoEzHojGZetf7bLlAc3YpNvEVgMDvXB+71SKrZ2H2&#10;KnDKErqbr2rtoNRY6OScQNOyWBrCvk//JFxdZ9FABFslj7bJYZQTCdq27mPNmizFKvmSuiFuT48S&#10;RrjVPBqk8OvAXD/YZI99/GKJYziFFwbO5UkmIrdKo1lfJ2ji/wZSp6+UHxfZrw3PnNipXRdfK+Dx&#10;7FZiozLgmR8BJL1OIuZkmmaBEKTYEfkRFDe+XSrf0Kv0QqCVsJ5kFSjY7HpHB+Sm+q3f9UnQRntY&#10;2QyJ0Z4hOSa0SCkI7LPGjiiHq77VjNA66rwhfZcUN+38Ehcm7nizDQB3OlV90iU9o270oArRkF+H&#10;85B2Q/pMy3AoHZZqf+jYm+nusF+XP2HgnVsujwKkroQ4ctQZdDngAzBZ0X5oAIQsEDVA0rtVpQJe&#10;mxM9xNnT4im8CFDowrLTws4fXaLiRkmgim5euFj0NfPmSTJ+q5RWZ33QuSWieilEfb5mFTeFS/WS&#10;1fb7wsaMg5tAFiPVZnzKefKerzS7mTNoMTxFtb9doWOchz0JJzXi9exgg12p6ZtWUiV3Vd6hKZD9&#10;4xlV6/KXPdQlDNO2gGT0kowglYmLCYPnOWzlbxfJeo7NQycIafoBtl0r1CsUr+VFNVfHVVHr1gWs&#10;UZVcyJ+uZEqOOr1H6UECuQsavI5u7FGgEAGoXbzsXr+m84JTpa9UfNWIL4EOd44RtcGO/pkzASds&#10;AgmbKMbjyTow3HTc1jdzd9J4OEqciRKYaPjmhi3EXz23u3U8KThl/KZAdrMdCZXTCXnMsXQ5UwD8&#10;EI44k9EuNp3A4Y+b4xZi8fgq4cbLN9eezLoPQs4rWXfjFTdSE/CsloZUPLl3gOft2yl6I6ItAf2o&#10;hG5Dmt/HZ7P29gPj8XdgT03L1MprE5YZHpwqDq7E5725ybSbHySqdMqQqoY5lZon1DQ1hl+Hmwql&#10;GOxU1i7JlFYv+zdbuN3hvUXboHKUWx/50+4yj2BndhpZ3fAQL76CnLJh+iX9gqjU87UKONuCU+ut&#10;FxD2riLZltvtxoWJwMY5SrdZam3TmkHr6gtAiIpu3OAziWy0QCaUSdgydYxe3QZThnRgWC7YOvSj&#10;jMWw1MpUtrqqvBHHlFrntrmgFXvoiRxunwDHTzbnU3OqAS2AqjdkkSybNJVm8y7woRZpoU37k4fm&#10;SspjtcW3oLvMoCQuVhn3wUJ4CYMBbTZnIiiwVD163gA/940XMYB3ayb8qWj9iwkN/15sHjaJO7xn&#10;01RclPpifrTL1BC3W9Jxm0fF1EumBaNtK8BsvNTRvSfMop+DAlIP+EtksrBtJXatytjVEh4OfCbS&#10;BM2CnCPlzDX+E1SL/T5F1naFcUq0CrcvRXuuguurrhyrxMqWzmNcdfcMgHnytLiDHr/ny6hOXuIU&#10;V5WqjWY5ruOcSTUIuuiEk0pTBFdKZgthbOU0A9juC9fvOJUWU+NvU/1TnuGmin5i7pxgZVYeGWeg&#10;YteBPJ7J9w/XvVimczCs4sUQDu/jnz86TBuqn7IXyiKGQCxvYjMCtAuHSAv3zmgywb6yRRPPe19V&#10;DlURt3ZeGLx4Xk+h1bwHcuBM6H86TTWgvOrKzGUUVLlHfJCXcF3GNbbDZeDNLc3JEY/DhE4LiYTl&#10;9sJVE/Z5SHFnX8YHoD4b3m29MYrx7swsf3WLdPHELXY3LVo/KLrXPHXSq6pLwaPGZ02+iOG+Hq6a&#10;diYIJpUXtXvSGca6/ZU8v+wRawmCqrerUMC4cjcoXhNmPhWoeiyCGL3E1Hf9BO/1GzTVlqp11Grw&#10;cp2WiSBwPDaPG97m3D87k/tBBz+XAL3uZstLr9XwxS5NFhf9FGPS4tS4ost41lz89Zt5jtnowlYL&#10;NUxyJQXq1V7/lkHJLFIp7eIINv5RXouUMye8wZBcEDjfIKBaiZOPaKRt10cEBspwDuHnlbuUj7+D&#10;wGibRd8Iv4dWJbXeS8cVZNNmkn4UB/CcRNutLMVLWq1S2KZFFa9gVrTD7PnaVTI9RgtTuEankM4p&#10;q67tdaAGW/3I74YWQrovxkuUJwuu4qYi0W6GsktWvDTrOlmJEWLTXRdzcaNAFSt0aI1RiEeHg4Qb&#10;W1zzF4VQI/FznZIQFvLsbhisQ6th3Y6ZW7dZJ/aE9iikFrtSUdWZPZxHxAHvBO8kWK3DtCah3SxD&#10;fQiSa7T7/keZ5rJC+CbaVunvlARUuNTVobNJmbtwBQmTXvk8jku+ZYY4LAloU4+ezgw2WiYspmDb&#10;rmHV4Gfis9ndKVHcEMysjpjhgXq0N/mxflAO5IZEE7gkWA9hEwROcelmMr5qDAixp39NCZ0JmdBl&#10;9WuFrzxC4Ood02wNbaWgw3tQb0GBDNh/3IXIWyKi7mrb1j7DohsD6+pJONulboZTyWhDzWjHM0TU&#10;Mj+uKlvSPYGdMEDjV4rMu7B0VDQzlNgc6MNAVL7VrEz5BX8ECfR206lpRoUXyMxcinXVcLR4quUq&#10;FhKHOFbZ19u1d+rRZ3E1W1sxd0Dro09ojyGzY+o0JZJc8gLhelo/OsqVGL5/P+IpUcAh7GjsRymU&#10;3h0f8MlqPY3wVRT74Fzgn1rk1hHJM/qoixVOc3qNNR+W3zQqjwsGuSR6bUCT7tGbyA+61TnAgQWg&#10;2xyEQGjelSPi/bUtTz8VnWwvJ63CF+ZrcxrpmowocRbkx4vP8M2aofqIA13pGXz6lx1mJYMB2AI1&#10;+EkYEXk/iiNNuOPFKUV9KvyEt18puEvRt0hqYbFnd2MQGJVpB1F1/o75IG4OqmeeLWBM8SzcfQum&#10;MR5EQjpPiCspnaVnq5IQ5Ef0yVVoJ+uv/etNl7A+koRRTL8MoIieMlY49RMeQl4mbsOvsq481pWQ&#10;MLSt6uK2s0srqmqj3uWhhTIaQTXu12iJY6IUZ9FgG8BBQG1x/ZEiQQp3YNEdW9IhqUA6xlJVgGR8&#10;duHBmKZSx4uaw6kNE6vTZo5HHqLbxIsq3tQakNboUQAraJH4DLnTcz14fIbN2p8pwT0KdvpJ9II/&#10;l31PWGBK+kVKbpD+34wWXNEmtCJQLAFjtYaAIfeIfZZOby7xN9FTWWym/alz1euBMt5x0aQyspsE&#10;QSvqaV+xvPGNHgp3uiDCjk7ML0kK0Y4D760nedMmnOuVGYUIoSGuTl+csxYabyc/ksXBobYTo92T&#10;H9heThJAL74OYybQpT07/yLKo16kyHqzvwN9MvHJs+oThxcgVGLsjzG3sa+S2sXEp3qoj3VZOa87&#10;xcGeigC36NZg6X73HXXJO+1YyFzMHeRMwBxgrvqOK7XtKuJaMFzkprhTuIuTW1q5V67WljX0uVOr&#10;pBYkdCYI2pBjilyltauno6yUml99ST60pTiCr+eUQJKHL5CvkpVQ7luJ1WzvEzcCO95ImiBK/nbV&#10;syZdMQVg2n9eKDdhQdts2C1HdAipmCRLHT+B64xus5gB/aibrdq89Rryfvinnl3qD+81NCQnQfHG&#10;4j/h/olVYCDXeF1xUfZJ9ho/IMhVWrduKavN5AuoNMAosm8w4ynCMqCMo2Jkye+Y0aS8Bh2dKEyI&#10;ABOExwYkZ/jomeB+juhjrTE5SBN5/5pnvVu/i+hxwxWOCl0mzkj//Aka0lPiV/21tkRur3tew9Pa&#10;C80XaLE7RTtkR3HHu52UkrsFkok5llpkNyW/uMf1LKJSwN7hrFF7T+c5UYc+jU7IQVcx9UgXTet6&#10;01zH91K/pQiptDql7hGpZO2lC+X01UUjhi78F4RayM8vYW1RydbMEpZPHm9UNdoaUuAXt2SNigHF&#10;QzMB7qXvPgCnVRxCPhDNLTdkvvensBSa1iORHcQKDjnkY8rjwhU1BgRpIDO9R/DLsjnVXvWF8p6F&#10;MjvJ2NoRyKNjkH1dwch5lPGST51HFgM965K0BKWQe5A7asrnJ3zBl/WiY4npEc9Fs/VQ4xB7lVhR&#10;ZQm5BJbQXkAKLU9WSyYXj29hW6gE2RGKSsmdVkjGC7II1dXRzRx59ZqGLx/IqmrJ4uniWSXTRKLJ&#10;Na2CLFsv1Laq84Rw/mTOTyw4uvN/+GMvo6daPXNNHOEVl3wcNI4a07ACBAjb/GSn4LrHiDuRj8Ff&#10;w+nFqg2ab1cuMF0xdRgi2uShzcQH5GlN/hyWFd/DO63xB5tg+taPYLxVg52PM1e6qg7tAmDL3fK+&#10;4jwZYbzm9ksRch+7LL6XtugLmNS+YWDiYqIVkhCDEyeJYMVzslPu+j+n7XrcNMahTG2b8cIIPdjP&#10;jgk2txkNmIxbmuSAPblPJztlFH+RUYx/1S3BVHehjrSQyzzSlVeL4q1i/96YOn5fkeKgx6FBlzFP&#10;jpYHKGsdeqMjI/B8ibUAYjfR4OSn9M0tm8Q1vIdkIhFRns0jPKHHz9M/UaWr+GvC6nSOjGMBD0An&#10;FpYfFCm59FmLNCkQQOheHsqh/H5NT5HQwIln3YUGXNunu+AYEWJE9+hZpAEr2S3JrtbtOLBZgBDI&#10;Zzn8yo9vMEFOLcqoVs5+b5Lu50++nzhZ2wjnp5PJQ7FvXQ/CXwKeDc1c+/9NYz73Y3UiKfsKl5ii&#10;8re+qMbS1Z51VapO3/7vZsMx+YXqDCMS0KTBAAuypAV3FZWQ8ccqb+dcNu8mJa11yFhky7l80yxb&#10;BX+6jw07gntqNjfNI+xiXMbbdbbuSZx1JL8weMqWC+RjcaZtb+MBUsY5Yvz0/wbdwNjyjG38hiYV&#10;aLWCsQTksPBdarETumvSSGi1GqkI6pV0yrF/bvzNMG4tCyXPvY5qqG5ubY5KReXtPyKbYXHYvYHY&#10;owNUEnas9xf/VCelFEnuFYmkqZGNqijeKd213LSZnhpJaC2+A5OO3lSEI1zcPa2/fhxl1P46hgvM&#10;E2/DtbdgL+FeskQRePtX/Pqievm7p8sp68rpbOcSCR+5+0Kz5TtOgPFJ8rKr8ItAXV7UAVmwvMiC&#10;BAyPWJYxlt97Fwi8XyMP30brPtHr6tq4GydBEDmnhu7/Gc7olnmqZ6GoxZ6bp1dRuTZj5g0RMlgN&#10;cpCSMM5XezSnKkp/7fey1fOZ3UpRUV9/rD0vbnShDB/9Ua1OJAOfYEhHuOfxWwxwq46otSwz+dk5&#10;8Cez9IGGvVQ0C3h44ys8d0HgSFZxTa/kjoQF5FJVBxlbMDr1OIq12PQ5CnMPmbmpPb4LNoPvz8PJ&#10;2Fs1rysioOW1ceql8I3nsYtYYh+2NLpmlHM3fry18aocpKTLTBZJxwkU/kDw6viFpYkTnDJH7eot&#10;jX1bz835WyxwpT/GsfjMNxbJp6y2jpHvg/0kFpjIYu5YDgJQJPmLVRvieJfx3KtUR9JP/rievnxx&#10;5/3KgKpJ0dZFdb62LM+t+vv4pV+a6meN2++QReWe97mU9ctO1vc6Z3rLTNWkr7LW2ekLZlAueDcv&#10;K3fARyskAnGRPNztAn32vftcaXMYcEqm/wNIILffV1r/YykqZGmDCYddVp84fiZ3RGEusJUX9cz/&#10;rVn6TEnNq2GYC3xVgyx1TjpoaQTZ1u9Jkr2Hn2nIbquIJVS1zR5qoycYcdNmYfuvEYwWYgou6j2F&#10;1gujbzipMMcpcNpqCJLiGecHmOP91gZGzhRGhZ60SbdctoJYMuOgBW66GG3WvP2SCfBTr092TYbs&#10;torwXBI2LpTZMxtzqDlQYjYo//mSkleNcpv3E1hvki12DKcakHhz9sLGCkF+Zp5zYltISkttSzJ/&#10;fq62eUzCanE2Ggij/PYj8Mw4XmCrR+J/aJP9N2mn6jjZDG9jE+QM5U0VyE9gpED3f1Ek5VeFOKmE&#10;LSBqmwU46haCMRcY/Ai8i6Txxqe33LBbe5sQI2gkJYhHffO5qUJb25SW2o7Y4y7blCuimxzxnQuY&#10;YAgWfX8+61Yd0WZnwgeeLpwG6/8vzWm15nPTBA0YlB9ODfHLRpbH/JAlS5uZmHOW9jxdNiL3g6/1&#10;Wme8hYyUlC2peG2zzMwe60xF/NcZJ/574+6lz00VAney2F6o7i+gs+uXksy8ZGXPrQW0hsAlsPg4&#10;A6AGA1b/Aw1yzmWkHibRegpWVAZ+HYfczRWYyqF3hixZ2oyECsbxRVLymTEhKIuZXrnTMGT+3cre&#10;pDC6JUttTzjkaHAzRoMXs4sUux+JCDhzgd9sPRYoV8j8+rdG3EU9qixZajVxo5qkJAMcNsstV/iU&#10;IPCtDuF85IJRwS7Px+vd2G/D6JYstT1xCULKTfxMwLtC0nKkwFdTGKSua/WZzkS869NO/Jgv0tZg&#10;S19AYnyBTcl6N6tC7CYtFoIb0bbtgiN0a5ZsLVmyZMmSJUuWLFmyZMmSJUuWNiOxW2/E9+KVTIOs&#10;60bYLyLh48jGQHaeXue18bk+XxZirZ05rkFb9HRZRQgfr0FsaeCsnXTnAc6gtnAcbYbIP1Ue/9No&#10;t3cq5fjDa934wEkDN/4Vc42e981hnbytuGPRXH3seL/gltx01P9N2on3v6IsuIkt8HT3B2Sd+J+z&#10;bvxP2Y6eR1yTyHpQ4777fi3lxn6bcf3USNdLpyub3l1kScTNEOlI7LCx0d5nJp3Y79lPE/61mnBl&#10;UwMdpwY6Rb18o93hhxQRGK8ZH9w4sSzlxI9urqO0JWUj23+/zo3vZs5FD1ZP0mmBBjewjJM4b8j3&#10;gvPVORhB/50iUD2Wxt2vwjuoJX6Lg9TB2N2Id/i4CnOq7qDwL0v5xE3+AsDDd1ZuN08VPoWbbAv3&#10;fte7sf0yrveSGuz9ZNQ/OHzc5oTqzrjxf6jR3xIoXlBef9wUHksAi12VAslQ5Xu36uE243HjepMk&#10;ES/jNBDeMyeWuP5Fqoe5+p+dn8c1d6RMM9SOI7hNXNebkXTix4TPLeUT22HVCK9P7NgPLxQOJr0t&#10;PBxrNWUi3qEC5cd4qSC9wseriW2cLHdxMdP6NBLv4IjKJfv7lu27emkMALKXu86tOiIV9Q5lU1ix&#10;PcvkxfF9/y2SFx0KTxnl8YMcmNg1yR062KnNHeDPhn02oNVFvb+qHIclHe8gVK2AU4VLH+8k2/f6&#10;gcB0iQD8cdLx35bU+3theWs7bhelHgrLlqMR5qYK/4g6hUx507uATNnEK7x/ZZcNqXQB8RlzIFM0&#10;vO7C8Ydlyj+/rCntxDhga6aeL05F44fybERXL2LOmnRix2TVULKzaiRpMg1u4mLZZAc1KF3AYBIQ&#10;YXtxfIjSODgbiV8ikHMs9lCFf+Jxz5F+NH6yomoHpXumuTfR3BIbpEEj1USqdgnvU7xBDSu7rLfU&#10;bfyYZKRqh9wNvMPKyr6hQQS39l6SdP0LFQ4XwM5UvklJ4BuSEe+cmg5Vu3NtXyiF26Wi/g+VJttX&#10;OZjhEkmy/yqcr3A0W0OS3QPgNbLOnCcp6aAc100Ho8yqxzMF2GuS7HN340NUJ2cOi8R+lX+kN/cc&#10;Ka9/KZ0T2CLMM7Yd4xGkvE5X/OHpiF8vjXG96mgQpyKv666jLx3lQHljRW9c7ZeFoPxEz67KhLZU&#10;Wuo7BOUiKolndV1i2zIY0XuzVXkfaQDwnip0bn2wCX62Gum/uW0VOA7XCsANxrPF/0AVvgTJW+/G&#10;54U+gS8BnoYtql1OylBeHwtUc2i4q3vs+i2kkd4/Smljy61Q+p/pHQ7sX6j0Fuj3WAYoeFwzYhcf&#10;5yruXL2zPATQHAFyXsaJs6lqudJ5WJ9HABYkq2zJPwncz+jdhYr7rvKYBX/65D7GKbXRxD4M9nCO&#10;kIS8MExTKjh+WOA0YS6kmqZnn6k8H5CftMo81eUKfU7Eq586oC64qpr3VL632JdNR2RgJX7uUd6L&#10;sqo78T1D9ck1dRx9/WSdE9uLuF8ZMndDO96zAFKV8bIa+W1VBnuHjc3EIIBtElSUfi/OSK0Sz5xV&#10;juuU678g0NbXO7Fzlc5Veuc5dkcqPmDlAqEyc2OsG7thVDT+idJZqXee1P/DBZLRNH5wnJ2XpYPI&#10;VDhJaXLyxwKFU9nJxyhcjTh1rDqOpB4NOkHvD1Ej3q+0AKmA6Y9kZAzQMuJF7yxgfzQ86/8HlSbS&#10;Z5KeL7wxmliu+IAlJvbaZZzeewqUL8K7pP5lKSd2ngAzQb8XCCyLxddI7nQcI9WsMp+v56tBOUz5&#10;Kc0D9GyKnk1GGitcpP8mCGxLb4n24d6am0d+p685Ckf5Hik+KO9cwMrUEB1Y/HGI6wfKf0gysKsv&#10;VzzZtbEbuDKGuF8ZorJVIc+psTnUNKMwSLbUixw9okp5qMbxfidJhku+1JW3EIlGvODKOm97jiwe&#10;Ean6dV2HXonaqN9HkmSw3vsIoKlBL+LkNKW/h9KdJqnB4aRjZXPthy3L6bwc7zw6Gr9S6R+IJJJN&#10;JRVqJMQcTpcw/Jk0/YWNbnyO0r+W83Fkx/biemWuc9P7SOePUOXYdIrL8YnzFeapXBpJ+3sko322&#10;y0b9XcTHBM40Eh/v5BobVZ6KJPZR2fZPO736m5M3nNjvxf+9bFtV3k9xkUF6yypH389bDUrlRyfA&#10;fkRS1wlkxgdS8ZnaUr4TOdpQ776qcv2EvNA0ir9I+c9Qve6ekf0oc+WOYL+2qeMz0Co1FVU7qp5+&#10;in3a5ueUlzrR6Kp8bhdYqcr5D5UgKXFWo5uYq+eo9PGq3HpV2LuqsM8yoU2J2mOjG9NIquTT9O7Z&#10;kiin6J0aVA+gxKar3UIg0X9KH0/pVwWKA/IvFuI7h/zzndG38sH+m690ZpuBRHnvXfV7jHj4FEAV&#10;nuGeVuOpgV8fFzXTSFdzOBcSVs/YLvyWyrNb+KohVLvKxMnCM3Kg5LaNbCSxg+l8sveSbkw2nzdI&#10;7z6g30zdPF4MlCrvMQCGjXYMkpg2y0QSZ1MfChcq/mSBmpN0X0bbkJeeH6xgQAnwTYeISvq6vjqV&#10;ORvqUUnHOvH4T2mlfRkYYXMS9ytDOVCqElalo/ELGEnT8zHU9Xz5SDch6eZ/qEpcrobgpDQzJcQo&#10;UUBjCmWGVPA7+v6WKvV1/X5HEnGxOWtbDTjS6dtZ/11jQM85mpK8GmYXnebBvmoKSm9XpdOodD/R&#10;wKJmqEbA4euGuM5N7796T2U/JHODwNVV7yJtOV7wFTXw6hNsVw3iukD/X/p/qdJ/iwGSGfFL2iuN&#10;+2V2mMO+9N+bCm+oTj7Su0rHkw0q0BVKSoE42b57B85c17MnFXeW6u1tlQHT5y3qbXQ0wXnjL6Bx&#10;4EHPDSgF1JkC7H7K//9GaAAoANdK8nIO0Vyp89n1XOdseImPRvoq6ldnM18+KFVRlw7r1MlMnptG&#10;cPzbVMnmhobQPluEikN1Z2WkU/lqCI67uzXjJo5SZR4kgA5SWm/yPpKS+3QykfhZeu9DNaSA5p+d&#10;f14i3tOocgYM3HggiYKUAZRzDCiDi5pS4u1Tpfdwbd4+FAYf3KCm/2eZzVOyabkmRcCRpDQHf02r&#10;jW7bJ3zdvK93z1ZYIrX+OlLXnAVKB3T8JeL7OYHw3wLCn8Xv/jJNxusTqfp4PigV5opHSf3EUdil&#10;+n8oJ1cIWOzNZiB0sOIdLn7G1Du+bOD4S4WgVD4zqS+eDasu+4YZcEb93yjPv2Sd2GCl8xgqXWku&#10;RANt1GvrSo3WkJQy8nMrFGaawknsJXA8JMm3fKxRjxjjsT8FoPSPU2PMzWpEK0lzBdMqirO1pMax&#10;qsi3ApsydjmrNNkO5g7vx9gKqoZ4Vg15Yk1w5w3XjFymUXQDU0vDK3turYY8Re9yAen7SXOUYK9e&#10;TJUo7/nhIaE3Kuyh3zsr7pH10fjErJ5rhPoa+9eZquKaFL1jJGWdW7X6ElNAqTjn6D8NPvzXsIlv&#10;EN8qPyYKqnOyeP4tKjU8+3IMnU5xnigEJWljU5KG6uGmWyr6wNs0eONMcv3XX/9lRjlxBksvFwMl&#10;o2/SDGxZAVmdhLlLzunEFmbAaC5JlcnRkuXMLzwxQFGlvRZIQu+q/Dk1vqcj8eP1/PnxAqW50UqV&#10;x3+SeAwaHhegNPpFLUv9mNM9vJc5xjBspOtMOpyF4/oXIy01ulyq9GYrDuruBX3/TGCVavZqNRLt&#10;p99nKh4j1s+U5qlS6d9OVZqbECbqvXAnn/eyJPLj+uRmWqZ4mL65eBi3uaozKe75nO+pcr0tc2T1&#10;GfBGUgpUlEP/zcpKfev9iow6j55/IJ4WqJPdpbRu0O/byYt0ZNs9lXR6/XyYpL7KfRG8KW9mI47L&#10;djanvl0+xhX4zHN/nN65QuW9RXl8MMHUg/d6blpHNuch4ej7/ayAyoBNgx+N9OMfqrM+KTCONSrb&#10;8Z9WWov13kwktynAV4WYJJfaeJXN7oCyyQoFAxUakjlMDsByY4fxnB6uijwTYAmcrAQtCBtquiTg&#10;Inq4/htqEhHVKB81lAYR/mNqrJWoJiSB4s1pcP0kkqihU08XUApw2HwLNNI+jbX4K7p2/Q4OEg2O&#10;f7V4YbC0AuAj3RVezka8SyTdzJq8ud5FwDFpu/70QlCKt3Mph9J5L1Pu72SWNnG+cCSBzXZVVrUw&#10;NfynFP890pFEWw1K/Yd61shedrTjHwvPde62P9V7kvbMMfqLFRdJKhvbf9VcW+IyKIr9Hh4Apd4x&#10;oMxNCenzYj2bpnqZp+fMFS/Ub3hgmukMbmYzBfiqUO0WPQDdsdiCGamNYkd+YDcJIKer0s7OHzig&#10;slXhBzANpIq8WI10utI5Ss9OkjRgammNfcjXyt5DjbFiI6l3vvI9T/GOQFqHr6iT9NoJ9ZuUymYg&#10;wlbT8C+zRFcrqaF0/ykgnQ8/skn3Y1kut0YOyJTuzklsQ9mk+cdVs2wH+ImncAL2rHmOJDdH7Xkn&#10;j3ETAp33HzPJHVwLco4k6eHGla6s63ey5uJU/zRMC5ZjyQ97z3gYSXIq3YvUWS8gfXWOv8hMwUY+&#10;DolIXqkO8d4ydzTY8k+kXlmxquuQkLaKMYF/iurjwpGkoToSIH/HNFmhL4IlS5YsWbJkyZIlS5Za&#10;QWa1o3v3b7PKw/wlAQeEcO/MBq8whD6P386lSWAqh9Exo2fWrxmVMgD5Ihr5xgWvfZ8OqrfOTDnh&#10;Vpdzk6OM3G2ZX3YC5SZekIKlZomRb7aiagfc/pOuf7hGlEdohHhM2o0PbO4y+PWhRk+jXfwmzVqz&#10;d2TaTRxppkccf4CZ/zQ+iczzeQdc0tp7YDYDBc7A8ZM16r5DoY5VKSa/Bw0s+3q2oz+AkT3lxjc1&#10;o3rFnyBd7v+GO8K/UiNtJBxgwgmADU+Fe1+YqjD3+Dj+zjgo8IwlxyxTFcbx1b8m7SSuFYDqcF/L&#10;OVGsjZB0DVzAFKnaGy8apB/Pa3o5W5rVDMe/ViAcSkhH4udwerEBqOM/m3K4hjn+74vzJvO/KMQU&#10;T8aNZ8J52BnJqHcIc62DvLJvpisSe2WcxBWmPt34ZerkuPtdnXG8vxHvywTKdqg/NoGhCnJzdjlS&#10;Qb/Ospl6bF3G8R9Qhf0Dp4vwb6NOUyzNRbyXBYzMiPbBjWOo2Ppozx8DwiRuZJH437Ouf0Km0vuF&#10;iSjat6zsa4CYvPF9DB8bwvs8E8WBwXsE30nxsCvbEcy8XtT/cdaJH21WjBRwtMVTB+mohnpQcd7P&#10;uN5JQ9onyikbnjiF6RcSKhA+UJ14oIePi1E7TJJhnXq6fIbP1kbtKCch/G28m0IV3ST+8HIuncJZ&#10;xbjgPZ90vINQ2/yn+ujDpLvKeGY6Gj/TzP+qHrJO4pes2+dAyWfOMRiiTRtVz2O6epF17Chtadna&#10;lLgU9OtqqI5M4kr87yeVd6LAdWid03NAbmVmkNSGGqon6leV9LRU8CeqkLQAsm8NFyN13bYL1zGr&#10;196EF7gq7FlV4t9qJU31TkcKxvo468q1rr8H+2YmqPFJm4IHrmMxqeH4yclyf/9UeR+ftV8qD3ct&#10;VfitkgRm/VedYjAOu0xom3vM3d49kaDJitgvh3fp0dXYWuaC+wCUAuggwJuJePtmIvF/qAz717nb&#10;bZu/d4XGM65nlEWSlol7AeHoBrfK5KPGXEPyjOvep0O6Y6/+4u1gw7PjH1znJvqxiEB9hq/lkxp5&#10;py1NfVQkdshUVsX5jvME+ZAOQBuUd+Ou2ffkxoeovvHgf7beSRwIKOG7pmOsO3UJnywwCJjHpyti&#10;RoswER8mUYbQqKmI74gwYftvumO8v7TWYQgUtfdva7r16lwofNZWtk2y3wfQCQy7SQ0MH+XG75OK&#10;fVkNP0tq4JWRbvxe/b6soVPPKrOfmdUB15sq0LF8JeDF32tw48/o/etYWcB+U5y5ema8UuoFIAFp&#10;JI2MxNGzPW+K9rlV74/HAYH8aQjyGBNV3jg3OP67yvulTMSfqMaqpbKV5/V6/iHp6nOx8sAlbEoq&#10;6v9FUs2tK/d3knQeknFj19R1quqHZDBLfhFPaXoCsjdVad8pHl9UwD3uOX2ORYLiomb4EEjgY6Sb&#10;uEvv8v8s5fHm6Gh8Cg7A2WjVLkhQvdqOFRTZrYNHRxP3KI1pAc/+KyOjiclKI1sX7dXkqpZBZYP+&#10;Lx3py4rWhcrjbkn3W9Vp79D7T6g+puvzZfF8VzJSdQ53WtIJGvBJVdnFiwElrnF0bgSHeBslYE3U&#10;c7ZfvCrN84TSGIuzc/6+KFaqlM/dev9WmTp46E9S4OKv6eL/YbX9DQLpTyepIwFm4zcQ9S5Ys2zx&#10;V1S+ycrn6nqBO0x645HZfVehnipGBcr3xexjKuiDVHJ9NI4X+Typ3bNwTlXlnU0lChSf6ftynHAb&#10;ov40SaQRZjnP9e5WhX+gRseLZ4FAyQWk4yQN9makrUINvquyr7nNSu/sj2RSPufp+6ejonGOPX5M&#10;lfCA3ntaFfIGvKgRBycDn8wP1Rnw2FmoPGYYoDHAUWepi8QPU6XPVnwuO90fNa33dlY6ADG80i2G&#10;B/mLyo+16HncgqvP6XrvWCQy3tmkSacS708pvYfgQ7/nq8Gx6cbQ2HRi2dOnZh1vjv5brPTYkjFF&#10;/z8pvl5XHTyrZ3sGtfs50VFqy72fKN3Jt1ZstwpnYtJVufC7fEblnaH0VqnOPhJIrmUbbn2Hvt31&#10;juzvAJQ4Y2CGqFP8S7zNMT6X3MHpePc3uP400lMbzmRpFJOJfFmKpL5vVMCBRPXzocr5nHhWh+O+&#10;HLP/aBi3R7D+nq3A+8nsWzJl039T1M5PKY/X9fsOlkdNgTYmobbSnWN9JXWuUGP8VxJsn5ST+F3G&#10;xfPZY6CAK9YDZk3V+Pxp5Eyh8LKJxEcirdi+QKFoWFXgLUg0FeZFgfWUVKeqagqLilA659EggXrX&#10;QEnqSY1xH40RANI7us7pvSe+jZKgxyqt/eoqeiX0/HeKe6fSZIPXq5KiF2FXYjvRqaSWDxE/M1Vp&#10;r8BnDpSKd4/SWKn/FqeisVGMzINRucrpemyoWiHQP4BURc1pFHuGnl+arcDZVgMJRrSud5caGsn/&#10;AZKqtiKxjZ7dHPAsiS5pyy5KOgNueOqAByv/rcPqXU2AEokuvu5hx6fyBhB3q0zHpcoTv9XvE/V7&#10;qgDEQfgzMFnqtoxtq/8FSu9j0xbRBNdVb8l1MPp/sJ6fg51Jmfiu8A5pIxxoD/JVZzwVzy3juiZ+&#10;lcZ58Cs+jlW9PBxqtbfUwXeT8Omhd8bnl03/mbKl3aojzdaOSJ8upkAbm+hVZj8HNl1E9kY0fqgY&#10;/qcab4qYZHPUWyr4XwJHhES1nktN+R+qwi5Mfd//Yc4mMUe3qBKNv6IkDXafHq+2V1QR53FqhWkQ&#10;7ETZmKqMSfgxKp9ZKryM+sSRZkQtfpBKBswa0StuUmG+gnqvd6BUjbFHzcAs4v1V/EpKUunePp9L&#10;So8NYfP1/GYB7ZfM86GiGiq23UYNIGAaL/ZFAIPOmazs9YOaitjvlfdf09EEaR6hskrlrb5J7UhA&#10;qcHUzUbKGTc1L018OgN5Yj8X2mgQoGSrr9K8B8mlOC8SBymNM4XxbIr4JyqfN5UmG9jM1mC9j2mk&#10;uhYo3cQBtBXTQtn2Vf1UZwdgh2fNoM4fLDX7ktnLI3BnKoPtHop/Ao7DBHWqi81OSqVBvmghpOVo&#10;aSAznSTbXB30jqD9zC5OUzZc41KRbbfHu4l6MgXamATQ6CHqcaeoQsar8Kju28XMbarkV1Qhq0HJ&#10;+8PZzGRuFvM/0KBgcG56JkeKdyWFUtwpzKWFjw3pmQEljSxA/smMcAGhG5+qNFcqX3YevqL/J0pN&#10;cAE9UqciE+3bQ8+H6515Co9LUuwdJrlWUCo8rDA3K1uY2YQwiiENitjQtcR4mkvKDFE+ycqq/dVA&#10;Sf2WbR2fYPwRXbYweCuR7nr/hGDXYfxPatD79Rv3NLbPvqG8J410/TrFPZn922E2q8lIyqhsX5Ut&#10;0CTeHYX7sNE0sgm5se1jdYbzGbwpj89BGUnsAyADbyA25nk3692J+v8W/Y/UfSPoPP6jAjxbH8qQ&#10;dlx5p+dG0puMQtLvwwElm/vUEY83e/CZHcEkUN0omLIJlHcpnes1NjiUI2fC6BuPOHxdvQ0b5V2p&#10;KfYaG+dUFZJbAxjEsKdGvTdwymUUJ6bZYvqRQHQufpImoZAU72ruatHng0jV8LEhPfsPoAykTMw4&#10;nBpgVsSPUR6jVMGTlM/TDKAAgfh4Wc9/V1+RSCivWvEyT88eU2cw3tcQvb55UDL69lF9VzERHUYx&#10;VBP1DtF/iwXCZZIO5xvp7PpP6zd+jE8pvaH6vELPZDZ4S2XrrRIQTyeuWS1SJ61z4xm99z/x/YTy&#10;nqnOuEJgmE8DsyXDZBRSDpR6/97RXD+tTitVvNpHE6KjqJzYs58hxbDf9L4BJW2RjPT+I25yAsel&#10;em+x/vtAvN8udc024VqV9xm2nej5owCcNFXG0xACSuMFRtsmo5Ckxo8DlHj3M0DimbTTD2SOodpT&#10;iiPAe08ozVm0merhdaRyYdnanNhmChhCO+JuMf4zNerWbD2QrZZRZbCPmwMEAk/xCqlSQIl3tBob&#10;X0g9Rl0ZlcWzQD15z4ZGcbucOlNDnIcnOQWkcKhSfCBRNahy9pcwraNKTBnJROPI1jK2quONUL7z&#10;xMeTqqz9ctMeOUmp9zD6X15DfRuJ5wt0/lNqvINC1dNOaorTJZKAUnlpoObLPuMObDza/XfEx5mo&#10;aXMpEqdsRPz51I94OMUs/YlPvM1xOGYKycyVakCi8i4yzryufzlTbPCXI0BZgzpWpw8O3vLZ5XlE&#10;OCBpx7SYAH25OsUivcMephPxA9U71yEAKLeAejBnNKlcdxsP/6jMk3L/N9iPkuwDlebtSEq9PzUH&#10;SjpSDpQcvsWzHDFll7M39f+JlI0NdLLnd8qVje8aG9TQHiHgLyosW5sT+zlUmDuDDJkCiJ8hI/9A&#10;STIOBchtBJvJvCXvMz+m33fRu1SQaXp+vRr99GyH+O6oSBp4DP8Zu8hL6/9L9P5JqHkV6J+5gQ6D&#10;Dubh9H9GI8cb1RBSVxpNR6uOo9KDvTneQmxMpIMa/jQ9/1jSCGl5iyr6bDMoo5OIN6X9tvh4FTsN&#10;UDJ40XsTAUkAFG+qynmFzJCL9O44SasPaSzlW6vR+68Bn97hpI35aqwRAp4GW4m/Kc3bNapeiXTT&#10;92NHSZIo/lA9G6f3L1U4Sr+PkLQaCyCwjxn9Xl1gLuRAKZDcwX5xIwSCznIVgxbVd0rqfyYdWjw9&#10;SefEDFCZh+g3Wzqeo12SkQTH0dxhgB31X2EzmGkv4xTsv2X22bve4zlQKv0z4Et5vcIAxzATEgsZ&#10;1PNY4kg6MtpXGteOdOI3SXtezKKETLu/M6WETYoGVKc/q7BsbU6NQr16gtSn7BCAFMzPSW17z+s7&#10;DbdIny8ijXjfSCHZM2NkkOu/lUGFec9nIvFB7Oirl4pQBT2q/z6V5P0YKaNgTpGggAbMklBUEL2R&#10;DiFQIgEx7pUme5v92TIl3lY+N7O8SL5G9UW8iQIl+2vYczJDcVOpCu93SBA9e0FxnxWo9zbS00gO&#10;T7axx9QUE+hMqyyGH31fJpDN0eddSTe+O+oYaaf3b8WE0XuzqQOlyUkfc8gTKagyHc6WAmxNgQrp&#10;ZfZdK/Ae5s8spXkPk9jwnE/5khKbu96Jzxdg2GrMgHEuHYR89P8UAe0Ys6DAmUNR72r9D/+PM1mu&#10;slUoPw5ewN7/VHXNXOJTeme6vn/IHh+B6H7qi3x5V/8tUXhaHXYN9a3OcIw67HKBbQXr5w3udtvq&#10;/QkCMcfScODDTIXpivsh03DqDLexyBFG33hkpoTKq7dS5kcqZFVR96pRbhMDV6mirlGPuUUVVZuK&#10;Vu0SRjFHtNQ7sdP1nEafongapSUOZBBgpFQ0sa8KJZvEm6j07lalnceor74itpcalymY2+nJxoXf&#10;je0maX25Kjg01mN3qtEx4M/B2SJ3Ci8jccAnnlLKd7J6/h1qpAtSlf7OjKz13zClcUM62vMnqEQk&#10;qH5LJXs3qVKv5D9TtmBS/i7xdxEVnDs97bpodAtUIWpYZf4fZRPIsRlZ5qvXswkC216YDcrr5+rI&#10;F4jHsSYtQsQfxzOVdediy3KAMhxN3wsAVdbnFI+RfYP4Y+pqor7fwEIDdUicbJdE1zQHEzheo/6/&#10;jjoLlyV/YFZwOFwhmItlc1lKKl8mRFDe4ZV9zPnsXX+QXXdVv7ubuDtpzQ9MTIFNF2pbQjoamdYh&#10;Y4G3cfI2LcS6lY2mMxlTJG8zqExbbUxtwX1D0ZYKQWDQMjpOgIJxy6T/SSaO7VbSRgFprePIj8Ks&#10;xZFYZpKMAq5Jm+f5nPM99/vj/n7vJZu19725+/11fn7Ouef+eO/dfcdX17zzJ9/z6de/atlvXv6W&#10;az70P5Ov/uTm6Vt+680LT3/h41++8sg9s3s+svnPv/7t2evfNdf44pF3PzPw/e8++uz03mtv+dSb&#10;9973+cHZoftu/eqPWs89/BevfXx2xc+ce8077njpgfcujx5e8Q+/99LDO4f/44af+s6PfuPw+a/v&#10;m7r2b0dv/NDOoc9ffc/6Z9808q7ok1/51uWfvyG6bvdzVx382NF7t89f2X7vvqsfuu3Rfc988Xtv&#10;uuPm7de/5fDlX/30Vd/+8Ka1m4+/O3r61z71d//5479zeN31a1742Ft+ecO9K74+O3z9/nXf/8qf&#10;3PadLz174pHbP/Hq1r+//6/nPz796fvffvC3hzbM7dtxzf6V+7/w1m+s+LNH//Lfvnzd8E0jv3/0&#10;41/7wr1/9fz/nnv+rq9cPzS+sPe+I/fsveGZ83e/eM0XHx+7cuu3V73zjd973Sc++82Db/1M9MmF&#10;95340RtWLdx+28e+98gvfeONd1zxj8/96R/819YPfeQN7/nd4fv+6UtP/PRt3/zB1Mjbp972mte/&#10;dO4dO1qtzqpr33X8j+84eCWewRHd3Lxl25FfuP0D1B0ZHxjRZ3foMy/0GRsgxeu14/QcEGpvoA3P&#10;vxikjV5PyCbP8BjiqahNTfvQvZ+6GS2227cdv/n11Bmh7ddpwzNDIEPnrqT+FbTpix+kQYN1tIEW&#10;trh9PJdkLW2QN3XL5OSPkbBbqX8TJs3rEWqf04HTquxJmvtZ2tq0/f1P0B96/WF0Sh7iQf2NtCnt&#10;AFsLivQXPaLFX5j3h/FoPO5R5/DIxg+0Dz/Ynl3RfvGhFQ+NHJbFgam1a5tbb103PrUu2rls3bZl&#10;UzI/dP5t50//97knzp1vtDsHG6dWGp3Du+/ef/yupzbcemLn3P7j+49fvl3oVx05Of/iuT96/MaD&#10;17VPnjp3auVH27wwvPvOrU/eNbR2w7+upwe77D8+ul7l3z5/+rv3H91C8udP3Xhq5VmZj4j+qa1P&#10;jY7+yt3R1uPLT4zeLfODjy+cPPXo9x9fOHK2fe7Uo888/mKbF4Z27r/rxIF3jt019XPRgW1v3r77&#10;gNAPnT238NlzLzReONtoP3Gw8dGFt8l8NH7neNScGx0fXxYtW7Ysosa8Tr5w6P6HjrZHRqKRlZva&#10;HG1ZGZiMlnMOR8NIi/g1eCgaPMqjFUS/+K/2Zw5v2rhpZOPs4dnDJrowauDJJ1/as/r9o6sPrD6w&#10;xqCJ+aH7Tx/tHO0c3NI5dvpvzmNGXgNPnRj9lw1PPf/qExtOjA7rLNE/c/ro/LHvfm3L6aOnjx5p&#10;xwsDJ7a/f3zN1udJ+oHVrvzHXjg2f+NnD27ZfPSxYxpd4hp4fm70yQ1PPn/F9tHtG+ZiMdHQwqkF&#10;suejC5B/ys4PnNl+J5m+/s6719ztyT/zwqFNG39+xaHZLcc2HnPo50joahqvHeVGVwbm5+l5RTQ6&#10;v4WbeB6dK2ibWs2PJtJ5bkG/aaNH760vlcGgKaChvQM7wxkZX9Zppy4MdOZS54c68zy/bNu2beMO&#10;hdI3qGgJhVk0ozGan3Poo5lneZSkP8PzexL0Mh/TD87S6zAdKRaYfkzpBw7Qi7JzzKW/7Fg0RAQd&#10;yv6GoX95587xaP3L4wOYf4noaaPXqvPtdhSRD0q/WfaYYZTFgZnOGaVfL/RDnUO0x3Q6Z5V+ldnD&#10;ZuaiaJgkKz0LIBmdk6SELInpTQBg7/rOr3YGZn64c+cUeImYXg3aoxpnr+u0O+evuup10NXGdDRM&#10;+veQNXN7xBANwCpaJx2d+YYQasAGSB7ZNDNnBA/AQHphnXxozF9GHbxMI8TR2NxA51meN/RRZyEi&#10;yY2Tg9TBCw7hNXZmYAZ/o5kf8HjmDDfR5rNMfyZqCDImAOQATCL6sZeZcI+wIQIkf/NCtFkcaIh/&#10;0UDH0A93xsFgAkYO3E+CVy2wJzRvAmbpBzpnQL/KyImIvg16eIJ5E7Boxsg3DmgAQM/yjQMagGjm&#10;SbE/GutEyycjl17kUygaMKtNWpYR+iqfKMntAXZjJZlxP8lpnEEoDjH9PNGPWfupN8f0czT/xEna&#10;Yxl/GlCQ4cY8dWd+iNQhvjMYnEEzgy4nPejnMRB6zM8g6Smke+YwsPQN7CQkkYU+sdA4OzvLMK3v&#10;dM6YlICxY5SkMwvEelmH4t84KU42Foi9w/S0q8xFYz9YTq4xvc5HjxH4jfOPMSgOPZ8Fru/MdFDK&#10;SX5MD/5VMGoL9vWGN78cTryP7ffmad9aGCI9nYCejBoniygh1u2k1yRk86vRObSq8+Jmdlrn0C6f&#10;orC+vIdc8V8rDsOmToKeqHh/96l5NAj6dsrCTKcjO0Cw1uByFUzScJiKUHKWzpw7tBunvXZmlH49&#10;M0zj6XVuFQUs7TVGAUt79Yt+/RKSPzKSRAL2r1mTnAc+afElPCnh5hIMQj+fmCf5lehr+QJhFp41&#10;Pq8kfOh+gHll5UO9f+Xnw4XBZ+3n+DSDVF8Y+Rr1S11+cX5m1ys6S085naHLvNTjxQgdvNLoCalU&#10;eiD4iqbHfcTRV9kAPULjovuIG4nmHtoeWSN8T0cPxvcOsWbvI66mUfqLzqj/X72bk9NTzcnF8IkS&#10;+P8VkvBmcZDs0HVqEZawTDeX1rXYXffmdyQ9U9q9tOZ63gzGqkvptfXmiedpw2fnJS+VvmVytDnl&#10;26Lr21QvtWoD26Xz8B9rRo7qSbZFWKpGbVVC3li1Ko2O2cIgMrrm0upcqMudd+mVTlt3LeTJo3Fp&#10;QafjVmCzygjbfCybk63JJr+n6S/6wt+cwhhvaMQ8NjOmaiVxbFHP0E3BHsQXNC3aMK+82oIea7QR&#10;vZFBY7xBb+ugjInGmVPPZA5rzBfXThmH9pPc2F5QqBTYpPmNtmXkiR+Wyu3lYWmlWcngpfldgoRI&#10;mphSrby2Wy2yrdAbXsc70IsMX1dynnk9PUJDUY3liaTOzPQux54pV3esa1eLI8n2si8s30ESUiZ2&#10;GXqqDrI+vatl+jLj/83GMs6RWCtiA+3axho8bybUE1NjCCUTU8sLTvZmh8pCK7mKtSZz2FbmJli/&#10;9LHmr2Ne1gS9Dxpk/BwHD+lC3sf81GdbrX6WY6KANSPXs1Fm3b/ZWEIrSTcV2/fU1+rGiujiOIsF&#10;LCdGGx7Yt5UjntkVksM8tk3K4bWUPJkI5lSnbVV2UqZaANnTjhyxL7kPKD3aPCxVE7IEXksskVFq&#10;FSSotyq1SfsPa94BHpePaQNeQ+vkpJHJUeQ+51CanCbkx1GK9QdzTS/3hUp9ce0LZVH1MJUMNkI/&#10;7FctaW0+lqrZRyGp1UqmtTgvVbtrgVoFDl2XvlirktLooNfQmpxVar/FvqRv8Kh+be0a+xXbS3U/&#10;7jOfkaM1OeRXOdrmY6neIgPUO4npBMcJUtTalolZXC+NF1KLiI5rEuQQb1xLMYaMUH7LkY91q0fy&#10;TNbVPvXG2EOI6Dq1cW00c7FuyGxNTvBxyMj3aDUX3YrQmZnIzM18LEkaxUYtbrFHNOYzIjuvaIon&#10;+3ZrndF5p2WEUM8gk46VDmKoT4qAmx+uHsWMvFO7TO7oCkvdpXunpcO86GQK1mvtEm6ygPOS/XXO&#10;DyydtVc4/L/5WIoUeCixaXFM0Y9jZtZkHbLVS+mDDu8YJfAm9jpLA3qhBb9Ez/DHEQAqkIG3laV+&#10;Sc5DhtnIZrbFkSv2g59odD0+9wWfL1dye4LmVUtam4+lWuFziiV2Ll+DzQeOd3CUUSmuzFBeOLY8&#10;2ktvQ76isUoJ6Yrmdb0MlkorreZNHE+KlmrfplXAiV/L6YNSadHazcb8mpS9Fpojkz9qjerXcdh+&#10;8CZ/JowW6+b9zKfLGun9g6z1onOibL6sFViI6oy26K1Igs71tIiv2/WWqfOiz0ayW3khX/W8DCW4&#10;46qxVjQZySDvXLn96KsuyGp5+0Q/pENGf7Hsl1VLU06NZf/iVmNZY9k/BPonqc7LSwlLHB/dt3u8&#10;1L62SsfXJs51jJ6Xeus41jrHdlePK4/7Rhb3zTmj0ittvJazrvq7a3vNSzqbie+twAIa01W1tQVj&#10;PuNx6MQ73KPGFaPQassyeF6u4nRe5Lhy3b7S2is/5WN59oo35erVntu6PFZ6+V5vWDZxj9K5TuFr&#10;Ir2vzte/ghYjoXf8+X4irnmxxSg4qGLOXxdEaM7kqfLJfBNyjLzWJD5X1GuzFnKbr9ypJb24J8T7&#10;hKLL1+Auf3nkkpS9Yckx9WJN95DiPPU91nlBHznAm4mEoIGzaBsdrLcYVdYToy0ITnNGK5+Zc2yJ&#10;o5hljyfP8Me0SaSKZ3rDUvPHWIL8oLth5EWcG4g5kKB8iFGjPuMg1kmtNHTMJ/wsEzlsagZQiz/L&#10;NggbvYwg3xeNkRd5vG4qidiqtjnrbJ/NivA6Xqws87c3LMWClkGGkTSWGS8NksgR596gg6TaqOgK&#10;8joL+ftulzlbC0W2paG6a9CEHpl3W2uXlaHrIkv43DkrvXyvNyyRK7CA85Dv5GKcEXPKy2s57+y6&#10;2hnLceSJly0/n4lf5i0qMgbqeBO95raDKtuo67BX9XDf8Bk/REM3f3vD0rXKqYfGC9cest7UIps7&#10;WG/Fe77mBrVmDuvWa5+PPgOPtWg+EW2iXooMscTaYOW2YruEppe/vWEZ54JfvygDyFrv8z/PS/IY&#10;b6Aj81LLHI+ZF+t4x/MJPqyIHG0nmN7na5k5aime18I2k5fC76zH8RGd1f72hiVbRfZZpMQ6sUEt&#10;TqzHRwPLp4gJv+QgH8ViJC0CKlc9Vfm+DLWB+Uw9VQ7MuX2NqJ3rptcblnJ8xt7r7nHICrEFrW6u&#10;dToX0imNoqXrmHd5iuaV3/KZ3NN6yzVVtIlczWe1oJu2NyzhoRxnrW6ba3auuOeiU0ydpFCkdcVF&#10;U+fctld9rizt947l9G6KuYk3pLIXzlg15bVuvcyjS1sTXuwLknugwSgPraL1ND3Fc71jWayjDIV7&#10;XC5D79JoTrrouX2XVvvu9ZnO9dr2imWv+oWfcjk+m+lGIqOZqIHZkooqQDZn3sqlgWWehUtnrcay&#10;f7Gqsayx7B8C/ZNU52WNZf8Q6J+kOi9rLPuHgCtpwrnjgfmiM36Xt/4+kY+GoMdn/hl3ZUJ6d1zv&#10;44oGflcp1/S444dre24rXI/VWCqW0vLVLH9+hKva6Sn6bUVpNGssXSw5HwVJzU1CMv+ek+V3sdRK&#10;221rpS7dHucl32nBHi65qXgUeSVYOvVB60SFFrWlSM/SWRcE43ppEC1jv+aljYHGokpbRtPSoXGw&#10;YCTxe6Uy2aJ5Scg5FdeRxhU4d2x+4bR0sMq3lH/jzp/uxbkJDErsecASmDtomayO60XRuPRxLt+H&#10;S2cVWLTiWsk4mM/2822M8xKI0RbHwoxLIUq0+Vq6XYVc/cWfRFwjX72FnDJvfNPBZJbFg4/mRdxB&#10;vQSCnNFBi7mcrUhL9+tmn+FokQ09tuXtkPPKOJPI92JezUvNxzA3Ma9reW2xJkEFMhB3bfP5EEH6&#10;3e8u/qQL30bsYWM5JT8fdTJJ/S+BppOX9D0eLyeZWzwv3qPyMVF+/BaXPnEUdBjVFiObze3sD0Tv&#10;2Vd1XAINa0eot8XY2PW0nmLJNcKxTnOQ5oNYRuNpcrLnJAdVXrzXQBdtmJccTZPAa/4x1eFT/pJt&#10;CTTUBvluMSLn2U26lSKttViGaGp9TOMqPyd5TbIk58k6L7ec+XSZAT2QhIyuWv1OXbomf5bttjaz&#10;vqKjl4tliCbHhPeMMDd9vdkj9losIms0xmGrSEO/L0tQC+m7HFfIS1jRJIt9/fqtR99GO/KxlHmS&#10;4Mae0bQc5Xskx3wHzsrjukNeSf0J5gMkocmRwbkh3lk+VGDkfImWfpNQ3nZHt+o1+1C2jCSWvrWc&#10;A5KbKZ5my9Uc93KI5GCsGxAJ132JZj2kc2SorBItUK/gA+uOv+vs2unbaEdJLGWNECXNcV2qZAUk&#10;wOoJPmrEcuLf83AtovUwN5FfobdCyzJcewhN0VG1tZ4X9wwGrt6Efa6UdCybZKtFk2PCUsrWTctr&#10;jrEGJUXKIsDRgi7aSA/QD84b5PvFQJPtEDqONI0NrX5OU9S6npfpix+eXtKfxZmOpVA7iCA2uTFx&#10;5bdIG9cvL7ddCts3OiAfiJrWrqMnyCdys7Q9vrRqo8S+k4NDNpb8m7LYO44NWW9zIcumdL7OzNUZ&#10;8RQUNfaSf4iG+24SzoK00nFL9uDtUva3b31RvRTxzPti2ViKVeQBf4Pa5EypXLC0mmv5HpalT9KV&#10;31fyLcheRaRoHzOR1DadPh9Lst6RormA51SmS8Ms54q9VmHavTn0wiP5KGhBT1I+5uw67IrtSaVP&#10;SuhuxkRQ9Zk2TVY+lsJB0vzcLDhPs9q5xpXy1Kmv9NlfmqWxLRQdlcstRysN/Wwp1VYCfZNZ9hVj&#10;aePv5gJlX3C8VftIc4kYKrW01lrONb7zOlIpN8meFHpfS3cj9t8/z5ToJfwvxtJ4S2c1dEwjizkX&#10;2Ns02+yemE8X8lo0kaHQE1LYsaFFfqo9FzQ3SQ/2y1hfi/vWHu2VwxI5aKVpnaK5RGwCOsQzhUa1&#10;a0uyFRXT5mGpOtgOold7mtRXif1txfdQX6ijHJbCRRL9upliOWvlM3NGJzN/QzsYTeEz8Q8p/LF4&#10;Z3NFxkDZp+vHCDJDfbi2D3WVx9LGHyhpLuAZxb69otXEkPISvw8vetu8V7nTpCGby3oX5srEBclN&#10;qZmx3/CfI+5bWB5L4TPxIWnpdQ3zTl0t7ZmVx7nG9c+3NDliW+w+AO+YL8yXJGf1GZHN+xqjSOPE&#10;PlcNS5LAKPqttcyfB61dK+oRr7GScq18nSWeMDeblfQW2YV1ux84ucnHdpe7GpZcN4LPhVxpXl0x&#10;yPjrWSOOgs2xRMxz+HBfERHWKBfeZ8ySlT8/TU8+0Win7ztVsVS0TC6w99YGW0d5ndCUmFqK7J7k&#10;pcotn1vMxzkS5wzpLc+fbZG/4tnnHC8sVXUsFc302IjGOEdK723EhwqsuVU6L+GJ0Wn2A2tXlQpj&#10;EcnuhXpwxHB1VMdSYu7mgNUORIxGtKWRdBAhnlbpeqmaRSfxsU5uL0xuMnqqB0iir1ZUxzLOA1hu&#10;ckGlxWuYT6xZqmSPUeiiXqok1mf5RX+QN0qrrVYgtFnX2EqLFjoS9zOdewfVsWSv42Onn3v9q5cU&#10;7xLXS6GnRr/kNkfTzRtL3SQKRt/uR4S+Xc/qBfKNDKV2sSwjDXxObBIWmNippYl11Ru24HPqZWk+&#10;V45Bh3jjSkPHdJfC9o0+PuaTXvomiV3L6xEf1XJfvuJmsYR0nS2QZqxFzH0e+9kMtNE6HV/zZOma&#10;zWfDR9bqWpWWvUwc07F3+lJS9JX1XWo5o6n+I8chX7EUK3xkfP0yEvS0FuJ3Bj4Vr9u6Vfp4bPWz&#10;7FKe+ZrT7RN7k5SsjzNBcgzX12XeIs/6T+PYxygCpjZOwBobzQX1qmXpDA1ZkVLdRRvHjNY1Zvl2&#10;gsrhYyRD/fkS7KojR+xMuYMX6DO6rYy8XlJ+i/jBgbzkVZtL5AliJXuG31I8HLpWsIdDntBrbqHN&#10;s8uuuXKlbtq1qj2nnhuUxB9XjiAiOSn+u6v5fVT2gJ/xQl4SrrwKfFk6xvRdRx03xaIYRZ232e3q&#10;NvKIB3T5nw0pH+mlPSWWWzoCyu+2Rg7JUHlJGywN/GW60jpTPpukDGtRzpi8FLSc+mFwV/zd1tJm&#10;1BhBRmJOOUL0rq/JPtadWJf2KilJZmC76OX8gb1xTVMemlM/uC1bL8GfIp9tlmOPPDsSmuNYQoNu&#10;afM0l44Sy4hzWr1RH5KtyFG9hj6o1Umu7JlrKMKUO8Y+k3M0cusvjRhB6y/owadVKqPldSOT/ec+&#10;S2tO2uM4uElivCerNckW52N5ucZynBwPj/UhDh496w8pqo7pno7vByPlSjE6DaIGSaBZavNzmmRB&#10;TowlSWHMDZVYgthisxpjC0Wra53bFz6NmbXUpUFf8kLpNN4hVfUx6XfqL+Ris3JMPhrfVD/7qj7n&#10;tYyczWnl17xUPRKXGEFF0XDrvFJnty2JghOJJPqOLo8uW2rZFe+ek/HB53UyRH3MQy9tTfm0nQqx&#10;FI+Nl0SFN3DXLYmIb6OMUo91JjdEtuakRgfyKf/JZqz3+iZZJjosl/porVRoERpep34/2iSWVqP2&#10;XCt0rqgFj3NsZsu1zpqcoLvU7LHxGiOM0yVnzadTV66XBtm4mnU1LoNlur1Fs/ba3Iu5yRGgljaf&#10;LpXRL3lsl+dih/Khy8q2tsV0ak8P7YXDUqrBRJB7Zu8ji/0coJz0vLV+Qw4/XyBz3aVF3+hwcytx&#10;3sH6rW2wp+ftQmIJrybgUXBMBWqJnCRPQkyIX54b7HgJmUk6d0ZQCeSTBO/8kp/3rzkJ2n5sFxZL&#10;8Zy9wz1C5AFtdE3CrYyz0QFqJl8kxziPXNySfaIX2vjoo/nm04psta8/7YXGUjywcQ9zEvmA/5Tg&#10;e4oRZZJBBTSMkGkxb70X2pie1pTebZPy+z9zcbAUu10EtJ/nESGIX5MCQezl2ppns2BsEeV1vh6L&#10;6ZQ+USvzdPaydvGwvIn+X6PrfSslF11PYvQYTTfHDFqmUvBVL+/9mE+h4yi4ki9U/+Jh2Z0HyEmu&#10;r35uas45RyUvd+16xr2s7qzJ57q0sZR7BLj/CKTCnCsaG3RLnpfm41Rm9dLGUjwAkvSmupeae5qD&#10;fmvuZaGqXKz3UsASddbUQqmLOTnKaPN9bua5aDmJeC0NLOP8pNxjZMM66Y1bF+1o42f8UsJSzwOa&#10;2JvNZ1J81oQzf5w9AVGDtu/lxRktLSw1PxXV9PbiIJfUshSxFC+mTS3kYz31dZz08WLNLF0sLxZC&#10;5fXUWJbHqoiyxrIIofLri4fl9I59dNSlDW3aNvkAzZf3ZPEpFwvLaULqgakHdu2jLb190PlPe4uP&#10;UxkLFgtLHHeRl8g95GVKS6t1XpaJIaMIJDO2fZS1SwvJxbyG5FzkepmSk5yzyNcycblUaBZrH8d3&#10;qLNy0szXeVn6DlddL/u1PxXkJO37db0sj3VdL8tjlU9Z18t8fKqt1vWyGl7Z1HW9zMam+kqv9TL8&#10;dV44rm5RrxxL9fxSf+OXaBfx7H6xsOz+epyrQ9r1u17X4ypgURBdLCy7rZfTkw/ivhK/6R5TSrt4&#10;95cWC0vkDu5s4Jq72vW4nMVn8+2bwlqvta8b/sXCstvzS8pnworQz97ou1zdINE7z2JheSHr5Ssv&#10;L3NzK/N6vCgvuQK8AvMSaCKHqNVjsNvyWnLPq+tliEldL0NEehl3ez3OR52sXI7PDXqxrFvexTr2&#10;5ByH+Rgte3LSq7peJjGpzy/TMOlurq6X3eGWzlXXy3Rcqs/W9bI6Ztkc9fV4NjbVVup6WQ2vfOq6&#10;XubjU361rpflsSqmrOtlMUblKOp6WQ6nclR1vSyHUzFVXS+LMSpPUdfL8ljlU9b1Mh+faqt1vayG&#10;VzZ1XS+zsam+UtfL6pilc9T1Mh2X7mbretkdbkmuul4mMel+pq6X3WPnc9b10sejt1FdL3vDz3LX&#10;9dJi0Xuvrpe9YygS6nrZLyQhp66X/UKzrpf9QlLysv7+ZX/wrOtlf3AUKXW97Beadb3sF5KQU59f&#10;9gvNul72C0nJS/oNBX7x5P52wv0eOq2m/X5MePL4SO4r7HdnhEb2b8fq3/eUfgZMXS/7uod3+Xwi&#10;yuX695CJnK3PL/uVm3m1Emv173uqIF2fX1ZBK4+2Pr/MQ6fqWl0vqyKWRV/Xyyxkupmv62U3qKXx&#10;1PUyDZVu5+p62S1yIV9dL0NEehnX9bIX9Fzeul66aPTar+tlrwgqf10vFYl+tHW97AeKkFHXy34h&#10;yWjic576857Efd3qGNf1sjpm2RxxvdTcTLTpnyfWz3MLMUVe0lNV8f97Up6tSp/p0FraJ7PEV3/e&#10;k6gLcn6J3MvYMp77KzX2gZzP1dPzOYxm/8eL9Tw3eKJ5l9mmPMeyKC+5AqTw9R+5pMTFw3Jf8N+s&#10;FVG1sbVNe35b10sfj+5HRXmJdZy7LsZ78fKyW2/retktciFfUV6+MutliFLZcV0vyyJVRFeUl3W9&#10;LELQXa/rpYtGL/2ivKzrZRV063pZBa082qK8rOtlHnrhWl0vQ0S6HRflZV0vqyB7KdfLiSiK1tI2&#10;QtvULZOTwwNRdBX1L6etQy+sP0zbh2lr/uLEdVePyxoNo03Uv5raKzCI2g1ugn4ZmmvHo2g18S1j&#10;XrJlfHAZZMKGwdVz38L0EJHcMD7IcxjvoG0vOub1CLXP6YDaz9H2z7S9MZp1ZtNtdAi8bojDKK2u&#10;pg04DI5bHFbS3Fra8FpNG/r/BwAA//8DAFBLAwQUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJamqJeSmlqKci2Aqlt9fsaxKa3Q3ZbZL+e9eT&#10;HocZZr7JV5NuxcC9a6xBiGcRCDalVY2pEL73709LEM6TUdRawwg3drAq7u9yypQdzRcPO1+JUGJc&#10;Rgi1910mpStr1uRmtmMTvLPtNfkg+0qqnsZQrluZRNFCampMWKip403N5WV31QgfI43refw2bC/n&#10;ze24Tz8P25gRHx+m9SsIz5P/C8MvfkCHIjCd7NUoJ1qEcMQjpPMURHCfk/gFxAkhWS4ikEUu//MX&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzvJDLCsIwEEX3gv8QZm/TdiEipt2I4FbqBwzJtA02D5Io+vcGRLAguHM5M9xzD7Nr72Zi&#10;NwpROyugKkpgZKVT2g4Czt1htQEWE1qFk7Mk4EER2ma52J1owpRDcdQ+skyxUcCYkt9yHuVIBmPh&#10;PNl86V0wmPIYBu5RXnAgXpflmodPBjQzJjsqAeGoamDdw+fm32zX91rS3smrIZu+VHBtcncGYhgo&#10;CTCkNL6WdUGmB/7dofqPQ/V24LPnNk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAKbmUfsMAQAAFQIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv0Pn&#10;arUCAADXBwAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;XjHPDfRnAAB4jQIAFAAAAAAAAAAAAAAAAAAdBQAAZHJzL21lZGlhL2ltYWdlMS5lbWZQSwECLQAU&#10;AAYACAAAACEASr0/ZLVfAAAAbQEAFAAAAAAAAAAAAAAAAABDbQAAZHJzL21lZGlhL2ltYWdlMi5l&#10;bWZQSwECLQAUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAAAAAAAAAAAAAAAqzQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAAAAAAAAAAAAAAAANs4AAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAAMM8AAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId13"/>
                 </v:shape>
                 <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
@@ -2274,51 +2275,51 @@
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ieskaitot). Projekta iesniegumam pieejamais maksimālais TPF finansējums ir 5 000 000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14AB4273" w14:textId="2980400E" w:rsidR="00C01CC1" w:rsidRDefault="00C01CC1" w:rsidP="007D781C">
+          <w:p w14:paraId="14AB4273" w14:textId="393C374A" w:rsidR="00C01CC1" w:rsidRDefault="00C01CC1" w:rsidP="007D781C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Maksimālā TPF finansējuma atbalsta intensitāte</w:t>
             </w:r>
             <w:r w:rsidR="0034333E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> projektu iesniedzējiem un sadarbības partneriem, uz kuriem nav attiecināms Austrumu pierobežas plāns</w:t>
@@ -3135,97 +3136,107 @@
             <w:r w:rsidR="00D85E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>14., 41., 45. un 56. pants</w:t>
             </w:r>
             <w:r w:rsidR="006819C0" w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CD30013" w14:textId="4942BD74" w:rsidR="00091743" w:rsidRPr="00CE6160" w:rsidRDefault="00A870E6" w:rsidP="00B75EE3">
+          <w:p w14:paraId="2CD30013" w14:textId="1D20D55A" w:rsidR="00091743" w:rsidRPr="00CE6160" w:rsidRDefault="00A870E6" w:rsidP="00B75EE3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eiropas Komisijas 2011. gada 20. decembra lēmums Nr. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00C7030A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>2012/21/ES</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> par Līguma par Eiropas Savienības darbību 106. panta 2. punkta piemērošanu valsts atbalstam attiecībā uz kompensāciju par sabiedriskajiem pakalpojumiem dažiem </w:t>
             </w:r>
             <w:r w:rsidR="000211A8" w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>uzņēmumiem, kuriem uzticēts sniegt pakalpojumus ar vispārēju tautsaimniecisku nozīmi</w:t>
             </w:r>
+            <w:ins w:id="2" w:author="Evita Klapere" w:date="2026-03-04T10:28:00Z" w16du:dateUtc="2026-03-04T08:28:00Z">
+              <w:r w:rsidR="004C2F0D">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:footnoteReference w:id="4"/>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="006819C0" w:rsidRPr="00CE6160">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46AEE9E4" w14:textId="50F70948" w:rsidR="00101F04" w:rsidRPr="00CE6160" w:rsidRDefault="001F46FA" w:rsidP="00B75EE3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="0"/>
               <w:ind w:left="350"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6160">
@@ -3941,50 +3952,51 @@
         </w:rPr>
         <w:t>MK noteikumu  9. punktu, kas nodrošina projekta iznākuma un rezultāta rādītāju sasniegšanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDD67A8" w14:textId="5BC3E906" w:rsidR="00ED3F9A" w:rsidRPr="00CE6160" w:rsidRDefault="0081210A" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SAM </w:t>
       </w:r>
       <w:r w:rsidR="00ED3F9A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MK noteikumu 22.1. apakšpunktā minēto pašvaldību vai tās izveidotu iestādi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17DE4E0F" w14:textId="77777777" w:rsidR="00ED3F9A" w:rsidRPr="00CE6160" w:rsidRDefault="00ED3F9A" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -4048,51 +4060,50 @@
         </w:rPr>
         <w:t>MK noteikumu 22.1. apakšpunktā minētās pašvaldības deleģētos pārvaldes uzdevumus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3674E03A" w14:textId="32E4AC35" w:rsidR="00ED3F9A" w:rsidRPr="00CE6160" w:rsidRDefault="0081210A" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SAM </w:t>
       </w:r>
       <w:r w:rsidR="00ED3F9A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MK noteikumu 22.1. apakšpunktā minētās pašvaldības kapitālsabiedrību, kas veic pašvaldības deleģētos pārvaldes uzdevumus vai ir noslēgusi pakalpojumu līgumu par sabiedrisko pakalpojumu sniegšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51642327" w14:textId="5F0F7CF3" w:rsidR="00693EE8" w:rsidRPr="00CE6160" w:rsidRDefault="00693EE8" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB1A018" w14:textId="58F6A3C7" w:rsidR="001C5742" w:rsidRPr="00CE6160" w:rsidRDefault="00264C06" w:rsidP="0098111B">
@@ -4680,50 +4691,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> investīcijas); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11139C63" w14:textId="77777777" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">projekta iesniedzēja noteiktā uzņēmējdarbības teritorija, tai skaitā:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38632DA6" w14:textId="7AA1A4C1" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nosaukums un robežas vēsturiskajai kūdras ieguves teritorijai, kura iekļauta Ministru kabineta 2020.</w:t>
       </w:r>
       <w:r w:rsidR="00286646" w:rsidRPr="009B6203">
@@ -4758,59 +4770,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>696 “Par Kūdras ilgtspējīgas izmantošanas pamatnostādnēm 2020.-2030.gadam” 3.</w:t>
       </w:r>
       <w:r w:rsidR="00286646" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">pielikumā “Vēsturiskās kūdras ieguves vietas”, kurā plānotas projekta darbības, vai ar kuru robežojas teritorija, kurā plānotas projekta darbības (attiecināms, ja projekta darbības saistītas ar mērķi mazināt turpmāku vides </w:t>
-[...7 lines deleted...]
-        <w:t>degradāciju vēsturiskajā kūdras ieguves vietā un projekta iesniegums pretendē uz papildu punktiem projektu iesniegumu vērtēšanas kvalitātes kritērijā Nr.</w:t>
+        <w:t>pielikumā “Vēsturiskās kūdras ieguves vietas”, kurā plānotas projekta darbības, vai ar kuru robežojas teritorija, kurā plānotas projekta darbības (attiecināms, ja projekta darbības saistītas ar mērķi mazināt turpmāku vides degradāciju vēsturiskajā kūdras ieguves vietā un projekta iesniegums pretendē uz papildu punktiem projektu iesniegumu vērtēšanas kvalitātes kritērijā Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00286646" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00AA4DE7" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -5058,51 +5062,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SAM </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MK noteikumu 51.4.</w:t>
       </w:r>
       <w:r w:rsidR="00376BB5" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">apakšpunktā noteikto vai, ja uzņēmējdarbības teritorijā komersants nav zināms, projekta iesniedzējs ir apliecinājis, ka uzņēmējdarbības teritorijā komersants tiks iesaistīts līdz rādītāju ziņošanas brīdim. Gadījumā, ja komersanta pamatdarbības veids (NACE kods projekta īstenošanas vietā) projekta sagatavošanas laikā nav atbilstošs, bet komersants plāno mainīt pamatdarbības veidu uz atbilstošu, nepieciešams norādīt informāciju par šādām plānotām izmaiņām; </w:t>
+        <w:t xml:space="preserve">apakšpunktā noteikto vai, ja uzņēmējdarbības teritorijā komersants nav zināms, projekta iesniedzējs ir apliecinājis, ka uzņēmējdarbības teritorijā komersants tiks iesaistīts līdz rādītāju ziņošanas brīdim. Gadījumā, ja komersanta pamatdarbības veids (NACE kods projekta īstenošanas vietā) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6203">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">projekta sagatavošanas laikā nav atbilstošs, bet komersants plāno mainīt pamatdarbības veidu uz atbilstošu, nepieciešams norādīt informāciju par šādām plānotām izmaiņām; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B63C6D" w14:textId="77777777" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kadastra numuru uzņēmējdarbības teritorijā esošajam (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6203">
@@ -5134,59 +5146,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1838E017" w14:textId="77777777" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">projekta rādītāju rašanās vieta līdz 1500 metriem ārpus projekta iesniedzēja noteiktās uzņēmējdarbības teritorijas, ja </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">komersants pamato ārpus uzņēmējdarbības teritorijas radīto rādītāju sasaisti ar saimniecisko darbību, ko tas veic uzņēmējdarbības teritorijā. Piemēram, ražošanas cikla (t.sk. izejvielu loģistikas) vai pakalpojumu sniegšanas nodrošināšanai nepieciešamā infrastruktūra ārpus uzņēmējdarbības teritorijas;  </w:t>
+        <w:t xml:space="preserve">projekta rādītāju rašanās vieta līdz 1500 metriem ārpus projekta iesniedzēja noteiktās uzņēmējdarbības teritorijas, ja komersants pamato ārpus uzņēmējdarbības teritorijas radīto rādītāju sasaisti ar saimniecisko darbību, ko tas veic uzņēmējdarbības teritorijā. Piemēram, ražošanas cikla (t.sk. izejvielu loģistikas) vai pakalpojumu sniegšanas nodrošināšanai nepieciešamā infrastruktūra ārpus uzņēmējdarbības teritorijas;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F99890" w14:textId="77777777" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">finansējuma pieejamību apliecinošus dokumentus (vienu no zemāk minētajiem dokumentiem vai dokumentu kombināciju): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5EADB7" w14:textId="77777777" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
@@ -5348,50 +5352,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izmaksas pamatojošus dokumentus: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02249907" w14:textId="048B606E" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="007560BD" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">sertificēta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00485EEC" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>būvspeciālista</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00485EEC" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavotu indikatīvu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un parakstītu </w:t>
       </w:r>
@@ -5470,59 +5475,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>līgumu par tirgus analīzes veikšanu komersantu vajadzību noskaidrošanai (ja tiek iesniegti</w:t>
       </w:r>
       <w:r w:rsidR="008F79AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī nolikuma 5.2</w:t>
       </w:r>
       <w:r w:rsidR="009F0B0C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="008F79AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">. apakšpunktā minētie </w:t>
-[...7 lines deleted...]
-        <w:t>dokumenti)</w:t>
+        <w:t>. apakšpunktā minētie dokumenti)</w:t>
       </w:r>
       <w:r w:rsidR="0011530E" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai skaidrojumu</w:t>
       </w:r>
       <w:r w:rsidR="00CC6D0C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, vai</w:t>
       </w:r>
       <w:r w:rsidR="0011530E" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -6019,50 +6016,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> punkta nosacījumi); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152816F0" w14:textId="6D53A046" w:rsidR="00C352EA" w:rsidRDefault="00485EEC" w:rsidP="00C352EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>apliecinājum</w:t>
       </w:r>
       <w:r w:rsidR="006C1CE3" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesniedzēja un sadarbības partnera saņemto un plānoto komercdarbības atbalstu (atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00046E39" w:rsidRPr="00046E39">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00046E39">
         <w:rPr>
@@ -6146,59 +6144,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="0071268B" w:rsidRPr="0071268B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000D4421" w:rsidRPr="0071268B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums</w:t>
       </w:r>
       <w:r w:rsidR="008C653D" w:rsidRPr="00C352EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, attiecināms, ja projekta ietvaros plānotas SAM MK noteikumu 32.2.1. un </w:t>
-[...7 lines deleted...]
-        <w:t>32.2.3. apakšpunktā minētās ūdenssaimniecības un siltumapgādes izmaksas)</w:t>
+        <w:t>, attiecināms, ja projekta ietvaros plānotas SAM MK noteikumu 32.2.1. un 32.2.3. apakšpunktā minētās ūdenssaimniecības un siltumapgādes izmaksas)</w:t>
       </w:r>
       <w:r w:rsidR="00DE6022" w:rsidRPr="00C352EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753FF4C4" w14:textId="7A4E4B8D" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="005211AE" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
@@ -6212,51 +6202,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (finanšu analīzi)</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ietver </w:t>
       </w:r>
       <w:r w:rsidR="000A3102" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>veidlapu</w:t>
       </w:r>
       <w:r w:rsidR="000A3102" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidR="000A3102" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">“Projekta izmaksu </w:t>
       </w:r>
       <w:r w:rsidR="05DD2CD0" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un ieguvumu analīzes galvenie pieņēmumi un rezultāti</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -6950,87 +6940,94 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un būvdarbu iepirkuma dokumentācija nav pieejama Elektronisko iepirkumu sistēmā); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A2DF2A" w14:textId="3A46FC2B" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">atbilstoši normatīvajiem aktiem būvniecības jomā izstrādātu un apstiprinātu būvprojektu par dzelzceļa infrastruktūras savienojuma posma no publiskās dzelzceļa infrastruktūras līdz projekta iesniedzēja noteiktajai uzņēmējdarbības teritorijai izveidošanu, kas sagatavots ievērojot Ministru kabineta 2014. gada 2. septembra noteikumus Nr. 530 “Dzelzceļa būvnoteikumi” (attiecināms, ja dokumentācija nav pieejama BIS un ja projekta iesniegumā ir plānotas </w:t>
+        <w:t xml:space="preserve">atbilstoši normatīvajiem aktiem būvniecības jomā izstrādātu un apstiprinātu būvprojektu par dzelzceļa infrastruktūras savienojuma posma no publiskās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6203">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">dzelzceļa infrastruktūras līdz projekta iesniedzēja noteiktajai uzņēmējdarbības teritorijai izveidošanu, kas sagatavots ievērojot Ministru kabineta 2014. gada 2. septembra noteikumus Nr. 530 “Dzelzceļa būvnoteikumi” (attiecināms, ja dokumentācija nav pieejama BIS un ja projekta iesniegumā ir plānotas </w:t>
       </w:r>
       <w:r w:rsidR="0084225B" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SAM </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">MK noteikumu 34.5. punktā minētās uzņēmējdarbības teritorijas privātās lietošanas dzelzceļa infrastruktūras iekšējā tīkla izbūves, pārbūves vai atjaunošanas izmaksas); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685827B8" w14:textId="74C3A119" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>dokument</w:t>
       </w:r>
       <w:r w:rsidR="0084225B" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, kas apliecina tiesības veikt ieguldījumus īpašumā, kur plānotas projekta darbības/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apakšdarbības</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -7617,105 +7614,98 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalsta uzskaites sistēmas (ja attiecināms un projekta iesniegumā netiek norādīts veidlapas identifikācijas numurs); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C1F340" w14:textId="5760D739" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>sertificēta būvinženiera ekspertīzes atzinum</w:t>
       </w:r>
       <w:r w:rsidR="00A548BD" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> virszemes un pazemes komunikāciju infrastruktūras pārbūvei, nepalielinot tās apkalpes jaudu raksturojošos tehniskos parametrus, kurā norādīts, ka, veicot projektā plānotās satiksmes pārvadu, ielu, ceļu vai dzelzceļa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pieslēgumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> infrastruktūras būvniecības, teritorijas labiekārtošanas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>remediācijas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai sanācijas darbības, pastāv sabiedriskā pakalpojuma sniegšanai nepieciešamās infrastruktūras bojāšanas risks vai nav iespējams izvairīties no virszemes vai pazemes komunikāciju infrastruktūras pārbūves vietās, kurās nav papildu pieprasījuma pēc sabiedriskajiem pakalpojumiem, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">elektroapgādes pakalpojumiem, kā arī nodrošinot, ka investīcijas nerada priekšrocības inženiertīklu īpašniekam un atbilst komercdarbības atbalsta sniegšanas nosacījumiem (attiecināms, ja projekta iesniegumā plānotas </w:t>
+        <w:t xml:space="preserve"> vai sanācijas darbības, pastāv sabiedriskā pakalpojuma sniegšanai nepieciešamās infrastruktūras bojāšanas risks vai nav iespējams izvairīties no virszemes vai pazemes komunikāciju infrastruktūras pārbūves vietās, kurās nav papildu pieprasījuma pēc sabiedriskajiem pakalpojumiem, elektroapgādes pakalpojumiem, kā arī nodrošinot, ka investīcijas nerada priekšrocības inženiertīklu īpašniekam un atbilst komercdarbības atbalsta sniegšanas nosacījumiem (attiecināms, ja projekta iesniegumā plānotas </w:t>
       </w:r>
       <w:r w:rsidR="00A548BD" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">SAM </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">MK noteikumu 32.5. apakšpunkta izmaksas); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59578710" w14:textId="0FB72135" w:rsidR="0013470D" w:rsidRPr="009B6203" w:rsidRDefault="00B977CD" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
@@ -7945,51 +7935,59 @@
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšlīgum</w:t>
       </w:r>
       <w:r w:rsidR="00A548BD" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ar komersantu kā potenciālo ūdenssaimniecības sabiedrisko pakalpojumu saņēmēju par notekūdeņu novadīšanu plānotajā infrastruktūrā un dzeramā ūdens lietošanu un piegādi, kur norādīta gan informācija par aptuveno pakalpojumu izmantošanas apjomu (kubikmetri diennaktī), gan informācija par prognozēto ūdenssaimniecības pakalpojumu tarifu plānu, izņemot, par ūdenssaimniecības sabiedrisko pakalpojumu tīklu infrastruktūru, ja tā paredzēta komersantam, kas būs rādītāju devējs, bet nav projekta sadarbības partneris (t.i. tāds komersants, kas atrodas pie ielas un ir labuma guvējs)  vai tīkli tiek pievilki teritorijai vai ēkai, kuru iznomās un komersants šobrīd nav zināms, jo tiks iesaistīts pēc izsoles - šajā gadījumā priekšlīgums nav nepieciešams (nomas infrastruktūras gadījumā priekšlīgums pirms notikusi izsoles nedrīkst būt), bet sadaļā “Darbības” aprakstošā veidā ir nepieciešams sniegt pamatojumu par aptuveno pakalpojumu izmantošanas apjomu (kubikmetri diennaktī) un nepieciešamību un prognozēto ūdenssaimniecības pakalpojumu tarifu plānu;  </w:t>
+        <w:t xml:space="preserve"> ar komersantu kā potenciālo ūdenssaimniecības sabiedrisko pakalpojumu saņēmēju par notekūdeņu novadīšanu plānotajā infrastruktūrā un dzeramā ūdens lietošanu un piegādi, kur norādīta gan informācija par aptuveno pakalpojumu izmantošanas apjomu (kubikmetri diennaktī), gan informācija par prognozēto ūdenssaimniecības pakalpojumu tarifu plānu, izņemot, par ūdenssaimniecības sabiedrisko pakalpojumu tīklu infrastruktūru, ja tā paredzēta komersantam, kas būs rādītāju devējs, bet nav projekta sadarbības partneris (t.i. tāds komersants, kas atrodas pie ielas un ir labuma guvējs)  vai tīkli tiek pievilki teritorijai vai ēkai, kuru iznomās un komersants šobrīd nav zināms, jo tiks iesaistīts pēc izsoles - šajā gadījumā priekšlīgums nav nepieciešams (nomas infrastruktūras gadījumā priekšlīgums pirms notikusi izsoles nedrīkst būt), bet sadaļā “Darbības” aprakstošā veidā ir nepieciešams sniegt pamatojumu par aptuveno pakalpojumu izmantošanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6203">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">apjomu (kubikmetri diennaktī) un nepieciešamību un prognozēto ūdenssaimniecības pakalpojumu tarifu plānu;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67429EA1" w14:textId="768E0CB2" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sanācijas uzdevum</w:t>
       </w:r>
       <w:r w:rsidR="00A548BD" w:rsidRPr="009B6203">
         <w:rPr>
@@ -8095,120 +8093,126 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">MK noteikumu 32.6. apakšpunkta izmaksas); </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B7D243" w14:textId="43807FA2" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>tirgus analīzes dokumentācij</w:t>
       </w:r>
       <w:r w:rsidR="00327A0B" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> komersantu vajadzību apzināšanai – atklāta, pārredzama, dokumentēta, veikta pakalpojuma līguma ietvaros, kas ietver tirgus izpēti, īpaši komercdarbības atbalsta gadījumos, kurā, piemēram, pamatota nomas infrastruktūras atbilstība, analizēti </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>mērķorientētas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> infrastruktūras riski</w:t>
       </w:r>
       <w:r w:rsidR="0004031E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un veikti secinājumi, ka projekts īstenojams noteiktā nozarē; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0A0831" w14:textId="0A1D35AB" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00A548BD" w:rsidP="009B6203">
+    <w:p w14:paraId="3C0A0831" w14:textId="2CFCCF27" w:rsidR="00485EEC" w:rsidRPr="003F1D08" w:rsidRDefault="00A548BD" w:rsidP="003F1D08">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>zvērināta revidenta apstiprinātu operatīvo finanšu pārskatu, kas apstiprināts ne agrāk kā vienu mēnesi pirms projekta iesnieguma iesniegšanas dienas, ja projekta iesniedzējam vai sadarbības partnerim pēc pēdējā gada pārskata datiem ir konstatējamas grūtībās nonākuša uzņēmuma pazīmes, taču laika periodā līdz projekta iesniegšanai ir uzlabojusies finanšu situācija;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00485EEC" w:rsidRPr="009B6203">
+        <w:t xml:space="preserve">zvērināta revidenta apstiprinātu operatīvo finanšu pārskatu, kas apstiprināts ne agrāk kā vienu mēnesi pirms projekta iesnieguma iesniegšanas dienas, ja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F1D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta iesniedzējam vai sadarbības partnerim pēc pēdējā gada pārskata datiem ir konstatējamas grūtībās nonākuša uzņēmuma pazīmes, taču laika periodā līdz projekta iesniegšanai ir uzlabojusies finanšu situācija;</w:t>
+      </w:r>
+      <w:r w:rsidR="00485EEC" w:rsidRPr="003F1D08">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E924F4" w14:textId="13398CC4" w:rsidR="00485EEC" w:rsidRPr="009B6203" w:rsidRDefault="00485EEC" w:rsidP="009B6203">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -8704,50 +8708,51 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51175250" w14:textId="18EED016" w:rsidR="00D85E03" w:rsidRPr="00A0574E" w:rsidRDefault="00D85E03" w:rsidP="3EFF4B73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3EFF4B73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>principa “Nenodarīt būtisku kaitējumu” novērtējumu pasākumam, kas pievienots Eiropas Savienības kohēzijas politikas programmas 2021.– 2027.</w:t>
       </w:r>
       <w:r w:rsidR="00EF7DC3" w:rsidRPr="3EFF4B73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="3EFF4B73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">gadam pielikumā un ir pieejams https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods </w:t>
       </w:r>
       <w:r w:rsidR="00BF2C1C" w:rsidRPr="3EFF4B73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00155666" w:rsidRPr="3EFF4B73">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>adaļā</w:t>
@@ -8930,51 +8935,50 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7051C9" w14:textId="66D9ED6D" w:rsidR="00636A89" w:rsidRPr="00CE6160" w:rsidRDefault="00636A89" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Informācija par aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm,</w:t>
       </w:r>
       <w:r w:rsidR="004469DA" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, ko projekta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="000A6B93" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
@@ -9633,85 +9637,85 @@
         </w:rPr>
         <w:t>a vēstule</w:t>
       </w:r>
       <w:r w:rsidR="06B31755" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma iesniegšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="6C2E0203" w:rsidR="00A01D52" w:rsidRPr="00CE6160" w:rsidRDefault="00ED7400" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00A01D52" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>rojektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="14E58738" w14:textId="6451B43F" w:rsidR="005C0369" w:rsidRPr="00CE6160" w:rsidRDefault="00D537C1" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Ref172292401"/>
-      <w:bookmarkStart w:id="4" w:name="_Ref216189773"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref216189773"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības fondu 2021.</w:t>
       </w:r>
       <w:r w:rsidR="00711EC7" w:rsidRPr="00CE6160">
@@ -9796,130 +9800,140 @@
         <w:t>Regulas </w:t>
       </w:r>
       <w:r w:rsidR="00840CF9" w:rsidRPr="00CE6160" w:rsidDel="00840CF9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E02F41" w:rsidRPr="00E02F41">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2024/2509</w:t>
       </w:r>
       <w:r w:rsidR="00E02F41">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61.</w:t>
       </w:r>
       <w:r w:rsidR="00402F7A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="005C0369" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C0369" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas sastāvā kā balsstiesīgi locekļi ir sadarbības iestādes pārstāvji un </w:t>
       </w:r>
       <w:r w:rsidR="00137336" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Viedās </w:t>
       </w:r>
       <w:r w:rsidR="00D141CF" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>administrācijas</w:t>
       </w:r>
       <w:r w:rsidR="005C0369" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un reģionālās attīstības ministrijas pārstāvji (par investīciju politiku reģionālās attīstības jomā atbildīgās struktūrvienības pārstāvis un par reģionālās attīstības politiku atbildīgās struktūrvienības pārstāvis), kas vērtēšanā piedalās šādā apjomā:</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve"> un reģionālās attīstības ministrijas pārstāvji (par investīciju politiku reģionālās attīstības </w:t>
+      </w:r>
+      <w:r w:rsidR="005C0369" w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>jomā atbildīgās struktūrvienības pārstāvis un par reģionālās attīstības politiku atbildīgās struktūrvienības pārstāvis), kas vērtēšanā piedalās šādā apjomā:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="4481339A" w14:textId="77777777" w:rsidR="005C0369" w:rsidRPr="00CE6160" w:rsidRDefault="005C0369" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -10033,51 +10047,50 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1589"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>pārējie specifiskie atbilstības kritēriji – vērtē balsstiesīgie sadarbības iestādes pārstāvji;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C0ACCC" w14:textId="77777777" w:rsidR="005C0369" w:rsidRPr="00CE6160" w:rsidRDefault="005C0369" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -10256,52 +10269,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nepieciešamības gadījumā, vērtēšanas komisija kā neatkarīgus ekspertus projektu iesniegumu izvērtēšanai var pieaicināt ekspertus, kas tiek piesaistīti no sadarbības iestādes vai citām iestādēm, vai arī institūcijām. Eksperta vērtējumam ir rekomendējošs raksturs. Pieaicinātais eksperts, veicot darba uzdevuma izpildi, ievēro objektivitātes un konfidencialitātes nosacījumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE2849" w14:textId="6B684CDA" w:rsidR="00D537C1" w:rsidRPr="00CE6160" w:rsidRDefault="00B60437" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref120520594"/>
-      <w:bookmarkStart w:id="6" w:name="_Ref216189824"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref216189824"/>
       <w:r w:rsidRPr="003B76C0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="003B76C0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ērtēšanas komisija</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -10499,51 +10512,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00692626" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projektu iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="002A71FA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vērtēšanu</w:t>
       </w:r>
       <w:r w:rsidR="00692626" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> var </w:t>
       </w:r>
       <w:r w:rsidR="002A71FA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -10591,60 +10604,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, bet </w:t>
       </w:r>
       <w:r w:rsidR="00767857">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtēšanas komisija </w:t>
       </w:r>
       <w:r w:rsidR="00692626" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nevar pieņemt lēmumu par katru projekta iesniegumu atsevišķi, līdz nav noslēgusies projektu iesniegšana</w:t>
       </w:r>
       <w:r w:rsidR="008F1C23" w:rsidRPr="00452A63">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="001754D3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="054FE2CC" w14:textId="73111C89" w:rsidR="00EB5533" w:rsidRPr="002746CA" w:rsidRDefault="27F7F099" w:rsidP="00EB5533">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pirms</w:t>
       </w:r>
       <w:r w:rsidR="16799EEC" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī</w:t>
@@ -10788,95 +10801,102 @@
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00A67993">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>tiem</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>saistīto fizisko personu</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstību Likuma 22. un 26. pantā noteiktajiem izslēgšanas noteikumiem, ievērojot MK noteikumos Nr. 408 noteikto kārtību, un veic projekta iesniedzēja</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">un sadarbības partnera, ja tāds projektā ir paredzēts, un </w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ar </w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00A67993">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">tiem </w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>saistīto fizisko personu</w:t>
+        <w:t xml:space="preserve">saistīto </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>fizisko personu</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
+        <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārbaudi atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> pantam. Ja projekta iesniedzējs atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem, lai projekta iesniedzēju izslēgtu no dalības projektu iesniegumu atlasē, projekta iesniegums uzskatāms par noraidītu.</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
@@ -10888,58 +10908,51 @@
         </w:rPr>
         <w:t>Ja projekta iesniedzējs neatbilst, taču sadarbības partneris atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00B20301">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, lai </w:t>
       </w:r>
       <w:r w:rsidR="00170209" w:rsidRPr="00B20301">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sadarbības partneri</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00B20301">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izslēgtu</w:t>
       </w:r>
       <w:r w:rsidR="00EB5533" w:rsidRPr="00EB5533">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> no dalības projektu iesniegumu atlasē, projekta iesniegums nav uzskatāms par </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">noraidītu, bet šī nolikuma </w:t>
+        <w:t xml:space="preserve"> no dalības projektu iesniegumu atlasē, projekta iesniegums nav uzskatāms par noraidītu, bet šī nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="009C0A5A" w:rsidRPr="009C0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009C0A5A" w:rsidRPr="009C0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521415 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="009C0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="009C0A5A" w:rsidRPr="009C0A5A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009C0A5A" w:rsidRPr="009C0A5A">
@@ -11054,51 +11067,51 @@
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="75C87149">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7697DD40" w14:textId="4B6C1E54" w:rsidR="00ED7A74" w:rsidRDefault="34A7FB25" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120489080"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē, vispirms izvērtējot </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA46D2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visus neprecizējamos</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00124A04" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -11329,67 +11342,67 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AA2F7F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D14082" w14:textId="3B983F7E" w:rsidR="002D0ECD" w:rsidRDefault="00F4003F" w:rsidP="00AA2F7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref216190001"/>
-      <w:bookmarkStart w:id="9" w:name="_Hlk215579330"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref216190001"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk215579330"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kvalitātes kritērijus nevērtē</w:t>
       </w:r>
       <w:r w:rsidR="002D0ECD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00EA4F39" w:rsidRPr="00AF5B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68245037" w14:textId="658229EB" w:rsidR="000C53FF" w:rsidRDefault="007D4E75" w:rsidP="00EE55B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -12132,66 +12145,66 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>SAM MK noteikumu 15.2.1. apakšpunktā noteikta</w:t>
       </w:r>
       <w:r w:rsidR="00AE73E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jam finansējumam</w:t>
       </w:r>
       <w:r w:rsidR="00402B24" w:rsidRPr="00AF5B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DD40E7" w14:textId="2587B632" w:rsidR="003A5ED4" w:rsidRPr="00D71CBA" w:rsidRDefault="00396999" w:rsidP="00D71CBA">
+    <w:p w14:paraId="26DD40E7" w14:textId="06C25DCE" w:rsidR="003A5ED4" w:rsidRPr="00D71CBA" w:rsidRDefault="00396999" w:rsidP="00D71CBA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref216190316"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref216190316"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00835254">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00402B24" w:rsidRPr="00402B24">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rioritārā secība</w:t>
       </w:r>
       <w:r w:rsidR="00D12CD8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -12246,51 +12259,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atlases</w:t>
       </w:r>
       <w:r w:rsidR="00663C86">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārtas</w:t>
       </w:r>
       <w:r w:rsidR="000466EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. daļā</w:t>
       </w:r>
       <w:r w:rsidR="00402B24" w:rsidRPr="00402B24">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek veidota, ievērojot šādus nosacījumus:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00402B24" w:rsidRPr="00402B24">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110FB7FC" w14:textId="4E0F0391" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="00215153" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1134" w:hanging="624"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -12456,50 +12469,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, kur:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2311FEC3" w14:textId="77777777" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1701"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> – kopējais koeficients;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04674BDF" w14:textId="77777777" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
       <w:pPr>
@@ -12888,51 +12902,50 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> koeficients;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F9BF41C" w14:textId="4F5CDB24" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1701"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="000E6D49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00E715DE" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0034707D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -13074,210 +13087,366 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> no efektīvākā (ar lielāko kopējā koeficienta vērtību) līdz vismazāk efektīvajam (ar mazāko kopējā koeficienta vērtību) projekta iesniegumam.</w:t>
       </w:r>
       <w:r w:rsidR="003A5ED4" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A5ED4" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Kopējo koeficienta vērtību matemātiski noapaļo</w:t>
       </w:r>
       <w:r w:rsidR="003A5ED4" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
+        <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidR="003A5ED4" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar divām zīmēm aiz komata;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04110925" w14:textId="1303F178" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
+    <w:p w14:paraId="04110925" w14:textId="6459FBF4" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref216190143"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref216190143"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ja vairākiem projektu iesniegumiem viena </w:t>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:ins w:id="17" w:author="Evita Klapere" w:date="2026-01-26T12:41:00Z" w16du:dateUtc="2026-01-26T10:41:00Z">
+        <w:r w:rsidR="00D96171">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">1. daļā </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vairākiem projektu iesniegumiem viena </w:t>
       </w:r>
       <w:r w:rsidR="006A157F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">statistiskā </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>reģiona teritorijā kopējie kopvērtējuma koeficienti ar divām zīmēm aiz komata ir vienādi, priekšroku dod tam projekta iesniegumam, kurā plānota lielāka rezultāta rādītāja “To komersantu izveidotās darba</w:t>
+        <w:t xml:space="preserve">reģiona teritorijā </w:t>
+      </w:r>
+      <w:ins w:id="18" w:author="Evita Klapere" w:date="2026-01-26T12:42:00Z" w16du:dateUtc="2026-01-26T10:42:00Z">
+        <w:r w:rsidR="00B40842" w:rsidRPr="00CE6160">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>kopējie kopvērtējuma koeficienti ar divām zīmēm aiz komata ir vienādi</w:t>
+        </w:r>
+        <w:r w:rsidR="00B40842">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> vai ja 2. daļā</w:t>
+        </w:r>
+        <w:r w:rsidR="00B40842" w:rsidRPr="00194E6E">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00B40842" w:rsidRPr="00CE6160">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">vairākiem projektu iesniegumiem </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>kopējie kopvērtējuma koeficienti ar divām zīmēm aiz komata ir vienādi, priekšroku dod tam projekta iesniegumam, kurā plānota lielāka rezultāta rādītāja “To komersantu izveidotās darba</w:t>
       </w:r>
       <w:r w:rsidR="00290D52">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vietas, kuri guvuši labumu no attīstītās publiskās infrastruktūras” attiecība pret ieguldīto </w:t>
       </w:r>
       <w:r w:rsidRPr="007C0014">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>TPF finansējumu</w:t>
       </w:r>
       <w:r w:rsidRPr="007C0014">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
+        <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C987083" w14:textId="1616E897" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
+    <w:p w14:paraId="1C987083" w14:textId="1C488DB9" w:rsidR="003A5ED4" w:rsidRPr="00CE6160" w:rsidRDefault="003A5ED4" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="709"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ja vairākiem projektu iesniegumiem </w:t>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:ins w:id="19" w:author="Evita Klapere" w:date="2026-01-26T12:42:00Z" w16du:dateUtc="2026-01-26T10:42:00Z">
+        <w:r w:rsidR="00B40842">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">1. daļā </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vairākiem projektu iesniegumiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160" w:rsidDel="005907A3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">viena </w:t>
       </w:r>
       <w:r w:rsidR="00577F1F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">statistiskā </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160" w:rsidDel="005907A3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">reģiona teritorijā </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">kopējie kopvērtējuma koeficienti ir vienādi un šiem projektu iesniegumiem ir vienāda arī šī nolikuma </w:t>
+        <w:t xml:space="preserve">kopējie kopvērtējuma koeficienti ir vienādi </w:t>
+      </w:r>
+      <w:ins w:id="20" w:author="Evita Klapere" w:date="2026-01-26T12:42:00Z" w16du:dateUtc="2026-01-26T10:42:00Z">
+        <w:r w:rsidR="00BE367C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>vai ja 2.</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="21" w:author="Evita Klapere" w:date="2026-01-26T12:43:00Z" w16du:dateUtc="2026-01-26T10:43:00Z">
+        <w:r w:rsidR="00BE367C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="22" w:author="Evita Klapere" w:date="2026-01-26T12:42:00Z" w16du:dateUtc="2026-01-26T10:42:00Z">
+        <w:r w:rsidR="00BE367C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>daļā</w:t>
+        </w:r>
+        <w:r w:rsidR="00BE367C" w:rsidRPr="00194E6E">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00BE367C" w:rsidRPr="00CE6160">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>vairākiem projektu iesniegumiem</w:t>
+        </w:r>
+        <w:r w:rsidR="00BE367C" w:rsidRPr="00194E6E">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00BE367C" w:rsidRPr="00CE6160">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>kopējie kopvērtējuma koeficienti ar divām zīmēm aiz komata ir vienādi</w:t>
+        </w:r>
+        <w:r w:rsidR="00BE367C" w:rsidRPr="00897049">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un šiem projektu iesniegumiem ir vienāda arī šī nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00937B16">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00937B16">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref216190143 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00937B16">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00937B16">
@@ -13314,120 +13483,120 @@
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> apakšpunktā minētā rezultāta rādītāja “To komersantu izveidotās darba</w:t>
       </w:r>
       <w:r w:rsidR="001C77EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vietas, kuri guvuši labumu no attīstītās publiskās infrastruktūras” attiecība pret TPF finansējumu, – tad priekšroku dod tam projekta iesniegumam, kurā plānota </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk152843737"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk152843737"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">lielāka rezultāta rādītāja “Privātās </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nefinanšu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> investīcijas nemateriālajos ieguldījumos un pamatlīdzekļos” </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>attiecība pret ieguldīto TPF finansējumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="11"/>
+        <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35491DBA" w14:textId="0D3A892C" w:rsidR="00243CFF" w:rsidRPr="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00B00141">
+    <w:p w14:paraId="35491DBA" w14:textId="03EC1E20" w:rsidR="00243CFF" w:rsidRPr="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00B00141">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref216190596"/>
+      <w:bookmarkStart w:id="24" w:name="_Ref216190596"/>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumiem, kuriem pēc prioritārās secības sarindošanas </w:t>
       </w:r>
       <w:r w:rsidR="00A86633" w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>potenciāli ir pieejams</w:t>
       </w:r>
       <w:r w:rsidR="00A86633" w:rsidRPr="006D41AF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A5510" w:rsidRPr="00D50A21">
@@ -13567,51 +13736,51 @@
       </w:r>
       <w:r w:rsidR="00B30BEB">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D148F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktā noteiktās kompetences ietvaros</w:t>
       </w:r>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šādā secībā:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51064807" w14:textId="381B662E" w:rsidR="00243CFF" w:rsidRPr="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00F97E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
@@ -13620,108 +13789,109 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie kritēriji,  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79061E1D" w14:textId="35354CAE" w:rsidR="00243CFF" w:rsidRPr="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00F97E93">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vienotie izvēles kritēriji, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABE3C1D" w14:textId="0184E407" w:rsidR="00243CFF" w:rsidRPr="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00B00141">
+    <w:p w14:paraId="7ABE3C1D" w14:textId="0184E407" w:rsidR="00243CFF" w:rsidRDefault="00243CFF" w:rsidP="00B00141">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243CFF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="00B00141">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CB2A70" w14:textId="29CAE759" w:rsidR="00D6653F" w:rsidRDefault="00D6653F" w:rsidP="0098111B">
+    <w:p w14:paraId="26CB2A70" w14:textId="70A91201" w:rsidR="00D6653F" w:rsidRDefault="00D6653F" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref216190062"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:id="25" w:name="_Ref216190062"/>
+      <w:bookmarkStart w:id="26" w:name="_Ref120491837"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja, sarindojot projektu</w:t>
       </w:r>
       <w:r w:rsidR="00D16FA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -13876,123 +14046,155 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>otrās atlases kārtas 1.</w:t>
       </w:r>
       <w:r w:rsidR="001F2731">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5478">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>daļas ietvaros</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB5478" w:rsidRPr="00D6653F">
+        <w:t xml:space="preserve">daļas </w:t>
+      </w:r>
+      <w:ins w:id="27" w:author="Evita Klapere" w:date="2026-01-26T12:44:00Z" w16du:dateUtc="2026-01-26T10:44:00Z">
+        <w:r w:rsidR="00BE367C">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">attiecīgā </w:t>
+        </w:r>
+        <w:r w:rsidR="005A417D">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">statistiskā reģiona </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00AB5478">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6653F">
+        <w:t>ietvaros</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5478" w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">TPF finansējums nav pietiekams </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C41331">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>vienīgā</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6653F">
+        <w:t xml:space="preserve">TPF finansējums nav pietiekams </w:t>
+      </w:r>
+      <w:r w:rsidR="00C41331">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projekta</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D16FA5">
+        <w:t>vienīgā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> iesnieguma</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6653F">
+        <w:t xml:space="preserve"> projekta</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16FA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> īstenošanai, tad</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> iesnieguma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D6653F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve"> īstenošanai, tad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="1F660761" w14:textId="7CF76322" w:rsidR="001F68D9" w:rsidRDefault="001F68D9" w:rsidP="001F68D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F68D9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
@@ -14037,51 +14239,51 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>99</w:t>
       </w:r>
       <w:r w:rsidRPr="001F68D9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="008E612D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="12"/>
+        <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidRPr="001F68D9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> no projekta</w:t>
       </w:r>
       <w:r w:rsidR="00D16FA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesnieguma</w:t>
       </w:r>
       <w:r w:rsidRPr="001F68D9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -14196,51 +14398,50 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF469A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a projekta</w:t>
       </w:r>
       <w:r w:rsidR="00D16FA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesnieguma</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF469A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -14258,51 +14459,51 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,00</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF469A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r w:rsidR="00697247">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
+        <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r w:rsidR="00162D7D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un vairāk </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF469A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>no projekta</w:t>
       </w:r>
       <w:r w:rsidR="00D16FA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -14621,51 +14822,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF469A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> koeficientu vērtības</w:t>
       </w:r>
       <w:r w:rsidR="000039E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A301A8" w14:textId="6310ACE8" w:rsidR="00B47031" w:rsidRDefault="00B47031" w:rsidP="0098111B">
+    <w:p w14:paraId="70A301A8" w14:textId="7BFD4FD1" w:rsidR="00B47031" w:rsidRDefault="00B47031" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B47031">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -14710,50 +14911,62 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
       <w:r w:rsidR="00B816A9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00D7248C" w:rsidRPr="00B816A9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>daļā</w:t>
       </w:r>
+      <w:ins w:id="28" w:author="Evita Klapere" w:date="2026-01-26T12:45:00Z" w16du:dateUtc="2026-01-26T10:45:00Z">
+        <w:r w:rsidR="00325AF0">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>, viena statistiskā reģiona ietvaros</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidRPr="00B47031">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sarindojot projektu</w:t>
       </w:r>
       <w:r w:rsidR="00EA7566">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegumus</w:t>
       </w:r>
       <w:r w:rsidRPr="00B47031">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -14848,51 +15061,71 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, šo </w:t>
       </w:r>
       <w:r w:rsidR="0066132A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">TPF </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47031">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">finansējuma atlikumu pārceļ uz </w:t>
+        <w:t xml:space="preserve">finansējuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA5A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>atlikumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47031">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pārceļ uz </w:t>
       </w:r>
       <w:r w:rsidR="00B50943">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">otrās </w:t>
       </w:r>
       <w:r w:rsidRPr="00B47031">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atlases </w:t>
       </w:r>
       <w:r w:rsidR="00B50943">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -15684,91 +15917,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidR="00A60303" w:rsidRPr="00A60303">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> divām zīmēm aiz komata</w:t>
       </w:r>
       <w:r w:rsidR="00035400">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="14"/>
+        <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidR="00A60303" w:rsidRPr="00A60303">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>), un, kas saglabā SAM MK noteikumu 13.</w:t>
       </w:r>
       <w:r w:rsidR="00A60303" w:rsidRPr="00A60303">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00A60303" w:rsidRPr="00A60303">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>punktā minētos nosacījumus</w:t>
       </w:r>
       <w:r w:rsidR="00C64A15">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA0B047" w14:textId="512E7C0A" w:rsidR="00C64A15" w:rsidRPr="0018574E" w:rsidRDefault="00932915" w:rsidP="00C64A15">
+    <w:p w14:paraId="0FA0B047" w14:textId="27B3D74D" w:rsidR="00C64A15" w:rsidRPr="0018574E" w:rsidRDefault="00932915" w:rsidP="00C64A15">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00932915">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rādītāju samazinājums nepasliktinās projekta</w:t>
       </w:r>
@@ -15815,129 +16048,152 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ais</w:t>
       </w:r>
       <w:r w:rsidRPr="00932915">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> attiecināmo izmaksu apmērs nav mazāks par 200 000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00932915">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
+      <w:ins w:id="29" w:author="Evita Klapere" w:date="2026-01-26T12:49:00Z" w16du:dateUtc="2026-01-26T10:49:00Z">
+        <w:r w:rsidR="00221EAE">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00221EAE" w:rsidRPr="00221EAE">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>(ieskaitot)</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="001816B8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="3AF26A23" w:rsidR="00E60B1A" w:rsidRPr="00CE6160" w:rsidRDefault="00D537C1" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref216245281"/>
+      <w:bookmarkStart w:id="30" w:name="_Ref216245281"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="2FA26964" w14:textId="6AC0394F" w:rsidR="00DF2DB5" w:rsidRPr="00CE6160" w:rsidRDefault="00F31B42" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="31" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē </w:t>
       </w:r>
       <w:r w:rsidR="004A40B4" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtēšanas komisija izvērtē precizēto projekta iesniegumu atbilstoši šī nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="001C7AB3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -16010,172 +16266,171 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF2DB5" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja ar precizētu projekta iesniegumu tiek mainīta informācija, kas ietekmē kvalitātes kritēriju aprēķinus, projekta iesniegumu pārvērtē attiecīgajā kvalitātes kritērijā, tādējādi pastāv risks, ka var tikt samazināts projekta iesniegumam sākotnēji piešķirtais kopējais punktu skaits un tā vieta projektu iesniegumu rindojumā pēc saņemto punktu skaita.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00CE6160" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
       <w:r w:rsidR="001A2736" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E93123" w14:textId="54192BF3" w:rsidR="0093766F" w:rsidRPr="00CE6160" w:rsidRDefault="00000595" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="32" w:name="_Ref120490735"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="002A370A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">adarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="0093766F" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00CE6160" w:rsidRDefault="0093766F" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="33" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00CE6160" w:rsidRDefault="0093766F" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="34" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00CE6160" w:rsidRDefault="0093766F" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73320236" w14:textId="7EBAC713" w:rsidR="000F07BB" w:rsidRPr="00CE6160" w:rsidRDefault="00E343AF" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -16867,50 +17122,51 @@
         <w:t xml:space="preserve"> saistītajām fiziskajām personām nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas</w:t>
       </w:r>
       <w:r w:rsidR="00136D14" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C9E37B" w14:textId="703053E4" w:rsidR="003C2265" w:rsidRPr="00CE6160" w:rsidRDefault="003C2265" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>projekta iesniegums atbilst projektu iesniegumu vērtēšanas kritērijiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D878681" w14:textId="112BD056" w:rsidR="003C2265" w:rsidRPr="00CE6160" w:rsidRDefault="003A3AAE" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pasākuma</w:t>
       </w:r>
       <w:r w:rsidR="003C2265" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
@@ -16949,100 +17205,100 @@
       <w:r w:rsidR="00260D23">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">TPF </w:t>
       </w:r>
       <w:r w:rsidR="003C2265" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>finansējums projekta īstenošanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F924CA5" w14:textId="5F7CB6B2" w:rsidR="00E860CF" w:rsidRPr="00CE6160" w:rsidRDefault="00327553" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Ref121924665"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref121924665"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu pieņem, ja projekta iesniedzējam nepieciešams veikt sadarbības iestādes noteiktās darbības, lai projekta iesniegums pilnībā atbilstu projektu iesniegumu vērtēšanas kritērijiem un projektu varētu atbilstoši īstenot</w:t>
       </w:r>
       <w:r w:rsidR="00E860CF" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001E4627" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums ir apstiprināts ar nosacījumu, projekta iesniedzējs veic tikai </w:t>
       </w:r>
       <w:r w:rsidR="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">tās </w:t>
       </w:r>
       <w:r w:rsidR="001E4627" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">darbības, </w:t>
       </w:r>
       <w:r w:rsidR="00494A74">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>kas</w:t>
       </w:r>
       <w:r w:rsidR="00494A74" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E4627" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>ir noteiktas lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="00F231E2" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Veicot nosacījumu izpildi, bez īpaša pamatojuma</w:t>
       </w:r>
       <w:r w:rsidR="00F231E2" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> nav pieļaujama sākotnēji plānoto iznākuma </w:t>
       </w:r>
       <w:r w:rsidR="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un rezultāta </w:t>
       </w:r>
       <w:r w:rsidR="00F231E2" w:rsidRPr="00CE6160">
@@ -17051,58 +17307,51 @@
         </w:rPr>
         <w:t>rādītāju</w:t>
       </w:r>
       <w:r w:rsidR="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004D0E72" w:rsidRPr="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>un citu vērtējamo projekta iesnieguma  elementu precizēšana</w:t>
       </w:r>
       <w:r w:rsidR="004D0E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F231E2" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ja vien tas neatbilst lēmumā par projekta </w:t>
-[...6 lines deleted...]
-        <w:t>iesnieguma apstiprināšanu ar nosacījumu iekļautajiem nosacījumiem, pretējā gadījumā projekta iesniegums var tikt noraidīts.</w:t>
+        <w:t xml:space="preserve"> ja vien tas neatbilst lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu iekļautajiem nosacījumiem, pretējā gadījumā projekta iesniegums var tikt noraidīts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608CBD1F" w14:textId="4B5C65A1" w:rsidR="0087168E" w:rsidRPr="00CE6160" w:rsidRDefault="0087168E" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta </w:t>
       </w:r>
       <w:r w:rsidR="00847788" w:rsidRPr="00CE6160">
@@ -17274,218 +17523,225 @@
       <w:r w:rsidR="00C032E2" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>ceturto daļu ietekmētu projekta iesniegumu pēc būtības;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1873AD67" w14:textId="419FCD74" w:rsidR="00796C8C" w:rsidRPr="00CE6160" w:rsidRDefault="00754E0A" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Ref120485120"/>
-      <w:bookmarkStart w:id="23" w:name="_Ref172293780"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref120485120"/>
+      <w:bookmarkStart w:id="37" w:name="_Ref172293780"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pasākuma</w:t>
       </w:r>
       <w:r w:rsidR="00080D8C" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00F676CF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>otrās</w:t>
       </w:r>
       <w:r w:rsidR="00F676CF" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00080D8C" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">atlases kārtas ietvaros nav pieejams </w:t>
       </w:r>
       <w:r w:rsidR="00B645B6" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">TPF </w:t>
       </w:r>
       <w:r w:rsidR="00080D8C" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>finansējums projekta īstenošanai</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="00931EA7" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="51E4C4FD" w14:textId="1C42DDF9" w:rsidR="00796C8C" w:rsidRPr="00CE6160" w:rsidRDefault="00080D8C" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējs ir radījis mākslīgus apstākļus</w:t>
       </w:r>
       <w:r w:rsidR="005A6072" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:footnoteReference w:id="15"/>
+        <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai sniedzis faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tam labvēlīgu lēmumu</w:t>
       </w:r>
       <w:r w:rsidR="00B31899">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49181C9D" w14:textId="33FBC2D8" w:rsidR="009153EE" w:rsidRPr="00CE6160" w:rsidRDefault="009153EE" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref128053469"/>
+      <w:bookmarkStart w:id="38" w:name="_Ref128053469"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas, pamatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, sadarbības iestāde izdod</w:t>
       </w:r>
       <w:r w:rsidR="009E55B3" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="3D0E8F6C" w14:textId="5C6E9FF3" w:rsidR="009153EE" w:rsidRPr="00CE6160" w:rsidRDefault="009153EE" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Ref120521482"/>
+      <w:bookmarkStart w:id="39" w:name="_Ref120521482"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="4FDF6AFC" w14:textId="34C58035" w:rsidR="009153EE" w:rsidRPr="00CE6160" w:rsidRDefault="009E55B3" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="009153EE" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
+        <w:t xml:space="preserve"> nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja </w:t>
+      </w:r>
+      <w:r w:rsidR="009153EE" w:rsidRPr="00CE6160">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>iesniegtās informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018152B4" w14:textId="16F8A31C" w:rsidR="009B5CD7" w:rsidRPr="00CE6160" w:rsidRDefault="002064F9" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi vai neizpildi sadarbības iestāde sagatavo elektroniska </w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>dokumenta formātā</w:t>
@@ -17594,99 +17850,91 @@
         <w:t xml:space="preserve"> un noraidīšanu</w:t>
       </w:r>
       <w:r w:rsidR="00CE371A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B6ADF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> paziņo vienlaicīgi vai katram projekta iesniedzējam atsevišķi, negaidot visu projektu iesniegumu vērtēšanas rezultātus, izņemot gadījumos, kad projektu iesniegumos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">pieprasītais finansējums ir lielāks </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">nekā </w:t>
+        <w:t xml:space="preserve">pieprasītais finansējums ir lielāks nekā </w:t>
       </w:r>
       <w:r w:rsidR="00B45FB0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>otrajā</w:t>
       </w:r>
       <w:r w:rsidR="00B45FB0" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">atlases kārtā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieejamais finansējums un vērtēšanas komisija nav pabeigusi projektu iesniegumu sarindošanu prioritārā secībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609FA1D2" w14:textId="6CC64E75" w:rsidR="00F4389C" w:rsidRDefault="00111EFD" w:rsidP="000E5A12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk31356483"/>
+      <w:bookmarkStart w:id="40" w:name="_Hlk31356483"/>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">adarbības iestādei </w:t>
       </w:r>
       <w:r w:rsidR="005F2E70">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">otrās </w:t>
       </w:r>
       <w:r w:rsidR="005F2E70" w:rsidRPr="002C6FB3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>atlases</w:t>
       </w:r>
       <w:r w:rsidR="005F2E70">
@@ -17866,52 +18114,52 @@
       </w:r>
       <w:r w:rsidR="006A28D8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>par kuru ir pieņemts lēmums par projekta iesnieguma noraidīšanu nepietiekama finansējuma dēļ</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="002C6FB3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="_Hlk31356474"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="41" w:name="_Hlk31356474"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00BF7543">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC26C3" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Sadarbības iestāde</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējam </w:t>
       </w:r>
@@ -18166,51 +18414,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FE0390" w:rsidRPr="00B55D11">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ievērojot projektu iesniegumu sarindošanas prioritāro secību</w:t>
       </w:r>
       <w:r w:rsidR="00FE0390">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> var tikt piemērota attiecībā uz vairākiem projektu iesniedzējiem vienlaicīgi, kuru projektu iesniegumi tika noraidīti nepietiekama finansējuma dēļ.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="316C9D3F" w14:textId="4D3F645B" w:rsidR="001775DB" w:rsidRPr="00CE6160" w:rsidRDefault="001775DB" w:rsidP="0098111B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informāciju par apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00D2169E" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -18477,50 +18725,51 @@
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4002B2F4" w14:textId="5E8AFBE7" w:rsidR="00402A7F" w:rsidRPr="00CE6160" w:rsidRDefault="00402A7F" w:rsidP="00B75EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projekta iesniedzējs jautājumus par konkrēto projektu iesniegumu atlasi iesniedz ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidR="00FE7205" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divas </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darbdienas līdz projektu iesniegumu iesniegšanas </w:t>
       </w:r>
       <w:r w:rsidR="0FBA395F" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
@@ -18878,51 +19127,50 @@
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B8AD7C" w14:textId="14C47059" w:rsidR="00402A7F" w:rsidRPr="00CE6160" w:rsidRDefault="00402A7F" w:rsidP="00B75EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Līguma</w:t>
       </w:r>
       <w:r w:rsidR="006F718A" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai v</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ienošanās par projekta īstenošanu projekta teksts līguma/vienošanās slēgšanas procesā var tikt precizēts atbilstoši projekta specifikai. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397D67ED" w14:textId="61C3F8CF" w:rsidR="001C2119" w:rsidRPr="00CE6160" w:rsidRDefault="00EE455A" w:rsidP="00B75EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
@@ -19035,60 +19283,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00CE6160" w:rsidRDefault="001C2119" w:rsidP="00B75EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CFBB61" w14:textId="77777777" w:rsidR="0098111B" w:rsidRPr="00CE6160" w:rsidRDefault="0098111B" w:rsidP="00196D54">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="63123C55" w14:textId="77777777" w:rsidR="00667D6D" w:rsidRPr="00CE6160" w:rsidRDefault="00667D6D" w:rsidP="00196D54">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B09204A" w14:textId="1BA3E688" w:rsidR="00C70414" w:rsidRPr="00CE6160" w:rsidRDefault="00C70414" w:rsidP="00196D54">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -19128,126 +19366,130 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projektu iesniegumu vērtēšanas kritēriji un to</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piemērošanas metodika</w:t>
       </w:r>
       <w:r w:rsidR="004141EF" w:rsidRPr="00CE6160">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F053728" w14:textId="77777777" w:rsidR="008E6762" w:rsidRPr="00CE6160" w:rsidRDefault="008E6762" w:rsidP="006F77B8">
+    <w:p w14:paraId="1F053728" w14:textId="77777777" w:rsidR="008E6762" w:rsidRPr="001836A4" w:rsidRDefault="008E6762" w:rsidP="006F77B8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FE2C34" w14:textId="022DF526" w:rsidR="00AF4CBD" w:rsidRPr="00AF4CBD" w:rsidRDefault="00BA592A" w:rsidP="00AF4CBD">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00AF4CBD" w:rsidRPr="00AF4CBD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. pielikums: Projekta budžeta kopsavilkuma pielikums (MS Excel datne);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0777EAB8" w14:textId="77777777" w:rsidR="008E6762" w:rsidRPr="00CE6160" w:rsidRDefault="008E6762" w:rsidP="006F77B8">
+    <w:p w14:paraId="0777EAB8" w14:textId="77777777" w:rsidR="008E6762" w:rsidRPr="001836A4" w:rsidRDefault="008E6762" w:rsidP="006F77B8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B558959" w14:textId="05E460A8" w:rsidR="009827D6" w:rsidRPr="00CE6160" w:rsidRDefault="00DD2BD0" w:rsidP="009827D6">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="009827D6" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Apliecinājums par informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā (attiecināms, ja projekta īstenošanā tiek iesaistīts sadarbības partneris, kas ir publiska persona, t.sk. tās iestāde, struktūrvienība, orgāns, kapitālsabiedrība)</w:t>
       </w:r>
       <w:r w:rsidR="009827D6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A25C4F3" w14:textId="77777777" w:rsidR="00F633A6" w:rsidRPr="00CE6160" w:rsidRDefault="00F633A6" w:rsidP="009827D6">
+    <w:p w14:paraId="1A25C4F3" w14:textId="77777777" w:rsidR="00F633A6" w:rsidRPr="001836A4" w:rsidRDefault="00F633A6" w:rsidP="009827D6">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E28BB90" w14:textId="1EE58DB8" w:rsidR="00F633A6" w:rsidRPr="00CE6160" w:rsidRDefault="005F4A79" w:rsidP="00F633A6">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F633A6" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Apliecinājums, ka saimnieciskās darbības veicējs neatbilst grūtībās nonākuša saimnieciskās darbības veicēja pazīmēm (attiecināms uz projekta iesniedzēja sadarbības partneri, ja projekta ietvaros plānotas darbības, kurām piemērojami SAM MK noteikumu  48., 49., 50., 51.,62. un 63. punkta nosacījumi);</w:t>
@@ -19277,148 +19519,146 @@
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E8634E" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Apliecinājums par komercdarbības atbalsta nosacījumu ievērošanu (attiecināms uz projekta sadarbības partneri un, ja projekta iesniegumā plānotas darbības, kurām piemērojami SAM MK noteikumu 48., 49., 50.,</w:t>
       </w:r>
       <w:r w:rsidR="00970528">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8634E" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>51. un 63. punkta nosacījumi);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60283146" w14:textId="77777777" w:rsidR="0000756C" w:rsidRDefault="0000756C" w:rsidP="0000756C">
+    <w:p w14:paraId="60283146" w14:textId="77777777" w:rsidR="0000756C" w:rsidRPr="001836A4" w:rsidRDefault="0000756C" w:rsidP="0000756C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DFFDBD8" w14:textId="3B8A73E9" w:rsidR="0000756C" w:rsidRDefault="00046E39" w:rsidP="0000756C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0000756C" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">. pielikums: Apliecinājums par projekta iesniedzēja un sadarbības saņemto un plānoto komercdarbības atbalstu (attiecināms uz projekta iesniedzēju un projekta sadarbības partneri, ja projekta ietvaros plānotas darbības, </w:t>
-[...7 lines deleted...]
-        <w:t>kurām piemērojami SAM MK noteikumu  48., 49., 50., 51., 62. un 63. punkta nosacījumi);</w:t>
+        <w:t>. pielikums: Apliecinājums par projekta iesniedzēja un sadarbības saņemto un plānoto komercdarbības atbalstu (attiecināms uz projekta iesniedzēju un projekta sadarbības partneri, ja projekta ietvaros plānotas darbības, kurām piemērojami SAM MK noteikumu  48., 49., 50., 51., 62. un 63. punkta nosacījumi);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DDA2F60" w14:textId="77777777" w:rsidR="00935F6D" w:rsidRDefault="00935F6D" w:rsidP="0000756C">
+    <w:p w14:paraId="0DDA2F60" w14:textId="77777777" w:rsidR="00935F6D" w:rsidRPr="001836A4" w:rsidRDefault="00935F6D" w:rsidP="0000756C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51C432F5" w14:textId="561E0500" w:rsidR="00935F6D" w:rsidRPr="00CE6160" w:rsidRDefault="00D6539E" w:rsidP="00935F6D">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00935F6D" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. pielikums: </w:t>
       </w:r>
       <w:r w:rsidR="00935F6D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00935F6D" w:rsidRPr="00935F6D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Apliecinājums par nosacījumu izpildi attiecībā uz piešķirto kompensāciju apmēru un pārmērīgas kompensācijas kontroli</w:t>
       </w:r>
       <w:r w:rsidR="00935F6D" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330EF02C" w14:textId="77777777" w:rsidR="00935F6D" w:rsidRDefault="00935F6D" w:rsidP="0000756C">
+    <w:p w14:paraId="330EF02C" w14:textId="77777777" w:rsidR="00935F6D" w:rsidRPr="001836A4" w:rsidRDefault="00935F6D" w:rsidP="0000756C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="598E20C4" w14:textId="0FF7E778" w:rsidR="000E0904" w:rsidRPr="00CE6160" w:rsidRDefault="000E0904" w:rsidP="000E0904">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00DA7DD9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Izmaksu un ieguvumu analīzes (finanšu analīzes) modelis</w:t>
@@ -19430,56 +19670,57 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003C1DE9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tikai projekta darbībai, kurai piemēro </w:t>
       </w:r>
       <w:r w:rsidR="000519AF" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Komisijas Regulas Nr. 651/2014 56. pantā paredzēto atbalstu</w:t>
       </w:r>
       <w:r w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (MS Excel datne);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8BDC90" w14:textId="77777777" w:rsidR="000E0904" w:rsidRPr="00CE6160" w:rsidRDefault="000E0904" w:rsidP="000E0904">
+    <w:p w14:paraId="3C8BDC90" w14:textId="77777777" w:rsidR="000E0904" w:rsidRPr="001836A4" w:rsidRDefault="000E0904" w:rsidP="000E0904">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C996697" w14:textId="5DB40B43" w:rsidR="000E0904" w:rsidRDefault="009904FA" w:rsidP="000E0904">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="000E0904" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Izmaksu un ieguvumu analīzes (finanšu analīzes) modeļa aizpildīšanas metodika</w:t>
@@ -19505,56 +19746,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> modelī iekļauj tikai projekta darbību, kurai piemēro </w:t>
       </w:r>
       <w:r w:rsidR="003C1DE9" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Komisijas Regulas Nr. 651/2014 56. pantā paredzēto atbalstu</w:t>
       </w:r>
       <w:r w:rsidR="003C1DE9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000E0904" w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F956A45" w14:textId="77777777" w:rsidR="009827D6" w:rsidRDefault="009827D6" w:rsidP="006F77B8">
+    <w:p w14:paraId="6F956A45" w14:textId="77777777" w:rsidR="009827D6" w:rsidRPr="001836A4" w:rsidRDefault="009827D6" w:rsidP="006F77B8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C29AC2A" w14:textId="52C3D7D5" w:rsidR="0069251C" w:rsidRDefault="0069251C" w:rsidP="0069251C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009904FA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
@@ -19681,94 +19923,97 @@
         </w:rPr>
         <w:t xml:space="preserve"> modelī</w:t>
       </w:r>
       <w:r w:rsidR="00F52702">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iekļauj visas projekta darbības,  t.sk. tādas, kam nepiemēro </w:t>
       </w:r>
       <w:r w:rsidR="00F52702" w:rsidRPr="009B6203">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Komisijas Regulas Nr. 651/2014 56. pantā paredzēto atbalstu</w:t>
       </w:r>
       <w:r w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C0B862" w14:textId="77777777" w:rsidR="0069251C" w:rsidRDefault="0069251C" w:rsidP="006F77B8">
+    <w:p w14:paraId="20C0B862" w14:textId="77777777" w:rsidR="0069251C" w:rsidRPr="001836A4" w:rsidRDefault="0069251C" w:rsidP="006F77B8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A8D1E81" w14:textId="2A5D2A90" w:rsidR="00CC4ECC" w:rsidRPr="00CE6160" w:rsidRDefault="00CC4ECC" w:rsidP="00CC4ECC">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00121AEF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="73A1DD49">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikums: Projekta īstenošanas rezultātā sagaidāmo izmaiņu būtiskuma novērtējums;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0D4FA0" w14:textId="77777777" w:rsidR="00F1671A" w:rsidRDefault="00F1671A" w:rsidP="00CC4ECC">
+    <w:p w14:paraId="5B0D4FA0" w14:textId="77777777" w:rsidR="00F1671A" w:rsidRPr="001836A4" w:rsidRDefault="00F1671A" w:rsidP="00CC4ECC">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="14"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6489387A" w14:textId="5EC2B714" w:rsidR="00F1671A" w:rsidRPr="00C506F5" w:rsidRDefault="00F1671A" w:rsidP="00F1671A">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C506F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00342B92" w:rsidRPr="00C506F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
@@ -19863,60 +20108,60 @@
       </w:r>
       <w:r w:rsidRPr="00C506F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. pielikums: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C506F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Mērķorientētas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C506F5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> infrastruktūras indikatīvās pazīmes Komisijas Regulas Nr. 651/2014  56. panta izpratnē;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3684A9CD" w14:textId="77777777" w:rsidR="00CC4ECC" w:rsidRPr="006E65B3" w:rsidRDefault="00CC4ECC" w:rsidP="006F77B8">
+    <w:p w14:paraId="3684A9CD" w14:textId="77777777" w:rsidR="00CC4ECC" w:rsidRPr="001836A4" w:rsidRDefault="00CC4ECC" w:rsidP="006F77B8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76CF8109" w14:textId="5B29C642" w:rsidR="00BD19E8" w:rsidRPr="006E65B3" w:rsidRDefault="00BD19E8" w:rsidP="00BD19E8">
+    <w:p w14:paraId="76CF8109" w14:textId="5B29C642" w:rsidR="00BD19E8" w:rsidRDefault="00BD19E8" w:rsidP="00BD19E8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00737CE5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
@@ -19925,110 +20170,110 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums: Līguma/vienošanās par projekta īstenošanu projekts</w:t>
       </w:r>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:footnoteReference w:id="16"/>
+        <w:footnoteReference w:id="17"/>
       </w:r>
       <w:r w:rsidRPr="006E65B3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C872DA9" w14:textId="53892FF1" w:rsidR="006F77B8" w:rsidRPr="00CE6160" w:rsidRDefault="006F77B8" w:rsidP="73A1DD49">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="lv-LV"/>
+    <w:p w14:paraId="069F7ED9" w14:textId="77777777" w:rsidR="00521E2B" w:rsidRDefault="00521E2B" w:rsidP="00BD19E8">
+      <w:pPr>
+        <w:ind w:left="1560" w:hanging="1276"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DCB84C6" w14:textId="77777777" w:rsidR="00384491" w:rsidRPr="00CE6160" w:rsidRDefault="00384491" w:rsidP="00D20B53">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00384491" w:rsidRPr="00CE6160" w:rsidSect="003C3DF1">
       <w:headerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16AD4FF3" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97">
+    <w:p w14:paraId="4E04144A" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B644EDF" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97">
+    <w:p w14:paraId="309AAD12" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="01F9F7D6" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97" w:rsidP="00152F67"/>
+    <w:p w14:paraId="29BD2E0E" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -20062,78 +20307,77 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23594088" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97" w:rsidP="00F25516">
+    <w:p w14:paraId="1DD2A160" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4801EB4B" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97" w:rsidP="00F25516">
+    <w:p w14:paraId="036FD580" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5154837B" w14:textId="77777777" w:rsidR="00202D97" w:rsidRDefault="00202D97" w:rsidP="00152F67"/>
+    <w:p w14:paraId="5FC91C27" w14:textId="77777777" w:rsidR="00C530C1" w:rsidRDefault="00C530C1" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="7C805192" w14:textId="4CCECF7B" w:rsidR="00287867" w:rsidRPr="00AB3553" w:rsidRDefault="00287867" w:rsidP="00547D7E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3553">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00AB3553">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ministru kabineta 2025. gada 20. janvāra rīkojums Nr. 32 </w:t>
       </w:r>
       <w:r w:rsidR="0005568E" w:rsidRPr="00AB3553">
@@ -20178,136 +20422,211 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB3553">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000830FE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Centrālā finanšu un līgumu aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00034B6F" w:rsidRPr="000830FE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – sadarbības iestāde). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
+    <w:p w14:paraId="0FA59991" w14:textId="52FB0B35" w:rsidR="004C2F0D" w:rsidRPr="0047102A" w:rsidRDefault="004C2F0D" w:rsidP="004C2F0D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="3" w:author="Evita Klapere" w:date="2026-03-04T10:28:00Z" w16du:dateUtc="2026-03-04T08:28:00Z">
+        <w:r w:rsidRPr="0047102A">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="0047102A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="4" w:author="Evita Klapere" w:date="2026-03-04T10:28:00Z">
+        <w:r w:rsidRPr="0047102A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t>Atbilstoši Eiropas Komisijas 2025. gada 16. decembra lēmuma Nr. 2025/2630 par Līguma par Eiropas Savienības darbību 106. panta 2. punkta piemērošanu valsts atbalstam attiecībā uz kompensāciju par sabiedriskajiem pakalpojumiem dažiem uzņēmumiem, kuriem uzticēts sniegt pakalpojumus ar vispārēju tautsaimniecisku nozīmi, un ar ko atceļ Lēmumu 2012/21/ES (turpmāk – Komisijas Lēmums Nr.</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="00F32FDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:ins w:id="5" w:author="Evita Klapere" w:date="2026-03-04T10:28:00Z">
+        <w:r w:rsidRPr="0047102A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t>2025/2630), pārejas noteikumiem (9. panta a) punkts) atbalsta shēmas, kas stājās spēkā pirms Komisijas Lēmuma Nr. 2025/2630 spēkā stāšanās un bija saderīgas ar Eiropas Savienības iekšējo tirgu un atbrīvotas no paziņošanas pienākuma saskaņā ar Komisijas Lēmumu Nr. 2012/21/ES, arī turpmāk ir saderīgas ar iekšējo tirgu un atbrīvotas no paziņošanas prasības vēl divu gadu laikposmā pēc Komisijas Lēmuma Nr</w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="0047102A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E327A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E327A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="6" w:author="Evita Klapere" w:date="2026-03-04T10:28:00Z">
+        <w:r w:rsidRPr="0047102A">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:t>2025/2630 stāšanās spēkā, tas ir, līdz 2028. gada 8. janvārim.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
     <w:p w14:paraId="7CE96F56" w14:textId="33FA4602" w:rsidR="000A3102" w:rsidRPr="00B04508" w:rsidRDefault="000A3102" w:rsidP="00547D7E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B04508">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B04508">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbilstoši Ministru kabineta 2023. gada 13. jūlija noteikumu Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā” (turpmāk – MK noteikumi Nr. 408) 4. pielikumam, </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00F870E2" w:rsidRPr="00B04508">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/343827</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B04508">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F870E2" w:rsidRPr="00B04508">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
+  <w:footnote w:id="6">
     <w:p w14:paraId="6A589062" w14:textId="2107EE1D" w:rsidR="00E02F41" w:rsidRPr="002E08E2" w:rsidRDefault="00E02F41" w:rsidP="00E02F41">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam. Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="002E08E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
+  <w:footnote w:id="7">
     <w:p w14:paraId="3F044CBF" w14:textId="1E58BD04" w:rsidR="008F1C23" w:rsidRPr="002E08E2" w:rsidRDefault="008F1C23" w:rsidP="002E08E2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001361D8" w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -20437,168 +20756,168 @@
         <w:t xml:space="preserve"> Eiropas Savienības kohēzijas politikas programmā 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="000D797A" w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="000D797A" w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>gada</w:t>
       </w:r>
       <w:r w:rsidR="00D33E71" w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00BA62C7" w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju vai sadarbības partneri ar filiāli saistītās darbībās.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="7F5AF540" w14:textId="77777777" w:rsidR="00EB5533" w:rsidRPr="003B74AE" w:rsidRDefault="00EB5533" w:rsidP="002E08E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="FootnoteText"/>
+    <w:p w14:paraId="288C5C19" w14:textId="77777777" w:rsidR="00EB5533" w:rsidRPr="002E08E2" w:rsidRDefault="00EB5533" w:rsidP="002E08E2">
+      <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E08E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> persona vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju vai sadarbības partneri darbībās, kas saistītas ar filiāli.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju vai sadarbības partneri ar filiāli saistītās darbībās.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
+    <w:p w14:paraId="7F5AF540" w14:textId="77777777" w:rsidR="00EB5533" w:rsidRPr="003B74AE" w:rsidRDefault="00EB5533" w:rsidP="002E08E2">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E08E2">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="002E08E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valdes vai padomes loceklis, patiesais labuma guvējs, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E08E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>pārstāvēttiesīgā</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E08E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persona vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju vai sadarbības partneri darbībās, kas saistītas ar filiāli.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
     <w:p w14:paraId="1F21218A" w14:textId="24070BD1" w:rsidR="003A5ED4" w:rsidRPr="00A51876" w:rsidRDefault="003A5ED4" w:rsidP="00410EAA">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ja trešais cipars aiz komata ir mazāks nekā 5, tad skaitli otrajam ciparam aiz komata noapaļo ar iztrūkumu, t.i., tas paliek nemainīgs. Ja trešais cipars aiz komata ir 5 vai lielāks nekā 5, tad skaitli otrajam ciparam aiz komata noapaļo ar uzviju, t.i., to palielina par 1</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B0E" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
+  <w:footnote w:id="11">
     <w:p w14:paraId="55107DB4" w14:textId="431D0B0F" w:rsidR="003A5ED4" w:rsidRPr="006E5FF7" w:rsidRDefault="003A5ED4" w:rsidP="003A5ED4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Darba</w:t>
       </w:r>
       <w:r w:rsidR="00944C37">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -20642,296 +20961,296 @@
         <w:t>.2.</w:t>
       </w:r>
       <w:r w:rsidR="00287155">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakšpunktā minēto principu</w:t>
       </w:r>
       <w:r w:rsidR="00CA4B0E" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...86 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="1BC3B6A3" w14:textId="38DD508F" w:rsidR="008E612D" w:rsidRPr="00717574" w:rsidRDefault="008E612D" w:rsidP="00717574">
+    <w:p w14:paraId="74B342AC" w14:textId="4622A450" w:rsidR="003A5ED4" w:rsidRPr="005A0514" w:rsidRDefault="003A5ED4" w:rsidP="003A5ED4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00717574">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A0514">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00717574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Privāto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju pašu nemateriālajos ieguldījumos un pamatlīdzekļos apjoma attiecība tiek aprēķināta projekta iesniegumā norādīto privāto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>nefinanšu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> investīciju pašu nemateriālajos ieguldījumos un pamatlīdzekļos summu izdalot ar projekta iesniegumā norādīto TPF finansējumu. Iegūto vērtību izsaka ar divām zīmēm aiz komata. Noapaļošanā ievēro šī nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287155">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00114DBA" w:rsidRPr="00287155">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287155">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00027BE8" w:rsidRPr="005A0514">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
-[...17 lines deleted...]
-      <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
+      <w:r w:rsidRPr="005A0514">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakšpunktā minēto principu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717574">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00826FE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="440787F0" w14:textId="675ADD51" w:rsidR="00697247" w:rsidRDefault="00697247" w:rsidP="00717574">
+    <w:p w14:paraId="1BC3B6A3" w14:textId="38DD508F" w:rsidR="008E612D" w:rsidRPr="00717574" w:rsidRDefault="008E612D" w:rsidP="00717574">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717574">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00717574">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Noapaļošanā ievēro šī nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="003E2B0B" w:rsidRPr="00287155">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>26.2.</w:t>
       </w:r>
       <w:r w:rsidR="003E2B0B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakšpunktā minēto principu</w:t>
       </w:r>
       <w:r w:rsidRPr="00717574">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="2EADF2EA" w14:textId="54C73591" w:rsidR="00035400" w:rsidRDefault="00035400" w:rsidP="00862670">
+    <w:p w14:paraId="440787F0" w14:textId="675ADD51" w:rsidR="00697247" w:rsidRDefault="00697247" w:rsidP="00717574">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00717574">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00717574">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A51876">
+      <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Noapaļošanā ievēro šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00287155">
+      <w:r w:rsidR="003E2B0B" w:rsidRPr="00287155">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>26.2.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003E2B0B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A51876">
+      <w:r w:rsidR="003E2B0B" w:rsidRPr="00A51876">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakšpunktā minēto principu</w:t>
       </w:r>
-      <w:r w:rsidR="004F78CE">
+      <w:r w:rsidRPr="00717574">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
+    <w:p w14:paraId="2EADF2EA" w14:textId="54C73591" w:rsidR="00035400" w:rsidRDefault="00035400" w:rsidP="00862670">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51876">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Noapaļošanā ievēro šī nolikuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287155">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>26.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51876">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>apakšpunktā minēto principu</w:t>
+      </w:r>
+      <w:r w:rsidR="004F78CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
     <w:p w14:paraId="4A6AE588" w14:textId="75B81CC6" w:rsidR="005A6072" w:rsidRPr="00773079" w:rsidRDefault="005A6072" w:rsidP="005A6072">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00773079">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00773079">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00773079">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
@@ -20949,51 +21268,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="00773079">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>Skaidrojums par mākslīgo apstākļu radīšanu un vērtēšanu Centrālā finanšu un līgumu aģentūra (cfla.gov.lv)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003F5968" w:rsidRPr="00773079">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7895426A" w14:textId="01F462CF" w:rsidR="005A6072" w:rsidRPr="003C3EBC" w:rsidRDefault="005A6072">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="16">
+  <w:footnote w:id="17">
     <w:p w14:paraId="1196405E" w14:textId="77777777" w:rsidR="00BD19E8" w:rsidRPr="00632F74" w:rsidRDefault="00BD19E8" w:rsidP="00791F20">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632F74">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00632F74">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Līgums/ </w:t>
       </w:r>
       <w:r w:rsidRPr="00632F74">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
@@ -22229,50 +22548,136 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40BA606E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C1613E2"/>
+    <w:lvl w:ilvl="0" w:tplc="400ED4F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EEEC7610">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9DE270E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="23F02D0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7892067E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4CB8C352">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="91CCD380">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="60EA4646">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4198B8B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42E20C03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D2A4B8C"/>
     <w:lvl w:ilvl="0" w:tplc="96A4B53A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E160A61E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -22341,51 +22746,51 @@
     <w:lvl w:ilvl="7" w:tplc="028AB8FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BFF22FB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48314F6C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FEC74FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Style2"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22465,51 +22870,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="900"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="1260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49FC7CB8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D0805684"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22614,51 +23019,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BA96771"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="68D2AFDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="567"/>
       </w:pPr>
@@ -22738,51 +23143,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4024" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4534" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53E2551E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2EAE177A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22887,51 +23292,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AB34BBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17B6EE68"/>
     <w:lvl w:ilvl="0" w:tplc="AD260976">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="389652A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="8BD603FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3)"/>
@@ -22973,51 +23378,51 @@
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D7160562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04C68354">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66FB088F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B12C37E"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -23086,51 +23491,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672E1988"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="594AFBF0"/>
     <w:lvl w:ilvl="0" w:tplc="EEF48F7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A2AAC0B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -23199,51 +23604,51 @@
     <w:lvl w:ilvl="7" w:tplc="4B08F070">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8BA85112">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FB23EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32FAFE0A"/>
     <w:lvl w:ilvl="0" w:tplc="4EFEDA3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8F48400C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -23312,51 +23717,51 @@
     <w:lvl w:ilvl="7" w:tplc="294A5896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DABC181E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DE4598"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="11A64A00"/>
     <w:lvl w:ilvl="0" w:tplc="5EDC732C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D42E93D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -23425,51 +23830,51 @@
     <w:lvl w:ilvl="7" w:tplc="D11E0A18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7E588DA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72A735E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B3E9010"/>
     <w:lvl w:ilvl="0" w:tplc="62F49098">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23515,51 +23920,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D61124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D16D13A"/>
     <w:lvl w:ilvl="0" w:tplc="17020238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="86A284E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="51C2D71A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3)"/>
@@ -23601,51 +24006,51 @@
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1F348D12">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9440008C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="775C4B46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1004C394"/>
     <w:lvl w:ilvl="0" w:tplc="9BBAB0F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="63E00944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
@@ -23718,147 +24123,158 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F6CA5CBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="353505437">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="937326553">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="403066133">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1360277866">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2056810416">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1167554041">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1455057791">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1667316933">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1977493430">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="868759023">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="112599360">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1001927928">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="262156290">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="934246751">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1336956686">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="278411454">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1547060785">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1372417962">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1866555781">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1290207339">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="430442061">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1461537569">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="578104190">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1248416719">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1716388097">
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Evita Klapere">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::EvitaK@varam.gov.lv::2c09bf11-6706-4c50-8915-139bdb0e617c"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -24208,50 +24624,51 @@
     <w:rsid w:val="000B6C07"/>
     <w:rsid w:val="000B6CFD"/>
     <w:rsid w:val="000B716B"/>
     <w:rsid w:val="000B7448"/>
     <w:rsid w:val="000B7516"/>
     <w:rsid w:val="000B7612"/>
     <w:rsid w:val="000B7A75"/>
     <w:rsid w:val="000B7A8E"/>
     <w:rsid w:val="000C0097"/>
     <w:rsid w:val="000C02FB"/>
     <w:rsid w:val="000C05EB"/>
     <w:rsid w:val="000C081C"/>
     <w:rsid w:val="000C0D39"/>
     <w:rsid w:val="000C106C"/>
     <w:rsid w:val="000C1565"/>
     <w:rsid w:val="000C191A"/>
     <w:rsid w:val="000C1BCC"/>
     <w:rsid w:val="000C1BF5"/>
     <w:rsid w:val="000C231B"/>
     <w:rsid w:val="000C32CD"/>
     <w:rsid w:val="000C3577"/>
     <w:rsid w:val="000C3CE5"/>
     <w:rsid w:val="000C3EFB"/>
     <w:rsid w:val="000C4AA6"/>
     <w:rsid w:val="000C4B46"/>
+    <w:rsid w:val="000C52D8"/>
     <w:rsid w:val="000C53FF"/>
     <w:rsid w:val="000C5BEF"/>
     <w:rsid w:val="000C5E62"/>
     <w:rsid w:val="000C6134"/>
     <w:rsid w:val="000C61FB"/>
     <w:rsid w:val="000C65BB"/>
     <w:rsid w:val="000C6A49"/>
     <w:rsid w:val="000C6A60"/>
     <w:rsid w:val="000C7B98"/>
     <w:rsid w:val="000C7E43"/>
     <w:rsid w:val="000D0555"/>
     <w:rsid w:val="000D0FD5"/>
     <w:rsid w:val="000D126C"/>
     <w:rsid w:val="000D1559"/>
     <w:rsid w:val="000D1BA9"/>
     <w:rsid w:val="000D1BDE"/>
     <w:rsid w:val="000D282A"/>
     <w:rsid w:val="000D2994"/>
     <w:rsid w:val="000D2D9C"/>
     <w:rsid w:val="000D2F76"/>
     <w:rsid w:val="000D326E"/>
     <w:rsid w:val="000D3278"/>
     <w:rsid w:val="000D3289"/>
     <w:rsid w:val="000D3D7B"/>
     <w:rsid w:val="000D41B1"/>
@@ -24291,70 +24708,72 @@
     <w:rsid w:val="000E5E92"/>
     <w:rsid w:val="000E68B2"/>
     <w:rsid w:val="000E6A64"/>
     <w:rsid w:val="000E6D49"/>
     <w:rsid w:val="000E71B7"/>
     <w:rsid w:val="000E7D70"/>
     <w:rsid w:val="000E7EE4"/>
     <w:rsid w:val="000F0224"/>
     <w:rsid w:val="000F025C"/>
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F0A0C"/>
     <w:rsid w:val="000F0EED"/>
     <w:rsid w:val="000F1098"/>
     <w:rsid w:val="000F187A"/>
     <w:rsid w:val="000F20F2"/>
     <w:rsid w:val="000F223C"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F3450"/>
     <w:rsid w:val="000F35E9"/>
     <w:rsid w:val="000F3612"/>
     <w:rsid w:val="000F3713"/>
     <w:rsid w:val="000F3881"/>
     <w:rsid w:val="000F41E5"/>
     <w:rsid w:val="000F41E8"/>
     <w:rsid w:val="000F4732"/>
+    <w:rsid w:val="000F497F"/>
     <w:rsid w:val="000F4E5E"/>
     <w:rsid w:val="000F5018"/>
     <w:rsid w:val="000F5410"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F5DC1"/>
     <w:rsid w:val="000F6EC1"/>
     <w:rsid w:val="000F7586"/>
     <w:rsid w:val="000F7644"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="00100728"/>
     <w:rsid w:val="00100C8A"/>
     <w:rsid w:val="001019F9"/>
     <w:rsid w:val="00101A0B"/>
     <w:rsid w:val="00101D1D"/>
     <w:rsid w:val="00101DB4"/>
     <w:rsid w:val="00101F04"/>
     <w:rsid w:val="0010226E"/>
     <w:rsid w:val="00102F91"/>
     <w:rsid w:val="00103090"/>
     <w:rsid w:val="00103248"/>
+    <w:rsid w:val="001032AE"/>
     <w:rsid w:val="00104139"/>
     <w:rsid w:val="00104D2D"/>
     <w:rsid w:val="00104ED6"/>
     <w:rsid w:val="00104F53"/>
     <w:rsid w:val="001051AD"/>
     <w:rsid w:val="00105290"/>
     <w:rsid w:val="00105AC4"/>
     <w:rsid w:val="001063A8"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="00106778"/>
     <w:rsid w:val="001068D0"/>
     <w:rsid w:val="00106B91"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="00107224"/>
     <w:rsid w:val="001073D7"/>
     <w:rsid w:val="0010774D"/>
     <w:rsid w:val="0011086F"/>
     <w:rsid w:val="00110AD7"/>
     <w:rsid w:val="00110DC3"/>
     <w:rsid w:val="001111F6"/>
     <w:rsid w:val="00111566"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="001125A8"/>
@@ -24374,50 +24793,51 @@
     <w:rsid w:val="001150D2"/>
     <w:rsid w:val="0011529E"/>
     <w:rsid w:val="0011530E"/>
     <w:rsid w:val="0011592D"/>
     <w:rsid w:val="00115A49"/>
     <w:rsid w:val="00115A51"/>
     <w:rsid w:val="00115C8E"/>
     <w:rsid w:val="00116086"/>
     <w:rsid w:val="00116B77"/>
     <w:rsid w:val="00116FCC"/>
     <w:rsid w:val="0011700A"/>
     <w:rsid w:val="00117185"/>
     <w:rsid w:val="0011733E"/>
     <w:rsid w:val="001176AD"/>
     <w:rsid w:val="00117B0D"/>
     <w:rsid w:val="00117BB2"/>
     <w:rsid w:val="00117C23"/>
     <w:rsid w:val="001200A9"/>
     <w:rsid w:val="001215AE"/>
     <w:rsid w:val="001218DE"/>
     <w:rsid w:val="001219CD"/>
     <w:rsid w:val="00121AEF"/>
     <w:rsid w:val="00121BCD"/>
     <w:rsid w:val="00121D79"/>
     <w:rsid w:val="00122738"/>
+    <w:rsid w:val="001230CD"/>
     <w:rsid w:val="00123632"/>
     <w:rsid w:val="0012412B"/>
     <w:rsid w:val="0012466E"/>
     <w:rsid w:val="00124A04"/>
     <w:rsid w:val="00125C91"/>
     <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="00126E23"/>
     <w:rsid w:val="00126FA9"/>
     <w:rsid w:val="0012709B"/>
     <w:rsid w:val="00130187"/>
     <w:rsid w:val="0013020D"/>
     <w:rsid w:val="001306D9"/>
     <w:rsid w:val="001306F0"/>
     <w:rsid w:val="00130AEB"/>
     <w:rsid w:val="00130BC6"/>
     <w:rsid w:val="00130DB7"/>
     <w:rsid w:val="00130DEE"/>
     <w:rsid w:val="0013157D"/>
     <w:rsid w:val="0013188F"/>
     <w:rsid w:val="00131E6D"/>
     <w:rsid w:val="00131FC2"/>
     <w:rsid w:val="0013218D"/>
     <w:rsid w:val="001323EF"/>
     <w:rsid w:val="001325F2"/>
     <w:rsid w:val="00132867"/>
@@ -24511,162 +24931,167 @@
     <w:rsid w:val="00157659"/>
     <w:rsid w:val="001578A4"/>
     <w:rsid w:val="00157D98"/>
     <w:rsid w:val="00160528"/>
     <w:rsid w:val="00160C0D"/>
     <w:rsid w:val="00160DFF"/>
     <w:rsid w:val="0016114A"/>
     <w:rsid w:val="00161469"/>
     <w:rsid w:val="00162597"/>
     <w:rsid w:val="00162954"/>
     <w:rsid w:val="00162D7D"/>
     <w:rsid w:val="0016336A"/>
     <w:rsid w:val="001639CB"/>
     <w:rsid w:val="00163A55"/>
     <w:rsid w:val="00164584"/>
     <w:rsid w:val="00164E57"/>
     <w:rsid w:val="00165725"/>
     <w:rsid w:val="00165FB9"/>
     <w:rsid w:val="00165FD6"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="001664BF"/>
     <w:rsid w:val="00166AB9"/>
     <w:rsid w:val="00167064"/>
     <w:rsid w:val="00167134"/>
     <w:rsid w:val="0016723E"/>
+    <w:rsid w:val="001673B4"/>
     <w:rsid w:val="00167620"/>
     <w:rsid w:val="00167A86"/>
     <w:rsid w:val="00167B7D"/>
     <w:rsid w:val="00167D77"/>
     <w:rsid w:val="0017017B"/>
     <w:rsid w:val="00170209"/>
     <w:rsid w:val="00170385"/>
     <w:rsid w:val="0017051A"/>
     <w:rsid w:val="001705BA"/>
     <w:rsid w:val="001705FE"/>
     <w:rsid w:val="001706E2"/>
     <w:rsid w:val="00170792"/>
     <w:rsid w:val="001707C5"/>
     <w:rsid w:val="0017087C"/>
     <w:rsid w:val="0017131E"/>
     <w:rsid w:val="00171780"/>
     <w:rsid w:val="00171D97"/>
     <w:rsid w:val="00172002"/>
     <w:rsid w:val="00172192"/>
     <w:rsid w:val="0017289F"/>
     <w:rsid w:val="00172B0E"/>
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="00172E25"/>
     <w:rsid w:val="00172E6D"/>
     <w:rsid w:val="00173F8D"/>
     <w:rsid w:val="00174338"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="0017463B"/>
     <w:rsid w:val="0017471D"/>
     <w:rsid w:val="00174926"/>
     <w:rsid w:val="00174EC2"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="00175100"/>
+    <w:rsid w:val="00175131"/>
     <w:rsid w:val="001751CB"/>
     <w:rsid w:val="001753BC"/>
     <w:rsid w:val="001754D3"/>
     <w:rsid w:val="0017579D"/>
     <w:rsid w:val="00175CC3"/>
     <w:rsid w:val="0017616F"/>
     <w:rsid w:val="00176179"/>
     <w:rsid w:val="0017675B"/>
     <w:rsid w:val="0017677F"/>
     <w:rsid w:val="0017753C"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="001775FA"/>
     <w:rsid w:val="00177745"/>
     <w:rsid w:val="001803E8"/>
     <w:rsid w:val="00180419"/>
     <w:rsid w:val="001807B7"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="00180BB0"/>
     <w:rsid w:val="001811F5"/>
     <w:rsid w:val="001813A2"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="001816B8"/>
     <w:rsid w:val="00181BCD"/>
     <w:rsid w:val="00181C81"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="001821F8"/>
     <w:rsid w:val="001823B1"/>
     <w:rsid w:val="001828D5"/>
     <w:rsid w:val="0018295A"/>
+    <w:rsid w:val="001836A4"/>
     <w:rsid w:val="00184A1C"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00185582"/>
     <w:rsid w:val="00185726"/>
     <w:rsid w:val="0018574E"/>
     <w:rsid w:val="00185A22"/>
+    <w:rsid w:val="00185A7A"/>
     <w:rsid w:val="00185E0A"/>
     <w:rsid w:val="00186546"/>
     <w:rsid w:val="001866F6"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="001872D7"/>
     <w:rsid w:val="001872F0"/>
     <w:rsid w:val="00187AE8"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="0019004A"/>
     <w:rsid w:val="00190330"/>
     <w:rsid w:val="001903A6"/>
     <w:rsid w:val="001913E0"/>
     <w:rsid w:val="00191433"/>
     <w:rsid w:val="001922CE"/>
     <w:rsid w:val="00192ADA"/>
     <w:rsid w:val="001931EA"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="0019329D"/>
     <w:rsid w:val="001935B2"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193C96"/>
     <w:rsid w:val="00193DAD"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="00193ED4"/>
     <w:rsid w:val="001940D1"/>
     <w:rsid w:val="001943B6"/>
     <w:rsid w:val="00194999"/>
     <w:rsid w:val="00194EF2"/>
     <w:rsid w:val="00195776"/>
     <w:rsid w:val="0019580C"/>
     <w:rsid w:val="001959CF"/>
     <w:rsid w:val="00195B63"/>
     <w:rsid w:val="0019609D"/>
     <w:rsid w:val="00196D30"/>
     <w:rsid w:val="00196D54"/>
     <w:rsid w:val="0019753B"/>
     <w:rsid w:val="001A02B7"/>
     <w:rsid w:val="001A05A9"/>
     <w:rsid w:val="001A05D7"/>
     <w:rsid w:val="001A074C"/>
     <w:rsid w:val="001A0943"/>
     <w:rsid w:val="001A0C0D"/>
+    <w:rsid w:val="001A10C4"/>
     <w:rsid w:val="001A166E"/>
     <w:rsid w:val="001A1EEF"/>
     <w:rsid w:val="001A222F"/>
     <w:rsid w:val="001A2736"/>
     <w:rsid w:val="001A2BA6"/>
     <w:rsid w:val="001A2BC6"/>
     <w:rsid w:val="001A36BB"/>
     <w:rsid w:val="001A3840"/>
     <w:rsid w:val="001A38B3"/>
     <w:rsid w:val="001A429E"/>
     <w:rsid w:val="001A42B4"/>
     <w:rsid w:val="001A43FB"/>
     <w:rsid w:val="001A45B4"/>
     <w:rsid w:val="001A47FA"/>
     <w:rsid w:val="001A59B9"/>
     <w:rsid w:val="001A609A"/>
     <w:rsid w:val="001A6611"/>
     <w:rsid w:val="001A66D1"/>
     <w:rsid w:val="001A6739"/>
     <w:rsid w:val="001A6C01"/>
     <w:rsid w:val="001A7D0B"/>
     <w:rsid w:val="001A7D5D"/>
     <w:rsid w:val="001A7EEF"/>
     <w:rsid w:val="001A7F5C"/>
     <w:rsid w:val="001B02D5"/>
@@ -24682,94 +25107,97 @@
     <w:rsid w:val="001B28A9"/>
     <w:rsid w:val="001B2C8B"/>
     <w:rsid w:val="001B2DE0"/>
     <w:rsid w:val="001B2FC8"/>
     <w:rsid w:val="001B341F"/>
     <w:rsid w:val="001B3422"/>
     <w:rsid w:val="001B38AC"/>
     <w:rsid w:val="001B41EF"/>
     <w:rsid w:val="001B4952"/>
     <w:rsid w:val="001B57D6"/>
     <w:rsid w:val="001B5AB1"/>
     <w:rsid w:val="001B5AF3"/>
     <w:rsid w:val="001B622A"/>
     <w:rsid w:val="001B67AD"/>
     <w:rsid w:val="001B68EE"/>
     <w:rsid w:val="001B76C6"/>
     <w:rsid w:val="001B77E9"/>
     <w:rsid w:val="001B7BC7"/>
     <w:rsid w:val="001C0357"/>
     <w:rsid w:val="001C09A9"/>
     <w:rsid w:val="001C1A87"/>
     <w:rsid w:val="001C2119"/>
     <w:rsid w:val="001C220A"/>
     <w:rsid w:val="001C2B23"/>
     <w:rsid w:val="001C2BA7"/>
+    <w:rsid w:val="001C2C95"/>
     <w:rsid w:val="001C30B3"/>
     <w:rsid w:val="001C3905"/>
     <w:rsid w:val="001C3BA8"/>
     <w:rsid w:val="001C3F2D"/>
     <w:rsid w:val="001C40D3"/>
     <w:rsid w:val="001C423B"/>
     <w:rsid w:val="001C437F"/>
     <w:rsid w:val="001C46A1"/>
     <w:rsid w:val="001C490F"/>
     <w:rsid w:val="001C4A28"/>
     <w:rsid w:val="001C4DE6"/>
     <w:rsid w:val="001C5742"/>
     <w:rsid w:val="001C5868"/>
     <w:rsid w:val="001C5A2D"/>
     <w:rsid w:val="001C5A69"/>
     <w:rsid w:val="001C5ABE"/>
     <w:rsid w:val="001C60E7"/>
     <w:rsid w:val="001C6A65"/>
     <w:rsid w:val="001C6B0D"/>
     <w:rsid w:val="001C7147"/>
     <w:rsid w:val="001C71F1"/>
     <w:rsid w:val="001C71FD"/>
     <w:rsid w:val="001C7471"/>
     <w:rsid w:val="001C77EA"/>
     <w:rsid w:val="001C7AB3"/>
     <w:rsid w:val="001C7B6A"/>
     <w:rsid w:val="001D064C"/>
     <w:rsid w:val="001D0D24"/>
     <w:rsid w:val="001D1BF1"/>
     <w:rsid w:val="001D208C"/>
     <w:rsid w:val="001D24E0"/>
     <w:rsid w:val="001D2898"/>
     <w:rsid w:val="001D28A9"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="001D3060"/>
     <w:rsid w:val="001D31CA"/>
     <w:rsid w:val="001D39BB"/>
     <w:rsid w:val="001D480B"/>
     <w:rsid w:val="001D4879"/>
+    <w:rsid w:val="001D4918"/>
     <w:rsid w:val="001D4C04"/>
     <w:rsid w:val="001D4CF8"/>
     <w:rsid w:val="001D4D1D"/>
     <w:rsid w:val="001D5499"/>
     <w:rsid w:val="001D5901"/>
+    <w:rsid w:val="001D61FF"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001D6AD7"/>
     <w:rsid w:val="001D6C12"/>
     <w:rsid w:val="001D6CA7"/>
     <w:rsid w:val="001D6DF8"/>
     <w:rsid w:val="001D6EE9"/>
     <w:rsid w:val="001D722D"/>
     <w:rsid w:val="001D72FA"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E1167"/>
     <w:rsid w:val="001E15BD"/>
     <w:rsid w:val="001E19C4"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E1FF1"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E2416"/>
     <w:rsid w:val="001E241B"/>
     <w:rsid w:val="001E2713"/>
     <w:rsid w:val="001E3AFE"/>
     <w:rsid w:val="001E3E4E"/>
     <w:rsid w:val="001E3FF4"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E4627"/>
@@ -24798,50 +25226,51 @@
     <w:rsid w:val="001F2731"/>
     <w:rsid w:val="001F2779"/>
     <w:rsid w:val="001F294C"/>
     <w:rsid w:val="001F2999"/>
     <w:rsid w:val="001F33F5"/>
     <w:rsid w:val="001F33FA"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F46FA"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4912"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F5013"/>
     <w:rsid w:val="001F518A"/>
     <w:rsid w:val="001F51CA"/>
     <w:rsid w:val="001F5218"/>
     <w:rsid w:val="001F54B2"/>
     <w:rsid w:val="001F587A"/>
     <w:rsid w:val="001F5F00"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="001F639A"/>
     <w:rsid w:val="001F68D9"/>
     <w:rsid w:val="001F758B"/>
     <w:rsid w:val="001F7D97"/>
     <w:rsid w:val="001F7F7C"/>
     <w:rsid w:val="00200012"/>
+    <w:rsid w:val="00200254"/>
     <w:rsid w:val="002004A5"/>
     <w:rsid w:val="00200C1B"/>
     <w:rsid w:val="002011DB"/>
     <w:rsid w:val="002014B0"/>
     <w:rsid w:val="00201F07"/>
     <w:rsid w:val="0020208A"/>
     <w:rsid w:val="002020C9"/>
     <w:rsid w:val="0020214F"/>
     <w:rsid w:val="002021CB"/>
     <w:rsid w:val="00202C3B"/>
     <w:rsid w:val="00202C49"/>
     <w:rsid w:val="00202D97"/>
     <w:rsid w:val="00203460"/>
     <w:rsid w:val="0020379A"/>
     <w:rsid w:val="00204077"/>
     <w:rsid w:val="0020407F"/>
     <w:rsid w:val="0020412F"/>
     <w:rsid w:val="0020478E"/>
     <w:rsid w:val="00204E40"/>
     <w:rsid w:val="00205341"/>
     <w:rsid w:val="00205C03"/>
     <w:rsid w:val="0020606C"/>
     <w:rsid w:val="00206255"/>
     <w:rsid w:val="002064F9"/>
     <w:rsid w:val="0020674E"/>
@@ -24869,50 +25298,52 @@
     <w:rsid w:val="00214F24"/>
     <w:rsid w:val="0021509E"/>
     <w:rsid w:val="00215153"/>
     <w:rsid w:val="00215276"/>
     <w:rsid w:val="002155A1"/>
     <w:rsid w:val="002155E3"/>
     <w:rsid w:val="0021586F"/>
     <w:rsid w:val="00215BE8"/>
     <w:rsid w:val="00215E6B"/>
     <w:rsid w:val="00215F26"/>
     <w:rsid w:val="002163D5"/>
     <w:rsid w:val="002166F3"/>
     <w:rsid w:val="00216C7B"/>
     <w:rsid w:val="00216F98"/>
     <w:rsid w:val="00217166"/>
     <w:rsid w:val="002172B2"/>
     <w:rsid w:val="002175D5"/>
     <w:rsid w:val="002177A3"/>
     <w:rsid w:val="002179C2"/>
     <w:rsid w:val="00217D85"/>
     <w:rsid w:val="00220151"/>
     <w:rsid w:val="0022129F"/>
     <w:rsid w:val="002212E1"/>
     <w:rsid w:val="0022161C"/>
     <w:rsid w:val="00221BEE"/>
+    <w:rsid w:val="00221C79"/>
+    <w:rsid w:val="00221EAE"/>
     <w:rsid w:val="0022237E"/>
     <w:rsid w:val="002224FF"/>
     <w:rsid w:val="0022257D"/>
     <w:rsid w:val="002228E9"/>
     <w:rsid w:val="0022293F"/>
     <w:rsid w:val="00223004"/>
     <w:rsid w:val="00223536"/>
     <w:rsid w:val="00223730"/>
     <w:rsid w:val="002239DA"/>
     <w:rsid w:val="00223A1F"/>
     <w:rsid w:val="00223C9F"/>
     <w:rsid w:val="00223D5E"/>
     <w:rsid w:val="00223F76"/>
     <w:rsid w:val="00224AA1"/>
     <w:rsid w:val="00225AF4"/>
     <w:rsid w:val="00225D9F"/>
     <w:rsid w:val="00225E07"/>
     <w:rsid w:val="00225EF9"/>
     <w:rsid w:val="0022622C"/>
     <w:rsid w:val="0022682A"/>
     <w:rsid w:val="00226B38"/>
     <w:rsid w:val="00226EE2"/>
     <w:rsid w:val="002274D6"/>
     <w:rsid w:val="0022757C"/>
     <w:rsid w:val="00227734"/>
@@ -24930,72 +25361,74 @@
     <w:rsid w:val="0023222E"/>
     <w:rsid w:val="00232393"/>
     <w:rsid w:val="002325C1"/>
     <w:rsid w:val="0023278E"/>
     <w:rsid w:val="00233A70"/>
     <w:rsid w:val="00234191"/>
     <w:rsid w:val="0023440D"/>
     <w:rsid w:val="00234504"/>
     <w:rsid w:val="0023467C"/>
     <w:rsid w:val="0023491B"/>
     <w:rsid w:val="00234BCD"/>
     <w:rsid w:val="00234F04"/>
     <w:rsid w:val="0023565B"/>
     <w:rsid w:val="002359B1"/>
     <w:rsid w:val="00235C4B"/>
     <w:rsid w:val="002364E2"/>
     <w:rsid w:val="00236667"/>
     <w:rsid w:val="002367EC"/>
     <w:rsid w:val="00237388"/>
     <w:rsid w:val="00237E8E"/>
     <w:rsid w:val="00241931"/>
     <w:rsid w:val="002419FE"/>
     <w:rsid w:val="00241F74"/>
     <w:rsid w:val="00242222"/>
     <w:rsid w:val="00242F9B"/>
+    <w:rsid w:val="002432B0"/>
     <w:rsid w:val="00243C3F"/>
     <w:rsid w:val="00243CFF"/>
     <w:rsid w:val="00243E0D"/>
     <w:rsid w:val="0024430D"/>
     <w:rsid w:val="002445F8"/>
     <w:rsid w:val="002447DC"/>
     <w:rsid w:val="00244AA7"/>
     <w:rsid w:val="00244EEC"/>
     <w:rsid w:val="002451B5"/>
     <w:rsid w:val="002457C0"/>
     <w:rsid w:val="00245C5A"/>
     <w:rsid w:val="00246158"/>
     <w:rsid w:val="00246295"/>
     <w:rsid w:val="00246914"/>
     <w:rsid w:val="00246E1E"/>
     <w:rsid w:val="00246E28"/>
     <w:rsid w:val="0024726A"/>
     <w:rsid w:val="0024790D"/>
     <w:rsid w:val="00247D37"/>
     <w:rsid w:val="00247EE0"/>
     <w:rsid w:val="002503FC"/>
     <w:rsid w:val="00250587"/>
+    <w:rsid w:val="002505DA"/>
     <w:rsid w:val="00250625"/>
     <w:rsid w:val="00250957"/>
     <w:rsid w:val="00250B8A"/>
     <w:rsid w:val="00250E1E"/>
     <w:rsid w:val="00250E24"/>
     <w:rsid w:val="00251CEB"/>
     <w:rsid w:val="00251EF2"/>
     <w:rsid w:val="002521E3"/>
     <w:rsid w:val="0025226F"/>
     <w:rsid w:val="002523A5"/>
     <w:rsid w:val="00252772"/>
     <w:rsid w:val="002527E7"/>
     <w:rsid w:val="00252A22"/>
     <w:rsid w:val="00253219"/>
     <w:rsid w:val="002533D1"/>
     <w:rsid w:val="00254159"/>
     <w:rsid w:val="00254B84"/>
     <w:rsid w:val="00254E27"/>
     <w:rsid w:val="002563D5"/>
     <w:rsid w:val="00256582"/>
     <w:rsid w:val="0025675F"/>
     <w:rsid w:val="00256843"/>
     <w:rsid w:val="002569A1"/>
     <w:rsid w:val="00256E68"/>
     <w:rsid w:val="00256F0C"/>
@@ -25066,55 +25499,57 @@
     <w:rsid w:val="00276B79"/>
     <w:rsid w:val="00276D86"/>
     <w:rsid w:val="00276FAD"/>
     <w:rsid w:val="002770D7"/>
     <w:rsid w:val="00277321"/>
     <w:rsid w:val="0027749A"/>
     <w:rsid w:val="002775A4"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="002778DB"/>
     <w:rsid w:val="00280213"/>
     <w:rsid w:val="002804E1"/>
     <w:rsid w:val="0028081D"/>
     <w:rsid w:val="002815A6"/>
     <w:rsid w:val="002817E6"/>
     <w:rsid w:val="0028196D"/>
     <w:rsid w:val="00281CE3"/>
     <w:rsid w:val="00281ED6"/>
     <w:rsid w:val="00282505"/>
     <w:rsid w:val="00282730"/>
     <w:rsid w:val="00282D26"/>
     <w:rsid w:val="00282EDB"/>
     <w:rsid w:val="00282F37"/>
     <w:rsid w:val="00283CBD"/>
     <w:rsid w:val="00283D9C"/>
     <w:rsid w:val="00283DE8"/>
+    <w:rsid w:val="00284094"/>
     <w:rsid w:val="0028474E"/>
     <w:rsid w:val="00284E1C"/>
     <w:rsid w:val="00285353"/>
     <w:rsid w:val="002862F7"/>
     <w:rsid w:val="00286646"/>
+    <w:rsid w:val="00286667"/>
     <w:rsid w:val="002868A2"/>
     <w:rsid w:val="002869CD"/>
     <w:rsid w:val="00286E13"/>
     <w:rsid w:val="0028710E"/>
     <w:rsid w:val="00287155"/>
     <w:rsid w:val="00287867"/>
     <w:rsid w:val="00287997"/>
     <w:rsid w:val="002879E8"/>
     <w:rsid w:val="00290A2A"/>
     <w:rsid w:val="00290B97"/>
     <w:rsid w:val="00290D52"/>
     <w:rsid w:val="00290F6D"/>
     <w:rsid w:val="00291296"/>
     <w:rsid w:val="0029179D"/>
     <w:rsid w:val="002919A5"/>
     <w:rsid w:val="00291E80"/>
     <w:rsid w:val="002927C4"/>
     <w:rsid w:val="002928EA"/>
     <w:rsid w:val="00292EA6"/>
     <w:rsid w:val="0029301D"/>
     <w:rsid w:val="00293777"/>
     <w:rsid w:val="002939DC"/>
     <w:rsid w:val="00293B7C"/>
     <w:rsid w:val="0029422F"/>
     <w:rsid w:val="00294760"/>
@@ -25164,61 +25599,64 @@
     <w:rsid w:val="002B18F1"/>
     <w:rsid w:val="002B1A6A"/>
     <w:rsid w:val="002B24BA"/>
     <w:rsid w:val="002B2C33"/>
     <w:rsid w:val="002B2C8E"/>
     <w:rsid w:val="002B320A"/>
     <w:rsid w:val="002B33F0"/>
     <w:rsid w:val="002B3918"/>
     <w:rsid w:val="002B3F86"/>
     <w:rsid w:val="002B408B"/>
     <w:rsid w:val="002B48A5"/>
     <w:rsid w:val="002B4F29"/>
     <w:rsid w:val="002B5026"/>
     <w:rsid w:val="002B5332"/>
     <w:rsid w:val="002B5E9C"/>
     <w:rsid w:val="002B637F"/>
     <w:rsid w:val="002B6657"/>
     <w:rsid w:val="002B669F"/>
     <w:rsid w:val="002B67AC"/>
     <w:rsid w:val="002B6B33"/>
     <w:rsid w:val="002B7022"/>
     <w:rsid w:val="002B791B"/>
     <w:rsid w:val="002B796B"/>
     <w:rsid w:val="002B79B6"/>
     <w:rsid w:val="002B7D21"/>
+    <w:rsid w:val="002B7D79"/>
     <w:rsid w:val="002B7FA0"/>
     <w:rsid w:val="002C03A3"/>
+    <w:rsid w:val="002C08B9"/>
     <w:rsid w:val="002C0CEE"/>
     <w:rsid w:val="002C0F20"/>
     <w:rsid w:val="002C1247"/>
     <w:rsid w:val="002C16D3"/>
     <w:rsid w:val="002C205D"/>
     <w:rsid w:val="002C2105"/>
     <w:rsid w:val="002C26B0"/>
     <w:rsid w:val="002C270E"/>
     <w:rsid w:val="002C3667"/>
+    <w:rsid w:val="002C382A"/>
     <w:rsid w:val="002C3888"/>
     <w:rsid w:val="002C402A"/>
     <w:rsid w:val="002C4088"/>
     <w:rsid w:val="002C4133"/>
     <w:rsid w:val="002C4295"/>
     <w:rsid w:val="002C4437"/>
     <w:rsid w:val="002C4872"/>
     <w:rsid w:val="002C4DD3"/>
     <w:rsid w:val="002C4DE2"/>
     <w:rsid w:val="002C5FA6"/>
     <w:rsid w:val="002C6071"/>
     <w:rsid w:val="002C60B4"/>
     <w:rsid w:val="002C637D"/>
     <w:rsid w:val="002C6FB3"/>
     <w:rsid w:val="002C6FD7"/>
     <w:rsid w:val="002C7289"/>
     <w:rsid w:val="002C7873"/>
     <w:rsid w:val="002C78B3"/>
     <w:rsid w:val="002C7F2B"/>
     <w:rsid w:val="002D017B"/>
     <w:rsid w:val="002D03E0"/>
     <w:rsid w:val="002D08B7"/>
     <w:rsid w:val="002D0A29"/>
     <w:rsid w:val="002D0A96"/>
     <w:rsid w:val="002D0CFA"/>
@@ -25242,50 +25680,51 @@
     <w:rsid w:val="002D6D30"/>
     <w:rsid w:val="002D6F44"/>
     <w:rsid w:val="002D7627"/>
     <w:rsid w:val="002D780F"/>
     <w:rsid w:val="002D7BD9"/>
     <w:rsid w:val="002D7CCE"/>
     <w:rsid w:val="002D7D05"/>
     <w:rsid w:val="002D7EAB"/>
     <w:rsid w:val="002E0449"/>
     <w:rsid w:val="002E04BD"/>
     <w:rsid w:val="002E0650"/>
     <w:rsid w:val="002E0665"/>
     <w:rsid w:val="002E08E2"/>
     <w:rsid w:val="002E0CEF"/>
     <w:rsid w:val="002E1295"/>
     <w:rsid w:val="002E1624"/>
     <w:rsid w:val="002E16CA"/>
     <w:rsid w:val="002E17D0"/>
     <w:rsid w:val="002E1A52"/>
     <w:rsid w:val="002E1D0A"/>
     <w:rsid w:val="002E1FF9"/>
     <w:rsid w:val="002E20BF"/>
     <w:rsid w:val="002E2458"/>
     <w:rsid w:val="002E2502"/>
     <w:rsid w:val="002E29BC"/>
+    <w:rsid w:val="002E2AB2"/>
     <w:rsid w:val="002E2B0C"/>
     <w:rsid w:val="002E2B51"/>
     <w:rsid w:val="002E2F62"/>
     <w:rsid w:val="002E3B38"/>
     <w:rsid w:val="002E4010"/>
     <w:rsid w:val="002E4FC3"/>
     <w:rsid w:val="002E5082"/>
     <w:rsid w:val="002E50F6"/>
     <w:rsid w:val="002E52B3"/>
     <w:rsid w:val="002E5CE7"/>
     <w:rsid w:val="002E5CF6"/>
     <w:rsid w:val="002E606E"/>
     <w:rsid w:val="002E609A"/>
     <w:rsid w:val="002E6668"/>
     <w:rsid w:val="002E6D8F"/>
     <w:rsid w:val="002E6DA0"/>
     <w:rsid w:val="002E6EFF"/>
     <w:rsid w:val="002E7125"/>
     <w:rsid w:val="002E74FE"/>
     <w:rsid w:val="002E7837"/>
     <w:rsid w:val="002E7CC7"/>
     <w:rsid w:val="002E7DD1"/>
     <w:rsid w:val="002F0188"/>
     <w:rsid w:val="002F0CEA"/>
     <w:rsid w:val="002F1217"/>
@@ -25324,50 +25763,51 @@
     <w:rsid w:val="00301EC3"/>
     <w:rsid w:val="0030244F"/>
     <w:rsid w:val="00302483"/>
     <w:rsid w:val="0030261A"/>
     <w:rsid w:val="0030275B"/>
     <w:rsid w:val="00302DEF"/>
     <w:rsid w:val="00302E9F"/>
     <w:rsid w:val="003030E6"/>
     <w:rsid w:val="003031FA"/>
     <w:rsid w:val="003033CC"/>
     <w:rsid w:val="003034F4"/>
     <w:rsid w:val="003042E9"/>
     <w:rsid w:val="00304679"/>
     <w:rsid w:val="0030483C"/>
     <w:rsid w:val="00304A5F"/>
     <w:rsid w:val="0030548E"/>
     <w:rsid w:val="00305567"/>
     <w:rsid w:val="00305616"/>
     <w:rsid w:val="00306358"/>
     <w:rsid w:val="00306E75"/>
     <w:rsid w:val="003072EA"/>
     <w:rsid w:val="003074EE"/>
     <w:rsid w:val="00310DD1"/>
     <w:rsid w:val="003116E6"/>
     <w:rsid w:val="003119E4"/>
+    <w:rsid w:val="003124F6"/>
     <w:rsid w:val="0031286C"/>
     <w:rsid w:val="003129BF"/>
     <w:rsid w:val="0031305E"/>
     <w:rsid w:val="00313085"/>
     <w:rsid w:val="00313528"/>
     <w:rsid w:val="00313588"/>
     <w:rsid w:val="00313682"/>
     <w:rsid w:val="003136E7"/>
     <w:rsid w:val="00313767"/>
     <w:rsid w:val="00313F21"/>
     <w:rsid w:val="00314915"/>
     <w:rsid w:val="00314A91"/>
     <w:rsid w:val="0031540C"/>
     <w:rsid w:val="00315740"/>
     <w:rsid w:val="00315EA5"/>
     <w:rsid w:val="003160DA"/>
     <w:rsid w:val="003162E9"/>
     <w:rsid w:val="00316396"/>
     <w:rsid w:val="003164EA"/>
     <w:rsid w:val="00316A97"/>
     <w:rsid w:val="00316BE8"/>
     <w:rsid w:val="00316CB7"/>
     <w:rsid w:val="00316D35"/>
     <w:rsid w:val="00316D62"/>
     <w:rsid w:val="00317191"/>
@@ -25378,50 +25818,51 @@
     <w:rsid w:val="0032021E"/>
     <w:rsid w:val="0032026E"/>
     <w:rsid w:val="00320827"/>
     <w:rsid w:val="003208A4"/>
     <w:rsid w:val="00320A9E"/>
     <w:rsid w:val="00320C0B"/>
     <w:rsid w:val="00320F68"/>
     <w:rsid w:val="00321077"/>
     <w:rsid w:val="003211D4"/>
     <w:rsid w:val="0032155F"/>
     <w:rsid w:val="00321568"/>
     <w:rsid w:val="00321772"/>
     <w:rsid w:val="003226F0"/>
     <w:rsid w:val="003227F0"/>
     <w:rsid w:val="00322D47"/>
     <w:rsid w:val="00322EDD"/>
     <w:rsid w:val="00323AFA"/>
     <w:rsid w:val="003242AE"/>
     <w:rsid w:val="00324B39"/>
     <w:rsid w:val="00324D4B"/>
     <w:rsid w:val="00324DEB"/>
     <w:rsid w:val="00324E42"/>
     <w:rsid w:val="003250D7"/>
     <w:rsid w:val="003255B2"/>
     <w:rsid w:val="00325A66"/>
+    <w:rsid w:val="00325AF0"/>
     <w:rsid w:val="00325D01"/>
     <w:rsid w:val="00326455"/>
     <w:rsid w:val="0032666C"/>
     <w:rsid w:val="003269BB"/>
     <w:rsid w:val="003273E2"/>
     <w:rsid w:val="0032747D"/>
     <w:rsid w:val="00327553"/>
     <w:rsid w:val="00327999"/>
     <w:rsid w:val="00327A0B"/>
     <w:rsid w:val="003309DA"/>
     <w:rsid w:val="0033153B"/>
     <w:rsid w:val="0033161B"/>
     <w:rsid w:val="003319D9"/>
     <w:rsid w:val="00331B9F"/>
     <w:rsid w:val="00331D71"/>
     <w:rsid w:val="00332871"/>
     <w:rsid w:val="00332AF7"/>
     <w:rsid w:val="00332D7D"/>
     <w:rsid w:val="00333109"/>
     <w:rsid w:val="0033343D"/>
     <w:rsid w:val="00333762"/>
     <w:rsid w:val="00333786"/>
     <w:rsid w:val="00334269"/>
     <w:rsid w:val="00334452"/>
     <w:rsid w:val="00334CA6"/>
@@ -25443,85 +25884,87 @@
     <w:rsid w:val="0034161E"/>
     <w:rsid w:val="0034189C"/>
     <w:rsid w:val="00341D2C"/>
     <w:rsid w:val="00342250"/>
     <w:rsid w:val="003423DD"/>
     <w:rsid w:val="003425EB"/>
     <w:rsid w:val="00342B92"/>
     <w:rsid w:val="00342C2F"/>
     <w:rsid w:val="00342CEB"/>
     <w:rsid w:val="0034333E"/>
     <w:rsid w:val="00343EEA"/>
     <w:rsid w:val="00343F28"/>
     <w:rsid w:val="00344071"/>
     <w:rsid w:val="003443B3"/>
     <w:rsid w:val="00344611"/>
     <w:rsid w:val="00344AD6"/>
     <w:rsid w:val="00344B66"/>
     <w:rsid w:val="00344BF8"/>
     <w:rsid w:val="00345C35"/>
     <w:rsid w:val="00345C44"/>
     <w:rsid w:val="00345E00"/>
     <w:rsid w:val="00346120"/>
     <w:rsid w:val="003466AD"/>
     <w:rsid w:val="00346ADB"/>
     <w:rsid w:val="00346DA5"/>
+    <w:rsid w:val="0034703F"/>
     <w:rsid w:val="0034707D"/>
     <w:rsid w:val="0034712C"/>
     <w:rsid w:val="003505F3"/>
     <w:rsid w:val="00350E02"/>
     <w:rsid w:val="00350E7D"/>
     <w:rsid w:val="00350EBC"/>
     <w:rsid w:val="00350F46"/>
     <w:rsid w:val="00351553"/>
     <w:rsid w:val="00351CE9"/>
     <w:rsid w:val="00352041"/>
     <w:rsid w:val="003531AA"/>
     <w:rsid w:val="0035326D"/>
     <w:rsid w:val="003535C8"/>
     <w:rsid w:val="00353D06"/>
     <w:rsid w:val="00353E72"/>
     <w:rsid w:val="003542DC"/>
     <w:rsid w:val="00354CCB"/>
     <w:rsid w:val="00354CD1"/>
     <w:rsid w:val="00354D43"/>
     <w:rsid w:val="00354D6F"/>
     <w:rsid w:val="0035509C"/>
     <w:rsid w:val="00355466"/>
     <w:rsid w:val="003559F4"/>
     <w:rsid w:val="00355C1D"/>
     <w:rsid w:val="00355F4C"/>
     <w:rsid w:val="0035605F"/>
     <w:rsid w:val="00357050"/>
     <w:rsid w:val="003576C9"/>
     <w:rsid w:val="003577D1"/>
     <w:rsid w:val="00357A11"/>
     <w:rsid w:val="00357AB6"/>
     <w:rsid w:val="00357CB0"/>
     <w:rsid w:val="00357D14"/>
     <w:rsid w:val="00357D7E"/>
     <w:rsid w:val="003601F1"/>
+    <w:rsid w:val="00360462"/>
     <w:rsid w:val="003606F6"/>
     <w:rsid w:val="00360AC8"/>
     <w:rsid w:val="00360C19"/>
     <w:rsid w:val="00360E0F"/>
     <w:rsid w:val="00360EA7"/>
     <w:rsid w:val="00360F7A"/>
     <w:rsid w:val="003616F5"/>
     <w:rsid w:val="00361759"/>
     <w:rsid w:val="003623CC"/>
     <w:rsid w:val="00362559"/>
     <w:rsid w:val="003628BB"/>
     <w:rsid w:val="00362D31"/>
     <w:rsid w:val="00362EE1"/>
     <w:rsid w:val="00363279"/>
     <w:rsid w:val="003632CC"/>
     <w:rsid w:val="003632DF"/>
     <w:rsid w:val="00363324"/>
     <w:rsid w:val="00363886"/>
     <w:rsid w:val="00363C28"/>
     <w:rsid w:val="0036406A"/>
     <w:rsid w:val="003641F5"/>
     <w:rsid w:val="003644AD"/>
     <w:rsid w:val="00364B53"/>
     <w:rsid w:val="00364F6C"/>
     <w:rsid w:val="00365B60"/>
@@ -25697,151 +26140,155 @@
     <w:rsid w:val="003B7399"/>
     <w:rsid w:val="003B76C0"/>
     <w:rsid w:val="003C08D7"/>
     <w:rsid w:val="003C13CC"/>
     <w:rsid w:val="003C174C"/>
     <w:rsid w:val="003C1990"/>
     <w:rsid w:val="003C1B91"/>
     <w:rsid w:val="003C1BD4"/>
     <w:rsid w:val="003C1DE9"/>
     <w:rsid w:val="003C1F8C"/>
     <w:rsid w:val="003C2265"/>
     <w:rsid w:val="003C27D7"/>
     <w:rsid w:val="003C2E47"/>
     <w:rsid w:val="003C31D0"/>
     <w:rsid w:val="003C3201"/>
     <w:rsid w:val="003C3425"/>
     <w:rsid w:val="003C347B"/>
     <w:rsid w:val="003C3AC7"/>
     <w:rsid w:val="003C3CE9"/>
     <w:rsid w:val="003C3DF1"/>
     <w:rsid w:val="003C3EBC"/>
     <w:rsid w:val="003C41AB"/>
     <w:rsid w:val="003C4CF7"/>
     <w:rsid w:val="003C4F02"/>
     <w:rsid w:val="003C5724"/>
+    <w:rsid w:val="003C5BEE"/>
     <w:rsid w:val="003C626B"/>
     <w:rsid w:val="003C660D"/>
     <w:rsid w:val="003C6629"/>
     <w:rsid w:val="003C675D"/>
     <w:rsid w:val="003C6AA7"/>
     <w:rsid w:val="003C6F47"/>
     <w:rsid w:val="003C6F4A"/>
     <w:rsid w:val="003C7513"/>
     <w:rsid w:val="003C7B27"/>
     <w:rsid w:val="003C7DD0"/>
     <w:rsid w:val="003D032C"/>
     <w:rsid w:val="003D0394"/>
     <w:rsid w:val="003D03B5"/>
     <w:rsid w:val="003D058B"/>
     <w:rsid w:val="003D0B4B"/>
     <w:rsid w:val="003D0B90"/>
     <w:rsid w:val="003D0D40"/>
     <w:rsid w:val="003D1CCA"/>
     <w:rsid w:val="003D1FED"/>
     <w:rsid w:val="003D2528"/>
     <w:rsid w:val="003D270C"/>
     <w:rsid w:val="003D2A2B"/>
     <w:rsid w:val="003D2D2A"/>
     <w:rsid w:val="003D2F9A"/>
     <w:rsid w:val="003D382B"/>
     <w:rsid w:val="003D3E38"/>
     <w:rsid w:val="003D4091"/>
     <w:rsid w:val="003D5D59"/>
     <w:rsid w:val="003D5D93"/>
     <w:rsid w:val="003D5E52"/>
     <w:rsid w:val="003D7034"/>
     <w:rsid w:val="003D7405"/>
     <w:rsid w:val="003D7410"/>
     <w:rsid w:val="003D7C86"/>
+    <w:rsid w:val="003E01CC"/>
     <w:rsid w:val="003E0A9D"/>
     <w:rsid w:val="003E0D8A"/>
     <w:rsid w:val="003E0ED0"/>
     <w:rsid w:val="003E0F25"/>
     <w:rsid w:val="003E0F47"/>
     <w:rsid w:val="003E0FFE"/>
     <w:rsid w:val="003E151B"/>
     <w:rsid w:val="003E18CF"/>
     <w:rsid w:val="003E20FA"/>
     <w:rsid w:val="003E2B0B"/>
     <w:rsid w:val="003E2F0A"/>
     <w:rsid w:val="003E36EE"/>
     <w:rsid w:val="003E378E"/>
     <w:rsid w:val="003E43EE"/>
     <w:rsid w:val="003E5648"/>
     <w:rsid w:val="003E5A9C"/>
     <w:rsid w:val="003E5E2E"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E5FE4"/>
     <w:rsid w:val="003E60BC"/>
     <w:rsid w:val="003E6452"/>
     <w:rsid w:val="003E72EE"/>
     <w:rsid w:val="003E732D"/>
     <w:rsid w:val="003E7593"/>
     <w:rsid w:val="003E7D44"/>
     <w:rsid w:val="003E7FBA"/>
     <w:rsid w:val="003F010B"/>
     <w:rsid w:val="003F0D17"/>
     <w:rsid w:val="003F1A54"/>
     <w:rsid w:val="003F1C3C"/>
+    <w:rsid w:val="003F1D08"/>
     <w:rsid w:val="003F2043"/>
     <w:rsid w:val="003F23E6"/>
     <w:rsid w:val="003F2B2B"/>
     <w:rsid w:val="003F3809"/>
     <w:rsid w:val="003F3A46"/>
     <w:rsid w:val="003F4033"/>
     <w:rsid w:val="003F428B"/>
     <w:rsid w:val="003F442B"/>
     <w:rsid w:val="003F4550"/>
     <w:rsid w:val="003F4867"/>
     <w:rsid w:val="003F4B13"/>
     <w:rsid w:val="003F4B58"/>
     <w:rsid w:val="003F4C08"/>
     <w:rsid w:val="003F5968"/>
     <w:rsid w:val="003F5A26"/>
     <w:rsid w:val="003F5A30"/>
     <w:rsid w:val="003F5C4F"/>
     <w:rsid w:val="003F6160"/>
     <w:rsid w:val="003F6302"/>
     <w:rsid w:val="003F63A7"/>
     <w:rsid w:val="003F697E"/>
     <w:rsid w:val="003F6A13"/>
     <w:rsid w:val="003F6E3F"/>
     <w:rsid w:val="003F7B1F"/>
     <w:rsid w:val="003F7ED7"/>
     <w:rsid w:val="0040006D"/>
     <w:rsid w:val="00400399"/>
     <w:rsid w:val="0040085E"/>
     <w:rsid w:val="00400CD1"/>
     <w:rsid w:val="00400EA5"/>
     <w:rsid w:val="004010F3"/>
     <w:rsid w:val="00401258"/>
     <w:rsid w:val="00401937"/>
     <w:rsid w:val="00401D46"/>
     <w:rsid w:val="00401DBA"/>
     <w:rsid w:val="00401EC8"/>
     <w:rsid w:val="00402004"/>
+    <w:rsid w:val="004020C1"/>
     <w:rsid w:val="00402A7F"/>
     <w:rsid w:val="00402B24"/>
     <w:rsid w:val="00402F7A"/>
     <w:rsid w:val="00403747"/>
     <w:rsid w:val="00403DBC"/>
     <w:rsid w:val="004044A7"/>
     <w:rsid w:val="00404D7C"/>
     <w:rsid w:val="004050CD"/>
     <w:rsid w:val="004057A7"/>
     <w:rsid w:val="004057F6"/>
     <w:rsid w:val="00405898"/>
     <w:rsid w:val="00405D19"/>
     <w:rsid w:val="004060F3"/>
     <w:rsid w:val="00406ABB"/>
     <w:rsid w:val="00406CA6"/>
     <w:rsid w:val="00406DFF"/>
     <w:rsid w:val="004070BA"/>
     <w:rsid w:val="00407EBB"/>
     <w:rsid w:val="004101F8"/>
     <w:rsid w:val="00410AE1"/>
     <w:rsid w:val="00410EAA"/>
     <w:rsid w:val="004111F7"/>
     <w:rsid w:val="004113B3"/>
     <w:rsid w:val="00411490"/>
     <w:rsid w:val="00412DD9"/>
@@ -25860,50 +26307,51 @@
     <w:rsid w:val="0041527A"/>
     <w:rsid w:val="00415305"/>
     <w:rsid w:val="004153C2"/>
     <w:rsid w:val="00415513"/>
     <w:rsid w:val="00415600"/>
     <w:rsid w:val="0041569C"/>
     <w:rsid w:val="004160E2"/>
     <w:rsid w:val="004171FE"/>
     <w:rsid w:val="00417958"/>
     <w:rsid w:val="00417BF7"/>
     <w:rsid w:val="00417DA9"/>
     <w:rsid w:val="004203FF"/>
     <w:rsid w:val="0042068D"/>
     <w:rsid w:val="00420712"/>
     <w:rsid w:val="0042086C"/>
     <w:rsid w:val="00420A60"/>
     <w:rsid w:val="00420B5A"/>
     <w:rsid w:val="00420F16"/>
     <w:rsid w:val="00421071"/>
     <w:rsid w:val="00421605"/>
     <w:rsid w:val="00421921"/>
     <w:rsid w:val="00421A21"/>
     <w:rsid w:val="004221C2"/>
     <w:rsid w:val="004225ED"/>
     <w:rsid w:val="004228CD"/>
+    <w:rsid w:val="00422918"/>
     <w:rsid w:val="00422C01"/>
     <w:rsid w:val="00422E4D"/>
     <w:rsid w:val="00423398"/>
     <w:rsid w:val="00423581"/>
     <w:rsid w:val="0042371D"/>
     <w:rsid w:val="00423853"/>
     <w:rsid w:val="00423AA6"/>
     <w:rsid w:val="00424049"/>
     <w:rsid w:val="00424481"/>
     <w:rsid w:val="00424C30"/>
     <w:rsid w:val="00424E94"/>
     <w:rsid w:val="00425ABD"/>
     <w:rsid w:val="00425B2C"/>
     <w:rsid w:val="00425EA9"/>
     <w:rsid w:val="00426550"/>
     <w:rsid w:val="004267C5"/>
     <w:rsid w:val="00427041"/>
     <w:rsid w:val="0042748D"/>
     <w:rsid w:val="00430930"/>
     <w:rsid w:val="00430A69"/>
     <w:rsid w:val="0043148B"/>
     <w:rsid w:val="00431FDB"/>
     <w:rsid w:val="00432640"/>
     <w:rsid w:val="00432769"/>
     <w:rsid w:val="004329D9"/>
@@ -25986,50 +26434,51 @@
     <w:rsid w:val="0046236F"/>
     <w:rsid w:val="004623F3"/>
     <w:rsid w:val="00462BEC"/>
     <w:rsid w:val="00462D80"/>
     <w:rsid w:val="004631A8"/>
     <w:rsid w:val="0046344D"/>
     <w:rsid w:val="004637B8"/>
     <w:rsid w:val="00464021"/>
     <w:rsid w:val="00464591"/>
     <w:rsid w:val="00464B19"/>
     <w:rsid w:val="004655A5"/>
     <w:rsid w:val="00465A3F"/>
     <w:rsid w:val="00465AB3"/>
     <w:rsid w:val="004662E0"/>
     <w:rsid w:val="00466506"/>
     <w:rsid w:val="0046657A"/>
     <w:rsid w:val="00466D52"/>
     <w:rsid w:val="00466FD5"/>
     <w:rsid w:val="004673E5"/>
     <w:rsid w:val="004673ED"/>
     <w:rsid w:val="0046795C"/>
     <w:rsid w:val="00467970"/>
     <w:rsid w:val="00467A9F"/>
     <w:rsid w:val="00470818"/>
     <w:rsid w:val="00470BE5"/>
+    <w:rsid w:val="0047102A"/>
     <w:rsid w:val="0047102C"/>
     <w:rsid w:val="00471615"/>
     <w:rsid w:val="004718F6"/>
     <w:rsid w:val="00471A1A"/>
     <w:rsid w:val="00473102"/>
     <w:rsid w:val="0047405C"/>
     <w:rsid w:val="004740D8"/>
     <w:rsid w:val="00474196"/>
     <w:rsid w:val="00474F1E"/>
     <w:rsid w:val="00475820"/>
     <w:rsid w:val="00475FF9"/>
     <w:rsid w:val="004764BF"/>
     <w:rsid w:val="00476787"/>
     <w:rsid w:val="0047692B"/>
     <w:rsid w:val="00476B96"/>
     <w:rsid w:val="00476CE4"/>
     <w:rsid w:val="00476E1F"/>
     <w:rsid w:val="00476F10"/>
     <w:rsid w:val="00477227"/>
     <w:rsid w:val="004773E5"/>
     <w:rsid w:val="004774FB"/>
     <w:rsid w:val="0047797C"/>
     <w:rsid w:val="00480942"/>
     <w:rsid w:val="00480C78"/>
     <w:rsid w:val="00480F56"/>
@@ -26137,50 +26586,51 @@
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B5E57"/>
     <w:rsid w:val="004B5F9E"/>
     <w:rsid w:val="004B6ADF"/>
     <w:rsid w:val="004B6E4A"/>
     <w:rsid w:val="004B756E"/>
     <w:rsid w:val="004B7877"/>
     <w:rsid w:val="004B788C"/>
     <w:rsid w:val="004B79A6"/>
     <w:rsid w:val="004B7BAF"/>
     <w:rsid w:val="004C0081"/>
     <w:rsid w:val="004C03B8"/>
     <w:rsid w:val="004C0C90"/>
     <w:rsid w:val="004C0F3B"/>
     <w:rsid w:val="004C1112"/>
     <w:rsid w:val="004C13CE"/>
     <w:rsid w:val="004C177E"/>
     <w:rsid w:val="004C1F9C"/>
     <w:rsid w:val="004C2096"/>
     <w:rsid w:val="004C229B"/>
     <w:rsid w:val="004C2582"/>
     <w:rsid w:val="004C27E0"/>
     <w:rsid w:val="004C28D8"/>
     <w:rsid w:val="004C28F6"/>
     <w:rsid w:val="004C2AE4"/>
+    <w:rsid w:val="004C2F0D"/>
     <w:rsid w:val="004C2F1E"/>
     <w:rsid w:val="004C300E"/>
     <w:rsid w:val="004C303C"/>
     <w:rsid w:val="004C3650"/>
     <w:rsid w:val="004C37AF"/>
     <w:rsid w:val="004C3C94"/>
     <w:rsid w:val="004C4032"/>
     <w:rsid w:val="004C4595"/>
     <w:rsid w:val="004C45DD"/>
     <w:rsid w:val="004C46A4"/>
     <w:rsid w:val="004C4B1A"/>
     <w:rsid w:val="004C4B5F"/>
     <w:rsid w:val="004C63AB"/>
     <w:rsid w:val="004C64D1"/>
     <w:rsid w:val="004C66AA"/>
     <w:rsid w:val="004C6E02"/>
     <w:rsid w:val="004C714F"/>
     <w:rsid w:val="004C7289"/>
     <w:rsid w:val="004C73C2"/>
     <w:rsid w:val="004C7F24"/>
     <w:rsid w:val="004D025D"/>
     <w:rsid w:val="004D0614"/>
     <w:rsid w:val="004D0E72"/>
     <w:rsid w:val="004D35E9"/>
     <w:rsid w:val="004D44B0"/>
@@ -26288,50 +26738,51 @@
     <w:rsid w:val="005116A8"/>
     <w:rsid w:val="00511768"/>
     <w:rsid w:val="00511CF9"/>
     <w:rsid w:val="00511DAB"/>
     <w:rsid w:val="005128B6"/>
     <w:rsid w:val="005133E3"/>
     <w:rsid w:val="00513BCE"/>
     <w:rsid w:val="00513E6C"/>
     <w:rsid w:val="00514A86"/>
     <w:rsid w:val="00514FC8"/>
     <w:rsid w:val="005150C3"/>
     <w:rsid w:val="00515637"/>
     <w:rsid w:val="005165B4"/>
     <w:rsid w:val="005173A0"/>
     <w:rsid w:val="005179F3"/>
     <w:rsid w:val="00517E15"/>
     <w:rsid w:val="0052014B"/>
     <w:rsid w:val="005201F4"/>
     <w:rsid w:val="00520250"/>
     <w:rsid w:val="00520623"/>
     <w:rsid w:val="00520DC6"/>
     <w:rsid w:val="005211AE"/>
     <w:rsid w:val="0052180D"/>
     <w:rsid w:val="00521AFA"/>
     <w:rsid w:val="00521CAE"/>
+    <w:rsid w:val="00521E2B"/>
     <w:rsid w:val="00522112"/>
     <w:rsid w:val="005221DE"/>
     <w:rsid w:val="0052247E"/>
     <w:rsid w:val="00522975"/>
     <w:rsid w:val="0052322B"/>
     <w:rsid w:val="0052369E"/>
     <w:rsid w:val="0052395A"/>
     <w:rsid w:val="00523C50"/>
     <w:rsid w:val="00523E16"/>
     <w:rsid w:val="005244B2"/>
     <w:rsid w:val="005244D5"/>
     <w:rsid w:val="005246B9"/>
     <w:rsid w:val="005247AD"/>
     <w:rsid w:val="005247F1"/>
     <w:rsid w:val="00524B9B"/>
     <w:rsid w:val="00524DF8"/>
     <w:rsid w:val="005250EE"/>
     <w:rsid w:val="005255F8"/>
     <w:rsid w:val="00525794"/>
     <w:rsid w:val="005257A2"/>
     <w:rsid w:val="0052580B"/>
     <w:rsid w:val="00525CAD"/>
     <w:rsid w:val="00526397"/>
     <w:rsid w:val="00526DD6"/>
     <w:rsid w:val="00526FCE"/>
@@ -26428,50 +26879,51 @@
     <w:rsid w:val="005648A8"/>
     <w:rsid w:val="00564C2C"/>
     <w:rsid w:val="00564D5F"/>
     <w:rsid w:val="00564FAF"/>
     <w:rsid w:val="005652C3"/>
     <w:rsid w:val="0056546E"/>
     <w:rsid w:val="00565D67"/>
     <w:rsid w:val="00565E6E"/>
     <w:rsid w:val="005672CD"/>
     <w:rsid w:val="00567495"/>
     <w:rsid w:val="005677B1"/>
     <w:rsid w:val="00570354"/>
     <w:rsid w:val="005709B6"/>
     <w:rsid w:val="00571728"/>
     <w:rsid w:val="00571CF0"/>
     <w:rsid w:val="0057212D"/>
     <w:rsid w:val="00573C74"/>
     <w:rsid w:val="00573F93"/>
     <w:rsid w:val="005747B2"/>
     <w:rsid w:val="00574A19"/>
     <w:rsid w:val="00575004"/>
     <w:rsid w:val="005751C9"/>
     <w:rsid w:val="00575EBF"/>
     <w:rsid w:val="00576215"/>
     <w:rsid w:val="0057622D"/>
+    <w:rsid w:val="005762CB"/>
     <w:rsid w:val="0057690F"/>
     <w:rsid w:val="00576CE8"/>
     <w:rsid w:val="00576FB1"/>
     <w:rsid w:val="00577D70"/>
     <w:rsid w:val="00577F1F"/>
     <w:rsid w:val="00577F74"/>
     <w:rsid w:val="00580A5A"/>
     <w:rsid w:val="00580D12"/>
     <w:rsid w:val="00580F3B"/>
     <w:rsid w:val="00581DEB"/>
     <w:rsid w:val="00581E70"/>
     <w:rsid w:val="00581EE3"/>
     <w:rsid w:val="00582061"/>
     <w:rsid w:val="00582B88"/>
     <w:rsid w:val="00583062"/>
     <w:rsid w:val="00583647"/>
     <w:rsid w:val="00583BA5"/>
     <w:rsid w:val="0058433D"/>
     <w:rsid w:val="00584C43"/>
     <w:rsid w:val="00584CF3"/>
     <w:rsid w:val="00584D12"/>
     <w:rsid w:val="00584E6D"/>
     <w:rsid w:val="00584F0B"/>
     <w:rsid w:val="005855E5"/>
     <w:rsid w:val="00585A0F"/>
@@ -26488,62 +26940,64 @@
     <w:rsid w:val="005907A3"/>
     <w:rsid w:val="00591276"/>
     <w:rsid w:val="00591417"/>
     <w:rsid w:val="00591C28"/>
     <w:rsid w:val="00591EC7"/>
     <w:rsid w:val="00591F27"/>
     <w:rsid w:val="005922B8"/>
     <w:rsid w:val="00592323"/>
     <w:rsid w:val="0059268A"/>
     <w:rsid w:val="00592DDA"/>
     <w:rsid w:val="00592FE5"/>
     <w:rsid w:val="00593727"/>
     <w:rsid w:val="00593C80"/>
     <w:rsid w:val="00594244"/>
     <w:rsid w:val="00595021"/>
     <w:rsid w:val="00595A01"/>
     <w:rsid w:val="005968BC"/>
     <w:rsid w:val="00596A5D"/>
     <w:rsid w:val="00596CD2"/>
     <w:rsid w:val="00597B5A"/>
     <w:rsid w:val="005A0514"/>
     <w:rsid w:val="005A09B4"/>
     <w:rsid w:val="005A0ABD"/>
     <w:rsid w:val="005A0CF0"/>
     <w:rsid w:val="005A0E38"/>
+    <w:rsid w:val="005A18BB"/>
     <w:rsid w:val="005A1C4D"/>
     <w:rsid w:val="005A1F89"/>
     <w:rsid w:val="005A2134"/>
     <w:rsid w:val="005A23D4"/>
     <w:rsid w:val="005A2519"/>
     <w:rsid w:val="005A2556"/>
     <w:rsid w:val="005A2566"/>
     <w:rsid w:val="005A2972"/>
     <w:rsid w:val="005A2C74"/>
     <w:rsid w:val="005A2F9B"/>
     <w:rsid w:val="005A3434"/>
     <w:rsid w:val="005A3A2B"/>
+    <w:rsid w:val="005A417D"/>
     <w:rsid w:val="005A5234"/>
     <w:rsid w:val="005A5AA1"/>
     <w:rsid w:val="005A6072"/>
     <w:rsid w:val="005A6148"/>
     <w:rsid w:val="005A61A3"/>
     <w:rsid w:val="005A65DD"/>
     <w:rsid w:val="005A6EE9"/>
     <w:rsid w:val="005A7744"/>
     <w:rsid w:val="005B0051"/>
     <w:rsid w:val="005B0296"/>
     <w:rsid w:val="005B074F"/>
     <w:rsid w:val="005B0831"/>
     <w:rsid w:val="005B10F3"/>
     <w:rsid w:val="005B19A3"/>
     <w:rsid w:val="005B2D61"/>
     <w:rsid w:val="005B363D"/>
     <w:rsid w:val="005B3816"/>
     <w:rsid w:val="005B3CF1"/>
     <w:rsid w:val="005B3E80"/>
     <w:rsid w:val="005B3F34"/>
     <w:rsid w:val="005B4098"/>
     <w:rsid w:val="005B456F"/>
     <w:rsid w:val="005B4D3B"/>
     <w:rsid w:val="005B4DBA"/>
     <w:rsid w:val="005B4F3E"/>
@@ -26586,50 +27040,51 @@
     <w:rsid w:val="005C40A2"/>
     <w:rsid w:val="005C4725"/>
     <w:rsid w:val="005C4732"/>
     <w:rsid w:val="005C47BB"/>
     <w:rsid w:val="005C502C"/>
     <w:rsid w:val="005C53A7"/>
     <w:rsid w:val="005C543A"/>
     <w:rsid w:val="005C5A9C"/>
     <w:rsid w:val="005C67E3"/>
     <w:rsid w:val="005C68D0"/>
     <w:rsid w:val="005C6B3F"/>
     <w:rsid w:val="005C762D"/>
     <w:rsid w:val="005C7D80"/>
     <w:rsid w:val="005D070D"/>
     <w:rsid w:val="005D07FB"/>
     <w:rsid w:val="005D0DB1"/>
     <w:rsid w:val="005D0DD2"/>
     <w:rsid w:val="005D1567"/>
     <w:rsid w:val="005D1BD4"/>
     <w:rsid w:val="005D23EB"/>
     <w:rsid w:val="005D24D2"/>
     <w:rsid w:val="005D2517"/>
     <w:rsid w:val="005D27F0"/>
     <w:rsid w:val="005D2D4E"/>
     <w:rsid w:val="005D2DA3"/>
+    <w:rsid w:val="005D35B8"/>
     <w:rsid w:val="005D3C33"/>
     <w:rsid w:val="005D3C85"/>
     <w:rsid w:val="005D3FA9"/>
     <w:rsid w:val="005D440C"/>
     <w:rsid w:val="005D4420"/>
     <w:rsid w:val="005D5616"/>
     <w:rsid w:val="005D577A"/>
     <w:rsid w:val="005D60F1"/>
     <w:rsid w:val="005D6262"/>
     <w:rsid w:val="005D645F"/>
     <w:rsid w:val="005D71EF"/>
     <w:rsid w:val="005D7DA1"/>
     <w:rsid w:val="005E0394"/>
     <w:rsid w:val="005E0F5F"/>
     <w:rsid w:val="005E122A"/>
     <w:rsid w:val="005E2967"/>
     <w:rsid w:val="005E3B25"/>
     <w:rsid w:val="005E3B3A"/>
     <w:rsid w:val="005E3BE6"/>
     <w:rsid w:val="005E3FF7"/>
     <w:rsid w:val="005E4108"/>
     <w:rsid w:val="005E4696"/>
     <w:rsid w:val="005E47C8"/>
     <w:rsid w:val="005E48EA"/>
     <w:rsid w:val="005E4A9E"/>
@@ -26676,123 +27131,129 @@
     <w:rsid w:val="005F7574"/>
     <w:rsid w:val="005F7FD8"/>
     <w:rsid w:val="005F7FE1"/>
     <w:rsid w:val="00600ACC"/>
     <w:rsid w:val="00600C91"/>
     <w:rsid w:val="00600EEE"/>
     <w:rsid w:val="006011AF"/>
     <w:rsid w:val="00601353"/>
     <w:rsid w:val="006018CE"/>
     <w:rsid w:val="00601969"/>
     <w:rsid w:val="0060231B"/>
     <w:rsid w:val="006024FE"/>
     <w:rsid w:val="00602D64"/>
     <w:rsid w:val="0060303F"/>
     <w:rsid w:val="00603104"/>
     <w:rsid w:val="006034EC"/>
     <w:rsid w:val="0060374C"/>
     <w:rsid w:val="00603B0B"/>
     <w:rsid w:val="00603C85"/>
     <w:rsid w:val="00603E31"/>
     <w:rsid w:val="006042DD"/>
     <w:rsid w:val="00604DE0"/>
     <w:rsid w:val="00604EA3"/>
     <w:rsid w:val="00604F5F"/>
     <w:rsid w:val="00605007"/>
+    <w:rsid w:val="00605254"/>
     <w:rsid w:val="006055E1"/>
     <w:rsid w:val="006057A3"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00606006"/>
     <w:rsid w:val="006064A9"/>
     <w:rsid w:val="00606665"/>
     <w:rsid w:val="00606796"/>
     <w:rsid w:val="00607113"/>
     <w:rsid w:val="006075B6"/>
     <w:rsid w:val="006075CC"/>
     <w:rsid w:val="00607601"/>
     <w:rsid w:val="006077C3"/>
     <w:rsid w:val="00607C87"/>
     <w:rsid w:val="00607E8A"/>
     <w:rsid w:val="006102FF"/>
     <w:rsid w:val="00610DC9"/>
     <w:rsid w:val="00610DCA"/>
     <w:rsid w:val="0061118D"/>
+    <w:rsid w:val="00612590"/>
     <w:rsid w:val="00612A05"/>
     <w:rsid w:val="0061309B"/>
     <w:rsid w:val="006136A9"/>
     <w:rsid w:val="006136CE"/>
     <w:rsid w:val="006142F5"/>
     <w:rsid w:val="00614668"/>
     <w:rsid w:val="00614B4B"/>
+    <w:rsid w:val="00614C03"/>
     <w:rsid w:val="00614DB6"/>
     <w:rsid w:val="00614E5F"/>
     <w:rsid w:val="0061509E"/>
     <w:rsid w:val="006150E6"/>
     <w:rsid w:val="006153F4"/>
     <w:rsid w:val="0061610D"/>
     <w:rsid w:val="00616570"/>
     <w:rsid w:val="006168D8"/>
     <w:rsid w:val="00616E0F"/>
     <w:rsid w:val="00616F8F"/>
+    <w:rsid w:val="00617161"/>
     <w:rsid w:val="00617C05"/>
     <w:rsid w:val="00620219"/>
     <w:rsid w:val="006204AD"/>
     <w:rsid w:val="00620C60"/>
     <w:rsid w:val="00621422"/>
     <w:rsid w:val="0062199E"/>
     <w:rsid w:val="00621A62"/>
     <w:rsid w:val="006224ED"/>
     <w:rsid w:val="0062250F"/>
     <w:rsid w:val="006227D0"/>
     <w:rsid w:val="00622BC3"/>
     <w:rsid w:val="00622E9E"/>
     <w:rsid w:val="00623045"/>
     <w:rsid w:val="0062331D"/>
     <w:rsid w:val="00623C76"/>
     <w:rsid w:val="00623FA4"/>
     <w:rsid w:val="00624C26"/>
     <w:rsid w:val="0062508A"/>
     <w:rsid w:val="00625BB8"/>
     <w:rsid w:val="006260D9"/>
     <w:rsid w:val="006263C2"/>
     <w:rsid w:val="00626970"/>
     <w:rsid w:val="00626E53"/>
     <w:rsid w:val="00627158"/>
     <w:rsid w:val="006275E8"/>
     <w:rsid w:val="00627730"/>
     <w:rsid w:val="00627856"/>
     <w:rsid w:val="006278D9"/>
     <w:rsid w:val="006279A4"/>
     <w:rsid w:val="00627ACA"/>
     <w:rsid w:val="006303D0"/>
     <w:rsid w:val="006307EB"/>
     <w:rsid w:val="00630ABB"/>
     <w:rsid w:val="00630BBA"/>
+    <w:rsid w:val="00630F14"/>
     <w:rsid w:val="006312B0"/>
     <w:rsid w:val="006319E9"/>
     <w:rsid w:val="00631A5A"/>
     <w:rsid w:val="00631C3E"/>
+    <w:rsid w:val="0063215F"/>
     <w:rsid w:val="00632C26"/>
     <w:rsid w:val="00632F74"/>
     <w:rsid w:val="00633733"/>
     <w:rsid w:val="00633930"/>
     <w:rsid w:val="00633C03"/>
     <w:rsid w:val="00633D41"/>
     <w:rsid w:val="00633F6D"/>
     <w:rsid w:val="0063424A"/>
     <w:rsid w:val="006346E1"/>
     <w:rsid w:val="0063470C"/>
     <w:rsid w:val="00634759"/>
     <w:rsid w:val="0063568F"/>
     <w:rsid w:val="00635A32"/>
     <w:rsid w:val="00635BD7"/>
     <w:rsid w:val="00635E32"/>
     <w:rsid w:val="006368F9"/>
     <w:rsid w:val="00636A6C"/>
     <w:rsid w:val="00636A89"/>
     <w:rsid w:val="00636CD3"/>
     <w:rsid w:val="00636DC7"/>
     <w:rsid w:val="00636EF3"/>
     <w:rsid w:val="0063728B"/>
     <w:rsid w:val="00637341"/>
     <w:rsid w:val="00637D0F"/>
     <w:rsid w:val="0064029E"/>
@@ -27064,97 +27525,99 @@
     <w:rsid w:val="006D1821"/>
     <w:rsid w:val="006D1A78"/>
     <w:rsid w:val="006D1A87"/>
     <w:rsid w:val="006D20C4"/>
     <w:rsid w:val="006D22B2"/>
     <w:rsid w:val="006D2D4B"/>
     <w:rsid w:val="006D3050"/>
     <w:rsid w:val="006D377B"/>
     <w:rsid w:val="006D3C48"/>
     <w:rsid w:val="006D3DAB"/>
     <w:rsid w:val="006D3E8B"/>
     <w:rsid w:val="006D41AF"/>
     <w:rsid w:val="006D442B"/>
     <w:rsid w:val="006D45D8"/>
     <w:rsid w:val="006D4D37"/>
     <w:rsid w:val="006D4F07"/>
     <w:rsid w:val="006D5B29"/>
     <w:rsid w:val="006D5E7A"/>
     <w:rsid w:val="006D5E82"/>
     <w:rsid w:val="006D5EA8"/>
     <w:rsid w:val="006D6237"/>
     <w:rsid w:val="006D628E"/>
     <w:rsid w:val="006D6E2C"/>
     <w:rsid w:val="006D7302"/>
     <w:rsid w:val="006D75FA"/>
+    <w:rsid w:val="006D7AE0"/>
     <w:rsid w:val="006D7C96"/>
     <w:rsid w:val="006D7DB4"/>
     <w:rsid w:val="006D7DF2"/>
     <w:rsid w:val="006E0F00"/>
     <w:rsid w:val="006E12BE"/>
     <w:rsid w:val="006E1557"/>
     <w:rsid w:val="006E18C3"/>
     <w:rsid w:val="006E2038"/>
     <w:rsid w:val="006E2365"/>
     <w:rsid w:val="006E2944"/>
     <w:rsid w:val="006E2D18"/>
     <w:rsid w:val="006E30A2"/>
     <w:rsid w:val="006E3452"/>
     <w:rsid w:val="006E3911"/>
     <w:rsid w:val="006E3C58"/>
     <w:rsid w:val="006E3F98"/>
     <w:rsid w:val="006E476F"/>
     <w:rsid w:val="006E4B35"/>
     <w:rsid w:val="006E4BD3"/>
     <w:rsid w:val="006E4E4F"/>
     <w:rsid w:val="006E51EA"/>
     <w:rsid w:val="006E5706"/>
     <w:rsid w:val="006E65B3"/>
     <w:rsid w:val="006E65CD"/>
     <w:rsid w:val="006E689A"/>
     <w:rsid w:val="006E6C88"/>
     <w:rsid w:val="006E7502"/>
     <w:rsid w:val="006E7527"/>
     <w:rsid w:val="006F00DD"/>
     <w:rsid w:val="006F0121"/>
     <w:rsid w:val="006F08F7"/>
     <w:rsid w:val="006F09C9"/>
     <w:rsid w:val="006F0BB1"/>
     <w:rsid w:val="006F118C"/>
     <w:rsid w:val="006F182B"/>
     <w:rsid w:val="006F19AB"/>
     <w:rsid w:val="006F2964"/>
     <w:rsid w:val="006F2FD9"/>
     <w:rsid w:val="006F3A5D"/>
     <w:rsid w:val="006F4A5B"/>
     <w:rsid w:val="006F51B7"/>
     <w:rsid w:val="006F58D0"/>
     <w:rsid w:val="006F5B5A"/>
     <w:rsid w:val="006F6222"/>
     <w:rsid w:val="006F6CA8"/>
     <w:rsid w:val="006F6DD2"/>
     <w:rsid w:val="006F718A"/>
+    <w:rsid w:val="006F7313"/>
     <w:rsid w:val="006F7692"/>
     <w:rsid w:val="006F77A3"/>
     <w:rsid w:val="006F77B8"/>
     <w:rsid w:val="00700249"/>
     <w:rsid w:val="0070025F"/>
     <w:rsid w:val="00700F0A"/>
     <w:rsid w:val="00700F8D"/>
     <w:rsid w:val="0070161F"/>
     <w:rsid w:val="00701963"/>
     <w:rsid w:val="00701AEB"/>
     <w:rsid w:val="00701CB3"/>
     <w:rsid w:val="00701D12"/>
     <w:rsid w:val="00701F11"/>
     <w:rsid w:val="00702854"/>
     <w:rsid w:val="00702951"/>
     <w:rsid w:val="00702F3D"/>
     <w:rsid w:val="0070394C"/>
     <w:rsid w:val="00703FCF"/>
     <w:rsid w:val="00704314"/>
     <w:rsid w:val="00704474"/>
     <w:rsid w:val="00704970"/>
     <w:rsid w:val="00704B8B"/>
     <w:rsid w:val="00704D0F"/>
     <w:rsid w:val="007051F0"/>
     <w:rsid w:val="0070539A"/>
@@ -27358,75 +27821,78 @@
     <w:rsid w:val="0076615A"/>
     <w:rsid w:val="007662BA"/>
     <w:rsid w:val="0076643B"/>
     <w:rsid w:val="00766597"/>
     <w:rsid w:val="007670F3"/>
     <w:rsid w:val="00767857"/>
     <w:rsid w:val="0076799E"/>
     <w:rsid w:val="00767AAC"/>
     <w:rsid w:val="00767B59"/>
     <w:rsid w:val="00770455"/>
     <w:rsid w:val="007708A5"/>
     <w:rsid w:val="007708DC"/>
     <w:rsid w:val="00770B26"/>
     <w:rsid w:val="00770E12"/>
     <w:rsid w:val="00770F73"/>
     <w:rsid w:val="0077103A"/>
     <w:rsid w:val="0077165F"/>
     <w:rsid w:val="007717DC"/>
     <w:rsid w:val="007724EE"/>
     <w:rsid w:val="00773079"/>
     <w:rsid w:val="007730C0"/>
     <w:rsid w:val="0077316C"/>
     <w:rsid w:val="00773945"/>
     <w:rsid w:val="00773A8F"/>
     <w:rsid w:val="00773B8A"/>
+    <w:rsid w:val="00774043"/>
     <w:rsid w:val="00774218"/>
     <w:rsid w:val="00774462"/>
     <w:rsid w:val="00774A73"/>
     <w:rsid w:val="00774C57"/>
     <w:rsid w:val="00774E17"/>
     <w:rsid w:val="00774FA9"/>
     <w:rsid w:val="007752C8"/>
     <w:rsid w:val="00775BCA"/>
     <w:rsid w:val="00775E78"/>
     <w:rsid w:val="00775FAB"/>
     <w:rsid w:val="00776273"/>
+    <w:rsid w:val="007766CD"/>
     <w:rsid w:val="00776F29"/>
     <w:rsid w:val="00777278"/>
     <w:rsid w:val="0077757A"/>
     <w:rsid w:val="00777C2F"/>
     <w:rsid w:val="00777FAE"/>
     <w:rsid w:val="00780121"/>
     <w:rsid w:val="00780BAA"/>
     <w:rsid w:val="00780DDE"/>
     <w:rsid w:val="00780F63"/>
     <w:rsid w:val="00781707"/>
     <w:rsid w:val="007817C1"/>
     <w:rsid w:val="00781BFB"/>
     <w:rsid w:val="007822BB"/>
     <w:rsid w:val="00782327"/>
+    <w:rsid w:val="00782333"/>
     <w:rsid w:val="00782546"/>
     <w:rsid w:val="00783042"/>
     <w:rsid w:val="007833D7"/>
     <w:rsid w:val="0078393C"/>
     <w:rsid w:val="00783CB7"/>
     <w:rsid w:val="00783F13"/>
     <w:rsid w:val="007846B9"/>
     <w:rsid w:val="00784C2E"/>
     <w:rsid w:val="00784CE6"/>
     <w:rsid w:val="00784D7C"/>
     <w:rsid w:val="00785C48"/>
     <w:rsid w:val="00785D24"/>
     <w:rsid w:val="00786059"/>
     <w:rsid w:val="00786C10"/>
     <w:rsid w:val="007877D7"/>
     <w:rsid w:val="00787C4D"/>
     <w:rsid w:val="00787EDE"/>
     <w:rsid w:val="0079074C"/>
     <w:rsid w:val="00790762"/>
     <w:rsid w:val="00790A97"/>
     <w:rsid w:val="00790F3E"/>
     <w:rsid w:val="0079118A"/>
     <w:rsid w:val="00791327"/>
     <w:rsid w:val="00791620"/>
     <w:rsid w:val="007916CE"/>
@@ -27574,50 +28040,51 @@
     <w:rsid w:val="007D3BA2"/>
     <w:rsid w:val="007D3F09"/>
     <w:rsid w:val="007D412F"/>
     <w:rsid w:val="007D4494"/>
     <w:rsid w:val="007D4509"/>
     <w:rsid w:val="007D4E75"/>
     <w:rsid w:val="007D52C0"/>
     <w:rsid w:val="007D5554"/>
     <w:rsid w:val="007D58C4"/>
     <w:rsid w:val="007D594D"/>
     <w:rsid w:val="007D5EF6"/>
     <w:rsid w:val="007D606F"/>
     <w:rsid w:val="007D70F7"/>
     <w:rsid w:val="007D7209"/>
     <w:rsid w:val="007D781C"/>
     <w:rsid w:val="007E10A2"/>
     <w:rsid w:val="007E1480"/>
     <w:rsid w:val="007E15EC"/>
     <w:rsid w:val="007E1B5C"/>
     <w:rsid w:val="007E1C29"/>
     <w:rsid w:val="007E2201"/>
     <w:rsid w:val="007E2472"/>
     <w:rsid w:val="007E2A2A"/>
     <w:rsid w:val="007E2D7F"/>
     <w:rsid w:val="007E3160"/>
+    <w:rsid w:val="007E327A"/>
     <w:rsid w:val="007E3406"/>
     <w:rsid w:val="007E3FBB"/>
     <w:rsid w:val="007E3FF6"/>
     <w:rsid w:val="007E4ED7"/>
     <w:rsid w:val="007E50D1"/>
     <w:rsid w:val="007E51EA"/>
     <w:rsid w:val="007E5686"/>
     <w:rsid w:val="007E6DF6"/>
     <w:rsid w:val="007E6F70"/>
     <w:rsid w:val="007E7546"/>
     <w:rsid w:val="007E790D"/>
     <w:rsid w:val="007E7A4D"/>
     <w:rsid w:val="007F12AC"/>
     <w:rsid w:val="007F198C"/>
     <w:rsid w:val="007F1BA7"/>
     <w:rsid w:val="007F1BD3"/>
     <w:rsid w:val="007F1CDD"/>
     <w:rsid w:val="007F24E4"/>
     <w:rsid w:val="007F263F"/>
     <w:rsid w:val="007F26A1"/>
     <w:rsid w:val="007F2CC0"/>
     <w:rsid w:val="007F2F10"/>
     <w:rsid w:val="007F34ED"/>
     <w:rsid w:val="007F3621"/>
     <w:rsid w:val="007F4CC7"/>
@@ -27650,50 +28117,51 @@
     <w:rsid w:val="00805337"/>
     <w:rsid w:val="008053E2"/>
     <w:rsid w:val="00805882"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="00805BCB"/>
     <w:rsid w:val="00805BDA"/>
     <w:rsid w:val="0080603A"/>
     <w:rsid w:val="0080612D"/>
     <w:rsid w:val="008063E4"/>
     <w:rsid w:val="008066C6"/>
     <w:rsid w:val="00806753"/>
     <w:rsid w:val="00806836"/>
     <w:rsid w:val="00806E02"/>
     <w:rsid w:val="00806E9C"/>
     <w:rsid w:val="008070B2"/>
     <w:rsid w:val="008073AF"/>
     <w:rsid w:val="00807563"/>
     <w:rsid w:val="00807D91"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="0081041C"/>
     <w:rsid w:val="00810671"/>
     <w:rsid w:val="00810921"/>
     <w:rsid w:val="0081093E"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="0081210A"/>
+    <w:rsid w:val="00812723"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
     <w:rsid w:val="0081297A"/>
     <w:rsid w:val="00812A9C"/>
     <w:rsid w:val="00813945"/>
     <w:rsid w:val="00814A09"/>
     <w:rsid w:val="008151B0"/>
     <w:rsid w:val="008153EE"/>
     <w:rsid w:val="008154E3"/>
     <w:rsid w:val="008157DA"/>
     <w:rsid w:val="00815ECF"/>
     <w:rsid w:val="0081653D"/>
     <w:rsid w:val="00816875"/>
     <w:rsid w:val="00816E21"/>
     <w:rsid w:val="00817ABF"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="00820B34"/>
     <w:rsid w:val="00820F93"/>
     <w:rsid w:val="00821436"/>
     <w:rsid w:val="00821628"/>
     <w:rsid w:val="0082202A"/>
     <w:rsid w:val="0082207D"/>
     <w:rsid w:val="008222F8"/>
     <w:rsid w:val="008225A3"/>
     <w:rsid w:val="0082272F"/>
@@ -27808,50 +28276,51 @@
     <w:rsid w:val="00867879"/>
     <w:rsid w:val="00867DE1"/>
     <w:rsid w:val="0087008D"/>
     <w:rsid w:val="008701BE"/>
     <w:rsid w:val="008703F0"/>
     <w:rsid w:val="00870830"/>
     <w:rsid w:val="00870B43"/>
     <w:rsid w:val="00871537"/>
     <w:rsid w:val="0087168E"/>
     <w:rsid w:val="00871F1C"/>
     <w:rsid w:val="00873138"/>
     <w:rsid w:val="008737E6"/>
     <w:rsid w:val="00873C59"/>
     <w:rsid w:val="00874093"/>
     <w:rsid w:val="0087476B"/>
     <w:rsid w:val="00874E9E"/>
     <w:rsid w:val="00875371"/>
     <w:rsid w:val="008755E9"/>
     <w:rsid w:val="00875621"/>
     <w:rsid w:val="00875CE4"/>
     <w:rsid w:val="00875D7C"/>
     <w:rsid w:val="00876857"/>
     <w:rsid w:val="0087697A"/>
     <w:rsid w:val="008769F8"/>
     <w:rsid w:val="008776D6"/>
+    <w:rsid w:val="00877800"/>
     <w:rsid w:val="00877CA3"/>
     <w:rsid w:val="00877CC2"/>
     <w:rsid w:val="00880274"/>
     <w:rsid w:val="0088058C"/>
     <w:rsid w:val="008806D0"/>
     <w:rsid w:val="00880AF8"/>
     <w:rsid w:val="008818BF"/>
     <w:rsid w:val="00881972"/>
     <w:rsid w:val="00881AF7"/>
     <w:rsid w:val="00881DCC"/>
     <w:rsid w:val="00882A40"/>
     <w:rsid w:val="00883E0F"/>
     <w:rsid w:val="00883F64"/>
     <w:rsid w:val="008845F0"/>
     <w:rsid w:val="00884A92"/>
     <w:rsid w:val="008851EB"/>
     <w:rsid w:val="008857A5"/>
     <w:rsid w:val="008857D8"/>
     <w:rsid w:val="008857FC"/>
     <w:rsid w:val="0088593E"/>
     <w:rsid w:val="00885BC5"/>
     <w:rsid w:val="00885C8A"/>
     <w:rsid w:val="0088646B"/>
     <w:rsid w:val="008869EB"/>
     <w:rsid w:val="00886C91"/>
@@ -27932,50 +28401,51 @@
     <w:rsid w:val="008C062B"/>
     <w:rsid w:val="008C0981"/>
     <w:rsid w:val="008C0BBE"/>
     <w:rsid w:val="008C0D11"/>
     <w:rsid w:val="008C0F1C"/>
     <w:rsid w:val="008C1644"/>
     <w:rsid w:val="008C16AD"/>
     <w:rsid w:val="008C2723"/>
     <w:rsid w:val="008C2BAF"/>
     <w:rsid w:val="008C3121"/>
     <w:rsid w:val="008C3447"/>
     <w:rsid w:val="008C4C9F"/>
     <w:rsid w:val="008C533F"/>
     <w:rsid w:val="008C5563"/>
     <w:rsid w:val="008C5736"/>
     <w:rsid w:val="008C5A23"/>
     <w:rsid w:val="008C61C0"/>
     <w:rsid w:val="008C653D"/>
     <w:rsid w:val="008C6838"/>
     <w:rsid w:val="008C6C65"/>
     <w:rsid w:val="008C76AE"/>
     <w:rsid w:val="008C7805"/>
     <w:rsid w:val="008D060C"/>
     <w:rsid w:val="008D0661"/>
     <w:rsid w:val="008D095C"/>
+    <w:rsid w:val="008D0A96"/>
     <w:rsid w:val="008D0D92"/>
     <w:rsid w:val="008D0EB5"/>
     <w:rsid w:val="008D0F69"/>
     <w:rsid w:val="008D1203"/>
     <w:rsid w:val="008D148F"/>
     <w:rsid w:val="008D1682"/>
     <w:rsid w:val="008D1B37"/>
     <w:rsid w:val="008D1B6B"/>
     <w:rsid w:val="008D1C8E"/>
     <w:rsid w:val="008D2136"/>
     <w:rsid w:val="008D2EC0"/>
     <w:rsid w:val="008D3346"/>
     <w:rsid w:val="008D37EA"/>
     <w:rsid w:val="008D3892"/>
     <w:rsid w:val="008D39AF"/>
     <w:rsid w:val="008D3B21"/>
     <w:rsid w:val="008D44DA"/>
     <w:rsid w:val="008D4595"/>
     <w:rsid w:val="008D50C1"/>
     <w:rsid w:val="008D50CA"/>
     <w:rsid w:val="008D5A54"/>
     <w:rsid w:val="008D5C79"/>
     <w:rsid w:val="008D649E"/>
     <w:rsid w:val="008D69E7"/>
     <w:rsid w:val="008D6B9E"/>
@@ -28048,65 +28518,67 @@
     <w:rsid w:val="00900F53"/>
     <w:rsid w:val="0090120B"/>
     <w:rsid w:val="009016A0"/>
     <w:rsid w:val="00901835"/>
     <w:rsid w:val="00901B76"/>
     <w:rsid w:val="00901E23"/>
     <w:rsid w:val="00901E5B"/>
     <w:rsid w:val="00901EF3"/>
     <w:rsid w:val="00902185"/>
     <w:rsid w:val="0090277E"/>
     <w:rsid w:val="009028B6"/>
     <w:rsid w:val="00902ACA"/>
     <w:rsid w:val="00902E52"/>
     <w:rsid w:val="00902E5D"/>
     <w:rsid w:val="00903288"/>
     <w:rsid w:val="009032B8"/>
     <w:rsid w:val="009034DA"/>
     <w:rsid w:val="00903565"/>
     <w:rsid w:val="00903C58"/>
     <w:rsid w:val="00903D5D"/>
     <w:rsid w:val="00903DED"/>
     <w:rsid w:val="00904126"/>
     <w:rsid w:val="009046C9"/>
     <w:rsid w:val="00904895"/>
     <w:rsid w:val="00904AF9"/>
+    <w:rsid w:val="00904B3F"/>
     <w:rsid w:val="009052BD"/>
     <w:rsid w:val="0090567C"/>
     <w:rsid w:val="00905786"/>
     <w:rsid w:val="00905C58"/>
     <w:rsid w:val="00906091"/>
     <w:rsid w:val="00906466"/>
     <w:rsid w:val="00906A9D"/>
     <w:rsid w:val="009077C4"/>
     <w:rsid w:val="00907DC3"/>
     <w:rsid w:val="00910C40"/>
     <w:rsid w:val="00910EC8"/>
     <w:rsid w:val="00911841"/>
     <w:rsid w:val="009119DB"/>
     <w:rsid w:val="00912B65"/>
     <w:rsid w:val="00912C12"/>
+    <w:rsid w:val="00912D2D"/>
     <w:rsid w:val="00912EA6"/>
     <w:rsid w:val="00912FC4"/>
     <w:rsid w:val="009136C7"/>
     <w:rsid w:val="00913D4E"/>
     <w:rsid w:val="00913DB6"/>
     <w:rsid w:val="009140C1"/>
     <w:rsid w:val="00914824"/>
     <w:rsid w:val="00914AE1"/>
     <w:rsid w:val="00914F22"/>
     <w:rsid w:val="009150E3"/>
     <w:rsid w:val="009151F9"/>
     <w:rsid w:val="00915219"/>
     <w:rsid w:val="009153EE"/>
     <w:rsid w:val="009157AE"/>
     <w:rsid w:val="00916674"/>
     <w:rsid w:val="00916C48"/>
     <w:rsid w:val="00916EB5"/>
     <w:rsid w:val="00916ED5"/>
     <w:rsid w:val="00917052"/>
     <w:rsid w:val="00917137"/>
     <w:rsid w:val="009174EF"/>
     <w:rsid w:val="00917E35"/>
     <w:rsid w:val="00920415"/>
     <w:rsid w:val="00920691"/>
     <w:rsid w:val="009216F4"/>
@@ -28153,81 +28625,83 @@
     <w:rsid w:val="009342A4"/>
     <w:rsid w:val="0093448F"/>
     <w:rsid w:val="009344CC"/>
     <w:rsid w:val="009345E4"/>
     <w:rsid w:val="00934B59"/>
     <w:rsid w:val="00935175"/>
     <w:rsid w:val="00935324"/>
     <w:rsid w:val="00935A0F"/>
     <w:rsid w:val="00935AB4"/>
     <w:rsid w:val="00935CC6"/>
     <w:rsid w:val="00935DEF"/>
     <w:rsid w:val="00935EBD"/>
     <w:rsid w:val="00935F6D"/>
     <w:rsid w:val="009360E5"/>
     <w:rsid w:val="009361C4"/>
     <w:rsid w:val="00936F5B"/>
     <w:rsid w:val="00937088"/>
     <w:rsid w:val="009370C8"/>
     <w:rsid w:val="0093766F"/>
     <w:rsid w:val="009379AD"/>
     <w:rsid w:val="00937B16"/>
     <w:rsid w:val="00940316"/>
     <w:rsid w:val="0094043D"/>
     <w:rsid w:val="00940771"/>
     <w:rsid w:val="00940DA7"/>
+    <w:rsid w:val="009414F8"/>
     <w:rsid w:val="00941541"/>
     <w:rsid w:val="00941ABD"/>
     <w:rsid w:val="009425C1"/>
     <w:rsid w:val="00942A8D"/>
     <w:rsid w:val="00943415"/>
     <w:rsid w:val="00943418"/>
     <w:rsid w:val="00943A8D"/>
     <w:rsid w:val="00943E36"/>
     <w:rsid w:val="009445B4"/>
     <w:rsid w:val="00944747"/>
     <w:rsid w:val="00944C37"/>
     <w:rsid w:val="00944CB7"/>
     <w:rsid w:val="009450C8"/>
     <w:rsid w:val="00945422"/>
     <w:rsid w:val="009458F8"/>
     <w:rsid w:val="00945D73"/>
     <w:rsid w:val="00946652"/>
     <w:rsid w:val="00946F36"/>
     <w:rsid w:val="00946F71"/>
     <w:rsid w:val="00947409"/>
     <w:rsid w:val="00947600"/>
     <w:rsid w:val="00947637"/>
     <w:rsid w:val="0094768D"/>
     <w:rsid w:val="00947791"/>
     <w:rsid w:val="009511B5"/>
     <w:rsid w:val="009512CB"/>
     <w:rsid w:val="0095131D"/>
     <w:rsid w:val="00951578"/>
     <w:rsid w:val="009516EB"/>
     <w:rsid w:val="00952879"/>
     <w:rsid w:val="00952DD6"/>
+    <w:rsid w:val="00953220"/>
     <w:rsid w:val="00954055"/>
     <w:rsid w:val="00954120"/>
     <w:rsid w:val="00954834"/>
     <w:rsid w:val="00954AE4"/>
     <w:rsid w:val="00955008"/>
     <w:rsid w:val="009554AA"/>
     <w:rsid w:val="0095575A"/>
     <w:rsid w:val="0095584B"/>
     <w:rsid w:val="00955BB4"/>
     <w:rsid w:val="00955C36"/>
     <w:rsid w:val="00956ADE"/>
     <w:rsid w:val="00956CFD"/>
     <w:rsid w:val="00956F02"/>
     <w:rsid w:val="009572B6"/>
     <w:rsid w:val="009578F1"/>
     <w:rsid w:val="009579B5"/>
     <w:rsid w:val="00957F35"/>
     <w:rsid w:val="009600B5"/>
     <w:rsid w:val="00960F0E"/>
     <w:rsid w:val="00961024"/>
     <w:rsid w:val="00961058"/>
     <w:rsid w:val="009612A7"/>
     <w:rsid w:val="00961D5C"/>
     <w:rsid w:val="00961E63"/>
     <w:rsid w:val="00961FF7"/>
@@ -28284,50 +28758,51 @@
     <w:rsid w:val="00976B4D"/>
     <w:rsid w:val="00976C28"/>
     <w:rsid w:val="00976E07"/>
     <w:rsid w:val="00976F99"/>
     <w:rsid w:val="009772B1"/>
     <w:rsid w:val="0097746E"/>
     <w:rsid w:val="00977A42"/>
     <w:rsid w:val="0098070C"/>
     <w:rsid w:val="00980BF1"/>
     <w:rsid w:val="0098111B"/>
     <w:rsid w:val="0098145D"/>
     <w:rsid w:val="0098196E"/>
     <w:rsid w:val="00981D7D"/>
     <w:rsid w:val="00981E8F"/>
     <w:rsid w:val="009826FB"/>
     <w:rsid w:val="009827D6"/>
     <w:rsid w:val="00983615"/>
     <w:rsid w:val="00983A7C"/>
     <w:rsid w:val="00983D41"/>
     <w:rsid w:val="009840C8"/>
     <w:rsid w:val="00984410"/>
     <w:rsid w:val="0098459D"/>
     <w:rsid w:val="009845BE"/>
     <w:rsid w:val="0098497E"/>
     <w:rsid w:val="00984C50"/>
+    <w:rsid w:val="00984E16"/>
     <w:rsid w:val="0098519A"/>
     <w:rsid w:val="00985217"/>
     <w:rsid w:val="00985BC2"/>
     <w:rsid w:val="00985CBA"/>
     <w:rsid w:val="00986920"/>
     <w:rsid w:val="00986C84"/>
     <w:rsid w:val="00986D62"/>
     <w:rsid w:val="00987822"/>
     <w:rsid w:val="00987859"/>
     <w:rsid w:val="00987B59"/>
     <w:rsid w:val="00987BD2"/>
     <w:rsid w:val="00987DAF"/>
     <w:rsid w:val="00990280"/>
     <w:rsid w:val="009904FA"/>
     <w:rsid w:val="00991059"/>
     <w:rsid w:val="0099205C"/>
     <w:rsid w:val="009921E1"/>
     <w:rsid w:val="00992D61"/>
     <w:rsid w:val="009930F5"/>
     <w:rsid w:val="009932F3"/>
     <w:rsid w:val="0099330F"/>
     <w:rsid w:val="009940BD"/>
     <w:rsid w:val="00994126"/>
     <w:rsid w:val="009942D6"/>
     <w:rsid w:val="009946A4"/>
@@ -28337,50 +28812,51 @@
     <w:rsid w:val="00995218"/>
     <w:rsid w:val="00995497"/>
     <w:rsid w:val="00995D52"/>
     <w:rsid w:val="00996084"/>
     <w:rsid w:val="009962B6"/>
     <w:rsid w:val="00996A44"/>
     <w:rsid w:val="0099753A"/>
     <w:rsid w:val="009975DF"/>
     <w:rsid w:val="00997657"/>
     <w:rsid w:val="00997DD0"/>
     <w:rsid w:val="00997EDB"/>
     <w:rsid w:val="00997F77"/>
     <w:rsid w:val="009A03ED"/>
     <w:rsid w:val="009A0992"/>
     <w:rsid w:val="009A0DDC"/>
     <w:rsid w:val="009A1220"/>
     <w:rsid w:val="009A1565"/>
     <w:rsid w:val="009A1D0A"/>
     <w:rsid w:val="009A2517"/>
     <w:rsid w:val="009A2690"/>
     <w:rsid w:val="009A26BD"/>
     <w:rsid w:val="009A2897"/>
     <w:rsid w:val="009A3020"/>
     <w:rsid w:val="009A32A3"/>
     <w:rsid w:val="009A330A"/>
+    <w:rsid w:val="009A3459"/>
     <w:rsid w:val="009A3AC6"/>
     <w:rsid w:val="009A3B83"/>
     <w:rsid w:val="009A3D62"/>
     <w:rsid w:val="009A43B7"/>
     <w:rsid w:val="009A4579"/>
     <w:rsid w:val="009A49AE"/>
     <w:rsid w:val="009A49AF"/>
     <w:rsid w:val="009A4C81"/>
     <w:rsid w:val="009A5231"/>
     <w:rsid w:val="009A6413"/>
     <w:rsid w:val="009A65CF"/>
     <w:rsid w:val="009A73AE"/>
     <w:rsid w:val="009A7530"/>
     <w:rsid w:val="009A769B"/>
     <w:rsid w:val="009A7884"/>
     <w:rsid w:val="009B087C"/>
     <w:rsid w:val="009B08BF"/>
     <w:rsid w:val="009B1207"/>
     <w:rsid w:val="009B132D"/>
     <w:rsid w:val="009B169C"/>
     <w:rsid w:val="009B16E1"/>
     <w:rsid w:val="009B1BD5"/>
     <w:rsid w:val="009B1DB1"/>
     <w:rsid w:val="009B1E78"/>
     <w:rsid w:val="009B223A"/>
@@ -28405,50 +28881,51 @@
     <w:rsid w:val="009B7A3F"/>
     <w:rsid w:val="009B7C41"/>
     <w:rsid w:val="009B7DA8"/>
     <w:rsid w:val="009C068A"/>
     <w:rsid w:val="009C0A5A"/>
     <w:rsid w:val="009C0AE9"/>
     <w:rsid w:val="009C0B19"/>
     <w:rsid w:val="009C0D44"/>
     <w:rsid w:val="009C10B5"/>
     <w:rsid w:val="009C1751"/>
     <w:rsid w:val="009C25C6"/>
     <w:rsid w:val="009C2948"/>
     <w:rsid w:val="009C36CC"/>
     <w:rsid w:val="009C3D3E"/>
     <w:rsid w:val="009C429C"/>
     <w:rsid w:val="009C4548"/>
     <w:rsid w:val="009C47AD"/>
     <w:rsid w:val="009C49B7"/>
     <w:rsid w:val="009C49C4"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C529D"/>
     <w:rsid w:val="009C564C"/>
     <w:rsid w:val="009C576C"/>
     <w:rsid w:val="009C5E50"/>
     <w:rsid w:val="009C5F18"/>
+    <w:rsid w:val="009C60C8"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009C7859"/>
     <w:rsid w:val="009C7FC8"/>
     <w:rsid w:val="009D015C"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D0BE3"/>
     <w:rsid w:val="009D19A9"/>
     <w:rsid w:val="009D2023"/>
     <w:rsid w:val="009D279E"/>
     <w:rsid w:val="009D2A2D"/>
     <w:rsid w:val="009D2C7E"/>
     <w:rsid w:val="009D36AD"/>
     <w:rsid w:val="009D3CEF"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D4884"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D580A"/>
     <w:rsid w:val="009D5F1E"/>
     <w:rsid w:val="009D6042"/>
     <w:rsid w:val="009D6164"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D65A3"/>
@@ -28708,50 +29185,51 @@
     <w:rsid w:val="00A7104B"/>
     <w:rsid w:val="00A713A4"/>
     <w:rsid w:val="00A7190F"/>
     <w:rsid w:val="00A720BF"/>
     <w:rsid w:val="00A7245C"/>
     <w:rsid w:val="00A72D32"/>
     <w:rsid w:val="00A73E39"/>
     <w:rsid w:val="00A7497D"/>
     <w:rsid w:val="00A749C2"/>
     <w:rsid w:val="00A74A49"/>
     <w:rsid w:val="00A74B78"/>
     <w:rsid w:val="00A754D9"/>
     <w:rsid w:val="00A7579E"/>
     <w:rsid w:val="00A758E0"/>
     <w:rsid w:val="00A75D4D"/>
     <w:rsid w:val="00A75F05"/>
     <w:rsid w:val="00A76416"/>
     <w:rsid w:val="00A767F7"/>
     <w:rsid w:val="00A76ECA"/>
     <w:rsid w:val="00A76ED0"/>
     <w:rsid w:val="00A7735C"/>
     <w:rsid w:val="00A775C1"/>
     <w:rsid w:val="00A77DE0"/>
     <w:rsid w:val="00A80048"/>
     <w:rsid w:val="00A80135"/>
+    <w:rsid w:val="00A803DF"/>
     <w:rsid w:val="00A8052C"/>
     <w:rsid w:val="00A808DB"/>
     <w:rsid w:val="00A80F74"/>
     <w:rsid w:val="00A81132"/>
     <w:rsid w:val="00A81400"/>
     <w:rsid w:val="00A8190A"/>
     <w:rsid w:val="00A822FA"/>
     <w:rsid w:val="00A82BBA"/>
     <w:rsid w:val="00A83847"/>
     <w:rsid w:val="00A839D6"/>
     <w:rsid w:val="00A83DBB"/>
     <w:rsid w:val="00A83F9F"/>
     <w:rsid w:val="00A8418C"/>
     <w:rsid w:val="00A842D3"/>
     <w:rsid w:val="00A8492A"/>
     <w:rsid w:val="00A84AFF"/>
     <w:rsid w:val="00A84B8E"/>
     <w:rsid w:val="00A84BE6"/>
     <w:rsid w:val="00A85375"/>
     <w:rsid w:val="00A85C0C"/>
     <w:rsid w:val="00A8603A"/>
     <w:rsid w:val="00A863C3"/>
     <w:rsid w:val="00A86633"/>
     <w:rsid w:val="00A86721"/>
     <w:rsid w:val="00A870E4"/>
@@ -29044,50 +29522,51 @@
     <w:rsid w:val="00B31BFB"/>
     <w:rsid w:val="00B31CA5"/>
     <w:rsid w:val="00B31F4F"/>
     <w:rsid w:val="00B3202A"/>
     <w:rsid w:val="00B3209A"/>
     <w:rsid w:val="00B3236A"/>
     <w:rsid w:val="00B32775"/>
     <w:rsid w:val="00B3278C"/>
     <w:rsid w:val="00B328F2"/>
     <w:rsid w:val="00B32DA0"/>
     <w:rsid w:val="00B32DA2"/>
     <w:rsid w:val="00B33F53"/>
     <w:rsid w:val="00B34EF7"/>
     <w:rsid w:val="00B34FB8"/>
     <w:rsid w:val="00B35678"/>
     <w:rsid w:val="00B36032"/>
     <w:rsid w:val="00B36352"/>
     <w:rsid w:val="00B36C62"/>
     <w:rsid w:val="00B377F9"/>
     <w:rsid w:val="00B379B8"/>
     <w:rsid w:val="00B37F1D"/>
     <w:rsid w:val="00B4005E"/>
     <w:rsid w:val="00B401BA"/>
     <w:rsid w:val="00B401F0"/>
     <w:rsid w:val="00B4082F"/>
+    <w:rsid w:val="00B40842"/>
     <w:rsid w:val="00B40B5B"/>
     <w:rsid w:val="00B421E9"/>
     <w:rsid w:val="00B42AC5"/>
     <w:rsid w:val="00B42FAA"/>
     <w:rsid w:val="00B430E3"/>
     <w:rsid w:val="00B43400"/>
     <w:rsid w:val="00B4349E"/>
     <w:rsid w:val="00B4389B"/>
     <w:rsid w:val="00B4393B"/>
     <w:rsid w:val="00B43A54"/>
     <w:rsid w:val="00B43C83"/>
     <w:rsid w:val="00B44298"/>
     <w:rsid w:val="00B45A59"/>
     <w:rsid w:val="00B45FB0"/>
     <w:rsid w:val="00B46206"/>
     <w:rsid w:val="00B462B0"/>
     <w:rsid w:val="00B4667A"/>
     <w:rsid w:val="00B46894"/>
     <w:rsid w:val="00B47031"/>
     <w:rsid w:val="00B47500"/>
     <w:rsid w:val="00B479C6"/>
     <w:rsid w:val="00B47E94"/>
     <w:rsid w:val="00B50943"/>
     <w:rsid w:val="00B50CCA"/>
     <w:rsid w:val="00B51AFA"/>
@@ -29126,50 +29605,52 @@
     <w:rsid w:val="00B61E0C"/>
     <w:rsid w:val="00B620C2"/>
     <w:rsid w:val="00B62435"/>
     <w:rsid w:val="00B6253E"/>
     <w:rsid w:val="00B62697"/>
     <w:rsid w:val="00B6270A"/>
     <w:rsid w:val="00B62DA9"/>
     <w:rsid w:val="00B62F14"/>
     <w:rsid w:val="00B631DB"/>
     <w:rsid w:val="00B63942"/>
     <w:rsid w:val="00B63B70"/>
     <w:rsid w:val="00B63CA0"/>
     <w:rsid w:val="00B641DF"/>
     <w:rsid w:val="00B645B6"/>
     <w:rsid w:val="00B64864"/>
     <w:rsid w:val="00B64A39"/>
     <w:rsid w:val="00B65480"/>
     <w:rsid w:val="00B6569D"/>
     <w:rsid w:val="00B657D8"/>
     <w:rsid w:val="00B65E58"/>
     <w:rsid w:val="00B66124"/>
     <w:rsid w:val="00B6620D"/>
     <w:rsid w:val="00B66AA2"/>
     <w:rsid w:val="00B66B4C"/>
     <w:rsid w:val="00B678C3"/>
+    <w:rsid w:val="00B678D8"/>
+    <w:rsid w:val="00B67B28"/>
     <w:rsid w:val="00B7082B"/>
     <w:rsid w:val="00B7088D"/>
     <w:rsid w:val="00B70F16"/>
     <w:rsid w:val="00B710B1"/>
     <w:rsid w:val="00B71677"/>
     <w:rsid w:val="00B7176F"/>
     <w:rsid w:val="00B71E69"/>
     <w:rsid w:val="00B725EC"/>
     <w:rsid w:val="00B72A46"/>
     <w:rsid w:val="00B72B86"/>
     <w:rsid w:val="00B731D4"/>
     <w:rsid w:val="00B73342"/>
     <w:rsid w:val="00B73DE1"/>
     <w:rsid w:val="00B73F38"/>
     <w:rsid w:val="00B74006"/>
     <w:rsid w:val="00B742A0"/>
     <w:rsid w:val="00B743DA"/>
     <w:rsid w:val="00B75843"/>
     <w:rsid w:val="00B75942"/>
     <w:rsid w:val="00B75EE3"/>
     <w:rsid w:val="00B77AA5"/>
     <w:rsid w:val="00B77B21"/>
     <w:rsid w:val="00B77BDF"/>
     <w:rsid w:val="00B77CB9"/>
     <w:rsid w:val="00B8054B"/>
@@ -29221,58 +29702,60 @@
     <w:rsid w:val="00B95338"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B95B27"/>
     <w:rsid w:val="00B961D6"/>
     <w:rsid w:val="00B9652E"/>
     <w:rsid w:val="00B966C0"/>
     <w:rsid w:val="00B96A5D"/>
     <w:rsid w:val="00B97146"/>
     <w:rsid w:val="00B977CD"/>
     <w:rsid w:val="00B97C6F"/>
     <w:rsid w:val="00B97DBF"/>
     <w:rsid w:val="00BA020B"/>
     <w:rsid w:val="00BA0446"/>
     <w:rsid w:val="00BA05D6"/>
     <w:rsid w:val="00BA0D38"/>
     <w:rsid w:val="00BA0EF9"/>
     <w:rsid w:val="00BA132B"/>
     <w:rsid w:val="00BA1357"/>
     <w:rsid w:val="00BA14B3"/>
     <w:rsid w:val="00BA17A3"/>
     <w:rsid w:val="00BA1C52"/>
     <w:rsid w:val="00BA1C75"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA2D09"/>
     <w:rsid w:val="00BA2D99"/>
+    <w:rsid w:val="00BA2E75"/>
     <w:rsid w:val="00BA3A82"/>
     <w:rsid w:val="00BA3C00"/>
     <w:rsid w:val="00BA45C9"/>
     <w:rsid w:val="00BA5227"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA56EC"/>
     <w:rsid w:val="00BA577C"/>
     <w:rsid w:val="00BA592A"/>
+    <w:rsid w:val="00BA5A5F"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA62C7"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA70AE"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BB07D3"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB129C"/>
     <w:rsid w:val="00BB259B"/>
     <w:rsid w:val="00BB2731"/>
     <w:rsid w:val="00BB29A2"/>
     <w:rsid w:val="00BB2A22"/>
     <w:rsid w:val="00BB2A9B"/>
     <w:rsid w:val="00BB2C75"/>
     <w:rsid w:val="00BB2CEB"/>
     <w:rsid w:val="00BB33A9"/>
     <w:rsid w:val="00BB3603"/>
     <w:rsid w:val="00BB37CB"/>
     <w:rsid w:val="00BB3E88"/>
     <w:rsid w:val="00BB407B"/>
     <w:rsid w:val="00BB48ED"/>
     <w:rsid w:val="00BB5140"/>
     <w:rsid w:val="00BB5178"/>
     <w:rsid w:val="00BB5240"/>
     <w:rsid w:val="00BB5869"/>
@@ -29337,50 +29820,51 @@
     <w:rsid w:val="00BD5D8D"/>
     <w:rsid w:val="00BD5DF3"/>
     <w:rsid w:val="00BD5E37"/>
     <w:rsid w:val="00BD5EE4"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rsid w:val="00BD6218"/>
     <w:rsid w:val="00BD66BD"/>
     <w:rsid w:val="00BD6AF4"/>
     <w:rsid w:val="00BD6F15"/>
     <w:rsid w:val="00BD7A7D"/>
     <w:rsid w:val="00BD7EA4"/>
     <w:rsid w:val="00BE093D"/>
     <w:rsid w:val="00BE0A27"/>
     <w:rsid w:val="00BE0D8C"/>
     <w:rsid w:val="00BE0EEF"/>
     <w:rsid w:val="00BE1149"/>
     <w:rsid w:val="00BE1736"/>
     <w:rsid w:val="00BE1763"/>
     <w:rsid w:val="00BE1A80"/>
     <w:rsid w:val="00BE26B8"/>
     <w:rsid w:val="00BE2E23"/>
     <w:rsid w:val="00BE325D"/>
     <w:rsid w:val="00BE3309"/>
     <w:rsid w:val="00BE3505"/>
     <w:rsid w:val="00BE3534"/>
+    <w:rsid w:val="00BE367C"/>
     <w:rsid w:val="00BE397D"/>
     <w:rsid w:val="00BE3A41"/>
     <w:rsid w:val="00BE3B46"/>
     <w:rsid w:val="00BE3F84"/>
     <w:rsid w:val="00BE4139"/>
     <w:rsid w:val="00BE44DE"/>
     <w:rsid w:val="00BE48E4"/>
     <w:rsid w:val="00BE74BA"/>
     <w:rsid w:val="00BE7BB6"/>
     <w:rsid w:val="00BF0379"/>
     <w:rsid w:val="00BF13A4"/>
     <w:rsid w:val="00BF156B"/>
     <w:rsid w:val="00BF1B8A"/>
     <w:rsid w:val="00BF1C3B"/>
     <w:rsid w:val="00BF2018"/>
     <w:rsid w:val="00BF20FE"/>
     <w:rsid w:val="00BF2C1C"/>
     <w:rsid w:val="00BF341B"/>
     <w:rsid w:val="00BF3C94"/>
     <w:rsid w:val="00BF4301"/>
     <w:rsid w:val="00BF4396"/>
     <w:rsid w:val="00BF44D6"/>
     <w:rsid w:val="00BF4C73"/>
     <w:rsid w:val="00BF4E26"/>
     <w:rsid w:val="00BF4ECB"/>
@@ -29519,94 +30003,96 @@
     <w:rsid w:val="00C44BCC"/>
     <w:rsid w:val="00C44C88"/>
     <w:rsid w:val="00C44F02"/>
     <w:rsid w:val="00C4551D"/>
     <w:rsid w:val="00C459C6"/>
     <w:rsid w:val="00C45A04"/>
     <w:rsid w:val="00C45D00"/>
     <w:rsid w:val="00C45F14"/>
     <w:rsid w:val="00C46496"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C46AF4"/>
     <w:rsid w:val="00C46B5B"/>
     <w:rsid w:val="00C46CE4"/>
     <w:rsid w:val="00C46E47"/>
     <w:rsid w:val="00C479A9"/>
     <w:rsid w:val="00C50092"/>
     <w:rsid w:val="00C5025F"/>
     <w:rsid w:val="00C5047A"/>
     <w:rsid w:val="00C506F5"/>
     <w:rsid w:val="00C50D19"/>
     <w:rsid w:val="00C51AA3"/>
     <w:rsid w:val="00C51E54"/>
     <w:rsid w:val="00C529A3"/>
     <w:rsid w:val="00C52F01"/>
     <w:rsid w:val="00C53012"/>
+    <w:rsid w:val="00C530C1"/>
     <w:rsid w:val="00C534F0"/>
     <w:rsid w:val="00C53673"/>
     <w:rsid w:val="00C53959"/>
     <w:rsid w:val="00C53E25"/>
     <w:rsid w:val="00C5405E"/>
     <w:rsid w:val="00C540AF"/>
     <w:rsid w:val="00C54384"/>
     <w:rsid w:val="00C54748"/>
     <w:rsid w:val="00C5489D"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C55834"/>
     <w:rsid w:val="00C55A8B"/>
     <w:rsid w:val="00C55E76"/>
     <w:rsid w:val="00C56015"/>
     <w:rsid w:val="00C5690F"/>
     <w:rsid w:val="00C56B2D"/>
     <w:rsid w:val="00C575D3"/>
     <w:rsid w:val="00C57AB8"/>
     <w:rsid w:val="00C57E59"/>
     <w:rsid w:val="00C57F96"/>
     <w:rsid w:val="00C57FA0"/>
     <w:rsid w:val="00C6032F"/>
     <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C60684"/>
     <w:rsid w:val="00C60794"/>
     <w:rsid w:val="00C612C5"/>
     <w:rsid w:val="00C613B9"/>
     <w:rsid w:val="00C62203"/>
     <w:rsid w:val="00C62952"/>
     <w:rsid w:val="00C62E39"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C631EA"/>
     <w:rsid w:val="00C6358D"/>
     <w:rsid w:val="00C636CA"/>
     <w:rsid w:val="00C64A15"/>
     <w:rsid w:val="00C64C51"/>
     <w:rsid w:val="00C65438"/>
     <w:rsid w:val="00C656E7"/>
     <w:rsid w:val="00C658D3"/>
     <w:rsid w:val="00C66D5D"/>
     <w:rsid w:val="00C66F24"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C67E03"/>
     <w:rsid w:val="00C67E5D"/>
+    <w:rsid w:val="00C700BA"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C701AC"/>
     <w:rsid w:val="00C7030A"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C70FB9"/>
     <w:rsid w:val="00C71330"/>
     <w:rsid w:val="00C71C93"/>
     <w:rsid w:val="00C72279"/>
     <w:rsid w:val="00C723FF"/>
     <w:rsid w:val="00C7268B"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73ADD"/>
     <w:rsid w:val="00C73B1B"/>
     <w:rsid w:val="00C74274"/>
     <w:rsid w:val="00C74714"/>
     <w:rsid w:val="00C75792"/>
     <w:rsid w:val="00C76230"/>
     <w:rsid w:val="00C76341"/>
     <w:rsid w:val="00C76736"/>
     <w:rsid w:val="00C768FA"/>
     <w:rsid w:val="00C76905"/>
     <w:rsid w:val="00C76CA9"/>
@@ -29733,50 +30219,51 @@
     <w:rsid w:val="00CC32CC"/>
     <w:rsid w:val="00CC337F"/>
     <w:rsid w:val="00CC3952"/>
     <w:rsid w:val="00CC3B0B"/>
     <w:rsid w:val="00CC406D"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC4ECC"/>
     <w:rsid w:val="00CC564F"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC5D98"/>
     <w:rsid w:val="00CC6242"/>
     <w:rsid w:val="00CC6472"/>
     <w:rsid w:val="00CC6AEA"/>
     <w:rsid w:val="00CC6D0C"/>
     <w:rsid w:val="00CC7516"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
     <w:rsid w:val="00CC7B6C"/>
     <w:rsid w:val="00CD00C2"/>
     <w:rsid w:val="00CD0A99"/>
     <w:rsid w:val="00CD1E1D"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD2C03"/>
     <w:rsid w:val="00CD335B"/>
     <w:rsid w:val="00CD4081"/>
+    <w:rsid w:val="00CD49CA"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD5009"/>
     <w:rsid w:val="00CD53BE"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD5F1D"/>
     <w:rsid w:val="00CD635E"/>
     <w:rsid w:val="00CD63F2"/>
     <w:rsid w:val="00CD68B5"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD7732"/>
     <w:rsid w:val="00CD778A"/>
     <w:rsid w:val="00CD7995"/>
     <w:rsid w:val="00CD7D2E"/>
     <w:rsid w:val="00CD7E5F"/>
     <w:rsid w:val="00CD7F23"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE0EAF"/>
     <w:rsid w:val="00CE1978"/>
     <w:rsid w:val="00CE1BE2"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE2584"/>
     <w:rsid w:val="00CE28E7"/>
@@ -30040,123 +30527,126 @@
     <w:rsid w:val="00D80609"/>
     <w:rsid w:val="00D80723"/>
     <w:rsid w:val="00D80730"/>
     <w:rsid w:val="00D80917"/>
     <w:rsid w:val="00D80BA4"/>
     <w:rsid w:val="00D81369"/>
     <w:rsid w:val="00D81492"/>
     <w:rsid w:val="00D8149B"/>
     <w:rsid w:val="00D81BDB"/>
     <w:rsid w:val="00D823CF"/>
     <w:rsid w:val="00D82A81"/>
     <w:rsid w:val="00D832F8"/>
     <w:rsid w:val="00D83A4D"/>
     <w:rsid w:val="00D83B27"/>
     <w:rsid w:val="00D84357"/>
     <w:rsid w:val="00D84573"/>
     <w:rsid w:val="00D84AF0"/>
     <w:rsid w:val="00D84E44"/>
     <w:rsid w:val="00D850A2"/>
     <w:rsid w:val="00D85119"/>
     <w:rsid w:val="00D85452"/>
     <w:rsid w:val="00D85BA7"/>
     <w:rsid w:val="00D85E03"/>
     <w:rsid w:val="00D85F18"/>
     <w:rsid w:val="00D85FCC"/>
+    <w:rsid w:val="00D86309"/>
     <w:rsid w:val="00D8649F"/>
     <w:rsid w:val="00D8657E"/>
     <w:rsid w:val="00D869B4"/>
     <w:rsid w:val="00D86D6A"/>
     <w:rsid w:val="00D87514"/>
     <w:rsid w:val="00D87922"/>
     <w:rsid w:val="00D8799E"/>
     <w:rsid w:val="00D87D5E"/>
     <w:rsid w:val="00D90759"/>
     <w:rsid w:val="00D908B0"/>
     <w:rsid w:val="00D90B6D"/>
     <w:rsid w:val="00D90BD1"/>
     <w:rsid w:val="00D912D0"/>
     <w:rsid w:val="00D917B5"/>
     <w:rsid w:val="00D91839"/>
     <w:rsid w:val="00D922F7"/>
     <w:rsid w:val="00D92390"/>
     <w:rsid w:val="00D92712"/>
     <w:rsid w:val="00D92EA6"/>
     <w:rsid w:val="00D9381B"/>
     <w:rsid w:val="00D93E7B"/>
     <w:rsid w:val="00D9411E"/>
     <w:rsid w:val="00D9488A"/>
     <w:rsid w:val="00D95588"/>
     <w:rsid w:val="00D955FC"/>
     <w:rsid w:val="00D95831"/>
     <w:rsid w:val="00D9599D"/>
     <w:rsid w:val="00D95B84"/>
     <w:rsid w:val="00D95EDC"/>
+    <w:rsid w:val="00D96171"/>
     <w:rsid w:val="00D96259"/>
     <w:rsid w:val="00D963A6"/>
     <w:rsid w:val="00D96B0D"/>
     <w:rsid w:val="00D96CCA"/>
     <w:rsid w:val="00D97251"/>
     <w:rsid w:val="00D975ED"/>
     <w:rsid w:val="00D9761F"/>
     <w:rsid w:val="00D976B6"/>
     <w:rsid w:val="00D97BE1"/>
     <w:rsid w:val="00DA0323"/>
     <w:rsid w:val="00DA05E4"/>
     <w:rsid w:val="00DA0942"/>
     <w:rsid w:val="00DA0A0F"/>
     <w:rsid w:val="00DA0F08"/>
     <w:rsid w:val="00DA10C3"/>
     <w:rsid w:val="00DA13CD"/>
     <w:rsid w:val="00DA1401"/>
     <w:rsid w:val="00DA1429"/>
     <w:rsid w:val="00DA15A7"/>
     <w:rsid w:val="00DA1CAC"/>
     <w:rsid w:val="00DA1D2F"/>
     <w:rsid w:val="00DA1F92"/>
     <w:rsid w:val="00DA242B"/>
     <w:rsid w:val="00DA275E"/>
     <w:rsid w:val="00DA2BD1"/>
     <w:rsid w:val="00DA30A9"/>
     <w:rsid w:val="00DA33AD"/>
     <w:rsid w:val="00DA3480"/>
     <w:rsid w:val="00DA3A42"/>
     <w:rsid w:val="00DA46D2"/>
     <w:rsid w:val="00DA48E2"/>
     <w:rsid w:val="00DA4D38"/>
     <w:rsid w:val="00DA4EC1"/>
     <w:rsid w:val="00DA4EE8"/>
     <w:rsid w:val="00DA557E"/>
     <w:rsid w:val="00DA5711"/>
     <w:rsid w:val="00DA5831"/>
     <w:rsid w:val="00DA5BF2"/>
     <w:rsid w:val="00DA5D72"/>
     <w:rsid w:val="00DA667B"/>
     <w:rsid w:val="00DA673E"/>
     <w:rsid w:val="00DA6B34"/>
     <w:rsid w:val="00DA746D"/>
     <w:rsid w:val="00DA7D09"/>
+    <w:rsid w:val="00DA7DB9"/>
     <w:rsid w:val="00DA7DD9"/>
     <w:rsid w:val="00DA7E0A"/>
     <w:rsid w:val="00DA7EC7"/>
     <w:rsid w:val="00DA7F7B"/>
     <w:rsid w:val="00DB11DB"/>
     <w:rsid w:val="00DB165C"/>
     <w:rsid w:val="00DB1965"/>
     <w:rsid w:val="00DB2A06"/>
     <w:rsid w:val="00DB2AEA"/>
     <w:rsid w:val="00DB3919"/>
     <w:rsid w:val="00DB3B92"/>
     <w:rsid w:val="00DB3FAA"/>
     <w:rsid w:val="00DB4214"/>
     <w:rsid w:val="00DB470E"/>
     <w:rsid w:val="00DB4DAD"/>
     <w:rsid w:val="00DB5051"/>
     <w:rsid w:val="00DB5750"/>
     <w:rsid w:val="00DB59F0"/>
     <w:rsid w:val="00DB5A1C"/>
     <w:rsid w:val="00DB6821"/>
     <w:rsid w:val="00DB7526"/>
     <w:rsid w:val="00DB75E1"/>
     <w:rsid w:val="00DB7D2C"/>
     <w:rsid w:val="00DB7DD5"/>
     <w:rsid w:val="00DC054D"/>
@@ -30228,50 +30718,51 @@
     <w:rsid w:val="00DE1F55"/>
     <w:rsid w:val="00DE2094"/>
     <w:rsid w:val="00DE25AE"/>
     <w:rsid w:val="00DE2D5C"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3C5B"/>
     <w:rsid w:val="00DE3D0F"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE5124"/>
     <w:rsid w:val="00DE53D7"/>
     <w:rsid w:val="00DE593D"/>
     <w:rsid w:val="00DE5954"/>
     <w:rsid w:val="00DE6022"/>
     <w:rsid w:val="00DE63B2"/>
     <w:rsid w:val="00DE6575"/>
     <w:rsid w:val="00DE6948"/>
     <w:rsid w:val="00DE69B2"/>
     <w:rsid w:val="00DE6F6C"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DE73AF"/>
     <w:rsid w:val="00DE73FA"/>
     <w:rsid w:val="00DE7463"/>
+    <w:rsid w:val="00DE770D"/>
     <w:rsid w:val="00DE77A9"/>
     <w:rsid w:val="00DE794E"/>
     <w:rsid w:val="00DE7A67"/>
     <w:rsid w:val="00DE7A8D"/>
     <w:rsid w:val="00DE7B3F"/>
     <w:rsid w:val="00DE7B58"/>
     <w:rsid w:val="00DE7E55"/>
     <w:rsid w:val="00DE7FC8"/>
     <w:rsid w:val="00DF06E0"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF0F36"/>
     <w:rsid w:val="00DF13FA"/>
     <w:rsid w:val="00DF20CE"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF2519"/>
     <w:rsid w:val="00DF2DB5"/>
     <w:rsid w:val="00DF3069"/>
     <w:rsid w:val="00DF339F"/>
     <w:rsid w:val="00DF354F"/>
     <w:rsid w:val="00DF35B2"/>
     <w:rsid w:val="00DF35CE"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF3CE8"/>
     <w:rsid w:val="00DF3FD8"/>
     <w:rsid w:val="00DF48D3"/>
@@ -30396,72 +30887,75 @@
     <w:rsid w:val="00E324B6"/>
     <w:rsid w:val="00E3258C"/>
     <w:rsid w:val="00E3275E"/>
     <w:rsid w:val="00E32B88"/>
     <w:rsid w:val="00E331D6"/>
     <w:rsid w:val="00E3333F"/>
     <w:rsid w:val="00E334A6"/>
     <w:rsid w:val="00E3366E"/>
     <w:rsid w:val="00E3369A"/>
     <w:rsid w:val="00E336E1"/>
     <w:rsid w:val="00E339F3"/>
     <w:rsid w:val="00E33A2B"/>
     <w:rsid w:val="00E33DB1"/>
     <w:rsid w:val="00E343AF"/>
     <w:rsid w:val="00E34694"/>
     <w:rsid w:val="00E349B9"/>
     <w:rsid w:val="00E354F7"/>
     <w:rsid w:val="00E35D2D"/>
     <w:rsid w:val="00E36403"/>
     <w:rsid w:val="00E365DF"/>
     <w:rsid w:val="00E36611"/>
     <w:rsid w:val="00E36987"/>
     <w:rsid w:val="00E370D5"/>
     <w:rsid w:val="00E3728C"/>
     <w:rsid w:val="00E37788"/>
+    <w:rsid w:val="00E37864"/>
     <w:rsid w:val="00E37BB4"/>
     <w:rsid w:val="00E37F17"/>
     <w:rsid w:val="00E402BC"/>
     <w:rsid w:val="00E4112F"/>
     <w:rsid w:val="00E41867"/>
     <w:rsid w:val="00E42340"/>
+    <w:rsid w:val="00E42641"/>
     <w:rsid w:val="00E426F3"/>
     <w:rsid w:val="00E427E4"/>
     <w:rsid w:val="00E42AA5"/>
     <w:rsid w:val="00E42FF1"/>
     <w:rsid w:val="00E4466C"/>
     <w:rsid w:val="00E4482E"/>
     <w:rsid w:val="00E44D6A"/>
     <w:rsid w:val="00E44EEB"/>
     <w:rsid w:val="00E456DB"/>
     <w:rsid w:val="00E45828"/>
     <w:rsid w:val="00E459C2"/>
     <w:rsid w:val="00E46A87"/>
     <w:rsid w:val="00E46BD9"/>
     <w:rsid w:val="00E46CDA"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E479B1"/>
+    <w:rsid w:val="00E50135"/>
     <w:rsid w:val="00E5022D"/>
     <w:rsid w:val="00E50AD2"/>
     <w:rsid w:val="00E50CF2"/>
     <w:rsid w:val="00E51023"/>
     <w:rsid w:val="00E5181E"/>
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E5253B"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E530BA"/>
     <w:rsid w:val="00E5350C"/>
     <w:rsid w:val="00E53BC3"/>
     <w:rsid w:val="00E53D8B"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E544E5"/>
     <w:rsid w:val="00E5469F"/>
     <w:rsid w:val="00E54DB8"/>
     <w:rsid w:val="00E55006"/>
     <w:rsid w:val="00E55220"/>
     <w:rsid w:val="00E55669"/>
     <w:rsid w:val="00E55F92"/>
     <w:rsid w:val="00E56166"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E56B0F"/>
     <w:rsid w:val="00E56F4F"/>
@@ -30591,57 +31085,59 @@
     <w:rsid w:val="00E96601"/>
     <w:rsid w:val="00E96856"/>
     <w:rsid w:val="00E97268"/>
     <w:rsid w:val="00EA01BD"/>
     <w:rsid w:val="00EA0730"/>
     <w:rsid w:val="00EA0922"/>
     <w:rsid w:val="00EA09D7"/>
     <w:rsid w:val="00EA0DB3"/>
     <w:rsid w:val="00EA0F0D"/>
     <w:rsid w:val="00EA1B9E"/>
     <w:rsid w:val="00EA2AF0"/>
     <w:rsid w:val="00EA3373"/>
     <w:rsid w:val="00EA3679"/>
     <w:rsid w:val="00EA3B28"/>
     <w:rsid w:val="00EA3DEA"/>
     <w:rsid w:val="00EA446E"/>
     <w:rsid w:val="00EA45F3"/>
     <w:rsid w:val="00EA46AB"/>
     <w:rsid w:val="00EA4E18"/>
     <w:rsid w:val="00EA4E92"/>
     <w:rsid w:val="00EA4F39"/>
     <w:rsid w:val="00EA552A"/>
     <w:rsid w:val="00EA5615"/>
     <w:rsid w:val="00EA580B"/>
     <w:rsid w:val="00EA5A45"/>
+    <w:rsid w:val="00EA5A68"/>
     <w:rsid w:val="00EA5C41"/>
     <w:rsid w:val="00EA5F71"/>
     <w:rsid w:val="00EA64E6"/>
     <w:rsid w:val="00EA6739"/>
     <w:rsid w:val="00EA6ED3"/>
     <w:rsid w:val="00EA7566"/>
     <w:rsid w:val="00EA75F0"/>
+    <w:rsid w:val="00EA7903"/>
     <w:rsid w:val="00EA7E38"/>
     <w:rsid w:val="00EA7E78"/>
     <w:rsid w:val="00EA7F60"/>
     <w:rsid w:val="00EB0701"/>
     <w:rsid w:val="00EB08D0"/>
     <w:rsid w:val="00EB0AC0"/>
     <w:rsid w:val="00EB0CA2"/>
     <w:rsid w:val="00EB0CAD"/>
     <w:rsid w:val="00EB1216"/>
     <w:rsid w:val="00EB1A5C"/>
     <w:rsid w:val="00EB1A7B"/>
     <w:rsid w:val="00EB1D5B"/>
     <w:rsid w:val="00EB1E58"/>
     <w:rsid w:val="00EB1E70"/>
     <w:rsid w:val="00EB1E8B"/>
     <w:rsid w:val="00EB2261"/>
     <w:rsid w:val="00EB2659"/>
     <w:rsid w:val="00EB2F71"/>
     <w:rsid w:val="00EB3503"/>
     <w:rsid w:val="00EB3A02"/>
     <w:rsid w:val="00EB3A1B"/>
     <w:rsid w:val="00EB3B6F"/>
     <w:rsid w:val="00EB3F12"/>
     <w:rsid w:val="00EB440C"/>
     <w:rsid w:val="00EB470D"/>
@@ -30721,69 +31217,72 @@
     <w:rsid w:val="00EE0DFA"/>
     <w:rsid w:val="00EE11C4"/>
     <w:rsid w:val="00EE1443"/>
     <w:rsid w:val="00EE14B8"/>
     <w:rsid w:val="00EE1556"/>
     <w:rsid w:val="00EE16A5"/>
     <w:rsid w:val="00EE1D16"/>
     <w:rsid w:val="00EE1E70"/>
     <w:rsid w:val="00EE21CC"/>
     <w:rsid w:val="00EE2CC4"/>
     <w:rsid w:val="00EE2F0E"/>
     <w:rsid w:val="00EE2F5C"/>
     <w:rsid w:val="00EE33DF"/>
     <w:rsid w:val="00EE34A2"/>
     <w:rsid w:val="00EE3582"/>
     <w:rsid w:val="00EE3B9C"/>
     <w:rsid w:val="00EE4026"/>
     <w:rsid w:val="00EE417A"/>
     <w:rsid w:val="00EE455A"/>
     <w:rsid w:val="00EE4863"/>
     <w:rsid w:val="00EE4F94"/>
     <w:rsid w:val="00EE547B"/>
     <w:rsid w:val="00EE551F"/>
     <w:rsid w:val="00EE554E"/>
     <w:rsid w:val="00EE55B7"/>
+    <w:rsid w:val="00EE5719"/>
     <w:rsid w:val="00EE582B"/>
     <w:rsid w:val="00EE594F"/>
     <w:rsid w:val="00EE601F"/>
+    <w:rsid w:val="00EE6507"/>
     <w:rsid w:val="00EE65CB"/>
     <w:rsid w:val="00EE667F"/>
     <w:rsid w:val="00EE69D8"/>
     <w:rsid w:val="00EE6FA9"/>
     <w:rsid w:val="00EE71F3"/>
     <w:rsid w:val="00EE72DA"/>
     <w:rsid w:val="00EE745C"/>
     <w:rsid w:val="00EE7480"/>
     <w:rsid w:val="00EE7DC6"/>
     <w:rsid w:val="00EF02C8"/>
     <w:rsid w:val="00EF070B"/>
     <w:rsid w:val="00EF0F49"/>
     <w:rsid w:val="00EF12D6"/>
     <w:rsid w:val="00EF199B"/>
     <w:rsid w:val="00EF1D85"/>
     <w:rsid w:val="00EF25E8"/>
+    <w:rsid w:val="00EF2906"/>
     <w:rsid w:val="00EF2AB1"/>
     <w:rsid w:val="00EF2F9D"/>
     <w:rsid w:val="00EF2FFF"/>
     <w:rsid w:val="00EF3315"/>
     <w:rsid w:val="00EF392A"/>
     <w:rsid w:val="00EF4023"/>
     <w:rsid w:val="00EF4119"/>
     <w:rsid w:val="00EF4629"/>
     <w:rsid w:val="00EF4889"/>
     <w:rsid w:val="00EF4DB8"/>
     <w:rsid w:val="00EF510E"/>
     <w:rsid w:val="00EF5D39"/>
     <w:rsid w:val="00EF5E80"/>
     <w:rsid w:val="00EF6070"/>
     <w:rsid w:val="00EF673E"/>
     <w:rsid w:val="00EF6865"/>
     <w:rsid w:val="00EF6904"/>
     <w:rsid w:val="00EF703A"/>
     <w:rsid w:val="00EF7572"/>
     <w:rsid w:val="00EF7DC3"/>
     <w:rsid w:val="00EF7E67"/>
     <w:rsid w:val="00F0045C"/>
     <w:rsid w:val="00F01066"/>
     <w:rsid w:val="00F0129F"/>
     <w:rsid w:val="00F01315"/>
@@ -30886,165 +31385,169 @@
     <w:rsid w:val="00F264E1"/>
     <w:rsid w:val="00F26E2C"/>
     <w:rsid w:val="00F26E84"/>
     <w:rsid w:val="00F26F91"/>
     <w:rsid w:val="00F276E8"/>
     <w:rsid w:val="00F2783C"/>
     <w:rsid w:val="00F30321"/>
     <w:rsid w:val="00F30702"/>
     <w:rsid w:val="00F309FE"/>
     <w:rsid w:val="00F30AE4"/>
     <w:rsid w:val="00F30B24"/>
     <w:rsid w:val="00F30D78"/>
     <w:rsid w:val="00F30D86"/>
     <w:rsid w:val="00F313A1"/>
     <w:rsid w:val="00F313CF"/>
     <w:rsid w:val="00F317C7"/>
     <w:rsid w:val="00F31B42"/>
     <w:rsid w:val="00F31BAB"/>
     <w:rsid w:val="00F31EE7"/>
     <w:rsid w:val="00F31F5B"/>
     <w:rsid w:val="00F32222"/>
     <w:rsid w:val="00F3222C"/>
     <w:rsid w:val="00F32664"/>
     <w:rsid w:val="00F32B14"/>
     <w:rsid w:val="00F32F13"/>
+    <w:rsid w:val="00F32FDA"/>
     <w:rsid w:val="00F33BD7"/>
     <w:rsid w:val="00F34137"/>
     <w:rsid w:val="00F34362"/>
     <w:rsid w:val="00F34F43"/>
     <w:rsid w:val="00F35BA2"/>
     <w:rsid w:val="00F36965"/>
     <w:rsid w:val="00F36C7F"/>
     <w:rsid w:val="00F36F8F"/>
     <w:rsid w:val="00F3705F"/>
     <w:rsid w:val="00F370F4"/>
     <w:rsid w:val="00F374CE"/>
     <w:rsid w:val="00F37A31"/>
     <w:rsid w:val="00F37B09"/>
     <w:rsid w:val="00F37E25"/>
     <w:rsid w:val="00F37E5D"/>
     <w:rsid w:val="00F4003F"/>
     <w:rsid w:val="00F40466"/>
     <w:rsid w:val="00F40771"/>
     <w:rsid w:val="00F40E23"/>
     <w:rsid w:val="00F412BB"/>
     <w:rsid w:val="00F414CF"/>
     <w:rsid w:val="00F415B2"/>
     <w:rsid w:val="00F41A59"/>
     <w:rsid w:val="00F41F49"/>
     <w:rsid w:val="00F429A4"/>
     <w:rsid w:val="00F42A64"/>
     <w:rsid w:val="00F42D0B"/>
     <w:rsid w:val="00F42DC6"/>
     <w:rsid w:val="00F432A1"/>
     <w:rsid w:val="00F4346B"/>
     <w:rsid w:val="00F4389C"/>
     <w:rsid w:val="00F438C4"/>
     <w:rsid w:val="00F43B7F"/>
     <w:rsid w:val="00F44025"/>
     <w:rsid w:val="00F440AB"/>
     <w:rsid w:val="00F440E3"/>
     <w:rsid w:val="00F443DA"/>
     <w:rsid w:val="00F444FB"/>
     <w:rsid w:val="00F4451B"/>
     <w:rsid w:val="00F449BE"/>
     <w:rsid w:val="00F45F01"/>
     <w:rsid w:val="00F45FBE"/>
     <w:rsid w:val="00F46200"/>
     <w:rsid w:val="00F467A5"/>
     <w:rsid w:val="00F467E4"/>
     <w:rsid w:val="00F46A3A"/>
     <w:rsid w:val="00F46F45"/>
     <w:rsid w:val="00F46F97"/>
     <w:rsid w:val="00F50D8F"/>
+    <w:rsid w:val="00F511D0"/>
     <w:rsid w:val="00F51647"/>
     <w:rsid w:val="00F51B89"/>
     <w:rsid w:val="00F52564"/>
     <w:rsid w:val="00F52702"/>
     <w:rsid w:val="00F52790"/>
     <w:rsid w:val="00F52905"/>
     <w:rsid w:val="00F53365"/>
     <w:rsid w:val="00F544B7"/>
     <w:rsid w:val="00F54DEF"/>
     <w:rsid w:val="00F54F59"/>
     <w:rsid w:val="00F54F81"/>
     <w:rsid w:val="00F54FFD"/>
     <w:rsid w:val="00F550C6"/>
     <w:rsid w:val="00F55825"/>
     <w:rsid w:val="00F559E8"/>
     <w:rsid w:val="00F55C74"/>
     <w:rsid w:val="00F564B9"/>
     <w:rsid w:val="00F56550"/>
+    <w:rsid w:val="00F56591"/>
     <w:rsid w:val="00F56CED"/>
     <w:rsid w:val="00F57197"/>
     <w:rsid w:val="00F57699"/>
     <w:rsid w:val="00F577C7"/>
     <w:rsid w:val="00F577D5"/>
     <w:rsid w:val="00F60073"/>
     <w:rsid w:val="00F60CC5"/>
     <w:rsid w:val="00F613A9"/>
     <w:rsid w:val="00F61530"/>
     <w:rsid w:val="00F61C83"/>
     <w:rsid w:val="00F620EE"/>
     <w:rsid w:val="00F6244F"/>
     <w:rsid w:val="00F62516"/>
     <w:rsid w:val="00F62CB7"/>
     <w:rsid w:val="00F6324B"/>
     <w:rsid w:val="00F633A6"/>
     <w:rsid w:val="00F6365C"/>
     <w:rsid w:val="00F63828"/>
     <w:rsid w:val="00F63FB6"/>
     <w:rsid w:val="00F645ED"/>
     <w:rsid w:val="00F64D92"/>
     <w:rsid w:val="00F65148"/>
     <w:rsid w:val="00F6516E"/>
     <w:rsid w:val="00F652DD"/>
     <w:rsid w:val="00F653B5"/>
     <w:rsid w:val="00F65456"/>
     <w:rsid w:val="00F656C7"/>
     <w:rsid w:val="00F65986"/>
     <w:rsid w:val="00F659FA"/>
     <w:rsid w:val="00F65B77"/>
     <w:rsid w:val="00F65CD7"/>
     <w:rsid w:val="00F65F35"/>
     <w:rsid w:val="00F65F83"/>
     <w:rsid w:val="00F661A5"/>
     <w:rsid w:val="00F66333"/>
     <w:rsid w:val="00F66E10"/>
     <w:rsid w:val="00F67318"/>
     <w:rsid w:val="00F673CF"/>
     <w:rsid w:val="00F676CF"/>
     <w:rsid w:val="00F6780B"/>
     <w:rsid w:val="00F7026E"/>
     <w:rsid w:val="00F70A71"/>
     <w:rsid w:val="00F714A0"/>
     <w:rsid w:val="00F714F3"/>
     <w:rsid w:val="00F71ADD"/>
     <w:rsid w:val="00F724CA"/>
     <w:rsid w:val="00F724D0"/>
     <w:rsid w:val="00F72992"/>
+    <w:rsid w:val="00F72CB0"/>
     <w:rsid w:val="00F72D30"/>
     <w:rsid w:val="00F72E5D"/>
     <w:rsid w:val="00F72F00"/>
     <w:rsid w:val="00F739AC"/>
     <w:rsid w:val="00F73A15"/>
     <w:rsid w:val="00F73B51"/>
     <w:rsid w:val="00F73CAE"/>
     <w:rsid w:val="00F73D31"/>
     <w:rsid w:val="00F73D44"/>
     <w:rsid w:val="00F73D4A"/>
     <w:rsid w:val="00F73D91"/>
     <w:rsid w:val="00F74443"/>
     <w:rsid w:val="00F74CBF"/>
     <w:rsid w:val="00F74F59"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F76134"/>
     <w:rsid w:val="00F76942"/>
     <w:rsid w:val="00F76B4E"/>
     <w:rsid w:val="00F76E82"/>
     <w:rsid w:val="00F770E6"/>
     <w:rsid w:val="00F773D7"/>
     <w:rsid w:val="00F77C0F"/>
     <w:rsid w:val="00F800F3"/>
     <w:rsid w:val="00F8024E"/>
     <w:rsid w:val="00F8060A"/>
@@ -31075,74 +31578,76 @@
     <w:rsid w:val="00F910A5"/>
     <w:rsid w:val="00F910EA"/>
     <w:rsid w:val="00F911C0"/>
     <w:rsid w:val="00F91601"/>
     <w:rsid w:val="00F91731"/>
     <w:rsid w:val="00F91A7D"/>
     <w:rsid w:val="00F926B4"/>
     <w:rsid w:val="00F92B31"/>
     <w:rsid w:val="00F92B56"/>
     <w:rsid w:val="00F92D6F"/>
     <w:rsid w:val="00F93BFB"/>
     <w:rsid w:val="00F940F7"/>
     <w:rsid w:val="00F94451"/>
     <w:rsid w:val="00F94551"/>
     <w:rsid w:val="00F94E92"/>
     <w:rsid w:val="00F94EA6"/>
     <w:rsid w:val="00F95D19"/>
     <w:rsid w:val="00F96699"/>
     <w:rsid w:val="00F96A10"/>
     <w:rsid w:val="00F96E11"/>
     <w:rsid w:val="00F9745A"/>
     <w:rsid w:val="00F977B9"/>
     <w:rsid w:val="00F97853"/>
     <w:rsid w:val="00F97918"/>
     <w:rsid w:val="00F97ABD"/>
+    <w:rsid w:val="00F97E18"/>
     <w:rsid w:val="00F97E93"/>
     <w:rsid w:val="00FA0755"/>
     <w:rsid w:val="00FA0D7C"/>
     <w:rsid w:val="00FA1D08"/>
     <w:rsid w:val="00FA1DDA"/>
     <w:rsid w:val="00FA295F"/>
     <w:rsid w:val="00FA2CB6"/>
     <w:rsid w:val="00FA36EE"/>
     <w:rsid w:val="00FA376D"/>
     <w:rsid w:val="00FA3DD6"/>
     <w:rsid w:val="00FA4204"/>
     <w:rsid w:val="00FA43CE"/>
     <w:rsid w:val="00FA479B"/>
     <w:rsid w:val="00FA4DAC"/>
     <w:rsid w:val="00FA565D"/>
     <w:rsid w:val="00FA586C"/>
     <w:rsid w:val="00FA5AFB"/>
     <w:rsid w:val="00FA5B26"/>
     <w:rsid w:val="00FA5C71"/>
     <w:rsid w:val="00FA62A1"/>
     <w:rsid w:val="00FA64B1"/>
     <w:rsid w:val="00FA69A6"/>
     <w:rsid w:val="00FA7544"/>
     <w:rsid w:val="00FA76F6"/>
+    <w:rsid w:val="00FA7EF1"/>
     <w:rsid w:val="00FB037B"/>
     <w:rsid w:val="00FB0A53"/>
     <w:rsid w:val="00FB0BB1"/>
     <w:rsid w:val="00FB0D8B"/>
     <w:rsid w:val="00FB0F4A"/>
     <w:rsid w:val="00FB16D9"/>
     <w:rsid w:val="00FB184E"/>
     <w:rsid w:val="00FB1A1A"/>
     <w:rsid w:val="00FB1D3D"/>
     <w:rsid w:val="00FB1D85"/>
     <w:rsid w:val="00FB21A3"/>
     <w:rsid w:val="00FB225F"/>
     <w:rsid w:val="00FB2569"/>
     <w:rsid w:val="00FB297B"/>
     <w:rsid w:val="00FB2CE0"/>
     <w:rsid w:val="00FB3014"/>
     <w:rsid w:val="00FB3679"/>
     <w:rsid w:val="00FB36C2"/>
     <w:rsid w:val="00FB398A"/>
     <w:rsid w:val="00FB39EE"/>
     <w:rsid w:val="00FB45C3"/>
     <w:rsid w:val="00FB4750"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:rsid w:val="00FB4F68"/>
     <w:rsid w:val="00FB52AF"/>
@@ -31152,111 +31657,114 @@
     <w:rsid w:val="00FB7E28"/>
     <w:rsid w:val="00FC049B"/>
     <w:rsid w:val="00FC0570"/>
     <w:rsid w:val="00FC060E"/>
     <w:rsid w:val="00FC0D0A"/>
     <w:rsid w:val="00FC1162"/>
     <w:rsid w:val="00FC1F79"/>
     <w:rsid w:val="00FC2428"/>
     <w:rsid w:val="00FC24E9"/>
     <w:rsid w:val="00FC29CC"/>
     <w:rsid w:val="00FC2C2D"/>
     <w:rsid w:val="00FC305E"/>
     <w:rsid w:val="00FC3827"/>
     <w:rsid w:val="00FC3BE0"/>
     <w:rsid w:val="00FC44ED"/>
     <w:rsid w:val="00FC49F6"/>
     <w:rsid w:val="00FC4D87"/>
     <w:rsid w:val="00FC539B"/>
     <w:rsid w:val="00FC65D2"/>
     <w:rsid w:val="00FC67F3"/>
     <w:rsid w:val="00FC7459"/>
     <w:rsid w:val="00FC7582"/>
     <w:rsid w:val="00FC7AC8"/>
     <w:rsid w:val="00FC7DC5"/>
     <w:rsid w:val="00FD00A1"/>
+    <w:rsid w:val="00FD098F"/>
     <w:rsid w:val="00FD0E4D"/>
     <w:rsid w:val="00FD1256"/>
     <w:rsid w:val="00FD1526"/>
     <w:rsid w:val="00FD1912"/>
     <w:rsid w:val="00FD191E"/>
     <w:rsid w:val="00FD1B24"/>
     <w:rsid w:val="00FD1D4D"/>
     <w:rsid w:val="00FD2960"/>
     <w:rsid w:val="00FD2A37"/>
     <w:rsid w:val="00FD30AC"/>
     <w:rsid w:val="00FD3527"/>
     <w:rsid w:val="00FD42D2"/>
     <w:rsid w:val="00FD4558"/>
     <w:rsid w:val="00FD45C9"/>
     <w:rsid w:val="00FD50C5"/>
     <w:rsid w:val="00FD5523"/>
     <w:rsid w:val="00FD5907"/>
     <w:rsid w:val="00FD5E14"/>
     <w:rsid w:val="00FD5E78"/>
     <w:rsid w:val="00FD5F9E"/>
     <w:rsid w:val="00FD69CD"/>
     <w:rsid w:val="00FD717E"/>
     <w:rsid w:val="00FD7A7E"/>
     <w:rsid w:val="00FE0047"/>
     <w:rsid w:val="00FE0198"/>
     <w:rsid w:val="00FE01D3"/>
     <w:rsid w:val="00FE02E1"/>
     <w:rsid w:val="00FE0390"/>
     <w:rsid w:val="00FE04C4"/>
     <w:rsid w:val="00FE06CA"/>
     <w:rsid w:val="00FE0759"/>
     <w:rsid w:val="00FE0861"/>
+    <w:rsid w:val="00FE0995"/>
     <w:rsid w:val="00FE13E6"/>
     <w:rsid w:val="00FE166E"/>
     <w:rsid w:val="00FE2081"/>
     <w:rsid w:val="00FE21A1"/>
     <w:rsid w:val="00FE2BD4"/>
     <w:rsid w:val="00FE2F8B"/>
     <w:rsid w:val="00FE30AD"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE3C5D"/>
     <w:rsid w:val="00FE41A9"/>
     <w:rsid w:val="00FE41B0"/>
     <w:rsid w:val="00FE42F4"/>
     <w:rsid w:val="00FE4634"/>
     <w:rsid w:val="00FE5290"/>
     <w:rsid w:val="00FE5AAD"/>
     <w:rsid w:val="00FE5C3F"/>
     <w:rsid w:val="00FE6038"/>
     <w:rsid w:val="00FE6161"/>
     <w:rsid w:val="00FE6351"/>
     <w:rsid w:val="00FE6569"/>
     <w:rsid w:val="00FE6614"/>
     <w:rsid w:val="00FE6B15"/>
     <w:rsid w:val="00FE6D9F"/>
     <w:rsid w:val="00FE6FC9"/>
     <w:rsid w:val="00FE7205"/>
     <w:rsid w:val="00FE730E"/>
     <w:rsid w:val="00FE75A9"/>
     <w:rsid w:val="00FE7799"/>
     <w:rsid w:val="00FE7F9C"/>
+    <w:rsid w:val="00FF039E"/>
     <w:rsid w:val="00FF0481"/>
     <w:rsid w:val="00FF098E"/>
     <w:rsid w:val="00FF0BB0"/>
     <w:rsid w:val="00FF150B"/>
     <w:rsid w:val="00FF1E9E"/>
     <w:rsid w:val="00FF20D5"/>
     <w:rsid w:val="00FF22C1"/>
     <w:rsid w:val="00FF24F4"/>
     <w:rsid w:val="00FF2735"/>
     <w:rsid w:val="00FF2790"/>
     <w:rsid w:val="00FF2B78"/>
     <w:rsid w:val="00FF2CB3"/>
     <w:rsid w:val="00FF30FF"/>
     <w:rsid w:val="00FF36DB"/>
     <w:rsid w:val="00FF3B65"/>
     <w:rsid w:val="00FF3C30"/>
     <w:rsid w:val="00FF3E05"/>
     <w:rsid w:val="00FF3F51"/>
     <w:rsid w:val="00FF4829"/>
     <w:rsid w:val="00FF4B3D"/>
     <w:rsid w:val="00FF59D3"/>
     <w:rsid w:val="00FF5A0B"/>
     <w:rsid w:val="00FF5E52"/>
     <w:rsid w:val="00FF6161"/>
     <w:rsid w:val="00FF621E"/>
@@ -31513,51 +32021,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="620FAB79"/>
-  <w15:docId w15:val="{C10A830B-53E3-44E4-A481-1343FE943864}"/>
+  <w15:docId w15:val="{E9013E67-B16F-4AFD-97DC-7B4D185E1BAC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -34045,51 +34553,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/guidelines_and_regulations_assets/2021_2027/es_kohezijas_politikas_prro/nbk-novertejumi.7z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-3-k-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346558-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346558-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zemesgramata.lv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/search?q=vadl%C4%ABnijas%2056." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-3-k-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/guidelines_and_regulations_assets/2021_2027/es_kohezijas_politikas_prro/nbk-novertejumi.7z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-3-k-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346558-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/346558-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zemesgramata.lv/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2023/2831/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/search?q=vadl%C4%ABnijas%2056." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-3-k-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/jaunums/skaidrojums-par-maksligo-apstaklu-radisanu-un-vertesanu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -34354,72 +34862,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -34614,115 +35126,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2E3482F-1617-4E6F-8D3F-5427C229E9B6}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{844C4957-7CBB-48A0-904C-C51695C85C4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>36235</Words>
-  <Characters>20654</Characters>
+  <Words>36443</Words>
+  <Characters>20774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>172</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>173</Lines>
+  <Paragraphs>114</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56776</CharactersWithSpaces>
+  <CharactersWithSpaces>57103</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>