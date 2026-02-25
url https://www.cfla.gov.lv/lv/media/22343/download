--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
@@ -272,51 +273,265 @@
       <w:r w:rsidR="00D102B3" w:rsidRPr="00264ACA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārt</w:t>
       </w:r>
       <w:r w:rsidRPr="00264ACA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>as otro uzsaukumu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6B68C2" w14:textId="133366AE" w:rsidR="00D102B3" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
+    <w:p w14:paraId="74E826D7" w14:textId="056829A0" w:rsidR="00102792" w:rsidRDefault="00102792" w:rsidP="00D102B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3505263E" wp14:editId="227D93B8">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2047539287" name="Graphic 2" descr="Flag1 with solid fill"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Graphic 2"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Papildināts </w:t>
+      </w:r>
+      <w:r w:rsidR="6B1B0D83" w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008F12D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="205616C4" w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="686C79A1" w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31CCF778">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3690FA78" w14:textId="77777777" w:rsidR="00102792" w:rsidRDefault="00102792" w:rsidP="00D102B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="2F5496"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6B68C2" w14:textId="1AA2DC3F" w:rsidR="00D102B3" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00264ACA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
@@ -1703,772 +1918,687 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00264ACA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E46C33" w:rsidRPr="00264ACA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Kohēzijas politikas fondu vadības informācijas sistēma (KPVIS)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:id w:val="1872647678"/>
+        <w:id w:val="679830099"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="17EE05DC" w14:textId="77777777" w:rsidR="00D102B3" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
+        <w:p w14:paraId="0745611A" w14:textId="77777777" w:rsidR="0080350E" w:rsidRDefault="0080350E" w:rsidP="00D102B3">
+          <w:pPr>
+            <w:keepNext/>
+            <w:keepLines/>
+            <w:spacing w:before="60" w:after="60" w:line="256" w:lineRule="auto"/>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="17EE05DC" w14:textId="75F65C71" w:rsidR="00D102B3" w:rsidRPr="00272511" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
           <w:pPr>
             <w:keepNext/>
             <w:keepLines/>
             <w:spacing w:before="60" w:after="60" w:line="256" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-              <w:b/>
-              <w:bCs/>
               <w:color w:val="2F5496"/>
               <w:kern w:val="0"/>
               <w:u w:val="single"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00264ACA">
+          <w:r w:rsidRPr="00272511">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2F5496"/>
               <w:kern w:val="0"/>
               <w:u w:val="single"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:t>Saturs</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="74E0AD32" w14:textId="1044D27C" w:rsidR="0049725C" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3">
+        <w:p w14:paraId="74E0AD32" w14:textId="533FA98C" w:rsidR="0049725C" w:rsidRPr="00503DA2" w:rsidRDefault="704321D1" w:rsidP="7C8A172B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="480"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="13935"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00264ACA">
+          <w:r w:rsidRPr="001D0DAC">
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:kern w:val="0"/>
-              <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00264ACA">
+          <w:r w:rsidR="0049725C" w:rsidRPr="001D0DAC">
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:kern w:val="0"/>
-              <w14:ligatures w14:val="none"/>
             </w:rPr>
-            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+            <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00264ACA">
+          <w:r w:rsidRPr="001D0DAC">
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:kern w:val="0"/>
-              <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc176268927" w:history="1">
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
+          <w:hyperlink w:anchor="_Toc18490700">
+            <w:r w:rsidR="7C8A172B" w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0049725C" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
+            <w:r w:rsidR="7C8A172B" w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0049725C" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0049725C" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0049725C" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc18490700 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="0049725C" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0049725C" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00172154">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B939BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0049725C" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0049725C" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A613BA4" w14:textId="5E212643" w:rsidR="0049725C" w:rsidRPr="00264ACA" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="6A613BA4" w14:textId="196AF6C5" w:rsidR="0049725C" w:rsidRPr="00503DA2" w:rsidRDefault="7C8A172B" w:rsidP="7C8A172B">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="480"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="13935"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc176268928" w:history="1">
-            <w:r w:rsidRPr="00264ACA">
+          <w:r w:rsidRPr="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2.</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r w:rsidRPr="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Īstenošanas nosacījumi</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText>PAGEREF _Toc1839714344 \h</w:instrText>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00B939BB">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="2F39F2BF" w14:textId="378999BE" w:rsidR="0049725C" w:rsidRPr="00503DA2" w:rsidRDefault="7C8A172B" w:rsidP="7C8A172B">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="13935"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:lang w:eastAsia="lv-LV"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>3.</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r w:rsidRPr="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:instrText>PAGEREF _Toc17242937 \h</w:instrText>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00B939BB">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="002805E6">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>8</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="5D226001" w14:textId="6A16EC45" w:rsidR="0049725C" w:rsidRPr="00503DA2" w:rsidRDefault="7C8A172B" w:rsidP="7C8A172B">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="13935"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              <w:b/>
+              <w:bCs/>
+              <w:noProof/>
+              <w:lang w:eastAsia="lv-LV"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc367541620">
+            <w:r w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Īstenošanas nosacījumi</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:t>Attiecināmās izmaksas</w:t>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:instrText>PAGEREF _Toc367541620 \h</w:instrText>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00172154">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B939BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
+          <w:r w:rsidR="002805E6" w:rsidRPr="002805E6">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:t>4</w:t>
+          </w:r>
         </w:p>
-        <w:p w14:paraId="2F39F2BF" w14:textId="16D23809" w:rsidR="0049725C" w:rsidRPr="00264ACA" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="0AC9DF4F" w14:textId="31EBD002" w:rsidR="0049725C" w:rsidRPr="00503DA2" w:rsidRDefault="7C8A172B" w:rsidP="704321D1">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="left" w:pos="480"/>
-              <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
+              <w:tab w:val="left" w:pos="435"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="13935"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rStyle w:val="Hyperlink"/>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc176268929" w:history="1">
-            <w:r w:rsidRPr="00264ACA">
+          <w:hyperlink w:anchor="_Toc912991694">
+            <w:r w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="00503DA2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:t>Projekta iesnieguma aizpildīšana un pielikumi</w:t>
+            </w:r>
+            <w:r w:rsidR="704321D1" w:rsidRPr="00503DA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...57 lines deleted...]
-            </w:r>
           </w:hyperlink>
-        </w:p>
-[...6 lines deleted...]
-            </w:tabs>
+          <w:r w:rsidR="704321D1" w:rsidRPr="001D0DAC">
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:noProof/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
-          </w:pPr>
-[...110 lines deleted...]
-            </w:tabs>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="002805E6">
             <w:rPr>
-              <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:b/>
               <w:bCs/>
-              <w:noProof/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
-          </w:pPr>
-[...123 lines deleted...]
-            <w:fldChar w:fldCharType="end"/>
+            <w:t>40</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
+    <w:p w14:paraId="7D23BAD5" w14:textId="7D887E1C" w:rsidR="00D102B3" w:rsidRPr="001D0DAC" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="717"/>
-        <w:gridCol w:w="7033"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="6904"/>
         <w:gridCol w:w="6198"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003383F" w:rsidRPr="00264ACA" w14:paraId="2C17749E" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="0003383F" w:rsidRPr="00264ACA" w14:paraId="2C17749E" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EDDF042" w14:textId="77777777" w:rsidR="001C767C" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="17" w:right="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00264ACA">
@@ -2490,51 +2620,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00264ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09E40F44" w14:textId="77777777" w:rsidR="00D102B3" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="17" w:right="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00264ACA">
@@ -2568,8541 +2698,12662 @@
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00264ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Atbildes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D102B3" w:rsidRPr="00264ACA" w14:paraId="5C930A6E" w14:textId="77777777" w:rsidTr="308CC3AB">
+      <w:tr w:rsidR="00D102B3" w:rsidRPr="00264ACA" w14:paraId="5C930A6E" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AE19EBA" w14:textId="77777777" w:rsidR="00D102B3" w:rsidRPr="00264ACA" w:rsidRDefault="00D102B3" w:rsidP="003404D8">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc46148086"/>
             <w:bookmarkStart w:id="1" w:name="_Toc20918679"/>
-            <w:bookmarkStart w:id="2" w:name="_Toc176268927"/>
+            <w:bookmarkStart w:id="2" w:name="_Toc868180431"/>
+            <w:bookmarkStart w:id="3" w:name="_Toc18490700"/>
             <w:r w:rsidRPr="00264ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13085" w:rsidRPr="00264ACA" w14:paraId="239CBA76" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00F13085" w:rsidRPr="00264ACA" w14:paraId="239CBA76" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="037F01FD" w14:textId="448F5DA2" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="037F01FD" w14:textId="448F5DA2" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CB88EA0" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="2CB88EA0" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A7BF451" w14:textId="3F446B03" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="6F7B2792" w14:textId="77777777" w:rsidR="00F13085" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vispārējs jautājums: precīzi specifiskie kritēriji dalībai konkursā (nozare, produkta iespējamie specifiskie pielietojumi utt.) vai spēkā esošs tiesību akts, kurā tie nepārprotami un izsmeļoši definēti.</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7BF451" w14:textId="3F446B03" w:rsidR="00245D18" w:rsidRPr="00245D18" w:rsidRDefault="00245D18" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EE9E546" w14:textId="6272BC83" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+          <w:p w14:paraId="6EE9E546" w14:textId="6272BC83" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informācija par </w:t>
             </w:r>
-            <w:r w:rsidR="00D5686D" w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00D5686D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>pasākumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir pieejama aģentūras mājaslapā </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00264ACA">
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>https://www.cfla.gov.lv/lv/1-2-1-1-3k-2u</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>, t.sk. projektu iesnieguma vērtēšanas kritēriji un to piemērošanas metodika (atlases nolikuma 1. pielikums). </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4058A41D" w14:textId="4E618357" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="4058A41D" w14:textId="4E618357" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>2024. gada 22. oktobra Ministru kabineta noteikumi Nr. 663</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> nosaka kārtību, kādā īsteno pasākuma </w:t>
             </w:r>
-            <w:r w:rsidR="00A338B4" w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00A338B4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1.2.1.1. Atbalsts jaunu produktu attīstībai un internacionalizācijai</w:t>
             </w:r>
-            <w:r w:rsidR="00A338B4" w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="00A338B4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3. kārtu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F13085" w:rsidRPr="00264ACA" w14:paraId="1A9EF485" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00F13085" w:rsidRPr="00264ACA" w14:paraId="1A9EF485" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34ED6DB4" w14:textId="54EB168A" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="34ED6DB4" w14:textId="54EB168A" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="432EDCD1" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="432EDCD1" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77DA12D1" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="77DA12D1" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai šinī ES fondu atbalstā ir iespējams pieteikties testēšanas laboratorijām un vai tām būs kāda niša, divējāda lietojuma produktu testēšanai/sertificēšanai.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="139658D4" w14:textId="4D9C92E7" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="139658D4" w14:textId="4D9C92E7" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40141BA3" w14:textId="7D194020" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00AE714C" w:rsidP="00A338B4">
+          <w:p w14:paraId="40141BA3" w14:textId="7D194020" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00AE714C" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00F13085" w:rsidRPr="00264ACA">
+            <w:r w:rsidR="00F13085" w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">asākuma ietvaros tiek attiecinātas izmaksas divējāda lietojuma (gan civilām, gan militārām vajadzībām) </w:t>
             </w:r>
-            <w:r w:rsidR="00F13085" w:rsidRPr="00264ACA">
+            <w:r w:rsidR="00F13085" w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jauna produkta vai tehnoloģijas izstrādei</w:t>
             </w:r>
-            <w:r w:rsidR="00F13085" w:rsidRPr="00264ACA">
+            <w:r w:rsidR="00F13085" w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E750318" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="5E750318" w14:textId="77777777" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jauns produkts ir jauns vai būtiski uzlabots produkts vai tehnoloģija gala saņēmēja līmenī. Būtiski uzlabojumi ir, piemēram, jaunu funkciju pievienošana, funkcionālo īpašību un lietojuma uzlabošana, tai skaitā kvalitātes paaugstināšana, finansiālā pieejamība, lietojamības, ērtuma uzlabošana, ekonomiskāka izmantošana, izturības palielināšana, produkta dzīves ilguma pagarināšana. Nav nepieciešami visu produkta funkciju vai darbības specifikāciju būtiski uzlabojumi.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09DA669B" w14:textId="1499EB9C" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="00A338B4">
+          <w:p w14:paraId="09DA669B" w14:textId="1499EB9C" w:rsidR="00F13085" w:rsidRPr="00264ACA" w:rsidRDefault="00F13085" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Prasības, kurām jāatbilst projekta iesniedzējam, lai pretendētu uz atbalstu, noteiktas MK noteikumu 14. punktā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="54956A1E" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="54956A1E" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FADC431" w14:textId="0D231529" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="1FADC431" w14:textId="0D231529" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EBB9379" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="5EBB9379" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D157B5F" w14:textId="381D55AA" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="5D157B5F" w14:textId="381D55AA" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai pretendents, kas piesakās projekta atbalstam, var darboties pavisam citā nozarē līdz projekta iesniegšanai? Vai var būt tā, ka uzņēmums darbojas vienā nozarē, bet projekts tiks īstenots citā?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="684C3CE0" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="684C3CE0" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31FB672F" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="31FB672F" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta darbības plānojamas vienā vai vairākās viedās specializācijas stratēģijas jeb RIS3 jomās: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B24C18" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="001C5019">
+          <w:p w14:paraId="14B24C18" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>zināšanu ietilpīga bioekonomika,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="171DFC47" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="001C5019">
+          <w:p w14:paraId="171DFC47" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>biomedicīna</w:t>
-[...29 lines deleted...]
-          <w:p w14:paraId="7463F52C" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="001C5019">
+              <w:t xml:space="preserve">biomedicīna, medicīnas tehnoloģijas, biofarmācijas un biotehnoloģijas, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7463F52C" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="39C1A0D4" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="001C5019">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>fotonika un viedie materiāli, tehnoloģijas un inženiersistēmas,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C1A0D4" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>informācijas un komunikāciju tehnoloģijas,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5443CAFE" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="001C5019">
+          <w:p w14:paraId="5443CAFE" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>viedā enerģētika un mobilitāte.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47CF5448" w14:textId="46974CEC" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="47CF5448" w14:textId="46974CEC" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Atbalstu nepiešķir šādām nozarēm un darbībām: ieroču un munīcijas tirdzniecībai, azartspēlēm un derībām, tabakas izstrādājumu ražošanai un tirdzniecībai, alkohola tirdzniecībai, operācijām ar nekustamo īpašumu, atkritumu savākšanai, apstrādei un izvietošanai, materiālu pārstrādei, kā arī Komisijas regulas Nr. 651/2014 1. panta 2. punkta "c" un "d" apakšpunktā noteiktajām neatbalstāmajām darbībām (MK noteikumu 24. punkts).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FC85C9A" w14:textId="356EE46F" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="4FC85C9A" w14:textId="356EE46F" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Ja projekta iesniedzējs vai sadarbības partneris darbojas kādā no neatbalstāmajām nozarēm, komercdarbības atbalstu drīkst piešķirt tikai tad, ja atbalstāmās darbības un ar to īstenošanu saistītās finanšu plūsmas tiek skaidri nodalītas no citu darbības nozaru darbībām un finanšu plūsmām, nodrošinot, ka finansējuma saņēmējs izslēgtajās nozarēs negūst labumu no komercdarbības atbalsta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="0E5816E8" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="0E5816E8" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="073CF2D0" w14:textId="1CF95B3E" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="073CF2D0" w14:textId="1CF95B3E" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="174A3DB6" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="174A3DB6" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="483BB927" w14:textId="14048E44" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="483BB927" w14:textId="14048E44" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Uzņēmums plāno piedalīties gan kā projekta iesniedzējs, gan kā sadarbības partneris citā projektā. Vai šajā gadījumā pareizi saprotam, ka 14.3. minētais nosacījums ir tikai par publisko finansējumu tajā projektā, kur Uzņēmums ir kā projekta iesniedzējs?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D249900" w14:textId="638A5DC1" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6D249900" w14:textId="638A5DC1" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Apstiprinām, ka MK noteikumu 14.3. apakšpunktā minētais nosacījums attiecas tikai uz projekta iesniedzēju. Savukārt uz sadarbības partneri atbilstoši MK noteikumu 15. prim apakšpunktam attiecas tikai 14.4., 14.5., 14.6., 14.7. un 14.8. apakšpunktā minētās prasības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="363AF1B9" w14:textId="001625C6" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apstiprinām, ka MK noteikumu 14.3. apakšpunktā minētais nosacījums attiecas tikai uz projekta iesniedzēju. Savukārt uz sadarbības partneri atbilstoši MK noteikumu 15. </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>prim</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>Ja vienā projektā plānojat būt projekta iesniedzējs un otrā sadarbības partneris, 14.3. apakšpunktā ietvertais nosacījums būs jāizpilda. Ja paši projekta iesniegumu neiesniegsiet, bet kādā projektā būsiet sadarbības partneris, tad 14.3. apakšpunktā minētais nosacījums uz Jums neattieksies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="10F71A8D" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="10F71A8D" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="758B28ED" w14:textId="72878CBD" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="758B28ED" w14:textId="72878CBD" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DEF8A75" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6DEF8A75" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76ADFBAA" w14:textId="4F1707F2" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="76ADFBAA" w14:textId="4F1707F2" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>MK noteikumu Nr. 663 15. punkts nosaka, ka Projekta iesniedzējam, kas atbilst jauna komersanta statusam, šo noteikumu 14.2. apakšpunktā minēto nosacījumu var nepiemērot. Šajā gadījumā maksimāli pieļaujamais publiskais finansējums ir 300 000 euro no projekta ietvaros attiecināmajām izmaksām. Jautājums, vai gadījumā, ja uz atbalstu pretendē jauns komersants, bet tas izpilda MK noteikumu nr.663. 14.2.apakšpunktā minēto nosacījumu, tas var pretendēt uz atbalstu virs 300 000 EUR?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D3A6CAF" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="3D3A6CAF" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>MK noteikumi nosaka, ka pasākuma ietvaros projekta iesniegumu iesniedz projekta iesniedzējs, kurš pēc projekta iesnieguma apstiprināšanas ir finansējuma saņēmējs un atbilst 14. punkta prasībām.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B9C946F" w14:textId="7D2A3DF3" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="0B9C946F" w14:textId="7D2A3DF3" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja jaunais komersants izpilda visas MK noteikumu 14. punktā minētās prasības, tad maksimāli pieļaujamais publiskais finansējums var būt lielāks par 300 000,00 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no projekta ietvaros attiecināmajām izmaksām. Projekta minimālā kopējo attiecināmo izmaksu summa ir 200 000,00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...109 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ieskaitot), savukārt viena projekta maksimāli pieļaujamais publiskais finansējums ir ne vairāk kā 1 000 000,00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...63 lines deleted...]
-              <w:t>m.</w:t>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no kopējām attiecināmajām izmaksām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w14:paraId="30732C50" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w14:paraId="30732C50" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="446E5ECC" w14:textId="7F90DE14" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C57BAC" w:rsidP="00D5686D">
+          <w:p w14:paraId="446E5ECC" w14:textId="7F90DE14" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C57BAC" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09AED069" w14:textId="77777777" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00BC4EB8" w:rsidP="00BC4EB8">
+          <w:p w14:paraId="09AED069" w14:textId="77777777" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00BC4EB8" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59377E51" w14:textId="3BAC4461" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C91E40" w:rsidP="00D5686D">
+          <w:p w14:paraId="59377E51" w14:textId="3BAC4461" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C91E40" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai pareizi saprotam MK noteikumu nr. 663 14.3 punktu par nepieciešamo apgrozījuma apjomu? Ja plānotais atbalsta apjoms ir 1 milj. EUR, tad uzņēmuma apgrozījumam pēdējā noslēgtajā gadā ir jābūt vismaz 300 000 EUR?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40F5CAD5" w14:textId="0F057454" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C91E40" w:rsidP="00D5686D">
+          <w:p w14:paraId="40F5CAD5" w14:textId="0F057454" w:rsidR="00BC4EB8" w:rsidRPr="00264ACA" w:rsidRDefault="00C91E40" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Viena projekta maksimāli pieļaujamais publiskais finansējums ir ne vairāk kā 1 000 000,00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...295 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no kopējām attiecināmajām izmaksām. Apstiprinām – ja projektā paredzat maksimālo atbalsta apjomu, projekta iesniedzēja apgrozījumam pēdējā gada laikā ir jābūt vismaz 30% apmērā no plānotā publiskā finansējuma apmēra, t.i., 300 000,00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...187 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (vai tam ir jābūt noslēgtam līgumam ar Nacionālajiem bruņotajiem spēkiem, kas ir vismaz 30% apmērā no plānotā publiskā finansējuma apmēra) (atbilstoši MK noteikumu</w:t>
+            </w:r>
+            <w:r w:rsidR="0080146F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>14.3 apakšpunktam un atlases nolikuma 1. pielikumā “Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodika” ietvertajam kritērija Nr. 4.2. piemērošanas skaidrojumam).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0050741B" w:rsidRPr="00264ACA" w14:paraId="5075EE7F" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="0050741B" w:rsidRPr="00264ACA" w14:paraId="5075EE7F" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62C806F9" w14:textId="4760E149" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0050741B" w:rsidP="00D5686D">
+          <w:p w14:paraId="62C806F9" w14:textId="4760E149" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0050741B" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DCB0970" w14:textId="77777777" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0050741B" w:rsidP="0050741B">
+          <w:p w14:paraId="1DCB0970" w14:textId="77777777" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0050741B" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EC0725F" w14:textId="6557284E" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0021368C" w:rsidP="00BC4EB8">
+          <w:p w14:paraId="2EC0725F" w14:textId="6557284E" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0021368C" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Ja programmas iesniedzējs atbilst jauna komersanta statusam, arī tādā gadījumā apgrozījumam pēdējā noslēgtajā finanšu gadā jābūt vismaz 30 procenti no plānotā publiskā finansējuma?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27F08047" w14:textId="65F19821" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0021368C" w:rsidP="6840C980">
+          <w:p w14:paraId="27F08047" w14:textId="65F19821" w:rsidR="0050741B" w:rsidRPr="00264ACA" w:rsidRDefault="0021368C" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6840C980">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Apstiprinām</w:t>
+            </w:r>
+            <w:r w:rsidR="00255467" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, ka atbilstoši MK noteikumu 14.3 apakšpunktam </w:t>
             </w:r>
-            <w:r w:rsidR="00B35C85" w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidR="00B35C85" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">arī </w:t>
             </w:r>
-            <w:r w:rsidRPr="6840C980">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>projekta iesniedzēja</w:t>
+            </w:r>
+            <w:r w:rsidR="00B35C85" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas atbilst jauna komersanta statusam, </w:t>
             </w:r>
-            <w:r w:rsidRPr="6840C980">
-[...175 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>apgrozījumam pēdējā gada laikā ir jābūt vismaz 30% apmērā no plānotā publiskā finansējuma apmēra</w:t>
+            </w:r>
+            <w:r w:rsidR="00B35C85" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="6840C980">
-[...175 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>(vai tam ir jābūt noslēgtam līgumam ar Nacionālajiem bruņotajiem spēkiem, kas ir vismaz 30% apmērā no plānotā publiskā finansējuma apmēra)</w:t>
+            </w:r>
+            <w:r w:rsidR="00255467" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF3367" w:rsidRPr="00264ACA" w14:paraId="607CFF96" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00FF3367" w:rsidRPr="00264ACA" w14:paraId="607CFF96" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4450C5B0" w14:textId="7C80DFB1" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="00FF3367" w:rsidP="00D5686D">
+          <w:p w14:paraId="4450C5B0" w14:textId="7C80DFB1" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="00FF3367" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="003D4BCA" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="003D4BCA" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ECC2ED1" w14:textId="77777777" w:rsidR="007859F6" w:rsidRPr="00264ACA" w:rsidRDefault="007859F6" w:rsidP="007859F6">
+          <w:p w14:paraId="0ECC2ED1" w14:textId="77777777" w:rsidR="007859F6" w:rsidRPr="00264ACA" w:rsidRDefault="007859F6" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69BCC707" w14:textId="5F73598F" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="007859F6" w:rsidP="00D5686D">
+          <w:p w14:paraId="69BCC707" w14:textId="5F73598F" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="007859F6" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai programmā var pieteikties arī pilnsabiedrība, kuru veido Latvijas un Spānijas uzņēmumi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456B7DBE" w14:textId="705395C8" w:rsidR="006A1086" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="006A1086">
+          <w:p w14:paraId="456B7DBE" w14:textId="705395C8" w:rsidR="006A1086" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Atbilstoši MK noteikumu 14.1. apakšpunktam pasākuma ietvaros projekta iesniegumu var iesniegt komersants, kas reģistrēts Latvijas Republikas Komercreģistrā. Tātad, ja pilnsabiedrība reģistrēta Latvijā, var pieteikties.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47C3AE00" w14:textId="5D2D4EF5" w:rsidR="006A1086" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="006A1086">
+          <w:p w14:paraId="47C3AE00" w14:textId="5D2D4EF5" w:rsidR="006A1086" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Papildus norādām, ka Latvijā reģistrētais uzņēmums kā projekta iesniedzējs atbilstoši MK noteikumu Nr. 2.8. punktam var piesaistīt Spānijas uzņēmumu kā ārvalstu partneri, tomēr šādā situācijā Spānijas uzņēmums nevar pretendēt uz publiskā finansējuma saņemšanu. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A2C4C6F" w14:textId="3F7DD771" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="006A1086">
+          <w:p w14:paraId="0A2C4C6F" w14:textId="3F7DD771" w:rsidR="00FF3367" w:rsidRPr="00264ACA" w:rsidRDefault="006A1086" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Piesaistītie ārvalstu partneri nedrīkst būt sankcionēti atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likumam un </w:t>
             </w:r>
-            <w:r w:rsidR="00874222" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidR="00874222" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">tiem </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>jāatbilst Padomes Regulas (ES) Nr. 833/2014 (2014. gada 31.</w:t>
             </w:r>
-            <w:r w:rsidR="00874222" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidR="00874222" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>jūlijs) par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā (konsolidēts teksts) 5.l pantam, proti, nedrīkst piederēt Krievijas pilsonim (arī dubultpilsonības gadījumā) vai Krievijā reģistrētam komersantam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00734882" w:rsidRPr="00264ACA" w14:paraId="60EF4608" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="00734882" w:rsidRPr="00264ACA" w14:paraId="60EF4608" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04CBA881" w14:textId="50FF341B" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="00D5686D">
+          <w:p w14:paraId="04CBA881" w14:textId="50FF341B" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00E46C33" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E46C33" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="46420D3F" w14:textId="089634A8" w:rsidR="00C024DF" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="00C024DF">
+          <w:p w14:paraId="46420D3F" w14:textId="089634A8" w:rsidR="00C024DF" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots telefonsarunā:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05F6DB15" w14:textId="281AFA8D" w:rsidR="00C024DF" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="00C024DF">
+          <w:p w14:paraId="05F6DB15" w14:textId="281AFA8D" w:rsidR="00C024DF" w:rsidRPr="00264ACA" w:rsidRDefault="00C024DF" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai projekta sadarbības partneris var būt “mātes uzņēmums”, kas reģistrēts Lietuvā?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="140C1CC8" w14:textId="77777777" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00734882" w:rsidP="007859F6">
+          <w:p w14:paraId="140C1CC8" w14:textId="77777777" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00734882" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23DF46B6" w14:textId="2D965E28" w:rsidR="004649C9" w:rsidRPr="00264ACA" w:rsidRDefault="00A3435D" w:rsidP="007228CB">
+          <w:p w14:paraId="23DF46B6" w14:textId="2D965E28" w:rsidR="004649C9" w:rsidRPr="00264ACA" w:rsidRDefault="00A3435D" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši MK noteikumu </w:t>
             </w:r>
-            <w:r w:rsidR="0093071E" w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0093071E" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">2.6. apakšpunktam </w:t>
             </w:r>
-            <w:r w:rsidR="00B16676" w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B16676" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>sadarbības partneris var būt komersants, kas reģistrēts Latvijas Republikas Komercreģistrā, vai pētniecības un zināšanu izplatīšanas organizācija, ar kuru sadarbībā projekta iesniedzējs plāno īstenot projektu un ar kuru projekta iesniedzējs noslēdzis sadarbības līgumu.</w:t>
             </w:r>
-            <w:r w:rsidR="007F040B" w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="007F040B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> Savukārt atbilstoši MK noteikumu 2.8. apakšpunktam ārvalstu partneris ir komersants vai pētniecības un zināšanu izplatīšanas organizācija, kas reģistrēta Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Ziemeļatlantijas līguma organizācijas dalībvalstī, kas nav Latvija, un ar kuru projekta iesniedzējs ir noslēdzis sadarbības līgumu</w:t>
             </w:r>
-            <w:r w:rsidR="006736A2" w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006736A2" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A80DA0" w14:textId="40455E2A" w:rsidR="007228CB" w:rsidRPr="00264ACA" w:rsidRDefault="00783061" w:rsidP="007228CB">
+          <w:p w14:paraId="28A80DA0" w14:textId="40455E2A" w:rsidR="007228CB" w:rsidRPr="00264ACA" w:rsidRDefault="00783061" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="007228CB" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="007228CB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>adarbības partneru</w:t>
             </w:r>
-            <w:r w:rsidR="006736A2" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006736A2" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>, t.sk. ārvalstu partneru</w:t>
             </w:r>
-            <w:r w:rsidR="007228CB" w:rsidRPr="00264ACA">
-[...20 lines deleted...]
-          <w:p w14:paraId="2FB8D5CF" w14:textId="0E730D54" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="007228CB" w:rsidP="006A1086">
+            <w:r w:rsidR="007228CB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iesaiste projekta īstenošanā paredzēta dažādu, nesaistītu juridisku personu – saimnieciskās darbības veicēju sadarbībai, kuru rezultātā notiek zināšanu pārnese un kompetenču apmaiņu starp dažādiem, nesaistītiem tirgus dalībniekiem. Šāda sadarbība apliecina sadarbības projekta nozīmīgumu plašākai tautsaimniecības attīstībai, nevis tikai vienai saistīto saimnieciskās darbības veicēju iekšējai integrācijai vai darbības nodrošināšanai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB8D5CF" w14:textId="0E730D54" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="007228CB" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Turklāt sadarbības projekts, kurā darbojas saistīti saimnieciskās darbības veicēji, nav atbilstošs Komisijas regulas Nr.651/2014 2.</w:t>
             </w:r>
-            <w:r w:rsidR="000D20AB" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000D20AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>panta 90.</w:t>
             </w:r>
-            <w:r w:rsidR="000D20AB" w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000D20AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">punktam – “efektīva sadarbība” ir sadarbība starp vismaz divām </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>neatkarīgām pusēm</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, lai apmainītos ar zināšanām vai tehnoloģiju vai sasniegtu kopīgu mērķi. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006128FA" w:rsidRPr="00264ACA" w14:paraId="5CE4E6A8" w14:textId="77777777" w:rsidTr="6A17BE34">
+      <w:tr w:rsidR="006128FA" w:rsidRPr="00264ACA" w14:paraId="5CE4E6A8" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28B34E42" w14:textId="5AC54B09" w:rsidR="006128FA" w:rsidRPr="00264ACA" w:rsidRDefault="006128FA" w:rsidP="00D5686D">
+          <w:p w14:paraId="28B34E42" w14:textId="5AC54B09" w:rsidR="006128FA" w:rsidRPr="00264ACA" w:rsidRDefault="006128FA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00132A73">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00132A73" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="56E73AD3" w14:textId="77777777" w:rsidR="006128FA" w:rsidRPr="00264ACA" w:rsidRDefault="006128FA" w:rsidP="006128FA">
+          <w:p w14:paraId="56E73AD3" w14:textId="77777777" w:rsidR="006128FA" w:rsidRPr="00264ACA" w:rsidRDefault="006128FA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01CE0FEC" w14:textId="38A2746F" w:rsidR="006128FA" w:rsidRPr="00DD252A" w:rsidRDefault="009A2AFD" w:rsidP="00C024DF">
+          <w:p w14:paraId="01CE0FEC" w14:textId="38A2746F" w:rsidR="006128FA" w:rsidRPr="00DD252A" w:rsidRDefault="009A2AFD" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai ir kāds ierobežojums, kāda ir maksimālā summa, uz kādu uzņēmums var pretendēt? Neskaitot to, ka vienam komersantam pieejams grants no 200 000 līdz 1 000 000 eiro. Ja ir ierobežojumi, tad kādi ir kritēriji, kas to nosaka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12623960" w14:textId="61227598" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="008D76BB">
+          <w:p w14:paraId="12623960" w14:textId="61227598" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja esat jaunais komersants un nevarat izpildīt </w:t>
             </w:r>
-            <w:r w:rsidR="002A6B25" w:rsidRPr="008D76BB">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="002A6B25" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK noteikumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>14.2. apakšpunktā noteikto, maksimālais publiskais finansējums ir 300 000,00 euro.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3FCC8C" w14:textId="7AEE4102" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja esat jaunais komersants, taču varat izpildīt </w:t>
+            </w:r>
+            <w:r w:rsidR="002A6B25" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK noteikumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>14.2. apakšpunktā minēto nosacījumu vai, ja neesat jaunais komersants, maksimālais publiskais finansējums ir 1 000 000,00 euro.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73970B4C" w14:textId="0D615AAC" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Lai varētu pretendēt uz maksimālo pieejamo publisko finansējumu, gan jaunam, gan uzņēmumam, kurš pastāv jau ilgāk kā 3 gadus, apgrozījums pēdējā noslēgtajā finanšu gadā līdz projekta iesnieguma iesniegšanai Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – vadības informācijas sistēma) ir vismaz 30% no plānotā publiskā finansējuma vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem vismaz 30% apmērā no plānotā publiskā finansējuma (</w:t>
+            </w:r>
+            <w:r w:rsidR="001B5EFD" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>MK noteikumu 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.3 apakšpunkts).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049946CB" w14:textId="7D5844C9" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodik</w:t>
+            </w:r>
+            <w:r w:rsidR="00115B71" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.2.4. apakšpunktā noteikts</w:t>
+            </w:r>
+            <w:r w:rsidR="00781ED0" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008D76BB">
-[...20 lines deleted...]
-          <w:p w14:paraId="5D3FCC8C" w14:textId="7AEE4102" w:rsidR="008D76BB" w:rsidRPr="008D76BB" w:rsidRDefault="008D76BB" w:rsidP="008D76BB">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>- ja uzņēmums nesasniedz šo minimālo 30% apgrozījuma/NBS līguma apjomu (saņem 0 punktus kritērijā 4.2.), projekta iesniegums tiek noraidīts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59459152" w14:textId="6AE039E5" w:rsidR="006128FA" w:rsidRPr="6840C980" w:rsidRDefault="008D76BB" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...135 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Papildus vēlos vērst uzmanību, ka norādīto apgrozījuma datu ticamību pārbauda “Lursoft” publiski pieejamajā datubāzē, izmantojot projekta iesnieguma iesniegšanas brīdī pēdējā noslēgtā finanšu gada apgrozījuma datus. Lai vērtētu komersanta 2025. gada apgrozījuma datus, “Lursoft” datubāzē jābūt pieejamam aktuālajam pārskatam par 2025. gadu. Ja informācija nav iegūstama datubāzē, projekta iesniegumam būtu pievienojams zvērināta revidenta apstiprināts operatīvais finanšu pārskats par 2025. gadu, kas apstiprināts ne agrāk kā vienu mēnesi pirms projekta iesnieguma iesniegšanas dienas (atlases nolikuma 5.5. apakšpunkts un Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodika kritērija Nr. 4.2. piemērošanas skaidrojums).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="00E6F334" w14:textId="77777777" w:rsidTr="308CC3AB">
+      <w:tr w:rsidR="004B7A69" w:rsidRPr="00264ACA" w14:paraId="03A86605" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0A5E32" w14:textId="64284975" w:rsidR="004B7A69" w:rsidRPr="00431783" w:rsidRDefault="004B7A69" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="24729E9B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D997FF5" w14:textId="14EC3245" w:rsidR="004B7A69" w:rsidRPr="00431783" w:rsidRDefault="008F47E2" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots</w:t>
+            </w:r>
+            <w:r w:rsidR="007C76A9" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ECC9CA5" w14:textId="0A6C0690" w:rsidR="008F47E2" w:rsidRPr="00431783" w:rsidRDefault="008F47E2" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Seminārā Ilze Baltmane pieminēja Ārlietu ministrijas bezmaksas rīku, kur var pārbaudīt duālo raksturu. Kur atrast šo rīku?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E20AA3E" w14:textId="77777777" w:rsidR="00B12DA3" w:rsidRPr="00431783" w:rsidRDefault="00B12DA3" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t> Ilze Baltmane seminārā minējā par iespēju sazināties ar Ārlietu ministriju, lai noskaidrotu vai Jūsu produktam ir potenciāls būt divējādi lietojamam/ tas ir divejādi lietojams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062FEB89" w14:textId="77777777" w:rsidR="00B12DA3" w:rsidRPr="00431783" w:rsidRDefault="00B12DA3" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pakalpojuma saņemšanai jāsazinās ar Stratēģiskas nozīmes preču eksporta kontroles nodaļu, izmantojot elektroniskā pasta adresi </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>SNPEKN@mfa.gov.lv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , vai zvanot pa tālruni +371 67016430. Papildu informācija par pakalpojumu pieejama </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>https://latvija.gov.lv/Services/9736.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3AA26924" w14:textId="7D32941B" w:rsidR="004B7A69" w:rsidRPr="00431783" w:rsidRDefault="00B73831" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Atgādinām, ka a</w:t>
+            </w:r>
+            <w:r w:rsidR="001253EF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>tbalsta programmas “1.2.1.1. Atbalsts jaunu produktu attīstībai un internacionalizācijai” trešās kārtas otrajā uzsaukumā nav nepieciešams iesniegt Ārlietu ministrijas sniegtu atzinumu, vai prece tiek pakļauta Stratēģiskas nozīmes preču aprites likumam un vajadzīga licence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0012323F" w:rsidRPr="00264ACA" w14:paraId="63F948BF" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5346B012" w14:textId="7B94B463" w:rsidR="0012323F" w:rsidRPr="00431783" w:rsidRDefault="00FC0469" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="78FA8EC6" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C39B4B3" w14:textId="31CA3FC5" w:rsidR="00FC0469" w:rsidRPr="00264ACA" w:rsidRDefault="00FC0469" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DD7509" w14:textId="440BE201" w:rsidR="0012323F" w:rsidRPr="00E74480" w:rsidRDefault="00E74480" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6970" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>iesniedzējam pieder 20% daļu no sadarbības partnera uzņēmuma, vai tas ir pieļaujams?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2F0808" w14:textId="391D3509" w:rsidR="00B32E33" w:rsidRPr="00B32E33" w:rsidRDefault="00B32E33" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ņemot vērā, ka uzņēmumam, kurš iesniedz projekta pieteikumu, pieder tikai 20% kapitāldaļu uzņēmumā, kuru plānots projektā iesaistīt kā sadarbības partneri, uzskatāms, ka atkarība starp uzņēmumiem neveidojas no nebūtiskas līdzdalības kapitālā. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79541DBA" w14:textId="509508E4" w:rsidR="00B32E33" w:rsidRDefault="008E6DCE" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Līdz ar to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B32E33" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>vēršu uzmanību, ka, vērtējot projekta pieteikumu, papildu tiks analizēts, vai uzņēmumā, kurš tiks piesaistīts kā sadarbības partneris, uzņēmumam, kurš iesniedz projekta pieteikumu, nav noteicošās ietekmes caur statūtiem, līgumiem vai fizisku personu, kā arī tiks analizēti citi aspekti, kas varētu ietekmēt to, ka uzņēmumi nav savstarpēji neatkarīgi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FDFB396" w14:textId="6B182ADB" w:rsidR="0012323F" w:rsidRPr="00847936" w:rsidRDefault="00FE0C6B" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Termins “neatkarīgs” pēc būtības nozīmē, ka starp abām pusēm nepastāv slepenas vai saskaņotas darbības, kuru mērķis ir apiet noteikumus, lai iegūtu augstāku atbalsta intensitāti.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00274833" w:rsidRPr="00264ACA" w14:paraId="1F4B18EE" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49F89AD0" w14:textId="6E58F638" w:rsidR="00274833" w:rsidRPr="00431783" w:rsidRDefault="00274833" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="192D7454" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="78472421" w14:textId="77777777" w:rsidR="00274833" w:rsidRPr="00264ACA" w:rsidRDefault="00274833" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6157F11B" w14:textId="7602B981" w:rsidR="00274833" w:rsidRPr="00274833" w:rsidRDefault="00BE7608" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Kā ir saprotams Atlases nolikuma 1.9. punktā noteiktais, ka vidēja kapitalizācijas sabiedrība vai lielais saimnieciskās darbības veicējs var būt projekta iesniedzējs, ja pētniecības un inovāciju aktivitāšu īstenošanai tiek piesaistīti sīkie (mikro), mazie un vidējie komersanti, ar kuru sadarbības iestāde noslēgusi līgumu par projekta īstenošanu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C986F5" w14:textId="2394863C" w:rsidR="00274833" w:rsidRPr="00B32E33" w:rsidRDefault="00D47BDD" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lielais saimnieciskās darbības veicējs vai vidēja kapitalizācijas sabiedrība, var būt projekta iesniedzējs, ja pētniecības un inovāciju aktivitāšu īstenošanai kā sadarbības partneri vai ārpakalpojumu sniedzēji tiks piesaistīti mikro, mazie un vidējie komersanti. Līgums par sadarbību ir slēdzams starp projekta iesniedzēju un sadarbības partneri vai </w:t>
+            </w:r>
+            <w:r w:rsidR="00340EA1" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ārpakalpojumu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> līgumu, CFLA kā Sadarbības iestāde, līgumu par projekta īstenošanu slēdz tikai ar projekta iesniedzēju.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC13CE" w:rsidRPr="00264ACA" w14:paraId="2ACBE07C" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B2C1DA" w14:textId="60CC667E" w:rsidR="00EC13CE" w:rsidRPr="00C95A7A" w:rsidRDefault="00CD7580" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00565C91" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="5968D9DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00565C91" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B3E7ACF" w14:textId="77777777" w:rsidR="00D779B8" w:rsidRPr="00C95A7A" w:rsidRDefault="00D779B8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C39CDD" w14:textId="63839C50" w:rsidR="00EC13CE" w:rsidRPr="00C95A7A" w:rsidRDefault="00AA37C5" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai jaunais komersants var piedalīties kā sadarbības partneris</w:t>
+            </w:r>
+            <w:r w:rsidR="0079214E" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidR="006010F9" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>vai arī uz sadarbības partneri, jauno komersantu, attiecas atbalsta summas ierobežojums 300</w:t>
+            </w:r>
+            <w:r w:rsidR="00737EF6" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006010F9" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+            <w:r w:rsidR="00737EF6" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="006010F9" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="420EFB54" w14:textId="77777777" w:rsidR="00EC13CE" w:rsidRDefault="006A0FA2" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Jaunais komersants var piedalīties kā sadarbības partneris, un šādā situācijā uz viņu neattiecas atbalsta summas ierobežojums, kā arī neattiecas SAM MK noteikumu 14.2. un 14.3. apakšpunktos noteiktie nosacījumi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DC06A09" w14:textId="7F366FE3" w:rsidR="00233090" w:rsidRDefault="004D0AF1" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sadarbības partneriem tiks vērtēta </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB5187" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uzņēmuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>finanšu kapacitāte</w:t>
+            </w:r>
+            <w:r w:rsidR="0050057E" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8438B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE5A37" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>attiecibā</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8438B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uz viņa plānoto ieguldījumu </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE5A37" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>projektā</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8438B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F65ADDD" w14:textId="32643A90" w:rsidR="006010F9" w:rsidRPr="00D47BDD" w:rsidRDefault="00013511" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Finanšu kapacitāte būs jāapliecina ar aizdevuma līgumiem, noslēgtiem līgumiem par nākotnes darījumiem vai citiem dokumentiem, kas apliecina uzņēmuma finanšu spēju. Ja sadarbības partnera iesaiste projektā ir plānota galvenokārt, piemēram, 2027. gadā, finanšu dokumentācijai jāpievieno skaidrojums par plānoto iesaisti pa gadiem, kā arī norāde par avotiem, no kuriem paredzēts iegūt līdzekļus, lai finansētu savu daļu brīdī, kad tas būs nepieciešams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E60A4" w:rsidRPr="00264ACA" w14:paraId="346E50F5" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E4FA7E0" w14:textId="0AD91A3F" w:rsidR="009E60A4" w:rsidRPr="00C95A7A" w:rsidRDefault="009E60A4" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="212C8656" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A629B16" w14:textId="77777777" w:rsidR="001547AC" w:rsidRPr="00C95A7A" w:rsidRDefault="001547AC" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E80895" w14:textId="4490E028" w:rsidR="009E60A4" w:rsidRPr="004D3A7C" w:rsidRDefault="00322965" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Kā var palielināt atbalsta intensitāti,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D64EBF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB1EB2" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>un</w:t>
+            </w:r>
+            <w:r w:rsidR="00D64EBF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>ko maina</w:t>
+            </w:r>
+            <w:r w:rsidR="009418FF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja piesaistām ārvalstu universitāti kā partneri</w:t>
+            </w:r>
+            <w:r w:rsidR="004D3A7C" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9B0E9C" w14:textId="42C99DBD" w:rsidR="008342AB" w:rsidRPr="00915397" w:rsidRDefault="00F2680F" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Viena no iespējām p</w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alielināt </w:t>
+            </w:r>
+            <w:r w:rsidR="007328E1" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">atbalsta </w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">intensitāti </w:t>
+            </w:r>
+            <w:r w:rsidR="00290104" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir </w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>saskaņā ar SAM MK noteikumu 38. punktā noteikto</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16708" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D927F6" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ja </w:t>
+            </w:r>
+            <w:r w:rsidR="000411AD" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7920" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta īstenošanai tiek </w:t>
+            </w:r>
+            <w:r w:rsidR="00F33D0F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>pasaistīts</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7920" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A00EF8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>vi</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE199D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">smaz viens </w:t>
+            </w:r>
+            <w:r w:rsidR="00B75378" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>sadarbības partneris</w:t>
+            </w:r>
+            <w:r w:rsidR="007F21A4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kas </w:t>
+            </w:r>
+            <w:r w:rsidR="00940B84" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F21A4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:r w:rsidR="007830DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B36BFF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latvijas Republikas Komercreģistrā reģistrēts </w:t>
+            </w:r>
+            <w:r w:rsidR="007830DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>sīkais (mikro), mazais vai vidējais komersant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="007830DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BF5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ņemiet vērā, ka  </w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38.1. apakšpunkts paredz, ka viens komersants nesedz vairāk kā 70% no kopējām izmaksām. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BF5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savukārt, </w:t>
+            </w:r>
+            <w:r w:rsidR="004B3857" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>j</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4BF5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD3137" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plānota </w:t>
+            </w:r>
+            <w:r w:rsidR="00710551" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sadarbība </w:t>
+            </w:r>
+            <w:r w:rsidR="004B3857" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ar vismaz vienu pētniecības un zināšanu izplatīšanas organizāciju</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6CC3" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbilstoši </w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>38.2. apakšpunktā noteikt</w:t>
+            </w:r>
+            <w:r w:rsidR="005715F8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>ajam</w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="005715F8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>tai</w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005715F8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>jās</w:t>
+            </w:r>
+            <w:r w:rsidR="008342AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>edz vismaz 10% no kopējām attiecināmajām izmaksām un tai ir tiesības publicēt sava projekta rezultātus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32ED8140" w14:textId="0B5ADFE3" w:rsidR="008342AB" w:rsidRPr="00915397" w:rsidRDefault="008342AB" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Otra iespēja palielināt atbalsta intensitāti ir noteikta SAM MK noteikumu 39.punktā un detalizēti izklāstīta 40. punktā</w:t>
+            </w:r>
+            <w:r w:rsidR="002108B4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ņemiet vērā, ka </w:t>
+            </w:r>
+            <w:r w:rsidR="008B4DE7" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>lai palielinātu intensitāti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jāizpild</w:t>
+            </w:r>
+            <w:r w:rsidR="001902F3" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gan 40.1.apakšpunktā, gan 40.2. apakšpunktā noteiktais, gan vien</w:t>
+            </w:r>
+            <w:r w:rsidR="00314F6D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>no 40.3. apakšpunkta apakšpunktos minētajiem nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21722A35" w14:textId="6A371D64" w:rsidR="00A72905" w:rsidRPr="00915397" w:rsidRDefault="00A72905" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Būtiski pieminēt, ka sadarbībai ir jābūt efektīvai, kas nozīmē, ka tā ir sadarbība starp vismaz divām neatkarīgām pusēm, lai apmainītos ar zināšanām vai tehnoloģiju vai sasniegtu kopīgu mērķi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="309DE531" w14:textId="3E80BE03" w:rsidR="00990FE2" w:rsidRPr="006A0FA2" w:rsidRDefault="008342AB" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Ja projektā papildu piesaistīsiet ārvalstu partneri, atbilstoši projekta iesnieguma vērtēšanas kritēriju un to piemērošanas metodikā  noteiktajam kritērijā 4.6.3 saņemiet 1 punktu, bet ņemiet vērā- ja finansējums ir pietiekams visu projektu īstenošanai, tad vērtēšanas komisija nevērtē kvalitātes kritērijus Nr. 4.4., Nr. 4.5., Nr. 4.6. un Nr. 4.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B4929" w:rsidRPr="00264ACA" w14:paraId="762BAE87" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6619FF9C" w14:textId="490E3ECB" w:rsidR="006B4929" w:rsidRPr="00C95A7A" w:rsidRDefault="00356319" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+            <w:r w:rsidR="06FCE5D0" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="757F8DAA" w14:textId="77777777" w:rsidR="00274363" w:rsidRPr="00264ACA" w:rsidRDefault="00274363" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E6FE7EE" w14:textId="22C76E25" w:rsidR="006B4929" w:rsidRPr="001B0093" w:rsidRDefault="009A4CD8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai ir kāds informatīvais materiāls saskaņā ar kuru es varu identificēt vai uzņēmumi skaitās kā saistītie uzņēmumi?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3425FCE1" w14:textId="0308F9DA" w:rsidR="00DB628E" w:rsidRPr="00DB628E" w:rsidRDefault="00DB628E" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>CFLA mājaslapā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00F84505" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> publicēt</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84505" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> materiāl</w:t>
+            </w:r>
+            <w:r w:rsidR="00F84505" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Informatīvs materiāls par mikro, mazā un vidējā uzņēmuma, viena vienota uzņēmuma un grūtībās nonākuša uzņēmuma statusa noteikšanu”. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30631124" w14:textId="2F1E912A" w:rsidR="00DB628E" w:rsidRPr="00DB628E" w:rsidRDefault="00DB628E" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Materiālā ir atrodama informācija par to, kā noteikt</w:t>
+            </w:r>
+            <w:r w:rsidR="00F13CF5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B74BBC" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uzņēmumi ir savstarpēji saistīti </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>Komisijas regulas Nr. 651/2014</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I pielikuma izpratnē, kas ir svarīgi uzņēmuma kategorijas noteikšanai (vai uzņēmums atbilst mazai, vidējai vai lielai uzņēmumu kategorijai). Tas noder arī, lai pārliecinātos, ka “efektīvas sadarbības” kontekstā uzņēmumi nav savstarpēji saistīti, taču svarīgs nosacījums ir arī savstarpējā neatkarība</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA759B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63955DE7" w14:textId="62BFF258" w:rsidR="00DB628E" w:rsidRPr="00DB628E" w:rsidRDefault="00DB628E" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildus rakstiskajām </w:t>
+            </w:r>
+            <w:r w:rsidR="0005261F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>materiālam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, CFLA mājaslapā esam publicējuši arī īsus skaidrojošus video par mazā un vidējā uzņēmuma (MVU) un grūtībās nonākuša uzņēmuma (GNU) statusa noteikšanu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76214A48" w14:textId="23016FA0" w:rsidR="006B4929" w:rsidRPr="00486D0E" w:rsidRDefault="00DB628E" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informācija par uzņēmumu tipiem (autonoms uzņēmums, partneruzņēmums, saistīts uzņēmums) ir izklāstīta video rullītī </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>“Mazā un vidējā uzņēmuma statusa noteikšana”</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sākot no 1:28 minūtes (taimkods).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC158B" w:rsidRPr="00264ACA" w14:paraId="5958B8A0" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C8E040A" w14:textId="0D28F571" w:rsidR="00CC158B" w:rsidRPr="2B66A493" w:rsidRDefault="00CC158B" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43CFADC8" wp14:editId="3ED09158">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1770494933" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D5FBA7" w14:textId="77777777" w:rsidR="00CC158B" w:rsidRPr="00264ACA" w:rsidRDefault="00CC158B" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DB7A0F" w14:textId="77777777" w:rsidR="00CC3702" w:rsidRPr="00C611CC" w:rsidRDefault="00CC3702" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>1. Projekta ietvaros paredzēta sadarbība ar Latvijas uzņēmumu, nodrošinot MK noteikumu nr.663 38.1.apakšpunkta norādītās prasības, tajā skaitā pretendējot uz augstāku intensitāti.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E651E3" w14:textId="77777777" w:rsidR="00CC3702" w:rsidRPr="00C611CC" w:rsidRDefault="00CC3702" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. tajā pašā laikā projektam plānots piesaistīt ārvalstu partneri, kura ieguldījums būs in kind (natūrā - cilvēkstundas u.c.). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E05366" w14:textId="77777777" w:rsidR="00CC3702" w:rsidRPr="00C611CC" w:rsidRDefault="00CC3702" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Ar abiem partneriem tiks noslēgti sadarbības līgumi atbilstoši MK noteikumu nr.663 201.apakšpunkta prasībām. Tajā skaitā, norādot sadarbības partneru finansējumu, ārvalstu partnerim tiks norādīta 0 EUR. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29EC330B" w14:textId="77777777" w:rsidR="00CC3702" w:rsidRPr="00C611CC" w:rsidRDefault="00CC3702" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="656EEF4E" w14:textId="77777777" w:rsidR="00CC3702" w:rsidRPr="00C611CC" w:rsidRDefault="00CC3702" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Jautājums: Vai šādā scenārijā projekts var pretendēt uz paaugstinātu intensitāti atbilstoši MK noteikumu nr.663 38.1.apakšpunktam un uz papildus punktiem atbilstoši kritērijam nr.4.6.3.?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F3DD677" w14:textId="77777777" w:rsidR="00CC158B" w:rsidRPr="00264ACA" w:rsidRDefault="00CC158B" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0702D885" w14:textId="05D0ACC5" w:rsidR="005E5E71" w:rsidRPr="00C611CC" w:rsidRDefault="005E5E71" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Palielināt intensitāti, varat saskaņā  MK noteikumu 38. punktā noteikto- pievērsiet uzmanību, ka 38.1. apakšpunkts paredz, ka viens komersants nesedz vairāk kā 70% no kopējām attiecināmajām izmaksām. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13390AA9" w14:textId="4533F777" w:rsidR="005E5E71" w:rsidRPr="00C611CC" w:rsidRDefault="005E5E71" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Otra iespēja palielināt atbalsta intensitāti ir noteikta MK noteikumu 39.punktā un detalizēti izklāstīta 40. punktā, bet šeit jāizpildās gan 40.1.apakšpunktā, gan 40.2. apakšpunktā noteiktajam, gan vienam no 40.3. apakšpunkta apakšpunktos minētajiem nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5AAC8C" w14:textId="2BE3FC26" w:rsidR="005E5E71" w:rsidRPr="00C611CC" w:rsidRDefault="005E5E71" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2. Vēršam uzmanību, ka saskaņā ar MK noteikumu 26. punktu netiek atbalstīta sadarbības partneru iesaiste, kuru ieguldījums būs in kind (natūrā).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22595D30" w14:textId="589F5711" w:rsidR="00CC158B" w:rsidRPr="00C611CC" w:rsidRDefault="005E5E71" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>3. Ja projektā papildu piesaistīsiet ārvalstu partneri, atbilstoši projekta iesnieguma vērtēšanas kritēriju un to piemērošanas metodikā noteiktajam, kritērijā Nr. 4.6.3. saņemiet 1 punktu, bet ņemiet vērā- ja projektu iesniegumos pieprasītais finansējums ir pietiekams visu CFLA iesniegto projektu īstenošanai, tad vērtēšanas komisija nevērtē kvalitātes kritērijus Nr. 4.4., Nr. 4.5., Nr. 4.6. un Nr. 4.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E55D1" w:rsidRPr="00264ACA" w14:paraId="4DCE5845" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FCBC15C" w14:textId="51B44C37" w:rsidR="009E55D1" w:rsidRDefault="009E55D1" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23760480" wp14:editId="7B365E9C">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1669819586" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CADE598" w14:textId="6F148718" w:rsidR="009E55D1" w:rsidRPr="00264ACA" w:rsidRDefault="009E55D1" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājumi uzdoti rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C9427AD" w14:textId="0F9D3844" w:rsidR="003D15D8" w:rsidRPr="003D15D8" w:rsidRDefault="003D15D8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>1.Vai, aprēķinot pieejamā atbalsta lielumu, tiks ņemts vērā tikai Latvijā reģistrētā uzņēmuma apgrozījums, vai arī tā mātes uzņēmuma un saistīto uzņēmumu apgrozījums?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DABA494" w14:textId="77777777" w:rsidR="003D15D8" w:rsidRPr="003D15D8" w:rsidRDefault="003D15D8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2.Vai, aprēķinot atbalsta intensitāti, tiks ņemts vērā tikai Latvijā reģistrētā uzņēmuma lielums, vai arī tā lielums kopā ar visiem saistītajiem uzņēmumiem?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049AD637" w14:textId="77777777" w:rsidR="003D15D8" w:rsidRPr="003D15D8" w:rsidRDefault="003D15D8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>3.Mēs jau iesniedzām pieteikumu ALTUM programmai: Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa „Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem” 1.2.1.2. pasākuma „Produktivitātes aizdevumi uzņēmumu inovācijām”.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46C5D8FD" w14:textId="475041C6" w:rsidR="009E55D1" w:rsidRPr="00803E59" w:rsidRDefault="003D15D8" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai šāds ALTUM atbalsts var tikt apvienots ar CFLA programmas atbalstu viena projekta ietvaros, izvairoties no dubultā finansējuma vienām un tām pašām aktivitātēm?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B4F5FE" w14:textId="77777777" w:rsidR="00803E59" w:rsidRPr="00803E59" w:rsidRDefault="00803E59" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>1. Pasākuma ietvaros aprēķinot atbalsta lielumu tiks ņemts vērā Projekta iesniedzēja neto apgrozījums.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A4E014A" w14:textId="1D9AAB82" w:rsidR="00803E59" w:rsidRPr="00803E59" w:rsidRDefault="00803E59" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2. Ja Projekta iesniedzējam ir saistītie uzņēmumi, tad aprēķinot atbalsta intensitāti, tiks ņemts vērā arī saistīto uzņēmumu lielums.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D9462ED" w14:textId="612434CA" w:rsidR="00803E59" w:rsidRPr="00803E59" w:rsidRDefault="00803E59" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>3. 1.2.1.2. pasākuma „Produktivitātes aizdevumi uzņēmumu inovācijām” ietvaros plānoto ALTUM atbalstu nevar apvienot ar 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas ietvaros . Izmaksas šiem pasākumiem nevar tikt apvienotas viena projekta ietvaros.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F223169" w14:textId="77777777" w:rsidR="009E55D1" w:rsidRPr="00C611CC" w:rsidRDefault="009E55D1" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522D97" w:rsidRPr="00264ACA" w14:paraId="66E597C7" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="326DA34C" w14:textId="7347CCA2" w:rsidR="00522D97" w:rsidRDefault="00522D97" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C809186" wp14:editId="26789815">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="623257089" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A2D20E" w14:textId="77777777" w:rsidR="009F32C6" w:rsidRPr="00264ACA" w:rsidRDefault="009F32C6" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="331E5AAD" w14:textId="4FCC6BA7" w:rsidR="00522D97" w:rsidRPr="008B574A" w:rsidRDefault="002D3B43" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja  projekts tiek īstenots efektīvā sadarbībā ar citu uzņēmumu, atbalsta intensitāte tiek palielināta gan projekta iesniedzējam, gan sadarbības partnerim?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E895DF0" w14:textId="757CF919" w:rsidR="00522D97" w:rsidRPr="00803E59" w:rsidRDefault="008910C0" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja sadarbība tiek īstenota atbilstoši MK noteikumu 38.1. punktā </w:t>
+            </w:r>
+            <w:r w:rsidR="00093610" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>noteiktajam</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94026" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, t.i,</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6B90" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C2DBC" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>viens komersants nesedz vairāk par 70% no kopējām attiecināmajām izmaksām</w:t>
+            </w:r>
+            <w:r w:rsidR="004B6B90" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  atbalsta intensitāte par MK noteikumu 38. punktā noteikto apmēru  var tikt palielināta gan projekta iesniedzējam, gan sadarbības partnerim</w:t>
+            </w:r>
+            <w:r w:rsidR="008B574A" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="56E9D426" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EC2612C" w14:textId="57584855" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AE0D037" wp14:editId="6E071C7F">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="476118027" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E92C883" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājumi uzdoti telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18758EE2" w14:textId="5738AB04" w:rsidR="0093672D" w:rsidRDefault="0093672D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>de minims</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izmaksām ir cita intensitāte? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B09E407" w14:textId="77777777" w:rsidR="007A4968" w:rsidRDefault="0093672D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai šim projektiem atbalsta intensitāte jebkurā gadījumā nav 85%? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75072916" w14:textId="77777777" w:rsidR="007A4968" w:rsidRDefault="0093672D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai intensitāti ir iespējam palielināt, ja mums būs 2 zinātniskās institūcijas raksti</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4968" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52169040" w14:textId="2837C638" w:rsidR="00912DFA" w:rsidRPr="00627D22" w:rsidRDefault="007A4968" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="0093672D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ai tas </w:t>
+            </w:r>
+            <w:r w:rsidR="00F1175C" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>nozīme</w:t>
+            </w:r>
+            <w:r w:rsidR="0093672D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ka PZIO ir jābūt kā sadarbības partnerim?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="12995BE6" w14:textId="00095AEE" w:rsidR="000639AB" w:rsidRDefault="003042DF" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000639AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00376FB0" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>tbilstoši MK noteikumu 42.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> punktā noteiktajam, atbal</w:t>
+            </w:r>
+            <w:r w:rsidR="00D034C7" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>ta intensitāte 27.16. punktā noteiktajām izmaksā ir 85%</w:t>
+            </w:r>
+            <w:r w:rsidR="000639AB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FE89B5" w14:textId="429C2929" w:rsidR="00FA70C9" w:rsidRDefault="00D94B98" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00270C59" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ntensitātes apmērs ir atkarīgs no </w:t>
+            </w:r>
+            <w:r w:rsidR="00E14919" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>uz</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>ņēmuma lieluma, un plānotajām darbībām</w:t>
+            </w:r>
+            <w:r w:rsidR="007169E5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>- lūdzu skatīt MK noteikumu 42</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34564" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>. līdz 42.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34564" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C34564" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktos </w:t>
+            </w:r>
+            <w:r w:rsidR="0047088B" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>minēto. Piemēram</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ja esat mazais uzņēmums</w:t>
+            </w:r>
+            <w:r w:rsidR="000E4039" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un neplānojat</w:t>
+            </w:r>
+            <w:r w:rsidR="008408DD" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektu īstenot efektīvā sadarbība atbilstoši </w:t>
+            </w:r>
+            <w:r w:rsidR="004125E6" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>MK noteikumu 38</w:t>
+            </w:r>
+            <w:r w:rsidR="00741953" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>. punkt</w:t>
+            </w:r>
+            <w:r w:rsidR="00B00FAF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>a apakšpunktos noteiktajam vai</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC057F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004048DD" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neplānojat palielināt intensitāti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">saskaņā ar MK </w:t>
+            </w:r>
+            <w:r w:rsidR="004048DD" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noteikumu </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC057F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>40. punkta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E5B2F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>apakšpunktos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikto</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, atbalsta intensitāte </w:t>
+            </w:r>
+            <w:r w:rsidR="008B5A15" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>tehniski ekonomiskajai</w:t>
+            </w:r>
+            <w:r w:rsidR="000661C0" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> priekšizpētei un </w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>rūpnieciskajiem pētījumiem būs 70%, savukārt eksperimentālajai iz</w:t>
+            </w:r>
+            <w:r w:rsidR="00B66EF3" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>trādei 45%</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95777" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00114750" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sava produkta</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95777" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> patenta iegādes izmaksām </w:t>
+            </w:r>
+            <w:r w:rsidR="008C5DA3" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>atbalsta intensitāte ir 50%</w:t>
+            </w:r>
+            <w:r w:rsidR="005751CB" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, taču </w:t>
+            </w:r>
+            <w:r w:rsidR="009A11B8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">komunikācijas un vizuālās identitātes pasākumu izmaksu atbalsta </w:t>
+            </w:r>
+            <w:r w:rsidR="009F2DE5" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apmērs ir 85%. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6081A797" w14:textId="77E1A138" w:rsidR="00FA70C9" w:rsidRDefault="00FA70C9" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="002F7F96" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D64DE8" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zinātniskie raksti nedod iespēju </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7F96" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>palielināt intensitāti</w:t>
+            </w:r>
+            <w:r w:rsidR="0097214D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0097214D" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lai </w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">varētu palielināt atbalsta intensitāti, atbilstoši MK noteikumu 38.2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B66EF3" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>apakšpunktā</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteiktajam projekts </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA375F" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>jāīsteno</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sadarbībā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00450EDC" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>pētniecības</w:t>
+            </w:r>
+            <w:r w:rsidR="006311A4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un zināšanu izpla</w:t>
+            </w:r>
+            <w:r w:rsidR="00532F15" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>tīšanas organizāciju,</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00532F15" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>tai jāsedz</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vismaz 10% no kopējām attiecināmajām izmaksām</w:t>
+            </w:r>
+            <w:r w:rsidR="00532F15" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un tai ir tiesības publicēt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>sava projekta rezultātus</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A8DB17" w14:textId="4C7189B3" w:rsidR="00912DFA" w:rsidRPr="008910C0" w:rsidRDefault="00FA70C9" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="003042DF" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Jā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013A96" w:rsidRPr="00264ACA" w14:paraId="7C753B12" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB04D85" w14:textId="2157B8A8" w:rsidR="00013A96" w:rsidRDefault="00013A96" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47A96B4E" wp14:editId="7ADA4426">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1653026259" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>1.21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CE07B0" w14:textId="3FC60781" w:rsidR="005929D1" w:rsidRPr="00E71B94" w:rsidRDefault="005929D1" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jautājums uzdots </w:t>
+            </w:r>
+            <w:r w:rsidR="00571456" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>telefoniski</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F9A9C4B" w14:textId="2B2A4C56" w:rsidR="00013A96" w:rsidRPr="005929D1" w:rsidRDefault="2E9EF613" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+            <w:r w:rsidR="476BDED7" w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>autājums par Ukrainas uzņēmumu – vai pareizi saprotam, ka projekta iesnieguma apstiprināšanas un īstenošanas gadījumā ir pieļaujama situācija, ka Ukrainas uzņēmums var sniegt ar pētniecību saistītas darbības arī ārpakalpojuma veidā? Proti, ES fondu saistošais regulējums neparedz ierobežojumus tam, ka ārpakalpojumā sniedzamās aktivitātes var veikt ārpus ES reģistrēts uzņēmums (izņemot Krieviju vai Baltkrieviju)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="227EF866" w14:textId="1629827D" w:rsidR="00F61259" w:rsidRPr="00CA4B33" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>SAM MK noteikumu 27.11.apakšpunkts paredz, ka ārējo pakalpojumu izmaksas ir attiecināmas, ja tie tiek izmantoti tikai rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām un atbilst Komisijas regulas Nr. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidRPr="30ABB46B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>651/2014</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t> 25. panta 3. punkta "e" apakšpunktam.</w:t>
+            </w:r>
+            <w:r w:rsidR="46A35D66" w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Normatīvie regulējumi neparedz ierobežojumus ārpakalpojumu sniedzējiem, proti, nekur nav minēts, ka ārpakalpojumu sniedzējs nevar būt ārpus ES reģistrēts uzņēmums vai pētniecības un zināšanu izplatīšanas organizācija. Vienīgais izņēmums ir Krievija - atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21">
+              <w:r w:rsidRPr="30ABB46B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likumam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22">
+              <w:r w:rsidRPr="30ABB46B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>Padomes Regulas (ES) Nr. 833/2014 (2014. gada 31. jūlijs), par ierobežojošiem pasākumiem saistībā ar Krievijas darbībām, kas destabilizē situāciju Ukrainā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId23">
+              <w:r w:rsidRPr="30ABB46B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> (konsolidēts teksts), kas destabilizē situāciju Ukrainā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5.l pantam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C0C1AAC" w14:textId="77777777" w:rsidR="00F61259" w:rsidRPr="00CA4B33" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildus norādām, ka kritēriju piemērošanas metodikas kvalitātes apakškritērijs Nr.4.6.3. paredz iespēju saņemt 1 punktu, ja projekta rezultāts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>būs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar starptautisku raksturu (pielietojumu) un projekta izstrādē tiks iesaistīti ārvalstu partneri. Attiecīgi, lai saņemtu šajā kritērijā 1 punktu, jānodrošina viena no šādām prasībām:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77682C78" w14:textId="77777777" w:rsidR="00F61259" w:rsidRPr="00CA4B33" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>projekta iesniedzējs ir noslēdzis sadarbības līgumu vai nodomu protokolu, atbilstoši SAM MK noteikumu 20.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> punktam un projektu īstenos sadarbībā ar ārvalstu partneri;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727EFEB0" w14:textId="77777777" w:rsidR="00F61259" w:rsidRPr="00CA4B33" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>projekta iesniedzējs uz pakalpojuma līguma pamata no ārvalstu partneriem iegādājas pakalpojumu, piesaista personālu vai uz nomas līguma pamata izmanto pētniecības aprīkojumu un infrastruktūru, kas ir ārvalstu partneru īpašumā, tādējādi palīdzot sasniegt pētniecības projektā definētos rezultātus un mērķus starptautiskā mērogā, veicinot iesaisti jaunos starptautiskos projektos, vai palīdzot sasniegt citus definētos rezultātu rādītājus saistībā ar dalību starptautiskajās iniciatīvās.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CFD92F6" w14:textId="77777777" w:rsidR="00F61259" w:rsidRPr="00CA4B33" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lai apliecinātu projekta starptautisko raksturu un sadarbību ar ārvalstu partneriem, projekta iesniedzējs </w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>iesniedz nodomu protokolu vai citu līdzvērtīgu dokumentu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, kas apliecina sadarbības aktivitātes ar projekta ārvalstu partneri/-iem, skaidri norādot arī partnera/-u iesaistes lomu projektā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="296AACD5" w14:textId="76FBA5EE" w:rsidR="00013A96" w:rsidRDefault="698DAA7F" w:rsidP="30ABB46B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="30ABB46B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vēršam uzmanību, ka punkti par komponentes vai preces, detaļas iegādi no ārvalstu partnera netiek piešķirti.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="00E6F334" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="43467442" w14:textId="5B3D0EAA" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="43467442" w14:textId="5B3D0EAA" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...17 lines deleted...]
-            <w:bookmarkEnd w:id="3"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Toc917930442"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc1839714344"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Īstenošanas nosacījumi</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="01640C57" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="01640C57" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2332D0FD" w14:textId="694B33B2" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...12 lines deleted...]
-                <w:szCs w:val="23"/>
+          <w:p w14:paraId="2332D0FD" w14:textId="694B33B2" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FC405B6" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6FC405B6" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E1BFD18" w14:textId="12BEA369" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="4E1BFD18" w14:textId="12BEA369" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai viens komersants var iesniegt vairākus projekta iesniegumus un vai vienā projektā var radīt divus prototipus?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F88479C" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6F88479C" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D8032A2" w14:textId="61DEDA31" w:rsidR="00C27123" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="5D8032A2" w14:textId="61DEDA31" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Pasākuma ietvaros </w:t>
             </w:r>
-            <w:r w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>var iesniegt vairāk kā vienu projekta iesniegumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="6840C980">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">. Vēršam uzmanību, ka Jūsu uzņēmuma finanšu kapacitāte tiks vērtēta, ņemot vērā visus iesniegtos projektu iesniegumus. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A30135F" w14:textId="1C6EB0C5" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="5A30135F" w14:textId="1C6EB0C5" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...12 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Savukārt vienā projektā var radīt vairākus prototipus, bet tiem jābūt saturiski saistītiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="0A2A26DF" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="0A2A26DF" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A12938" w14:textId="52230A71" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...30 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="21A12938" w14:textId="52230A71" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E1E7A49" w14:textId="77777777" w:rsidR="00812A7F" w:rsidRPr="00264ACA" w:rsidRDefault="00812A7F" w:rsidP="00812A7F">
+          <w:p w14:paraId="5E1E7A49" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EB7018A" w14:textId="0EAF4D1D" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00BE3D00" w:rsidP="00D5686D">
+          <w:p w14:paraId="3EB7018A" w14:textId="0EAF4D1D" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Ja projektā piedalās Latviešu izcelsmes ārsts no Amerikas, kas arī sniedz savu ekspertīzi un ideju, vai viņam ir jāstrādā pretendenta uzņēmumā? Mums tas nav vajadzīgs, bet kā Jūs vēlaties redzēt viņa lomu projektā? Viņam ir tikai uzņēmums Amerikā un viņš strādā kā ārsts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00D21694" w14:textId="1AB1844D" w:rsidR="00BE3D00" w:rsidRPr="00264ACA" w:rsidRDefault="00BE3D00" w:rsidP="00BE3D00">
+          <w:p w14:paraId="00D21694" w14:textId="1AB1844D" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ārsts plānots kā projekta vadības vai projekta īstenošanas personāls, projekta iesniedzējs vai sadarbības partneris var slēgt ar viņu darba līgumu vai arī paredzēt, ka ārsts tiek nodarbināts uz uzņēmuma/pakalpojuma līguma pamata, taču šādā gadījumā piemērojama normatīvajos aktos par iepirkuma procedūru un tās piemērošanu noteiktā kārtība. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16B8DC52" w14:textId="77777777" w:rsidR="00BE3D00" w:rsidRPr="00264ACA" w:rsidRDefault="00BE3D00" w:rsidP="00BE3D00">
+          <w:p w14:paraId="16B8DC52" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Izmaksas par nozares ekspertīzi tirgus un tehnoloģiju izpētei var paredzēt kā ārpakalpojuma izmaksas budžeta pozīcijā Nr. 13.2. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DC2EDD1" w14:textId="4CE9043D" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00BE3D00" w:rsidP="00BE3D00">
+          <w:p w14:paraId="0DC2EDD1" w14:textId="4CE9043D" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Jums būtu jāslēdz sadarbības līgums.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vēl izskatāma iespēja projektā kā ārvalstu partneri piesaistīt ārsta pārstāvēto organizāciju – komersantu vai pētniecības un zināšanu izplatīšanas organizāciju, kas reģistrēta Eiropas Savienības dalībvalstī, Eiropas Ekonomikas zonas valstī vai Ziemeļatlantijas līguma organizācijas dalībvalstī. Ar ārvalstu partnerorganizāciju Jums būtu jāslēdz sadarbības līgums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="55570CCD" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="55570CCD" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C3F4E5F" w14:textId="42FFC003" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+          <w:p w14:paraId="5C3F4E5F" w14:textId="42FFC003" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="24E94178" w14:textId="77777777" w:rsidR="00535F85" w:rsidRPr="00264ACA" w:rsidRDefault="00535F85" w:rsidP="308CC3AB">
+          <w:p w14:paraId="24E94178" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="308CC3AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots telefonsarunā:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03AE8588" w14:textId="6CC361BD" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00CB44AE" w:rsidP="308CC3AB">
+          <w:p w14:paraId="03AE8588" w14:textId="6CC361BD" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai drīkstu slēgt līgumus un sākt projektu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>pirms projekta iesnieguma iesniegšanas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="634130DC" w14:textId="3719F5FC" w:rsidR="00087763" w:rsidRPr="00264ACA" w:rsidRDefault="00087763" w:rsidP="6840C980">
+          <w:p w14:paraId="634130DC" w14:textId="3719F5FC" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6840C980">
-[...30 lines deleted...]
-          <w:p w14:paraId="7CA62823" w14:textId="18FF7FD2" w:rsidR="00507938" w:rsidRPr="00264ACA" w:rsidRDefault="00507938" w:rsidP="6840C980">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vēršam uzmanību, ka darbības var uzsākt no brīža, kad projekta iesniedzējs ir iesniedzis Projektu portālā iesniegumu par projekta īstenošanu. Ja darbi uzsākti pirms projekta iesnieguma iesniegšanas, projekts ir noraidāms​.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CA62823" w14:textId="18FF7FD2" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6840C980">
-[...18 lines deleted...]
-          <w:p w14:paraId="0152DFFA" w14:textId="633E2C95" w:rsidR="00535F85" w:rsidRPr="00264ACA" w:rsidRDefault="00535F85" w:rsidP="6840C980">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darbu sākums ir, piemēram, pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0152DFFA" w14:textId="633E2C95" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6840C980">
-[...53 lines deleted...]
-            <w:r w:rsidRPr="6840C980">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja līgums tiek noslēgts pirms projekta iesnieguma iesniegšanas aģentūrā, tad tajā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">obligāti </w:t>
-[...136 lines deleted...]
-          <w:p w14:paraId="59455EEA" w14:textId="05A28610" w:rsidR="00511456" w:rsidRPr="00264ACA" w:rsidRDefault="00621290" w:rsidP="6840C980">
+              <w:t>obligāti ir jāiekļauj atliekošie nosacījumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, piemēram, ka līgums stājas spēkā pēc projekta pieteikuma iesniegšanas aģentūrā vai līgums stājas spēkā pēc pozitīva aģentūras lēmuma pieņemšanas (datums nav konkretizēts vai paredzēta atlikta līgums spēkā stāšanās konkrētā datumā, piemēram, 01.07.2026.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59455EEA" w14:textId="05A28610" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6840C980">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">ietverts arī MK noteikumu 61.2. apakšpunktā un 29. punktā. </w:t>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stimulējošās ietekmes priekšnosacījums izriet no Komisijas regulas Nr. 651/2014 6. panta 2. punkta un ir ietverts arī MK noteikumu 61.2. apakšpunktā un 29. punktā. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="143D6190" w14:textId="77777777" w:rsidTr="308CC3AB">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="5BE1071C" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AE9F89A" w14:textId="63861DA2" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1647FE02" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CF32BEB" w14:textId="1C465FD3" w:rsidR="00912DFA" w:rsidRPr="308CC3AB" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai divi uzņēmumi, ja vienam otrā pieder daļas, bet tie nav saistītie uzņēmumi,  var iesniegt katrs projekta iesniegumu?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="57401E3E" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17E8DFDE" w14:textId="166FBA05" w:rsidR="00912DFA" w:rsidRPr="6840C980" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jā, katrs uzņēmums var iesniegt savu projekta pieteikumu. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="1DFDBF8E" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="571C744B" w14:textId="18787A56" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="428F3934" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A645DF" w14:textId="02D9DC52" w:rsidR="00912DFA" w:rsidRPr="00910C22" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai projekta īstenošanai ir jāatver atsevišķs bankas konts?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD37A0A" w14:textId="729858AF" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta īstenošanai nav obligāti nepieciešams atsevišķs bankas konts, bet finansējuma saņēmējam ir jānodrošina, ka izdevumi tiek atsevišķi nodalīti grāmatvedības uzskaitē (jāizveido atsevišķs grāmatvedības konts, jāizveido atsevišķa dimensija vai tamlīdzīgi). Bet, ja finansējuma saņēmējs vēlēsies saņemt avansu, tad avansa saņemšanai ir jāatver konts Valsts kasē vai jānodrošina bankas garantija vismaz saņemtā avansa apmērā, garantijai jābūt spēkā 4 mēnešus pēc projekta noslēguma. Mūsu praksē lielākā daļa Finansējuma saņēmēju tomēr izvēlas atvērt Valsts kases kontu, ja tiek pieprasīts avanss, jo tad nav nepieciešama garantija, bet tā ir katra finansējuma saņēmēja atbildība.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="4CF0A34B" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="344BA68C" w14:textId="08EE5EFF" w:rsidR="00912DFA" w:rsidRPr="2B66A493" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BBF095F" wp14:editId="5028C27C">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2028019449" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7397C259" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55412219" w14:textId="75E5FDCC" w:rsidR="00912DFA" w:rsidRPr="00A316F8" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja mēs slēdzam līgumu ar vienu Latvijas universitāti par pētniecību un atbalstu eksperimentālajā izstrādē, vai plānotā summa summāri nedrīkst pārsniegt 70k bez PVN (lai nav jāveic iepirkums), vai arī 70k par pētniecību un 70k par eksperimentālo izstrādi?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F52C846" w14:textId="24957301" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Pamatojoties uz sniegto informāciju, šobrīd nav iespējams sniegt precīzu atbildi, jo nav pieejama pietiekama informācija par plānotajām darbībām, līguma priekšmetiem un potenciālo piegādātāju loku.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D9FE84" w14:textId="7E2826D1" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Atbilstoši MK noteikumu Nr.104 (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>) 9. punktam Finansējuma saņēmējam nav atļauts preču, pakalpojumu un būvdarbu iepirkumu sadalīt, lai izvairītos no šajos noteikumos paredzēto iepirkuma procedūras nosacījumu piemērošanas. Finansējuma saņēmējs līdzīgu preču, pakalpojumu vai būvdarbu iepirkumu var sadalīt vairākos atsevišķos iepirkumos, ja katra iepirkuma paredzamo līgumcenu nosaka kā visu atsevišķo iepirkumu paredzamo līgumcenu summu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77060D07" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Papildus 10. punktā noteikts, ka Par līdzīgām precēm, pakalpojumiem un būvdarbiem šo noteikumu 7. punkta pirmā teikuma un 9. punkta otrā teikuma izpratnē uzskata tādas preces, pakalpojumus un būvdarbus, kuriem ir līdzīgas funkcijas, kuri nepieciešami kopēja iepirkuma projekta īstenošanai, kuru piegādi vai sniegšanu nodrošina viens piegādātāju loks, kā arī kuru vajadzība ir zināma un par kuriem līgumu var noslēgt vienlaikus (arī tad, ja piegāde, pakalpojumu sniegšana vai būvdarbu veikšana notiek pa daļām dažādos laikos).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E2EC825" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Līdz ar to, lūdzam izvērtēt vai minētie pakalpojumi nav uzskatāmi par līdzīgiem atbilstoši 10. punktā minētajam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C0FDFF" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Papildus vēlos precizēt, ka  atbilstoši MK noteikumu Nr.104 5.1. apakšpunktā noteiktajam, ja  piegādes vai pakalpojumu paredzamā līgumcena ir  mazāka par 70 000,00 EUR (bez PVN), finansējuma saņēmējs ir tiesīgs nepiemērot šo noteikumu IV nodaļā minētos nosacījumus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD1C0B5" w14:textId="765B78AA" w:rsidR="00912DFA" w:rsidRPr="00191654" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja plānotā līgumcena pārsniedz 69 999,99 EUR (bez PVN), aicinām konsultēties ar Iepirkumu uzraudzības biroju.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC5FFBC" w14:textId="51D1B3E3" w:rsidR="00912DFA" w:rsidRPr="00370135" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00677999" w:rsidRPr="00264ACA" w14:paraId="770094D9" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3032A036" w14:textId="76E2FE69" w:rsidR="00677999" w:rsidRDefault="007F623B" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A29EC1C" wp14:editId="2E54945D">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1391816462" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1125CF5D" w14:textId="77777777" w:rsidR="00677999" w:rsidRDefault="00677999" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2138FA15" w14:textId="5C84F256" w:rsidR="00677999" w:rsidRPr="00E54028" w:rsidRDefault="00E54028" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Kad var tikt uzsākta projekta īstenošana?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DEAF87" w14:textId="227B31E8" w:rsidR="00677999" w:rsidRPr="00191654" w:rsidRDefault="005B4B6D" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta darbību īstenošanu var uzsākt no brīža, kad Projektu portālā ir iesniegts projekta pieteikums (ievērojot Komisijas regulas Nr. 651/2014 6. panta 2. punktā minētos nosacījumus par stimulējošo ietekmi). Ja projekta īstenošana ir uzsākta pirms projekta pieteikuma iesniegšanas vai projekta pieteikuma saturs neatbilst Komisijas regulas Nr. 651/2014 6. panta 2. punkta prasībām, uz finansējumu nevar pretendēt.</w:t>
+            </w:r>
+            <w:r w:rsidR="00194A0C" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tā </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6346" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pat </w:t>
+            </w:r>
+            <w:r w:rsidR="00194A0C" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arī </w:t>
+            </w:r>
+            <w:r w:rsidR="003F78D0" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK noteikumu 29.punkts nosaka, ka </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6346" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00872DAC" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>attiecināmas ir izmaksas, ja tās atbilst šo noteikumu 27. punktā minētajām izmaksām un radušās, sākot ar dienu, kad projekta iesniegums iesniegts vadības informācijas sistēmā. Ja projekta darbu sākums ir bijis pirms projekta iesnieguma iesniegšanas vadības informācijas sistēmā, nav attiecināma neviena projekta ietvaros radusies izmaksa.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="143D6190" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00C80390" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="00C80390" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_Toc46148091"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc20918685"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc1188761184"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc17242937"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtēšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un lēmumu pieņemšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="1A49967C" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="1A49967C" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D49846" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="11D49846" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="198B9BA6" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="198B9BA6" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23E274EF" w14:textId="1BDEEF72" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="23E274EF" w14:textId="1BDEEF72" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:t>?</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Kā tiks rēķināta vidējā alga, ja uzņēmumā strādā darbinieki uz uzņēmuma līguma, pašnodarbinātie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CF62B6E" w14:textId="66B6D3B7" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="2CF62B6E" w14:textId="66B6D3B7" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritēriju piemērošanas metodikas kvalitātes kritērijs Nr. 4.1. paredz, ka vidējā bruto darba samaksa tiek aprēķināta, izmantojot VID datubāzē pieejamo informāciju par pēdējā noslēgtā finanšu gada darbinieku atalgojumu, t.i., tiks ņemti vērā 2024.gada darbinieku atalgojuma dati. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AECDBC5" w14:textId="481A7201" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="7AECDBC5" w14:textId="481A7201" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar Darba likuma 3. pantu darbinieks ir fiziska persona, kas uz </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>darba līguma</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> pamata par nolīgto darba samaksu veic noteiktu darbu darba devēja vadībā.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BB81956" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6BB81956" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Mēneša vidējo bruto darba samaksu aprēķina, dalot bruto jeb aprēķināto darba samaksas fondu ar vidējo darbinieku skaitu pilna darba laika vienībās.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10B0F35A" w14:textId="77BFC24F" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="10B0F35A" w14:textId="77BFC24F" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Bruto darba samaksas fonds: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējais darba samaksas apjoms, ko uzņēmums noteiktā laika periodā (pēdējā noslēgtā finanšu gadā) izmaksājis darbiniekiem pirms nodokļu un citu ieturējumu piemērošanas. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F7487F4" w14:textId="79C25414" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="6F7487F4" w14:textId="79C25414" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vidējais darbinieku skaits (pilna darba laika vienībās):</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> lai iegūtu salīdzināmu rādītāju, visu darbinieku nostrādātais laiks tiek pārrēķināts pilna darba laika vienībās. Ja darbinieks strādā nepilnu slodzi, viņa darba laiks tiek izteikts kā pilnas slodzes daļa, ko aprēķina dalot bruto samaksu ar pusslodzes ietvaros nostrādātajām stundām un reizina ar pilnas slodzes stundu skaitu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41ACB932" w14:textId="3AA29551" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="41ACB932" w14:textId="3AA29551" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">MK noteikumu 14. punkts paredz, ka pasākuma ietvaros projekta iesniegumus iesniedz projekta iesniedzējs, kurš pēc projekta iesnieguma apstiprināšanas ir finansējuma saņēmējs un atbilst konkrētiem nosacījumiem, kas ietverti 14. punkta apakšpunktos. Savukārt MK noteikumu 15. punktā paredzēts īpašs izņēmums attiecībā uz jauniem komersantiem, nosakot, ka projekta iesniedzējam, kas atbilst jauna komersanta statusam, šo noteikumu 14.2. apakšpunktā (t.i. tā mēneša vidējā bruto darba samaksa darbiniekiem nav mazāka par mēneša vidējās bruto darba samaksas piemēru tautsaimniecībā iepriekšējā gadā) minēto prasību </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>var nepiemērot.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="6B901797" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="6B901797" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="141ED0A4" w14:textId="62C8E63F" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="141ED0A4" w14:textId="62C8E63F" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="290E0D4E" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="290E0D4E" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F7B93D2" w14:textId="51B0C0BB" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="6F7B93D2" w14:textId="51B0C0BB" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vidējai algai jābūt lielākai nekā tautsaimniecībā iepriekšējā gadā, iepriekšējais gads būs 2025. gads, pieņemot, ka projekts tiek iesniegts 2026. gada janvārī?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D36E2E4" w14:textId="17B6BFE9" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DAB3153" w14:textId="6510D3A8" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00BE3D00">
+          <w:p w14:paraId="3DAB3153" w14:textId="6510D3A8" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kvalitātes kritērijs Nr. 4.1. paredz, ka vidējā bruto darba samaksa tiek aprēķināta, izmantojot </w:t>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Kvalitātes kritērijs Nr. 4.1. paredz, ka vidējā bruto darba samaksa tiek aprēķināta, izmantojot VID datubāzē pieejamo informāciju par pēdējā noslēgtā finanšu gada darbinieku atalgojumu, t.i., tiks ņemti vērā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2024. gada darbinieku darba samaksas dati</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>. Kritērija piemērošanas skaidrojums iekļauts projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C13C5" w:rsidRPr="00264ACA" w14:paraId="121E4C97" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="121E4C97" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4713B140" w14:textId="705BEB0D" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="001C13C5" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4713B140" w14:textId="705BEB0D" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D128EC3" w14:textId="77777777" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="001C13C5" w:rsidP="001C13C5">
+          <w:p w14:paraId="1D128EC3" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3124D70F" w14:textId="25A8CBA2" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="001C13C5" w:rsidP="001C13C5">
+          <w:p w14:paraId="3124D70F" w14:textId="25A8CBA2" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai, piemērojot 4.1. kvalitātes kritēriju, uzņēmuma bruto darba samaksas fonds papildus ir jādala ar 12 mēnešiem, lai šo rādītāju korekti salīdzinātu ar 2024. gada mēneša vidējo bruto darba samaksu?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5983BDA3" w14:textId="1394FBAD" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="001C13C5" w:rsidP="001C13C5">
+          <w:p w14:paraId="5983BDA3" w14:textId="1394FBAD" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E0F0ACE" w14:textId="381A8D1F" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="001C13C5" w:rsidP="00BE3D00">
+          <w:p w14:paraId="2E0F0ACE" w14:textId="381A8D1F" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...18 lines deleted...]
-              <w:t>4.1. mēneša vidējo bruto darba samaksu nosaka, dalot bruto jeb aprēķināto darba samaksas fondu (kopējais darba samaksas apjoms, ko uzņēmums pēdējā noslēgtajā finanšu gadā (2024. gadā) izmaksājis darbiniekiem pirms nodokļu un citu ieturējumu piemērošanas) ar vidējo darbinieku skaitu pilna darba laika vienībās. Vidējais darbinieku skaits (pilna darba laika vienībās) ir visu darbinieku skaits, pārrēķinot tos uz pilnas slodzes ekvivalentiem. Piemēram, ja viens darbinieks strādā nepilnu darba laiku, viņa darba slodze tiek pārrēķināta proporcionāli attiecībā pret pilnu slodzi.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Atbilstoši atlases nolikuma 1. pielikumam “Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodika” kvalitātes kritērijā Nr. 4.1. mēneša vidējo bruto darba samaksu nosaka, dalot bruto jeb aprēķināto darba samaksas fondu (kopējais darba samaksas apjoms, ko uzņēmums pēdējā noslēgtajā finanšu gadā (2024. gadā) izmaksājis darbiniekiem pirms nodokļu un citu ieturējumu piemērošanas) ar vidējo darbinieku skaitu pilna darba laika vienībās. Vidējais darbinieku skaits (pilna darba laika vienībās) ir visu darbinieku skaits, pārrēķinot tos uz pilnas slodzes ekvivalentiem. Piemēram, ja viens darbinieks strādā nepilnu darba laiku, viņa darba slodze tiek pārrēķināta proporcionāli attiecībā pret pilnu slodzi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067042D" w:rsidRPr="00264ACA" w14:paraId="24CE6F95" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="24CE6F95" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EF06740" w14:textId="2D27700B" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3EF06740" w14:textId="2D27700B" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="022E4649" w14:textId="77777777" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00D5686D">
+          <w:p w14:paraId="022E4649" w14:textId="597FC768" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Jautājumi uzdoti rakstiski:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="27B5CD41" w14:textId="286B0051" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00BC0D12">
+              <w:t>Jautājums uzdoti rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27B5CD41" w14:textId="286B0051" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai ir pieļaujams, ka 4.1. kvalitātes kritērijā var tikt vērtēti 2025. gada dati? Bruto darba samaksa 2024.gadā ir zemāka kā reģiona vidējā, bet 2025.gadā – tā pārsniedz reģiona vidējo rādītāju.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F95BC3D" w14:textId="6DA4A750" w:rsidR="009D49DD" w:rsidRDefault="009D49DD" w:rsidP="009D49DD">
+          <w:p w14:paraId="5F95BC3D" w14:textId="6DA4A750" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...35 lines deleted...]
-          <w:p w14:paraId="6798B386" w14:textId="3CE6B66E" w:rsidR="009D49DD" w:rsidRDefault="009D49DD" w:rsidP="009D49DD">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Kritēriju piemērošanas metodikas kvalitātes kritērijs Nr. 4.1. paredz, ka vidējā bruto darba samaksa tiek aprēķināta, izmantojot pēdējā noslēgtā finanšu gada darbinieku atalgojuma datus, t.i, 2024. gada darbinieku darba samaksas datus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6798B386" w14:textId="58E41F06" w:rsidR="00912DFA" w:rsidRPr="00BD185E" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...21 lines deleted...]
-              <w:r w:rsidRPr="003C4EDC">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Kritēriju piemērošanas metodikas kvalitātes kritērija Nr. 4.1. skaidrojumā norādīts, ka projekta iesniedzēja darbinieku vidējo bruto darba samaksu salīdzina pret mēneša vidējo darba bruto samaksu 2024. gadā Latvijas statistiskajā reģionā, kurā tas ir reģistrēts, informācija publicēta CSP tīmekļa vietnē (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
                 </w:rPr>
                 <w:t>https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="3C3D552B" w14:textId="7E7A039F" w:rsidR="009D49DD" w:rsidRDefault="009D49DD" w:rsidP="009D49DD">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>) (Laika periods – 2024. gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – Rīgas statistiskais reģions (no 01.01.2024.), Vidzemes statistiskais reģions (no 01.01.2024.), Kurzemes statistiskais reģions (no 01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3D552B" w14:textId="7E7A039F" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...21 lines deleted...]
-              <w:r w:rsidRPr="003C4EDC">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uz projektu iesniegšanas brīdi nebūs pieejami dati par mēneša vidējo darba bruto samaksu tautsaimniecībā 2025. gadā, jo CSP tīmekļa vietnē dati par 2025. gadu tiks publicēti 03.03.2026., par ko liecina mājaslapā norādītā informācija </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009D49DD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B36344D" w14:textId="1E77E2F0" w:rsidR="009D49DD" w:rsidRDefault="009D49DD" w:rsidP="009D49DD">
+          <w:p w14:paraId="7B36344D" w14:textId="1E77E2F0" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="049009A3" w14:textId="67DDA3ED" w:rsidR="0067042D" w:rsidRPr="009D49DD" w:rsidRDefault="009D49DD" w:rsidP="009D49DD">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vēršam uzmanību, ka pēdējā noslēgtā finanšu gada darbinieku atalgojuma datus, t.i., 2024. gada datus, salīdzina ar mēneša vidējo darba bruto samaksu tautsaimniecībā 2024. gadā, savukārt 2025. gada darbinieku atalgojuma dati būtu jāsalīdzina ar 2025. gada datiem par mēneša vidējo darba bruto samaksu tautsaimniecībā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A46CC27" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...18 lines deleted...]
-              <w:t>gada dati.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ņemot vērā, ka projekta iesniegumu iesniegšanas termiņš ir 2026. gada 19. janvāris, un vispirms, ņemot vērā CSP datus, tiek vērtēti izslēdzošie kvalitātes kritēriji, projektu vērtēšanai tiks izmantoti 2024. gada dati.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5016C510" w14:textId="663C0EE1" w:rsidR="00912DFA" w:rsidRPr="00F05B7B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 29.12.2025. veikti grozījumi kvalitātes kritērija Nr. 4.1. piemērošanas skaidrojumā b) apakšpunktu izsakot šādā redakcijā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049009A3" w14:textId="27AE5065" w:rsidR="00912DFA" w:rsidRPr="009C0A85" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>“(Laika periods –  2024. gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – Rīgas statistiskais reģions (Rīga) (līdz 01.01.2024.), Pierīgas statistiskais reģions (līdz 01.01.2024.), Vidzemes statistiskais reģions (līdz 01.01.2024.), Kurzemes statistiskais reģions (līdz 01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions)”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0067042D" w:rsidRPr="00264ACA" w14:paraId="64EA586E" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="64EA586E" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A7D148B" w14:textId="57EA993B" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6A7D148B" w14:textId="57EA993B" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40A8419E" w14:textId="1A705448" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00D5686D">
+          <w:p w14:paraId="40A8419E" w14:textId="407700B3" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Jautājumi uzdots telefonsarunā:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5B8A1493" w14:textId="05A5B1F2" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00D5686D">
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8A1493" w14:textId="05A5B1F2" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai vidējās darba samaksas noteikšanai var izmantot 2025. gada datus, ja iesniedzam VID aktuālos atalgojuma datus un operatīvo pārskatu, kā arī pievienojam projekta iesniegumam operatīvo pārskatu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5B4443D0" w14:textId="77777777" w:rsidR="0067042D" w:rsidRPr="00264ACA" w:rsidRDefault="0067042D" w:rsidP="00BE3D00">
+          <w:p w14:paraId="5B4443D0" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="00912DFA">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00387AC8" w:rsidRPr="00264ACA" w14:paraId="2330F096" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="2330F096" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A16391D" w14:textId="0C00F61F" w:rsidR="00387AC8" w:rsidRPr="00264ACA" w:rsidRDefault="00387AC8" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="0A16391D" w14:textId="0C00F61F" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>3.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D6240EA" w14:textId="77777777" w:rsidR="007028C3" w:rsidRPr="00264ACA" w:rsidRDefault="007028C3" w:rsidP="007028C3">
+          <w:p w14:paraId="0D6240EA" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1199C9C8" w14:textId="248711F7" w:rsidR="00387AC8" w:rsidRPr="00264ACA" w:rsidRDefault="007028C3" w:rsidP="00D5686D">
+          <w:p w14:paraId="1199C9C8" w14:textId="248711F7" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vai uzņēmumam, kas atrodas Ādažos, vidējā bruto samaksa jāsalīdzina ar Vidzemes vai Pierīgas statistisko reģionu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="53DEBE22" w14:textId="7238B7C7" w:rsidR="00387AC8" w:rsidRPr="00264ACA" w:rsidRDefault="00C91166" w:rsidP="00BE3D00">
+          <w:p w14:paraId="030E2303" w14:textId="5E798614" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-              <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ādažu novads ietilpst Rīgas statistiskajā reģionā (2021. gada 7. decembra Ministru kabineta rīkojums Nr. 911)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, līdz ar to Jūsu kā projekta iesniedzēja mēneša vidējā darba bruto samaksa pēdējā noslēgtā finanšu gadā tiktu salīdzināta pret šo statistisko reģionu. Sadalījums pieejams Centrālās statistikas pārvaldes mājaslapā: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00264ACA">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DEBE22" w14:textId="71065765" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ņemot vērā, 29.12.2025. veiktos grozījumi kvalitātes kritērija Nr. 4.1. piemērošanas skaidrojuma b) apakšpunktā, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>Ādažu novads ietilpst Pierīgas statistiskajā reģionā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C13C5" w:rsidRPr="00264ACA" w14:paraId="75D54DC6" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="75D54DC6" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="494E97E9" w14:textId="30F935EB" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="00D11D76" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="494E97E9" w14:textId="30F935EB" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>3.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="512EC4EE" w14:textId="77777777" w:rsidR="00C91166" w:rsidRPr="00264ACA" w:rsidRDefault="00C91166" w:rsidP="00C91166">
+          <w:p w14:paraId="512EC4EE" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67269584" w14:textId="58BC54E3" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="005A249C" w:rsidP="00D5686D">
+          <w:p w14:paraId="67269584" w14:textId="58BC54E3" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Ņemot vērā, ka projekta iesniegšanas ir 19.01.2026., gada pārskats par 2025.gadu varētu nebūt gatavs. Vai šajā gadījumā pietiktu ar zvērināta revidenta atzinumu par sasniegtā apgrozījuma apmēru?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E42DAEB" w14:textId="21578FDA" w:rsidR="001C13C5" w:rsidRPr="00264ACA" w:rsidRDefault="005A249C" w:rsidP="00BE3D00">
+          <w:p w14:paraId="4E42DAEB" w14:textId="21578FDA" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Norādīto apgrozījuma datu ticamību pārbauda “Lursoft” publiski pieejamajā datubāzē, izmantojot projekta iesnieguma iesniegšanas brīdī pēdējā noslēgtā finanšu gada apgrozījuma datus. Lai vērtētu komersanta 2025. gada apgrozījuma datus, “Lursoft” datubāzē jābūt pieejamam aktuālajam pārskatam par 2025. gadu. Ja informācija nav iegūstama datubāzē, projekta iesniegumam būtu pievienojams </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>zvērināta revidenta apstiprināts operatīvais finanšu pārskats</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> par 2025. gadu, kas apstiprināts ne agrāk kā vienu mēnesi pirms projekta iesnieguma iesniegšanas dienas (atbilstoši atlases nolikuma 5.5. apakšpunktam un atlases nolikuma 1. pielikumā “Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodika” ietvertā kritērija Nr. 4.2. piemērošanas skaidrojumam).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00734882" w:rsidRPr="00264ACA" w14:paraId="152F39B6" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="152F39B6" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BD25343" w14:textId="34C1674C" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00734882" w:rsidP="6EBE52D6">
+          <w:p w14:paraId="2BD25343" w14:textId="34C1674C" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="28AEBD29" w:rsidRPr="6A17BE34">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="31D10B21" w14:textId="27149C60" w:rsidR="00D04E41" w:rsidRPr="00264ACA" w:rsidRDefault="00D04E41" w:rsidP="00D04E41">
+          <w:p w14:paraId="31D10B21" w14:textId="27149C60" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Jautājums uzdots </w:t>
-[...18 lines deleted...]
-          <w:p w14:paraId="3ED108A2" w14:textId="79F36EA7" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="00826B10" w:rsidP="00C91166">
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ED108A2" w14:textId="79F36EA7" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Ar kādiem dokumentiem varu apliecināt, ka manam uzņēmumam ir pietiekama finanšu kapacitāte?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="246DCA6A" w14:textId="4236B855" w:rsidR="00CE5749" w:rsidRPr="00264ACA" w:rsidRDefault="007021B1" w:rsidP="00826B10">
+          <w:p w14:paraId="246DCA6A" w14:textId="4236B855" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Projekta iesniegumam pievienojama iespējami detalizēta informācija, lai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>būtu iespējams gūt pilnīgu pārliecību, ka projekta iesniedzējam un sadarbības partnerim ir pietiekama finansiālā kapacitāte projekta līdzfinansējuma nodrošināšanai. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="199CB6B8" w14:textId="095DA243" w:rsidR="00BA7020" w:rsidRPr="00264ACA" w:rsidRDefault="007021B1" w:rsidP="00826B10">
+          <w:p w14:paraId="199CB6B8" w14:textId="095DA243" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-          <w:p w14:paraId="7444F9C7" w14:textId="15FFC544" w:rsidR="00734882" w:rsidRPr="00264ACA" w:rsidRDefault="007021B1" w:rsidP="00D049A8">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vērtējot uzņēmuma finansiālo kapacitāti, tiek skatīts “Lursoft” datubāzē pieejamais gada pārskats vai projekta iesniegumam pievienotais zvērināta revidenta apstiprinātais operatīvais finanšu pārskats par 2025. gadu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7444F9C7" w14:textId="15FFC544" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...111 lines deleted...]
-              <w:t>tas, vai uzņēmums nav sankciju sarakstos.</w:t>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja projektu plānots līdzfinansēt ar aizņēmumu, projekta iesniegumam pievienojams indikatīvs piedāvājums vai apstiprināts kredīta piedāvājums no bankas. Ja aizņēmums plānots no juridiskas vai fiziskas personas, pievienojams parakstīts aizdevuma līgums. Vēršam uzmanību, ka līgumā obligāti iekļaujami atliekošie nosacījumi un, ja aizdevējs būs juridiska persona, tiks vērtēta aizdevēja spēja aizdot (gada pārskats) un tas, vai uzņēmums nav sankciju sarakstos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080078E" w:rsidRPr="00264ACA" w14:paraId="18918822" w14:textId="77777777" w:rsidTr="0080078E">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="18918822" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59203B91" w14:textId="5C6405DC" w:rsidR="0080078E" w:rsidRPr="00264ACA" w:rsidRDefault="0080078E" w:rsidP="4A0DF982">
+          <w:p w14:paraId="59203B91" w14:textId="5C6405DC" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="6055C129" w:rsidRPr="6A17BE34">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCF4CC3" w14:textId="77777777" w:rsidR="0080078E" w:rsidRPr="0080078E" w:rsidRDefault="0080078E" w:rsidP="0080078E">
+          <w:p w14:paraId="6CCF4CC3" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="0080078E" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0080078E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4723B208" w14:textId="1182250B" w:rsidR="000A2D9F" w:rsidRPr="00DD252A" w:rsidRDefault="007034D4" w:rsidP="000A2D9F">
+          <w:p w14:paraId="4723B208" w14:textId="1182250B" w:rsidR="00912DFA" w:rsidRPr="00DD252A" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="068B4570" w14:textId="77777777" w:rsidR="000A2D9F" w:rsidRPr="00DD252A" w:rsidRDefault="000A2D9F" w:rsidP="000A2D9F">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vai pareizi saprotu formulu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068B4570" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DD252A" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Te piemērs:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27F37CC1" w14:textId="77777777" w:rsidR="000A2D9F" w:rsidRPr="00DD252A" w:rsidRDefault="000A2D9F" w:rsidP="000A2D9F">
+          <w:p w14:paraId="27F37CC1" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DD252A" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Bruto darba samaksa (gadā): 793 281 EUR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4305D241" w14:textId="77777777" w:rsidR="000A2D9F" w:rsidRPr="00DD252A" w:rsidRDefault="000A2D9F" w:rsidP="000A2D9F">
+          <w:p w14:paraId="4305D241" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DD252A" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Vidējais darbinieku skaits (pārrēķināts pilna darba laika vienībās): 20 darbinieki</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="515FCECB" w14:textId="77777777" w:rsidR="000A2D9F" w:rsidRPr="00DD252A" w:rsidRDefault="000A2D9F" w:rsidP="000A2D9F">
+          <w:p w14:paraId="515FCECB" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DD252A" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">793 281 / 20 = 39 664 EUR </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="449A0F6E" w14:textId="25851472" w:rsidR="0080078E" w:rsidRPr="00264ACA" w:rsidRDefault="000A2D9F" w:rsidP="000A2D9F">
+          <w:p w14:paraId="449A0F6E" w14:textId="25851472" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD252A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>No formulas tiek iegūts gada rādītājs par viena darbinieka bruto samaksu. Lai iegūtu mēneša rādītāju un salīdzinātu ar statistikas datiem mēneša ietvarā, tad es šo iegūto gada rezultātu (39 664 EUR) dalu ar 12 mēnešiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="654EBC0F" w14:textId="6826A680" w:rsidR="0080078E" w:rsidRPr="00264ACA" w:rsidRDefault="00460D90" w:rsidP="00826B10">
+          <w:p w14:paraId="0A704E7A" w14:textId="72A49318" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="654EBC0F" w14:textId="6826A680" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Jā, gada rādītājs (kas iegūts, dalot bruto jeb aprēķināto darba samaksas fondu ar vidējo darbinieku skaitu pilna darba laika vienībās) dalāms ar 12, lai aprēķināto mēneša rādītāju varētu salīdzināt ar mēneša vidējo darba bruto samaksu 2024. gadā Latvijas statistiskajā reģionā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="4C7C420E" w14:textId="77777777" w:rsidTr="308CC3AB">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="2CBD9DFA" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E2DF68F" w14:textId="32C83C05" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B213E45" w14:textId="2CD7B45A" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2458A364" w14:textId="0AC0D83E" w:rsidR="00912DFA" w:rsidRPr="00661056" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Uzņēmumam nav apgrozījums, bet ir līgums ar VALIC par donu piegādi, vai šis ietu apkašā zem 14.3. kā līgums ar bruņotajiem spēkiem?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="24652710" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00BC284E" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Valsts aizsardzības loģistikas un iepirkumu centrs (turpmāk – centrs) ir aizsardzības ministra pakļautībā esoša tiešās pārvaldes iestāde. Pamatojoties uz Valsts pārvaldes iekārtas likuma 16. pantu un saskaņā ar to izdoto centra nolikuma (turpmāk – nolikums) 2.1. apakšpunktu, centrs veic publiskos iepirkumus Aizsardzības ministrijas un tās padotībā esošo iestāžu, kā arī Nacionālo bruņoto spēku vajadzībām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77810C31" w14:textId="524B2DAF" w:rsidR="00912DFA" w:rsidRPr="00460D90" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>No minētā secināms, ka piegādes līgums ar centru, kas nodrošina Nacionālo bruņoto spēku vajadzības, ir uzskatāms par līgumu Nacionālo bruņoto spēku vajadzību nodrošināšanai. Vienlaikus, citi piegādes līgumi, kas nenodrošina Nacionālo bruņoto spēku vajadzības, nav uzskatāmi par atbilstošiem Ministru kabineta 2024. gada 22. oktobra noteikumu Nr.663 “Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas īstenošanas noteikumi”  14.3. apakšpunktam.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="5F51EC30" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48049D52" w14:textId="3D0FCBFC" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB50241" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68ADE3FE" w14:textId="6EF7BDAD" w:rsidR="00912DFA" w:rsidRPr="00CB1440" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja skatās MK noteikumu redakcijas un ņemot vērā, ka 1.uzsaukumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Uzņēmums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir apstiprināts projekts īstenošanai, mans pieņēmums būtu, ka atbalsta finansējums noteikts kā jaunam uzņēmumam. Izrietoši jautājums - vai saskaņā ar 2.2. punkta definīciju - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Uzņēmums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir jauns uzņēmums: lai arī dibināts 2022.gadā, tomēr saimniecisko darbību sācis veikt 2024.gadā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72108945" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00CB1440" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2.2. jauns komersants – komersants, kas reģistrēts Latvijas Republikas Komercreģistrā ne ilgāk kā trīs gadus kopš projekta iesnieguma iesniegšanas dienas un veic aktīvu saimniecisko darbību;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74143398" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="006A3C93" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B8C575" w14:textId="5B4DCBE1" w:rsidR="00912DFA" w:rsidRPr="00EE0038" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vēršu uzmanību, ka 1. uzsaukumā SAM MKN 15. punkts paredzēja, ka “Projekta iesniedzējam, kas atbilst jauna komersanta statusam, šo noteikumu 14.2.un 14.3. apakšpunktā minēto prasību var nepiemērot [..]”, kur 14.2. apakšpunktā bija teikts, ka “14.2. tā mēneša vidējā bruto darba samaksa darbiniekiem nav mazāka par mēneša vidējās bruto darba samaksas apmēru tautsaimniecībā iepriekšējā gadā;”, savukārt, 14.3 apakšpunkts paredzēja -”tā apgrozījuma apjoms pēdējā noslēgtajā finanšu gadā līdz projekta iesnieguma iesniegšanai Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – vadības informācijas sistēma) ir vismaz divas reizes lielāks par plānoto publisko finansējumu”. Minēto SAM MK noteikumu redakciju, lūdzu, skatīt </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:anchor="p14.4&amp;pd=1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B7BE076" w14:textId="713DC6F6" w:rsidR="00912DFA" w:rsidRPr="00EE0038" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ar SAM MK noteikumu 21.10.2025. grozījumiem 15. punkts ir grozīts šādā redakcijā - “Projekta iesniedzējam, kas atbilst jauna komersanta statusam, šo noteikumu 14.2. apakšpunktā minēto nosacījumu var nepiemērot. Šajā gadījumā maksimāli pieļaujamais publiskais finansējums ir 300 000 euro no projekta ietvaros attiecināmajām izmaksām”. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A5EE93C" w14:textId="41CF1EDD" w:rsidR="00912DFA" w:rsidRPr="00EE0038" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14.2. apakšpunkts ar minētajiem grozījumiem nav mainīts, savukārt 14.3. apakšpunkts ir izteikts šādā redakcijā - “tā apgrozījums pēdējā noslēgtajā finanšu gadā līdz projekta iesnieguma iesniegšanai Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – vadības informācijas sistēma) ir vismaz 30 procenti no plānotā publiskā finansējuma vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem vismaz 30 procentu apmērā no plānotā publiskā finansējuma”.  Aktuālo SAM NK noteikumu redakciju, lūdzu, skatīt </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:anchor="p37.2&amp;pd=1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46265885" w14:textId="06FC54A0" w:rsidR="00912DFA" w:rsidRPr="00EE0038" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vienlaikus 2. uzsaukuma </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>vērtēšanas kritēriju piemērošanas metodikā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.2. kritērija “Projekta iesniedzēja finanšu kapacitāte attiecībā pret pieprasīto publisko finansējumu” piemērošanas skaidrojumā nav noteikts, ka Projekta iesniedzējs, kas atbilst, jauna komersanta statusam būtu vatējams atšķirīgi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460C4222" w14:textId="5892048C" w:rsidR="00912DFA" w:rsidRPr="00BC284E" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbildot uz Jūsu jautājumu vai saskaņā ar 2.2. punkta definīciju - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Uzņēmums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir jauns uzņēmums: lai arī dibināts 2022.gadā, tomēr saimniecisko darbību sācis veikt 2024.gadā, atbilde ir, nē - Jūsu minētajā situācijā uzņēmums neatbilsts SAM MK noteikumu 2.2. noteiktajai jauna komersanta definīcijai, jo 2.2. apakšpunktā noteiktā jauna komersanta definīcija paredz, ka uzņēmums komercreģistrā nav reģistrēts ilgāk 3 gadus kopš projekta iesnieguma iesniegšanas dienas un papildnosacījums, ka tam ir jāveic aktīva saimnieciskā darbība, līdz ar to uzņēmums, kas neveic aktīvu saimniecisko darbību vai veic to tādā apmērā, ka tā apgrozījums nav vismaz 30% no plānotā publiskā finansējuma, vai tam nav noslēgts līgums ar NBS vismaz 30% apmērā no plānotā publiskā finansējuma, neatkarīgi no tā dibināšanas datuma nevar kvalificēties 4.2. kritērijā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="48482B5C" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D86CFA1" w14:textId="2B1FA322" w:rsidR="00912DFA" w:rsidRPr="00CA117B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B9F0BD" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77D8374A" w14:textId="2DD3F9D3" w:rsidR="00912DFA" w:rsidRPr="00604FBD" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai līgumam ar Nacionālajiem bruņotajiem spēkiem ir jābūt saistītam ar projekta iesniegumā plānotajām aktivitātēm, ko plānots iesniegt 1.2.1.1. 3.ārtas 2.uzsaukumā?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="14002EC5" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CCE0FFD" w14:textId="24B6CDC1" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta iesniegumam, kuru plānojat iesniegt un tā ietvaros plānotajām aktivitātēm,  nav jābūt saistītām ar jau esošo līgumu ar Nacionālajiem bruņotajiem spēkiem.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="32D83EA7" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F99B7D2" w14:textId="6F9094B8" w:rsidR="00912DFA" w:rsidRPr="00CA117B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C77E689" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672DBE24" w14:textId="30DFCEED" w:rsidR="00912DFA" w:rsidRPr="00C11667" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai divējāda pielietojuma uzsaukumā kā projekta iesniedzējs kvalificētos SIA X ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB15F26" w14:textId="572059B9" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>No saņemtās informācijas nav  iespējams noteikt, vai uzņēmums kvalificētos kā projekta iesniedzējs 1.2.1.1. pasākuma “ Atbalsts jaunu produktu attīstībai un internacionalizācijai” 3. kārtas 2.uzsaukumā, jo nav pietiekamas informācijas no Jūsu puses, kā arī pilnvērtīga projekta iesniedzēja atbilstība tiks vērtēta pēc projekta iesnieguma iesniegšanas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9C0115" w14:textId="0359BD10" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Saņemot projekta iesniegumu Projekta iesniedzēja atbilstība tiks vērtēta saskaņā ar šādiem kritērijiem:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE25906" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kritērijs 4.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>“Projekta iesniedzēja mēneša vidējā bruto darba samaksa darbiniekiem, nav mazāka par mēneša vidējās bruto darba samaksas apmēru tautsaimniecībā iepriekšējā gadā”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787DFF36" w14:textId="0230489A" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Tiks  vērtēta projekta iesniedzēja darbinieku vidējā bruto darba samaksa salīdzinot pret mēneša vidējo darba bruto samaksu  2024. gadā Latvijas statistiskajā reģionā, kurā tas ir reģistrēts, balstoties uz datiem, kas pieejami Centrālās statistikas pārvaldes tīmekļa vietnē (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>) (Laika periods –  2024. gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – Rīgas statistiskais reģions (no 01.01.2024.), Vidzemes statistiskais reģions (no 01.01.2024.), Kurzemes statistiskais reģions (no 01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B4B820" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="740860B0" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Projekta iesniegums tiks noraidīts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ja projekta iesniedzēja mēneša vidējā bruto darba samaksa darbiniekiem, ir mazāka par mēneša vidējās bruto darba samaksas apmēru tautsaimniecībā iepriekšējā gadā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00724191" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A4A1471" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kritērijs  4.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>“Projekta iesniedzēja finanšu kapacitāte attiecībā pret pieprasīto publisko finansējumu”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46FF18CE" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Tiks vērtēts  vai Projekta iesniedzēja apgrozījums  pēdējā gada laikā ( atbilstoši Lursoft pieejamai informācijai vai iesniegumam pievienotajam zvērināta revidenta  apstiprinātam gada pārskatam) ir vismaz 30% apmērā no plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tās apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43676F67" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="722990B7" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Projekta iesniegums tiks noraidīts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ja projekta iesniedzēja apgrozījums pēdējā gada laikā nav vismaz 30 % apmērā no projektā plānotā publiskā finansējuma vai tam nav noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tā apmērs nav vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA1B591" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39BF4388" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kritērijs 2.1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Projekta iesniedzējs un sadarbības partneris nav grūtībās nonācis saimnieciskās darbības veicējs”:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="798E99A9" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Grūtībās nonākušo saimniecisko darbības veicēju pazīmes  tiks vērtētas projekta iesniedzējam individuāli un tā saistīto personu grupai, gan uz projekta iesniegšanas dienu, gan uz lēmuma par projekta iesnieguma apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA9DFC1" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05F9D698" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projekta iesniegums tiks noraidīts, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>ja tiks konstatēts GNU.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAA32D9" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="086DA06D" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kritērijs 3.2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>“Projekta iesniedzējs un sadarbības partneris neveic produktu un tehnoloģiju eksportu uz Krievijas Federāciju un Baltkrievijas Republiku”:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B03728" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Tiek pārbaudīts vai projekta iesniedzējs un sadarbības partneris pēdējos trīs gadus neveic produktu un tehnoloģiju eksportu uz Krievijas Federāciju un Baltkrievijas Republiku. Lai pārliecinātos vai projekta iesniedzējs un sadarbības partneris neveic produktu un tehnoloģiju eksportu uz Krievijas Federāciju un Baltkrievijas Republiku, informācija par projekta iesniedzēju un sadarbības partneri tiks pieprasīta VID.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3340F743" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E5A9763" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Projekta iesniegums tiks noraidīts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ja pēc Valsts ieņēmumu dienesta datiem projekta iesniedzējs un/vai sadarbības partneris veic produktu un tehnoloģiju eksportu uz Krievijas Federāciju un Baltkrievijas Republiku.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546E86D5" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F37795D" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>kritērijs 1.5.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ” Projekta iesniedzējam un sadarbības partnerim  ir pietiekama administrēšanas, īstenošanas un finanšu kapacitāte projekta īstenošanai”: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balstoties uz projekta iesniegumā un tā pielikumos sniegto informāciju tiks vērtēs vai  ir pietiekama administrēšanas un īstenošanas personāla kapacitāte, pieejamā infrastruktūra un materiāltehniskais nodrošinājums, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kā arī tiks vērtēta projekta iesniedzēja finanšu kapacitāte- pašreizējā finanšu situācija un projekta īstenošanai nepieciešamā finanšu resursu apjoma pieejamība.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E37B268" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Projekta iesniegums tiks noraidīts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>, ja iesniedzot precizēto projekta iesniegumu un tā pielikums netiks izpildīti sākotnējā vērtēšanā izvirzītie nosacījumi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DFEC65" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kritērijs 1.8. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>” Projekta iesniedzējam un projekta sadarbības partnerim (ja tāds ir paredzēts), ir laba nodokļu saistību izpilde vai Latvijas Republikā nav Valsts ieņēmumu dienesta administrēto nodokļu parādu, tai skaitā valsts sociālās apdrošināšanas obligāto iemaksu parādi, kas kopsummā katram atsevišķi pārsniedz 150 euro, vai pārsniedz citu MK noteikumos par SAM īstenošanu noteikto pieļaujamo nodokļu parāda apjomu”:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E7CC38B" w14:textId="5488714E" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Tiks skatīts nodokļu maksātājā reitings, ja pārbaudes brīdī tas ir A- attiecīgi nodokļu parāda esamības vai neesamības pārbaude netiek veikta.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73669810" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja projekta iesniedzējam pārbaudes brīdī  nodokļu maksātāja reitings ir “B”, “J”, “C”, “N” vai  nodokļu maksātāja reitings netiek veidots, piemēram, publiskai personai, publiskai atvasinātai personai u.c., veic  nodokļu parāda esamības vai neesamības pārbaudi. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E4A595" w14:textId="0DA9A223" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja parāds pārsniegs 150 euro, tas būs jānomaksā (ja nomaksas termiņš nav pagarināts, atliktas vai  sadalīts termiņos), līdz precizētā projekta iesnieguma iesniegšanas dienai vai līdz līguma par projekta īstenošanu noslēgšanai, ja parāds konstatēts atzinuma par nosacījumu izpildi izdošanas dienā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB1240F" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Detalizētāku informāciju par kritēriju piemērošanu lūdzu skatīt </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="757F164E" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Papildus vēršu uzmanību, ka šī pasākuma ietvaros tiek attiecinātas izmaksas divējāda lietojuma (gan civilām, gan militārām vajadzībām) jauna produkta vai tehnoloģijas izstrādei.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2787A3FA" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Jauns produkts ir jauns vai būtiski uzlabots produkts vai tehnoloģija gala saņēmēja līmenī. Būtiski uzlabojumi ir, piemēram, jaunu funkciju pievienošana, funkcionālo īpašību un lietojuma uzlabošana, tai skaitā kvalitātes paaugstināšana, finansiālā pieejamība, lietojamības, ērtuma uzlabošana, ekonomiskāka izmantošana, izturības palielināšana, produkta dzīves ilguma pagarināšana. Nav nepieciešami visu produkta funkciju vai darbības specifikāciju būtiski uzlabojumi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380543EA" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Prasības, kurām jāatbilst projekta iesniedzējam, lai pretendētu uz atbalstu, noteiktas SAM MK noteikumu Nr. 633 14. punktā. Aicinām MK noteikumus aplūkot </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kā arī ar SAM projektu atlases dokumentāciju var iepazīties </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0D0C63" w14:textId="2A2E5A1F" w:rsidR="00912DFA" w:rsidRPr="00F05B7B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>29.12.2025. veikti grozījumi kvalitātes kritērija Nr. 4.1. piemērošanas skaidrojumā b) apakšpunktu izsakot šādā redakcijā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E45686" w14:textId="78A13AB5" w:rsidR="00912DFA" w:rsidRPr="00390916" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+              <w:t>“(Laika periods –  2024. gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – Rīgas statistiskais reģions (Rīga) (līdz 01.01.2024.), Pierīgas statistiskais reģions (līdz 01.01.2024.), Vidzemes statistiskais reģions (līdz 01.01.2024.), Kurzemes statistiskais reģions (līdz 01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions)”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="2E262F02" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52A0F680" w14:textId="5CC73EB6" w:rsidR="00912DFA" w:rsidRPr="00CA117B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2F61D5" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004F4064" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34F50B80" w14:textId="0F82AAD7" w:rsidR="00912DFA" w:rsidRPr="004F4064" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Mēs uzņēmumā izstrādājam duālas pielietojamības lokālu LLM/AI risinājumu. Pirmais solis šī projekta realizācijā notika ar CFLA/NCC atbalstu grantu programmas “Mazo un vidējo saimnieciskās darbības veicēju kiberdrošības transformācija” ietvaros. Mēs izveidojām prototipu. Pašlaik mēs šo LLM risinājumu gribam pacelt jaunā līmenī – tas būs duālas pielietojamības risinājums dažādu ar drošību saistītu uzdevumu risināšanai (attiecināmās izmaksas būs ~ 250 000 eur). Jautājums ir sekojošs – Vai mēs programmas “Atbalsts jaunu produktu attīstībai un internacionalizācijai” ietvaros varam izstrādāt automatizētu datu ievades un apstrādes moduli, kas ir daļa no kopējā LLM risinājuma? Šis modulis var arī tikt uzskatīts par atsevišķu produktu, ja tas ir nepieciešams. Tā gatavības pakāpe projekta beigās būs TLG8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="676EDD6D" w14:textId="30A80190" w:rsidR="00912DFA" w:rsidRPr="004F4064" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>2. Projekta realizācijā mēs plānojam sadarboties ar vienu no ārzemju universitātēm. Kāds ir minimālais nepieciešamais sadarbības dokuments (elektroniska sarakste; nodomu vēstule; līgums), lai tas būtu atbilstošs programmas nosacījumiem?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D254401" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004F4064" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>3. Projekta realizācijai mēs sadarbosimies ar vienu LV uzņēmumu un vairākām fiziskām personām ar nepieciešamo kvalifikāciju. Kāds ir minimālais nepieciešamais sadarbības dokuments (elektroniska sarakste; nodomu vēstule; līgums), lai tas būtu atbilstošs programmas nosacījumiem?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041D5EED" w14:textId="0C5B2472" w:rsidR="00912DFA" w:rsidRPr="004F4064" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="07189A28" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Jūsu aprakstītais projekts par duālas pielietojamības LLM/AI risinājuma attīstību pēc būtības atbilst pasākuma mērķim, tomēr ir vairāki būtiski nosacījumi, kas jāņem vērā, lai plānotās darbības būtu attiecināmas un netiktu pārkāpti programmas ierobežojumi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55DEB491" w14:textId="4DBA6809" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Pamatojoties uz šobrīd pieejamo informāciju, nav iespējams sniegt viennozīmīgu secinājumu par to, vai automatizēta datu ievades un apstrādes moduļa izstrāde — neatkarīgi no tā, vai tā tiek īstenota kā daļa no kopējā LLM risinājuma vai kā atsevišķs produkts — būtu uzskatāma par atbalstāmu darbību.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC1F5D1" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Pirmšķietami, ņemot vērā, ka projekta īstenošanā plānots iesaistīt pētniecības un zināšanu izplatīšanas organizāciju, saskaņā ar  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:anchor="p14.4&amp;pd=1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>MK noteikumu Nr.663 “Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas īstenošanas noteikumi”</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (turpmāk-SAM MK noteikumi) </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:anchor="p14.4&amp;pd=1:~:text=%C5%A0o%20noteikumu%2022,iesaist%C4%81s%20zin%C4%81tniskos%20p%C4%93t%C4%ABjumos.">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>23. punktu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:anchor="p14.4&amp;pd=1:~:text=22.%C2%A0Pas%C4%81kuma%20ietvaros,vad%C4%ABbas%20inform%C4%81cijas%20sist%C4%93m%C4%81.">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>22. punktā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteiktajos apakšpunktos minētās darbības varētu tikt uzskatītas par atbalstāmām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B003648" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja tomēr neizpildās neviens no SAM MK noteikumu 23. punktā noteiktajiem nosacījumiem, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>projekta iesniedzējam ir rūpīgi jāizvērtē, vai produkta izstrāde neietver kādu no SAM MK noteikumu 22. punktā minētajām darbībām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, kurām finansējums netiek piešķirts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122F3C74" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Papildus vēršam uzmanību, ka gadījumā, ja tiek izstrādāts atsevišķs produkts vai tehnoloģiskais modulis, projekta uzsākšanas brīdī attiecīgajam modulim vai tehnoloģijai būtu jāatbilst vismaz TGL 4 līmenim (tehnoloģijas validācija laboratorijas vidē).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588F052E" w14:textId="682E1823" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ja plānota sadarbība ar  ārvalstu universitāti, kuras ietvaros universitāte piedalās kā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01C68E94" w14:textId="28779583" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ārvalstu partneris (SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:anchor="p14.4&amp;pd=1:~:text=2.8.%C2%A0%C4%81rvalstu%20partneris,nosl%C4%93dzis%20sadarb%C4%ABbas%20l%C4%ABgumu%3B" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>2.8. apakšpunkts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)- t.i., piedalās vienas vai vairāku darbību īstenošanā, projekta iesnieguma sadaļā “Pielikumi” jābūt pievienotam </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>Ārvalstu partnera apliecinājumam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un sadarbības līgumam vai nodoma protokolam, kurā atbilstoši SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:anchor="p14.4&amp;pd=1:~:text=20.1,Nr.%20153%20redakcij%C4%81)" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>20.</w:t>
+              </w:r>
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w:vertAlign w:val="superscript"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> punktam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iekļauj šādu informāciju:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39588794" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>•sadarbības mērķus un principus;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1455FB02" w14:textId="0EAF8534" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         •kritērijus, kas pamato sadarbības efektivitāti atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:anchor=":~:text=%E2%80%9Cefekt%C4%ABva%20sadarb%C4%ABba%E2%80%9D%20ir,par%20sadarb%C4%ABbas%20veidiem%3B" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>Komisijas regulas Nr. 651/2014 2. panta 90. punktā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteiktajai definīcijai, ja attiecināms;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="418B35B9" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>•plānoto kopējo sadarbības projekta finansējumu, un katra sadarbības partnera projekta daļas finansējumu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1498C450" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>•projekta finanšu plūsmas nodrošināšanas kārtību;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AFFD31" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>•tiesību uz projekta rezultātiem (tai skaitā intelektuālā īpašuma tiesību) sadalījumu proporcionāli katra sadarbības partnera ieguldījumam projekta īstenošanā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51910941" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>•sankcijas, ja netiek izpildītas sadarbības līgumā minētās saistības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441CF541" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25F99502" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ārvalstu partneris projekta iesniegumā nav norādāms kā sadarbības partneris, jo nevar saņemt publisko finansējumu projekta īstenošanai. Tomēr, atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Kritēriju piemērošanas metodikā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kvalitātes apakškritērijā Nr.4.6.3.  noteiktajam, tiks piešķirts 1 punkts , jo projekta rezultāts būs ar starptautisku raksturu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3FDCFC" w14:textId="39A28966" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">līgumpētījuma veicējs (SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>2.9. apakšpunkts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – minimālais pamatojums būtu e-pasta sarakste par cenas piedāvājumu. Vienlaikus lūdzu ņemiet vērā- ja plānotā summa sasniedz 70 000,00 EUR (bez PVN), būs jāveic iepirkums atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>MK noteikumu Nr.104 "Noteikumi par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem"</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (turpmāk - MK noteikumi Nr.104 ) prasībām, kā rezultāt līgumpētījuma līgums var tikt noslēgts ar citu pakalpojuma sniedzēju.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="130D6C9E" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="050C9E4D" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ja sadarbība ar Latvijas uzņēmumu plānota kā sadarbība, kurā uzņēmums piedalās kā :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5021AC97" w14:textId="7E95E1B8" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> sadarbības partneris (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:anchor="p14.4&amp;pd=1:~:text=2.6.%C2%A0sadarb%C4%ABbas%20partneris,nosl%C4%93dzis%20sadarb%C4%ABbas%20l%C4%ABgumu%3B" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>SAM MK noteikumu 2.6. apakšpunkts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), t.i., partneris, kas īstenos kādu no projekta darbībām, vai ar kuru kopā tiks īstenotas projekta darbības, projekta iesnieguma sadaļā “Pielikumi” jāpievieno </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>sadarbības partnera apliecinājums</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un sadarbības līgums vai nodoma protokols, kurā ietverta SAM MK noteikumu 20.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:vertAlign w:val="superscript"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> punktā norādītā informācija;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36E6F4AC" w14:textId="57015B22" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Turklāt, ja izpildās SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:anchor="p14.4&amp;pd=1:~:text=38.1.%C2%A0projekta%20ietvaros%20ir%20efekt%C4%ABva%20sadarb%C4%ABba%20Komisijas%20regulas%20Nr.%C2%A0651/2014%202.%20panta%2090.%20punkta%20izpratn%C4%93%20ar%20vismaz%20vienu%20s%C4%ABko%20(mikro)%2C%20mazo%20vai%20vid%C4%93jo%20komersantu%2C%20un%20viens%20komersants%20nesedz%20vair%C4%81k%20par%2070%20procentiem%20no%20kop%C4%93j%C4%81m%20attiecin%C4%81maj%C4%81m%20izmaks%C4%81m%3B" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>38.1. apakšpunktā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> minētais nosacījums, ka tiek īstenota efektīva sadarbība un viens komersants nesedz vairāk par 70% no kopējām attiecināmajām izmaksām, varat palielināt atbalsta intensitāti SAM MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:anchor="p14.4&amp;pd=1:~:text=38.%C2%A0%C5%A0o%20noteikumu,Nr.%20153%20redakcij%C4%81)" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>38. punktā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteiktajā apmērā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55453FD4" w14:textId="2F618964" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ārpakalpojuma sniedzējs vai preču piegādātājs - minimālais pamatojums būtu e-pasta sarakste par cenas piedāvājumu. Vienlaikus lūdzu ņemiet vērā- ja plānotā summa </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>sa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sniedz 70 000,00 EUR (bez PVN), būs jāveic iepirkums atbilstoši MK noteikumi Nr.104  prasībām, kā rezultātā  līgums var tikt noslēgts ar citu pakalpojuma sniedzēju. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šis nosacījums attiecas arī, ja sadarbība ar fizisku personu plānota kā ārpakalpojums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAE7D95" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="792"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75CF5614" w14:textId="0AF890B4" w:rsidR="00912DFA" w:rsidRPr="00DC3422" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja sadarbība plānota ar fizisku personu uz darba līguma pamata un plānotā atlīdzība pārsniedz  attiecīgā amata atlīdzības apmēru, ko uzņēmums maksājis par attiecīgā darba veikšanu iepriekš vai ja iepriekš šādā amata vieta nav bijusi un atlīdzība pārsniedz attiecīgā amata valstī vidējo atalgojumu, kas norādīts </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="467886"/>
+                  <w:kern w:val="0"/>
+                  <w:u w:val="single"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>https://www.vid.gov.lv/lv/informacija-par-darba-vietam-2025gada-atbilstosi-profesiju-klasifikatoram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, sniedz faktos balstītu pamatojumu par atlīdzības apmēru.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D28B4" w:rsidRPr="00264ACA" w14:paraId="70F98CC1" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15CE09A6" w14:textId="569CDD4D" w:rsidR="003D28B4" w:rsidRPr="4382FD7B" w:rsidRDefault="00CA0BAF" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AE2C550" wp14:editId="58F5FED5">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1019573047" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="003D28B4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1330DEF4" w14:textId="77777777" w:rsidR="003D28B4" w:rsidRDefault="00CA0BAF" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C54EA04" w14:textId="279A775C" w:rsidR="00CA0BAF" w:rsidRPr="006156E6" w:rsidRDefault="006156E6" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Atlases nolikuma 1.pielikuma "Projektu iesniegumu vērtēšanas kritēriji un to piemērošanas metodika" 1.1. kritērija piemērošanas skaidrojumā norādīts, ka projekta iesniedzēja atbilstību SAM MK noteikumu 14.punktā noteiktajam iesniedzēju lokam pārbauda uz projekta iesnieguma iesniegšanas brīdi.  Kā tiks vērtēta atbilstība SAM MK noteikumu 14.2. apakšpunktam? Vai tiks ņemts vērā  vidējā bruto darba samaksa tautsaimniecībā Latvijā, vai arī tiks piemērots 4.1. kritērijā noteiktais, proti, tiks ņemta vērā projekta iesniedzēja darbinieku vidējā bruto darba samaksa salīdzinot pret mēneša vidējo darba bruto samaksu 2024.gadā Latvijas statistiskajā reģionā, kurā reģistrēts uzņēmums?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A26496" w14:textId="0812AFE7" w:rsidR="003D28B4" w:rsidRPr="00660946" w:rsidRDefault="00496B95" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Saskaņā ar Ekonomikas ministrijas snietgo skaidrojumu, projekta iesniedzēja atbilstība MK</w:t>
+            </w:r>
+            <w:r w:rsidR="00A850A4" w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14.2. apakšpunktā noteiktajai prasībai – tā mēneša vidējā bruto darba samaksa darbiniekiem nav mazāka par mēneša vidējās bruto darba samaksas apmēru tautsaimniecībā iepriekšējā gadā, tiek vērtēta ņemot vērā projekta iesniedzēja darbinieku vidējo bruto darba samaksu salīdzinājumā ar mēneša vidējo bruto darba samaksu 2024. gadā Latvijas statistiskajā reģionā, kurā reģistrēts uzņēmums, kā tas noteikts projektu iesniegumu vērtēšanas kritēriju un to piemērošanas metodikas 4.1. kritērijā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="4C7C420E" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5C6430" w14:textId="7E2CBB3E" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="2D5C6430" w14:textId="7E2CBB3E" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc176268930"/>
-            <w:r w:rsidRPr="00264ACA">
+            <w:bookmarkStart w:id="10" w:name="_Toc1067719169"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc367541620"/>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attiecināmās izmaksas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="2877CA5D" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="2877CA5D" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39D1E6FF" w14:textId="09A8CA27" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="39D1E6FF" w14:textId="09A8CA27" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3343B9" w14:textId="220278EF" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="0B3343B9" w14:textId="220278EF" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44979675" w14:textId="4817F0B4" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...1 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="44979675" w14:textId="4817F0B4" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> programmatūru, kas uzlobos precizitāti un samazinās cilvēka faktora un darbu.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai es uz sava īpašuma, kur jau ir bijuši citi EU projekti īstenoti saistībā ar privātmājas energoefektivitāti varētu vēl uzsākt šo? Vēlos izveidot individuālu metālražotni ar mūsdienīgām iekārtām un inženieru risinājumiem sadarbībā ar solidworks programmatūru, kas uzlobos precizitāti un samazinās cilvēka faktora un darbu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0673EDD5" w14:textId="6D72881D" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00F1667C" w:rsidP="00D5686D">
+          <w:p w14:paraId="0673EDD5" w14:textId="6D72881D" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-              <w:t>, rekonstrukciju, būvniecību un telpu pielāgošanu.</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Pasākuma ietvaros tiek attiecinātas izmaksas divējāda lietojuma (gan civilām, gan militārām vajadzībām) jauna produkta vai tehnoloģijas izstrādei. Saskaņā ar MK noteikumu 34.6. apakšpunktu pasākuma ietvaros no Eiropas Reģionālās attīstības fonda līdzekļiem netiek finansētas izmaksas, kas saistītas ar ēku būvprojektēšanu, rekonstrukciju, būvniecību un telpu pielāgošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E77D86" w:rsidRPr="00264ACA" w14:paraId="510E6B7B" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="510E6B7B" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55482265" w14:textId="7CDF1F9E" w:rsidR="00E77D86" w:rsidRPr="00264ACA" w:rsidRDefault="00E77D86" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="55482265" w14:textId="7CDF1F9E" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63D8CB2F" w14:textId="494D9745" w:rsidR="00E77D86" w:rsidRPr="00264ACA" w:rsidRDefault="00E77D86" w:rsidP="308CC3AB">
+          <w:p w14:paraId="63D8CB2F" w14:textId="494D9745" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="308CC3AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Jautājum</w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="4B5C53E8" w14:textId="3ABAF986" w:rsidR="00E77D86" w:rsidRPr="00264ACA" w:rsidRDefault="00E77D86" w:rsidP="308CC3AB">
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B5C53E8" w14:textId="3ABAF986" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Kādēļ Grantu programmas finansējums ir ierobežots ar de minimis, jo šis apstāklis ļoti ierobežo testu apjomu, reizēm lielāka apjoma testus padarot neiespējamus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="300BD59B" w14:textId="4CDDA36C" w:rsidR="00E77D86" w:rsidRPr="00264ACA" w:rsidRDefault="00E77D86" w:rsidP="00E77D86">
+          <w:p w14:paraId="300BD59B" w14:textId="4CDDA36C" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši MK noteikumiem pasākumā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulējums</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> nav piemērojams visām projekta ietvaros plānotajām darbībām. Regulējums tiek attiecināts tikai uz MK noteikumu 27.16. apakšpunktā minētajām attiecināmajām izmaksām – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nozares ekspertīzes izmaksas tirgus un tehnoloģiju izpētei, ciktāl tas nepieciešams projekta īstenošanai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. Līdz ar to tikai šīm izmaksām tiek piemērots de minimis atbalsts saskaņā ar Komisijas regulu Nr. 2023/2831.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="3CDAE9E2" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="3CDAE9E2" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="249A70C7" w14:textId="4EEC590E" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="249A70C7" w14:textId="4EEC590E" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...21 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>4.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7051F4F3" w14:textId="744215CA" w:rsidR="00C276EF" w:rsidRPr="00264ACA" w:rsidRDefault="00C276EF" w:rsidP="308CC3AB">
+          <w:p w14:paraId="7051F4F3" w14:textId="744215CA" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="308CC3AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Jautājum</w:t>
-[...36 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E53F22" w14:textId="1BEC5E2F" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Prezentācijā un diskusijā netika minēts, ka programmai būtu attiecināms de minimis regulējums. Tomēr atlases nolikumā (skat. CFLA mājaslapu) un pielikumos ir norādīts: “5.12. de minimis atbalsta uzskaites sistēmā sagatavoto veidlapu par sniedzamo informāciju de minimis atbalsta uzskaitei un piešķiršanai (attiecināms, ja projektā paredz de minimis atbalstu saskaņā ar Komisijas regulu Nr. 2023/2831) vai projekta iesniegumā norāda de minimis atbalsta uzskaites sistēmā izveidotās un apstiprinātās projekta iesniedzēja veidlapas identifikācijas numuru; 5.13. iesniegumu de minimis atbalsta piešķiršanai (pielikums Nr. 7).” Lūdzam skaidrot: Vai šajā programmā obligāti piemērojams de minimis regulējums? Ja jā, vai tas nozīmē 300 000 EUR atbalsta ierobežojumu 3 gadu periodā uzņēmuma grupai?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="434C5DE0" w14:textId="3A717B08" w:rsidR="000536B2" w:rsidRPr="00264ACA" w:rsidRDefault="0019241C" w:rsidP="000536B2">
+          <w:p w14:paraId="434C5DE0" w14:textId="3A717B08" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši MK noteikumiem pasākumā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulējums nav piemērojams visām projekta ietvaros plānotajām darbībām. Regulējums tiek attiecināts tikai uz MK noteikumu 27.16. apakšpunktā minētajām attiecināmajām izmaksām – nozares ekspertīzes izmaksas tirgus un tehnoloģiju izpētei, ciktāl tas nepieciešams projekta īstenošanai. Līdz ar to tikai šīm izmaksām tiek piemērots de minimis atbalsts saskaņā ar Komisijas regulu Nr. 2023/2831.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16323656" w14:textId="7B4F0104" w:rsidR="000536B2" w:rsidRPr="00264ACA" w:rsidRDefault="000536B2" w:rsidP="000536B2">
+          <w:p w14:paraId="16323656" w14:textId="7B4F0104" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlases nolikumā minētie dokumenti – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā sagatavotā veidlapa un iesniegums </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta piešķiršanai – ir paredzēti, lai nodrošinātu atbalsta administrēšanas pilnīgu atbilstību gadījumos, kuros projektā paredzētās aktivitātes atbilst MK noteikumu 27.16. apakšpunktam un attiecīgi </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulējumam. Savukārt, ja projektā paredzētās aktivitātes neatbilst minētajiem nosacījumiem, šīs prasības uz attiecīgo projektu neattiecas.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CB3E813" w14:textId="076E0174" w:rsidR="000536B2" w:rsidRPr="00264ACA" w:rsidRDefault="000536B2" w:rsidP="000536B2">
+          <w:p w14:paraId="1CB3E813" w14:textId="076E0174" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienlaikus apstiprinām, ka, ja konkrētajam projektam tiek piemērots </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> regulējums, tad piemērojams arī vispārējais ierobežojums — līdz 300</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D85C01" w:rsidRPr="00264ACA">
+              <w:t xml:space="preserve"> regulējums, tad piemērojams arī vispārējais ierobežojums — līdz 300 000,00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidR="00D85C01" w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> gadu periodā.</w:t>
+              <w:t xml:space="preserve"> viena vienota uzņēmuma līmenī trīs gadu periodā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E47C02" w:rsidRPr="00264ACA" w14:paraId="515D4015" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="515D4015" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B1EBF1A" w14:textId="4B52D8A8" w:rsidR="00E47C02" w:rsidRPr="00264ACA" w:rsidRDefault="00D85C01" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5B1EBF1A" w14:textId="4B52D8A8" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...21 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>4.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9B77A7" w14:textId="77777777" w:rsidR="00D85C01" w:rsidRPr="00264ACA" w:rsidRDefault="00D85C01" w:rsidP="00D85C01">
+          <w:p w14:paraId="2F9B77A7" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājumi uzdoti rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C7B7BB8" w14:textId="26D380B8" w:rsidR="00A15CED" w:rsidRPr="00264ACA" w:rsidRDefault="00A15CED" w:rsidP="00A15CED">
+          <w:p w14:paraId="4C7B7BB8" w14:textId="26D380B8" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Ja projektā ir izmaksas, kas atbilst Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas īstenošanas noteikumi IV. Projekta izmaksu attiecināmības nosacījumiem (27.1.–27.15.), tad, kā saprotam, de minimis regulējums neattiecas. Savukārt, ja ir izmaksas saskaņā ar 27.16. apakšpunktu, tad tas tiek piemērots.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59CBFB10" w14:textId="7A537A27" w:rsidR="00A15CED" w:rsidRPr="00264ACA" w:rsidRDefault="00A15CED" w:rsidP="00A15CED">
+          <w:p w14:paraId="59CBFB10" w14:textId="7A537A27" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Lūdzam precizēt: Kā praksē tiek nošķirts, kuras izmaksas ir pakļautas de minimis regulējumam? Vai tas tiek darīts: finansēšanas plānā (skat. pielikumu 1.2.1.1._3k_2u_2.pielikums_vid_sv_intensitates_budzeta_aprekins.xlsx), vai tikai de minimis atbalsta pieteikuma pielikumā Nr.7?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45962728" w14:textId="307E9485" w:rsidR="00E47C02" w:rsidRPr="00264ACA" w:rsidRDefault="00E47C02" w:rsidP="00FC781C">
+          <w:p w14:paraId="45962728" w14:textId="307E9485" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="161D6E1E" w14:textId="77777777" w:rsidR="000C11C6" w:rsidRPr="00264ACA" w:rsidRDefault="000C11C6" w:rsidP="000C11C6">
+          <w:p w14:paraId="161D6E1E" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>MK noteikumu 27.16. apakšpunktā minētās attiecināmās izmaksas – nozares ekspertīzes izmaksas tirgus un tehnoloģiju izpētei, ciktāl tas nepieciešams projekta īstenošanai, – identificējamas atlases nolikuma 2. pielikumā “Projekta vidējās svērtās publiskā finansējuma intensitātes aprēķināšanas un budžeta kopsavilkuma veidlapa Excel darbgrāmatas formātā” (budžeta pozīcija Nr. 13.2. lappusē “Budžeta kopsavilkums” un darbībai atbilstošais atbalsta apmēra aprēķins lappusē “Intensitātes aprēķins”). Konkrētās budžeta pozīcijas izmaksu apmērs norādāms arī projekta iesnieguma sadaļā “Budžeta kopsavilkums” (Projektu portālā).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62B76917" w14:textId="0D71F05A" w:rsidR="000C11C6" w:rsidRPr="00264ACA" w:rsidRDefault="000C11C6" w:rsidP="000C11C6">
+          <w:p w14:paraId="62B76917" w14:textId="0D71F05A" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja šobrīd </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta limits ir sasniegts, var skatīt, kad </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>de minimis</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00013AC5" w:rsidRPr="00264ACA">
+              <w:t xml:space="preserve">de minimis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apmērs atbrīvosies (t.i., trīs tekošo gadu laikā). Ja paredzat, ka konkrētās darbības (nozares ekspertīze tirgus un tehnoloģiju izpētei) īstenošanas brīdī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsts atkal būs pietiekams, nepieciešams aizpildīt un iesniegt atlases nolikuma 7. pielikumu “Iesniegums de minimis atbalsta piešķiršanai”, norādot pieprasīto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00013AC5" w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta summu projekta iesnieguma apstiprināšanas brīdī.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43664476" w14:textId="6B818425" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>de minimis</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...7 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iesniegums pievienojams tikai tad, ja projekta iesnieguma apstiprināšanas brīdī nepieciešams pieprasīt mazāku </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalstu par projekta iesniegumā paredzēto kopējo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C68F3C9" w14:textId="455D3DAE" w:rsidR="00E47C02" w:rsidRPr="00264ACA" w:rsidRDefault="000C11C6" w:rsidP="000C11C6">
+          <w:p w14:paraId="2C68F3C9" w14:textId="455D3DAE" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Gadījumā, ja iesniegumā pieprasītā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta summa ir mazāka par projekta iesniegumā paredzēto kopējo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu, projekta iesniedzējam jāapņemas nākamo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta pieprasījumu iesniegt ar maksājuma pieprasījumu brīdī, kad maksājuma pieprasījumā iekļauto </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmaksu summa (kumulatīvi) pārsniedz projekta iesnieguma apstiprināšanas brīdi piešķirto </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta summu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE7AFB" w:rsidRPr="00264ACA" w14:paraId="667A65D2" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="667A65D2" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0214666E" w14:textId="08968E42" w:rsidR="00BE7AFB" w:rsidRPr="00264ACA" w:rsidRDefault="00BE7AFB" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="0214666E" w14:textId="08968E42" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...32 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>4.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3643C61F" w14:textId="77777777" w:rsidR="00BE7AFB" w:rsidRPr="00264ACA" w:rsidRDefault="00BE7AFB" w:rsidP="00D85C01">
+          <w:p w14:paraId="3643C61F" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Jautājums uzdots seminārā 27.11.2025.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63AA2AED" w14:textId="11AC1CBE" w:rsidR="00BE7AFB" w:rsidRPr="00264ACA" w:rsidRDefault="00806F39" w:rsidP="00D85C01">
+          <w:p w14:paraId="63AA2AED" w14:textId="11AC1CBE" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> un VGAR no finansējuma saņēmēja perspektīvas?</w:t>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Ja uzņēmumam ir iztērēts de minimis vai tam automātiski tiks piemērota VGAR regula? Kāda ir starpība starp de minimis un VGAR no finansējuma saņēmēja perspektīvas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E2CAD24" w14:textId="2068C763" w:rsidR="00441B7A" w:rsidRDefault="00441B7A" w:rsidP="00441B7A">
+          <w:p w14:paraId="2E2CAD24" w14:textId="2068C763" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-              <w:r w:rsidR="00057226" w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Pētniecības darbībām, kas ir projekta būtiskākā daļa, atbalsts tiek sniegts atbilstoši VGAR (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Eiropas Komisijas 2014. gada 17. jūnija Regulai (ES) </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>651/2014</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00057226" w:rsidRPr="00264ACA">
-[...17 lines deleted...]
-            <w:r w:rsidR="00181C5F" w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00253DA9" w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jeb Vispārējai grupu atbrīvojuma regulai). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>De minimis</w:t>
             </w:r>
-            <w:r w:rsidR="008A6832" w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00E842CE" w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsts projektā tiek sniegts tikai atsevišķai izmaksu pozīcijai – nozares ekspertīzes izmaksas tirgus un tehnoloģiju izpētei, ciktāl tas nepieciešams projekta īstenošanai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E18A31" w14:textId="620F1F8A" w:rsidR="00912DFA" w:rsidRPr="000E6811" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A00982">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGAR regula attiecas uz plašāku atbalsta kategoriju klāstu un lielāku investīciju apmēru, savukārt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">de minimis </w:t>
             </w:r>
-            <w:r w:rsidR="000E6811">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>atbalsta apmēra ierobežojuma dēļ (300 000,00</w:t>
             </w:r>
-            <w:r w:rsidR="000E6811" w:rsidRPr="00B434F3">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> euro</w:t>
             </w:r>
-            <w:r w:rsidR="000E6811">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="000F3CA2">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vienam vienotam uzņēmumam trīs fiskālo gadu periodā) attiecas uz salīdzinoši neliela apmēra atbalstu (subsīdijas, granti). Finansējuma saņēmējam būtiski </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...132 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidR="00D13F4C">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00D47898">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uzskaites sistēmā pārbaudīt piešķirtā atbalsta apmēru. Visa summa, kas viena vienota uzņēmuma līmenī pārsniedz noteikto ierobežojumu, ir nelikumīga, līdz ar to atmaksājama kopā ar procentiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEBC3A2" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00177131">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...63 lines deleted...]
-          <w:p w14:paraId="3D911405" w14:textId="77777777" w:rsidR="005661A3" w:rsidRPr="00264ACA" w:rsidRDefault="00E61022" w:rsidP="009C4604">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Informatīvie materiāli par valsts atbalstu:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D911405" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId51">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aģentūras informatīvais materiāls par </w:t>
-[...6 lines deleted...]
-                <w:t>valsts atbalsta regulējumu</w:t>
+                <w:t>Aģentūras informatīvais materiāls par valsts atbalsta regulējumu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009C4604" w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="123DC34F" w14:textId="25F4DB62" w:rsidR="00BE7AFB" w:rsidRPr="00264ACA" w:rsidRDefault="000C72B3" w:rsidP="009C4604">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="123DC34F" w14:textId="25F4DB62" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-              <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52">
+              <w:r w:rsidRPr="50AE8229">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 </w:rPr>
                 <w:t>Finanšu ministrijas skaidrojošie materiāli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009C4604" w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00140E58" w:rsidRPr="00264ACA" w14:paraId="586131CE" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="586131CE" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556C7B93" w14:textId="262FC822" w:rsidR="00140E58" w:rsidRPr="00264ACA" w:rsidRDefault="00140E58" w:rsidP="00D5686D">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:p w14:paraId="556C7B93" w14:textId="262FC822" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...32 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>4.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DC97139" w14:textId="2BCBBD44" w:rsidR="00BE7AFB" w:rsidRPr="00736A20" w:rsidRDefault="00BE7AFB" w:rsidP="00624DBF">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:p w14:paraId="0DC97139" w14:textId="2BCBBD44" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DCD9171" w14:textId="5F84C3C9" w:rsidR="00140E58" w:rsidRPr="00736A20" w:rsidRDefault="00140E58" w:rsidP="00624DBF">
-[...21 lines deleted...]
-              <w:t>varam paredzēt konkrēto iekārtu amortizācijas izmaksas?</w:t>
+          <w:p w14:paraId="3DCD9171" w14:textId="5F84C3C9" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Citā projektā esam iegādājušies iekārtas. Vai šajā projektā pētījumu veikšanai varam paredzēt konkrēto iekārtu amortizācijas izmaksas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6443D61E" w14:textId="5EC043BC" w:rsidR="007D63FD" w:rsidRPr="00736A20" w:rsidRDefault="00624DBF" w:rsidP="00624DBF">
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:p w14:paraId="6443D61E" w14:textId="5EC043BC" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Šāda situācija nav pieļaujama pēc būtības, jo saskaņā ar MK noteikumu Nr. 663 27.9. apakšpunktu “[..] Netiek segtas telpu, instrumentu, iekārtu un to aprīkojuma, patentu un licenču amortizācijas izmaksas, ja to iegādei vai izveidei jau ir ticis saņemts komercdarbības atbalsts no valsts, pašvaldības, Eiropas Savienības vai citiem publiskajiem līdzekļiem šā vai cita atbalsta pasākuma vai projekta ietvaros.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0044EE9B" w14:textId="058E0796" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbalsta kumulācija (atbalsta apvienošana), ievērojot MK noteikumos noteiktās kumulācijas prasības, būtu pieļaujama, ja abās atbalsta programmās tiktu veikta iekārtu iegāde, nepiemērojot maksimāli noteikto atbalsta intensitāti. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12516A21" w14:textId="7857A665" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Papildus vēršam uzmanību, ka pasākuma ietvaros iekārtu iegāde ir attiecināma tikai tādā situācijā, ja laiks, kamēr iekārta tiek izmantota projektā, sakrīt ar iekārtas lietderīgo izmantošanas laiku.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="2750385F" w14:textId="77777777" w:rsidTr="308CC3AB">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="6913C6DB" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0093749B" w14:textId="53E69752" w:rsidR="00912DFA" w:rsidRPr="00FD1A14" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4.7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="570122B5" w14:textId="7B0E49F3" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C3A8EB2" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00096148" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Vai programmatūras eksperimentāla izstrāde var tikt atzīta par duāla pielietojuma preci un attiecīgi pretendēt uz konkrētās grantu programmas atbalstu?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33ED03A0" w14:textId="326498E0" w:rsidR="00912DFA" w:rsidRPr="002771FB" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50F37B42" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>No jūsu sniegtās informācijas nav iespējams viennozīmīgi noteikt vai plānotais produkts/tehnoloģija  atbilstu 4.3. kritērija “Projektā paredzētā jaunā vai būtiski uzlabotā divējāda lietojuma produkta vai tehnoloģijas atbilstība aizsardzības un drošības jomas vajadzībām definētajām inovāciju un tehnoloģiju attīstības nacionālajām prioritātēm” nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27CC6D58" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Ja Jūsu plānotā navigācijas lietotne uz projekta iesniegšanas brīdi atbilst vismaz TGL4, tā sevī ietver inovāciju vai būtiskus uzlabojumus un pēc TGL 8 sasniegšanas tā būtu lietojama gan civilajām, gan militārajām vajadzībām, Jūsu idejai ir potenciāls saņemt atbalstu tās īstenošanai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="688B7EB1" w14:textId="37EC5149" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Ja jūsu jautājums bija par to vai projekta ietvaros varat plānot eksperimentālo izstrādi, tad - jā, projekta ievaros ir attiecināmās izmaksas gan rūpnieciskie pētījumi, gan eksperimentālā izstrāde, taču konkrēti par Jūsu ideju nevaram sniegt viedokli, jo no pieejamās informācijas nav iespējamas identificēt projektā plānotās darbības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B0D623" w14:textId="422B1BD2" w:rsidR="00912DFA" w:rsidRPr="00522ADD" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildu informējam, ka projekta iesniegumā nepieciešams pamatot abas jomas-gan civilo, gan militāro. Atbilstību  gan 4.3. kritērijam, gan 4.4. kritērijam vērtēs Ekonomikas ministrija sadarbībā ar Aizsardzības ministriju. Kritēriju metodiku, lūdzu, skatīt </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53">
+              <w:r w:rsidRPr="50AE8229">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                </w:rPr>
+                <w:t>šeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="60AFE281" w14:textId="77777777" w:rsidTr="50AE8229">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="303" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="562D0F94" w14:textId="00B631FB" w:rsidR="00912DFA" w:rsidRPr="4382FD7B" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22C3A358" wp14:editId="5902730A">
+                  <wp:extent cx="152400" cy="152400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1223718121" name="Graphic 2" descr="Flag1 with solid fill"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Graphic 2"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11">
+                            <a:extLst>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>4.8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F962D5" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E869420" w14:textId="1EB5F561" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Uzņēmums plāno izstrādāt jaunu duālu tehnoloģiju 1.2.1.1.programmas ietvaros, ņemot vērā Aizsardzības ministrijas izteikto vajadzību pēc šādiem risinājumiem. Proti, plānots izpētīt un izstrādāt inovatīvu elektronisko vadības sistēmu (Vehicle Control Unit), kas ļauj transformēt sērijveida automašīnas ar automātisko pārnesumkārbu par bezpilota platformām, neizmantojot ārējus mehāniskos aktuatorus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BED4666" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Sistēma nodrošinās tiešu integrāciju transportlīdzekļa digitālajos datu tīklos (CAN/FlexRay), apvienojot auto vadību ar termālo un vizuālo sensoru datiem vienotā TAK/ATAK/WINTAK vidē. Rezultāts ir ātri uzstādāms, divējāda lietojuma (Dual-Use) modulis, kas nodrošina drošu, attālinātu auto vadību bez distances ierobežojuma (SATCOM/5G/Mesh) augsta riska zonās.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B2886D" w14:textId="2C487367" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Projekta izstrādei ir nepieciešams iegādāties jaunu automobili (piemēram, VW Caddy, kas jauna varētu maksāt ap 30 000 EUR). Projekta ietvaros pētnieki/inženieri iejauktos automašīnas elektroniskajā un mehāniskajā sistēmā, tas nebūtu lietojams pēc projekta beigām (tikai pētnieciskiem nolūkiem), līdz ar to, šo automobili nevar iznomāt vai amortizēt uz pētniecības periodu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0428A17B" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mūsuprāt šī izmaksu pozīcija atbilst MK noteikumu nr.663 27.7.apakšpunktu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25C7A408" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="004D15D9" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Lūdzam apstiprināt šīs izmaksas atbilstību minētajam regulējumam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BB731D" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2222" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F58AF54" w14:textId="70CF34AC" w:rsidR="00912DFA" w:rsidRPr="004D55F4" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saskaņā ar Ekonomikas ministrijas sniegto skaidrojumu, atbilstoši MK noteikumiem Nr. 663 atbalsta programmas “1.2.1.1. Atbalsts jaunu produktu attīstībai un internacionalizācijai” trešās kārtas otrajā uzsaukumā 27.7 apakšpunkta ietvaros tiek attiecinātas plānotās fizikālo, bioloģisko, ķīmisko un citu materiālu, kā arī izmēģinājuma dzīvnieku, reaktīvu, ķimikāliju, laboratorijas trauku, medikamentu, zinātniskās literatūras un mazvērtīgā inventāra iegādes izmaksas, tai skaitā piegādes izmaksas, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām, kas atbilst Komisijas regulas Nr. 651/2014 25. panta 3. punkta "b" apakšpunktam. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473BEAEA" w14:textId="3EFA811A" w:rsidR="00912DFA" w:rsidRPr="704321D1" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Savukārt  27.6.apakšpunkta ietvaros tiek attiecinātas šādas izmaksas: instrumentu, iekārtu un to aprīkojuma iegādes un nomas maksa, kas atbilst Komisijas regulas Nr. 651/2014 25. panta 3. punkta "b" apakšpunktam, ciktāl to izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām un nepārsniedz tirgū noteikto cenu. Iekārtu iegādes izmaksas attiecināmas, ja pamatlīdzekļu izmantošanas laiks saskaņā ar finansējuma saņēmēja vai sadarbības partnera grāmatvedības politikā noteikto uzskaiti projekta ietvaros aptver visu šo pamatlīdzekļu lietderīgās lietošanas laiku. Ja pamatlīdzekļu izmantošanas laiks projekta ietvaros neaptver visu šo pamatlīdzekļu lietderīgās lietošanas laiku, izmaksas ir attiecināmas kā iekārtas amortizācijas izmaksas. Finansējuma saņēmējam vai sadarbības partnerim ir pienākums pamatot un pierādīt, ka, nomājot iekārtas, ir ievērots saimnieciskā izdevīguma princips. Izmaksām ir jābūt pamatotām un noteiktām atbilstoši ekonomiskuma un efektivitātes principam.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="2750385F" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27DB68CD" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="27DB68CD" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_Toc46148094"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc20918689"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc1606035733"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc912991694"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Projekta iesnieguma aizpildīšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un pielikumi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5686D" w:rsidRPr="00264ACA" w14:paraId="44A71FDB" w14:textId="77777777" w:rsidTr="00DD252A">
+      <w:tr w:rsidR="00912DFA" w:rsidRPr="00264ACA" w14:paraId="44A71FDB" w14:textId="77777777" w:rsidTr="50AE8229">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcW w:w="303" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8F5B52" w14:textId="3F6ADEC7" w:rsidR="00D5686D" w:rsidRPr="00264ACA" w:rsidRDefault="00D5686D" w:rsidP="00D5686D">
+          <w:p w14:paraId="4B8F5B52" w14:textId="3F6ADEC7" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00264ACA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="23"/>
-                <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2521" w:type="pct"/>
+            <w:tcW w:w="2475" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55AF2537" w14:textId="1DE42728" w:rsidR="00D5686D" w:rsidRPr="00736A20" w:rsidRDefault="009F218B" w:rsidP="00D5686D">
+          <w:p w14:paraId="728F1791" w14:textId="799303F7" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots telefonsarunā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55AF2537" w14:textId="6E37ED14" w:rsidR="00912DFA" w:rsidRPr="00736A20" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Kādā situācijā projekta iesniegumam pievienojams 7. pielikums?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0572DBE8" w14:textId="545AEABA" w:rsidR="00C44083" w:rsidRPr="00264ACA" w:rsidRDefault="00C44083" w:rsidP="00C44083">
+          <w:p w14:paraId="0572DBE8" w14:textId="545AEABA" w:rsidR="00912DFA" w:rsidRPr="00264ACA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC5A0D" w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlases nolikuma 7. pielikums “Iesniegums de minimis atbalsta piešķiršanai” pievienojams tikai tad, ja projekta iesnieguma apstiprināšanas brīdī nepieciešams pieprasīt mazāku </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu par projekta iesniegumā paredzēto kopējo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B7F0BD4" w14:textId="77777777" w:rsidR="00D5686D" w:rsidRDefault="00C44083" w:rsidP="00C44083">
+          <w:p w14:paraId="4B7F0BD4" w14:textId="77777777" w:rsidR="00912DFA" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00264ACA">
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Gadījumā, ja iesniegumā pieprasītā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta summa ir mazāka par projekta iesniegumā paredzēto kopējo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu, projekta iesniedzējam jāapņemas nākamo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta pieprasījumu iesniegt ar maksājuma pieprasījumu brīdī, kad maksājuma pieprasījumā iekļauto </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmaksu summa (kumulatīvi) pārsniedz projekta iesnieguma apstiprināšanas brīdi piešķirto </w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00264ACA">
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta summu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B33934F" w14:textId="5EF688FD" w:rsidR="00D5686D" w:rsidRPr="000772D3" w:rsidRDefault="00920EDB" w:rsidP="000772D3">
+          <w:p w14:paraId="3B33934F" w14:textId="5EF688FD" w:rsidR="00912DFA" w:rsidRPr="000772D3" w:rsidRDefault="00912DFA" w:rsidP="50AE8229">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pasākumā</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00302CE7" w:rsidRPr="00264ACA">
+              <w:t xml:space="preserve">Pasākumā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>de</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00302CE7" w:rsidRPr="00264ACA">
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AE8229">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulējums tiek attiecināts tikai uz MK noteikumu 27.16. apakšpunktā minētajām attiecināmajām izmaksām – nozares ekspertīzes izmaksas tirgus un tehnoloģiju izpētei, ciktāl tas nepieciešams projekta īstenošanai. Līdz ar to tikai šīm izmaksām tiek piemērots de minimis atbalsts saskaņā ar Komisijas regulu Nr. 2023/2831.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E0301FA" w14:textId="40B9950B" w:rsidR="008357E5" w:rsidRPr="00264ACA" w:rsidRDefault="008357E5" w:rsidP="00FC678F">
+    <w:p w14:paraId="4E0301FA" w14:textId="40B9950B" w:rsidR="008357E5" w:rsidRPr="00264ACA" w:rsidRDefault="008357E5" w:rsidP="50AE8229">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008357E5" w:rsidRPr="00264ACA" w:rsidSect="0049725C">
-      <w:headerReference w:type="default" r:id="rId19"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
+      <w:headerReference w:type="first" r:id="rId56"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4840663F" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099" w:rsidP="00D102B3">
+    <w:p w14:paraId="47134BFE" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2049D2AF" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099" w:rsidP="00D102B3">
+    <w:p w14:paraId="0ED96344" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4C26686E" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099">
+    <w:p w14:paraId="5DF0AF23" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-99106097"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="196A9061" w14:textId="4D1D6DDC" w:rsidR="00A979BA" w:rsidRDefault="00A979BA">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
@@ -11119,71 +15370,71 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2A0312D0" w14:textId="77777777" w:rsidR="00A979BA" w:rsidRDefault="00A979BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="710CA973" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099" w:rsidP="00D102B3">
+    <w:p w14:paraId="695CA012" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2280878F" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099" w:rsidP="00D102B3">
+    <w:p w14:paraId="3D5F7483" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3DE6A1C6" w14:textId="77777777" w:rsidR="00E54099" w:rsidRDefault="00E54099">
+    <w:p w14:paraId="7963B76D" w14:textId="77777777" w:rsidR="00CE2DC4" w:rsidRDefault="00CE2DC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="020F36B7" w14:textId="41E7EBE6" w:rsidR="00465F06" w:rsidRPr="008B2F7F" w:rsidRDefault="00465F06">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B2F7F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008B2F7F">
@@ -11345,51 +15596,167 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2428875" cy="1673225"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Picture 1" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:12pt;height:12pt;visibility:visible" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00CE0889"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40A69B14"/>
+    <w:lvl w:ilvl="0" w:tplc="D822418C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="038122C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A14688C"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11458,51 +15825,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19B15F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD7E2C1A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11571,51 +15938,140 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BF06AC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B225BF8"/>
+    <w:lvl w:ilvl="0" w:tplc="04260011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D754A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="337438D2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11660,51 +16116,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25B84BF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D78E0936"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11773,51 +16229,192 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D5E1A2F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F30F426"/>
+    <w:lvl w:ilvl="0" w:tplc="FC82BAF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="103082DA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5A668F02" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E042D70A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="59DA85BE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="43CC67A4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5DE0EF1A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4986E7A2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D9FAD516" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FCF6655"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F18F612"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -11862,51 +16459,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B7E0F2C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA15E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D45C8DE2"/>
     <w:lvl w:ilvl="0" w:tplc="83829620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Tabulasjautjumasadaa"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11956,51 +16639,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56972094"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FECA20DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0F20800C">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3C4014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F18F612"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12045,51 +16841,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="600B5A48"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4146657C"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="683E6153"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F18F612"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -12135,2943 +17020,4041 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="84883915">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="676620768">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1734967064">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="828519924">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="141821327">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="139931106">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="326832576">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="676620768">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1734967064">
+  <w:num w:numId="8" w16cid:durableId="244150296">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="828519924">
+  <w:num w:numId="9" w16cid:durableId="386957124">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="77599366">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="379134587">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="141821327">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="12" w16cid:durableId="1189879999">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="139931106">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="13" w16cid:durableId="1295260116">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="326832576">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="14" w16cid:durableId="1869951838">
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D102B3"/>
+    <w:rsid w:val="00000D00"/>
     <w:rsid w:val="000012BA"/>
     <w:rsid w:val="0000265A"/>
     <w:rsid w:val="00002D6D"/>
     <w:rsid w:val="0000332C"/>
+    <w:rsid w:val="000047E0"/>
+    <w:rsid w:val="00005002"/>
+    <w:rsid w:val="000066BD"/>
     <w:rsid w:val="00007243"/>
     <w:rsid w:val="00007AC2"/>
+    <w:rsid w:val="00007F35"/>
+    <w:rsid w:val="00010094"/>
     <w:rsid w:val="00010E73"/>
+    <w:rsid w:val="00011528"/>
     <w:rsid w:val="00012F53"/>
+    <w:rsid w:val="00013136"/>
+    <w:rsid w:val="00013511"/>
     <w:rsid w:val="0001372C"/>
+    <w:rsid w:val="00013A96"/>
     <w:rsid w:val="00013AC5"/>
+    <w:rsid w:val="00013F0A"/>
     <w:rsid w:val="00015986"/>
     <w:rsid w:val="0001633D"/>
     <w:rsid w:val="00016ABB"/>
     <w:rsid w:val="00017301"/>
+    <w:rsid w:val="000179E4"/>
+    <w:rsid w:val="00017C0D"/>
     <w:rsid w:val="00020C89"/>
+    <w:rsid w:val="00020F57"/>
     <w:rsid w:val="00020F93"/>
     <w:rsid w:val="00021CC5"/>
     <w:rsid w:val="00021D97"/>
     <w:rsid w:val="00022676"/>
     <w:rsid w:val="00024046"/>
     <w:rsid w:val="00024101"/>
     <w:rsid w:val="00025DAA"/>
     <w:rsid w:val="00025DE0"/>
+    <w:rsid w:val="0002678B"/>
     <w:rsid w:val="00026A31"/>
     <w:rsid w:val="00030A8E"/>
+    <w:rsid w:val="00030B70"/>
     <w:rsid w:val="000312D1"/>
     <w:rsid w:val="00031AB3"/>
     <w:rsid w:val="0003262B"/>
     <w:rsid w:val="0003273F"/>
     <w:rsid w:val="0003383F"/>
+    <w:rsid w:val="00033E74"/>
+    <w:rsid w:val="00034317"/>
     <w:rsid w:val="000347C0"/>
     <w:rsid w:val="000349F5"/>
     <w:rsid w:val="00035490"/>
     <w:rsid w:val="00035645"/>
+    <w:rsid w:val="00036586"/>
     <w:rsid w:val="00037A00"/>
     <w:rsid w:val="00037FE7"/>
+    <w:rsid w:val="00040624"/>
+    <w:rsid w:val="00040F33"/>
+    <w:rsid w:val="000411AD"/>
     <w:rsid w:val="00041523"/>
     <w:rsid w:val="0004180D"/>
+    <w:rsid w:val="00041FFD"/>
     <w:rsid w:val="0004256F"/>
+    <w:rsid w:val="000436B5"/>
     <w:rsid w:val="000438C9"/>
     <w:rsid w:val="00046553"/>
     <w:rsid w:val="000468D9"/>
     <w:rsid w:val="00046B7F"/>
     <w:rsid w:val="000473F3"/>
     <w:rsid w:val="00047D7F"/>
     <w:rsid w:val="00047DC9"/>
     <w:rsid w:val="000503CD"/>
     <w:rsid w:val="00051B11"/>
+    <w:rsid w:val="0005261F"/>
     <w:rsid w:val="000536B2"/>
     <w:rsid w:val="00056AA4"/>
     <w:rsid w:val="00056B36"/>
     <w:rsid w:val="00057226"/>
     <w:rsid w:val="0006038C"/>
     <w:rsid w:val="000606E2"/>
     <w:rsid w:val="000613C8"/>
     <w:rsid w:val="00061639"/>
     <w:rsid w:val="000627F7"/>
     <w:rsid w:val="00063253"/>
+    <w:rsid w:val="000639AB"/>
     <w:rsid w:val="00063C05"/>
     <w:rsid w:val="000643D0"/>
+    <w:rsid w:val="0006454D"/>
     <w:rsid w:val="00064AC6"/>
+    <w:rsid w:val="000658CF"/>
     <w:rsid w:val="000659B9"/>
     <w:rsid w:val="00066093"/>
+    <w:rsid w:val="000661C0"/>
+    <w:rsid w:val="000664F0"/>
     <w:rsid w:val="00066EB2"/>
+    <w:rsid w:val="00067319"/>
     <w:rsid w:val="00067C01"/>
     <w:rsid w:val="00070B62"/>
+    <w:rsid w:val="00073880"/>
     <w:rsid w:val="00074E07"/>
     <w:rsid w:val="0007544C"/>
     <w:rsid w:val="000754EB"/>
     <w:rsid w:val="00076A13"/>
     <w:rsid w:val="00076CC3"/>
     <w:rsid w:val="00077046"/>
     <w:rsid w:val="0007710D"/>
     <w:rsid w:val="000772D3"/>
     <w:rsid w:val="00077469"/>
     <w:rsid w:val="00080665"/>
     <w:rsid w:val="00080975"/>
+    <w:rsid w:val="00081FC0"/>
     <w:rsid w:val="0008227A"/>
     <w:rsid w:val="0008251C"/>
     <w:rsid w:val="00084B68"/>
+    <w:rsid w:val="00084BB2"/>
     <w:rsid w:val="00085272"/>
     <w:rsid w:val="0008553D"/>
     <w:rsid w:val="0008636A"/>
     <w:rsid w:val="00086BC3"/>
     <w:rsid w:val="0008700C"/>
     <w:rsid w:val="00087763"/>
+    <w:rsid w:val="00087988"/>
     <w:rsid w:val="00091981"/>
+    <w:rsid w:val="00092B35"/>
     <w:rsid w:val="00092CC2"/>
+    <w:rsid w:val="000933EE"/>
+    <w:rsid w:val="00093610"/>
     <w:rsid w:val="00093AF8"/>
     <w:rsid w:val="00094449"/>
     <w:rsid w:val="0009453C"/>
     <w:rsid w:val="0009521E"/>
     <w:rsid w:val="00095472"/>
     <w:rsid w:val="0009596F"/>
+    <w:rsid w:val="00096148"/>
     <w:rsid w:val="000966B2"/>
+    <w:rsid w:val="00097BFE"/>
     <w:rsid w:val="000A0665"/>
     <w:rsid w:val="000A1083"/>
     <w:rsid w:val="000A1634"/>
+    <w:rsid w:val="000A223B"/>
     <w:rsid w:val="000A2D9F"/>
     <w:rsid w:val="000A37F9"/>
     <w:rsid w:val="000A45DF"/>
     <w:rsid w:val="000A6382"/>
     <w:rsid w:val="000A66E2"/>
     <w:rsid w:val="000A677D"/>
+    <w:rsid w:val="000A6842"/>
     <w:rsid w:val="000A6A82"/>
     <w:rsid w:val="000A6E68"/>
     <w:rsid w:val="000A7380"/>
     <w:rsid w:val="000A7E0B"/>
     <w:rsid w:val="000A7F76"/>
     <w:rsid w:val="000B04A3"/>
     <w:rsid w:val="000B1E00"/>
     <w:rsid w:val="000B216F"/>
     <w:rsid w:val="000B2669"/>
     <w:rsid w:val="000B26BD"/>
+    <w:rsid w:val="000B2F66"/>
     <w:rsid w:val="000B363E"/>
     <w:rsid w:val="000B38A6"/>
+    <w:rsid w:val="000B4C9F"/>
+    <w:rsid w:val="000B5102"/>
     <w:rsid w:val="000B52BB"/>
     <w:rsid w:val="000B57C0"/>
     <w:rsid w:val="000B5CCF"/>
     <w:rsid w:val="000B63BF"/>
+    <w:rsid w:val="000B660A"/>
     <w:rsid w:val="000B7749"/>
+    <w:rsid w:val="000B78CD"/>
+    <w:rsid w:val="000B7920"/>
     <w:rsid w:val="000B7C71"/>
     <w:rsid w:val="000C11C6"/>
     <w:rsid w:val="000C280C"/>
     <w:rsid w:val="000C2868"/>
     <w:rsid w:val="000C3A1B"/>
     <w:rsid w:val="000C5BCB"/>
     <w:rsid w:val="000C5EF4"/>
     <w:rsid w:val="000C7163"/>
     <w:rsid w:val="000C72B3"/>
     <w:rsid w:val="000C7A92"/>
     <w:rsid w:val="000D016E"/>
     <w:rsid w:val="000D0720"/>
+    <w:rsid w:val="000D09AC"/>
+    <w:rsid w:val="000D0FDD"/>
     <w:rsid w:val="000D1215"/>
     <w:rsid w:val="000D1271"/>
     <w:rsid w:val="000D1469"/>
     <w:rsid w:val="000D1954"/>
     <w:rsid w:val="000D20AB"/>
+    <w:rsid w:val="000D29D0"/>
     <w:rsid w:val="000D29DB"/>
     <w:rsid w:val="000D3E1B"/>
     <w:rsid w:val="000D4769"/>
     <w:rsid w:val="000D54AA"/>
     <w:rsid w:val="000D5C18"/>
     <w:rsid w:val="000D601D"/>
+    <w:rsid w:val="000D7324"/>
+    <w:rsid w:val="000D7D15"/>
     <w:rsid w:val="000D7F76"/>
     <w:rsid w:val="000E0927"/>
     <w:rsid w:val="000E1E41"/>
     <w:rsid w:val="000E2606"/>
     <w:rsid w:val="000E2620"/>
+    <w:rsid w:val="000E31DB"/>
+    <w:rsid w:val="000E3B98"/>
+    <w:rsid w:val="000E4039"/>
+    <w:rsid w:val="000E4463"/>
+    <w:rsid w:val="000E45E7"/>
+    <w:rsid w:val="000E4DE8"/>
     <w:rsid w:val="000E4E4E"/>
+    <w:rsid w:val="000E512D"/>
     <w:rsid w:val="000E5670"/>
     <w:rsid w:val="000E5730"/>
+    <w:rsid w:val="000E5B2F"/>
+    <w:rsid w:val="000E5C89"/>
     <w:rsid w:val="000E5EAC"/>
     <w:rsid w:val="000E5ECD"/>
     <w:rsid w:val="000E61C0"/>
     <w:rsid w:val="000E66E7"/>
     <w:rsid w:val="000E6811"/>
     <w:rsid w:val="000E7419"/>
     <w:rsid w:val="000E7994"/>
     <w:rsid w:val="000F0438"/>
     <w:rsid w:val="000F1A85"/>
     <w:rsid w:val="000F3CA2"/>
     <w:rsid w:val="001000D6"/>
     <w:rsid w:val="00100518"/>
+    <w:rsid w:val="00102792"/>
+    <w:rsid w:val="00103831"/>
+    <w:rsid w:val="00103E85"/>
     <w:rsid w:val="00104C11"/>
     <w:rsid w:val="00104E26"/>
     <w:rsid w:val="00105A1C"/>
     <w:rsid w:val="00105A7E"/>
     <w:rsid w:val="00105AB2"/>
     <w:rsid w:val="00106E49"/>
     <w:rsid w:val="00106E5F"/>
     <w:rsid w:val="00110AF4"/>
     <w:rsid w:val="001117AB"/>
+    <w:rsid w:val="00111A4C"/>
     <w:rsid w:val="001125D2"/>
+    <w:rsid w:val="00114750"/>
+    <w:rsid w:val="00114B6F"/>
+    <w:rsid w:val="00114D15"/>
     <w:rsid w:val="00114D80"/>
     <w:rsid w:val="00115B71"/>
     <w:rsid w:val="00116008"/>
     <w:rsid w:val="00116039"/>
     <w:rsid w:val="001172A9"/>
+    <w:rsid w:val="0011750D"/>
     <w:rsid w:val="00120E1F"/>
     <w:rsid w:val="00120E33"/>
     <w:rsid w:val="00121357"/>
     <w:rsid w:val="0012165F"/>
+    <w:rsid w:val="001217CD"/>
     <w:rsid w:val="001225FF"/>
+    <w:rsid w:val="0012323F"/>
     <w:rsid w:val="0012357E"/>
     <w:rsid w:val="00123B67"/>
     <w:rsid w:val="00123D8A"/>
+    <w:rsid w:val="0012421A"/>
+    <w:rsid w:val="001248E5"/>
+    <w:rsid w:val="001253EF"/>
     <w:rsid w:val="0012562E"/>
     <w:rsid w:val="00125AEE"/>
     <w:rsid w:val="00125F03"/>
     <w:rsid w:val="00126C7D"/>
     <w:rsid w:val="001272C7"/>
     <w:rsid w:val="00127BE1"/>
     <w:rsid w:val="00130730"/>
     <w:rsid w:val="00130B50"/>
     <w:rsid w:val="001310DA"/>
     <w:rsid w:val="0013201F"/>
     <w:rsid w:val="001326A0"/>
     <w:rsid w:val="00132990"/>
     <w:rsid w:val="00132A73"/>
     <w:rsid w:val="0013307E"/>
     <w:rsid w:val="00134EA4"/>
     <w:rsid w:val="00135B3C"/>
+    <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="001378F9"/>
     <w:rsid w:val="00140536"/>
+    <w:rsid w:val="001405AD"/>
+    <w:rsid w:val="001409E3"/>
     <w:rsid w:val="00140E58"/>
     <w:rsid w:val="00141D69"/>
     <w:rsid w:val="0014232E"/>
     <w:rsid w:val="00142762"/>
+    <w:rsid w:val="00142861"/>
+    <w:rsid w:val="001440CE"/>
     <w:rsid w:val="00144DF1"/>
     <w:rsid w:val="00146095"/>
     <w:rsid w:val="0014695D"/>
     <w:rsid w:val="001469C6"/>
     <w:rsid w:val="00147350"/>
     <w:rsid w:val="0014774A"/>
     <w:rsid w:val="00147FF8"/>
+    <w:rsid w:val="0015115E"/>
     <w:rsid w:val="001511DA"/>
     <w:rsid w:val="00151FC7"/>
     <w:rsid w:val="00153505"/>
+    <w:rsid w:val="001547AC"/>
     <w:rsid w:val="001552E3"/>
     <w:rsid w:val="001553B5"/>
+    <w:rsid w:val="00155511"/>
     <w:rsid w:val="00157F26"/>
+    <w:rsid w:val="0015F6C3"/>
     <w:rsid w:val="0016087D"/>
     <w:rsid w:val="001609FF"/>
+    <w:rsid w:val="00161008"/>
     <w:rsid w:val="00161647"/>
     <w:rsid w:val="0016363F"/>
     <w:rsid w:val="00163A19"/>
     <w:rsid w:val="0016472A"/>
     <w:rsid w:val="0016573C"/>
+    <w:rsid w:val="00165799"/>
     <w:rsid w:val="001659B6"/>
     <w:rsid w:val="00166231"/>
     <w:rsid w:val="001665CB"/>
     <w:rsid w:val="00166A71"/>
     <w:rsid w:val="001673A3"/>
     <w:rsid w:val="001676C4"/>
+    <w:rsid w:val="00170B95"/>
+    <w:rsid w:val="001712C5"/>
     <w:rsid w:val="0017202E"/>
     <w:rsid w:val="00172154"/>
     <w:rsid w:val="001728BF"/>
+    <w:rsid w:val="0017299E"/>
     <w:rsid w:val="00173F16"/>
     <w:rsid w:val="001740F8"/>
     <w:rsid w:val="0017471D"/>
+    <w:rsid w:val="001747FD"/>
     <w:rsid w:val="00174BAA"/>
+    <w:rsid w:val="00175D33"/>
     <w:rsid w:val="00177131"/>
     <w:rsid w:val="00177553"/>
     <w:rsid w:val="001778AD"/>
     <w:rsid w:val="00180C98"/>
     <w:rsid w:val="00181824"/>
     <w:rsid w:val="00181A7B"/>
     <w:rsid w:val="00181C5F"/>
     <w:rsid w:val="00181EB7"/>
     <w:rsid w:val="00182B4F"/>
+    <w:rsid w:val="00183980"/>
+    <w:rsid w:val="001839AF"/>
+    <w:rsid w:val="0018435D"/>
     <w:rsid w:val="00184A4A"/>
     <w:rsid w:val="00184BB0"/>
     <w:rsid w:val="00184EF7"/>
     <w:rsid w:val="001851FF"/>
     <w:rsid w:val="001852A1"/>
     <w:rsid w:val="00185A5D"/>
     <w:rsid w:val="001868F8"/>
     <w:rsid w:val="001869C9"/>
     <w:rsid w:val="00187009"/>
     <w:rsid w:val="00187464"/>
+    <w:rsid w:val="001876FD"/>
+    <w:rsid w:val="001902F3"/>
     <w:rsid w:val="00190534"/>
     <w:rsid w:val="001911CC"/>
+    <w:rsid w:val="00191654"/>
     <w:rsid w:val="0019218D"/>
     <w:rsid w:val="0019241C"/>
+    <w:rsid w:val="00194A0C"/>
     <w:rsid w:val="00195EBE"/>
     <w:rsid w:val="0019659B"/>
     <w:rsid w:val="00196839"/>
+    <w:rsid w:val="00196D3F"/>
     <w:rsid w:val="001971A0"/>
     <w:rsid w:val="001971A2"/>
     <w:rsid w:val="00197562"/>
     <w:rsid w:val="001A0238"/>
     <w:rsid w:val="001A0A56"/>
     <w:rsid w:val="001A0DE3"/>
     <w:rsid w:val="001A0F00"/>
+    <w:rsid w:val="001A1203"/>
+    <w:rsid w:val="001A31A2"/>
+    <w:rsid w:val="001A3244"/>
     <w:rsid w:val="001A3406"/>
     <w:rsid w:val="001A359B"/>
+    <w:rsid w:val="001A367F"/>
+    <w:rsid w:val="001A381F"/>
+    <w:rsid w:val="001A3AB3"/>
     <w:rsid w:val="001A52BD"/>
     <w:rsid w:val="001A5B57"/>
     <w:rsid w:val="001A5DDC"/>
+    <w:rsid w:val="001A5E7E"/>
     <w:rsid w:val="001A626A"/>
     <w:rsid w:val="001A6AE5"/>
+    <w:rsid w:val="001B0093"/>
     <w:rsid w:val="001B158C"/>
     <w:rsid w:val="001B1912"/>
+    <w:rsid w:val="001B2E3F"/>
     <w:rsid w:val="001B3949"/>
     <w:rsid w:val="001B3E48"/>
     <w:rsid w:val="001B418C"/>
     <w:rsid w:val="001B5EFD"/>
     <w:rsid w:val="001B62EC"/>
+    <w:rsid w:val="001B6B75"/>
     <w:rsid w:val="001B6E00"/>
     <w:rsid w:val="001B7375"/>
+    <w:rsid w:val="001B7BC3"/>
     <w:rsid w:val="001B7C37"/>
     <w:rsid w:val="001C06C6"/>
     <w:rsid w:val="001C093A"/>
     <w:rsid w:val="001C115B"/>
     <w:rsid w:val="001C13C5"/>
     <w:rsid w:val="001C13DA"/>
     <w:rsid w:val="001C1ECC"/>
+    <w:rsid w:val="001C3962"/>
     <w:rsid w:val="001C3E98"/>
+    <w:rsid w:val="001C4F42"/>
     <w:rsid w:val="001C5019"/>
     <w:rsid w:val="001C5227"/>
     <w:rsid w:val="001C55D3"/>
+    <w:rsid w:val="001C5605"/>
+    <w:rsid w:val="001C5B71"/>
     <w:rsid w:val="001C5FAF"/>
     <w:rsid w:val="001C6F46"/>
     <w:rsid w:val="001C767C"/>
     <w:rsid w:val="001D0D5B"/>
+    <w:rsid w:val="001D0DAC"/>
     <w:rsid w:val="001D0FDB"/>
     <w:rsid w:val="001D1B43"/>
+    <w:rsid w:val="001D218D"/>
+    <w:rsid w:val="001D3DBD"/>
     <w:rsid w:val="001D424B"/>
     <w:rsid w:val="001D45E6"/>
     <w:rsid w:val="001D4896"/>
+    <w:rsid w:val="001D5648"/>
     <w:rsid w:val="001D56A7"/>
+    <w:rsid w:val="001D64A2"/>
     <w:rsid w:val="001D6582"/>
     <w:rsid w:val="001D6AE0"/>
     <w:rsid w:val="001D7121"/>
+    <w:rsid w:val="001D7370"/>
     <w:rsid w:val="001D73D8"/>
+    <w:rsid w:val="001D7781"/>
+    <w:rsid w:val="001D7EA3"/>
+    <w:rsid w:val="001E060A"/>
+    <w:rsid w:val="001E1379"/>
     <w:rsid w:val="001E2107"/>
     <w:rsid w:val="001E25C5"/>
     <w:rsid w:val="001E2A85"/>
     <w:rsid w:val="001E2C4B"/>
     <w:rsid w:val="001E2D1A"/>
     <w:rsid w:val="001E3536"/>
     <w:rsid w:val="001E3A7E"/>
+    <w:rsid w:val="001E3AF7"/>
     <w:rsid w:val="001E3BC1"/>
+    <w:rsid w:val="001E4BB3"/>
+    <w:rsid w:val="001E54E4"/>
     <w:rsid w:val="001E556F"/>
     <w:rsid w:val="001E737D"/>
     <w:rsid w:val="001E7FC7"/>
     <w:rsid w:val="001F056F"/>
     <w:rsid w:val="001F0814"/>
     <w:rsid w:val="001F0977"/>
     <w:rsid w:val="001F102B"/>
     <w:rsid w:val="001F111D"/>
+    <w:rsid w:val="001F14E3"/>
     <w:rsid w:val="001F179A"/>
     <w:rsid w:val="001F1CDF"/>
     <w:rsid w:val="001F31F4"/>
     <w:rsid w:val="001F45B7"/>
     <w:rsid w:val="001F4964"/>
     <w:rsid w:val="001F5077"/>
+    <w:rsid w:val="001F5232"/>
     <w:rsid w:val="001F584D"/>
+    <w:rsid w:val="001F5E2C"/>
+    <w:rsid w:val="001F5EF4"/>
     <w:rsid w:val="001F6F4B"/>
     <w:rsid w:val="001F7024"/>
     <w:rsid w:val="001F796B"/>
     <w:rsid w:val="001F7FF7"/>
     <w:rsid w:val="002008D9"/>
     <w:rsid w:val="002011F2"/>
     <w:rsid w:val="0020130C"/>
     <w:rsid w:val="002019F8"/>
+    <w:rsid w:val="00201BF6"/>
+    <w:rsid w:val="00202093"/>
     <w:rsid w:val="002027A6"/>
     <w:rsid w:val="00202AB4"/>
     <w:rsid w:val="00202BEB"/>
     <w:rsid w:val="00203107"/>
     <w:rsid w:val="00203608"/>
     <w:rsid w:val="00203CEF"/>
     <w:rsid w:val="00204461"/>
     <w:rsid w:val="00204559"/>
     <w:rsid w:val="002046B9"/>
     <w:rsid w:val="00204F12"/>
     <w:rsid w:val="002053A1"/>
     <w:rsid w:val="00205AAA"/>
     <w:rsid w:val="00205CB2"/>
     <w:rsid w:val="00205D98"/>
+    <w:rsid w:val="00206A37"/>
     <w:rsid w:val="002072EF"/>
     <w:rsid w:val="00207720"/>
     <w:rsid w:val="00207E95"/>
     <w:rsid w:val="00210566"/>
+    <w:rsid w:val="002108B4"/>
     <w:rsid w:val="00210B30"/>
+    <w:rsid w:val="00210ED4"/>
     <w:rsid w:val="00211804"/>
     <w:rsid w:val="00211A26"/>
     <w:rsid w:val="00211F92"/>
     <w:rsid w:val="00212395"/>
+    <w:rsid w:val="002131B2"/>
     <w:rsid w:val="0021368C"/>
     <w:rsid w:val="00213CD2"/>
     <w:rsid w:val="00214371"/>
+    <w:rsid w:val="00214601"/>
+    <w:rsid w:val="0021475A"/>
     <w:rsid w:val="002150D4"/>
     <w:rsid w:val="00215404"/>
+    <w:rsid w:val="002155F7"/>
+    <w:rsid w:val="00216982"/>
+    <w:rsid w:val="00217038"/>
+    <w:rsid w:val="00217563"/>
+    <w:rsid w:val="002210DD"/>
     <w:rsid w:val="00221BE1"/>
+    <w:rsid w:val="00223532"/>
     <w:rsid w:val="002245EC"/>
     <w:rsid w:val="002256CB"/>
     <w:rsid w:val="002256FD"/>
     <w:rsid w:val="002257AB"/>
     <w:rsid w:val="00226058"/>
+    <w:rsid w:val="00226BFB"/>
     <w:rsid w:val="00227BF0"/>
     <w:rsid w:val="002305EE"/>
+    <w:rsid w:val="00230954"/>
+    <w:rsid w:val="00230AFB"/>
     <w:rsid w:val="002318F5"/>
     <w:rsid w:val="00231927"/>
     <w:rsid w:val="002327F1"/>
+    <w:rsid w:val="00233090"/>
     <w:rsid w:val="002331A5"/>
     <w:rsid w:val="00233B24"/>
     <w:rsid w:val="00235457"/>
+    <w:rsid w:val="00235F10"/>
+    <w:rsid w:val="002375CA"/>
     <w:rsid w:val="0024166C"/>
     <w:rsid w:val="0024178D"/>
     <w:rsid w:val="002419A9"/>
+    <w:rsid w:val="0024270A"/>
     <w:rsid w:val="00243BB9"/>
     <w:rsid w:val="00243C05"/>
     <w:rsid w:val="00243E84"/>
     <w:rsid w:val="00244417"/>
+    <w:rsid w:val="002447FC"/>
+    <w:rsid w:val="00244D8C"/>
     <w:rsid w:val="002454E9"/>
+    <w:rsid w:val="00245D18"/>
+    <w:rsid w:val="00246B22"/>
     <w:rsid w:val="002473DC"/>
     <w:rsid w:val="00250365"/>
     <w:rsid w:val="0025063C"/>
     <w:rsid w:val="0025106F"/>
+    <w:rsid w:val="00251515"/>
     <w:rsid w:val="00251521"/>
+    <w:rsid w:val="002517FB"/>
     <w:rsid w:val="00251C40"/>
+    <w:rsid w:val="00252107"/>
     <w:rsid w:val="00252532"/>
     <w:rsid w:val="00252952"/>
     <w:rsid w:val="0025339D"/>
     <w:rsid w:val="00253DA9"/>
     <w:rsid w:val="00254BFE"/>
     <w:rsid w:val="00255467"/>
     <w:rsid w:val="00255C26"/>
     <w:rsid w:val="002565D0"/>
     <w:rsid w:val="002600C6"/>
     <w:rsid w:val="002603F1"/>
     <w:rsid w:val="002619BA"/>
     <w:rsid w:val="002627C9"/>
     <w:rsid w:val="00262B0E"/>
     <w:rsid w:val="00263A62"/>
     <w:rsid w:val="0026467C"/>
     <w:rsid w:val="00264ACA"/>
     <w:rsid w:val="002652AB"/>
+    <w:rsid w:val="00265930"/>
     <w:rsid w:val="00265A96"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00267959"/>
     <w:rsid w:val="00267E3B"/>
+    <w:rsid w:val="00270C59"/>
     <w:rsid w:val="00271927"/>
     <w:rsid w:val="00271E16"/>
+    <w:rsid w:val="00272511"/>
     <w:rsid w:val="00272711"/>
+    <w:rsid w:val="00272E0B"/>
     <w:rsid w:val="00273051"/>
     <w:rsid w:val="002737A7"/>
+    <w:rsid w:val="002738AA"/>
     <w:rsid w:val="00273E92"/>
+    <w:rsid w:val="00274363"/>
+    <w:rsid w:val="00274833"/>
     <w:rsid w:val="00274E1A"/>
+    <w:rsid w:val="002753D3"/>
     <w:rsid w:val="002759B2"/>
     <w:rsid w:val="00275B12"/>
     <w:rsid w:val="00275B53"/>
+    <w:rsid w:val="002761F5"/>
+    <w:rsid w:val="002771FB"/>
+    <w:rsid w:val="0027799F"/>
     <w:rsid w:val="0028025A"/>
+    <w:rsid w:val="002805E6"/>
     <w:rsid w:val="002807BE"/>
     <w:rsid w:val="00281326"/>
     <w:rsid w:val="00281588"/>
     <w:rsid w:val="002824EC"/>
     <w:rsid w:val="002835D0"/>
     <w:rsid w:val="0028360B"/>
     <w:rsid w:val="00285222"/>
     <w:rsid w:val="00285C78"/>
     <w:rsid w:val="00285D5C"/>
     <w:rsid w:val="00286205"/>
+    <w:rsid w:val="0028665E"/>
     <w:rsid w:val="0028673C"/>
     <w:rsid w:val="002869F6"/>
+    <w:rsid w:val="00290104"/>
     <w:rsid w:val="00290762"/>
     <w:rsid w:val="00290E25"/>
     <w:rsid w:val="0029115C"/>
     <w:rsid w:val="002912C1"/>
     <w:rsid w:val="0029269D"/>
     <w:rsid w:val="00293391"/>
     <w:rsid w:val="00294B1C"/>
     <w:rsid w:val="00295D82"/>
     <w:rsid w:val="00295F02"/>
+    <w:rsid w:val="00296139"/>
+    <w:rsid w:val="002A00D8"/>
     <w:rsid w:val="002A013A"/>
     <w:rsid w:val="002A0AEE"/>
     <w:rsid w:val="002A1173"/>
     <w:rsid w:val="002A1A24"/>
+    <w:rsid w:val="002A21DA"/>
     <w:rsid w:val="002A26EF"/>
     <w:rsid w:val="002A29BB"/>
     <w:rsid w:val="002A38D5"/>
+    <w:rsid w:val="002A3F1C"/>
     <w:rsid w:val="002A4F66"/>
     <w:rsid w:val="002A5083"/>
     <w:rsid w:val="002A51CD"/>
+    <w:rsid w:val="002A5B65"/>
     <w:rsid w:val="002A5B9D"/>
     <w:rsid w:val="002A61BB"/>
+    <w:rsid w:val="002A6382"/>
     <w:rsid w:val="002A6B25"/>
     <w:rsid w:val="002A6D26"/>
     <w:rsid w:val="002A6EF1"/>
+    <w:rsid w:val="002A75A0"/>
     <w:rsid w:val="002A75D2"/>
     <w:rsid w:val="002A7F99"/>
+    <w:rsid w:val="002B0FD9"/>
     <w:rsid w:val="002B1697"/>
     <w:rsid w:val="002B22A1"/>
+    <w:rsid w:val="002B29E5"/>
     <w:rsid w:val="002B3715"/>
+    <w:rsid w:val="002B45A8"/>
     <w:rsid w:val="002B4D1E"/>
     <w:rsid w:val="002B6096"/>
     <w:rsid w:val="002B7D04"/>
     <w:rsid w:val="002C016C"/>
+    <w:rsid w:val="002C0986"/>
     <w:rsid w:val="002C1486"/>
     <w:rsid w:val="002C2145"/>
     <w:rsid w:val="002C21FE"/>
     <w:rsid w:val="002C2318"/>
     <w:rsid w:val="002C2949"/>
+    <w:rsid w:val="002C2DBC"/>
     <w:rsid w:val="002C30AA"/>
     <w:rsid w:val="002C4E9B"/>
     <w:rsid w:val="002C5C15"/>
     <w:rsid w:val="002C6459"/>
     <w:rsid w:val="002C73B3"/>
+    <w:rsid w:val="002C7D08"/>
+    <w:rsid w:val="002D0BC9"/>
     <w:rsid w:val="002D2228"/>
     <w:rsid w:val="002D23D7"/>
+    <w:rsid w:val="002D2E0E"/>
+    <w:rsid w:val="002D3062"/>
+    <w:rsid w:val="002D36A0"/>
     <w:rsid w:val="002D39C8"/>
+    <w:rsid w:val="002D3B43"/>
     <w:rsid w:val="002D3B62"/>
     <w:rsid w:val="002D47C1"/>
     <w:rsid w:val="002D6468"/>
+    <w:rsid w:val="002D66D9"/>
+    <w:rsid w:val="002D7F76"/>
+    <w:rsid w:val="002E0C70"/>
     <w:rsid w:val="002E0D35"/>
     <w:rsid w:val="002E0F14"/>
     <w:rsid w:val="002E1CA7"/>
     <w:rsid w:val="002E1DE5"/>
     <w:rsid w:val="002E2220"/>
     <w:rsid w:val="002E22B4"/>
     <w:rsid w:val="002E2340"/>
     <w:rsid w:val="002E2A69"/>
     <w:rsid w:val="002E35A9"/>
     <w:rsid w:val="002E4A0A"/>
     <w:rsid w:val="002E5524"/>
+    <w:rsid w:val="002E58E8"/>
+    <w:rsid w:val="002E615A"/>
     <w:rsid w:val="002E6838"/>
     <w:rsid w:val="002E6F3E"/>
     <w:rsid w:val="002E7BCB"/>
     <w:rsid w:val="002F0513"/>
     <w:rsid w:val="002F13A3"/>
+    <w:rsid w:val="002F1F69"/>
     <w:rsid w:val="002F2293"/>
     <w:rsid w:val="002F25D9"/>
+    <w:rsid w:val="002F264A"/>
     <w:rsid w:val="002F2A66"/>
     <w:rsid w:val="002F3D1C"/>
     <w:rsid w:val="002F43CA"/>
+    <w:rsid w:val="002F51E3"/>
     <w:rsid w:val="002F611A"/>
     <w:rsid w:val="002F6177"/>
     <w:rsid w:val="002F64F9"/>
     <w:rsid w:val="002F65EA"/>
+    <w:rsid w:val="002F7F96"/>
     <w:rsid w:val="003001FA"/>
     <w:rsid w:val="00300297"/>
     <w:rsid w:val="00300386"/>
     <w:rsid w:val="003004DA"/>
     <w:rsid w:val="003006BE"/>
     <w:rsid w:val="00301D4F"/>
     <w:rsid w:val="00302C05"/>
     <w:rsid w:val="00302CE7"/>
     <w:rsid w:val="00302F75"/>
+    <w:rsid w:val="003031E7"/>
     <w:rsid w:val="003032DF"/>
+    <w:rsid w:val="003042DF"/>
     <w:rsid w:val="00304652"/>
     <w:rsid w:val="00304F6B"/>
     <w:rsid w:val="00305514"/>
     <w:rsid w:val="003068A8"/>
     <w:rsid w:val="00307545"/>
     <w:rsid w:val="003108ED"/>
     <w:rsid w:val="0031150B"/>
+    <w:rsid w:val="00311D53"/>
     <w:rsid w:val="00313095"/>
     <w:rsid w:val="00314420"/>
     <w:rsid w:val="003147B0"/>
+    <w:rsid w:val="00314F6D"/>
+    <w:rsid w:val="0031536D"/>
+    <w:rsid w:val="003156D9"/>
     <w:rsid w:val="00316942"/>
     <w:rsid w:val="00317C14"/>
     <w:rsid w:val="00320840"/>
+    <w:rsid w:val="003216DE"/>
+    <w:rsid w:val="00321CDF"/>
+    <w:rsid w:val="00321E0E"/>
+    <w:rsid w:val="00322965"/>
     <w:rsid w:val="003232DD"/>
     <w:rsid w:val="003238E6"/>
+    <w:rsid w:val="00324BF5"/>
     <w:rsid w:val="00324E62"/>
     <w:rsid w:val="00326133"/>
     <w:rsid w:val="00327275"/>
     <w:rsid w:val="00327603"/>
     <w:rsid w:val="003311E5"/>
     <w:rsid w:val="00332583"/>
     <w:rsid w:val="00332D7E"/>
     <w:rsid w:val="00333A77"/>
     <w:rsid w:val="00333F94"/>
     <w:rsid w:val="00334371"/>
     <w:rsid w:val="00334671"/>
     <w:rsid w:val="00335580"/>
     <w:rsid w:val="003357B0"/>
     <w:rsid w:val="003360F0"/>
     <w:rsid w:val="003362A9"/>
     <w:rsid w:val="0033658E"/>
     <w:rsid w:val="003365CA"/>
     <w:rsid w:val="00337225"/>
     <w:rsid w:val="00340098"/>
     <w:rsid w:val="0034014A"/>
     <w:rsid w:val="003404D8"/>
+    <w:rsid w:val="00340D88"/>
+    <w:rsid w:val="00340EA1"/>
+    <w:rsid w:val="00341847"/>
     <w:rsid w:val="003421E7"/>
     <w:rsid w:val="00342DF7"/>
     <w:rsid w:val="00343436"/>
     <w:rsid w:val="0034361D"/>
     <w:rsid w:val="00343BB0"/>
+    <w:rsid w:val="003450F1"/>
     <w:rsid w:val="003459CB"/>
     <w:rsid w:val="0034690D"/>
     <w:rsid w:val="003474F2"/>
     <w:rsid w:val="00347BF3"/>
     <w:rsid w:val="0035034D"/>
+    <w:rsid w:val="003517CB"/>
+    <w:rsid w:val="003519AD"/>
+    <w:rsid w:val="00351AEC"/>
     <w:rsid w:val="003527DE"/>
     <w:rsid w:val="0035290C"/>
+    <w:rsid w:val="00354313"/>
+    <w:rsid w:val="003547C0"/>
+    <w:rsid w:val="00354FDC"/>
     <w:rsid w:val="00355982"/>
+    <w:rsid w:val="00356319"/>
     <w:rsid w:val="00357630"/>
     <w:rsid w:val="00357B33"/>
     <w:rsid w:val="00357F86"/>
     <w:rsid w:val="0036008A"/>
+    <w:rsid w:val="00360F35"/>
     <w:rsid w:val="003615B3"/>
     <w:rsid w:val="0036286F"/>
+    <w:rsid w:val="00362CF8"/>
     <w:rsid w:val="0036379A"/>
     <w:rsid w:val="0036454F"/>
     <w:rsid w:val="00366B1E"/>
     <w:rsid w:val="003672F7"/>
     <w:rsid w:val="003675A1"/>
     <w:rsid w:val="00367627"/>
     <w:rsid w:val="00367C0E"/>
+    <w:rsid w:val="00370079"/>
     <w:rsid w:val="003700B2"/>
+    <w:rsid w:val="00370135"/>
+    <w:rsid w:val="003716E4"/>
     <w:rsid w:val="00371AE6"/>
+    <w:rsid w:val="00371FFD"/>
     <w:rsid w:val="003728B3"/>
     <w:rsid w:val="00373D3D"/>
+    <w:rsid w:val="00373E60"/>
     <w:rsid w:val="00374660"/>
     <w:rsid w:val="003751B2"/>
     <w:rsid w:val="00375805"/>
     <w:rsid w:val="00376007"/>
     <w:rsid w:val="00376158"/>
+    <w:rsid w:val="00376FB0"/>
     <w:rsid w:val="00377E05"/>
+    <w:rsid w:val="00380EDD"/>
     <w:rsid w:val="003821B1"/>
     <w:rsid w:val="00382D03"/>
     <w:rsid w:val="00382D80"/>
+    <w:rsid w:val="00383888"/>
     <w:rsid w:val="00383AA8"/>
+    <w:rsid w:val="00384AC0"/>
+    <w:rsid w:val="00384F62"/>
     <w:rsid w:val="00385B87"/>
+    <w:rsid w:val="0038681D"/>
     <w:rsid w:val="00386F15"/>
+    <w:rsid w:val="003870BD"/>
     <w:rsid w:val="00387398"/>
     <w:rsid w:val="00387AC8"/>
     <w:rsid w:val="003907ED"/>
+    <w:rsid w:val="00390916"/>
     <w:rsid w:val="00393F23"/>
     <w:rsid w:val="00394752"/>
     <w:rsid w:val="003952CB"/>
     <w:rsid w:val="003954BA"/>
+    <w:rsid w:val="003959DA"/>
     <w:rsid w:val="00395FF7"/>
+    <w:rsid w:val="003963CB"/>
+    <w:rsid w:val="003968EF"/>
+    <w:rsid w:val="00396DB5"/>
+    <w:rsid w:val="00396EBA"/>
     <w:rsid w:val="00397F24"/>
     <w:rsid w:val="003A0430"/>
+    <w:rsid w:val="003A20C1"/>
     <w:rsid w:val="003A22BE"/>
     <w:rsid w:val="003A24D9"/>
     <w:rsid w:val="003A28C9"/>
     <w:rsid w:val="003A2C6E"/>
     <w:rsid w:val="003A3BC2"/>
     <w:rsid w:val="003A4A60"/>
     <w:rsid w:val="003A521F"/>
+    <w:rsid w:val="003A5749"/>
     <w:rsid w:val="003A5C6C"/>
     <w:rsid w:val="003A6962"/>
     <w:rsid w:val="003A7CA3"/>
     <w:rsid w:val="003B050B"/>
     <w:rsid w:val="003B20AE"/>
     <w:rsid w:val="003B2823"/>
     <w:rsid w:val="003B42DF"/>
     <w:rsid w:val="003B4439"/>
     <w:rsid w:val="003B6115"/>
     <w:rsid w:val="003B6CF6"/>
+    <w:rsid w:val="003B7717"/>
+    <w:rsid w:val="003B7A34"/>
     <w:rsid w:val="003C0728"/>
     <w:rsid w:val="003C0B07"/>
+    <w:rsid w:val="003C1620"/>
+    <w:rsid w:val="003C21D4"/>
+    <w:rsid w:val="003C28F5"/>
+    <w:rsid w:val="003C373F"/>
+    <w:rsid w:val="003C37E5"/>
     <w:rsid w:val="003C385B"/>
     <w:rsid w:val="003C4E26"/>
     <w:rsid w:val="003C53D1"/>
     <w:rsid w:val="003C6B1E"/>
+    <w:rsid w:val="003D08DF"/>
+    <w:rsid w:val="003D0F33"/>
+    <w:rsid w:val="003D15D8"/>
     <w:rsid w:val="003D2106"/>
     <w:rsid w:val="003D21DF"/>
+    <w:rsid w:val="003D28B4"/>
     <w:rsid w:val="003D2AEB"/>
     <w:rsid w:val="003D2C11"/>
+    <w:rsid w:val="003D30C0"/>
     <w:rsid w:val="003D32AE"/>
     <w:rsid w:val="003D4500"/>
     <w:rsid w:val="003D4BCA"/>
+    <w:rsid w:val="003D4E8A"/>
+    <w:rsid w:val="003D542F"/>
+    <w:rsid w:val="003D56B3"/>
     <w:rsid w:val="003D610F"/>
     <w:rsid w:val="003D6C53"/>
+    <w:rsid w:val="003E02DE"/>
     <w:rsid w:val="003E1233"/>
     <w:rsid w:val="003E205E"/>
     <w:rsid w:val="003E235B"/>
     <w:rsid w:val="003E3B6C"/>
     <w:rsid w:val="003E4648"/>
     <w:rsid w:val="003E48B8"/>
     <w:rsid w:val="003E4D01"/>
     <w:rsid w:val="003E4EB3"/>
+    <w:rsid w:val="003E5F07"/>
     <w:rsid w:val="003E60D2"/>
     <w:rsid w:val="003E6370"/>
     <w:rsid w:val="003E647F"/>
+    <w:rsid w:val="003E6AD8"/>
     <w:rsid w:val="003E7954"/>
     <w:rsid w:val="003E7978"/>
     <w:rsid w:val="003E7C8F"/>
     <w:rsid w:val="003F00F3"/>
     <w:rsid w:val="003F023A"/>
     <w:rsid w:val="003F0F13"/>
     <w:rsid w:val="003F2462"/>
+    <w:rsid w:val="003F3694"/>
+    <w:rsid w:val="003F40CC"/>
     <w:rsid w:val="003F4BC5"/>
     <w:rsid w:val="003F57FE"/>
     <w:rsid w:val="003F5B7D"/>
     <w:rsid w:val="003F618E"/>
     <w:rsid w:val="003F677F"/>
     <w:rsid w:val="003F7017"/>
     <w:rsid w:val="003F7323"/>
     <w:rsid w:val="003F7365"/>
+    <w:rsid w:val="003F78D0"/>
     <w:rsid w:val="00400B06"/>
     <w:rsid w:val="00401072"/>
     <w:rsid w:val="00401905"/>
     <w:rsid w:val="0040204D"/>
     <w:rsid w:val="00402B46"/>
+    <w:rsid w:val="00402C68"/>
     <w:rsid w:val="00402D59"/>
     <w:rsid w:val="00402E1A"/>
     <w:rsid w:val="00402F42"/>
     <w:rsid w:val="00403A80"/>
+    <w:rsid w:val="004048DD"/>
     <w:rsid w:val="00404D6A"/>
     <w:rsid w:val="004101EB"/>
     <w:rsid w:val="00410B96"/>
     <w:rsid w:val="004114DF"/>
     <w:rsid w:val="0041204F"/>
+    <w:rsid w:val="004125E6"/>
     <w:rsid w:val="0041477C"/>
     <w:rsid w:val="00416463"/>
     <w:rsid w:val="00416DE9"/>
+    <w:rsid w:val="00420362"/>
+    <w:rsid w:val="004203FB"/>
     <w:rsid w:val="0042092D"/>
     <w:rsid w:val="00420B77"/>
     <w:rsid w:val="00421C66"/>
     <w:rsid w:val="00421E4A"/>
     <w:rsid w:val="00423349"/>
     <w:rsid w:val="004237A3"/>
     <w:rsid w:val="00423E40"/>
     <w:rsid w:val="00424D2E"/>
     <w:rsid w:val="004251B5"/>
     <w:rsid w:val="00425E56"/>
     <w:rsid w:val="00426B25"/>
     <w:rsid w:val="00426BEF"/>
     <w:rsid w:val="00426CB2"/>
     <w:rsid w:val="00427092"/>
     <w:rsid w:val="00427790"/>
+    <w:rsid w:val="00427A7C"/>
     <w:rsid w:val="00430104"/>
     <w:rsid w:val="0043107F"/>
+    <w:rsid w:val="0043144A"/>
+    <w:rsid w:val="00431783"/>
     <w:rsid w:val="004321B7"/>
     <w:rsid w:val="00432239"/>
+    <w:rsid w:val="00434E03"/>
     <w:rsid w:val="0043507F"/>
     <w:rsid w:val="00435442"/>
     <w:rsid w:val="0043555E"/>
     <w:rsid w:val="00435681"/>
     <w:rsid w:val="00435BFC"/>
     <w:rsid w:val="00435DDD"/>
+    <w:rsid w:val="004368B6"/>
     <w:rsid w:val="00436D93"/>
     <w:rsid w:val="00437467"/>
+    <w:rsid w:val="00437616"/>
+    <w:rsid w:val="004400E8"/>
     <w:rsid w:val="004402AD"/>
     <w:rsid w:val="00441B7A"/>
     <w:rsid w:val="0044237D"/>
     <w:rsid w:val="00443605"/>
+    <w:rsid w:val="00443C90"/>
     <w:rsid w:val="004447DB"/>
     <w:rsid w:val="00446278"/>
+    <w:rsid w:val="00446853"/>
     <w:rsid w:val="004476E6"/>
     <w:rsid w:val="00447A6C"/>
     <w:rsid w:val="00447C3A"/>
     <w:rsid w:val="00450741"/>
+    <w:rsid w:val="00450CBE"/>
     <w:rsid w:val="00450DDC"/>
+    <w:rsid w:val="00450EDC"/>
     <w:rsid w:val="00451A8F"/>
+    <w:rsid w:val="004521B1"/>
     <w:rsid w:val="00452244"/>
     <w:rsid w:val="00453077"/>
     <w:rsid w:val="004531AF"/>
     <w:rsid w:val="004548E4"/>
     <w:rsid w:val="00455CE2"/>
     <w:rsid w:val="0045635C"/>
     <w:rsid w:val="00456943"/>
     <w:rsid w:val="004572AA"/>
     <w:rsid w:val="004603DB"/>
     <w:rsid w:val="00460D90"/>
     <w:rsid w:val="00462096"/>
     <w:rsid w:val="0046313C"/>
     <w:rsid w:val="004640C2"/>
     <w:rsid w:val="004649C9"/>
     <w:rsid w:val="00465F06"/>
     <w:rsid w:val="00466323"/>
     <w:rsid w:val="00466367"/>
     <w:rsid w:val="004664D9"/>
     <w:rsid w:val="00466B00"/>
     <w:rsid w:val="004678D1"/>
     <w:rsid w:val="004702CC"/>
+    <w:rsid w:val="0047088B"/>
     <w:rsid w:val="00470A23"/>
     <w:rsid w:val="00471379"/>
     <w:rsid w:val="00471AE6"/>
     <w:rsid w:val="00471F76"/>
     <w:rsid w:val="004724D9"/>
     <w:rsid w:val="00472CF9"/>
     <w:rsid w:val="004737C6"/>
+    <w:rsid w:val="00473C92"/>
     <w:rsid w:val="004743BC"/>
     <w:rsid w:val="00474857"/>
     <w:rsid w:val="0047568A"/>
+    <w:rsid w:val="004771DE"/>
     <w:rsid w:val="00477204"/>
     <w:rsid w:val="00477A6E"/>
     <w:rsid w:val="00477BAD"/>
+    <w:rsid w:val="00480A24"/>
     <w:rsid w:val="0048227A"/>
     <w:rsid w:val="00482647"/>
+    <w:rsid w:val="00482F58"/>
     <w:rsid w:val="00483A5B"/>
     <w:rsid w:val="00484343"/>
+    <w:rsid w:val="00484CA2"/>
     <w:rsid w:val="00485017"/>
+    <w:rsid w:val="00485589"/>
     <w:rsid w:val="004864B2"/>
+    <w:rsid w:val="00486D0E"/>
     <w:rsid w:val="0048769A"/>
     <w:rsid w:val="00490856"/>
     <w:rsid w:val="00491847"/>
     <w:rsid w:val="00492314"/>
     <w:rsid w:val="00492B22"/>
     <w:rsid w:val="00492B9A"/>
     <w:rsid w:val="00493362"/>
     <w:rsid w:val="004939CE"/>
     <w:rsid w:val="00493CFA"/>
+    <w:rsid w:val="00494510"/>
     <w:rsid w:val="00494994"/>
     <w:rsid w:val="00495667"/>
     <w:rsid w:val="00496124"/>
+    <w:rsid w:val="00496B95"/>
     <w:rsid w:val="00497119"/>
     <w:rsid w:val="0049725C"/>
+    <w:rsid w:val="004A1BBC"/>
+    <w:rsid w:val="004A21E2"/>
     <w:rsid w:val="004A2865"/>
     <w:rsid w:val="004A2B96"/>
     <w:rsid w:val="004A2C2B"/>
     <w:rsid w:val="004A2C4D"/>
     <w:rsid w:val="004A3049"/>
     <w:rsid w:val="004A33D1"/>
     <w:rsid w:val="004A4CCA"/>
+    <w:rsid w:val="004A4CED"/>
     <w:rsid w:val="004A4D79"/>
+    <w:rsid w:val="004A4F03"/>
     <w:rsid w:val="004A5974"/>
+    <w:rsid w:val="004A6AA8"/>
+    <w:rsid w:val="004A6E40"/>
     <w:rsid w:val="004A740F"/>
     <w:rsid w:val="004B0825"/>
     <w:rsid w:val="004B1788"/>
     <w:rsid w:val="004B1AFB"/>
     <w:rsid w:val="004B298C"/>
+    <w:rsid w:val="004B3541"/>
+    <w:rsid w:val="004B3857"/>
     <w:rsid w:val="004B4264"/>
     <w:rsid w:val="004B4861"/>
+    <w:rsid w:val="004B6B90"/>
+    <w:rsid w:val="004B771E"/>
+    <w:rsid w:val="004B7A69"/>
     <w:rsid w:val="004C0838"/>
+    <w:rsid w:val="004C1AB9"/>
+    <w:rsid w:val="004C249B"/>
+    <w:rsid w:val="004C2998"/>
     <w:rsid w:val="004C34AC"/>
+    <w:rsid w:val="004C36E8"/>
     <w:rsid w:val="004C4070"/>
     <w:rsid w:val="004C49E8"/>
+    <w:rsid w:val="004C53A9"/>
     <w:rsid w:val="004C717C"/>
     <w:rsid w:val="004D07C3"/>
     <w:rsid w:val="004D07E7"/>
+    <w:rsid w:val="004D0AF1"/>
+    <w:rsid w:val="004D0DB8"/>
     <w:rsid w:val="004D0F59"/>
     <w:rsid w:val="004D10D5"/>
+    <w:rsid w:val="004D15D9"/>
+    <w:rsid w:val="004D1722"/>
+    <w:rsid w:val="004D2256"/>
+    <w:rsid w:val="004D2607"/>
+    <w:rsid w:val="004D30EA"/>
+    <w:rsid w:val="004D361E"/>
+    <w:rsid w:val="004D3A7C"/>
     <w:rsid w:val="004D3BB2"/>
     <w:rsid w:val="004D42C3"/>
     <w:rsid w:val="004D457B"/>
+    <w:rsid w:val="004D55F4"/>
     <w:rsid w:val="004D5A60"/>
     <w:rsid w:val="004D72C2"/>
+    <w:rsid w:val="004E08B6"/>
     <w:rsid w:val="004E1188"/>
+    <w:rsid w:val="004E1BF6"/>
     <w:rsid w:val="004E218F"/>
     <w:rsid w:val="004E2C70"/>
+    <w:rsid w:val="004E3C30"/>
     <w:rsid w:val="004E3E1F"/>
     <w:rsid w:val="004E4C5E"/>
     <w:rsid w:val="004E52F5"/>
     <w:rsid w:val="004E5616"/>
     <w:rsid w:val="004E7030"/>
     <w:rsid w:val="004E71E6"/>
+    <w:rsid w:val="004E7871"/>
     <w:rsid w:val="004F0299"/>
+    <w:rsid w:val="004F0EA4"/>
     <w:rsid w:val="004F15D6"/>
+    <w:rsid w:val="004F1CB9"/>
     <w:rsid w:val="004F3080"/>
     <w:rsid w:val="004F3630"/>
+    <w:rsid w:val="004F4064"/>
     <w:rsid w:val="004F40BD"/>
+    <w:rsid w:val="004F6032"/>
     <w:rsid w:val="0050024F"/>
     <w:rsid w:val="005004F8"/>
+    <w:rsid w:val="0050057E"/>
+    <w:rsid w:val="00501053"/>
     <w:rsid w:val="005024C5"/>
     <w:rsid w:val="0050278B"/>
     <w:rsid w:val="005031C0"/>
     <w:rsid w:val="005035FF"/>
+    <w:rsid w:val="00503DA2"/>
     <w:rsid w:val="00503ED8"/>
     <w:rsid w:val="0050411A"/>
     <w:rsid w:val="005045B1"/>
+    <w:rsid w:val="00504C2C"/>
     <w:rsid w:val="005051DE"/>
     <w:rsid w:val="00505730"/>
     <w:rsid w:val="00505F51"/>
     <w:rsid w:val="005067AF"/>
     <w:rsid w:val="00507339"/>
     <w:rsid w:val="0050741B"/>
     <w:rsid w:val="005077C9"/>
     <w:rsid w:val="00507926"/>
     <w:rsid w:val="00507938"/>
     <w:rsid w:val="00507F44"/>
     <w:rsid w:val="0051013D"/>
     <w:rsid w:val="005107BF"/>
     <w:rsid w:val="00510804"/>
+    <w:rsid w:val="0051091A"/>
     <w:rsid w:val="00510AC3"/>
     <w:rsid w:val="00511456"/>
     <w:rsid w:val="00511728"/>
     <w:rsid w:val="00511C90"/>
     <w:rsid w:val="00511F4A"/>
     <w:rsid w:val="0051223C"/>
     <w:rsid w:val="005126CF"/>
     <w:rsid w:val="005130B2"/>
     <w:rsid w:val="00513C20"/>
+    <w:rsid w:val="0051434B"/>
     <w:rsid w:val="00514664"/>
     <w:rsid w:val="00516168"/>
     <w:rsid w:val="0051626D"/>
     <w:rsid w:val="00516655"/>
     <w:rsid w:val="005169F7"/>
+    <w:rsid w:val="00516A26"/>
     <w:rsid w:val="00520058"/>
     <w:rsid w:val="005201D5"/>
     <w:rsid w:val="005211A2"/>
     <w:rsid w:val="005215AC"/>
+    <w:rsid w:val="00522918"/>
+    <w:rsid w:val="00522ADD"/>
     <w:rsid w:val="00522D1C"/>
+    <w:rsid w:val="00522D97"/>
     <w:rsid w:val="005231E9"/>
+    <w:rsid w:val="0052369A"/>
     <w:rsid w:val="00523A57"/>
     <w:rsid w:val="0052411C"/>
+    <w:rsid w:val="005242BB"/>
     <w:rsid w:val="00524A72"/>
+    <w:rsid w:val="00525A23"/>
     <w:rsid w:val="005276A1"/>
+    <w:rsid w:val="00527A54"/>
     <w:rsid w:val="00527A6D"/>
+    <w:rsid w:val="0053064A"/>
     <w:rsid w:val="00531A01"/>
+    <w:rsid w:val="00531F70"/>
     <w:rsid w:val="00532139"/>
+    <w:rsid w:val="00532F15"/>
     <w:rsid w:val="00532F2E"/>
     <w:rsid w:val="00534664"/>
     <w:rsid w:val="00535A38"/>
     <w:rsid w:val="00535DCF"/>
     <w:rsid w:val="00535F85"/>
     <w:rsid w:val="00536A57"/>
     <w:rsid w:val="00537025"/>
     <w:rsid w:val="005379DA"/>
     <w:rsid w:val="00537E10"/>
+    <w:rsid w:val="0054085C"/>
     <w:rsid w:val="00540DBE"/>
     <w:rsid w:val="00541031"/>
+    <w:rsid w:val="0054260F"/>
     <w:rsid w:val="00543236"/>
     <w:rsid w:val="005435EB"/>
     <w:rsid w:val="005438F3"/>
     <w:rsid w:val="00543EEB"/>
     <w:rsid w:val="00544EA2"/>
+    <w:rsid w:val="005451AA"/>
     <w:rsid w:val="005458AA"/>
     <w:rsid w:val="00546F51"/>
     <w:rsid w:val="005473FE"/>
+    <w:rsid w:val="00550673"/>
+    <w:rsid w:val="00550817"/>
     <w:rsid w:val="00554D27"/>
     <w:rsid w:val="00554E34"/>
     <w:rsid w:val="00555CFF"/>
+    <w:rsid w:val="0055620D"/>
     <w:rsid w:val="005562F7"/>
     <w:rsid w:val="00556BCA"/>
     <w:rsid w:val="005576F4"/>
     <w:rsid w:val="00560082"/>
+    <w:rsid w:val="0056032A"/>
     <w:rsid w:val="005608DE"/>
+    <w:rsid w:val="00560FA4"/>
     <w:rsid w:val="0056118D"/>
     <w:rsid w:val="00562850"/>
     <w:rsid w:val="0056346F"/>
+    <w:rsid w:val="00563782"/>
     <w:rsid w:val="0056388A"/>
+    <w:rsid w:val="0056393B"/>
+    <w:rsid w:val="00564D50"/>
     <w:rsid w:val="00565485"/>
+    <w:rsid w:val="00565609"/>
     <w:rsid w:val="0056567B"/>
+    <w:rsid w:val="00565C91"/>
+    <w:rsid w:val="005660E5"/>
     <w:rsid w:val="005661A3"/>
     <w:rsid w:val="005664F4"/>
     <w:rsid w:val="0056652B"/>
     <w:rsid w:val="005667BF"/>
     <w:rsid w:val="00567467"/>
     <w:rsid w:val="00567796"/>
     <w:rsid w:val="00571392"/>
+    <w:rsid w:val="00571456"/>
     <w:rsid w:val="00571557"/>
+    <w:rsid w:val="005715F8"/>
     <w:rsid w:val="00571785"/>
+    <w:rsid w:val="00571C84"/>
     <w:rsid w:val="00571CAC"/>
     <w:rsid w:val="00571EAC"/>
     <w:rsid w:val="00571FE8"/>
     <w:rsid w:val="0057215D"/>
     <w:rsid w:val="005722D4"/>
     <w:rsid w:val="0057265E"/>
     <w:rsid w:val="00574E84"/>
     <w:rsid w:val="00575174"/>
+    <w:rsid w:val="005751CB"/>
+    <w:rsid w:val="00576345"/>
+    <w:rsid w:val="0057735D"/>
     <w:rsid w:val="00577940"/>
+    <w:rsid w:val="0058085F"/>
+    <w:rsid w:val="005809A4"/>
     <w:rsid w:val="00580E72"/>
     <w:rsid w:val="00580F7C"/>
+    <w:rsid w:val="00582D6D"/>
+    <w:rsid w:val="0058300B"/>
+    <w:rsid w:val="00584D04"/>
+    <w:rsid w:val="005859A3"/>
     <w:rsid w:val="00586582"/>
+    <w:rsid w:val="00590ED5"/>
+    <w:rsid w:val="005915F3"/>
     <w:rsid w:val="00592849"/>
+    <w:rsid w:val="005929D1"/>
+    <w:rsid w:val="00593051"/>
+    <w:rsid w:val="00593D1B"/>
     <w:rsid w:val="005947FC"/>
     <w:rsid w:val="005954A5"/>
     <w:rsid w:val="00595B61"/>
     <w:rsid w:val="00595C92"/>
     <w:rsid w:val="005960B8"/>
     <w:rsid w:val="00596D17"/>
     <w:rsid w:val="00597336"/>
     <w:rsid w:val="005A20F3"/>
     <w:rsid w:val="005A23DC"/>
     <w:rsid w:val="005A23EA"/>
     <w:rsid w:val="005A249C"/>
     <w:rsid w:val="005A2BAB"/>
+    <w:rsid w:val="005A31CF"/>
+    <w:rsid w:val="005A3524"/>
     <w:rsid w:val="005A3747"/>
     <w:rsid w:val="005A456C"/>
+    <w:rsid w:val="005A4B52"/>
     <w:rsid w:val="005A568E"/>
     <w:rsid w:val="005A589F"/>
+    <w:rsid w:val="005A6209"/>
     <w:rsid w:val="005A784C"/>
     <w:rsid w:val="005A78DD"/>
     <w:rsid w:val="005B0C42"/>
     <w:rsid w:val="005B12F0"/>
     <w:rsid w:val="005B1352"/>
     <w:rsid w:val="005B23F4"/>
     <w:rsid w:val="005B2700"/>
     <w:rsid w:val="005B2CC3"/>
     <w:rsid w:val="005B3845"/>
+    <w:rsid w:val="005B4B6D"/>
     <w:rsid w:val="005B5F42"/>
+    <w:rsid w:val="005B6156"/>
     <w:rsid w:val="005B63D2"/>
+    <w:rsid w:val="005B7996"/>
     <w:rsid w:val="005B7CE5"/>
     <w:rsid w:val="005C06DD"/>
     <w:rsid w:val="005C1381"/>
     <w:rsid w:val="005C29AD"/>
     <w:rsid w:val="005C2DC2"/>
     <w:rsid w:val="005C44DD"/>
     <w:rsid w:val="005C4923"/>
+    <w:rsid w:val="005C4A72"/>
     <w:rsid w:val="005C6290"/>
     <w:rsid w:val="005C7D0A"/>
     <w:rsid w:val="005D0740"/>
+    <w:rsid w:val="005D0FAE"/>
     <w:rsid w:val="005D18E1"/>
+    <w:rsid w:val="005D19CE"/>
     <w:rsid w:val="005D1ACE"/>
     <w:rsid w:val="005D1FC8"/>
     <w:rsid w:val="005D2117"/>
     <w:rsid w:val="005D30E2"/>
     <w:rsid w:val="005D3D73"/>
     <w:rsid w:val="005D423A"/>
     <w:rsid w:val="005D4DA0"/>
     <w:rsid w:val="005D52E2"/>
     <w:rsid w:val="005D6861"/>
     <w:rsid w:val="005D6864"/>
+    <w:rsid w:val="005D6D8A"/>
     <w:rsid w:val="005D7223"/>
     <w:rsid w:val="005D7ACD"/>
+    <w:rsid w:val="005E00D1"/>
+    <w:rsid w:val="005E06B9"/>
     <w:rsid w:val="005E0848"/>
+    <w:rsid w:val="005E1A87"/>
     <w:rsid w:val="005E45B8"/>
     <w:rsid w:val="005E4D87"/>
     <w:rsid w:val="005E5A5B"/>
+    <w:rsid w:val="005E5E71"/>
     <w:rsid w:val="005E6056"/>
     <w:rsid w:val="005E6493"/>
     <w:rsid w:val="005E6971"/>
     <w:rsid w:val="005E75A8"/>
     <w:rsid w:val="005F036B"/>
     <w:rsid w:val="005F042C"/>
     <w:rsid w:val="005F06A5"/>
     <w:rsid w:val="005F0D08"/>
+    <w:rsid w:val="005F1203"/>
     <w:rsid w:val="005F17A2"/>
+    <w:rsid w:val="005F1C6D"/>
     <w:rsid w:val="005F1FD5"/>
+    <w:rsid w:val="005F27A3"/>
     <w:rsid w:val="005F2F2D"/>
     <w:rsid w:val="005F35D2"/>
     <w:rsid w:val="005F4634"/>
     <w:rsid w:val="005F4C70"/>
     <w:rsid w:val="005F564B"/>
     <w:rsid w:val="005F56FA"/>
     <w:rsid w:val="005F5E59"/>
     <w:rsid w:val="005F72B4"/>
     <w:rsid w:val="005F766A"/>
     <w:rsid w:val="005F7FE0"/>
     <w:rsid w:val="0060019A"/>
+    <w:rsid w:val="006010F9"/>
     <w:rsid w:val="0060132B"/>
     <w:rsid w:val="0060140D"/>
     <w:rsid w:val="00601F1C"/>
     <w:rsid w:val="00601FCE"/>
+    <w:rsid w:val="00602000"/>
     <w:rsid w:val="0060201A"/>
     <w:rsid w:val="00604086"/>
     <w:rsid w:val="00604DCF"/>
+    <w:rsid w:val="00604FBD"/>
+    <w:rsid w:val="0060545D"/>
     <w:rsid w:val="00606337"/>
     <w:rsid w:val="006063B0"/>
     <w:rsid w:val="006063CE"/>
     <w:rsid w:val="006104EB"/>
     <w:rsid w:val="00610C07"/>
     <w:rsid w:val="006128B7"/>
     <w:rsid w:val="006128FA"/>
     <w:rsid w:val="00613997"/>
     <w:rsid w:val="00613EA4"/>
     <w:rsid w:val="006141BB"/>
+    <w:rsid w:val="0061509C"/>
+    <w:rsid w:val="00615594"/>
+    <w:rsid w:val="006156E6"/>
     <w:rsid w:val="00615ED0"/>
     <w:rsid w:val="00617BF1"/>
+    <w:rsid w:val="00617DD1"/>
     <w:rsid w:val="00620707"/>
+    <w:rsid w:val="00620749"/>
     <w:rsid w:val="00621290"/>
     <w:rsid w:val="006217B6"/>
     <w:rsid w:val="006230AE"/>
+    <w:rsid w:val="00623E45"/>
     <w:rsid w:val="006248BA"/>
     <w:rsid w:val="00624A36"/>
     <w:rsid w:val="00624A4B"/>
     <w:rsid w:val="00624C33"/>
     <w:rsid w:val="00624DBF"/>
     <w:rsid w:val="00625D4A"/>
     <w:rsid w:val="00625F47"/>
+    <w:rsid w:val="00626197"/>
+    <w:rsid w:val="00626529"/>
     <w:rsid w:val="0062666D"/>
     <w:rsid w:val="0062690B"/>
+    <w:rsid w:val="0062694A"/>
+    <w:rsid w:val="00627D22"/>
+    <w:rsid w:val="006311A4"/>
     <w:rsid w:val="006315D3"/>
     <w:rsid w:val="00633E45"/>
     <w:rsid w:val="00635324"/>
     <w:rsid w:val="00635B7C"/>
     <w:rsid w:val="00640498"/>
+    <w:rsid w:val="00640983"/>
+    <w:rsid w:val="006416BC"/>
     <w:rsid w:val="00641CF6"/>
     <w:rsid w:val="006428A5"/>
     <w:rsid w:val="006430CE"/>
     <w:rsid w:val="00643D81"/>
     <w:rsid w:val="006441C4"/>
+    <w:rsid w:val="0064494A"/>
+    <w:rsid w:val="00645064"/>
+    <w:rsid w:val="00646591"/>
     <w:rsid w:val="00646673"/>
     <w:rsid w:val="00646894"/>
     <w:rsid w:val="00646C89"/>
     <w:rsid w:val="00646EB2"/>
     <w:rsid w:val="00647E25"/>
+    <w:rsid w:val="00650633"/>
     <w:rsid w:val="00651686"/>
     <w:rsid w:val="00652491"/>
     <w:rsid w:val="006534EE"/>
     <w:rsid w:val="006535A0"/>
     <w:rsid w:val="00653852"/>
+    <w:rsid w:val="00653AC9"/>
     <w:rsid w:val="00654864"/>
     <w:rsid w:val="00654CCF"/>
+    <w:rsid w:val="00656194"/>
     <w:rsid w:val="00656940"/>
     <w:rsid w:val="00656B6F"/>
     <w:rsid w:val="0065737B"/>
     <w:rsid w:val="00657BA9"/>
     <w:rsid w:val="00657DFE"/>
+    <w:rsid w:val="00660946"/>
+    <w:rsid w:val="00661056"/>
+    <w:rsid w:val="0066192A"/>
     <w:rsid w:val="0066193C"/>
     <w:rsid w:val="00661B54"/>
     <w:rsid w:val="00661EDA"/>
     <w:rsid w:val="00661F01"/>
     <w:rsid w:val="00662832"/>
     <w:rsid w:val="00662AF4"/>
     <w:rsid w:val="00662D35"/>
     <w:rsid w:val="00662FA6"/>
     <w:rsid w:val="00663488"/>
     <w:rsid w:val="00663B4E"/>
     <w:rsid w:val="00664F07"/>
     <w:rsid w:val="00665196"/>
+    <w:rsid w:val="006652F5"/>
     <w:rsid w:val="006653DE"/>
     <w:rsid w:val="006658AC"/>
+    <w:rsid w:val="00665C53"/>
     <w:rsid w:val="00665E9B"/>
     <w:rsid w:val="00665F30"/>
     <w:rsid w:val="006661F2"/>
+    <w:rsid w:val="00667E50"/>
     <w:rsid w:val="0067042D"/>
     <w:rsid w:val="00670785"/>
     <w:rsid w:val="00671323"/>
+    <w:rsid w:val="006715D7"/>
     <w:rsid w:val="006717ED"/>
+    <w:rsid w:val="006724C6"/>
     <w:rsid w:val="006736A2"/>
     <w:rsid w:val="00673B86"/>
+    <w:rsid w:val="00673CDC"/>
     <w:rsid w:val="00673ECA"/>
     <w:rsid w:val="00674977"/>
     <w:rsid w:val="00676695"/>
     <w:rsid w:val="006777B4"/>
+    <w:rsid w:val="00677999"/>
     <w:rsid w:val="00680722"/>
     <w:rsid w:val="00680C35"/>
     <w:rsid w:val="00681908"/>
+    <w:rsid w:val="006835F5"/>
+    <w:rsid w:val="00683FE5"/>
     <w:rsid w:val="006843C7"/>
+    <w:rsid w:val="00686331"/>
     <w:rsid w:val="0068699E"/>
     <w:rsid w:val="00687339"/>
     <w:rsid w:val="00687B34"/>
     <w:rsid w:val="00687E6C"/>
     <w:rsid w:val="00690693"/>
     <w:rsid w:val="00690A8B"/>
     <w:rsid w:val="00690B7A"/>
     <w:rsid w:val="00691D36"/>
     <w:rsid w:val="00691D60"/>
     <w:rsid w:val="00692525"/>
     <w:rsid w:val="006926AC"/>
     <w:rsid w:val="006938CC"/>
+    <w:rsid w:val="00693E1D"/>
     <w:rsid w:val="006941DA"/>
     <w:rsid w:val="00694BB5"/>
     <w:rsid w:val="006950DC"/>
     <w:rsid w:val="006952A4"/>
     <w:rsid w:val="00696B46"/>
+    <w:rsid w:val="00697AAC"/>
     <w:rsid w:val="006A06C2"/>
     <w:rsid w:val="006A075D"/>
     <w:rsid w:val="006A0F60"/>
+    <w:rsid w:val="006A0FA2"/>
     <w:rsid w:val="006A1086"/>
     <w:rsid w:val="006A1419"/>
     <w:rsid w:val="006A2134"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2AA7"/>
     <w:rsid w:val="006A332C"/>
+    <w:rsid w:val="006A3C93"/>
     <w:rsid w:val="006A3F3E"/>
     <w:rsid w:val="006A4098"/>
+    <w:rsid w:val="006A45D8"/>
     <w:rsid w:val="006A5410"/>
+    <w:rsid w:val="006A56F9"/>
+    <w:rsid w:val="006A62A3"/>
     <w:rsid w:val="006A6B01"/>
     <w:rsid w:val="006A71E6"/>
+    <w:rsid w:val="006A74B1"/>
     <w:rsid w:val="006A74C6"/>
     <w:rsid w:val="006B0405"/>
+    <w:rsid w:val="006B0CB4"/>
+    <w:rsid w:val="006B0E63"/>
+    <w:rsid w:val="006B1432"/>
     <w:rsid w:val="006B1C0F"/>
+    <w:rsid w:val="006B1D51"/>
+    <w:rsid w:val="006B4929"/>
+    <w:rsid w:val="006B536C"/>
     <w:rsid w:val="006B5441"/>
     <w:rsid w:val="006B5983"/>
     <w:rsid w:val="006B63B3"/>
     <w:rsid w:val="006B6FF4"/>
     <w:rsid w:val="006C04D4"/>
     <w:rsid w:val="006C0713"/>
     <w:rsid w:val="006C22D6"/>
     <w:rsid w:val="006C2767"/>
+    <w:rsid w:val="006C2E23"/>
     <w:rsid w:val="006C383F"/>
+    <w:rsid w:val="006C6B36"/>
     <w:rsid w:val="006C78A7"/>
     <w:rsid w:val="006C7BD4"/>
     <w:rsid w:val="006D10EA"/>
     <w:rsid w:val="006D4DA0"/>
     <w:rsid w:val="006D52D8"/>
+    <w:rsid w:val="006D581B"/>
     <w:rsid w:val="006D5973"/>
     <w:rsid w:val="006D5E85"/>
     <w:rsid w:val="006E073C"/>
+    <w:rsid w:val="006E1460"/>
     <w:rsid w:val="006E21E1"/>
     <w:rsid w:val="006E36AD"/>
     <w:rsid w:val="006E45D2"/>
+    <w:rsid w:val="006E484A"/>
     <w:rsid w:val="006E55FB"/>
     <w:rsid w:val="006E5A83"/>
     <w:rsid w:val="006E70FA"/>
+    <w:rsid w:val="006F0715"/>
     <w:rsid w:val="006F0AE4"/>
+    <w:rsid w:val="006F0EE9"/>
     <w:rsid w:val="006F1063"/>
+    <w:rsid w:val="006F17E3"/>
     <w:rsid w:val="006F1B28"/>
     <w:rsid w:val="006F1BA9"/>
     <w:rsid w:val="006F1D87"/>
     <w:rsid w:val="006F2086"/>
     <w:rsid w:val="006F28FC"/>
+    <w:rsid w:val="006F2C94"/>
+    <w:rsid w:val="006F3BD0"/>
     <w:rsid w:val="006F4753"/>
+    <w:rsid w:val="006F52C3"/>
     <w:rsid w:val="006F5515"/>
     <w:rsid w:val="006F5B62"/>
+    <w:rsid w:val="006F622A"/>
     <w:rsid w:val="007013DA"/>
     <w:rsid w:val="00701A9E"/>
     <w:rsid w:val="007020F8"/>
     <w:rsid w:val="007021B1"/>
     <w:rsid w:val="007028C3"/>
     <w:rsid w:val="00702A24"/>
     <w:rsid w:val="00703173"/>
     <w:rsid w:val="00703344"/>
     <w:rsid w:val="007034D4"/>
     <w:rsid w:val="00703AC7"/>
     <w:rsid w:val="0070479F"/>
     <w:rsid w:val="00705BA5"/>
     <w:rsid w:val="0070791B"/>
     <w:rsid w:val="00710495"/>
+    <w:rsid w:val="00710551"/>
     <w:rsid w:val="007115A4"/>
     <w:rsid w:val="00712102"/>
     <w:rsid w:val="00712106"/>
     <w:rsid w:val="00712186"/>
     <w:rsid w:val="007128F8"/>
+    <w:rsid w:val="0071368C"/>
+    <w:rsid w:val="0071467E"/>
     <w:rsid w:val="00714D10"/>
+    <w:rsid w:val="007152B8"/>
+    <w:rsid w:val="00715B88"/>
+    <w:rsid w:val="00715D1A"/>
     <w:rsid w:val="007168E3"/>
+    <w:rsid w:val="007169E5"/>
     <w:rsid w:val="00717A72"/>
+    <w:rsid w:val="00717A90"/>
+    <w:rsid w:val="00721309"/>
     <w:rsid w:val="00721900"/>
     <w:rsid w:val="0072262A"/>
     <w:rsid w:val="007228CB"/>
     <w:rsid w:val="00722D2F"/>
     <w:rsid w:val="00723D58"/>
     <w:rsid w:val="0072466A"/>
+    <w:rsid w:val="00725BA2"/>
+    <w:rsid w:val="007263D6"/>
     <w:rsid w:val="00726C11"/>
     <w:rsid w:val="00726D75"/>
+    <w:rsid w:val="0072714D"/>
+    <w:rsid w:val="00727AFC"/>
     <w:rsid w:val="00727B78"/>
     <w:rsid w:val="00730088"/>
     <w:rsid w:val="00730ADD"/>
+    <w:rsid w:val="00732088"/>
+    <w:rsid w:val="007328E1"/>
     <w:rsid w:val="00733793"/>
     <w:rsid w:val="00733912"/>
     <w:rsid w:val="00733A01"/>
     <w:rsid w:val="007344FB"/>
     <w:rsid w:val="00734882"/>
     <w:rsid w:val="00736A20"/>
+    <w:rsid w:val="00736BB4"/>
     <w:rsid w:val="00736E22"/>
     <w:rsid w:val="00737420"/>
+    <w:rsid w:val="00737A83"/>
+    <w:rsid w:val="00737C71"/>
     <w:rsid w:val="00737E4D"/>
+    <w:rsid w:val="00737EF6"/>
     <w:rsid w:val="0074016C"/>
+    <w:rsid w:val="0074096D"/>
+    <w:rsid w:val="00741953"/>
+    <w:rsid w:val="00742DEC"/>
     <w:rsid w:val="00742EB0"/>
     <w:rsid w:val="007447FF"/>
     <w:rsid w:val="00744944"/>
+    <w:rsid w:val="007451F8"/>
     <w:rsid w:val="007455E6"/>
     <w:rsid w:val="007458D8"/>
     <w:rsid w:val="00745A18"/>
     <w:rsid w:val="00745E1B"/>
     <w:rsid w:val="00746114"/>
     <w:rsid w:val="00746799"/>
     <w:rsid w:val="00746D1F"/>
     <w:rsid w:val="00747209"/>
     <w:rsid w:val="0075145D"/>
+    <w:rsid w:val="0075154D"/>
     <w:rsid w:val="00751C38"/>
     <w:rsid w:val="00751F72"/>
     <w:rsid w:val="007527B2"/>
     <w:rsid w:val="007527C3"/>
     <w:rsid w:val="007528C2"/>
     <w:rsid w:val="00752F53"/>
     <w:rsid w:val="0075309A"/>
     <w:rsid w:val="00753125"/>
+    <w:rsid w:val="007534FD"/>
     <w:rsid w:val="00753B8A"/>
     <w:rsid w:val="00754980"/>
     <w:rsid w:val="00755060"/>
     <w:rsid w:val="007556CB"/>
+    <w:rsid w:val="007563AE"/>
     <w:rsid w:val="00757205"/>
     <w:rsid w:val="0075757A"/>
     <w:rsid w:val="007613ED"/>
     <w:rsid w:val="00761AF9"/>
     <w:rsid w:val="00761CB3"/>
     <w:rsid w:val="00762687"/>
+    <w:rsid w:val="00763313"/>
     <w:rsid w:val="007634B7"/>
+    <w:rsid w:val="00763B4D"/>
     <w:rsid w:val="00763EF2"/>
+    <w:rsid w:val="007650EA"/>
     <w:rsid w:val="00765C40"/>
     <w:rsid w:val="00765E28"/>
+    <w:rsid w:val="00766C6C"/>
     <w:rsid w:val="007673AC"/>
     <w:rsid w:val="0076758A"/>
+    <w:rsid w:val="007703EE"/>
     <w:rsid w:val="00770CC7"/>
+    <w:rsid w:val="007716C5"/>
     <w:rsid w:val="00771B34"/>
     <w:rsid w:val="007723BB"/>
     <w:rsid w:val="007728FC"/>
     <w:rsid w:val="0077439C"/>
     <w:rsid w:val="00775A5E"/>
+    <w:rsid w:val="00775D1B"/>
     <w:rsid w:val="007763BF"/>
     <w:rsid w:val="0078001F"/>
     <w:rsid w:val="00780DC0"/>
     <w:rsid w:val="007810FE"/>
     <w:rsid w:val="00781B46"/>
     <w:rsid w:val="00781D83"/>
     <w:rsid w:val="00781ED0"/>
     <w:rsid w:val="007820D5"/>
+    <w:rsid w:val="00782661"/>
     <w:rsid w:val="007829E8"/>
     <w:rsid w:val="00782F28"/>
     <w:rsid w:val="00783061"/>
+    <w:rsid w:val="007830DF"/>
     <w:rsid w:val="00785969"/>
     <w:rsid w:val="007859F6"/>
+    <w:rsid w:val="00787904"/>
     <w:rsid w:val="00787C85"/>
     <w:rsid w:val="00787EFF"/>
     <w:rsid w:val="00790DBF"/>
+    <w:rsid w:val="00791447"/>
     <w:rsid w:val="007915AC"/>
+    <w:rsid w:val="0079214E"/>
     <w:rsid w:val="00792680"/>
     <w:rsid w:val="00792756"/>
     <w:rsid w:val="00792F2B"/>
     <w:rsid w:val="00793978"/>
     <w:rsid w:val="0079448B"/>
+    <w:rsid w:val="00794F26"/>
     <w:rsid w:val="00796A0A"/>
     <w:rsid w:val="00797099"/>
+    <w:rsid w:val="0079744F"/>
     <w:rsid w:val="007A036E"/>
     <w:rsid w:val="007A0763"/>
+    <w:rsid w:val="007A0F21"/>
+    <w:rsid w:val="007A11AE"/>
     <w:rsid w:val="007A127C"/>
+    <w:rsid w:val="007A2017"/>
+    <w:rsid w:val="007A21A9"/>
     <w:rsid w:val="007A2FA6"/>
     <w:rsid w:val="007A3734"/>
     <w:rsid w:val="007A3A83"/>
     <w:rsid w:val="007A3C13"/>
     <w:rsid w:val="007A3D27"/>
+    <w:rsid w:val="007A4968"/>
     <w:rsid w:val="007A5A6B"/>
     <w:rsid w:val="007A6F3B"/>
     <w:rsid w:val="007B05E1"/>
     <w:rsid w:val="007B0B08"/>
     <w:rsid w:val="007B187F"/>
     <w:rsid w:val="007B31EB"/>
     <w:rsid w:val="007B331B"/>
+    <w:rsid w:val="007B3BDA"/>
     <w:rsid w:val="007B421C"/>
+    <w:rsid w:val="007B6346"/>
     <w:rsid w:val="007B6B1B"/>
     <w:rsid w:val="007B725F"/>
     <w:rsid w:val="007C0BD2"/>
     <w:rsid w:val="007C0EBB"/>
     <w:rsid w:val="007C12E8"/>
+    <w:rsid w:val="007C154D"/>
     <w:rsid w:val="007C1C98"/>
+    <w:rsid w:val="007C310D"/>
     <w:rsid w:val="007C46A1"/>
     <w:rsid w:val="007C557D"/>
+    <w:rsid w:val="007C6D88"/>
+    <w:rsid w:val="007C76A9"/>
     <w:rsid w:val="007D039B"/>
     <w:rsid w:val="007D0F6D"/>
+    <w:rsid w:val="007D11C5"/>
     <w:rsid w:val="007D162F"/>
     <w:rsid w:val="007D2E45"/>
     <w:rsid w:val="007D2F31"/>
     <w:rsid w:val="007D63FD"/>
     <w:rsid w:val="007D641A"/>
+    <w:rsid w:val="007D7275"/>
     <w:rsid w:val="007D75C8"/>
     <w:rsid w:val="007D7BD1"/>
     <w:rsid w:val="007E00FC"/>
     <w:rsid w:val="007E0502"/>
+    <w:rsid w:val="007E052C"/>
     <w:rsid w:val="007E15ED"/>
     <w:rsid w:val="007E198B"/>
+    <w:rsid w:val="007E2400"/>
     <w:rsid w:val="007E366B"/>
     <w:rsid w:val="007E3743"/>
     <w:rsid w:val="007E3C99"/>
     <w:rsid w:val="007E43EC"/>
     <w:rsid w:val="007E4EDD"/>
     <w:rsid w:val="007E5029"/>
     <w:rsid w:val="007E5CE5"/>
     <w:rsid w:val="007E5F59"/>
+    <w:rsid w:val="007E732D"/>
     <w:rsid w:val="007F040B"/>
     <w:rsid w:val="007F059B"/>
+    <w:rsid w:val="007F0CDB"/>
     <w:rsid w:val="007F149B"/>
+    <w:rsid w:val="007F1B0B"/>
     <w:rsid w:val="007F1EDB"/>
+    <w:rsid w:val="007F21A4"/>
     <w:rsid w:val="007F234D"/>
     <w:rsid w:val="007F2783"/>
     <w:rsid w:val="007F2DC1"/>
     <w:rsid w:val="007F3448"/>
+    <w:rsid w:val="007F3636"/>
     <w:rsid w:val="007F3730"/>
+    <w:rsid w:val="007F43EF"/>
     <w:rsid w:val="007F4E42"/>
+    <w:rsid w:val="007F58E4"/>
     <w:rsid w:val="007F5E44"/>
+    <w:rsid w:val="007F623B"/>
     <w:rsid w:val="007F6935"/>
     <w:rsid w:val="0080078E"/>
     <w:rsid w:val="00800934"/>
     <w:rsid w:val="00800CF2"/>
     <w:rsid w:val="0080146F"/>
     <w:rsid w:val="00801904"/>
     <w:rsid w:val="00801F83"/>
+    <w:rsid w:val="00802126"/>
     <w:rsid w:val="008022E4"/>
+    <w:rsid w:val="0080350E"/>
+    <w:rsid w:val="00803C96"/>
+    <w:rsid w:val="00803E59"/>
     <w:rsid w:val="008045F7"/>
     <w:rsid w:val="00804630"/>
+    <w:rsid w:val="00805CC8"/>
     <w:rsid w:val="00806D6E"/>
     <w:rsid w:val="00806F39"/>
     <w:rsid w:val="00807B05"/>
     <w:rsid w:val="00811167"/>
     <w:rsid w:val="0081179A"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="00812A7F"/>
     <w:rsid w:val="00812AF3"/>
     <w:rsid w:val="00814BB7"/>
     <w:rsid w:val="00814CB4"/>
     <w:rsid w:val="00814F2C"/>
     <w:rsid w:val="00817DD2"/>
     <w:rsid w:val="0082090F"/>
     <w:rsid w:val="008209D1"/>
     <w:rsid w:val="0082128D"/>
     <w:rsid w:val="008214EF"/>
+    <w:rsid w:val="00822516"/>
     <w:rsid w:val="008230A4"/>
     <w:rsid w:val="008230C1"/>
+    <w:rsid w:val="008234EA"/>
+    <w:rsid w:val="008238DA"/>
     <w:rsid w:val="008251DA"/>
     <w:rsid w:val="008266A6"/>
     <w:rsid w:val="0082675E"/>
     <w:rsid w:val="00826ACB"/>
     <w:rsid w:val="00826B10"/>
     <w:rsid w:val="008274C5"/>
     <w:rsid w:val="00827625"/>
     <w:rsid w:val="00827E7D"/>
+    <w:rsid w:val="00830957"/>
     <w:rsid w:val="008315C1"/>
+    <w:rsid w:val="00832427"/>
     <w:rsid w:val="0083398E"/>
+    <w:rsid w:val="00833C30"/>
+    <w:rsid w:val="00833C45"/>
     <w:rsid w:val="0083400D"/>
     <w:rsid w:val="00834063"/>
+    <w:rsid w:val="008342AB"/>
     <w:rsid w:val="00834CDE"/>
+    <w:rsid w:val="0083568F"/>
     <w:rsid w:val="008357E5"/>
     <w:rsid w:val="00836D9E"/>
+    <w:rsid w:val="00837456"/>
     <w:rsid w:val="00837592"/>
     <w:rsid w:val="00837B1C"/>
+    <w:rsid w:val="00837E9E"/>
     <w:rsid w:val="0084015B"/>
     <w:rsid w:val="0084053E"/>
     <w:rsid w:val="008407E3"/>
+    <w:rsid w:val="008408DD"/>
     <w:rsid w:val="008410B6"/>
     <w:rsid w:val="008410BC"/>
     <w:rsid w:val="00841E35"/>
     <w:rsid w:val="00844154"/>
     <w:rsid w:val="0084456B"/>
     <w:rsid w:val="00844DC6"/>
     <w:rsid w:val="00845735"/>
     <w:rsid w:val="00845FFE"/>
     <w:rsid w:val="008467F6"/>
     <w:rsid w:val="00846D81"/>
     <w:rsid w:val="008476EF"/>
     <w:rsid w:val="00847894"/>
+    <w:rsid w:val="00847936"/>
     <w:rsid w:val="008506D8"/>
     <w:rsid w:val="00851D1E"/>
+    <w:rsid w:val="00853E3B"/>
+    <w:rsid w:val="0085515D"/>
     <w:rsid w:val="0085523C"/>
     <w:rsid w:val="008555DE"/>
     <w:rsid w:val="00856537"/>
     <w:rsid w:val="00856B4A"/>
     <w:rsid w:val="00857A0F"/>
     <w:rsid w:val="00857BF9"/>
     <w:rsid w:val="008613BE"/>
     <w:rsid w:val="00861CC7"/>
     <w:rsid w:val="0086220A"/>
     <w:rsid w:val="008649D6"/>
     <w:rsid w:val="00864AB4"/>
+    <w:rsid w:val="00865606"/>
+    <w:rsid w:val="00866878"/>
     <w:rsid w:val="00866942"/>
+    <w:rsid w:val="00866ED3"/>
     <w:rsid w:val="00870B2A"/>
     <w:rsid w:val="0087100F"/>
     <w:rsid w:val="0087161B"/>
     <w:rsid w:val="008726C1"/>
+    <w:rsid w:val="00872DAC"/>
     <w:rsid w:val="00872FB3"/>
     <w:rsid w:val="00873570"/>
     <w:rsid w:val="0087394A"/>
+    <w:rsid w:val="00873DEA"/>
     <w:rsid w:val="00874222"/>
+    <w:rsid w:val="0087425B"/>
     <w:rsid w:val="00875FC5"/>
     <w:rsid w:val="008765BD"/>
     <w:rsid w:val="00876B0C"/>
     <w:rsid w:val="0087709D"/>
     <w:rsid w:val="00877D81"/>
     <w:rsid w:val="008824B3"/>
     <w:rsid w:val="00883C27"/>
     <w:rsid w:val="00885148"/>
     <w:rsid w:val="008859FC"/>
     <w:rsid w:val="00885ADB"/>
     <w:rsid w:val="00885F23"/>
     <w:rsid w:val="00886414"/>
     <w:rsid w:val="00886636"/>
     <w:rsid w:val="00886A40"/>
+    <w:rsid w:val="00887FDA"/>
+    <w:rsid w:val="0089013B"/>
     <w:rsid w:val="0089099B"/>
+    <w:rsid w:val="008910C0"/>
+    <w:rsid w:val="00891110"/>
     <w:rsid w:val="00894810"/>
+    <w:rsid w:val="008957C7"/>
+    <w:rsid w:val="00895B4A"/>
+    <w:rsid w:val="00895B78"/>
     <w:rsid w:val="00895F02"/>
+    <w:rsid w:val="0089664B"/>
     <w:rsid w:val="00896D38"/>
     <w:rsid w:val="0089776F"/>
     <w:rsid w:val="00897C64"/>
+    <w:rsid w:val="00897D1F"/>
     <w:rsid w:val="008A1877"/>
     <w:rsid w:val="008A2372"/>
     <w:rsid w:val="008A3491"/>
     <w:rsid w:val="008A3F6A"/>
     <w:rsid w:val="008A4D0D"/>
     <w:rsid w:val="008A540F"/>
     <w:rsid w:val="008A60C6"/>
     <w:rsid w:val="008A61CD"/>
     <w:rsid w:val="008A631B"/>
     <w:rsid w:val="008A6832"/>
     <w:rsid w:val="008A73EF"/>
     <w:rsid w:val="008A7BAF"/>
     <w:rsid w:val="008A7D1E"/>
     <w:rsid w:val="008A7D30"/>
+    <w:rsid w:val="008B07EC"/>
     <w:rsid w:val="008B0B7A"/>
     <w:rsid w:val="008B19EB"/>
     <w:rsid w:val="008B261C"/>
+    <w:rsid w:val="008B2988"/>
     <w:rsid w:val="008B2F7F"/>
     <w:rsid w:val="008B3021"/>
     <w:rsid w:val="008B3569"/>
+    <w:rsid w:val="008B3837"/>
+    <w:rsid w:val="008B38C3"/>
+    <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4DF7"/>
+    <w:rsid w:val="008B574A"/>
+    <w:rsid w:val="008B5A15"/>
+    <w:rsid w:val="008B6B2C"/>
     <w:rsid w:val="008B722B"/>
     <w:rsid w:val="008C04E5"/>
+    <w:rsid w:val="008C0816"/>
     <w:rsid w:val="008C0CAD"/>
+    <w:rsid w:val="008C384C"/>
     <w:rsid w:val="008C3A86"/>
     <w:rsid w:val="008C46D0"/>
     <w:rsid w:val="008C4987"/>
     <w:rsid w:val="008C4C24"/>
     <w:rsid w:val="008C5363"/>
     <w:rsid w:val="008C5A6B"/>
+    <w:rsid w:val="008C5DA3"/>
     <w:rsid w:val="008C6276"/>
     <w:rsid w:val="008C6D46"/>
     <w:rsid w:val="008C6DA5"/>
     <w:rsid w:val="008C7B05"/>
     <w:rsid w:val="008D06FD"/>
+    <w:rsid w:val="008D1BCB"/>
     <w:rsid w:val="008D1CB3"/>
     <w:rsid w:val="008D203C"/>
+    <w:rsid w:val="008D2335"/>
     <w:rsid w:val="008D2528"/>
     <w:rsid w:val="008D2953"/>
     <w:rsid w:val="008D31B3"/>
     <w:rsid w:val="008D38DE"/>
     <w:rsid w:val="008D4943"/>
     <w:rsid w:val="008D4CC7"/>
     <w:rsid w:val="008D5208"/>
+    <w:rsid w:val="008D5B07"/>
     <w:rsid w:val="008D74A1"/>
     <w:rsid w:val="008D76BB"/>
     <w:rsid w:val="008D7AAE"/>
+    <w:rsid w:val="008D7ABD"/>
     <w:rsid w:val="008E1A00"/>
     <w:rsid w:val="008E1C40"/>
     <w:rsid w:val="008E1D93"/>
+    <w:rsid w:val="008E2A85"/>
+    <w:rsid w:val="008E446A"/>
     <w:rsid w:val="008E456B"/>
     <w:rsid w:val="008E566D"/>
     <w:rsid w:val="008E6613"/>
     <w:rsid w:val="008E693A"/>
+    <w:rsid w:val="008E6997"/>
+    <w:rsid w:val="008E6DCE"/>
     <w:rsid w:val="008E7A62"/>
     <w:rsid w:val="008E7AF2"/>
     <w:rsid w:val="008F026B"/>
     <w:rsid w:val="008F0346"/>
+    <w:rsid w:val="008F0671"/>
     <w:rsid w:val="008F089E"/>
+    <w:rsid w:val="008F0BEE"/>
+    <w:rsid w:val="008F12D2"/>
     <w:rsid w:val="008F1C2F"/>
     <w:rsid w:val="008F246A"/>
     <w:rsid w:val="008F2731"/>
     <w:rsid w:val="008F3280"/>
     <w:rsid w:val="008F348A"/>
     <w:rsid w:val="008F3C96"/>
+    <w:rsid w:val="008F47E2"/>
     <w:rsid w:val="008F608F"/>
     <w:rsid w:val="008F7415"/>
     <w:rsid w:val="008F7673"/>
     <w:rsid w:val="00900A35"/>
     <w:rsid w:val="00900A7D"/>
     <w:rsid w:val="00901ACA"/>
     <w:rsid w:val="0090340B"/>
+    <w:rsid w:val="00903CAC"/>
     <w:rsid w:val="00904AC0"/>
     <w:rsid w:val="00904EFD"/>
     <w:rsid w:val="00905355"/>
     <w:rsid w:val="00905589"/>
     <w:rsid w:val="0090694A"/>
     <w:rsid w:val="00907723"/>
     <w:rsid w:val="00910860"/>
+    <w:rsid w:val="00910C22"/>
+    <w:rsid w:val="00912DFA"/>
     <w:rsid w:val="00913560"/>
+    <w:rsid w:val="00915397"/>
     <w:rsid w:val="00916B59"/>
     <w:rsid w:val="00917481"/>
     <w:rsid w:val="00917D9D"/>
     <w:rsid w:val="00917EE1"/>
     <w:rsid w:val="00920A4B"/>
     <w:rsid w:val="00920EDB"/>
     <w:rsid w:val="00921A8D"/>
+    <w:rsid w:val="00922E72"/>
     <w:rsid w:val="00923C18"/>
     <w:rsid w:val="00923DA9"/>
     <w:rsid w:val="00923DAD"/>
     <w:rsid w:val="00924CB0"/>
     <w:rsid w:val="0092512A"/>
     <w:rsid w:val="0092563F"/>
     <w:rsid w:val="0092579B"/>
     <w:rsid w:val="00925EF8"/>
     <w:rsid w:val="009263FF"/>
     <w:rsid w:val="009268B9"/>
     <w:rsid w:val="00926AD3"/>
     <w:rsid w:val="0092751B"/>
+    <w:rsid w:val="00927645"/>
     <w:rsid w:val="00930605"/>
     <w:rsid w:val="0093071E"/>
     <w:rsid w:val="00930EC2"/>
     <w:rsid w:val="00932D4A"/>
     <w:rsid w:val="00933FF4"/>
     <w:rsid w:val="0093422F"/>
     <w:rsid w:val="009352BC"/>
+    <w:rsid w:val="0093583D"/>
+    <w:rsid w:val="009359F2"/>
+    <w:rsid w:val="0093672D"/>
+    <w:rsid w:val="00936FA0"/>
     <w:rsid w:val="00937E46"/>
     <w:rsid w:val="00940229"/>
     <w:rsid w:val="00940586"/>
+    <w:rsid w:val="009405EF"/>
+    <w:rsid w:val="00940B84"/>
     <w:rsid w:val="009412FE"/>
+    <w:rsid w:val="009418FF"/>
     <w:rsid w:val="009425B8"/>
     <w:rsid w:val="0094261A"/>
+    <w:rsid w:val="00942AEF"/>
     <w:rsid w:val="00944525"/>
     <w:rsid w:val="009448CF"/>
     <w:rsid w:val="00945117"/>
     <w:rsid w:val="009451CC"/>
+    <w:rsid w:val="00945E61"/>
     <w:rsid w:val="00946106"/>
     <w:rsid w:val="00946663"/>
     <w:rsid w:val="009468AD"/>
     <w:rsid w:val="009474ED"/>
     <w:rsid w:val="009476CB"/>
     <w:rsid w:val="00947A31"/>
+    <w:rsid w:val="00947BA2"/>
     <w:rsid w:val="00947FC0"/>
     <w:rsid w:val="009500AC"/>
+    <w:rsid w:val="00950561"/>
     <w:rsid w:val="00950712"/>
     <w:rsid w:val="00950781"/>
+    <w:rsid w:val="00950F8E"/>
     <w:rsid w:val="0095786D"/>
     <w:rsid w:val="009579FB"/>
     <w:rsid w:val="00957EB1"/>
     <w:rsid w:val="009617C0"/>
     <w:rsid w:val="00962D33"/>
     <w:rsid w:val="00962ECB"/>
     <w:rsid w:val="009630DF"/>
     <w:rsid w:val="00963F21"/>
     <w:rsid w:val="00965360"/>
+    <w:rsid w:val="00967295"/>
     <w:rsid w:val="00967A83"/>
     <w:rsid w:val="00967F30"/>
     <w:rsid w:val="009700D3"/>
     <w:rsid w:val="0097144E"/>
     <w:rsid w:val="00971696"/>
+    <w:rsid w:val="0097197A"/>
     <w:rsid w:val="00971DF8"/>
+    <w:rsid w:val="0097214D"/>
     <w:rsid w:val="009721F0"/>
     <w:rsid w:val="00973308"/>
     <w:rsid w:val="0097345B"/>
+    <w:rsid w:val="00973677"/>
+    <w:rsid w:val="0097488C"/>
     <w:rsid w:val="00974B6F"/>
     <w:rsid w:val="00976754"/>
     <w:rsid w:val="00977A16"/>
     <w:rsid w:val="00977B0A"/>
+    <w:rsid w:val="00977DC1"/>
     <w:rsid w:val="009809A2"/>
     <w:rsid w:val="009818BD"/>
     <w:rsid w:val="009819ED"/>
+    <w:rsid w:val="0098215B"/>
     <w:rsid w:val="00982B30"/>
     <w:rsid w:val="00982DF7"/>
+    <w:rsid w:val="00983966"/>
     <w:rsid w:val="00983ADA"/>
     <w:rsid w:val="00984547"/>
     <w:rsid w:val="00984A21"/>
     <w:rsid w:val="00985194"/>
     <w:rsid w:val="0098528F"/>
+    <w:rsid w:val="0098533D"/>
     <w:rsid w:val="00985A9E"/>
+    <w:rsid w:val="0098652A"/>
     <w:rsid w:val="00986789"/>
     <w:rsid w:val="0098690F"/>
     <w:rsid w:val="00986F3F"/>
+    <w:rsid w:val="009877BD"/>
     <w:rsid w:val="00990320"/>
     <w:rsid w:val="009904A9"/>
     <w:rsid w:val="00990F88"/>
+    <w:rsid w:val="00990FE2"/>
     <w:rsid w:val="00991645"/>
     <w:rsid w:val="009925FA"/>
+    <w:rsid w:val="009934EF"/>
     <w:rsid w:val="00993DAD"/>
     <w:rsid w:val="00994046"/>
     <w:rsid w:val="009953F2"/>
+    <w:rsid w:val="00995560"/>
     <w:rsid w:val="00995647"/>
+    <w:rsid w:val="009959F8"/>
+    <w:rsid w:val="00995F2E"/>
+    <w:rsid w:val="00996077"/>
     <w:rsid w:val="00996183"/>
     <w:rsid w:val="00996A50"/>
+    <w:rsid w:val="0099751D"/>
     <w:rsid w:val="0099765D"/>
     <w:rsid w:val="009976A5"/>
+    <w:rsid w:val="009978B1"/>
+    <w:rsid w:val="009A11B8"/>
+    <w:rsid w:val="009A1638"/>
+    <w:rsid w:val="009A1860"/>
     <w:rsid w:val="009A1E4C"/>
     <w:rsid w:val="009A2042"/>
     <w:rsid w:val="009A235A"/>
+    <w:rsid w:val="009A25DB"/>
     <w:rsid w:val="009A2AFD"/>
     <w:rsid w:val="009A31D1"/>
     <w:rsid w:val="009A4047"/>
+    <w:rsid w:val="009A4CD8"/>
     <w:rsid w:val="009A54A9"/>
     <w:rsid w:val="009A5C63"/>
     <w:rsid w:val="009A64CB"/>
     <w:rsid w:val="009A69A5"/>
     <w:rsid w:val="009A6B65"/>
+    <w:rsid w:val="009A7661"/>
     <w:rsid w:val="009B048D"/>
     <w:rsid w:val="009B0976"/>
+    <w:rsid w:val="009B0C37"/>
     <w:rsid w:val="009B0DC1"/>
     <w:rsid w:val="009B113E"/>
     <w:rsid w:val="009B1570"/>
     <w:rsid w:val="009B4797"/>
+    <w:rsid w:val="009B5D1D"/>
     <w:rsid w:val="009B5FAA"/>
     <w:rsid w:val="009B6D49"/>
     <w:rsid w:val="009B6F01"/>
     <w:rsid w:val="009B775F"/>
+    <w:rsid w:val="009C0A85"/>
+    <w:rsid w:val="009C3D46"/>
     <w:rsid w:val="009C414B"/>
     <w:rsid w:val="009C4604"/>
     <w:rsid w:val="009C544D"/>
     <w:rsid w:val="009C552F"/>
+    <w:rsid w:val="009C6B15"/>
     <w:rsid w:val="009C736C"/>
+    <w:rsid w:val="009D0313"/>
+    <w:rsid w:val="009D0951"/>
+    <w:rsid w:val="009D1FB4"/>
     <w:rsid w:val="009D2511"/>
     <w:rsid w:val="009D2B9C"/>
     <w:rsid w:val="009D3583"/>
     <w:rsid w:val="009D41B1"/>
+    <w:rsid w:val="009D476D"/>
     <w:rsid w:val="009D49DD"/>
+    <w:rsid w:val="009D4C89"/>
     <w:rsid w:val="009D5850"/>
     <w:rsid w:val="009D5902"/>
     <w:rsid w:val="009D6256"/>
     <w:rsid w:val="009E1772"/>
     <w:rsid w:val="009E1CFF"/>
     <w:rsid w:val="009E2B41"/>
     <w:rsid w:val="009E2C03"/>
     <w:rsid w:val="009E2D36"/>
+    <w:rsid w:val="009E33B9"/>
     <w:rsid w:val="009E3F90"/>
     <w:rsid w:val="009E4B4F"/>
     <w:rsid w:val="009E4D4D"/>
     <w:rsid w:val="009E50E4"/>
+    <w:rsid w:val="009E55D1"/>
     <w:rsid w:val="009E5D8C"/>
+    <w:rsid w:val="009E60A4"/>
     <w:rsid w:val="009E66C7"/>
     <w:rsid w:val="009E7978"/>
     <w:rsid w:val="009E7E4B"/>
     <w:rsid w:val="009F025E"/>
     <w:rsid w:val="009F0436"/>
     <w:rsid w:val="009F18E0"/>
     <w:rsid w:val="009F218B"/>
     <w:rsid w:val="009F22F6"/>
+    <w:rsid w:val="009F27CD"/>
+    <w:rsid w:val="009F2DE5"/>
+    <w:rsid w:val="009F32C6"/>
     <w:rsid w:val="009F3573"/>
+    <w:rsid w:val="009F45F8"/>
+    <w:rsid w:val="009F49B4"/>
     <w:rsid w:val="009F4BF6"/>
+    <w:rsid w:val="009F4EA2"/>
+    <w:rsid w:val="009F681B"/>
     <w:rsid w:val="009F696F"/>
     <w:rsid w:val="009F738D"/>
     <w:rsid w:val="009F7817"/>
     <w:rsid w:val="009F7F33"/>
+    <w:rsid w:val="009F7FE8"/>
     <w:rsid w:val="00A0023E"/>
+    <w:rsid w:val="00A003EE"/>
     <w:rsid w:val="00A00982"/>
+    <w:rsid w:val="00A00EF8"/>
+    <w:rsid w:val="00A01129"/>
     <w:rsid w:val="00A01554"/>
     <w:rsid w:val="00A016B3"/>
+    <w:rsid w:val="00A01800"/>
     <w:rsid w:val="00A02017"/>
+    <w:rsid w:val="00A03F2F"/>
+    <w:rsid w:val="00A03F81"/>
     <w:rsid w:val="00A05132"/>
     <w:rsid w:val="00A06CEF"/>
+    <w:rsid w:val="00A10729"/>
     <w:rsid w:val="00A10E41"/>
     <w:rsid w:val="00A11822"/>
     <w:rsid w:val="00A11BB2"/>
     <w:rsid w:val="00A120F0"/>
     <w:rsid w:val="00A126A7"/>
     <w:rsid w:val="00A12BAC"/>
+    <w:rsid w:val="00A1339A"/>
     <w:rsid w:val="00A1497F"/>
+    <w:rsid w:val="00A15276"/>
     <w:rsid w:val="00A15539"/>
     <w:rsid w:val="00A158C2"/>
     <w:rsid w:val="00A15CED"/>
+    <w:rsid w:val="00A16708"/>
+    <w:rsid w:val="00A2091F"/>
     <w:rsid w:val="00A20BC8"/>
     <w:rsid w:val="00A20C84"/>
     <w:rsid w:val="00A226E6"/>
     <w:rsid w:val="00A227D6"/>
     <w:rsid w:val="00A23462"/>
     <w:rsid w:val="00A2390B"/>
+    <w:rsid w:val="00A23C57"/>
+    <w:rsid w:val="00A23E97"/>
     <w:rsid w:val="00A2564D"/>
     <w:rsid w:val="00A25C35"/>
     <w:rsid w:val="00A267DB"/>
     <w:rsid w:val="00A2689D"/>
     <w:rsid w:val="00A27677"/>
     <w:rsid w:val="00A27C0A"/>
     <w:rsid w:val="00A27EEA"/>
     <w:rsid w:val="00A30A5A"/>
+    <w:rsid w:val="00A316F8"/>
     <w:rsid w:val="00A32A38"/>
     <w:rsid w:val="00A338B4"/>
+    <w:rsid w:val="00A33CB7"/>
     <w:rsid w:val="00A3435D"/>
     <w:rsid w:val="00A35B21"/>
     <w:rsid w:val="00A36196"/>
     <w:rsid w:val="00A40B9C"/>
     <w:rsid w:val="00A40C8E"/>
+    <w:rsid w:val="00A41160"/>
     <w:rsid w:val="00A41C42"/>
+    <w:rsid w:val="00A422F7"/>
     <w:rsid w:val="00A42A01"/>
     <w:rsid w:val="00A42FB7"/>
+    <w:rsid w:val="00A430DA"/>
+    <w:rsid w:val="00A4315F"/>
     <w:rsid w:val="00A43283"/>
     <w:rsid w:val="00A4335F"/>
     <w:rsid w:val="00A4388C"/>
     <w:rsid w:val="00A44210"/>
     <w:rsid w:val="00A4560D"/>
     <w:rsid w:val="00A4627A"/>
     <w:rsid w:val="00A46292"/>
     <w:rsid w:val="00A46CFA"/>
     <w:rsid w:val="00A4733F"/>
+    <w:rsid w:val="00A47B32"/>
     <w:rsid w:val="00A47CC0"/>
     <w:rsid w:val="00A527BA"/>
     <w:rsid w:val="00A52F07"/>
     <w:rsid w:val="00A5340F"/>
     <w:rsid w:val="00A5429E"/>
     <w:rsid w:val="00A54A1A"/>
     <w:rsid w:val="00A55007"/>
     <w:rsid w:val="00A556AD"/>
     <w:rsid w:val="00A5648B"/>
     <w:rsid w:val="00A56609"/>
     <w:rsid w:val="00A57666"/>
+    <w:rsid w:val="00A57683"/>
     <w:rsid w:val="00A60820"/>
     <w:rsid w:val="00A60A07"/>
+    <w:rsid w:val="00A61D6A"/>
     <w:rsid w:val="00A62FCA"/>
+    <w:rsid w:val="00A64174"/>
+    <w:rsid w:val="00A6535D"/>
     <w:rsid w:val="00A65D05"/>
     <w:rsid w:val="00A66705"/>
+    <w:rsid w:val="00A66D48"/>
     <w:rsid w:val="00A66D6F"/>
     <w:rsid w:val="00A66D8D"/>
     <w:rsid w:val="00A67038"/>
+    <w:rsid w:val="00A67F65"/>
     <w:rsid w:val="00A702CC"/>
     <w:rsid w:val="00A71530"/>
     <w:rsid w:val="00A717F9"/>
+    <w:rsid w:val="00A72905"/>
     <w:rsid w:val="00A72BBD"/>
+    <w:rsid w:val="00A7329B"/>
     <w:rsid w:val="00A73B84"/>
     <w:rsid w:val="00A7440F"/>
     <w:rsid w:val="00A75017"/>
     <w:rsid w:val="00A75B4F"/>
     <w:rsid w:val="00A777CD"/>
     <w:rsid w:val="00A778AB"/>
     <w:rsid w:val="00A77B7A"/>
     <w:rsid w:val="00A80A40"/>
+    <w:rsid w:val="00A8119C"/>
+    <w:rsid w:val="00A817CF"/>
+    <w:rsid w:val="00A81FF1"/>
     <w:rsid w:val="00A8265F"/>
     <w:rsid w:val="00A82C8F"/>
     <w:rsid w:val="00A82E97"/>
     <w:rsid w:val="00A838D3"/>
+    <w:rsid w:val="00A84D94"/>
     <w:rsid w:val="00A84DD2"/>
+    <w:rsid w:val="00A850A4"/>
     <w:rsid w:val="00A85581"/>
     <w:rsid w:val="00A85F42"/>
     <w:rsid w:val="00A86597"/>
     <w:rsid w:val="00A86646"/>
     <w:rsid w:val="00A87EAE"/>
     <w:rsid w:val="00A87F08"/>
+    <w:rsid w:val="00A92B7A"/>
+    <w:rsid w:val="00A930EB"/>
     <w:rsid w:val="00A93B34"/>
     <w:rsid w:val="00A94D47"/>
     <w:rsid w:val="00A94F54"/>
     <w:rsid w:val="00A95AAE"/>
+    <w:rsid w:val="00A95F74"/>
     <w:rsid w:val="00A9633B"/>
     <w:rsid w:val="00A969DD"/>
     <w:rsid w:val="00A97445"/>
     <w:rsid w:val="00A979BA"/>
+    <w:rsid w:val="00AA175F"/>
     <w:rsid w:val="00AA19DE"/>
     <w:rsid w:val="00AA1F53"/>
     <w:rsid w:val="00AA238D"/>
+    <w:rsid w:val="00AA37C5"/>
     <w:rsid w:val="00AA41EF"/>
     <w:rsid w:val="00AA4992"/>
     <w:rsid w:val="00AA5AAD"/>
+    <w:rsid w:val="00AA6265"/>
     <w:rsid w:val="00AA631C"/>
     <w:rsid w:val="00AA6D2D"/>
     <w:rsid w:val="00AA6E77"/>
     <w:rsid w:val="00AA6F86"/>
+    <w:rsid w:val="00AA759B"/>
+    <w:rsid w:val="00AB05AD"/>
     <w:rsid w:val="00AB07AA"/>
+    <w:rsid w:val="00AB131A"/>
     <w:rsid w:val="00AB26E1"/>
     <w:rsid w:val="00AB311A"/>
     <w:rsid w:val="00AB3D35"/>
     <w:rsid w:val="00AB45E1"/>
+    <w:rsid w:val="00AB4BF5"/>
     <w:rsid w:val="00AB5B3C"/>
+    <w:rsid w:val="00AB62E0"/>
     <w:rsid w:val="00AB6959"/>
     <w:rsid w:val="00AB757E"/>
     <w:rsid w:val="00AC0345"/>
+    <w:rsid w:val="00AC057F"/>
     <w:rsid w:val="00AC0A95"/>
     <w:rsid w:val="00AC11A6"/>
+    <w:rsid w:val="00AC18DD"/>
     <w:rsid w:val="00AC1C92"/>
     <w:rsid w:val="00AC3964"/>
     <w:rsid w:val="00AC4108"/>
     <w:rsid w:val="00AC445A"/>
     <w:rsid w:val="00AC4727"/>
     <w:rsid w:val="00AC48F8"/>
     <w:rsid w:val="00AC4995"/>
     <w:rsid w:val="00AC5D79"/>
+    <w:rsid w:val="00AC6D5D"/>
     <w:rsid w:val="00AC6DC3"/>
     <w:rsid w:val="00AC70D7"/>
     <w:rsid w:val="00AC7462"/>
+    <w:rsid w:val="00AC78D6"/>
+    <w:rsid w:val="00AD0894"/>
     <w:rsid w:val="00AD15F3"/>
     <w:rsid w:val="00AD1A36"/>
     <w:rsid w:val="00AD2739"/>
     <w:rsid w:val="00AD3223"/>
     <w:rsid w:val="00AD351D"/>
     <w:rsid w:val="00AD3551"/>
     <w:rsid w:val="00AD3CF5"/>
     <w:rsid w:val="00AD73F7"/>
+    <w:rsid w:val="00AD767A"/>
     <w:rsid w:val="00AD7719"/>
+    <w:rsid w:val="00AD7C10"/>
+    <w:rsid w:val="00AE0522"/>
     <w:rsid w:val="00AE14F1"/>
     <w:rsid w:val="00AE22A6"/>
+    <w:rsid w:val="00AE2DCA"/>
     <w:rsid w:val="00AE3413"/>
     <w:rsid w:val="00AE3F08"/>
     <w:rsid w:val="00AE4BC4"/>
+    <w:rsid w:val="00AE53EA"/>
     <w:rsid w:val="00AE714C"/>
     <w:rsid w:val="00AF0622"/>
+    <w:rsid w:val="00AF0C59"/>
     <w:rsid w:val="00AF1516"/>
     <w:rsid w:val="00AF1ECA"/>
+    <w:rsid w:val="00AF2DA9"/>
+    <w:rsid w:val="00AF2FB1"/>
     <w:rsid w:val="00AF3711"/>
+    <w:rsid w:val="00AF3AE1"/>
     <w:rsid w:val="00AF3C24"/>
     <w:rsid w:val="00AF42D0"/>
     <w:rsid w:val="00AF513C"/>
+    <w:rsid w:val="00AF571D"/>
     <w:rsid w:val="00AF58C8"/>
     <w:rsid w:val="00AF6476"/>
     <w:rsid w:val="00AF68EE"/>
+    <w:rsid w:val="00B00FAF"/>
     <w:rsid w:val="00B02AA4"/>
     <w:rsid w:val="00B02CAF"/>
+    <w:rsid w:val="00B03957"/>
     <w:rsid w:val="00B047E3"/>
     <w:rsid w:val="00B04E17"/>
     <w:rsid w:val="00B04F79"/>
     <w:rsid w:val="00B061A4"/>
+    <w:rsid w:val="00B06371"/>
     <w:rsid w:val="00B07166"/>
     <w:rsid w:val="00B07EB1"/>
+    <w:rsid w:val="00B12998"/>
+    <w:rsid w:val="00B12DA3"/>
+    <w:rsid w:val="00B131FD"/>
     <w:rsid w:val="00B13260"/>
     <w:rsid w:val="00B13B7E"/>
     <w:rsid w:val="00B147CB"/>
+    <w:rsid w:val="00B15747"/>
     <w:rsid w:val="00B15A1C"/>
     <w:rsid w:val="00B15D9D"/>
     <w:rsid w:val="00B15E64"/>
+    <w:rsid w:val="00B16618"/>
     <w:rsid w:val="00B16676"/>
     <w:rsid w:val="00B16FCB"/>
     <w:rsid w:val="00B171FA"/>
+    <w:rsid w:val="00B2036B"/>
     <w:rsid w:val="00B207E3"/>
+    <w:rsid w:val="00B20F0A"/>
     <w:rsid w:val="00B2218E"/>
     <w:rsid w:val="00B23922"/>
     <w:rsid w:val="00B24210"/>
     <w:rsid w:val="00B25C24"/>
+    <w:rsid w:val="00B260DD"/>
     <w:rsid w:val="00B263B5"/>
     <w:rsid w:val="00B27158"/>
     <w:rsid w:val="00B2742F"/>
+    <w:rsid w:val="00B276F1"/>
+    <w:rsid w:val="00B27920"/>
+    <w:rsid w:val="00B27C2E"/>
+    <w:rsid w:val="00B27C70"/>
     <w:rsid w:val="00B32648"/>
+    <w:rsid w:val="00B32E33"/>
     <w:rsid w:val="00B3397F"/>
     <w:rsid w:val="00B339BD"/>
     <w:rsid w:val="00B33D82"/>
     <w:rsid w:val="00B343FD"/>
     <w:rsid w:val="00B34C7B"/>
     <w:rsid w:val="00B35C85"/>
     <w:rsid w:val="00B365B1"/>
     <w:rsid w:val="00B36AF0"/>
+    <w:rsid w:val="00B36BFF"/>
     <w:rsid w:val="00B40B9E"/>
+    <w:rsid w:val="00B41E84"/>
     <w:rsid w:val="00B425F8"/>
     <w:rsid w:val="00B434F3"/>
     <w:rsid w:val="00B444A3"/>
     <w:rsid w:val="00B45173"/>
+    <w:rsid w:val="00B46312"/>
     <w:rsid w:val="00B4642B"/>
     <w:rsid w:val="00B470B2"/>
     <w:rsid w:val="00B47112"/>
     <w:rsid w:val="00B479D4"/>
     <w:rsid w:val="00B5270A"/>
     <w:rsid w:val="00B5314C"/>
     <w:rsid w:val="00B55171"/>
     <w:rsid w:val="00B55318"/>
     <w:rsid w:val="00B5566D"/>
     <w:rsid w:val="00B60C45"/>
     <w:rsid w:val="00B60E3E"/>
+    <w:rsid w:val="00B61E54"/>
     <w:rsid w:val="00B625C7"/>
     <w:rsid w:val="00B6341A"/>
     <w:rsid w:val="00B63849"/>
     <w:rsid w:val="00B63BE0"/>
     <w:rsid w:val="00B6469D"/>
     <w:rsid w:val="00B65623"/>
     <w:rsid w:val="00B65D3A"/>
     <w:rsid w:val="00B66070"/>
     <w:rsid w:val="00B6689D"/>
     <w:rsid w:val="00B669AF"/>
     <w:rsid w:val="00B66AAF"/>
+    <w:rsid w:val="00B66B54"/>
+    <w:rsid w:val="00B66EF3"/>
+    <w:rsid w:val="00B67FDF"/>
+    <w:rsid w:val="00B7024A"/>
     <w:rsid w:val="00B706F7"/>
     <w:rsid w:val="00B70E59"/>
     <w:rsid w:val="00B716B8"/>
+    <w:rsid w:val="00B72073"/>
     <w:rsid w:val="00B724C1"/>
     <w:rsid w:val="00B725F5"/>
     <w:rsid w:val="00B72D69"/>
     <w:rsid w:val="00B734BB"/>
+    <w:rsid w:val="00B73831"/>
+    <w:rsid w:val="00B74BBC"/>
+    <w:rsid w:val="00B75378"/>
+    <w:rsid w:val="00B75F44"/>
     <w:rsid w:val="00B77C5B"/>
     <w:rsid w:val="00B8068A"/>
     <w:rsid w:val="00B81436"/>
     <w:rsid w:val="00B81963"/>
     <w:rsid w:val="00B82A3C"/>
     <w:rsid w:val="00B82CCD"/>
+    <w:rsid w:val="00B8438B"/>
     <w:rsid w:val="00B8477F"/>
     <w:rsid w:val="00B848B6"/>
     <w:rsid w:val="00B853FB"/>
+    <w:rsid w:val="00B86792"/>
     <w:rsid w:val="00B867DC"/>
     <w:rsid w:val="00B871ED"/>
     <w:rsid w:val="00B90E55"/>
+    <w:rsid w:val="00B9110F"/>
     <w:rsid w:val="00B91381"/>
+    <w:rsid w:val="00B9231F"/>
     <w:rsid w:val="00B92537"/>
     <w:rsid w:val="00B929F2"/>
+    <w:rsid w:val="00B939BB"/>
+    <w:rsid w:val="00B94026"/>
     <w:rsid w:val="00B942C1"/>
+    <w:rsid w:val="00B94A67"/>
     <w:rsid w:val="00B96A84"/>
     <w:rsid w:val="00B96C4C"/>
     <w:rsid w:val="00B970AF"/>
     <w:rsid w:val="00B976EB"/>
     <w:rsid w:val="00B97FDA"/>
     <w:rsid w:val="00BA0344"/>
     <w:rsid w:val="00BA1284"/>
     <w:rsid w:val="00BA1537"/>
+    <w:rsid w:val="00BA2213"/>
     <w:rsid w:val="00BA2A90"/>
     <w:rsid w:val="00BA2E25"/>
     <w:rsid w:val="00BA4A9E"/>
     <w:rsid w:val="00BA589A"/>
     <w:rsid w:val="00BA632A"/>
+    <w:rsid w:val="00BA66C3"/>
     <w:rsid w:val="00BA6E2D"/>
     <w:rsid w:val="00BA700E"/>
     <w:rsid w:val="00BA7020"/>
     <w:rsid w:val="00BB0448"/>
     <w:rsid w:val="00BB0C89"/>
     <w:rsid w:val="00BB133F"/>
     <w:rsid w:val="00BB1C45"/>
+    <w:rsid w:val="00BB2E32"/>
     <w:rsid w:val="00BB3C0A"/>
+    <w:rsid w:val="00BB40BE"/>
     <w:rsid w:val="00BB4B61"/>
+    <w:rsid w:val="00BB5187"/>
     <w:rsid w:val="00BB52DD"/>
+    <w:rsid w:val="00BB52ED"/>
     <w:rsid w:val="00BB654B"/>
+    <w:rsid w:val="00BB68CC"/>
     <w:rsid w:val="00BB7142"/>
     <w:rsid w:val="00BB7E9F"/>
     <w:rsid w:val="00BC0296"/>
     <w:rsid w:val="00BC070C"/>
     <w:rsid w:val="00BC078C"/>
     <w:rsid w:val="00BC0988"/>
     <w:rsid w:val="00BC0D12"/>
+    <w:rsid w:val="00BC1F2E"/>
+    <w:rsid w:val="00BC284E"/>
+    <w:rsid w:val="00BC3F0E"/>
+    <w:rsid w:val="00BC41DD"/>
     <w:rsid w:val="00BC4597"/>
     <w:rsid w:val="00BC4EB8"/>
     <w:rsid w:val="00BC57E9"/>
     <w:rsid w:val="00BC6C2E"/>
+    <w:rsid w:val="00BC6CC3"/>
     <w:rsid w:val="00BC7FA1"/>
+    <w:rsid w:val="00BD185E"/>
     <w:rsid w:val="00BD186F"/>
     <w:rsid w:val="00BD1E52"/>
     <w:rsid w:val="00BD23B1"/>
+    <w:rsid w:val="00BD2CB3"/>
     <w:rsid w:val="00BD3338"/>
     <w:rsid w:val="00BD4615"/>
     <w:rsid w:val="00BD5674"/>
     <w:rsid w:val="00BD6818"/>
     <w:rsid w:val="00BD7F0C"/>
     <w:rsid w:val="00BE01CF"/>
     <w:rsid w:val="00BE05F7"/>
     <w:rsid w:val="00BE0E7F"/>
+    <w:rsid w:val="00BE0FE6"/>
+    <w:rsid w:val="00BE256E"/>
+    <w:rsid w:val="00BE2802"/>
     <w:rsid w:val="00BE35E3"/>
     <w:rsid w:val="00BE3D00"/>
     <w:rsid w:val="00BE410A"/>
     <w:rsid w:val="00BE4F4C"/>
     <w:rsid w:val="00BE5773"/>
+    <w:rsid w:val="00BE7608"/>
+    <w:rsid w:val="00BE787B"/>
     <w:rsid w:val="00BE7AFB"/>
+    <w:rsid w:val="00BF0842"/>
     <w:rsid w:val="00BF0EA1"/>
     <w:rsid w:val="00BF11C9"/>
     <w:rsid w:val="00BF1435"/>
     <w:rsid w:val="00BF1505"/>
     <w:rsid w:val="00BF4224"/>
     <w:rsid w:val="00BF5349"/>
     <w:rsid w:val="00BF5662"/>
     <w:rsid w:val="00BF61ED"/>
+    <w:rsid w:val="00BF6D03"/>
     <w:rsid w:val="00BF7681"/>
     <w:rsid w:val="00BF7879"/>
     <w:rsid w:val="00C00258"/>
     <w:rsid w:val="00C00561"/>
     <w:rsid w:val="00C01CFC"/>
+    <w:rsid w:val="00C02062"/>
     <w:rsid w:val="00C024DF"/>
     <w:rsid w:val="00C04B87"/>
     <w:rsid w:val="00C054BD"/>
+    <w:rsid w:val="00C056F1"/>
     <w:rsid w:val="00C063CA"/>
+    <w:rsid w:val="00C06D97"/>
     <w:rsid w:val="00C06EEB"/>
     <w:rsid w:val="00C0750B"/>
+    <w:rsid w:val="00C0752E"/>
     <w:rsid w:val="00C10371"/>
     <w:rsid w:val="00C10EA2"/>
+    <w:rsid w:val="00C11667"/>
     <w:rsid w:val="00C119CC"/>
     <w:rsid w:val="00C11EA0"/>
     <w:rsid w:val="00C12B78"/>
     <w:rsid w:val="00C12CCA"/>
     <w:rsid w:val="00C1395E"/>
     <w:rsid w:val="00C14A6E"/>
+    <w:rsid w:val="00C14BC5"/>
     <w:rsid w:val="00C16168"/>
     <w:rsid w:val="00C162B8"/>
     <w:rsid w:val="00C2092B"/>
     <w:rsid w:val="00C218F2"/>
     <w:rsid w:val="00C22186"/>
     <w:rsid w:val="00C22378"/>
     <w:rsid w:val="00C2485C"/>
     <w:rsid w:val="00C24B4C"/>
     <w:rsid w:val="00C24B85"/>
+    <w:rsid w:val="00C25232"/>
+    <w:rsid w:val="00C259C0"/>
     <w:rsid w:val="00C263A5"/>
     <w:rsid w:val="00C267D9"/>
     <w:rsid w:val="00C267E4"/>
     <w:rsid w:val="00C26D9B"/>
     <w:rsid w:val="00C27123"/>
     <w:rsid w:val="00C2718F"/>
     <w:rsid w:val="00C27248"/>
     <w:rsid w:val="00C276EF"/>
     <w:rsid w:val="00C27D41"/>
+    <w:rsid w:val="00C30851"/>
     <w:rsid w:val="00C3085A"/>
     <w:rsid w:val="00C318AB"/>
     <w:rsid w:val="00C3331F"/>
+    <w:rsid w:val="00C34564"/>
+    <w:rsid w:val="00C3468E"/>
+    <w:rsid w:val="00C35C03"/>
     <w:rsid w:val="00C36F47"/>
+    <w:rsid w:val="00C3744F"/>
     <w:rsid w:val="00C3791E"/>
     <w:rsid w:val="00C40023"/>
+    <w:rsid w:val="00C40D23"/>
     <w:rsid w:val="00C421A2"/>
     <w:rsid w:val="00C42310"/>
     <w:rsid w:val="00C426B3"/>
+    <w:rsid w:val="00C4282F"/>
     <w:rsid w:val="00C42DB1"/>
     <w:rsid w:val="00C431FC"/>
     <w:rsid w:val="00C43330"/>
     <w:rsid w:val="00C4360F"/>
+    <w:rsid w:val="00C43848"/>
+    <w:rsid w:val="00C43F0A"/>
     <w:rsid w:val="00C44073"/>
     <w:rsid w:val="00C44083"/>
     <w:rsid w:val="00C444AE"/>
     <w:rsid w:val="00C45522"/>
+    <w:rsid w:val="00C4614C"/>
     <w:rsid w:val="00C47234"/>
     <w:rsid w:val="00C5223A"/>
     <w:rsid w:val="00C52298"/>
+    <w:rsid w:val="00C5336A"/>
     <w:rsid w:val="00C55408"/>
     <w:rsid w:val="00C56490"/>
     <w:rsid w:val="00C5668B"/>
     <w:rsid w:val="00C56D30"/>
     <w:rsid w:val="00C5702F"/>
     <w:rsid w:val="00C57800"/>
     <w:rsid w:val="00C57A94"/>
     <w:rsid w:val="00C57BAC"/>
+    <w:rsid w:val="00C611CC"/>
     <w:rsid w:val="00C61B90"/>
+    <w:rsid w:val="00C63484"/>
     <w:rsid w:val="00C643EA"/>
     <w:rsid w:val="00C6630A"/>
     <w:rsid w:val="00C66576"/>
     <w:rsid w:val="00C66773"/>
     <w:rsid w:val="00C66B35"/>
+    <w:rsid w:val="00C707BD"/>
     <w:rsid w:val="00C7088A"/>
     <w:rsid w:val="00C71989"/>
     <w:rsid w:val="00C71ACA"/>
     <w:rsid w:val="00C726D7"/>
+    <w:rsid w:val="00C733AB"/>
     <w:rsid w:val="00C735AB"/>
     <w:rsid w:val="00C73C12"/>
     <w:rsid w:val="00C74756"/>
     <w:rsid w:val="00C75CA1"/>
     <w:rsid w:val="00C77E9C"/>
+    <w:rsid w:val="00C80D33"/>
     <w:rsid w:val="00C813BC"/>
     <w:rsid w:val="00C82475"/>
     <w:rsid w:val="00C82A19"/>
     <w:rsid w:val="00C82A44"/>
     <w:rsid w:val="00C82EF9"/>
     <w:rsid w:val="00C83B95"/>
     <w:rsid w:val="00C8489A"/>
     <w:rsid w:val="00C84C04"/>
+    <w:rsid w:val="00C851A7"/>
     <w:rsid w:val="00C85976"/>
+    <w:rsid w:val="00C86FD7"/>
     <w:rsid w:val="00C8705B"/>
+    <w:rsid w:val="00C873A0"/>
     <w:rsid w:val="00C87548"/>
     <w:rsid w:val="00C90373"/>
     <w:rsid w:val="00C91166"/>
     <w:rsid w:val="00C9144F"/>
     <w:rsid w:val="00C91E40"/>
     <w:rsid w:val="00C92293"/>
     <w:rsid w:val="00C9322D"/>
     <w:rsid w:val="00C93723"/>
     <w:rsid w:val="00C95679"/>
+    <w:rsid w:val="00C95A7A"/>
     <w:rsid w:val="00C95E14"/>
     <w:rsid w:val="00C9631D"/>
+    <w:rsid w:val="00C963BD"/>
     <w:rsid w:val="00C967CB"/>
     <w:rsid w:val="00C9697D"/>
+    <w:rsid w:val="00C97201"/>
+    <w:rsid w:val="00CA0BAF"/>
+    <w:rsid w:val="00CA117B"/>
+    <w:rsid w:val="00CA133C"/>
     <w:rsid w:val="00CA1550"/>
     <w:rsid w:val="00CA254F"/>
     <w:rsid w:val="00CA26E3"/>
     <w:rsid w:val="00CA2BA7"/>
     <w:rsid w:val="00CA2C83"/>
     <w:rsid w:val="00CA2C94"/>
+    <w:rsid w:val="00CA3BE3"/>
     <w:rsid w:val="00CA40D3"/>
+    <w:rsid w:val="00CA4738"/>
+    <w:rsid w:val="00CA5830"/>
     <w:rsid w:val="00CA58B4"/>
+    <w:rsid w:val="00CA58CF"/>
+    <w:rsid w:val="00CA5C2A"/>
     <w:rsid w:val="00CA5DE4"/>
     <w:rsid w:val="00CA5F55"/>
+    <w:rsid w:val="00CA617D"/>
     <w:rsid w:val="00CA67BA"/>
     <w:rsid w:val="00CA68E5"/>
     <w:rsid w:val="00CA6CE5"/>
     <w:rsid w:val="00CA7061"/>
     <w:rsid w:val="00CA76D5"/>
     <w:rsid w:val="00CA7AE0"/>
     <w:rsid w:val="00CB00AD"/>
     <w:rsid w:val="00CB05B3"/>
+    <w:rsid w:val="00CB1440"/>
     <w:rsid w:val="00CB16D3"/>
     <w:rsid w:val="00CB1BE5"/>
+    <w:rsid w:val="00CB1EB2"/>
     <w:rsid w:val="00CB1FDF"/>
     <w:rsid w:val="00CB2E09"/>
     <w:rsid w:val="00CB3CE6"/>
     <w:rsid w:val="00CB3E9B"/>
     <w:rsid w:val="00CB44AE"/>
     <w:rsid w:val="00CB5115"/>
     <w:rsid w:val="00CB530C"/>
     <w:rsid w:val="00CB5E97"/>
     <w:rsid w:val="00CB65EC"/>
     <w:rsid w:val="00CB6C5C"/>
     <w:rsid w:val="00CB7330"/>
     <w:rsid w:val="00CC05FD"/>
+    <w:rsid w:val="00CC158B"/>
     <w:rsid w:val="00CC1960"/>
     <w:rsid w:val="00CC1AA1"/>
     <w:rsid w:val="00CC269D"/>
+    <w:rsid w:val="00CC3702"/>
+    <w:rsid w:val="00CC4B99"/>
     <w:rsid w:val="00CC6AD1"/>
     <w:rsid w:val="00CC6D82"/>
+    <w:rsid w:val="00CD0E92"/>
     <w:rsid w:val="00CD1348"/>
+    <w:rsid w:val="00CD20B7"/>
     <w:rsid w:val="00CD2B11"/>
     <w:rsid w:val="00CD3F30"/>
+    <w:rsid w:val="00CD4D47"/>
     <w:rsid w:val="00CD5534"/>
     <w:rsid w:val="00CD6F02"/>
+    <w:rsid w:val="00CD7580"/>
     <w:rsid w:val="00CE1738"/>
+    <w:rsid w:val="00CE19A5"/>
     <w:rsid w:val="00CE1EC5"/>
     <w:rsid w:val="00CE2509"/>
+    <w:rsid w:val="00CE2DC4"/>
     <w:rsid w:val="00CE30FB"/>
     <w:rsid w:val="00CE44F5"/>
     <w:rsid w:val="00CE4769"/>
     <w:rsid w:val="00CE4B04"/>
     <w:rsid w:val="00CE5749"/>
     <w:rsid w:val="00CE6466"/>
     <w:rsid w:val="00CE7778"/>
+    <w:rsid w:val="00CF0270"/>
     <w:rsid w:val="00CF0913"/>
     <w:rsid w:val="00CF0C4E"/>
     <w:rsid w:val="00CF24EC"/>
     <w:rsid w:val="00CF2A63"/>
     <w:rsid w:val="00CF2B23"/>
     <w:rsid w:val="00CF3551"/>
     <w:rsid w:val="00CF3868"/>
+    <w:rsid w:val="00CF454D"/>
     <w:rsid w:val="00CF4654"/>
+    <w:rsid w:val="00CF5CFA"/>
     <w:rsid w:val="00CF60C0"/>
     <w:rsid w:val="00CF61D8"/>
     <w:rsid w:val="00CF6FF3"/>
     <w:rsid w:val="00CF7BD3"/>
     <w:rsid w:val="00D00CC4"/>
     <w:rsid w:val="00D01406"/>
     <w:rsid w:val="00D01572"/>
     <w:rsid w:val="00D02653"/>
     <w:rsid w:val="00D02B7A"/>
+    <w:rsid w:val="00D034C7"/>
     <w:rsid w:val="00D043D0"/>
     <w:rsid w:val="00D049A8"/>
     <w:rsid w:val="00D04E41"/>
+    <w:rsid w:val="00D05077"/>
     <w:rsid w:val="00D05DF9"/>
     <w:rsid w:val="00D06CB8"/>
+    <w:rsid w:val="00D100E5"/>
     <w:rsid w:val="00D102B3"/>
     <w:rsid w:val="00D10BA0"/>
     <w:rsid w:val="00D11CBE"/>
     <w:rsid w:val="00D11D69"/>
     <w:rsid w:val="00D11D76"/>
     <w:rsid w:val="00D11F87"/>
     <w:rsid w:val="00D13AD6"/>
     <w:rsid w:val="00D13F4C"/>
     <w:rsid w:val="00D143FB"/>
     <w:rsid w:val="00D147F6"/>
     <w:rsid w:val="00D1587F"/>
     <w:rsid w:val="00D164EF"/>
     <w:rsid w:val="00D16CA7"/>
     <w:rsid w:val="00D20190"/>
+    <w:rsid w:val="00D20570"/>
     <w:rsid w:val="00D20C6D"/>
     <w:rsid w:val="00D21787"/>
+    <w:rsid w:val="00D21B1D"/>
     <w:rsid w:val="00D21F9B"/>
+    <w:rsid w:val="00D23F0A"/>
     <w:rsid w:val="00D252B6"/>
+    <w:rsid w:val="00D25C6B"/>
+    <w:rsid w:val="00D25DB1"/>
     <w:rsid w:val="00D25E52"/>
     <w:rsid w:val="00D26136"/>
     <w:rsid w:val="00D26A0A"/>
     <w:rsid w:val="00D30351"/>
+    <w:rsid w:val="00D31349"/>
     <w:rsid w:val="00D31B6A"/>
     <w:rsid w:val="00D34385"/>
     <w:rsid w:val="00D34CE4"/>
     <w:rsid w:val="00D358B2"/>
+    <w:rsid w:val="00D362C3"/>
+    <w:rsid w:val="00D37B56"/>
+    <w:rsid w:val="00D4034B"/>
+    <w:rsid w:val="00D40C14"/>
+    <w:rsid w:val="00D40D60"/>
+    <w:rsid w:val="00D41545"/>
     <w:rsid w:val="00D42284"/>
     <w:rsid w:val="00D42569"/>
+    <w:rsid w:val="00D426C6"/>
     <w:rsid w:val="00D42C34"/>
     <w:rsid w:val="00D438A6"/>
+    <w:rsid w:val="00D439A5"/>
     <w:rsid w:val="00D4423E"/>
     <w:rsid w:val="00D4480B"/>
     <w:rsid w:val="00D44D3F"/>
     <w:rsid w:val="00D46119"/>
+    <w:rsid w:val="00D4655C"/>
     <w:rsid w:val="00D4676B"/>
     <w:rsid w:val="00D46D88"/>
     <w:rsid w:val="00D47898"/>
+    <w:rsid w:val="00D47BDD"/>
+    <w:rsid w:val="00D51273"/>
     <w:rsid w:val="00D51F27"/>
     <w:rsid w:val="00D52D4B"/>
     <w:rsid w:val="00D535E3"/>
+    <w:rsid w:val="00D53FFF"/>
+    <w:rsid w:val="00D54571"/>
+    <w:rsid w:val="00D545CF"/>
     <w:rsid w:val="00D550BF"/>
     <w:rsid w:val="00D552F9"/>
     <w:rsid w:val="00D55451"/>
     <w:rsid w:val="00D55788"/>
+    <w:rsid w:val="00D5581E"/>
     <w:rsid w:val="00D5584D"/>
     <w:rsid w:val="00D56818"/>
     <w:rsid w:val="00D5686D"/>
     <w:rsid w:val="00D56F2D"/>
+    <w:rsid w:val="00D57464"/>
     <w:rsid w:val="00D57F2F"/>
     <w:rsid w:val="00D60A0E"/>
     <w:rsid w:val="00D60B2C"/>
+    <w:rsid w:val="00D62DD1"/>
     <w:rsid w:val="00D63D0C"/>
+    <w:rsid w:val="00D64DE8"/>
+    <w:rsid w:val="00D64EBF"/>
+    <w:rsid w:val="00D65C1B"/>
+    <w:rsid w:val="00D65C57"/>
+    <w:rsid w:val="00D66AA6"/>
     <w:rsid w:val="00D6727D"/>
+    <w:rsid w:val="00D6768F"/>
     <w:rsid w:val="00D67829"/>
     <w:rsid w:val="00D700B1"/>
     <w:rsid w:val="00D71F32"/>
     <w:rsid w:val="00D73C1F"/>
+    <w:rsid w:val="00D75270"/>
     <w:rsid w:val="00D759B2"/>
     <w:rsid w:val="00D771E0"/>
     <w:rsid w:val="00D779B2"/>
+    <w:rsid w:val="00D779B8"/>
     <w:rsid w:val="00D77CD6"/>
     <w:rsid w:val="00D77F07"/>
     <w:rsid w:val="00D80D69"/>
     <w:rsid w:val="00D810E3"/>
     <w:rsid w:val="00D812FA"/>
     <w:rsid w:val="00D818BD"/>
     <w:rsid w:val="00D81C15"/>
+    <w:rsid w:val="00D83556"/>
     <w:rsid w:val="00D84327"/>
     <w:rsid w:val="00D846EB"/>
     <w:rsid w:val="00D84F12"/>
+    <w:rsid w:val="00D84FF2"/>
     <w:rsid w:val="00D859CE"/>
     <w:rsid w:val="00D85C01"/>
     <w:rsid w:val="00D86380"/>
     <w:rsid w:val="00D87034"/>
     <w:rsid w:val="00D87465"/>
     <w:rsid w:val="00D87C16"/>
     <w:rsid w:val="00D90CB4"/>
     <w:rsid w:val="00D90E50"/>
     <w:rsid w:val="00D91C9A"/>
     <w:rsid w:val="00D92337"/>
+    <w:rsid w:val="00D927F6"/>
     <w:rsid w:val="00D927FA"/>
+    <w:rsid w:val="00D92A4F"/>
+    <w:rsid w:val="00D94B98"/>
     <w:rsid w:val="00D94F75"/>
+    <w:rsid w:val="00D963CF"/>
     <w:rsid w:val="00D964D9"/>
     <w:rsid w:val="00D96FC7"/>
+    <w:rsid w:val="00D97096"/>
     <w:rsid w:val="00D97AB0"/>
     <w:rsid w:val="00DA006D"/>
+    <w:rsid w:val="00DA04FB"/>
     <w:rsid w:val="00DA0996"/>
     <w:rsid w:val="00DA0B67"/>
     <w:rsid w:val="00DA11F3"/>
     <w:rsid w:val="00DA186B"/>
     <w:rsid w:val="00DA288E"/>
     <w:rsid w:val="00DA2BAF"/>
     <w:rsid w:val="00DA353F"/>
+    <w:rsid w:val="00DA375F"/>
+    <w:rsid w:val="00DA3D3D"/>
     <w:rsid w:val="00DA406C"/>
     <w:rsid w:val="00DA432B"/>
+    <w:rsid w:val="00DA44CB"/>
+    <w:rsid w:val="00DA4663"/>
     <w:rsid w:val="00DA4717"/>
     <w:rsid w:val="00DA49B1"/>
     <w:rsid w:val="00DA547A"/>
     <w:rsid w:val="00DA5831"/>
     <w:rsid w:val="00DA5BC1"/>
     <w:rsid w:val="00DA5D6C"/>
     <w:rsid w:val="00DA6A2D"/>
     <w:rsid w:val="00DB01D1"/>
+    <w:rsid w:val="00DB1C5E"/>
     <w:rsid w:val="00DB218E"/>
+    <w:rsid w:val="00DB29AC"/>
     <w:rsid w:val="00DB300C"/>
     <w:rsid w:val="00DB30B2"/>
     <w:rsid w:val="00DB3BDC"/>
     <w:rsid w:val="00DB503B"/>
     <w:rsid w:val="00DB5498"/>
+    <w:rsid w:val="00DB5955"/>
+    <w:rsid w:val="00DB628E"/>
+    <w:rsid w:val="00DB6886"/>
     <w:rsid w:val="00DB6A27"/>
     <w:rsid w:val="00DB7071"/>
     <w:rsid w:val="00DC0AD5"/>
     <w:rsid w:val="00DC0E35"/>
+    <w:rsid w:val="00DC10D1"/>
     <w:rsid w:val="00DC14B6"/>
+    <w:rsid w:val="00DC2410"/>
     <w:rsid w:val="00DC2BB4"/>
     <w:rsid w:val="00DC317B"/>
+    <w:rsid w:val="00DC3422"/>
     <w:rsid w:val="00DC651A"/>
     <w:rsid w:val="00DC74FA"/>
     <w:rsid w:val="00DD0360"/>
+    <w:rsid w:val="00DD06C3"/>
     <w:rsid w:val="00DD0F84"/>
     <w:rsid w:val="00DD1066"/>
     <w:rsid w:val="00DD252A"/>
+    <w:rsid w:val="00DD2A05"/>
+    <w:rsid w:val="00DD2E39"/>
     <w:rsid w:val="00DD2E73"/>
+    <w:rsid w:val="00DD3137"/>
+    <w:rsid w:val="00DD345F"/>
+    <w:rsid w:val="00DD3C75"/>
     <w:rsid w:val="00DD4BF6"/>
+    <w:rsid w:val="00DD4F40"/>
     <w:rsid w:val="00DD61CA"/>
+    <w:rsid w:val="00DD67C4"/>
     <w:rsid w:val="00DD6FA3"/>
     <w:rsid w:val="00DD718E"/>
     <w:rsid w:val="00DD73F9"/>
     <w:rsid w:val="00DE0452"/>
     <w:rsid w:val="00DE0622"/>
+    <w:rsid w:val="00DE199D"/>
     <w:rsid w:val="00DE3470"/>
     <w:rsid w:val="00DE3710"/>
     <w:rsid w:val="00DE48C9"/>
     <w:rsid w:val="00DE5A37"/>
+    <w:rsid w:val="00DE5DE1"/>
     <w:rsid w:val="00DE6926"/>
     <w:rsid w:val="00DE77CE"/>
     <w:rsid w:val="00DE7F01"/>
     <w:rsid w:val="00DF05A8"/>
+    <w:rsid w:val="00DF2BFA"/>
     <w:rsid w:val="00DF2F26"/>
     <w:rsid w:val="00DF2FC7"/>
     <w:rsid w:val="00DF30CA"/>
     <w:rsid w:val="00DF363A"/>
+    <w:rsid w:val="00DF3D78"/>
     <w:rsid w:val="00DF43E3"/>
     <w:rsid w:val="00DF4444"/>
     <w:rsid w:val="00DF5330"/>
     <w:rsid w:val="00DF53E8"/>
+    <w:rsid w:val="00DF6970"/>
     <w:rsid w:val="00DF7EF4"/>
+    <w:rsid w:val="00E00AEC"/>
     <w:rsid w:val="00E00F59"/>
+    <w:rsid w:val="00E01933"/>
     <w:rsid w:val="00E01C13"/>
     <w:rsid w:val="00E020F2"/>
     <w:rsid w:val="00E02BDF"/>
     <w:rsid w:val="00E04390"/>
     <w:rsid w:val="00E0446F"/>
     <w:rsid w:val="00E05780"/>
     <w:rsid w:val="00E06031"/>
     <w:rsid w:val="00E072EE"/>
     <w:rsid w:val="00E07824"/>
     <w:rsid w:val="00E07A72"/>
     <w:rsid w:val="00E10F18"/>
     <w:rsid w:val="00E11403"/>
     <w:rsid w:val="00E114A2"/>
     <w:rsid w:val="00E12828"/>
     <w:rsid w:val="00E12B67"/>
     <w:rsid w:val="00E12C0B"/>
     <w:rsid w:val="00E12DB6"/>
     <w:rsid w:val="00E135CE"/>
     <w:rsid w:val="00E13A78"/>
     <w:rsid w:val="00E1440C"/>
+    <w:rsid w:val="00E14919"/>
+    <w:rsid w:val="00E1594A"/>
     <w:rsid w:val="00E171C2"/>
     <w:rsid w:val="00E17D86"/>
     <w:rsid w:val="00E17FE4"/>
+    <w:rsid w:val="00E201D1"/>
     <w:rsid w:val="00E207E3"/>
+    <w:rsid w:val="00E21A5D"/>
+    <w:rsid w:val="00E223CA"/>
+    <w:rsid w:val="00E22FA8"/>
     <w:rsid w:val="00E241BD"/>
     <w:rsid w:val="00E2575B"/>
     <w:rsid w:val="00E25BEA"/>
+    <w:rsid w:val="00E30A5A"/>
+    <w:rsid w:val="00E319C7"/>
     <w:rsid w:val="00E32EA8"/>
     <w:rsid w:val="00E33225"/>
     <w:rsid w:val="00E33312"/>
     <w:rsid w:val="00E3338C"/>
     <w:rsid w:val="00E3426B"/>
     <w:rsid w:val="00E345E8"/>
     <w:rsid w:val="00E34B1E"/>
     <w:rsid w:val="00E34F9D"/>
     <w:rsid w:val="00E35656"/>
+    <w:rsid w:val="00E35E72"/>
+    <w:rsid w:val="00E364A0"/>
     <w:rsid w:val="00E366EF"/>
     <w:rsid w:val="00E36764"/>
     <w:rsid w:val="00E368BB"/>
     <w:rsid w:val="00E369AB"/>
     <w:rsid w:val="00E37967"/>
     <w:rsid w:val="00E41696"/>
     <w:rsid w:val="00E41F51"/>
+    <w:rsid w:val="00E4226F"/>
     <w:rsid w:val="00E428C1"/>
     <w:rsid w:val="00E4425F"/>
     <w:rsid w:val="00E44F75"/>
     <w:rsid w:val="00E462EC"/>
+    <w:rsid w:val="00E46A26"/>
     <w:rsid w:val="00E46C33"/>
     <w:rsid w:val="00E47C02"/>
     <w:rsid w:val="00E5265A"/>
     <w:rsid w:val="00E52BEA"/>
     <w:rsid w:val="00E52D97"/>
+    <w:rsid w:val="00E54028"/>
     <w:rsid w:val="00E54099"/>
     <w:rsid w:val="00E54810"/>
     <w:rsid w:val="00E54868"/>
     <w:rsid w:val="00E55A45"/>
     <w:rsid w:val="00E56BF7"/>
     <w:rsid w:val="00E61022"/>
+    <w:rsid w:val="00E62185"/>
     <w:rsid w:val="00E62840"/>
     <w:rsid w:val="00E62AC9"/>
     <w:rsid w:val="00E62CBF"/>
+    <w:rsid w:val="00E6362C"/>
     <w:rsid w:val="00E63957"/>
     <w:rsid w:val="00E645AE"/>
+    <w:rsid w:val="00E648E2"/>
     <w:rsid w:val="00E64EB7"/>
     <w:rsid w:val="00E65275"/>
     <w:rsid w:val="00E6662B"/>
     <w:rsid w:val="00E70753"/>
     <w:rsid w:val="00E70ACD"/>
     <w:rsid w:val="00E71847"/>
     <w:rsid w:val="00E71ED0"/>
     <w:rsid w:val="00E7294B"/>
+    <w:rsid w:val="00E73800"/>
     <w:rsid w:val="00E73ABB"/>
     <w:rsid w:val="00E73B37"/>
+    <w:rsid w:val="00E74480"/>
     <w:rsid w:val="00E75096"/>
     <w:rsid w:val="00E751A3"/>
     <w:rsid w:val="00E75377"/>
+    <w:rsid w:val="00E75630"/>
     <w:rsid w:val="00E75D20"/>
     <w:rsid w:val="00E77D86"/>
     <w:rsid w:val="00E837D5"/>
+    <w:rsid w:val="00E83F0E"/>
     <w:rsid w:val="00E842CE"/>
     <w:rsid w:val="00E86619"/>
     <w:rsid w:val="00E8681D"/>
+    <w:rsid w:val="00E87734"/>
     <w:rsid w:val="00E87DF5"/>
+    <w:rsid w:val="00E900A0"/>
     <w:rsid w:val="00E9018F"/>
     <w:rsid w:val="00E9153F"/>
+    <w:rsid w:val="00E9166B"/>
     <w:rsid w:val="00E9188B"/>
     <w:rsid w:val="00E91CF2"/>
     <w:rsid w:val="00E9329D"/>
+    <w:rsid w:val="00E9395D"/>
     <w:rsid w:val="00E93B55"/>
     <w:rsid w:val="00E94B56"/>
     <w:rsid w:val="00E9521D"/>
     <w:rsid w:val="00E955E1"/>
+    <w:rsid w:val="00E95777"/>
+    <w:rsid w:val="00E95B55"/>
     <w:rsid w:val="00E96349"/>
     <w:rsid w:val="00E9679B"/>
     <w:rsid w:val="00E97482"/>
     <w:rsid w:val="00E978A9"/>
     <w:rsid w:val="00E97968"/>
+    <w:rsid w:val="00EA09A7"/>
     <w:rsid w:val="00EA0DBF"/>
+    <w:rsid w:val="00EA0EB2"/>
     <w:rsid w:val="00EA16C4"/>
     <w:rsid w:val="00EA17E9"/>
     <w:rsid w:val="00EA1D78"/>
     <w:rsid w:val="00EA21AC"/>
+    <w:rsid w:val="00EA3290"/>
     <w:rsid w:val="00EA3B50"/>
     <w:rsid w:val="00EA3FC6"/>
     <w:rsid w:val="00EA4D44"/>
     <w:rsid w:val="00EA51A9"/>
+    <w:rsid w:val="00EA62F7"/>
     <w:rsid w:val="00EA7014"/>
     <w:rsid w:val="00EA70EE"/>
+    <w:rsid w:val="00EA75C4"/>
     <w:rsid w:val="00EA75ED"/>
+    <w:rsid w:val="00EB082E"/>
     <w:rsid w:val="00EB0ECE"/>
     <w:rsid w:val="00EB1829"/>
     <w:rsid w:val="00EB415C"/>
+    <w:rsid w:val="00EB5067"/>
     <w:rsid w:val="00EB5249"/>
     <w:rsid w:val="00EB5793"/>
+    <w:rsid w:val="00EB5AB1"/>
+    <w:rsid w:val="00EB6136"/>
     <w:rsid w:val="00EB67C5"/>
     <w:rsid w:val="00EB6A25"/>
     <w:rsid w:val="00EB6C4C"/>
     <w:rsid w:val="00EC0A66"/>
     <w:rsid w:val="00EC107B"/>
+    <w:rsid w:val="00EC13CE"/>
     <w:rsid w:val="00EC161C"/>
     <w:rsid w:val="00EC16B2"/>
     <w:rsid w:val="00EC273B"/>
     <w:rsid w:val="00EC441C"/>
     <w:rsid w:val="00EC4A23"/>
     <w:rsid w:val="00EC4C88"/>
     <w:rsid w:val="00EC5A0D"/>
     <w:rsid w:val="00EC6038"/>
     <w:rsid w:val="00EC667B"/>
     <w:rsid w:val="00EC6E22"/>
     <w:rsid w:val="00EC7CEC"/>
     <w:rsid w:val="00EC7E59"/>
     <w:rsid w:val="00ED0F79"/>
+    <w:rsid w:val="00ED26A9"/>
     <w:rsid w:val="00ED3006"/>
     <w:rsid w:val="00ED34D9"/>
     <w:rsid w:val="00ED431B"/>
     <w:rsid w:val="00ED44B4"/>
     <w:rsid w:val="00ED47B2"/>
     <w:rsid w:val="00ED48FE"/>
+    <w:rsid w:val="00ED4F13"/>
     <w:rsid w:val="00ED5F6E"/>
+    <w:rsid w:val="00ED7656"/>
     <w:rsid w:val="00ED7F9C"/>
     <w:rsid w:val="00EE0008"/>
+    <w:rsid w:val="00EE0038"/>
     <w:rsid w:val="00EE066D"/>
     <w:rsid w:val="00EE06CD"/>
+    <w:rsid w:val="00EE0B98"/>
+    <w:rsid w:val="00EE142A"/>
     <w:rsid w:val="00EE1D1E"/>
     <w:rsid w:val="00EE1FBA"/>
     <w:rsid w:val="00EE27D1"/>
     <w:rsid w:val="00EE29CF"/>
     <w:rsid w:val="00EE33B3"/>
+    <w:rsid w:val="00EE3B66"/>
     <w:rsid w:val="00EE3ED2"/>
+    <w:rsid w:val="00EE5219"/>
     <w:rsid w:val="00EE78EA"/>
     <w:rsid w:val="00EF029A"/>
     <w:rsid w:val="00EF0C49"/>
     <w:rsid w:val="00EF1999"/>
+    <w:rsid w:val="00EF1B98"/>
     <w:rsid w:val="00EF1CBF"/>
     <w:rsid w:val="00EF21EB"/>
     <w:rsid w:val="00EF230F"/>
     <w:rsid w:val="00EF2D19"/>
     <w:rsid w:val="00EF34BF"/>
     <w:rsid w:val="00EF3B97"/>
     <w:rsid w:val="00EF3D9A"/>
     <w:rsid w:val="00EF3F37"/>
+    <w:rsid w:val="00EF426B"/>
     <w:rsid w:val="00EF468D"/>
     <w:rsid w:val="00EF54B7"/>
+    <w:rsid w:val="00EF56A8"/>
+    <w:rsid w:val="00EF56BA"/>
     <w:rsid w:val="00EF7311"/>
     <w:rsid w:val="00EF7D59"/>
     <w:rsid w:val="00F00278"/>
     <w:rsid w:val="00F00F66"/>
     <w:rsid w:val="00F018BB"/>
     <w:rsid w:val="00F021FE"/>
+    <w:rsid w:val="00F024C4"/>
     <w:rsid w:val="00F03188"/>
     <w:rsid w:val="00F032C9"/>
+    <w:rsid w:val="00F04063"/>
     <w:rsid w:val="00F05267"/>
+    <w:rsid w:val="00F052F5"/>
+    <w:rsid w:val="00F05B7B"/>
+    <w:rsid w:val="00F06034"/>
     <w:rsid w:val="00F063E1"/>
     <w:rsid w:val="00F06A68"/>
     <w:rsid w:val="00F06E4E"/>
     <w:rsid w:val="00F06F60"/>
     <w:rsid w:val="00F07E5D"/>
+    <w:rsid w:val="00F1175C"/>
     <w:rsid w:val="00F11803"/>
     <w:rsid w:val="00F1190E"/>
     <w:rsid w:val="00F12227"/>
     <w:rsid w:val="00F12721"/>
     <w:rsid w:val="00F12B09"/>
     <w:rsid w:val="00F13085"/>
+    <w:rsid w:val="00F13120"/>
     <w:rsid w:val="00F13A0A"/>
+    <w:rsid w:val="00F13CF5"/>
+    <w:rsid w:val="00F145FA"/>
     <w:rsid w:val="00F15062"/>
     <w:rsid w:val="00F15DAB"/>
     <w:rsid w:val="00F1667C"/>
     <w:rsid w:val="00F16C43"/>
     <w:rsid w:val="00F20407"/>
     <w:rsid w:val="00F20526"/>
     <w:rsid w:val="00F22782"/>
+    <w:rsid w:val="00F22A42"/>
     <w:rsid w:val="00F24677"/>
     <w:rsid w:val="00F24976"/>
+    <w:rsid w:val="00F25EEE"/>
+    <w:rsid w:val="00F2680F"/>
     <w:rsid w:val="00F2682A"/>
     <w:rsid w:val="00F26B40"/>
+    <w:rsid w:val="00F26D17"/>
     <w:rsid w:val="00F26F7E"/>
     <w:rsid w:val="00F27DFB"/>
+    <w:rsid w:val="00F27FA6"/>
     <w:rsid w:val="00F3048B"/>
     <w:rsid w:val="00F30588"/>
     <w:rsid w:val="00F31133"/>
     <w:rsid w:val="00F31A54"/>
     <w:rsid w:val="00F31E1C"/>
     <w:rsid w:val="00F322E0"/>
     <w:rsid w:val="00F32D60"/>
     <w:rsid w:val="00F32DD8"/>
+    <w:rsid w:val="00F332AA"/>
     <w:rsid w:val="00F3372E"/>
+    <w:rsid w:val="00F33D0F"/>
     <w:rsid w:val="00F33D91"/>
     <w:rsid w:val="00F34951"/>
     <w:rsid w:val="00F35B18"/>
     <w:rsid w:val="00F363A4"/>
     <w:rsid w:val="00F36713"/>
     <w:rsid w:val="00F36D71"/>
     <w:rsid w:val="00F4130D"/>
+    <w:rsid w:val="00F41A73"/>
     <w:rsid w:val="00F41C03"/>
     <w:rsid w:val="00F42220"/>
+    <w:rsid w:val="00F4292B"/>
+    <w:rsid w:val="00F42E9B"/>
     <w:rsid w:val="00F4488A"/>
     <w:rsid w:val="00F45B3B"/>
     <w:rsid w:val="00F461A2"/>
+    <w:rsid w:val="00F469D0"/>
+    <w:rsid w:val="00F47A4C"/>
     <w:rsid w:val="00F47D04"/>
     <w:rsid w:val="00F5003B"/>
+    <w:rsid w:val="00F509C4"/>
     <w:rsid w:val="00F50FEE"/>
     <w:rsid w:val="00F51487"/>
+    <w:rsid w:val="00F51CAF"/>
     <w:rsid w:val="00F51FB0"/>
+    <w:rsid w:val="00F52363"/>
+    <w:rsid w:val="00F52383"/>
     <w:rsid w:val="00F5292E"/>
     <w:rsid w:val="00F52C00"/>
     <w:rsid w:val="00F55337"/>
     <w:rsid w:val="00F55AD9"/>
     <w:rsid w:val="00F55C26"/>
     <w:rsid w:val="00F563AF"/>
     <w:rsid w:val="00F5689D"/>
     <w:rsid w:val="00F56B24"/>
+    <w:rsid w:val="00F61259"/>
     <w:rsid w:val="00F61D25"/>
+    <w:rsid w:val="00F6254E"/>
     <w:rsid w:val="00F62A28"/>
+    <w:rsid w:val="00F656C0"/>
     <w:rsid w:val="00F6640F"/>
     <w:rsid w:val="00F6678C"/>
+    <w:rsid w:val="00F66E8B"/>
     <w:rsid w:val="00F676BF"/>
     <w:rsid w:val="00F67D8F"/>
     <w:rsid w:val="00F67E63"/>
     <w:rsid w:val="00F70BAD"/>
+    <w:rsid w:val="00F717C9"/>
     <w:rsid w:val="00F71D27"/>
     <w:rsid w:val="00F720CC"/>
     <w:rsid w:val="00F7240F"/>
     <w:rsid w:val="00F72D0B"/>
     <w:rsid w:val="00F7424E"/>
     <w:rsid w:val="00F7495A"/>
     <w:rsid w:val="00F74EA1"/>
     <w:rsid w:val="00F76A94"/>
     <w:rsid w:val="00F771A3"/>
     <w:rsid w:val="00F800CE"/>
     <w:rsid w:val="00F804D6"/>
     <w:rsid w:val="00F80B0E"/>
     <w:rsid w:val="00F80CED"/>
     <w:rsid w:val="00F8127B"/>
     <w:rsid w:val="00F81425"/>
+    <w:rsid w:val="00F81B20"/>
     <w:rsid w:val="00F820B2"/>
     <w:rsid w:val="00F827C1"/>
     <w:rsid w:val="00F82FA5"/>
     <w:rsid w:val="00F832B1"/>
     <w:rsid w:val="00F835DE"/>
     <w:rsid w:val="00F84242"/>
     <w:rsid w:val="00F842E9"/>
+    <w:rsid w:val="00F84505"/>
     <w:rsid w:val="00F86BB6"/>
+    <w:rsid w:val="00F871E8"/>
     <w:rsid w:val="00F874F7"/>
+    <w:rsid w:val="00F87739"/>
     <w:rsid w:val="00F91877"/>
     <w:rsid w:val="00F93B8B"/>
     <w:rsid w:val="00F94479"/>
     <w:rsid w:val="00F94489"/>
     <w:rsid w:val="00F9457B"/>
     <w:rsid w:val="00F94815"/>
+    <w:rsid w:val="00F95ACF"/>
     <w:rsid w:val="00F96312"/>
     <w:rsid w:val="00F96455"/>
     <w:rsid w:val="00F964B4"/>
     <w:rsid w:val="00F97CB0"/>
     <w:rsid w:val="00FA01B3"/>
     <w:rsid w:val="00FA041E"/>
+    <w:rsid w:val="00FA04ED"/>
     <w:rsid w:val="00FA1329"/>
+    <w:rsid w:val="00FA1FA1"/>
     <w:rsid w:val="00FA2155"/>
     <w:rsid w:val="00FA2D50"/>
     <w:rsid w:val="00FA3130"/>
     <w:rsid w:val="00FA3BFD"/>
+    <w:rsid w:val="00FA3EE3"/>
     <w:rsid w:val="00FA4318"/>
     <w:rsid w:val="00FA5CEF"/>
     <w:rsid w:val="00FA5D2E"/>
     <w:rsid w:val="00FA6301"/>
+    <w:rsid w:val="00FA70C9"/>
+    <w:rsid w:val="00FA7A20"/>
     <w:rsid w:val="00FB051A"/>
+    <w:rsid w:val="00FB0C47"/>
     <w:rsid w:val="00FB1908"/>
     <w:rsid w:val="00FB3E46"/>
+    <w:rsid w:val="00FB4542"/>
     <w:rsid w:val="00FB46DB"/>
     <w:rsid w:val="00FB6E1D"/>
     <w:rsid w:val="00FB76DA"/>
+    <w:rsid w:val="00FB76F7"/>
+    <w:rsid w:val="00FC0469"/>
     <w:rsid w:val="00FC0B2F"/>
+    <w:rsid w:val="00FC127B"/>
     <w:rsid w:val="00FC1874"/>
     <w:rsid w:val="00FC1E03"/>
+    <w:rsid w:val="00FC24FA"/>
     <w:rsid w:val="00FC2C2A"/>
+    <w:rsid w:val="00FC35F5"/>
     <w:rsid w:val="00FC4B13"/>
     <w:rsid w:val="00FC54E2"/>
+    <w:rsid w:val="00FC598D"/>
     <w:rsid w:val="00FC6192"/>
+    <w:rsid w:val="00FC6486"/>
     <w:rsid w:val="00FC65FE"/>
     <w:rsid w:val="00FC678F"/>
+    <w:rsid w:val="00FC7131"/>
     <w:rsid w:val="00FC72BF"/>
     <w:rsid w:val="00FC74F1"/>
     <w:rsid w:val="00FC77F2"/>
     <w:rsid w:val="00FC781C"/>
+    <w:rsid w:val="00FC7939"/>
     <w:rsid w:val="00FD0D45"/>
+    <w:rsid w:val="00FD1A14"/>
     <w:rsid w:val="00FD21B0"/>
     <w:rsid w:val="00FD290C"/>
+    <w:rsid w:val="00FD2961"/>
     <w:rsid w:val="00FD30E5"/>
+    <w:rsid w:val="00FD395C"/>
     <w:rsid w:val="00FD457E"/>
+    <w:rsid w:val="00FD471F"/>
     <w:rsid w:val="00FD48AE"/>
     <w:rsid w:val="00FD5C93"/>
+    <w:rsid w:val="00FE05BE"/>
     <w:rsid w:val="00FE079B"/>
     <w:rsid w:val="00FE0871"/>
     <w:rsid w:val="00FE0BD6"/>
+    <w:rsid w:val="00FE0C6B"/>
     <w:rsid w:val="00FE0DE8"/>
     <w:rsid w:val="00FE0E44"/>
     <w:rsid w:val="00FE128A"/>
     <w:rsid w:val="00FE1528"/>
     <w:rsid w:val="00FE1A45"/>
     <w:rsid w:val="00FE2432"/>
     <w:rsid w:val="00FE3212"/>
+    <w:rsid w:val="00FE4817"/>
+    <w:rsid w:val="00FE5A37"/>
     <w:rsid w:val="00FE61B9"/>
     <w:rsid w:val="00FE6299"/>
     <w:rsid w:val="00FE6C7B"/>
+    <w:rsid w:val="00FE730C"/>
+    <w:rsid w:val="00FF047D"/>
     <w:rsid w:val="00FF0ABF"/>
+    <w:rsid w:val="00FF1BAD"/>
+    <w:rsid w:val="00FF1C50"/>
     <w:rsid w:val="00FF21DB"/>
     <w:rsid w:val="00FF3367"/>
+    <w:rsid w:val="00FF3B5A"/>
     <w:rsid w:val="00FF4733"/>
     <w:rsid w:val="00FF4AD8"/>
     <w:rsid w:val="00FF5335"/>
     <w:rsid w:val="00FF5A03"/>
     <w:rsid w:val="00FF69D1"/>
     <w:rsid w:val="00FF6B4A"/>
     <w:rsid w:val="00FF7627"/>
     <w:rsid w:val="016C4BC7"/>
     <w:rsid w:val="0272987C"/>
     <w:rsid w:val="0292EF1F"/>
     <w:rsid w:val="038E33A0"/>
     <w:rsid w:val="04A1A0C3"/>
     <w:rsid w:val="04FE0E76"/>
     <w:rsid w:val="056D0758"/>
+    <w:rsid w:val="05906EE3"/>
     <w:rsid w:val="05AB760E"/>
     <w:rsid w:val="05D7AA2A"/>
+    <w:rsid w:val="06DE4990"/>
+    <w:rsid w:val="06FCE5D0"/>
     <w:rsid w:val="076BD4B1"/>
     <w:rsid w:val="08045835"/>
     <w:rsid w:val="090EAF4D"/>
     <w:rsid w:val="0984D72B"/>
     <w:rsid w:val="09E4B952"/>
+    <w:rsid w:val="0A555195"/>
     <w:rsid w:val="0B524466"/>
     <w:rsid w:val="0B993FF8"/>
     <w:rsid w:val="0C5D9CFA"/>
     <w:rsid w:val="0D4B4317"/>
     <w:rsid w:val="0EAEE44A"/>
     <w:rsid w:val="0EE6AA47"/>
     <w:rsid w:val="0EFD3AD8"/>
     <w:rsid w:val="0F866F77"/>
     <w:rsid w:val="1091B5BC"/>
     <w:rsid w:val="10D9C2DC"/>
     <w:rsid w:val="113FAC3D"/>
     <w:rsid w:val="1170DFED"/>
     <w:rsid w:val="1199751E"/>
+    <w:rsid w:val="11A58E66"/>
     <w:rsid w:val="11ABB20B"/>
     <w:rsid w:val="11D24169"/>
     <w:rsid w:val="11ED2AFF"/>
+    <w:rsid w:val="13117184"/>
     <w:rsid w:val="1442868E"/>
     <w:rsid w:val="14608C5F"/>
     <w:rsid w:val="151B692B"/>
     <w:rsid w:val="152CD734"/>
     <w:rsid w:val="16255787"/>
     <w:rsid w:val="17AD64E2"/>
     <w:rsid w:val="17C73814"/>
     <w:rsid w:val="18A7CDD5"/>
+    <w:rsid w:val="192D7454"/>
     <w:rsid w:val="1A8A15ED"/>
     <w:rsid w:val="1AEA3E7D"/>
     <w:rsid w:val="1B40A44E"/>
     <w:rsid w:val="1BF0CF7D"/>
     <w:rsid w:val="1D487694"/>
     <w:rsid w:val="1D7211FC"/>
     <w:rsid w:val="1DAC837E"/>
     <w:rsid w:val="1DBEEF83"/>
     <w:rsid w:val="1E5C3D3E"/>
     <w:rsid w:val="1ECBEEF3"/>
     <w:rsid w:val="1F560181"/>
     <w:rsid w:val="1FAEB1F5"/>
+    <w:rsid w:val="205616C4"/>
     <w:rsid w:val="20DF2B31"/>
+    <w:rsid w:val="212C8656"/>
     <w:rsid w:val="220C19EF"/>
+    <w:rsid w:val="237EBB57"/>
+    <w:rsid w:val="24729E9B"/>
     <w:rsid w:val="24EE62E9"/>
     <w:rsid w:val="2709BC03"/>
     <w:rsid w:val="271D3CBF"/>
     <w:rsid w:val="27524BA7"/>
     <w:rsid w:val="288A8550"/>
     <w:rsid w:val="28AEBD29"/>
+    <w:rsid w:val="28B07D8B"/>
     <w:rsid w:val="2949BB9E"/>
+    <w:rsid w:val="294C70AD"/>
     <w:rsid w:val="297DD5F9"/>
     <w:rsid w:val="2ADD3980"/>
+    <w:rsid w:val="2B66A493"/>
     <w:rsid w:val="2B99ED78"/>
     <w:rsid w:val="2C0260EF"/>
     <w:rsid w:val="2C548CC6"/>
     <w:rsid w:val="2C57235F"/>
     <w:rsid w:val="2C82770E"/>
     <w:rsid w:val="2E0D115D"/>
+    <w:rsid w:val="2E9EF613"/>
     <w:rsid w:val="2F261660"/>
     <w:rsid w:val="2F4A70F6"/>
     <w:rsid w:val="308CC3AB"/>
     <w:rsid w:val="309550FB"/>
+    <w:rsid w:val="30ABB46B"/>
     <w:rsid w:val="317FF76B"/>
     <w:rsid w:val="318130EA"/>
+    <w:rsid w:val="31CCF778"/>
     <w:rsid w:val="322203AF"/>
+    <w:rsid w:val="32C98124"/>
     <w:rsid w:val="32DBEC24"/>
     <w:rsid w:val="32E336D2"/>
     <w:rsid w:val="32FCEBC8"/>
     <w:rsid w:val="330F16DE"/>
     <w:rsid w:val="3397654F"/>
     <w:rsid w:val="33E36296"/>
     <w:rsid w:val="34406165"/>
     <w:rsid w:val="345AFB71"/>
+    <w:rsid w:val="34616823"/>
+    <w:rsid w:val="34916122"/>
     <w:rsid w:val="34C9AB3F"/>
     <w:rsid w:val="352B1AF6"/>
     <w:rsid w:val="37AE46AC"/>
+    <w:rsid w:val="3A55DC26"/>
     <w:rsid w:val="3A7922E0"/>
     <w:rsid w:val="3AB174F0"/>
     <w:rsid w:val="3BEE2093"/>
     <w:rsid w:val="3CAF020E"/>
     <w:rsid w:val="3CD8E194"/>
     <w:rsid w:val="3CEE9EEA"/>
     <w:rsid w:val="3D318EA9"/>
     <w:rsid w:val="3D905684"/>
     <w:rsid w:val="3ED3B72B"/>
     <w:rsid w:val="3FD83DF8"/>
     <w:rsid w:val="407FCA3A"/>
     <w:rsid w:val="4088A9A0"/>
     <w:rsid w:val="41A7BEE2"/>
     <w:rsid w:val="41FB8B4A"/>
     <w:rsid w:val="425A0B77"/>
+    <w:rsid w:val="4382FD7B"/>
     <w:rsid w:val="43F77785"/>
     <w:rsid w:val="446ED3A3"/>
     <w:rsid w:val="44974751"/>
     <w:rsid w:val="4505DBF1"/>
     <w:rsid w:val="451485E4"/>
     <w:rsid w:val="45BAC334"/>
+    <w:rsid w:val="46A35D66"/>
     <w:rsid w:val="475974F4"/>
+    <w:rsid w:val="476BDED7"/>
     <w:rsid w:val="4777BE50"/>
     <w:rsid w:val="4A0485E7"/>
     <w:rsid w:val="4A0DF982"/>
     <w:rsid w:val="4AAEAD4C"/>
     <w:rsid w:val="4AD28293"/>
+    <w:rsid w:val="4AE25A32"/>
     <w:rsid w:val="4CA4B6C5"/>
     <w:rsid w:val="4D1E83E3"/>
+    <w:rsid w:val="4E2F4F0B"/>
+    <w:rsid w:val="50AE8229"/>
     <w:rsid w:val="52526D05"/>
     <w:rsid w:val="52CB4D16"/>
     <w:rsid w:val="54282643"/>
+    <w:rsid w:val="5672F480"/>
     <w:rsid w:val="587EC9C8"/>
     <w:rsid w:val="58905431"/>
     <w:rsid w:val="593254E3"/>
+    <w:rsid w:val="5968D9DF"/>
     <w:rsid w:val="59701E97"/>
     <w:rsid w:val="59E74AB0"/>
     <w:rsid w:val="5A959FAA"/>
     <w:rsid w:val="5BBFA662"/>
     <w:rsid w:val="5BC93A4A"/>
+    <w:rsid w:val="5C81CBB3"/>
     <w:rsid w:val="5D5468A9"/>
     <w:rsid w:val="5D672BD2"/>
     <w:rsid w:val="5DC3B940"/>
     <w:rsid w:val="604FD6FE"/>
     <w:rsid w:val="6055C129"/>
     <w:rsid w:val="60866C01"/>
     <w:rsid w:val="60D1847B"/>
     <w:rsid w:val="60D3D534"/>
+    <w:rsid w:val="60D4B606"/>
     <w:rsid w:val="617AB1CB"/>
     <w:rsid w:val="62199B32"/>
     <w:rsid w:val="63611028"/>
     <w:rsid w:val="63744991"/>
     <w:rsid w:val="643EA0CC"/>
+    <w:rsid w:val="6470455C"/>
     <w:rsid w:val="651C63B5"/>
     <w:rsid w:val="65C9F622"/>
     <w:rsid w:val="6611C54F"/>
     <w:rsid w:val="66431341"/>
+    <w:rsid w:val="66CA0CFF"/>
     <w:rsid w:val="672B4516"/>
     <w:rsid w:val="67396EA4"/>
     <w:rsid w:val="67C4DA18"/>
     <w:rsid w:val="67FD0D83"/>
     <w:rsid w:val="6840C980"/>
+    <w:rsid w:val="686C79A1"/>
     <w:rsid w:val="68D92FA6"/>
+    <w:rsid w:val="698DAA7F"/>
     <w:rsid w:val="6A17BE34"/>
     <w:rsid w:val="6A8ED990"/>
     <w:rsid w:val="6AA55891"/>
+    <w:rsid w:val="6B1B0D83"/>
     <w:rsid w:val="6BCC3079"/>
     <w:rsid w:val="6C7A2773"/>
     <w:rsid w:val="6D456C4B"/>
     <w:rsid w:val="6D60AF63"/>
     <w:rsid w:val="6D94FBB0"/>
     <w:rsid w:val="6E668B7F"/>
     <w:rsid w:val="6EBE52D6"/>
     <w:rsid w:val="6F5DFE5F"/>
+    <w:rsid w:val="704321D1"/>
     <w:rsid w:val="70B4DF79"/>
     <w:rsid w:val="71200AD2"/>
     <w:rsid w:val="71855A5E"/>
     <w:rsid w:val="723112F8"/>
     <w:rsid w:val="7231D0E2"/>
     <w:rsid w:val="73D6EF28"/>
     <w:rsid w:val="7499A4AB"/>
     <w:rsid w:val="74A4D350"/>
     <w:rsid w:val="75678D62"/>
     <w:rsid w:val="757B4FDF"/>
     <w:rsid w:val="76725DF1"/>
     <w:rsid w:val="768275EE"/>
     <w:rsid w:val="7729E99B"/>
     <w:rsid w:val="779BF5A6"/>
     <w:rsid w:val="7800FC66"/>
     <w:rsid w:val="7869870B"/>
+    <w:rsid w:val="78FA8EC6"/>
     <w:rsid w:val="7AB55ADD"/>
     <w:rsid w:val="7B84BF37"/>
     <w:rsid w:val="7B8ED50B"/>
     <w:rsid w:val="7BD7C730"/>
     <w:rsid w:val="7C21F5D3"/>
+    <w:rsid w:val="7C8A172B"/>
     <w:rsid w:val="7DC98CDD"/>
     <w:rsid w:val="7E0C6A1F"/>
     <w:rsid w:val="7FFFE27A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4385E362"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{90AEB69E-E0CE-4C95-B0AB-E1E53AF38E38}"/>
+  <w15:docId w15:val="{C0119D9E-75EB-4F74-AB6F-525B76538F7A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -15431,51 +21414,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D96FC7"/>
+    <w:rsid w:val="0097197A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D102B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -17298,58 +23281,62 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1166047070">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/skaidrojosie-materiali" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...&amp;data=05%7C02%7Cdace.skirus%40cfla.gov.lv%7C350f4ceb8a7345119c8b08de2b734721%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995971273002369%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=%2Be7Gjr6Tb5G53jAQygy0PAN8z0COcY9KRhpitI2O9DQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/valsts-atbalsta-regulejums" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F1-2-1-1-3k-2u&amp;data=05%7C02%7Cdace.skirus%40cfla.gov.lv%7C350f4ceb8a7345119c8b08de2b734721%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995971272980345%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=ioxoMxVjQWpMG1Wc9%2FGqy9DrOm10DUMJGxAvm3XyDv8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F1-2-1-1-3k-2u&amp;data=05%7C02%7Cdace.skirus%40cfla.gov.lv%7C350f4ceb8a7345119c8b08de2b734721%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995971272980345%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=ioxoMxVjQWpMG1Wc9%2FGqy9DrOm10DUMJGxAvm3XyDv8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0651-20230701" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/SaADF0lRIMs?themeCode=DS" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?attachment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F280278-starptautisko-un-latvijas-republikas-nacionalo-sankciju-likums&amp;data=05%7C02%7Clucija.ciekure%40cfla.gov.lv%7C0144d32ec3104157135008dce20aac1a%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638633782667034957%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=%2FuGEY%2FYH1EcRLZtFx84GNvHSb8i7krQrPnrOp4Vrbqc%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/skaidrojosie-materiali?attachment" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?url=https%3A%2F%2Flatvija.gov.lv%2FServices%2F9736.&amp;data=05%7C02%7Ckristine.dalberga%40cfla.gov.lv%7Cdbb78b32e064433c8f3f08de421c65a6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639020886918976956%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PdPFpTZZbB1t8RLsor0VQIzPZMtr3TNxpEgWXXRVKtg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/22055/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?attachment" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SNPEKN@mfa.gov.lv?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F22043%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.dalberga%40cfla.gov.lv%7Cdbb78b32e064433c8f3f08de421c65a6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639020886918947562%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=2dtuhto84txQrXCq2Og%2Fl5zO44MlMhVAxlNPSRyZmM4%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vid.gov.lv/lv/informacija-par-darba-vietam-2025gada-atbilstosi-profesiju-klasifikatoram?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...&amp;data=05%7C02%7Cdace.skirus%40cfla.gov.lv%7C350f4ceb8a7345119c8b08de2b734721%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995971273002369%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=%2Be7Gjr6Tb5G53jAQygy0PAN8z0COcY9KRhpitI2O9DQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%253A02014R0833-20231001&amp;data=05%7C02%7Clucija.ciekure%40cfla.gov.lv%7C08f708b8a85f4fd0cbe808dce2b6f6f6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638634522653631972%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=XGEYiRZyre%2B6JegRm2UgWdYkMGjpvUgQIIIuTol%2BgOY%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/22043/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/22043/download?attachment" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/1.2.1.1%20Atbalsts%20jaunu%20produktu%20att&#299;st&#299;bai/3.k&#257;rta%202.uzsaukums/3.Komunik&#257;cija/Q%26A/2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/1.2.1.1%20Atbalsts%20jaunu%20produktu%20att&#299;st&#299;bai/3.k&#257;rta%202.uzsaukums/3.Komunik&#257;cija/Q%26A/2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/289082-noteikumi-par-iepirkuma-proceduru-un-tas-piemerosanas-kartibu-pasutitaja-finansetiem-projektiem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/1.2.1.1%20Atbalsts%20jaunu%20produktu%20att&#299;st&#299;bai/3.k&#257;rta%202.uzsaukums/3.Komunik&#257;cija/Q%26A/2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:?themeCode=DS" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-2-1-1-3k-2u?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...&amp;data=05%7C02%7Cdace.skirus%40cfla.gov.lv%7Cd9fda7e73bd34806f1db08de2ceefdd2%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638997602156869129%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=EiR9yi6BXDB6%2F9GxJgAapYJy0fGnz4HpUgpIWBWPa1g%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/1.2.1.1%20Atbalsts%20jaunu%20produktu%20att&#299;st&#299;bai/3.k&#257;rta%202.uzsaukums/3.Komunik&#257;cija/Q%26A/2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/1.2.1.1%20Atbalsts%20jaunu%20produktu%20att&#299;st&#299;bai/3.k&#257;rta%202.uzsaukums/3.Komunik&#257;cija/Q%26A/2.9.%20l&#299;gump&#275;t&#299;jums%20&#8211;%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20interes&#275;s%20veikta%20p&#275;tniec&#299;ba,%20ko%20finans&#275;juma%20sa&#326;&#275;m&#275;ja%20uzdevum&#257;%20&#299;steno%20p&#275;tniec&#299;bas%20un%20zin&#257;&#353;anu%20izplat&#299;&#353;anas%20organiz&#257;cija,%20kura%20noteikta%20saska&#326;&#257;%20ar%20normat&#299;vajiem%20aktiem%20par%20iepirkuma%20proced&#363;ru%20un%20t&#257;s%20piem&#275;ro&#353;anas%20k&#257;rt&#299;bu%20pas&#363;t&#299;t&#257;ja%20finans&#275;tiem%20projektiem%20un%20kuras%20darb&#299;ba%20re&#291;istr&#275;ta%20Latvij&#257;%20vai%20&#257;rvalst&#299;s.%20L&#299;gump&#275;t&#299;jumu%20raksturo%20&#353;&#257;di%20krit&#275;riji:?attachment" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...?uri=CELEX:32014R0651" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0651-20230701" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Feur-lex.europa.eu%2Flegal-content%2FLV%2FTXT%2F%3Furi%3DCELEX%3A32024R1745%23ntr*3-L_202401745LV.000101-E0011&amp;data=05%7C02%7Clucija.ciekure%40cfla.gov.lv%7C0144d32ec3104157135008dce20aac1a%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638633782667047511%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=fVcHTN5wtcfGksW%2FypQ4Qj74%2FbBHBQNLFRTB2r3ELoQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/22052/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/valsts-atbalsta-regulejums" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa...?themeCode=DS" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa..." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/355886-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-1-2-1-specifiska-atbalsta-merka-petniecibas-un-inovaciju-kapa" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-2-1-1-3k-2u" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -17621,52 +23608,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -17886,385 +23873,111 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6CC9730-E0D9-4CEE-8E03-2A1127CC7D9E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A00DBF47-D16A-4961-8472-DE5739658278}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CCA4762-7BD9-43B6-B5B9-BDB64C36631C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{894920C5-FE5F-43A7-9CEA-CE273AF9CA62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFB84BE6-C5E0-4A29-9FFF-A3CEF4A89A6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>23049</Words>
-  <Characters>13139</Characters>
+  <Words>13352</Words>
+  <Characters>76112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>634</Lines>
+  <Paragraphs>178</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36116</CharactersWithSpaces>
+  <CharactersWithSpaces>89286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...272 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Grodze</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>