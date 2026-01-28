--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -477,96 +477,96 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlases nolikums</w:t>
       </w:r>
       <w:r w:rsidR="00EC2201" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>” (pieejams:</w:t>
       </w:r>
       <w:r w:rsidR="006E74A9" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00502CB4" w:rsidRPr="001D6F75">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>ŠEIT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EC2201" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="645A565E" w14:textId="77777777" w:rsidR="00FD44FD" w:rsidRPr="001D6F75" w:rsidRDefault="00FD44FD" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>CE</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t> – cilvēku ekvivalents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C3FFCB" w14:textId="694FBBE7" w:rsidR="006C1764" w:rsidRPr="001D6F75" w:rsidRDefault="006C1764" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
@@ -669,346 +669,346 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>– Projektu portāls (Kohēzijas politikas fondu vadības informācijas sistēma)</w:t>
       </w:r>
       <w:r w:rsidR="003E6118" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>, pieejams</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00C728D3" w:rsidRPr="001D6F75">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="53305D05" w14:textId="3695417B" w:rsidR="00631DC0" w:rsidRPr="001D6F75" w:rsidRDefault="00631DC0" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>NAI</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>notekūdeņu attīrīšanas iekārt</w:t>
       </w:r>
       <w:r w:rsidR="001E5B68" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18808D30" w14:textId="56275545" w:rsidR="000B4ABD" w:rsidRPr="001D6F75" w:rsidRDefault="000B4ABD" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Pakalpojuma līgums </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>– pakalpojuma līgums par sabiedrisko ūdenssaimniecības pakalpojumu sniegšanu</w:t>
       </w:r>
       <w:r w:rsidR="00C01D9E" w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C01D9E" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja sabiedriskos ūdenssaimniecības pakalpojumus sniedz kapitālsabiedrība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE43980" w14:textId="6BF4E976" w:rsidR="00FB1207" w:rsidRPr="001D6F75" w:rsidRDefault="00FB1207" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Pārvaldes lēmums</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00504A34" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>pārvaldes lēmums par sabiedrisko ūdenssaimniecības pakalpojumu sniegšanu</w:t>
       </w:r>
       <w:r w:rsidR="00445815" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>, ja sabiedriskos ūdenssaimniecības pakalpojumus sniedz finansējuma saņēmējs, kas ir pašvaldība vai tās iestāde</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF125F" w14:textId="196F1B7E" w:rsidR="00504A34" w:rsidRPr="001D6F75" w:rsidRDefault="008669A8" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Saistošie noteikumi </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="000A5414" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ja sabiedriskos ūdenssaimniecības pakalpojumus sniedz finansējuma saņēmējs, kas ir pašvaldības aģentūra, ir izdoti pašvaldības saistošie noteikumi par sabiedrisko ūdenssaimniecības pakalpojumu sniegšanu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DF70E9" w14:textId="48611D87" w:rsidR="000B4ABD" w:rsidRPr="001D6F75" w:rsidRDefault="000B4ABD" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Pasākums </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>– Eiropas Savienības kohēzijas politikas programmas 2021. – 2027. gadam 2.2.1.</w:t>
       </w:r>
       <w:r w:rsidR="008B7516" w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">specifiskā atbalsta mērķa “Veicināt ilgtspējīgu ūdenssaimniecību” 2.2.1.1. pasākuma “Notekūdeņu un to dūņu apsaimniekošanas sistēmas attīstība piesārņojuma samazināšanai” </w:t>
       </w:r>
       <w:r w:rsidR="000A5414" w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>trešās</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlases kārta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B34313B" w14:textId="756492EA" w:rsidR="000B4ABD" w:rsidRPr="001D6F75" w:rsidRDefault="000B4ABD" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>SAM MK noteikumi </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>– Ministru kabineta 202</w:t>
       </w:r>
@@ -1129,96 +1129,96 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">pasākuma “Notekūdeņu un to dūņu apsaimniekošanas sistēmas attīstība piesārņojuma samazināšanai” </w:t>
       </w:r>
       <w:r w:rsidR="00307217" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">trešās </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">projektu iesniegumu atlases kārtas īstenošanas noteikumi” (pieejami: </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00502CB4" w:rsidRPr="001D6F75">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>ŠEIT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00502CB4" w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3699E969" w14:textId="77777777" w:rsidR="000B4ABD" w:rsidRPr="001D6F75" w:rsidRDefault="000B4ABD" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>SEG emisijas </w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>– siltumnīcefekta gāzu emisijas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71348826" w14:textId="1E552114" w:rsidR="2931C366" w:rsidRPr="001D6F75" w:rsidRDefault="2931C366" w:rsidP="009E5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
@@ -1297,180 +1297,180 @@
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>VTNP</w:t>
       </w:r>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> – Vispārējas tautsaimnieciskas nozīmes pakalpojums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611E8CB6" w14:textId="7EE7A330" w:rsidR="004449B7" w:rsidRPr="001D6F75" w:rsidRDefault="004449B7" w:rsidP="00FF3BFF">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6F75">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="2107453076"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="73CAD5BD" w14:textId="408D9E99" w:rsidR="004014D1" w:rsidRPr="001D6F75" w:rsidRDefault="004014D1" w:rsidP="00870736">
           <w:pPr>
-            <w:pStyle w:val="Saturardtjavirsraksts"/>
+            <w:pStyle w:val="TOCHeading"/>
             <w:spacing w:before="0" w:after="0"/>
             <w:contextualSpacing/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:color w:val="002060"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001D6F75">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:color w:val="002060"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>Saturs</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3B40990B" w14:textId="6AE429B1" w:rsidR="001672D9" w:rsidRDefault="00C2603D">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15866"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001D6F75">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000A6089" w:rsidRPr="001D6F75">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r w:rsidRPr="001D6F75">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc215210520" w:history="1">
             <w:r w:rsidR="001672D9" w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="001672D9" w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215210520 \h </w:instrText>
@@ -1484,89 +1484,89 @@
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001672D9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="383C14B0" w14:textId="4876577A" w:rsidR="001672D9" w:rsidRDefault="001672D9">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15866"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215210521" w:history="1">
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Darbību un izmaksu attiecināmība</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215210521 \h </w:instrText>
@@ -1580,89 +1580,89 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="73F267AB" w14:textId="3EE752D6" w:rsidR="001672D9" w:rsidRDefault="001672D9">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15866"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215210522" w:history="1">
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Projekta iesnieguma aizpildīšana un pievienojamie dokumenti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215210522 \h </w:instrText>
@@ -1676,89 +1676,89 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="3580131E" w14:textId="7E7A270E" w:rsidR="001672D9" w:rsidRDefault="001672D9">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15866"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215210523" w:history="1">
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Īstenošanas nosacījumi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215210523 \h </w:instrText>
@@ -1772,89 +1772,89 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="0D6A3374" w14:textId="44288F2E" w:rsidR="001672D9" w:rsidRDefault="001672D9">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15866"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc215210524" w:history="1">
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00360A46">
               <w:rPr>
-                <w:rStyle w:val="Hipersaite"/>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc215210524 \h </w:instrText>
@@ -1868,149 +1868,138 @@
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="450E85D2" w14:textId="3E449C8B" w:rsidR="008575B2" w:rsidRPr="001D6F75" w:rsidRDefault="00C2603D" w:rsidP="006E7100">
           <w:pPr>
-            <w:pStyle w:val="Saturs1"/>
+            <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="435"/>
               <w:tab w:val="right" w:leader="dot" w:pos="15593"/>
             </w:tabs>
             <w:spacing w:after="0"/>
             <w:rPr>
-              <w:rStyle w:val="Hipersaite"/>
+              <w:rStyle w:val="Hyperlink"/>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001D6F75">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="997"/>
-        <w:gridCol w:w="4585"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="4397"/>
         <w:gridCol w:w="10153"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C4496" w:rsidRPr="001D6F75" w14:paraId="055B4D3C" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="000C4496" w:rsidRPr="001D6F75" w14:paraId="055B4D3C" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37B6C8D8" w14:textId="77777777" w:rsidR="000C4496" w:rsidRPr="001D6F75" w:rsidRDefault="000C4496" w:rsidP="00383DCC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="17" w:right="17"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Nr.p.k</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Nr.p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A43D06B" w14:textId="77777777" w:rsidR="000C4496" w:rsidRPr="001D6F75" w:rsidRDefault="000C4496" w:rsidP="00383DCC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="17" w:right="17"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -2032,142 +2021,142 @@
           </w:tcPr>
           <w:p w14:paraId="169FA3CA" w14:textId="77777777" w:rsidR="000C4496" w:rsidRPr="001D6F75" w:rsidRDefault="000C4496" w:rsidP="00383DCC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbildes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C4496" w:rsidRPr="001D6F75" w14:paraId="39B8B1C0" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="000C4496" w:rsidRPr="001D6F75" w14:paraId="39B8B1C0" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="1AAEA9E7" w14:textId="37A87A84" w:rsidR="000C4496" w:rsidRPr="001D6F75" w:rsidRDefault="000C4496" w:rsidP="00D21608">
             <w:pPr>
-              <w:pStyle w:val="Virsraksts1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc215210520"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE5907" w:rsidRPr="001D6F75" w14:paraId="7A9FF9F3" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00FE5907" w:rsidRPr="001D6F75" w14:paraId="7A9FF9F3" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76012858" w14:textId="715AF3D2" w:rsidR="00FE5907" w:rsidRPr="001D6F75" w:rsidRDefault="00FE5907" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00282E25" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2575C150" w14:textId="19545392" w:rsidR="00FE5907" w:rsidRPr="001D6F75" w:rsidRDefault="00FE5907" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projektu portālā neatrodu izsludināto </w:t>
             </w:r>
             <w:r w:rsidR="00AF01DD">
               <w:rPr>
@@ -2226,51 +2215,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projektu portālā (KPVIS):</w:t>
             </w:r>
             <w:r w:rsidR="005552BE" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="005552BE" w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://projekti.cfla.gov.lv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B1F10" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
@@ -2328,51 +2317,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ja nav iespējas pārslēgt, tad jāslēdz jauns līgums par KPVIS 202</w:t>
             </w:r>
             <w:r w:rsidR="00FA5D42">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">–27 informācijas sistēmas izmantošanu. Detalizēta informācija par to kā kļūt par KPVIS e-vides lietotāju 2021.-2027. gada plānošanas periodam pieejama CFLA tīmekļa vietnē: </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3185F1F4" w14:textId="1FD81070" w:rsidR="00FE5907" w:rsidRPr="001D6F75" w:rsidRDefault="00FE5907" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -2390,149 +2379,149 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="352A529F" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE5907" w:rsidRPr="001D6F75" w14:paraId="67755487" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00FE5907" w:rsidRPr="001D6F75" w14:paraId="67755487" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AACAC10" w14:textId="029D07ED" w:rsidR="00FE5907" w:rsidRPr="001D6F75" w:rsidRDefault="00FE5907" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00282E25" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="340BC326" w14:textId="56DEDA90" w:rsidR="00FE5907" w:rsidRPr="001D6F75" w:rsidRDefault="00FE5907" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pamatojoties uz VARAM </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>tīmekļa vietnē</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pieejamo </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>datni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> par aglomerācijā radīto piesārņojumu un atlases nolikuma 3. punktu – kurā norādīts, ka </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aglomerācijas CE jābūt lielākam par 2 000, bet mazākam par 10 000.</w:t>
             </w:r>
@@ -2647,51 +2636,51 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>r iesniegt tikai attiecībā uz aglomerācijām šajā CE diapazonā. Savukārt VARAM tīmekļa vietnē publicētais</w:t>
             </w:r>
             <w:r w:rsidR="00F64C8E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> saraksts</w:t>
             </w:r>
             <w:r w:rsidR="00B224FF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Dati par aglomerāciju ar CE 2 000 – 9 999 radīto piesārņojuma slodzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B224FF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B224FF" w:rsidRPr="00B224FF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2720,86 +2709,668 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="1B812706" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidR="00FE5907" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E27311" w:rsidRPr="001D6F75" w14:paraId="2DB641D6" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="06BBF726" w14:paraId="69F2378E" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A8D8254" w14:textId="31115A3D" w:rsidR="05544084" w:rsidRDefault="05544084" w:rsidP="593E9CAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074323A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4397" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B90C8F4" w14:textId="7FDD9703" w:rsidR="06BBF726" w:rsidRDefault="05544084" w:rsidP="207BB426">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kāpēc </w:t>
+            </w:r>
+            <w:r w:rsidR="16E5D138" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VARAM tīmekļa vietnē publicētajā sarakstā – </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19">
+              <w:r w:rsidR="16E5D138" w:rsidRPr="207BB426">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Dati par aglomerāciju ar CE 2 000 – 9 999 radīto piesārņojuma slodzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="16E5D138" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="16E5D138" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neatrodam </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mūsu uzņēmuma attīrīšanas iekārtas</w:t>
+            </w:r>
+            <w:r w:rsidR="0F26AF3B" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10153" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="668808A3" w14:textId="620BA279" w:rsidR="06BBF726" w:rsidRDefault="0F26AF3B" w:rsidP="207BB426">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skaidrojam, ka </w:t>
+            </w:r>
+            <w:r w:rsidR="67C3A9F2" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>VARAM tīmekļa vietnē publicētajā sarakstā  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20">
+              <w:r w:rsidR="67C3A9F2" w:rsidRPr="207BB426">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Dati par aglomerāciju ar CE 2 000 – 9 999 radīto piesārņojuma slodzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir iekļautas tās aglomerācijas, kuru radītā piesārņojuma slodze bija no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>000 līdz 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>999</w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>cilvēkekvivalentiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (CE) 2023.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>un 2024.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gadā vai vismaz vienā no šiem gadiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44BB42A7" w14:textId="3CE1B8FE" w:rsidR="06BBF726" w:rsidRDefault="0F26AF3B" w:rsidP="207BB426">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Līdz ar to, ja </w:t>
+            </w:r>
+            <w:r w:rsidR="4FF6E394" w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uzņēmuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>notekūdeņu attīrīšanas iekārtas minētajā sarakstā nav iekļautas, tas nozīmē, ka saskaņā ar pārskata “2–Ūdens” datiem par 2023.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>un 2024.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gadu attiecīgajām aglomerācijām piesārņojuma slodze nav fiksēta noteiktajā intervālā (2</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>000–9</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>999 CE).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3877D3F4" w14:textId="77777777" w:rsidR="06BBF726" w:rsidRDefault="0F26AF3B" w:rsidP="0074323A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vēršam uzmanību, ka 2.2.1.1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pasākuma trešās projektu iesniegumu atlases kārtas ietvaros projekta īstenošanas vieta var būt tikai tā aglomerācija, kas atbilst Ministru kabineta 2025.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gada 22.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">jūlija noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21">
+              <w:r w:rsidRPr="207BB426">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Nr.</w:t>
+              </w:r>
+              <w:r w:rsidR="00770E44">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="207BB426">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>471</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00770E44">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="207BB426">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>punkta prasībām un ir identificēta, balstoties uz oficiālajiem statistikas datiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D99BF6" w14:textId="451DA907" w:rsidR="0074323A" w:rsidRDefault="0074323A" w:rsidP="0074323A">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27311" w:rsidRPr="001D6F75" w14:paraId="2DB641D6" w14:textId="77777777" w:rsidTr="6DEA4AC0">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DCC5F40" w14:textId="1DF88259" w:rsidR="00E27311" w:rsidRPr="001D6F75" w:rsidRDefault="00E27311" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="446ECF26" w14:textId="4E6B95E7" w:rsidR="00E27311" w:rsidRPr="001D6F75" w:rsidRDefault="00A00913" w:rsidP="00A00913">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1284"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pilsēta, kurā iedzīvotāju skaits ir virs 10 000, bet zem 100 000 iedzīvotāju, var pretendēt uz projektu atsevišķā attālinātā pilsētas reģionā, kurā ir </w:t>
@@ -2850,81 +3421,81 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbalsts tiek sniegts aglomerācijai. Ja tā ir lielāka par 10 000 CE, tad atbalsts šajā atlases kārtā netiks piešķirts. Atbalstāmo aglomerāciju saraksts</w:t>
             </w:r>
             <w:r w:rsidR="00112C01" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00112C01" w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Dati par aglomerāciju ar CE 2 000 – 9 999 radīto piesārņojuma slodzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00112C01" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir pieejams VARAM </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidR="00532E57" w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>tīmekļa vietnē</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00005218" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A0DC7C8" w14:textId="264F83B3" w:rsidR="00005218" w:rsidRPr="001D6F75" w:rsidRDefault="006B3AF4" w:rsidP="00FE5907">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
@@ -2942,93 +3513,93 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="30BDB953" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2247" w:rsidRPr="001D6F75" w14:paraId="1633130C" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00AD2247" w:rsidRPr="001D6F75" w14:paraId="1633130C" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08BDBFC9" w14:textId="0A80CAF6" w:rsidR="00AD2247" w:rsidRPr="001D6F75" w:rsidRDefault="00497C5D" w:rsidP="00AD2247">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00EF27BA" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="727324C9" w14:textId="66C88930" w:rsidR="00AD2247" w:rsidRPr="001D6F75" w:rsidRDefault="00AD2247" w:rsidP="00AD2247">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1284"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kas var izstrādāt klimata risku novērtējumu un aprakstu par plūdiem – pats atbalsta pretendents vai kādi sertificēti speciālisti?</w:t>
@@ -3083,85 +3654,85 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="38E838AB" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00497C5D" w:rsidRPr="001D6F75" w14:paraId="061A94E6" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00497C5D" w:rsidRPr="001D6F75" w14:paraId="061A94E6" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47BBA5CD" w14:textId="09571AFE" w:rsidR="00497C5D" w:rsidRPr="001D6F75" w:rsidRDefault="00EF27BA" w:rsidP="00497C5D">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04D490E1" w14:textId="76D9EF94" w:rsidR="00497C5D" w:rsidRPr="001D6F75" w:rsidRDefault="00497C5D" w:rsidP="00497C5D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1284"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai atlases nolikuma 1. pielikumu var sagatavot pats projekta iesniedzējs, vai šī dokumenta sagatavošanai un aprēķinu veikšanai nepieciešams piesaistīt sertificētu speciālistu? </w:t>
@@ -3180,54 +3751,54 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00497C5D" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tlases nolikuma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="00497C5D" w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>1. pielikumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00497C5D" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Notekūdeņus uzņemošā ūdensobjekta, kopējā enerģijas galapatēriņa ietaupījuma un siltumnīcefekta gāzu emisiju ietaupījuma apraksts” var sagatavot projekta iesniedzējs, nav noteikta obligāta prasība sertificēta speciālista piesaistei.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C6AE53" w14:textId="1298E4C3" w:rsidR="00497C5D" w:rsidRPr="001D6F75" w:rsidRDefault="00497C5D" w:rsidP="00497C5D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3243,121 +3814,121 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="1FB1E255" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00497C5D" w:rsidRPr="001D6F75" w14:paraId="4A1CD6A8" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00497C5D" w:rsidRPr="001D6F75" w14:paraId="4A1CD6A8" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="27E9A99E" w14:textId="77777777" w:rsidR="00497C5D" w:rsidRPr="001D6F75" w:rsidRDefault="00497C5D" w:rsidP="00D21608">
             <w:pPr>
-              <w:pStyle w:val="Virsraksts1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Toc215210521"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbību un izmaksu attiecināmība</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B077BD" w:rsidRPr="001D6F75" w14:paraId="6F99AFB2" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00B077BD" w:rsidRPr="001D6F75" w14:paraId="6F99AFB2" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AEEA941" w14:textId="56781FF3" w:rsidR="00B077BD" w:rsidRPr="001D6F75" w:rsidRDefault="00B077BD" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30E026F0" w14:textId="565E08D2" w:rsidR="00B077BD" w:rsidRPr="001D6F75" w:rsidRDefault="00B077BD" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja NAI šobrīd tiek veikta dūņu apstrādes iekārtas iegāde/uzstādīšana dēļ </w:t>
             </w:r>
             <w:r w:rsidR="000F26C9" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3493,81 +4064,81 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D245F" w:rsidRPr="001D6F75" w14:paraId="2B96FBFE" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="003D245F" w:rsidRPr="001D6F75" w14:paraId="2B96FBFE" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="136ABEDF" w14:textId="0AEA12DF" w:rsidR="003D245F" w:rsidRPr="001D6F75" w:rsidRDefault="000431E4" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01292CBC" w14:textId="54096A9F" w:rsidR="003D245F" w:rsidRPr="001D6F75" w:rsidRDefault="000431E4" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000431E4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai atbalstāma </w:t>
             </w:r>
             <w:r w:rsidRPr="006A3043">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3756,98 +4327,97 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B077BD" w:rsidRPr="001D6F75" w14:paraId="3261099A" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="00B077BD" w:rsidRPr="001D6F75" w14:paraId="3261099A" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75FD1209" w14:textId="234886F6" w:rsidR="00B077BD" w:rsidRPr="001D6F75" w:rsidRDefault="00AE3DC0" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A9DE01" w14:textId="79415AE5" w:rsidR="00B077BD" w:rsidRPr="001D6F75" w:rsidRDefault="00B55758" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00566AF4" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4228,97 +4798,97 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="7588F1C0" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B4CBB" w:rsidRPr="001D6F75" w14:paraId="6468EB7E" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="000B4CBB" w:rsidRPr="001D6F75" w14:paraId="6468EB7E" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="703A2984" w14:textId="15DFD76C" w:rsidR="000B4CBB" w:rsidRPr="001D6F75" w:rsidRDefault="000B4CBB" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0257A8D0" w14:textId="13402DF1" w:rsidR="000B4CBB" w:rsidRPr="001D6F75" w:rsidRDefault="003F4BBD" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F4BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai ir atbalstāma centralizētās kanalizācijas tīklu izbūve un atjaunošana?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -4383,83 +4953,83 @@
             <w:r w:rsidRPr="0083227C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>punktu atbalstāma centralizētās kanalizācijas sistēmas tīklu izbūve, pārbūve un atjaunošana</w:t>
             </w:r>
             <w:r w:rsidR="00226846">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00226846" w:rsidRPr="00226846">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Šīs darbības veicamas un atbalstāmas galvenokārt vidē noplūstošā piesārņojuma (infiltrācijas) mazināšanai, kā arī ūdenssaimniecības aglomerācijas robežās esošo tīklu attīstībai. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45EDF6FE" w14:textId="65FBA2A7" w:rsidR="008322FE" w:rsidRPr="00226846" w:rsidRDefault="008322FE" w:rsidP="00226846">
+          <w:p w14:paraId="45EDF6FE" w14:textId="78D4995D" w:rsidR="008322FE" w:rsidRPr="00226846" w:rsidRDefault="008322FE" w:rsidP="00226846">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>! </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="00205F50">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>29.3. punktam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E620EC" w:rsidRPr="00E620EC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">trešās projektu iesniegumu atlases kārtas </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
@@ -4597,97 +5167,97 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="3E98E6F8" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="006F28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2A59" w:rsidRPr="001D6F75" w14:paraId="1C8C12D9" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="005C2A59" w:rsidRPr="001D6F75" w14:paraId="1C8C12D9" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D2C29F2" w14:textId="1509282A" w:rsidR="005C2A59" w:rsidRDefault="00690A72" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6251FDA8" w14:textId="202F35A5" w:rsidR="005C2A59" w:rsidRPr="003F4BBD" w:rsidRDefault="00FD72C8" w:rsidP="00B077BD">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD72C8">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai ir atbalstāmi pieslēgumi privātpersonu īpašumā?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -4778,54 +5348,54 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00FD2388" w:rsidRPr="00226846">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">nvestīcijas paredzētas sabiedrisko ūdenssaimniecības pakalpojumu sniedzēju īpašumā esošo centralizētās kanalizācijas sistēmu attīstībai, respektīvi, līdz piederības robežai. Piederības robeža atbilstoši </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidR="00FD2388" w:rsidRPr="00226846">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Ūdenssaimniecības pakalpojumu likuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00FD2388" w:rsidRPr="00226846">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r w:rsidR="00FD2388">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00FD2388" w:rsidRPr="00226846">
               <w:rPr>
@@ -4873,98 +5443,97 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="3099FBB2" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="006F28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003303A7" w:rsidRPr="001D6F75" w14:paraId="6033B7B7" w14:textId="77777777" w:rsidTr="00096A8F">
+      <w:tr w:rsidR="003303A7" w:rsidRPr="001D6F75" w14:paraId="6033B7B7" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E782803" w14:textId="621F8498" w:rsidR="003303A7" w:rsidRPr="001D6F75" w:rsidRDefault="00BE5734" w:rsidP="00096A8F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32A3A4FA" w14:textId="5DA2E58F" w:rsidR="003303A7" w:rsidRPr="001D6F75" w:rsidRDefault="004C1ED0" w:rsidP="00096A8F">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C1ED0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai projekta ietvaros drīkst palielināt notekūdeņu attīrīšanas iekārtu jaudu un uzlabot to efektivitāti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -5210,97 +5779,97 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="7E667FDB" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="006F28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A615C8" w:rsidRPr="001D6F75" w14:paraId="407111D0" w14:textId="77777777" w:rsidTr="00096A8F">
+      <w:tr w:rsidR="00A615C8" w:rsidRPr="001D6F75" w14:paraId="407111D0" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A3F7E96" w14:textId="111298D5" w:rsidR="00A615C8" w:rsidRPr="001D6F75" w:rsidRDefault="00BE5734" w:rsidP="00096A8F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50E830CF" w14:textId="681FD336" w:rsidR="00A615C8" w:rsidRPr="004C1ED0" w:rsidRDefault="003834D1" w:rsidP="00096A8F">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003834D1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai ir atbalstāmas investīcijas notekūdeņu dūņu apstrādes iekārtās?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -5399,54 +5968,54 @@
           </w:p>
           <w:p w14:paraId="404BE559" w14:textId="77777777" w:rsidR="007570F7" w:rsidRDefault="0045710D" w:rsidP="00096A8F">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045710D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Notekūdeņu dūņu apstrādes darbības </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidR="003F1154" w:rsidRPr="00226846">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Ūdenssaimniecības pakalpojumu likuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0045710D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r w:rsidR="003F1154">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -5465,76 +6034,76 @@
               </w:rPr>
               <w:t>panta 74.</w:t>
             </w:r>
             <w:r w:rsidR="003F1154">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0045710D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">punkta izpratnē ir tādas darbības, kas nemaina notekūdeņu dūņu struktūru. Notekūdeņu dūņu apstrādes veidi noteikti </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="007570F7">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Notekūdeņu dūņu apsaimniekošanas plānā 2024.–2027.</w:t>
               </w:r>
               <w:r w:rsidR="007570F7">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r w:rsidRPr="007570F7">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>gadam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007570F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0045710D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -5702,97 +6271,97 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="4A969AFF" w14:textId="77777777" w:rsidTr="00096A8F">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="4A969AFF" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CFC6AD8" w14:textId="25F88697" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A9BDA73" w14:textId="0671FB24" w:rsidR="004D4321" w:rsidRPr="003834D1" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai pie dūņu apsaimniekošanas attiecināma ir dūņu novietnes jumta izbūve?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -5822,54 +6391,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>! </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:anchor=":~:text=28.3.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20p%C4%81rstr%C4%81des%20infrastrukt%C5%ABras%20att%C4%ABst%C4%AB%C5%A1ana%3B" w:history="1">
+            <w:hyperlink r:id="rId29" w:anchor=":~:text=28.3.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20p%C4%81rstr%C4%81des%20infrastrukt%C5%ABras%20att%C4%ABst%C4%AB%C5%A1ana%3B" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>28.3. punktam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> trešās </w:t>
             </w:r>
             <w:r w:rsidR="003244CB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">projektu iesniegumu </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
@@ -5914,124 +6483,122 @@
               </w:rPr>
               <w:t>*Dūņu pārstrāde ir darbības, kas izmaina dūņu struktūru un rada jaunu lietderīgu produktu, piemēram, kompostēšana, raudzēšana biogāzes ieguvei, fermentācija (aukstā fermentācija – 12 mēnešu noturēšana), dedzināšana u.c.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="281862E4" w14:textId="66FFAC4C" w:rsidR="004D4321" w:rsidRPr="0045710D" w:rsidRDefault="004D4321" w:rsidP="007E27F7">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="6415A30A" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="1F3650FF" w14:textId="77777777" w:rsidTr="00096A8F">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="1F3650FF" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F885BF4" w14:textId="7F670FA5" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D3C7EA7" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai, plānojot notekūdeņu dūņu atūdeņošanas iekārtu pārbūvi, ir atļauts paredzēt traktora piekabi dūņu transportēšanai, ja esošo dūņu spiedvadu vairs nevarēs izmantot?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -6151,97 +6718,97 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="0CDE31D2" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="0CDE31D2" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F6ACC15" w14:textId="4E2B7352" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="532F7BDB" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai esošās dūņu centrifūgas nomaiņa pret modernāku modeli ar mazāka elektroenerģijas patēriņu un uzlabotu vadības sistēmu ir attiecināmas izmaksas?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F24317F" w14:textId="5FAF6C74" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6268,108 +6835,108 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="004D4321" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ekārtu energoefektivitāte (elektroenerģijas patēriņš) netiek vērtēta kā kvalitātes kritērijs. Tādēļ iekārtu izvēle nav jābalsta tikai uz enerģijas patēriņa rādītājiem – galvenais akcents ir uz piesārņojuma samazinājumu un notekūdeņu dūņu gadījumā – uz aprēķināto </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:anchor=":~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas." w:history="1">
+            <w:hyperlink r:id="rId30" w:anchor=":~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas." w:history="1">
               <w:r w:rsidR="004D4321" w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SEG emisiju samazinājumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004D4321" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CA3849C" w14:textId="1C0B0F54" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Tādējādi, izvēloties starp esošās centrifūgas nomaiņu pret modernāku centrifūgu vai presi, jāvērtē gan NAI specifiskās vajadzībās, gan uz </w:t>
             </w:r>
             <w:r w:rsidR="0003726B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">asākuma projektu iesniegumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>vērtēšanas kritērijos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (īpaši 1.13. kritērijs) noteiktās prioritātes un obligātās prasībām (piemēram, šajā gadījumā aprēķināts SEG emisiju ietaupījums konkrētajā risinājumā).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A8BB651" w14:textId="4D1302F0" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="00844E8A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6385,105 +6952,105 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="10864325" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="7CAAC132" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="7CAAC132" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00A8861B" w14:textId="70A7E6B5" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00AD1AA7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2D681D" w14:textId="460838F8" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai iespējams darbības “notekūdeņu dūņu atūdeņošanas un apstrādes iekārtu izveide, pārbūve vai atjaunošana” ietvaros neveicot izmaiņas tehnoloģijā mainīt iekārtas uz energoefektīvākām, pamatojot SEG emisiju samazinājumu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -6586,54 +7153,54 @@
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lai pamatotu šādu pieeju, nepieciešams sniegt izpētes datus un pārbaudāmus, izsekojamus un uzticamus aprēķinus (t.i. SEG emisiju ietaupījuma aprēķinu), kas sagatavoti, izmantojot pārbaudāmu, publisku pieejamu metodoloģiju, un kas parāda, ka jaunās iekārtas, neskatoties uz to, ka tehnoloģija nemainās, </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>samazina SEG emisijas</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (projekta iesniegumam pievieno aizpildītu atlases nolikuma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>1. pielikuma 4. sadaļu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5500041D" w14:textId="3D16638D" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
@@ -6654,105 +7221,105 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="62CE19FD" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="171E0360" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="171E0360" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BBBFB0F" w14:textId="6EF7EDA5" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00306D66">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EBF517D" w14:textId="7FE480DC" w:rsidR="004D4321" w:rsidRPr="00534DAF" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00534DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6774,60 +7341,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>punktu attiecināma</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">notekūdeņu attīrīšanas iekārtu jaudas palielināšana, </w:t>
-[...8 lines deleted...]
-              <w:t>attīrīšanas un</w:t>
+              <w:t>notekūdeņu attīrīšanas iekārtu jaudas palielināšana, attīrīšanas un</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>iekārtu darbības efektivitātes uzlabošana.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B47AB8F" w14:textId="77009A7F" w:rsidR="004D4321" w:rsidRPr="00534DAF" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -7005,51 +7563,50 @@
               </w:rPr>
               <w:t>slodzi uz NAI.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="361D887A" w14:textId="234E6125" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Plānotā darbība</w:t>
             </w:r>
             <w:r w:rsidR="00AD559C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– nojumes izbūve, lai samazinātu nokrišņu nonākšanu dūņās</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
@@ -7061,152 +7618,151 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">– var būt atbalstāma </w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tikai gadījumā, ja tā ir tieši saistīta ar dūņu apstrādi un atūdeņošanu</w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, nevis ar to pārstrādi: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6400934F" w14:textId="49EAC53A" w:rsidR="004D4321" w:rsidRPr="007B6360" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="266" w:hanging="266"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja nojume nepieciešama dūņu apstrādes procesa nodrošināšanai (piemēram, dūņu uzglabāšana līdz 12 mēnešiem), </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">darbība atbilst SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:anchor=":~:text=27.6.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20at%C5%ABde%C5%86o%C5%A1anas%20un%20apstr%C4%81des%20iek%C4%81rtu%20izb%C5%ABve%2C%20p%C4%81rb%C5%ABve%20un%20atjauno%C5%A1ana%3B">
+            <w:hyperlink r:id="rId33" w:anchor=":~:text=27.6.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20at%C5%ABde%C5%86o%C5%A1anas%20un%20apstr%C4%81des%20iek%C4%81rtu%20izb%C5%ABve%2C%20p%C4%81rb%C5%ABve%20un%20atjauno%C5%A1ana%3B">
               <w:r w:rsidRPr="007B6360">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>27.6. punktam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6507B2AA" w14:textId="556305C4" w:rsidR="004D4321" w:rsidRPr="007B6360" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="266" w:hanging="266"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja dūņu uzglabāšana faktiski nodrošina auksto fermentāciju (12 mēnešu noturēšanu), darbība kvalificējas kā dūņu pārstrāde un </w:t>
             </w:r>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nav atbalstāma</w:t>
             </w:r>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> saskaņā ar SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31">
+            <w:hyperlink r:id="rId34">
               <w:r w:rsidRPr="007B6360">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>28.3. punktu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="007B6360">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13398CE5" w14:textId="44E33889" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7235,114 +7791,114 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja tā ir daļa no dūņu apstrādes un atūdeņošanas infrastruktūras, neveic dūņu pārstrādi un nemaina to struktūru.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47C78174" w14:textId="3B9F8D2F" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vēršam uzmanību, ka projekta iesniegumā plānotās darbības aprakstā norāda esošās situācijas raksturojumu, argumentētu pamatojumu darbības nepieciešamībai, sagaidāmo rezultātu, kā arī aprēķināto </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:anchor=":~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas.%C2%A0">
+            <w:hyperlink r:id="rId35" w:anchor=":~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas.%C2%A0">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SEG emisiju ietaupījumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (projekta iesniegumam pievieno </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33">
+            <w:hyperlink r:id="rId36">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>atlases nolikuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34">
+            <w:hyperlink r:id="rId37">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>1.</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>pielikumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar aizpildītu 4. sadaļu).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EAFE154" w14:textId="2AE15E0A" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
@@ -7502,88 +8058,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="004D4321" w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ūtiski ievērot šādus ierobežojumus:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1426FD" w14:textId="30D4CF2D" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="266" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atbalstāmas ir tikai dūņu atūdeņošanas un apstrādes darbības</w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas neizmaina dūņu struktūru un nerada jaunu produktu. Atbilstoši </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35">
+            <w:hyperlink r:id="rId38">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Ūdenssaimniecības pakalpojumu likuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
@@ -7605,51 +8161,51 @@
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>notekūdeņu dūņu apstrāde</w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir darbības ar notekūdeņu dūņām, tai skaitā dūņu atūdeņošana vai mehāniska iebiezināšana, izņemot notekūdeņu dūņu pārstrādi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E38DB4D" w14:textId="75B8F815" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="266" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Netiek atbalstīta notekūdeņu dūņu pārstrādes infrastruktūras attīstīšana</w:t>
             </w:r>
@@ -7681,98 +8237,98 @@
               </w:rPr>
               <w:t xml:space="preserve">Dūņu pārstrāde ir darbības ar notekūdeņu dūņām, kas izmaina to struktūru, tai skaitā raudzēšana biogāzes iegūšanai, kompostēšana, </w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aukstā fermentācija</w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un citas tehnoloģijas utilizējama produkta radīšanai. Šī definīcija atbilst gan </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36">
+            <w:hyperlink r:id="rId39">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Ūdenssaimniecības pakalpojumu likuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pantā, gan </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37">
+            <w:hyperlink r:id="rId40">
               <w:r w:rsidRPr="0999D8FA">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Notekūdeņu dūņu apsaimniekošanas plāna 2024.–2027. gadam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0999D8FA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> skaidrojumam. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E3C9167" w14:textId="0990F4B1" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
@@ -7825,132 +8381,130 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pasākuma 2.2.1.1. trešajā atlases kārtā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6926F8A7" w14:textId="412121D3" w:rsidR="004D4321" w:rsidRPr="00CA7B40" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7B40">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="12A33FC8" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA7B40">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="48345A59" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="48345A59" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DD22496" w14:textId="0F558092" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00306D66">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66760E79" w14:textId="77777777" w:rsidR="00EE6C02" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NAI ir plakanais jumta segums. Tas ir nolietojies un regulāri lietus laikā appludina gan automātikas vadības paneļus, gan elektrības skapjus. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61D26B40" w14:textId="5B79B087" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -8047,54 +8601,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>! </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā iekļauj atbalstāmās darbības, kas ietver investīcijas infrastruktūras izveidei, pārbūvei vai atjaunošanai, kā arī tās funkcionalitātes nodrošināšanai atbilstoši SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:anchor=":~:text=Projekta%20iesniegum%C4%81%20iek%C4%BCauj%20%C5%A1%C4%81das%20atbalst%C4%81m%C4%81s%20darb%C4%ABbas%2C%20kas%20ietver%20invest%C4%ABcijas%20infrastrukt%C5%ABras%20izveidei%2C%20p%C4%81rb%C5%ABvei%20vai%20atjauno%C5%A1anai%2C%20k%C4%81%20ar%C4%AB%20t%C4%81s%20funkcionalit%C4%81tes%20nodro%C5%A1in%C4%81%C5%A1anai%3A" w:history="1">
+            <w:hyperlink r:id="rId41" w:anchor=":~:text=Projekta%20iesniegum%C4%81%20iek%C4%BCauj%20%C5%A1%C4%81das%20atbalst%C4%81m%C4%81s%20darb%C4%ABbas%2C%20kas%20ietver%20invest%C4%ABcijas%20infrastrukt%C5%ABras%20izveidei%2C%20p%C4%81rb%C5%ABvei%20vai%20atjauno%C5%A1anai%2C%20k%C4%81%20ar%C4%AB%20t%C4%81s%20funkcionalit%C4%81tes%20nodro%C5%A1in%C4%81%C5%A1anai%3A" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>27. punktam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60697181" w14:textId="68A55288" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8110,105 +8664,105 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="76D04D1C" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA7B40">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="6A955CE6" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="6A955CE6" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A34811" w14:textId="433872E4" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00E45618">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00096A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F42862F" w14:textId="433E7D79" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C714F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lai nodrošinātu notekūdeņu sastāva kontroli un radītu priekšnoteikumus to attīrīšanas procesa uzlabošanai, Sabiedrība plāno uzstādīt NAI ienākošo notekūdeņu ķīmiskā </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8259,51 +8813,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5795D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>obligāti ir uzstādāma NAI kompleksā, vai to iespējams izvietot citā vietā aglomerācijas teritorijā (piemēram, sūkņu stacijā), ja šāda izvietošana nodrošinātu precīzāku rūpnieciskā piesārņojuma sākotnējā apmēra noteikšanu un uzlabotu NAI darbības efektivitāti.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="478DB0E5" w14:textId="08411785" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="266" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A624C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Saskaņā ar SAM MK noteikumu 27.4. punktu atbalst</w:t>
             </w:r>
             <w:r w:rsidRPr="008A624C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
@@ -8370,101 +8924,101 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="008A624C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>lo</w:t>
             </w:r>
             <w:r w:rsidRPr="008A624C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> NAI darbības efektivitātes uzlabošanu. ĶSP mērīšanas zondes uzstādīšana var tikt atzīta par attiecināmu izdevumu, ja projektā ir pamatots, ka tā palīdz uzlabot NAI procesu vadību, nodrošinot precīzāku ienākošo piesārņojuma slodzes kontroli. Savukārt SAM MK noteikumu 27.3. punkts paredz iespēju projekta darbībās iekļaut investīcijas kanalizācijas sūkņu staciju izbūvei, pārbūvei un atjaunošanai. Līdz ar to, ja projektā paredzēta konkrētās(-to) sūkņu stacijas(-u) izbūve, pārbūve vai atjaunošana, ĶSP mērīšanas zonde var būt attiecināma, ja projekta iesniegumā ir pamatots, ka tā ir funkcionāli nepieciešama šīs darbības ietvaros un uzlabo NAI procesu vadību.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A30F8B8" w14:textId="4BBA5CFA" w:rsidR="004D4321" w:rsidRPr="00C076D3" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="266" w:hanging="280"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C076D3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SAM MK noteikumi (tostarp to anotācija) nenosaka obligātu prasību, ka ĶSP zonde jāizvieto tieši NAI teritorijā. Projekta iesniegumā svarīgi ir tehniski un argumentēti pamatot, ka izvēlētā vieta, piemēram:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23C29B50" w14:textId="77AE1896" w:rsidR="004D4321" w:rsidRPr="003977B0" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="549" w:hanging="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003977B0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NAI kompleksā ienākošo komunālo notekūdeņu ieplūdes vieta, vai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BCD1830" w14:textId="6C49D75C" w:rsidR="004D4321" w:rsidRPr="003977B0" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="549" w:hanging="295"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003977B0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>konkrēta(-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003977B0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -8544,185 +9098,184 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="3E30D2E3" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="00A46029">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="48F07DB8" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="48F07DB8" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="530A306C" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Virsraksts1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Toc215210522"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Projekta iesnieguma aizpildīšana un pievienojamie dokumenti</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="510EF025" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="510EF025" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C7C072E" w14:textId="6A620B2C" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D2C2DC1" w14:textId="2F02D0C8" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NAI atrodas uz privātas zemes. Šobrīd notiek vienošanās par zemes nomas līguma noslēgšanu. Kādi nosacījumi būtu jāiestrādā līgumā, līdz kuram brīdim līgumam ir jābūt noslēgtam, kā arī vai vispār ir iespējams šādā situācijā pieteikties un saņemt finansējumu NAI rekonstrukcijai?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFE5390" w14:textId="2732DC44" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
+          <w:p w14:paraId="0AFE5390" w14:textId="0635FA80" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ievērojot, ka atbalsts Pasākuma trešajā atlases kārtā tiek piešķirts kā kompensācija par VTNP sniegšanu, ir noteikts 30 gadu dzīves cikls, lai novērstu pārkompensācijas riskus, kā arī ievērojot atbalstāmo darbību veikšanas rezultātā izveidoto pamatlīdzekļu orientējošo amortizācijas periodu, kas atbilst Eiropas Komisijas vadlīnijām izmaksu-ieguvumu analīzes veikšanai</w:t>
             </w:r>
             <w:r w:rsidR="00DC1939">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pieejamas </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>ŠEIT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00DC1939">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="005454F9" w14:textId="607F3418" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -8736,51 +9289,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jāņem vērā, ka, īstenojot šādu pasākumu, preventīvi ir jāparedz iespēja finansējuma saņēmējam (sabiedrisko pakalpojumu sniedzējam) strādāt ar projekta ietvaros izveidotajiem pamatlīdzekļiem visā projekta dzīves ciklā, nodrošinot, ka infrastruktūra – tajā skaitā būves, iekārtas – tiek lietota ilgtermiņā un tās ekspluatācija netiktu pārtraukta, piemēram, īpašumtiesību strīdu dēļ, vienlaikus izslēdzot nelikumīga komercdarbības atbalsta riskus. Tamdēļ noteikts, ka projekta īstenošanas laikā un projekta dzīves ciklā nekustamais īpašums, tai skaitā zeme un infrastruktūra, kurā paredzēta infrastruktūras izveide, ir projekta iesniedzēja īpašumā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1E80F5" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Īpašuma tiesības jānostiprina zemesgrāmatā līdz pirmā maksājuma pieprasījuma iesniegšanai sadarbības iestādē.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4969708C" w14:textId="1831F6BA" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
+          <w:p w14:paraId="4969708C" w14:textId="60B1EF8F" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
             <w:r w:rsidR="00ED4C88">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -8802,54 +9355,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ttiecībā uz tīklu izbūvi, pārbūvi vai atjaunošanu, ja tas šķērso citu īpašnieku zemesgabalus, projekta iesniegumam pievienotajos dokumentos apliecināms, ka ar nekustamā īpašuma (vai nekustamo īpašumu) īpašnieku(-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>iem</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) ir saskaņotas projekta darbības vai saskaņošanas procedūra ir aizstāta ar informēšanu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Ūdenssaimniecības pakalpojumu likuma 11. panta trešajā daļā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> minētajos gadījumos, kā arī projektā iesaistītajam cita īpašnieka zemesgabalam ir noteikts apgrūtinājums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12E407E1" w14:textId="2F0305B6" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8865,200 +9418,190 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="0DB14963" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="00A46029">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="0C3EA700" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="0C3EA700" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53B4E4AA" w14:textId="4E593758" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DB51E01" w14:textId="7E317819" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlases nolikuma 5.1.3. punktā minēts, ka sabiedrisko ūdenssaimniecības pakalpojumu līguma darbības laiks nedrīkst būt īsāks par pieciem gadiem un nepārsniedz 10 gadus. No kura brīža rēķināmi šie termiņi – projekta </w:t>
-[...8 lines deleted...]
-              <w:t>iesniegšanas datums vai līguma parakstīšana par projekta īstenošanu?</w:t>
+              <w:t>Atlases nolikuma 5.1.3. punktā minēts, ka sabiedrisko ūdenssaimniecības pakalpojumu līguma darbības laiks nedrīkst būt īsāks par pieciem gadiem un nepārsniedz 10 gadus. No kura brīža rēķināmi šie termiņi – projekta iesniegšanas datums vai līguma parakstīšana par projekta īstenošanu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AD96585" w14:textId="2E00EE16" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Sabiedrisko ūdenssaimniecības pakalpojumu līguma darbības laiks nav tieši saistīts ar projekta iesnieguma datumu. Attiecīgi, līguma darbības laiks ir no </w:t>
             </w:r>
             <w:r w:rsidR="0017529E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>VTNP</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> līguma noslēgšanas vai grozījumu datuma un nedrīkst būt īsāks par pieciem gadiem un nepārsniedz 10 gadus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111884B3" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> VTNP līgumā jābūt iekļautai visai </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:anchor=":~:text=14.%C2%A0Pakalpojuma%20l%C4%ABgum%C4%81%20nor%C4%81da%20vismaz%20%C5%A1%C4%81du%20inform%C4%81ciju%3A" w:history="1">
+            <w:hyperlink r:id="rId44" w:anchor=":~:text=14.%C2%A0Pakalpojuma%20l%C4%ABgum%C4%81%20nor%C4%81da%20vismaz%20%C5%A1%C4%81du%20inform%C4%81ciju%3A" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>MK noteikumu 14. punktā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uzskaitītajai informācijai.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="084CFAD0" w14:textId="2619D799" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9074,97 +9617,97 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="5ED497E6" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="375E85E7" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="375E85E7" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77BE82B9" w14:textId="3F1BE6A4" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62A9EC11" w14:textId="022F18B0" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sabiedrisko ūdenssaimniecības pakalpojumu līgum</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9208,54 +9751,54 @@
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Iesakām pārliecināties, ka līgumā ir iekļauta </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>visa</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>14. punktā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteiktā informācija.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BD22191" w14:textId="07BA08F7" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9271,351 +9814,351 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="2902276E" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="5BE75CCF" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="5BE75CCF" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DF5007C" w14:textId="6C233662" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4743CD66" w14:textId="17EC6E56" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Par projekta iesnieguma 1. pielikuma 2. sadaļu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34CA1511" w14:textId="3A607AAB" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>as ir jāizvērtē sekojošam norādījumam: “[..] kā arī izvērtē projekta iesniegumā norādītā uzņemošā ūdensobjekta (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ŪO</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> koda) atrašanās vietu Latvijas Vides, ģeoloģijas un meteoroloģijas centra izstrādātajā ūdensobjektu kartē [..]”;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B207542" w14:textId="41E285D6" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ā atrasts notekūdeņu izvada atrašanās vietas koordinātas LKS-92 sistēmā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E227ADC" w14:textId="4881CB71" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="266" w:hanging="283"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lai kritērijā 4.2. saņemtu papildu punktus, aizpildot projekta iesnieguma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>1. pielikuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2. sadaļu “Notekūdeņu attīrīšanas iekārtu novadītos notekūdeņus uzņemošā ūdensobjekta veids”, jāizvērtē un jānorāda šāda informācija:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BD50E2A" w14:textId="56DBB671" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="549" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>uzņemošā ūdensobjekta nosaukums un kods</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> saskaņā ar </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2011. gada 31. maija MK noteikumiem Nr. 418</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Noteikumi par riska ūdensobjektiem” (turpmāk – MKN Nr. 418, pieejami </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>ŠEIT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5013EFB2" w14:textId="0118C545" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="833" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Piebilde: MKN Nr. 418 </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3. pielikumā</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> iekļautajiem objektiem jānorāda vismaz nosaukums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="763CD0B1" w14:textId="369055FB" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="833" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja uzņemošais ūdensobjekts </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
@@ -9686,51 +10229,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uzņemošais ūdensobjekts </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nav riska ūdensobjekts</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši MKN Nr. 418 minētajiem pielikumiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21052D7D" w14:textId="1F031BAE" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="549" w:hanging="288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vai</w:t>
@@ -9777,104 +10320,104 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>teritorijā</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Informāciju pārbauda Dabas datu pārvaldības sistēma OZOLS: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>ozols.gov.lv</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>pub</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (meklētājā ievadot kadastra numuru).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E08464D" w14:textId="04698048" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="549" w:hanging="288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>vai</w:t>
@@ -9919,93 +10462,93 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> koda) </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">atrašanās vieta atbilst LVĢMC izstrādātajai ūdensobjektu kartei </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(pieejama </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>ŠEIT</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">). Kartē ūdensobjektu atrod pēc nosaukuma un, izmantojot funkciju “Mērīt – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Location</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”, nosaka notekūdeņu izvada atrašanās vietu un ģeogrāfiskās koordinātas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32F064A9" w14:textId="7DAAC088" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="549" w:hanging="288"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>notekūdeņu izvada atrašanās vietas koordinātas</w:t>
@@ -10017,183 +10560,182 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">norāda LKS-92 sistēmā, </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>abos formātos:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B528415" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="833" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ģeogrāfisko </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– piemēram, 56.501796, 25.768913,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0274E9DC" w14:textId="7AEFC0E2" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="2160"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="833" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>taisnleņķa metriskajā </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>– piemēram, 608883, 263332.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="316D0CAF" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="266" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Lai noteiktu taisnleņķa metrisko koordinātu var izmantot, piemēram, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>balticmaps.eu</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ievada ģeogrāfiskās koordinātas, atrod uzņemošā ūdensobjekta atrašanās vietu un spiež uz sarkanā riņķīša ar labo peles taustiņu, lai nolasītu taisnleņķa metrisko koordinātu (LKS)). Nolasītās koordinātas norāda 1. pielikuma 2. sadaļā, lai pamatotu, kurā ūdensobjektā nonāk notekūdeņi no notekūdeņu attīrīšanas iekārtām (lai norādītu uz riska ūdensobjektu, ja attiecināms). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C80BDED" w14:textId="0EE2E4B7" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="266"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Svarīgi:</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10223,83 +10765,82 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="70609F9F" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="641E6EC0" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="641E6EC0" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78C9A78A" w14:textId="2C759B6B" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB565A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B2D5C7B" w14:textId="40BBFF3B" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Par uzraudzības rādītāja datu avotu (piemēram, ja tie Centrālās statistikas pārvaldes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -10342,54 +10883,54 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004D4321" w:rsidRPr="006B488D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tlases nolikuma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidR="004D4321" w:rsidRPr="006B488D">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>4. pielikumā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004D4321" w:rsidRPr="006B488D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> un SAM MK noteikumos (komplektā ar anotāciju) nav ierobežots, ka drīkst izmantot tikai </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004D4321" w:rsidRPr="006B488D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="004D4321">
@@ -10482,80 +11023,80 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="2B15F9E5" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="006B488D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="50AF7E03" w14:paraId="12B9551C" w14:textId="77777777" w:rsidTr="50AF7E03">
+      <w:tr w:rsidR="50AF7E03" w14:paraId="12B9551C" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DE5C54D" w14:textId="32C9ECD4" w:rsidR="4611A447" w:rsidRDefault="4611A447" w:rsidP="50AF7E03">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="335F448D" w14:textId="7BDABD6A" w:rsidR="4611A447" w:rsidRDefault="4611A447" w:rsidP="50AF7E03">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai darbības īstenošanas grafikā iekļaujams tikai līguma īstenošanas laiks no tā noslēgšanas, vai jāiekļauj arī laiks iepirkuma veikšanai?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
@@ -10593,54 +11134,54 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vēršam uzmanību, ka atbilstoši SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:anchor=":~:text=32.%C2%A0Izmaksas%20ir%20attiecin%C4%81mas%20no%202025.%20gada%201.%20janv%C4%81ra.%C2%A0Ja%20projekts%20ir%20pabeigts%20pirms%20projekta%20iesnieguma%20iesnieg%C5%A1anas%20sadarb%C4%ABbas%20iest%C4%81d%C4%93%2C%20projekta%20iesniegums%20tiek%20noraid%C4%ABts.">
+            <w:hyperlink r:id="rId52" w:anchor=":~:text=32.%C2%A0Izmaksas%20ir%20attiecin%C4%81mas%20no%202025.%20gada%201.%20janv%C4%81ra.%C2%A0Ja%20projekts%20ir%20pabeigts%20pirms%20projekta%20iesnieguma%20iesnieg%C5%A1anas%20sadarb%C4%ABbas%20iest%C4%81d%C4%93%2C%20projekta%20iesniegums%20tiek%20noraid%C4%ABts.">
               <w:r w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>32. punktam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmaksas ir attiecināmas no 2025. gada 1. janvāra.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22015F57" w14:textId="6CB1127A" w:rsidR="4611A447" w:rsidRDefault="4611A447" w:rsidP="50AF7E03">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10656,207 +11197,206 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="33B63D6C" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="4621354C" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="4621354C" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DFFF448" w14:textId="40F8EF58" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="4611A447" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="126FE0A4" w14:textId="6125FA6F" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="0254A75F" w:rsidP="50AF7E03">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai tehniski ekonomiskais pamatojums (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TEP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) nepieciešams šiem darbiem (katram atsevišķi un kopā):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A7EB705" w14:textId="1BEE63BD" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="0254A75F" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">esošo notekūdeņu attīrīšanas iekārtu ražības (jaudas) palielināšana divas reizes, paredzot otru attīrīšanas iekārtu līniju (jaunu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aerotenku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, priekšattīrīšanas līniju, dūņu biezinātāju), kā arī esošā aprīkojuma (sūkņu, automātikas utt.) nomaiņu uz atbilstošām ražībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74B9AA66" w14:textId="209E945F" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="0254A75F" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>esošo sadzīves kanalizācijas tīklu pārbūve;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F4B558F" w14:textId="77EC497A" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="04B3F8D1" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="270" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="0254A75F" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
@@ -10908,108 +11448,108 @@
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SAM MK note</w:t>
             </w:r>
             <w:r w:rsidR="3F70A7F8" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">kumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50">
+            <w:hyperlink r:id="rId53">
               <w:r w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>27.5. punkt</w:t>
               </w:r>
               <w:r w:rsidR="566E36ED" w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>a</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="566E36ED" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikts, ka</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstāma ir </w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jaunu</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> notekūdeņu attīrīšanas iekārtu izbūve, ja tas ir tehniski un ekonomiski pamatots. Savukārt </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51">
+            <w:hyperlink r:id="rId54">
               <w:r w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SAM MK noteikumu anotācijā</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikts, ka </w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jaunu</w:t>
@@ -11086,393 +11626,1102 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">plānotajām darbībām </w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nav nepieciešams ne katrai darbībai atsevišķi, ne kopā</w:t>
             </w:r>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2913469B" w14:textId="2971AF7E" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
+          <w:p w14:paraId="2913469B" w14:textId="6790C931" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">esošo notekūdeņu attīrīšanas iekārtu ražības (jaudas) palielināšana x 2 (divas reizes), paredzot otru attīrīšanas iekārtu līniju (jaunu </w:t>
+              <w:t>esošo notekūdeņu attīrīšanas iekārtu ražības (jaudas) palielināšana x</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 (divas reizes), paredzot otru attīrīšanas iekārtu līniju (jaunu </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aerotenku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, priekšattīrīšanas līniju, dūņu biezinātāju), kā arī esošā aprīkojuma (sūkņu, automātikas utt.) nomaiņu uz atbilstošām ražībām, jo netiek veikta jaunu notekūdeņu attīrīšanas iekārtu izbūve citā atrašanās vietā;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="351B17C2" w14:textId="369715A7" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
+          <w:p w14:paraId="351B17C2" w14:textId="76ED8315" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">esošo sadzīves kanalizācijas tīklu pārbūve; </w:t>
+              <w:t>esošo sadzīves kanalizācijas tīklu pārbūve;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A1885C9" w14:textId="780DAB23" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
+          <w:p w14:paraId="2A1885C9" w14:textId="10CAB63E" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">sadzīves kanalizācijas tīklu paplašināšana – jauna būvniecība. </w:t>
+              <w:t>sadzīves kanalizācijas tīklu paplašināšana</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– jauna būvniecība.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000F0E4F" w14:textId="60E6070D" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
+          <w:p w14:paraId="000F0E4F" w14:textId="02E3AA7A" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="00C408CC" w:rsidP="50AF7E03">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="50AF7E03">
+            <w:r w:rsidRPr="00C408CC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-              <w:r w:rsidRPr="50AF7E03">
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tbilstoši SAM MK noteikumu 29.3. punktam šo noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55">
+              <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>27.1. punktā</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="50AF7E03">
+            <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> minētajām darbībām –  centralizētās kanalizācijas sistēmas tīklu izbūve, pārbūve un atjaunošana –  paredzētās izmaksas nepārsniedz 40 % no projektā paredzētajām attiecināmajām izmaksām. </w:t>
+              <w:t xml:space="preserve"> minētajām darbībām</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– centralizētās kanalizācijas sistēmas tīklu izbūve, pārbūve un atjaunošana</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– paredzētās izmaksas nepārsniedz 40</w:t>
+            </w:r>
+            <w:r w:rsidR="00975FDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="1116DB69" w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>% no projektā paredzētajām attiecināmajām izmaksām.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00D702FF" w14:textId="74E2209F" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
+          <w:p w14:paraId="00D702FF" w14:textId="536D10A7" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="50AF7E03">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Savukārt projektu iesniegumu atlases nolikuma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53">
+            <w:hyperlink r:id="rId56">
               <w:r w:rsidRPr="50AF7E03">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>4. pielikuma</w:t>
+                <w:t>4.</w:t>
+              </w:r>
+              <w:r w:rsidR="00F25EA6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="50AF7E03">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>pielikuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kvalitātes kritērijā 4.6 noteikts: ja projektā ir paredzēta centralizēto kanalizācijas tīklu izbūve, pārbūve vai atjaunošana un šo darbību apjoms nepārsniedz 15 % no projekta kopējo attiecināmo izmaksu apjoma, vērtējumā piešķir 1 punktu. Ja projektā ir paredzēta kanalizācijas tīklu izbūve, pārbūve vai atjaunošana apjomā virs 15 % no projekta kopējām attiecināmajām izmaksām, vērtējums ir 0 punktu.</w:t>
+              <w:t xml:space="preserve"> kvalitātes kritērijā 4.6</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>noteikts: ja projektā ir paredzēta centralizēto kanalizācijas tīklu izbūve, pārbūve vai atjaunošana un šo darbību apjoms nepārsniedz 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>% no projekta kopējo attiecināmo izmaksu apjoma, vērtējumā piešķir 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>punktu. Ja projektā ir paredzēta kanalizācijas tīklu izbūve, pārbūve vai atjaunošana apjomā virs 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>% no projekta kopējām attiecināmajām izmaksām, vērtējums ir 0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25EA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>punktu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="481E1BE7" w14:textId="75034F08" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="1116DB69" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(27</w:t>
             </w:r>
             <w:r w:rsidR="004D4321" w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="72DCA8D8" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="6DEA4AC0" w14:paraId="73EAD34D" w14:textId="77777777" w:rsidTr="6DEA4AC0">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1393BB85" w14:textId="432A5DB6" w:rsidR="3D7F2DC5" w:rsidRDefault="3D7F2DC5" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4397" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF6B365" w14:textId="656B925B" w:rsidR="0608D238" w:rsidRDefault="0608D238" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CFLA atlases tīmekļa vietnē neatrodu atlases nolikuma pielikumu</w:t>
+            </w:r>
+            <w:r w:rsidR="347A674F" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="242424"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “P</w:t>
+            </w:r>
+            <w:r w:rsidR="347A674F" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rojekta iesnieguma aizpildīšanas metodika”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10153" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4781CB" w14:textId="6E44D10F" w:rsidR="347A674F" w:rsidRDefault="347A674F" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atsevišķs projekta iesnieguma aizpildīšanas metodikas dokuments kā atlases noliku pielikums vairs netiek izstrādāts. Atšķirībā no iepriekšējās prakses, kad PI aizpildīšanas metodika bija pieejama gan kā atlases nolikuma pielikum </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MS Word </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>formātā, gan tika dublēta Projektu portālā KPVIS (KPVIS), šobrīd aizpildīšanas metodika ir integrēta tikai KPVIS.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115EAA3C" w14:textId="50F7D7EF" w:rsidR="347A674F" w:rsidRDefault="347A674F" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PI aizpildīšanas metodika ir pieejama KPVIS katrā </w:t>
+            </w:r>
+            <w:r w:rsidR="51675E9E" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sadaļā </w:t>
+            </w:r>
+            <w:r w:rsidR="5A673B15" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>datu lauk</w:t>
+            </w:r>
+            <w:r w:rsidR="366A38A8" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a nosaukuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (zem jautājuma zīmes ikonas). Šie </w:t>
+            </w:r>
+            <w:r w:rsidR="7F16F267" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>KPVIS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iekļautie skaidrojumi pilnībā aizstāj atsevišķu aizpildīšanas metodiku. Informācija par šīs funkcijas izmantošanu ir sniegta arī </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>pamācības video</w:t>
+              </w:r>
+              <w:r w:rsidR="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidR="006F5A84" w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>#3: Noder</w:t>
+              </w:r>
+              <w:r w:rsidR="006F5A84" w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>ī</w:t>
+              </w:r>
+              <w:r w:rsidR="006F5A84" w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>gas funkcijas projekta iesniegumā</w:t>
+              </w:r>
+              <w:r w:rsidR="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(skatīt </w:t>
+              </w:r>
+              <w:r w:rsidR="00ED1167" w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>3</w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>:38</w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>)</w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> CFLA </w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:i/>
+                  <w:iCs/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t xml:space="preserve">YouTube </w:t>
+              </w:r>
+              <w:r w:rsidRPr="006F5A84">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>kanālā</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E1211E" w14:textId="77777777" w:rsidR="347A674F" w:rsidRDefault="347A674F" w:rsidP="00F53B60">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildus iesakām iepazīties ar </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>2025.</w:t>
+              </w:r>
+              <w:r w:rsidR="00F53B60" w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>gada 12.</w:t>
+              </w:r>
+              <w:r w:rsidR="00F53B60" w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>novembra vebināra par ES fondu projektu atlasi “Notekūdeņu un to dūņu apsaimniekošanas sistēmas attīstība piesārņojuma samazināšanai” 3.</w:t>
+              </w:r>
+              <w:r w:rsidR="00F53B60" w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t> </w:t>
+              </w:r>
+              <w:r w:rsidRPr="003710B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>kārtas ierakstu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kurā sniegti arī praktiski skaidrojumi par projekta iesnieguma sagatavošanu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B09D632" w14:textId="135E37B2" w:rsidR="00704117" w:rsidRDefault="00704117" w:rsidP="00F53B60">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="50AF7E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.2026.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D6F75">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="72DCA8D8" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="1E4C5EC7" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Virsraksts1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Toc215210523"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Īstenošanas nosacījumi</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="7C8588F3" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="7C8588F3" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="387FEEB1" w14:textId="01E00F28" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Vienkrsteksts"/>
+              <w:pStyle w:val="PlainText"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EF4D7A4" w14:textId="56E64841" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vai avansa maksājumu un starpposma maksājumu summa nedrīkst pārsniegt 90 % no Projektam piešķirtā Eiropas Reģionālās attīstības fonda finansējuma?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46B2CAEA" w14:textId="5E077D62" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Jā, SAM MK noteikumu </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:anchor=":~:text=38.%C2%A0Sadarb%C4%ABbas%20iest%C4%81de%2C%20ja%20tai%20ir%20pieejami%20valsts%20bud%C5%BEeta,procentus%20no%20projektam%20pie%C5%A1%C4%B7irt%C4%81%20Eiropas%20Re%C4%A3ion%C4%81l%C4%81s%20att%C4%ABst%C4%ABbas%20fonda%20finans%C4%93juma" w:history="1">
+            <w:hyperlink r:id="rId59" w:anchor=":~:text=38.%C2%A0Sadarb%C4%ABbas%20iest%C4%81de%2C%20ja%20tai%20ir%20pieejami%20valsts%20bud%C5%BEeta,procentus%20no%20projektam%20pie%C5%A1%C4%B7irt%C4%81%20Eiropas%20Re%C4%A3ion%C4%81l%C4%81s%20att%C4%ABst%C4%ABbas%20fonda%20finans%C4%93juma" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>38. punkts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> paredz, ka finansējuma saņēmējam avansu var piešķirt līdz 50 % no projektam piešķirtā Eiropas Reģionālās attīstības fonda finansējuma, ievērojot, ka avansu var izmaksāt vairākos maksājumos un avansa un starpposma maksājumu kopsumma nepārsniedz 90 % no projektam piešķirtā Eiropas Reģionālās attīstības fonda finansējuma.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3201722A" w14:textId="12061C31" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11488,193 +12737,192 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="69F637CC" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="2EC06FD5" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="2EC06FD5" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15735" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0269C53D" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Virsraksts1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Toc215210524"/>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtēšana un lēmumu pieņemšana</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="1E2510A2" w14:textId="77777777" w:rsidTr="0999D8FA">
+      <w:tr w:rsidR="004D4321" w:rsidRPr="001D6F75" w14:paraId="1E2510A2" w14:textId="77777777" w:rsidTr="6DEA4AC0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="1185" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="278EFA7A" w14:textId="6D60D7D8" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Vienkrsteksts"/>
+              <w:pStyle w:val="PlainText"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4585" w:type="dxa"/>
+            <w:tcW w:w="4397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48CC1187" w14:textId="77777777" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Par projekta gatavības pakāpes vērtēšanu. Vērtēšanas metodikas 4.5. kvalitātes kritērija kolonnā ir norādīts “Gatavības pakāpe vismaz vienai no projektā paredzētām darbībām”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="332BD85D" w14:textId="57C95224" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
-              <w:pStyle w:val="Vienkrsteksts"/>
+              <w:pStyle w:val="PlainText"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Piemēram, darbībai “centralizētās kanalizācija sistēmas tīklu izbūve, pārbūve, atjaunošana” ir izstrādāts būvprojekts (akceptēts būvvaldē) un ir tāme. Pārējām divām darbībām (piemēram, spiedvadu pārbūve, NAI efektivitāte – plānota projektēšana, būvdarbi) ir sagatavotas tehniskās specifikācijas projektēšanai. Kāda būs projekta gatavības pakāpe?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10153" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616110B5" w14:textId="37D04408" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Projektu iesniegumu atlases nolikuma </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="001D6F75">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>4. pielikuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4.5. kvalitātes kritērijā tiek vērtēts projektā paredzēto darbību gatavības līmenis. Formulējums “</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>visas projektā plānotās darbības</w:t>
             </w:r>
@@ -11730,92 +12978,100 @@
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konkrētajā gadījumā, ja projekta iesniegumā vienai no identificētajām darbībām ir izstrādāts būvprojekts un sagatavota tāme, bet pārējām darbībām sagatavotas tehniskās specifikācijas projektēšanai, projekta gatavības pakāpe tiek vērtēta kā vidēja, un kvalitātes kritērijā 4.5. projektam tiek piešķirti 2 punkt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B3E6CD5" w14:textId="77777777" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
+          <w:p w14:paraId="1B3E6CD5" w14:textId="5E36FD85" w:rsidR="004D4321" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00AF0188">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
             <w:r w:rsidRPr="001C541B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vēršam uzmanību, ka projekta gatavību un iepirkuma procedūras gatavību sadarbības iestāde fiksē uz projektu iesniegumu atlases pēdējo dienu, t.i., dienu, līdz kurai var iesniegt projekta iesniegumus.</w:t>
+              <w:t>rojekta gatavību un iepirkuma procedūras gatavību sadarbības iestāde fiksē uz projektu iesniegumu atlases pēdējo dienu, t.i., dienu, līdz kurai var iesniegt projekta iesniegumus.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34182A8C" w14:textId="413400BF" w:rsidR="004D4321" w:rsidRPr="001D6F75" w:rsidRDefault="004D4321" w:rsidP="004D4321">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11827,296 +13083,711 @@
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="515EFBC8" w:rsidRPr="50AF7E03">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6F75">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.11.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="3B5822D2" w14:paraId="6C23F7BA" w14:textId="77777777" w:rsidTr="6DEA4AC0">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3778A0FE" w14:textId="29320366" w:rsidR="44272F52" w:rsidRDefault="44272F52" w:rsidP="3B5822D2">
+            <w:pPr>
+              <w:pStyle w:val="PlainText"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3B5822D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>5.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4397" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E88ECE" w14:textId="3FC8850E" w:rsidR="3B5822D2" w:rsidRDefault="6DE501BA" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="44272F52" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lānotā projekta specifika paredz notekūdeņu attīrīšanas kvalitātes uzlabošanu ar mērķi samazināt izplūdē paliekošo piesārņojumu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C5F9F92" w14:textId="0C0F9485" w:rsidR="44272F52" w:rsidRDefault="3E03AAA3" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="44272F52" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai šādos gadījumos vērtēšanas kritērija 1.13</w:t>
+            </w:r>
+            <w:r w:rsidR="083D7820" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="44272F52" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="430B828B" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Projekta iesniegumā ietverti nosacījumi vai iekļautas darbības, kas paredz </w:t>
+            </w:r>
+            <w:r w:rsidR="691CEEA7" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SEG</w:t>
+            </w:r>
+            <w:r w:rsidR="5823F3AA" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="430B828B" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">samazināšanu vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="430B828B" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="430B828B" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>₂ piesaistes palielināšanu un pielāgošanos klimata pārmaiņām”</w:t>
+            </w:r>
+            <w:r w:rsidR="44272F52" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ietvaros ir pietiekami pamatot, ka projektā nav tieša, kvantificējama SEG emisiju samazinājuma</w:t>
+            </w:r>
+            <w:r w:rsidR="01B0F8D8" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A092BA" w14:textId="54F3EC2C" w:rsidR="3B5822D2" w:rsidRDefault="0695FAAE" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="44272F52" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai SEG emisiju samazinājuma aprēķins joprojām ir obligāts projekta iesniedzējam situācijā, kad projekta mērķis ir vides kvalitātes uzlabošana, nevis kopējā enerģijas patēriņa samazināšana</w:t>
+            </w:r>
+            <w:r w:rsidR="1CA2A2A6" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10153" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDACFA9" w14:textId="0BB8126C" w:rsidR="3B5822D2" w:rsidRDefault="1F5DF71C" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saskaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="3C78A338" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAM </w:t>
+            </w:r>
+            <w:r w:rsidR="1D1B78B6" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MK</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 25.3</w:t>
+            </w:r>
+            <w:r w:rsidR="564E97FD" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD11FC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apakšpunkta prasībām SEG emisiju ietaupījuma aprēķins veicams tikai gadījumos, kad tas ir attiecināms. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C006079" w14:textId="038491A5" w:rsidR="3B5822D2" w:rsidRDefault="1F5DF71C" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vienlaikus saskaņā ar </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidR="00F63F77" w:rsidRPr="50AF7E03">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>SAM MK noteikumu anotācij</w:t>
+              </w:r>
+              <w:r w:rsidR="00944DDF">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>u</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00F63F77" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(sadaļa “Atbalstāmās darbības un attiecināmās izmaksas”) projekta iesniedzējam ir jāaprēķina SEG</w:t>
+            </w:r>
+            <w:r w:rsidR="2B5DA3EB" w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>emisiju ietaupījums, ja projektā paredzēts veikt ar dūņu apstrādes un atūdeņošanas iekārtām un infrastruktūru saistītās darbības.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16CB79EB" w14:textId="5B548254" w:rsidR="3B5822D2" w:rsidRDefault="0A6B5985" w:rsidP="6DEA4AC0">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DEA4AC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(27.01.2026.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B9727B2" w14:textId="77777777" w:rsidR="00722F17" w:rsidRPr="001D6F75" w:rsidRDefault="00722F17" w:rsidP="0000675F">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00722F17" w:rsidRPr="001D6F75" w:rsidSect="001672D9">
-      <w:headerReference w:type="default" r:id="rId56"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId58"/>
+      <w:headerReference w:type="default" r:id="rId62"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
+      <w:headerReference w:type="first" r:id="rId64"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="993" w:right="536" w:bottom="1135" w:left="567" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78973C27" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8" w:rsidP="00F40189">
+    <w:p w14:paraId="2C79B09E" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55391743" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8" w:rsidP="00F40189">
+    <w:p w14:paraId="73900B78" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13E79868" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8">
+    <w:p w14:paraId="5892AE18" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="171923253"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2DDECA4E" w14:textId="26BA78EE" w:rsidR="009272E7" w:rsidRDefault="009272E7">
         <w:pPr>
-          <w:pStyle w:val="Kjene"/>
+          <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="009272E7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="009272E7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="009272E7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="009272E7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="009272E7">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65C18A3F" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8" w:rsidP="00F40189">
+    <w:p w14:paraId="25000B7C" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F31ABF2" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8" w:rsidP="00F40189">
+    <w:p w14:paraId="66EAD39B" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546" w:rsidP="00F40189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="69CECD55" w14:textId="77777777" w:rsidR="000B4CA8" w:rsidRDefault="000B4CA8">
+    <w:p w14:paraId="6CEA5FDA" w14:textId="77777777" w:rsidR="00BB5546" w:rsidRDefault="00BB5546">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4BBD296E" w14:textId="439EE19A" w:rsidR="00F40189" w:rsidRDefault="00F40189" w:rsidP="00F40189">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A33F3F5" w14:textId="4141ACA8" w:rsidR="00B50AEE" w:rsidRDefault="00B50AEE" w:rsidP="00B50AEE">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F898F76" wp14:editId="2B5160F5">
           <wp:extent cx="2428875" cy="1673514"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:docPr id="594938480" name="Picture 2" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="A picture containing logo&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
@@ -13564,87 +15235,89 @@
     <w:rsid w:val="00043AE6"/>
     <w:rsid w:val="00043CCD"/>
     <w:rsid w:val="00044C95"/>
     <w:rsid w:val="00045081"/>
     <w:rsid w:val="00045289"/>
     <w:rsid w:val="000459D0"/>
     <w:rsid w:val="000462E9"/>
     <w:rsid w:val="00050293"/>
     <w:rsid w:val="000511A7"/>
     <w:rsid w:val="00052486"/>
     <w:rsid w:val="0005250A"/>
     <w:rsid w:val="000538C5"/>
     <w:rsid w:val="00054588"/>
     <w:rsid w:val="00054E84"/>
     <w:rsid w:val="00056822"/>
     <w:rsid w:val="00057E65"/>
     <w:rsid w:val="000601D5"/>
     <w:rsid w:val="000602AC"/>
     <w:rsid w:val="00060C2F"/>
     <w:rsid w:val="00061CDD"/>
     <w:rsid w:val="00062254"/>
     <w:rsid w:val="00064623"/>
     <w:rsid w:val="00066061"/>
     <w:rsid w:val="00066091"/>
     <w:rsid w:val="000668A4"/>
+    <w:rsid w:val="00066DA6"/>
     <w:rsid w:val="00066E32"/>
     <w:rsid w:val="00067F2E"/>
     <w:rsid w:val="000740EF"/>
     <w:rsid w:val="0007714C"/>
     <w:rsid w:val="0007714D"/>
     <w:rsid w:val="0007784F"/>
     <w:rsid w:val="000778F9"/>
     <w:rsid w:val="00077D01"/>
     <w:rsid w:val="00080323"/>
     <w:rsid w:val="00080AB4"/>
     <w:rsid w:val="00080E21"/>
     <w:rsid w:val="000831C9"/>
     <w:rsid w:val="000844DB"/>
     <w:rsid w:val="0008481D"/>
     <w:rsid w:val="00084989"/>
     <w:rsid w:val="00084C09"/>
     <w:rsid w:val="00084E06"/>
     <w:rsid w:val="00085F70"/>
     <w:rsid w:val="000860D8"/>
     <w:rsid w:val="000869E9"/>
     <w:rsid w:val="00086C4F"/>
     <w:rsid w:val="00086FB5"/>
     <w:rsid w:val="0008720C"/>
     <w:rsid w:val="00087D9A"/>
     <w:rsid w:val="00090B04"/>
     <w:rsid w:val="000917C7"/>
     <w:rsid w:val="00092212"/>
     <w:rsid w:val="00092C47"/>
     <w:rsid w:val="00092E4D"/>
     <w:rsid w:val="000935FC"/>
     <w:rsid w:val="00094BE6"/>
     <w:rsid w:val="000957F5"/>
     <w:rsid w:val="00096A8F"/>
     <w:rsid w:val="00096D3B"/>
     <w:rsid w:val="0009700A"/>
     <w:rsid w:val="00097362"/>
     <w:rsid w:val="00097424"/>
+    <w:rsid w:val="00097F32"/>
     <w:rsid w:val="000A0091"/>
     <w:rsid w:val="000A0135"/>
     <w:rsid w:val="000A08C5"/>
     <w:rsid w:val="000A0964"/>
     <w:rsid w:val="000A0C53"/>
     <w:rsid w:val="000A16B0"/>
     <w:rsid w:val="000A20F0"/>
     <w:rsid w:val="000A2923"/>
     <w:rsid w:val="000A2FEC"/>
     <w:rsid w:val="000A3B3D"/>
     <w:rsid w:val="000A4474"/>
     <w:rsid w:val="000A459E"/>
     <w:rsid w:val="000A53D2"/>
     <w:rsid w:val="000A5414"/>
     <w:rsid w:val="000A544C"/>
     <w:rsid w:val="000A6089"/>
     <w:rsid w:val="000A6337"/>
     <w:rsid w:val="000A69B8"/>
     <w:rsid w:val="000A6E4D"/>
     <w:rsid w:val="000A7046"/>
     <w:rsid w:val="000A714F"/>
     <w:rsid w:val="000A7482"/>
     <w:rsid w:val="000A74AE"/>
     <w:rsid w:val="000A75F2"/>
     <w:rsid w:val="000A774D"/>
@@ -13688,50 +15361,51 @@
     <w:rsid w:val="000D7A58"/>
     <w:rsid w:val="000E1DAB"/>
     <w:rsid w:val="000E3E93"/>
     <w:rsid w:val="000E4E69"/>
     <w:rsid w:val="000E5918"/>
     <w:rsid w:val="000E5BB6"/>
     <w:rsid w:val="000E6895"/>
     <w:rsid w:val="000E6FDA"/>
     <w:rsid w:val="000E72DD"/>
     <w:rsid w:val="000EB3B5"/>
     <w:rsid w:val="000F0BAA"/>
     <w:rsid w:val="000F0C6B"/>
     <w:rsid w:val="000F130A"/>
     <w:rsid w:val="000F1686"/>
     <w:rsid w:val="000F2624"/>
     <w:rsid w:val="000F26C9"/>
     <w:rsid w:val="000F3F65"/>
     <w:rsid w:val="000F454F"/>
     <w:rsid w:val="000F4604"/>
     <w:rsid w:val="000F4F1B"/>
     <w:rsid w:val="00100204"/>
     <w:rsid w:val="00100A01"/>
     <w:rsid w:val="001010C2"/>
     <w:rsid w:val="0010211F"/>
     <w:rsid w:val="0010278D"/>
+    <w:rsid w:val="0010341C"/>
     <w:rsid w:val="001037E5"/>
     <w:rsid w:val="00104066"/>
     <w:rsid w:val="001043A0"/>
     <w:rsid w:val="0010546A"/>
     <w:rsid w:val="001054D4"/>
     <w:rsid w:val="00105522"/>
     <w:rsid w:val="001055CC"/>
     <w:rsid w:val="001055E2"/>
     <w:rsid w:val="00105BF8"/>
     <w:rsid w:val="00105D85"/>
     <w:rsid w:val="00105DA1"/>
     <w:rsid w:val="001061CA"/>
     <w:rsid w:val="00107270"/>
     <w:rsid w:val="0010753A"/>
     <w:rsid w:val="00111616"/>
     <w:rsid w:val="00111B1F"/>
     <w:rsid w:val="00112A43"/>
     <w:rsid w:val="00112BBC"/>
     <w:rsid w:val="00112C01"/>
     <w:rsid w:val="001143CF"/>
     <w:rsid w:val="00115B23"/>
     <w:rsid w:val="00115E8A"/>
     <w:rsid w:val="001169C3"/>
     <w:rsid w:val="00116EE1"/>
     <w:rsid w:val="00117AFB"/>
@@ -13749,50 +15423,51 @@
     <w:rsid w:val="0013014A"/>
     <w:rsid w:val="0013074B"/>
     <w:rsid w:val="00130770"/>
     <w:rsid w:val="00130B00"/>
     <w:rsid w:val="0013123F"/>
     <w:rsid w:val="0013169C"/>
     <w:rsid w:val="00132349"/>
     <w:rsid w:val="00132421"/>
     <w:rsid w:val="00132598"/>
     <w:rsid w:val="00132777"/>
     <w:rsid w:val="00134A85"/>
     <w:rsid w:val="00134F2A"/>
     <w:rsid w:val="001354AB"/>
     <w:rsid w:val="00137F1E"/>
     <w:rsid w:val="00140BF6"/>
     <w:rsid w:val="00140DF1"/>
     <w:rsid w:val="0014106C"/>
     <w:rsid w:val="00141646"/>
     <w:rsid w:val="00141859"/>
     <w:rsid w:val="00142849"/>
     <w:rsid w:val="001437BC"/>
     <w:rsid w:val="00143BCA"/>
     <w:rsid w:val="0014400F"/>
     <w:rsid w:val="00144E42"/>
     <w:rsid w:val="001452B7"/>
+    <w:rsid w:val="001461F2"/>
     <w:rsid w:val="001463F7"/>
     <w:rsid w:val="001468F0"/>
     <w:rsid w:val="00146B3E"/>
     <w:rsid w:val="00147188"/>
     <w:rsid w:val="001472D7"/>
     <w:rsid w:val="00147C4C"/>
     <w:rsid w:val="00147D18"/>
     <w:rsid w:val="00150D60"/>
     <w:rsid w:val="001517A8"/>
     <w:rsid w:val="00151960"/>
     <w:rsid w:val="00151CFF"/>
     <w:rsid w:val="00151D09"/>
     <w:rsid w:val="00151FEF"/>
     <w:rsid w:val="00153B98"/>
     <w:rsid w:val="00153E1F"/>
     <w:rsid w:val="001548D1"/>
     <w:rsid w:val="00155558"/>
     <w:rsid w:val="001555E2"/>
     <w:rsid w:val="00156DB9"/>
     <w:rsid w:val="001572D1"/>
     <w:rsid w:val="00160016"/>
     <w:rsid w:val="001603B9"/>
     <w:rsid w:val="00160E64"/>
     <w:rsid w:val="00161048"/>
     <w:rsid w:val="00161965"/>
@@ -13914,81 +15589,84 @@
     <w:rsid w:val="001D4A23"/>
     <w:rsid w:val="001D4C9A"/>
     <w:rsid w:val="001D505A"/>
     <w:rsid w:val="001D6041"/>
     <w:rsid w:val="001D6F75"/>
     <w:rsid w:val="001D77E5"/>
     <w:rsid w:val="001D7B00"/>
     <w:rsid w:val="001E0210"/>
     <w:rsid w:val="001E0FDE"/>
     <w:rsid w:val="001E1DBF"/>
     <w:rsid w:val="001E2B9F"/>
     <w:rsid w:val="001E2F51"/>
     <w:rsid w:val="001E30D0"/>
     <w:rsid w:val="001E3165"/>
     <w:rsid w:val="001E47D2"/>
     <w:rsid w:val="001E5B68"/>
     <w:rsid w:val="001E5D09"/>
     <w:rsid w:val="001E61A6"/>
     <w:rsid w:val="001E64E9"/>
     <w:rsid w:val="001E6DD7"/>
     <w:rsid w:val="001E7AA3"/>
     <w:rsid w:val="001F0339"/>
     <w:rsid w:val="001F0751"/>
     <w:rsid w:val="001F0BBE"/>
     <w:rsid w:val="001F15DB"/>
+    <w:rsid w:val="001F20DF"/>
     <w:rsid w:val="001F2D1F"/>
     <w:rsid w:val="001F3E41"/>
     <w:rsid w:val="001F4294"/>
     <w:rsid w:val="001F48BA"/>
     <w:rsid w:val="001F5235"/>
     <w:rsid w:val="001F60B0"/>
     <w:rsid w:val="001F67F1"/>
     <w:rsid w:val="001F6A34"/>
     <w:rsid w:val="001F71D8"/>
     <w:rsid w:val="001F7EF2"/>
     <w:rsid w:val="0020272A"/>
     <w:rsid w:val="00203EC2"/>
     <w:rsid w:val="002045AB"/>
     <w:rsid w:val="002047EF"/>
     <w:rsid w:val="00205F50"/>
     <w:rsid w:val="002078F8"/>
     <w:rsid w:val="00207B05"/>
     <w:rsid w:val="002125BE"/>
     <w:rsid w:val="00212E10"/>
     <w:rsid w:val="00212FAB"/>
     <w:rsid w:val="002135D6"/>
     <w:rsid w:val="00213CD1"/>
     <w:rsid w:val="00214D82"/>
+    <w:rsid w:val="00215ACE"/>
     <w:rsid w:val="00215CD5"/>
     <w:rsid w:val="00215D66"/>
     <w:rsid w:val="0021629F"/>
     <w:rsid w:val="00217265"/>
     <w:rsid w:val="00217605"/>
     <w:rsid w:val="0022051A"/>
     <w:rsid w:val="002205DB"/>
     <w:rsid w:val="0022211B"/>
+    <w:rsid w:val="00222359"/>
     <w:rsid w:val="00222B18"/>
     <w:rsid w:val="002234C3"/>
     <w:rsid w:val="0022445C"/>
     <w:rsid w:val="0022482C"/>
     <w:rsid w:val="002249DC"/>
     <w:rsid w:val="00224B21"/>
     <w:rsid w:val="00224F17"/>
     <w:rsid w:val="002251E3"/>
     <w:rsid w:val="002257FC"/>
     <w:rsid w:val="00225E99"/>
     <w:rsid w:val="00226846"/>
     <w:rsid w:val="002273BC"/>
     <w:rsid w:val="002300EC"/>
     <w:rsid w:val="002307BB"/>
     <w:rsid w:val="00230C8A"/>
     <w:rsid w:val="00231351"/>
     <w:rsid w:val="00232F5C"/>
     <w:rsid w:val="002330C0"/>
     <w:rsid w:val="00233554"/>
     <w:rsid w:val="00234267"/>
     <w:rsid w:val="00234A67"/>
     <w:rsid w:val="00235135"/>
     <w:rsid w:val="002357E7"/>
     <w:rsid w:val="002367D3"/>
     <w:rsid w:val="002369D5"/>
@@ -14003,124 +15681,126 @@
     <w:rsid w:val="00241FF0"/>
     <w:rsid w:val="00242002"/>
     <w:rsid w:val="002439EF"/>
     <w:rsid w:val="00243D08"/>
     <w:rsid w:val="002448FF"/>
     <w:rsid w:val="00244C4B"/>
     <w:rsid w:val="002453A6"/>
     <w:rsid w:val="00245CB6"/>
     <w:rsid w:val="00245FC3"/>
     <w:rsid w:val="00246BD9"/>
     <w:rsid w:val="00246E84"/>
     <w:rsid w:val="0024733D"/>
     <w:rsid w:val="002473CB"/>
     <w:rsid w:val="00247515"/>
     <w:rsid w:val="002501DE"/>
     <w:rsid w:val="002502ED"/>
     <w:rsid w:val="00251051"/>
     <w:rsid w:val="00251361"/>
     <w:rsid w:val="0025147A"/>
     <w:rsid w:val="00251518"/>
     <w:rsid w:val="0025163F"/>
     <w:rsid w:val="002532B3"/>
     <w:rsid w:val="00253B87"/>
     <w:rsid w:val="00254120"/>
     <w:rsid w:val="0025436A"/>
+    <w:rsid w:val="00254CC5"/>
     <w:rsid w:val="002550EF"/>
     <w:rsid w:val="00255637"/>
     <w:rsid w:val="0025576C"/>
     <w:rsid w:val="00256C3E"/>
     <w:rsid w:val="00256E69"/>
     <w:rsid w:val="002574AC"/>
     <w:rsid w:val="00257515"/>
     <w:rsid w:val="00257A2B"/>
     <w:rsid w:val="002602DA"/>
     <w:rsid w:val="00260DBB"/>
     <w:rsid w:val="0026236C"/>
     <w:rsid w:val="00262BED"/>
     <w:rsid w:val="00262CE6"/>
     <w:rsid w:val="00263D98"/>
     <w:rsid w:val="002642F1"/>
     <w:rsid w:val="00264596"/>
     <w:rsid w:val="00264D53"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266776"/>
+    <w:rsid w:val="00266F58"/>
     <w:rsid w:val="00267194"/>
     <w:rsid w:val="002677C9"/>
     <w:rsid w:val="0027060D"/>
     <w:rsid w:val="00270889"/>
     <w:rsid w:val="0027183E"/>
     <w:rsid w:val="0027200D"/>
     <w:rsid w:val="00272831"/>
     <w:rsid w:val="00274038"/>
     <w:rsid w:val="00275669"/>
     <w:rsid w:val="00276CC4"/>
     <w:rsid w:val="002773FE"/>
     <w:rsid w:val="00277E40"/>
     <w:rsid w:val="002806EC"/>
     <w:rsid w:val="00280C60"/>
     <w:rsid w:val="00280D1C"/>
     <w:rsid w:val="00280F57"/>
     <w:rsid w:val="00282558"/>
     <w:rsid w:val="002826AB"/>
     <w:rsid w:val="00282822"/>
     <w:rsid w:val="00282C8D"/>
     <w:rsid w:val="00282D1F"/>
     <w:rsid w:val="00282E25"/>
     <w:rsid w:val="002842F7"/>
     <w:rsid w:val="0028435D"/>
     <w:rsid w:val="002843CD"/>
     <w:rsid w:val="0028474E"/>
     <w:rsid w:val="00284C66"/>
     <w:rsid w:val="00286049"/>
     <w:rsid w:val="002876F5"/>
     <w:rsid w:val="00287FA4"/>
     <w:rsid w:val="002907AA"/>
     <w:rsid w:val="00291A7C"/>
     <w:rsid w:val="00292840"/>
     <w:rsid w:val="00292AE9"/>
     <w:rsid w:val="00292C26"/>
     <w:rsid w:val="00293387"/>
     <w:rsid w:val="00293536"/>
     <w:rsid w:val="00294B76"/>
     <w:rsid w:val="002959A8"/>
     <w:rsid w:val="00295C38"/>
     <w:rsid w:val="00296C80"/>
-    <w:rsid w:val="002A11BD"/>
     <w:rsid w:val="002A1226"/>
     <w:rsid w:val="002A155A"/>
     <w:rsid w:val="002A1711"/>
     <w:rsid w:val="002A1748"/>
     <w:rsid w:val="002A1F0E"/>
     <w:rsid w:val="002A28F7"/>
     <w:rsid w:val="002A2D77"/>
     <w:rsid w:val="002A44BE"/>
     <w:rsid w:val="002A553F"/>
     <w:rsid w:val="002AC341"/>
     <w:rsid w:val="002B0A67"/>
     <w:rsid w:val="002B286C"/>
     <w:rsid w:val="002B3F61"/>
+    <w:rsid w:val="002B4AB8"/>
     <w:rsid w:val="002B544C"/>
     <w:rsid w:val="002B546E"/>
     <w:rsid w:val="002B6911"/>
     <w:rsid w:val="002B72BF"/>
     <w:rsid w:val="002B751C"/>
     <w:rsid w:val="002C0311"/>
     <w:rsid w:val="002C06B7"/>
     <w:rsid w:val="002C08C9"/>
     <w:rsid w:val="002C0C2C"/>
     <w:rsid w:val="002C0F61"/>
     <w:rsid w:val="002C1406"/>
     <w:rsid w:val="002C15C0"/>
     <w:rsid w:val="002C201B"/>
     <w:rsid w:val="002C20B3"/>
     <w:rsid w:val="002C339B"/>
     <w:rsid w:val="002C4538"/>
     <w:rsid w:val="002C528E"/>
     <w:rsid w:val="002C531C"/>
     <w:rsid w:val="002C56BF"/>
     <w:rsid w:val="002C67BF"/>
     <w:rsid w:val="002C688F"/>
     <w:rsid w:val="002C68BA"/>
     <w:rsid w:val="002C6A1A"/>
     <w:rsid w:val="002C7CF5"/>
     <w:rsid w:val="002C7EBC"/>
@@ -14137,50 +15817,51 @@
     <w:rsid w:val="002D5EA5"/>
     <w:rsid w:val="002D60ED"/>
     <w:rsid w:val="002D635D"/>
     <w:rsid w:val="002D67A9"/>
     <w:rsid w:val="002D67E3"/>
     <w:rsid w:val="002D6E5A"/>
     <w:rsid w:val="002D71EB"/>
     <w:rsid w:val="002D7283"/>
     <w:rsid w:val="002D7C93"/>
     <w:rsid w:val="002E06BE"/>
     <w:rsid w:val="002E15C2"/>
     <w:rsid w:val="002E19B0"/>
     <w:rsid w:val="002E1E83"/>
     <w:rsid w:val="002E2812"/>
     <w:rsid w:val="002E348A"/>
     <w:rsid w:val="002E50AB"/>
     <w:rsid w:val="002E5A87"/>
     <w:rsid w:val="002E7E2F"/>
     <w:rsid w:val="002F0AE6"/>
     <w:rsid w:val="002F0FDF"/>
     <w:rsid w:val="002F1398"/>
     <w:rsid w:val="002F3A1E"/>
     <w:rsid w:val="002F48AF"/>
     <w:rsid w:val="002F4DBB"/>
     <w:rsid w:val="002F4EB7"/>
+    <w:rsid w:val="002F51EB"/>
     <w:rsid w:val="002F5EDF"/>
     <w:rsid w:val="002F634E"/>
     <w:rsid w:val="002F6BD5"/>
     <w:rsid w:val="002F6CAE"/>
     <w:rsid w:val="002F76B6"/>
     <w:rsid w:val="002F7C7E"/>
     <w:rsid w:val="002F7CE4"/>
     <w:rsid w:val="0030231B"/>
     <w:rsid w:val="0030241A"/>
     <w:rsid w:val="00302687"/>
     <w:rsid w:val="003026C9"/>
     <w:rsid w:val="003038AD"/>
     <w:rsid w:val="00304EBC"/>
     <w:rsid w:val="00304FB5"/>
     <w:rsid w:val="003055F8"/>
     <w:rsid w:val="00306D66"/>
     <w:rsid w:val="00307217"/>
     <w:rsid w:val="00307446"/>
     <w:rsid w:val="0030791B"/>
     <w:rsid w:val="00311233"/>
     <w:rsid w:val="003112C5"/>
     <w:rsid w:val="00311523"/>
     <w:rsid w:val="00312102"/>
     <w:rsid w:val="00313DB4"/>
     <w:rsid w:val="0031516F"/>
@@ -14198,80 +15879,82 @@
     <w:rsid w:val="00323E81"/>
     <w:rsid w:val="003244CB"/>
     <w:rsid w:val="003254EB"/>
     <w:rsid w:val="003257BE"/>
     <w:rsid w:val="003273EA"/>
     <w:rsid w:val="00327B65"/>
     <w:rsid w:val="003303A7"/>
     <w:rsid w:val="003305C6"/>
     <w:rsid w:val="00330AD4"/>
     <w:rsid w:val="00330E01"/>
     <w:rsid w:val="003313BA"/>
     <w:rsid w:val="00331ECD"/>
     <w:rsid w:val="003335FD"/>
     <w:rsid w:val="003337D4"/>
     <w:rsid w:val="00334BD0"/>
     <w:rsid w:val="00334CAE"/>
     <w:rsid w:val="00335A3C"/>
     <w:rsid w:val="00335D0F"/>
     <w:rsid w:val="00337305"/>
     <w:rsid w:val="00337491"/>
     <w:rsid w:val="00337AE3"/>
     <w:rsid w:val="00340297"/>
     <w:rsid w:val="003409E5"/>
     <w:rsid w:val="00340B1B"/>
     <w:rsid w:val="00340F17"/>
+    <w:rsid w:val="00341183"/>
     <w:rsid w:val="00341D05"/>
     <w:rsid w:val="00342252"/>
     <w:rsid w:val="0034243A"/>
     <w:rsid w:val="003426A3"/>
     <w:rsid w:val="003436EA"/>
     <w:rsid w:val="00343CE1"/>
     <w:rsid w:val="00344A72"/>
     <w:rsid w:val="00344BF6"/>
     <w:rsid w:val="00346A98"/>
     <w:rsid w:val="003477F7"/>
     <w:rsid w:val="00347E37"/>
     <w:rsid w:val="00347ED7"/>
     <w:rsid w:val="00351503"/>
     <w:rsid w:val="003519BB"/>
     <w:rsid w:val="0035411C"/>
     <w:rsid w:val="00355BF5"/>
     <w:rsid w:val="00355E6F"/>
     <w:rsid w:val="003569CC"/>
     <w:rsid w:val="00357127"/>
     <w:rsid w:val="00361142"/>
     <w:rsid w:val="00361272"/>
     <w:rsid w:val="00361868"/>
     <w:rsid w:val="00362070"/>
     <w:rsid w:val="00363A45"/>
     <w:rsid w:val="0036453F"/>
     <w:rsid w:val="00364708"/>
     <w:rsid w:val="003660AB"/>
     <w:rsid w:val="003669C5"/>
     <w:rsid w:val="00367BD8"/>
     <w:rsid w:val="003706A7"/>
+    <w:rsid w:val="003710B0"/>
     <w:rsid w:val="00371A44"/>
     <w:rsid w:val="003733C8"/>
     <w:rsid w:val="003733EA"/>
     <w:rsid w:val="00373FFF"/>
     <w:rsid w:val="0037444A"/>
     <w:rsid w:val="003745AE"/>
     <w:rsid w:val="00377042"/>
     <w:rsid w:val="0037708B"/>
     <w:rsid w:val="00377575"/>
     <w:rsid w:val="0037796F"/>
     <w:rsid w:val="00377C92"/>
     <w:rsid w:val="003804CC"/>
     <w:rsid w:val="003807FD"/>
     <w:rsid w:val="003808BA"/>
     <w:rsid w:val="00381766"/>
     <w:rsid w:val="00382F88"/>
     <w:rsid w:val="0038328C"/>
     <w:rsid w:val="003833F5"/>
     <w:rsid w:val="003834D1"/>
     <w:rsid w:val="0038395A"/>
     <w:rsid w:val="00383DCC"/>
     <w:rsid w:val="003843FE"/>
     <w:rsid w:val="003849EF"/>
     <w:rsid w:val="00385067"/>
     <w:rsid w:val="00385CBB"/>
@@ -14341,50 +16024,51 @@
     <w:rsid w:val="003D5F02"/>
     <w:rsid w:val="003D63B7"/>
     <w:rsid w:val="003D64D6"/>
     <w:rsid w:val="003D67AA"/>
     <w:rsid w:val="003D6D98"/>
     <w:rsid w:val="003E0CAB"/>
     <w:rsid w:val="003E1121"/>
     <w:rsid w:val="003E1698"/>
     <w:rsid w:val="003E1B80"/>
     <w:rsid w:val="003E2247"/>
     <w:rsid w:val="003E3ACE"/>
     <w:rsid w:val="003E4269"/>
     <w:rsid w:val="003E4AA5"/>
     <w:rsid w:val="003E51BB"/>
     <w:rsid w:val="003E53EF"/>
     <w:rsid w:val="003E58A3"/>
     <w:rsid w:val="003E5E5E"/>
     <w:rsid w:val="003E603E"/>
     <w:rsid w:val="003E6090"/>
     <w:rsid w:val="003E6118"/>
     <w:rsid w:val="003E7880"/>
     <w:rsid w:val="003E7B71"/>
     <w:rsid w:val="003F0ED2"/>
     <w:rsid w:val="003F1154"/>
     <w:rsid w:val="003F1D2E"/>
+    <w:rsid w:val="003F252B"/>
     <w:rsid w:val="003F264C"/>
     <w:rsid w:val="003F2AD6"/>
     <w:rsid w:val="003F4B72"/>
     <w:rsid w:val="003F4BBD"/>
     <w:rsid w:val="003F57F3"/>
     <w:rsid w:val="003F5CF0"/>
     <w:rsid w:val="003F627B"/>
     <w:rsid w:val="003F71E1"/>
     <w:rsid w:val="00400333"/>
     <w:rsid w:val="00400643"/>
     <w:rsid w:val="00400C41"/>
     <w:rsid w:val="0040116A"/>
     <w:rsid w:val="004014D1"/>
     <w:rsid w:val="00401655"/>
     <w:rsid w:val="00401738"/>
     <w:rsid w:val="00401C97"/>
     <w:rsid w:val="00402088"/>
     <w:rsid w:val="00402841"/>
     <w:rsid w:val="004036F4"/>
     <w:rsid w:val="00403FD5"/>
     <w:rsid w:val="0040433D"/>
     <w:rsid w:val="00404904"/>
     <w:rsid w:val="00404C67"/>
     <w:rsid w:val="0040549F"/>
     <w:rsid w:val="00405AE6"/>
@@ -14438,73 +16122,75 @@
     <w:rsid w:val="004407E6"/>
     <w:rsid w:val="004423B9"/>
     <w:rsid w:val="00442A15"/>
     <w:rsid w:val="00442D96"/>
     <w:rsid w:val="004432D2"/>
     <w:rsid w:val="00444070"/>
     <w:rsid w:val="004449B7"/>
     <w:rsid w:val="00445815"/>
     <w:rsid w:val="00445B9E"/>
     <w:rsid w:val="00445FFC"/>
     <w:rsid w:val="004460C8"/>
     <w:rsid w:val="00446C3B"/>
     <w:rsid w:val="0044745B"/>
     <w:rsid w:val="00451CD2"/>
     <w:rsid w:val="004533F0"/>
     <w:rsid w:val="00453944"/>
     <w:rsid w:val="00454ECE"/>
     <w:rsid w:val="00455126"/>
     <w:rsid w:val="0045529E"/>
     <w:rsid w:val="00455652"/>
     <w:rsid w:val="00455867"/>
     <w:rsid w:val="00456C5D"/>
     <w:rsid w:val="0045710D"/>
     <w:rsid w:val="004614EA"/>
     <w:rsid w:val="00462211"/>
+    <w:rsid w:val="0046236F"/>
     <w:rsid w:val="00463147"/>
     <w:rsid w:val="00463DBD"/>
     <w:rsid w:val="00464261"/>
     <w:rsid w:val="0046426E"/>
     <w:rsid w:val="00464760"/>
     <w:rsid w:val="004656B3"/>
     <w:rsid w:val="00465E31"/>
     <w:rsid w:val="00466581"/>
     <w:rsid w:val="00466769"/>
     <w:rsid w:val="00467CD3"/>
     <w:rsid w:val="00470D3E"/>
     <w:rsid w:val="00470FCF"/>
     <w:rsid w:val="00471547"/>
     <w:rsid w:val="004719E1"/>
     <w:rsid w:val="00471F49"/>
     <w:rsid w:val="004729DC"/>
     <w:rsid w:val="0047335E"/>
     <w:rsid w:val="00475242"/>
     <w:rsid w:val="0047641E"/>
     <w:rsid w:val="00476E33"/>
     <w:rsid w:val="00477041"/>
     <w:rsid w:val="004777C8"/>
     <w:rsid w:val="004778AB"/>
+    <w:rsid w:val="00477B67"/>
     <w:rsid w:val="004807C7"/>
     <w:rsid w:val="00480A95"/>
     <w:rsid w:val="0048101A"/>
     <w:rsid w:val="00481218"/>
     <w:rsid w:val="00482ADA"/>
     <w:rsid w:val="00483AF8"/>
     <w:rsid w:val="00483BCD"/>
     <w:rsid w:val="0048403F"/>
     <w:rsid w:val="0048446E"/>
     <w:rsid w:val="00484950"/>
     <w:rsid w:val="00484FA6"/>
     <w:rsid w:val="00485630"/>
     <w:rsid w:val="00485847"/>
     <w:rsid w:val="0048605B"/>
     <w:rsid w:val="00486651"/>
     <w:rsid w:val="004876E4"/>
     <w:rsid w:val="004902E2"/>
     <w:rsid w:val="0049041C"/>
     <w:rsid w:val="004907A8"/>
     <w:rsid w:val="0049136E"/>
     <w:rsid w:val="00491398"/>
     <w:rsid w:val="00492103"/>
     <w:rsid w:val="004926A9"/>
     <w:rsid w:val="004934AE"/>
     <w:rsid w:val="00493B92"/>
@@ -14563,50 +16249,52 @@
     <w:rsid w:val="004D138E"/>
     <w:rsid w:val="004D1BA5"/>
     <w:rsid w:val="004D2127"/>
     <w:rsid w:val="004D2461"/>
     <w:rsid w:val="004D2FD9"/>
     <w:rsid w:val="004D4321"/>
     <w:rsid w:val="004D48C4"/>
     <w:rsid w:val="004D4964"/>
     <w:rsid w:val="004D4D77"/>
     <w:rsid w:val="004D5282"/>
     <w:rsid w:val="004D53E1"/>
     <w:rsid w:val="004D6F72"/>
     <w:rsid w:val="004D7087"/>
     <w:rsid w:val="004D7542"/>
     <w:rsid w:val="004E1B30"/>
     <w:rsid w:val="004E1B9B"/>
     <w:rsid w:val="004E2599"/>
     <w:rsid w:val="004E38BB"/>
     <w:rsid w:val="004E3BB8"/>
     <w:rsid w:val="004E3F62"/>
     <w:rsid w:val="004E3F72"/>
     <w:rsid w:val="004E441E"/>
     <w:rsid w:val="004E502A"/>
     <w:rsid w:val="004E52F2"/>
     <w:rsid w:val="004E53D7"/>
+    <w:rsid w:val="004E5724"/>
+    <w:rsid w:val="004E5A2D"/>
     <w:rsid w:val="004E624B"/>
     <w:rsid w:val="004E659C"/>
     <w:rsid w:val="004E6D42"/>
     <w:rsid w:val="004E6EF4"/>
     <w:rsid w:val="004F0784"/>
     <w:rsid w:val="004F0871"/>
     <w:rsid w:val="004F1614"/>
     <w:rsid w:val="004F1B89"/>
     <w:rsid w:val="004F2F42"/>
     <w:rsid w:val="004F3610"/>
     <w:rsid w:val="004F40A5"/>
     <w:rsid w:val="004F4148"/>
     <w:rsid w:val="004F4BE7"/>
     <w:rsid w:val="004F4EF2"/>
     <w:rsid w:val="004F5103"/>
     <w:rsid w:val="004F5575"/>
     <w:rsid w:val="005012CF"/>
     <w:rsid w:val="005022B8"/>
     <w:rsid w:val="005023BB"/>
     <w:rsid w:val="00502CB4"/>
     <w:rsid w:val="00504093"/>
     <w:rsid w:val="005040E5"/>
     <w:rsid w:val="00504A34"/>
     <w:rsid w:val="00505361"/>
     <w:rsid w:val="00505FD3"/>
@@ -14692,60 +16380,63 @@
     <w:rsid w:val="005649F4"/>
     <w:rsid w:val="00564CB4"/>
     <w:rsid w:val="0056510F"/>
     <w:rsid w:val="0056556D"/>
     <w:rsid w:val="00565B55"/>
     <w:rsid w:val="00565ECA"/>
     <w:rsid w:val="00566AF4"/>
     <w:rsid w:val="00567CAB"/>
     <w:rsid w:val="00570939"/>
     <w:rsid w:val="00570ED8"/>
     <w:rsid w:val="0057108E"/>
     <w:rsid w:val="005710D9"/>
     <w:rsid w:val="005713F7"/>
     <w:rsid w:val="00572E23"/>
     <w:rsid w:val="005732F6"/>
     <w:rsid w:val="00573636"/>
     <w:rsid w:val="00573740"/>
     <w:rsid w:val="00574EA2"/>
     <w:rsid w:val="0057556B"/>
     <w:rsid w:val="00575990"/>
     <w:rsid w:val="00575CE9"/>
     <w:rsid w:val="00576DD1"/>
     <w:rsid w:val="00576FBA"/>
     <w:rsid w:val="00577220"/>
     <w:rsid w:val="00577A42"/>
+    <w:rsid w:val="00577B59"/>
     <w:rsid w:val="005806E2"/>
+    <w:rsid w:val="00580E03"/>
     <w:rsid w:val="005818B5"/>
     <w:rsid w:val="00581AEC"/>
     <w:rsid w:val="00581E36"/>
     <w:rsid w:val="005829CC"/>
     <w:rsid w:val="00582A71"/>
     <w:rsid w:val="0058338F"/>
     <w:rsid w:val="005854D5"/>
     <w:rsid w:val="005862D6"/>
     <w:rsid w:val="00586321"/>
+    <w:rsid w:val="0058670D"/>
     <w:rsid w:val="00587493"/>
     <w:rsid w:val="005878CB"/>
     <w:rsid w:val="00587EB7"/>
     <w:rsid w:val="0059002F"/>
     <w:rsid w:val="005906D9"/>
     <w:rsid w:val="00590908"/>
     <w:rsid w:val="00590E2E"/>
     <w:rsid w:val="00591124"/>
     <w:rsid w:val="00591372"/>
     <w:rsid w:val="00592109"/>
     <w:rsid w:val="00593DA2"/>
     <w:rsid w:val="0059450B"/>
     <w:rsid w:val="00594948"/>
     <w:rsid w:val="00595AC1"/>
     <w:rsid w:val="005A04E3"/>
     <w:rsid w:val="005A07D0"/>
     <w:rsid w:val="005A0A8C"/>
     <w:rsid w:val="005A0C18"/>
     <w:rsid w:val="005A21DE"/>
     <w:rsid w:val="005A2942"/>
     <w:rsid w:val="005A2F82"/>
     <w:rsid w:val="005A66EC"/>
     <w:rsid w:val="005A69B7"/>
     <w:rsid w:val="005A6A7C"/>
     <w:rsid w:val="005A6B51"/>
@@ -14839,50 +16530,51 @@
     <w:rsid w:val="00611DAF"/>
     <w:rsid w:val="00612D31"/>
     <w:rsid w:val="0061342E"/>
     <w:rsid w:val="00613FC7"/>
     <w:rsid w:val="00615331"/>
     <w:rsid w:val="006167C4"/>
     <w:rsid w:val="006175FB"/>
     <w:rsid w:val="006178D9"/>
     <w:rsid w:val="00617D68"/>
     <w:rsid w:val="00617EF7"/>
     <w:rsid w:val="00621664"/>
     <w:rsid w:val="006224F4"/>
     <w:rsid w:val="00622D25"/>
     <w:rsid w:val="00622E0A"/>
     <w:rsid w:val="00623112"/>
     <w:rsid w:val="0062389F"/>
     <w:rsid w:val="00623A00"/>
     <w:rsid w:val="00623CA0"/>
     <w:rsid w:val="00624547"/>
     <w:rsid w:val="006249B7"/>
     <w:rsid w:val="00624A07"/>
     <w:rsid w:val="00625243"/>
     <w:rsid w:val="0062612E"/>
     <w:rsid w:val="00627105"/>
     <w:rsid w:val="006274F2"/>
+    <w:rsid w:val="006305B5"/>
     <w:rsid w:val="00630ED1"/>
     <w:rsid w:val="0063100F"/>
     <w:rsid w:val="00631059"/>
     <w:rsid w:val="00631DC0"/>
     <w:rsid w:val="00631E25"/>
     <w:rsid w:val="00632118"/>
     <w:rsid w:val="00632CF2"/>
     <w:rsid w:val="006332C9"/>
     <w:rsid w:val="006335D5"/>
     <w:rsid w:val="00634979"/>
     <w:rsid w:val="00636D1B"/>
     <w:rsid w:val="00637AA8"/>
     <w:rsid w:val="00640E97"/>
     <w:rsid w:val="00640F7A"/>
     <w:rsid w:val="00641D47"/>
     <w:rsid w:val="00642345"/>
     <w:rsid w:val="00642663"/>
     <w:rsid w:val="00642DE2"/>
     <w:rsid w:val="006432E6"/>
     <w:rsid w:val="00643A99"/>
     <w:rsid w:val="00645A61"/>
     <w:rsid w:val="006468CC"/>
     <w:rsid w:val="00646B5C"/>
     <w:rsid w:val="00646C5F"/>
     <w:rsid w:val="00647114"/>
@@ -14930,50 +16622,51 @@
     <w:rsid w:val="006716E9"/>
     <w:rsid w:val="006732B0"/>
     <w:rsid w:val="006732BC"/>
     <w:rsid w:val="006739AA"/>
     <w:rsid w:val="00675B3A"/>
     <w:rsid w:val="00675C32"/>
     <w:rsid w:val="00675C67"/>
     <w:rsid w:val="0067622E"/>
     <w:rsid w:val="00676253"/>
     <w:rsid w:val="006764DE"/>
     <w:rsid w:val="0067656A"/>
     <w:rsid w:val="006767BD"/>
     <w:rsid w:val="00677189"/>
     <w:rsid w:val="00677431"/>
     <w:rsid w:val="00680677"/>
     <w:rsid w:val="006815C1"/>
     <w:rsid w:val="00681AA6"/>
     <w:rsid w:val="00681F4D"/>
     <w:rsid w:val="006824D0"/>
     <w:rsid w:val="0068263C"/>
     <w:rsid w:val="00682D17"/>
     <w:rsid w:val="0068334E"/>
     <w:rsid w:val="006838F4"/>
     <w:rsid w:val="00683F40"/>
     <w:rsid w:val="00684688"/>
+    <w:rsid w:val="0068542D"/>
     <w:rsid w:val="00687260"/>
     <w:rsid w:val="0069003C"/>
     <w:rsid w:val="00690276"/>
     <w:rsid w:val="0069077D"/>
     <w:rsid w:val="00690A72"/>
     <w:rsid w:val="00691AD5"/>
     <w:rsid w:val="006938D2"/>
     <w:rsid w:val="00695B87"/>
     <w:rsid w:val="0069647D"/>
     <w:rsid w:val="006964AE"/>
     <w:rsid w:val="00696511"/>
     <w:rsid w:val="0069654A"/>
     <w:rsid w:val="006A0642"/>
     <w:rsid w:val="006A0A7E"/>
     <w:rsid w:val="006A0E8B"/>
     <w:rsid w:val="006A133C"/>
     <w:rsid w:val="006A3043"/>
     <w:rsid w:val="006A45D7"/>
     <w:rsid w:val="006A48BC"/>
     <w:rsid w:val="006A4E38"/>
     <w:rsid w:val="006A6110"/>
     <w:rsid w:val="006A6820"/>
     <w:rsid w:val="006A690D"/>
     <w:rsid w:val="006A732C"/>
     <w:rsid w:val="006B0430"/>
@@ -15004,66 +16697,69 @@
     <w:rsid w:val="006C6415"/>
     <w:rsid w:val="006C6611"/>
     <w:rsid w:val="006C6830"/>
     <w:rsid w:val="006D07FB"/>
     <w:rsid w:val="006D0F72"/>
     <w:rsid w:val="006D144D"/>
     <w:rsid w:val="006D17BC"/>
     <w:rsid w:val="006D1CDC"/>
     <w:rsid w:val="006D3557"/>
     <w:rsid w:val="006D48CF"/>
     <w:rsid w:val="006D4A94"/>
     <w:rsid w:val="006D5933"/>
     <w:rsid w:val="006D779F"/>
     <w:rsid w:val="006D7E2F"/>
     <w:rsid w:val="006E0491"/>
     <w:rsid w:val="006E4287"/>
     <w:rsid w:val="006E4392"/>
     <w:rsid w:val="006E5B02"/>
     <w:rsid w:val="006E5C13"/>
     <w:rsid w:val="006E6BA0"/>
     <w:rsid w:val="006E6BD2"/>
     <w:rsid w:val="006E7100"/>
     <w:rsid w:val="006E74A9"/>
     <w:rsid w:val="006F0A3C"/>
     <w:rsid w:val="006F0A5E"/>
+    <w:rsid w:val="006F0BC2"/>
     <w:rsid w:val="006F17C5"/>
     <w:rsid w:val="006F28CD"/>
     <w:rsid w:val="006F2D7D"/>
     <w:rsid w:val="006F37E7"/>
     <w:rsid w:val="006F452B"/>
+    <w:rsid w:val="006F5A84"/>
     <w:rsid w:val="006F64C8"/>
     <w:rsid w:val="006F6EF7"/>
     <w:rsid w:val="007011B0"/>
     <w:rsid w:val="00701701"/>
     <w:rsid w:val="00701B52"/>
     <w:rsid w:val="0070264F"/>
     <w:rsid w:val="0070299E"/>
     <w:rsid w:val="00703193"/>
     <w:rsid w:val="0070353A"/>
     <w:rsid w:val="007036FD"/>
     <w:rsid w:val="00703FCC"/>
+    <w:rsid w:val="00704117"/>
     <w:rsid w:val="00704B17"/>
     <w:rsid w:val="0070598E"/>
     <w:rsid w:val="00705DE5"/>
     <w:rsid w:val="00705E07"/>
     <w:rsid w:val="00706BC2"/>
     <w:rsid w:val="00707BA9"/>
     <w:rsid w:val="007103CE"/>
     <w:rsid w:val="007109C7"/>
     <w:rsid w:val="00710F98"/>
     <w:rsid w:val="007117CA"/>
     <w:rsid w:val="007118BC"/>
     <w:rsid w:val="007130D8"/>
     <w:rsid w:val="007132B8"/>
     <w:rsid w:val="00713A30"/>
     <w:rsid w:val="00713A64"/>
     <w:rsid w:val="00714554"/>
     <w:rsid w:val="00714A62"/>
     <w:rsid w:val="0071525A"/>
     <w:rsid w:val="0071533B"/>
     <w:rsid w:val="00715616"/>
     <w:rsid w:val="0071610C"/>
     <w:rsid w:val="007167F6"/>
     <w:rsid w:val="007168A3"/>
     <w:rsid w:val="0071732F"/>
     <w:rsid w:val="0072107A"/>
@@ -15075,80 +16771,82 @@
     <w:rsid w:val="00725BA2"/>
     <w:rsid w:val="007260AA"/>
     <w:rsid w:val="007260F0"/>
     <w:rsid w:val="00726665"/>
     <w:rsid w:val="00726818"/>
     <w:rsid w:val="00726931"/>
     <w:rsid w:val="007269DE"/>
     <w:rsid w:val="00726EFC"/>
     <w:rsid w:val="007270AF"/>
     <w:rsid w:val="007279B8"/>
     <w:rsid w:val="00727A87"/>
     <w:rsid w:val="00727B15"/>
     <w:rsid w:val="00727ECC"/>
     <w:rsid w:val="00730CAF"/>
     <w:rsid w:val="00731293"/>
     <w:rsid w:val="00731531"/>
     <w:rsid w:val="00731B1C"/>
     <w:rsid w:val="00731B7D"/>
     <w:rsid w:val="00733349"/>
     <w:rsid w:val="00734727"/>
     <w:rsid w:val="00735288"/>
     <w:rsid w:val="007353BE"/>
     <w:rsid w:val="00735530"/>
     <w:rsid w:val="007361E4"/>
     <w:rsid w:val="00741A6A"/>
+    <w:rsid w:val="0074323A"/>
     <w:rsid w:val="00744728"/>
     <w:rsid w:val="00744C9F"/>
     <w:rsid w:val="007451B2"/>
     <w:rsid w:val="007451BE"/>
     <w:rsid w:val="00745FEB"/>
     <w:rsid w:val="00746E39"/>
     <w:rsid w:val="007475CC"/>
     <w:rsid w:val="00747762"/>
     <w:rsid w:val="0074789D"/>
     <w:rsid w:val="00751392"/>
     <w:rsid w:val="007538B6"/>
     <w:rsid w:val="00753ABD"/>
     <w:rsid w:val="00754244"/>
     <w:rsid w:val="00754408"/>
     <w:rsid w:val="00754C28"/>
     <w:rsid w:val="00755E08"/>
     <w:rsid w:val="00756199"/>
     <w:rsid w:val="007562D1"/>
     <w:rsid w:val="00756CEF"/>
     <w:rsid w:val="007570F7"/>
     <w:rsid w:val="00760650"/>
     <w:rsid w:val="007608E7"/>
     <w:rsid w:val="00761C7A"/>
     <w:rsid w:val="007642F3"/>
     <w:rsid w:val="0076496F"/>
     <w:rsid w:val="00764D33"/>
     <w:rsid w:val="0076589E"/>
     <w:rsid w:val="00765B22"/>
     <w:rsid w:val="0076642C"/>
     <w:rsid w:val="00766963"/>
+    <w:rsid w:val="00770E44"/>
     <w:rsid w:val="00771D34"/>
     <w:rsid w:val="0077390F"/>
     <w:rsid w:val="00773D79"/>
     <w:rsid w:val="007753C6"/>
     <w:rsid w:val="0077748E"/>
     <w:rsid w:val="00777626"/>
     <w:rsid w:val="00777E86"/>
     <w:rsid w:val="00777FF4"/>
     <w:rsid w:val="007814D4"/>
     <w:rsid w:val="0078169F"/>
     <w:rsid w:val="007830F5"/>
     <w:rsid w:val="00783E5E"/>
     <w:rsid w:val="00784509"/>
     <w:rsid w:val="00785810"/>
     <w:rsid w:val="00785DBA"/>
     <w:rsid w:val="00787FC2"/>
     <w:rsid w:val="00790120"/>
     <w:rsid w:val="0079142A"/>
     <w:rsid w:val="00791792"/>
     <w:rsid w:val="00791E52"/>
     <w:rsid w:val="007927CF"/>
     <w:rsid w:val="00793531"/>
     <w:rsid w:val="007946C9"/>
     <w:rsid w:val="00794720"/>
     <w:rsid w:val="00795AFF"/>
@@ -15261,70 +16959,72 @@
     <w:rsid w:val="007F5420"/>
     <w:rsid w:val="007F602D"/>
     <w:rsid w:val="007F631A"/>
     <w:rsid w:val="007F648C"/>
     <w:rsid w:val="007F684F"/>
     <w:rsid w:val="007F6A14"/>
     <w:rsid w:val="007F7176"/>
     <w:rsid w:val="007F7760"/>
     <w:rsid w:val="008006F4"/>
     <w:rsid w:val="00800F69"/>
     <w:rsid w:val="008026F0"/>
     <w:rsid w:val="008031BA"/>
     <w:rsid w:val="008031BB"/>
     <w:rsid w:val="00803F18"/>
     <w:rsid w:val="00804526"/>
     <w:rsid w:val="008045A4"/>
     <w:rsid w:val="00804706"/>
     <w:rsid w:val="00805EF8"/>
     <w:rsid w:val="008061D3"/>
     <w:rsid w:val="00806B9E"/>
     <w:rsid w:val="00806BC7"/>
     <w:rsid w:val="00806BD7"/>
     <w:rsid w:val="0080722F"/>
     <w:rsid w:val="00807704"/>
     <w:rsid w:val="00807D8D"/>
+    <w:rsid w:val="008122FE"/>
     <w:rsid w:val="0081335D"/>
     <w:rsid w:val="00813390"/>
     <w:rsid w:val="00813FB0"/>
     <w:rsid w:val="00814F21"/>
     <w:rsid w:val="00815DA2"/>
     <w:rsid w:val="008161F8"/>
     <w:rsid w:val="00816A08"/>
     <w:rsid w:val="00816B1E"/>
     <w:rsid w:val="00816BAE"/>
     <w:rsid w:val="00817AFF"/>
     <w:rsid w:val="00820A5D"/>
     <w:rsid w:val="00820BB5"/>
     <w:rsid w:val="00821403"/>
     <w:rsid w:val="008218FA"/>
     <w:rsid w:val="00821B40"/>
     <w:rsid w:val="00821B93"/>
     <w:rsid w:val="008225ED"/>
     <w:rsid w:val="00824073"/>
     <w:rsid w:val="0082494A"/>
     <w:rsid w:val="00824DA0"/>
+    <w:rsid w:val="0082634E"/>
     <w:rsid w:val="00826696"/>
     <w:rsid w:val="00827DED"/>
     <w:rsid w:val="008304B8"/>
     <w:rsid w:val="0083059E"/>
     <w:rsid w:val="00830A2D"/>
     <w:rsid w:val="00831002"/>
     <w:rsid w:val="00832070"/>
     <w:rsid w:val="0083227C"/>
     <w:rsid w:val="008322FE"/>
     <w:rsid w:val="008325BB"/>
     <w:rsid w:val="008328C9"/>
     <w:rsid w:val="00832B32"/>
     <w:rsid w:val="00832B53"/>
     <w:rsid w:val="00833CF0"/>
     <w:rsid w:val="00833FB1"/>
     <w:rsid w:val="008343D5"/>
     <w:rsid w:val="008348D7"/>
     <w:rsid w:val="00834BD4"/>
     <w:rsid w:val="00835865"/>
     <w:rsid w:val="008366AA"/>
     <w:rsid w:val="00837014"/>
     <w:rsid w:val="008374A1"/>
     <w:rsid w:val="008379A8"/>
     <w:rsid w:val="008410EE"/>
     <w:rsid w:val="008413E0"/>
@@ -15440,77 +17140,80 @@
     <w:rsid w:val="008B36AF"/>
     <w:rsid w:val="008B4665"/>
     <w:rsid w:val="008B4CA7"/>
     <w:rsid w:val="008B5D61"/>
     <w:rsid w:val="008B6047"/>
     <w:rsid w:val="008B6C12"/>
     <w:rsid w:val="008B7516"/>
     <w:rsid w:val="008B7801"/>
     <w:rsid w:val="008B7A64"/>
     <w:rsid w:val="008B7BD1"/>
     <w:rsid w:val="008C0387"/>
     <w:rsid w:val="008C16A8"/>
     <w:rsid w:val="008C1ED0"/>
     <w:rsid w:val="008C2910"/>
     <w:rsid w:val="008C59F0"/>
     <w:rsid w:val="008C6A04"/>
     <w:rsid w:val="008D06EF"/>
     <w:rsid w:val="008D08A4"/>
     <w:rsid w:val="008D108A"/>
     <w:rsid w:val="008D1B29"/>
     <w:rsid w:val="008D1D30"/>
     <w:rsid w:val="008D27EC"/>
     <w:rsid w:val="008D3590"/>
     <w:rsid w:val="008D3B53"/>
     <w:rsid w:val="008D3D6A"/>
+    <w:rsid w:val="008D470E"/>
     <w:rsid w:val="008D4801"/>
     <w:rsid w:val="008D516F"/>
     <w:rsid w:val="008D57E3"/>
     <w:rsid w:val="008D593E"/>
     <w:rsid w:val="008D595D"/>
     <w:rsid w:val="008D63FB"/>
     <w:rsid w:val="008D6671"/>
     <w:rsid w:val="008D68BE"/>
+    <w:rsid w:val="008E097A"/>
     <w:rsid w:val="008E09A2"/>
     <w:rsid w:val="008E11F6"/>
     <w:rsid w:val="008E1571"/>
     <w:rsid w:val="008E18E1"/>
     <w:rsid w:val="008E1C20"/>
     <w:rsid w:val="008E21C5"/>
     <w:rsid w:val="008E344F"/>
     <w:rsid w:val="008E3D22"/>
     <w:rsid w:val="008E406D"/>
     <w:rsid w:val="008E426C"/>
     <w:rsid w:val="008E4E21"/>
     <w:rsid w:val="008E4E27"/>
     <w:rsid w:val="008E5F91"/>
     <w:rsid w:val="008E6025"/>
     <w:rsid w:val="008E6510"/>
     <w:rsid w:val="008E69BE"/>
     <w:rsid w:val="008E69DB"/>
     <w:rsid w:val="008E6DF8"/>
     <w:rsid w:val="008E73A7"/>
+    <w:rsid w:val="008E77C6"/>
     <w:rsid w:val="008F0026"/>
     <w:rsid w:val="008F057D"/>
     <w:rsid w:val="008F0BB9"/>
     <w:rsid w:val="008F0BE9"/>
     <w:rsid w:val="008F1570"/>
     <w:rsid w:val="008F16E5"/>
     <w:rsid w:val="008F1C4B"/>
     <w:rsid w:val="008F1E32"/>
     <w:rsid w:val="008F20A3"/>
     <w:rsid w:val="008F22A1"/>
     <w:rsid w:val="008F2A9D"/>
     <w:rsid w:val="008F3453"/>
     <w:rsid w:val="008F3682"/>
     <w:rsid w:val="008F3B55"/>
     <w:rsid w:val="008F4A3A"/>
     <w:rsid w:val="008F5202"/>
     <w:rsid w:val="008F604A"/>
     <w:rsid w:val="008F65AC"/>
     <w:rsid w:val="008F7170"/>
     <w:rsid w:val="008F7D94"/>
     <w:rsid w:val="00900E2B"/>
     <w:rsid w:val="009023B1"/>
     <w:rsid w:val="00902D50"/>
     <w:rsid w:val="0090321E"/>
     <w:rsid w:val="00903E3C"/>
@@ -15544,95 +17247,97 @@
     <w:rsid w:val="00925476"/>
     <w:rsid w:val="009272E7"/>
     <w:rsid w:val="00927956"/>
     <w:rsid w:val="00927FA7"/>
     <w:rsid w:val="009309C1"/>
     <w:rsid w:val="00930A82"/>
     <w:rsid w:val="00931F0A"/>
     <w:rsid w:val="00932796"/>
     <w:rsid w:val="009327E1"/>
     <w:rsid w:val="00932C6C"/>
     <w:rsid w:val="009347DA"/>
     <w:rsid w:val="00934900"/>
     <w:rsid w:val="0093674B"/>
     <w:rsid w:val="00936D1B"/>
     <w:rsid w:val="00936EEA"/>
     <w:rsid w:val="00937F45"/>
     <w:rsid w:val="0093FE04"/>
     <w:rsid w:val="0094009C"/>
     <w:rsid w:val="00941D0E"/>
     <w:rsid w:val="00943ADD"/>
     <w:rsid w:val="00943B6B"/>
     <w:rsid w:val="0094443F"/>
     <w:rsid w:val="009445B5"/>
     <w:rsid w:val="00944877"/>
     <w:rsid w:val="00944A9F"/>
+    <w:rsid w:val="00944DDF"/>
     <w:rsid w:val="00945436"/>
     <w:rsid w:val="009463BB"/>
     <w:rsid w:val="00947A69"/>
     <w:rsid w:val="00947AF7"/>
     <w:rsid w:val="00947B42"/>
     <w:rsid w:val="00950857"/>
     <w:rsid w:val="009508C7"/>
     <w:rsid w:val="00950C7B"/>
     <w:rsid w:val="0095134C"/>
     <w:rsid w:val="00951C1F"/>
     <w:rsid w:val="00954605"/>
     <w:rsid w:val="00954855"/>
     <w:rsid w:val="009550D3"/>
     <w:rsid w:val="00955AA0"/>
     <w:rsid w:val="00956072"/>
     <w:rsid w:val="00957009"/>
     <w:rsid w:val="00957454"/>
     <w:rsid w:val="00957C4B"/>
     <w:rsid w:val="009601DE"/>
     <w:rsid w:val="009608C2"/>
     <w:rsid w:val="00962622"/>
     <w:rsid w:val="00962F3A"/>
     <w:rsid w:val="009636F8"/>
     <w:rsid w:val="00964AF4"/>
     <w:rsid w:val="00964E30"/>
     <w:rsid w:val="00965895"/>
     <w:rsid w:val="00965B09"/>
     <w:rsid w:val="009662EC"/>
     <w:rsid w:val="0096659A"/>
     <w:rsid w:val="00966B55"/>
     <w:rsid w:val="009670A9"/>
     <w:rsid w:val="009701AF"/>
     <w:rsid w:val="00970C81"/>
     <w:rsid w:val="00970D8C"/>
     <w:rsid w:val="00971871"/>
     <w:rsid w:val="009719B2"/>
     <w:rsid w:val="009724EB"/>
     <w:rsid w:val="00972827"/>
     <w:rsid w:val="00972F1F"/>
     <w:rsid w:val="00972F5C"/>
     <w:rsid w:val="0097337B"/>
     <w:rsid w:val="00973BFD"/>
     <w:rsid w:val="00973EA2"/>
     <w:rsid w:val="00974927"/>
     <w:rsid w:val="009758FF"/>
+    <w:rsid w:val="00975FDA"/>
     <w:rsid w:val="00976AD8"/>
     <w:rsid w:val="00977295"/>
     <w:rsid w:val="00977859"/>
     <w:rsid w:val="00977BE4"/>
     <w:rsid w:val="009805B8"/>
     <w:rsid w:val="00981E97"/>
     <w:rsid w:val="0098247C"/>
     <w:rsid w:val="00983D46"/>
     <w:rsid w:val="00984187"/>
     <w:rsid w:val="00984DAD"/>
     <w:rsid w:val="00985308"/>
     <w:rsid w:val="009854A6"/>
     <w:rsid w:val="00985B98"/>
     <w:rsid w:val="00986332"/>
     <w:rsid w:val="0098679B"/>
     <w:rsid w:val="00986830"/>
     <w:rsid w:val="009875B2"/>
     <w:rsid w:val="00990DD8"/>
     <w:rsid w:val="00990E97"/>
     <w:rsid w:val="00992203"/>
     <w:rsid w:val="0099292D"/>
     <w:rsid w:val="0099401C"/>
     <w:rsid w:val="0099407B"/>
     <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00995DC7"/>
@@ -15668,50 +17373,51 @@
     <w:rsid w:val="009B5670"/>
     <w:rsid w:val="009B5C39"/>
     <w:rsid w:val="009B6D6E"/>
     <w:rsid w:val="009C06D7"/>
     <w:rsid w:val="009C1322"/>
     <w:rsid w:val="009C1714"/>
     <w:rsid w:val="009C1DD1"/>
     <w:rsid w:val="009C2C9C"/>
     <w:rsid w:val="009C42BE"/>
     <w:rsid w:val="009C629E"/>
     <w:rsid w:val="009C6FD3"/>
     <w:rsid w:val="009C78DA"/>
     <w:rsid w:val="009C7B9A"/>
     <w:rsid w:val="009C7C38"/>
     <w:rsid w:val="009C7FFB"/>
     <w:rsid w:val="009D08A1"/>
     <w:rsid w:val="009D1034"/>
     <w:rsid w:val="009D1CF4"/>
     <w:rsid w:val="009D2482"/>
     <w:rsid w:val="009D327E"/>
     <w:rsid w:val="009D33B5"/>
     <w:rsid w:val="009D3C97"/>
     <w:rsid w:val="009D3FFA"/>
     <w:rsid w:val="009D4691"/>
     <w:rsid w:val="009D4F77"/>
+    <w:rsid w:val="009D5BDF"/>
     <w:rsid w:val="009D5BFF"/>
     <w:rsid w:val="009D645D"/>
     <w:rsid w:val="009D6574"/>
     <w:rsid w:val="009D6C77"/>
     <w:rsid w:val="009D72DD"/>
     <w:rsid w:val="009E0453"/>
     <w:rsid w:val="009E0725"/>
     <w:rsid w:val="009E0C4A"/>
     <w:rsid w:val="009E0E12"/>
     <w:rsid w:val="009E1447"/>
     <w:rsid w:val="009E190B"/>
     <w:rsid w:val="009E1B5B"/>
     <w:rsid w:val="009E1BF5"/>
     <w:rsid w:val="009E251D"/>
     <w:rsid w:val="009E2771"/>
     <w:rsid w:val="009E2C1A"/>
     <w:rsid w:val="009E2CEF"/>
     <w:rsid w:val="009E31D5"/>
     <w:rsid w:val="009E401E"/>
     <w:rsid w:val="009E5056"/>
     <w:rsid w:val="009E570F"/>
     <w:rsid w:val="009F0884"/>
     <w:rsid w:val="009F08D3"/>
     <w:rsid w:val="009F0A46"/>
     <w:rsid w:val="009F0BE3"/>
@@ -15752,50 +17458,51 @@
     <w:rsid w:val="00A173BE"/>
     <w:rsid w:val="00A1BB01"/>
     <w:rsid w:val="00A203AD"/>
     <w:rsid w:val="00A21E3E"/>
     <w:rsid w:val="00A2226A"/>
     <w:rsid w:val="00A2413A"/>
     <w:rsid w:val="00A24FAF"/>
     <w:rsid w:val="00A25EFB"/>
     <w:rsid w:val="00A270B8"/>
     <w:rsid w:val="00A306DB"/>
     <w:rsid w:val="00A30C20"/>
     <w:rsid w:val="00A31A68"/>
     <w:rsid w:val="00A34961"/>
     <w:rsid w:val="00A35229"/>
     <w:rsid w:val="00A353CD"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A36E01"/>
     <w:rsid w:val="00A3793D"/>
     <w:rsid w:val="00A37C06"/>
     <w:rsid w:val="00A3EA41"/>
     <w:rsid w:val="00A40764"/>
     <w:rsid w:val="00A4081E"/>
     <w:rsid w:val="00A410BE"/>
     <w:rsid w:val="00A41109"/>
     <w:rsid w:val="00A41B0D"/>
+    <w:rsid w:val="00A4335F"/>
     <w:rsid w:val="00A43367"/>
     <w:rsid w:val="00A435EE"/>
     <w:rsid w:val="00A45A8C"/>
     <w:rsid w:val="00A45AC5"/>
     <w:rsid w:val="00A46029"/>
     <w:rsid w:val="00A464B2"/>
     <w:rsid w:val="00A5045B"/>
     <w:rsid w:val="00A507A3"/>
     <w:rsid w:val="00A507ED"/>
     <w:rsid w:val="00A515B7"/>
     <w:rsid w:val="00A515C1"/>
     <w:rsid w:val="00A51E4A"/>
     <w:rsid w:val="00A52B8F"/>
     <w:rsid w:val="00A56C56"/>
     <w:rsid w:val="00A579D7"/>
     <w:rsid w:val="00A60083"/>
     <w:rsid w:val="00A601CB"/>
     <w:rsid w:val="00A615C8"/>
     <w:rsid w:val="00A61D8D"/>
     <w:rsid w:val="00A6310D"/>
     <w:rsid w:val="00A6354E"/>
     <w:rsid w:val="00A63C98"/>
     <w:rsid w:val="00A6556F"/>
     <w:rsid w:val="00A65D4D"/>
     <w:rsid w:val="00A65E26"/>
@@ -15807,50 +17514,51 @@
     <w:rsid w:val="00A70A60"/>
     <w:rsid w:val="00A71807"/>
     <w:rsid w:val="00A71AF3"/>
     <w:rsid w:val="00A71C04"/>
     <w:rsid w:val="00A71DDD"/>
     <w:rsid w:val="00A73F91"/>
     <w:rsid w:val="00A74F4F"/>
     <w:rsid w:val="00A75083"/>
     <w:rsid w:val="00A75604"/>
     <w:rsid w:val="00A75EFE"/>
     <w:rsid w:val="00A767AD"/>
     <w:rsid w:val="00A77478"/>
     <w:rsid w:val="00A77898"/>
     <w:rsid w:val="00A77CAB"/>
     <w:rsid w:val="00A80050"/>
     <w:rsid w:val="00A80547"/>
     <w:rsid w:val="00A80BFE"/>
     <w:rsid w:val="00A835D6"/>
     <w:rsid w:val="00A839DF"/>
     <w:rsid w:val="00A83DDD"/>
     <w:rsid w:val="00A84716"/>
     <w:rsid w:val="00A84BE8"/>
     <w:rsid w:val="00A85120"/>
     <w:rsid w:val="00A85735"/>
     <w:rsid w:val="00A85E3F"/>
+    <w:rsid w:val="00A8656A"/>
     <w:rsid w:val="00A8688E"/>
     <w:rsid w:val="00A86C35"/>
     <w:rsid w:val="00A87BE0"/>
     <w:rsid w:val="00A87E82"/>
     <w:rsid w:val="00A90091"/>
     <w:rsid w:val="00A90CDB"/>
     <w:rsid w:val="00A90CDE"/>
     <w:rsid w:val="00A91B9C"/>
     <w:rsid w:val="00A926BD"/>
     <w:rsid w:val="00A92FDB"/>
     <w:rsid w:val="00A9301A"/>
     <w:rsid w:val="00A9340B"/>
     <w:rsid w:val="00A950DB"/>
     <w:rsid w:val="00A95468"/>
     <w:rsid w:val="00A95C5C"/>
     <w:rsid w:val="00A962F4"/>
     <w:rsid w:val="00A966AF"/>
     <w:rsid w:val="00A96C48"/>
     <w:rsid w:val="00A96EF4"/>
     <w:rsid w:val="00A9D9F0"/>
     <w:rsid w:val="00AA074E"/>
     <w:rsid w:val="00AA09F9"/>
     <w:rsid w:val="00AA0D7E"/>
     <w:rsid w:val="00AA2E07"/>
     <w:rsid w:val="00AA3BFC"/>
@@ -15862,86 +17570,90 @@
     <w:rsid w:val="00AA702B"/>
     <w:rsid w:val="00AA70E4"/>
     <w:rsid w:val="00AA7186"/>
     <w:rsid w:val="00AA7796"/>
     <w:rsid w:val="00AB00E0"/>
     <w:rsid w:val="00AB04E8"/>
     <w:rsid w:val="00AB0F80"/>
     <w:rsid w:val="00AB17D0"/>
     <w:rsid w:val="00AB188C"/>
     <w:rsid w:val="00AB1FF2"/>
     <w:rsid w:val="00AB3205"/>
     <w:rsid w:val="00AB38FD"/>
     <w:rsid w:val="00AB3AFE"/>
     <w:rsid w:val="00AB3B8C"/>
     <w:rsid w:val="00AB437A"/>
     <w:rsid w:val="00AB4390"/>
     <w:rsid w:val="00AB45BF"/>
     <w:rsid w:val="00AB4B42"/>
     <w:rsid w:val="00AB5443"/>
     <w:rsid w:val="00AB5BFD"/>
     <w:rsid w:val="00AB6177"/>
     <w:rsid w:val="00AB645A"/>
     <w:rsid w:val="00AB6B81"/>
     <w:rsid w:val="00AB735C"/>
     <w:rsid w:val="00AB7A6F"/>
+    <w:rsid w:val="00AC05C7"/>
     <w:rsid w:val="00AC0FC8"/>
     <w:rsid w:val="00AC126A"/>
     <w:rsid w:val="00AC19F1"/>
     <w:rsid w:val="00AC35ED"/>
     <w:rsid w:val="00AC4B5E"/>
     <w:rsid w:val="00AC4C6B"/>
     <w:rsid w:val="00AC65BC"/>
     <w:rsid w:val="00AC6F11"/>
     <w:rsid w:val="00AC7A35"/>
     <w:rsid w:val="00AC7E83"/>
+    <w:rsid w:val="00AD0539"/>
     <w:rsid w:val="00AD0855"/>
     <w:rsid w:val="00AD17C1"/>
     <w:rsid w:val="00AD1AA7"/>
     <w:rsid w:val="00AD2247"/>
     <w:rsid w:val="00AD3498"/>
     <w:rsid w:val="00AD367E"/>
     <w:rsid w:val="00AD3AE3"/>
     <w:rsid w:val="00AD437C"/>
     <w:rsid w:val="00AD559C"/>
     <w:rsid w:val="00AD5A83"/>
     <w:rsid w:val="00AD5F2E"/>
     <w:rsid w:val="00AD6049"/>
     <w:rsid w:val="00AD6C6E"/>
     <w:rsid w:val="00AD7476"/>
+    <w:rsid w:val="00AD7FA4"/>
     <w:rsid w:val="00AE0BF4"/>
     <w:rsid w:val="00AE0D0E"/>
     <w:rsid w:val="00AE0F2D"/>
     <w:rsid w:val="00AE21E2"/>
     <w:rsid w:val="00AE3205"/>
     <w:rsid w:val="00AE378A"/>
     <w:rsid w:val="00AE3DC0"/>
     <w:rsid w:val="00AE4192"/>
     <w:rsid w:val="00AE476D"/>
     <w:rsid w:val="00AE63F3"/>
     <w:rsid w:val="00AE739A"/>
     <w:rsid w:val="00AE7BF8"/>
+    <w:rsid w:val="00AF0188"/>
     <w:rsid w:val="00AF01DD"/>
     <w:rsid w:val="00AF20A0"/>
     <w:rsid w:val="00AF27A2"/>
     <w:rsid w:val="00AF4100"/>
     <w:rsid w:val="00AF506D"/>
     <w:rsid w:val="00AF5244"/>
     <w:rsid w:val="00AF674D"/>
     <w:rsid w:val="00AF684E"/>
     <w:rsid w:val="00AF6CDF"/>
     <w:rsid w:val="00AF77E6"/>
     <w:rsid w:val="00B010C4"/>
     <w:rsid w:val="00B01C30"/>
     <w:rsid w:val="00B035D5"/>
     <w:rsid w:val="00B0361D"/>
     <w:rsid w:val="00B03620"/>
     <w:rsid w:val="00B040C8"/>
     <w:rsid w:val="00B05419"/>
     <w:rsid w:val="00B0601D"/>
     <w:rsid w:val="00B06027"/>
     <w:rsid w:val="00B0672E"/>
     <w:rsid w:val="00B06D08"/>
     <w:rsid w:val="00B077BD"/>
     <w:rsid w:val="00B079CC"/>
     <w:rsid w:val="00B07C16"/>
     <w:rsid w:val="00B07EC1"/>
@@ -15997,50 +17709,51 @@
     <w:rsid w:val="00B42A07"/>
     <w:rsid w:val="00B42B4E"/>
     <w:rsid w:val="00B43460"/>
     <w:rsid w:val="00B43977"/>
     <w:rsid w:val="00B43C58"/>
     <w:rsid w:val="00B443EB"/>
     <w:rsid w:val="00B444C8"/>
     <w:rsid w:val="00B44675"/>
     <w:rsid w:val="00B4553F"/>
     <w:rsid w:val="00B45F1D"/>
     <w:rsid w:val="00B477FC"/>
     <w:rsid w:val="00B50AEE"/>
     <w:rsid w:val="00B520AF"/>
     <w:rsid w:val="00B52EC1"/>
     <w:rsid w:val="00B5442D"/>
     <w:rsid w:val="00B544A7"/>
     <w:rsid w:val="00B54E02"/>
     <w:rsid w:val="00B55758"/>
     <w:rsid w:val="00B55C74"/>
     <w:rsid w:val="00B56227"/>
     <w:rsid w:val="00B56368"/>
     <w:rsid w:val="00B56370"/>
     <w:rsid w:val="00B57536"/>
     <w:rsid w:val="00B60841"/>
     <w:rsid w:val="00B61440"/>
+    <w:rsid w:val="00B61A6C"/>
     <w:rsid w:val="00B61DCC"/>
     <w:rsid w:val="00B6283C"/>
     <w:rsid w:val="00B634F4"/>
     <w:rsid w:val="00B63F3F"/>
     <w:rsid w:val="00B63F43"/>
     <w:rsid w:val="00B6402E"/>
     <w:rsid w:val="00B6592F"/>
     <w:rsid w:val="00B659DA"/>
     <w:rsid w:val="00B6620C"/>
     <w:rsid w:val="00B669BC"/>
     <w:rsid w:val="00B67D24"/>
     <w:rsid w:val="00B708AC"/>
     <w:rsid w:val="00B70B8D"/>
     <w:rsid w:val="00B70F7B"/>
     <w:rsid w:val="00B71B05"/>
     <w:rsid w:val="00B71DC8"/>
     <w:rsid w:val="00B71E75"/>
     <w:rsid w:val="00B723C8"/>
     <w:rsid w:val="00B72CB1"/>
     <w:rsid w:val="00B732F3"/>
     <w:rsid w:val="00B734C5"/>
     <w:rsid w:val="00B739EF"/>
     <w:rsid w:val="00B73A9C"/>
     <w:rsid w:val="00B73BE0"/>
     <w:rsid w:val="00B75526"/>
@@ -16050,93 +17763,99 @@
     <w:rsid w:val="00B772E6"/>
     <w:rsid w:val="00B77673"/>
     <w:rsid w:val="00B778AE"/>
     <w:rsid w:val="00B80147"/>
     <w:rsid w:val="00B803AE"/>
     <w:rsid w:val="00B82D69"/>
     <w:rsid w:val="00B82F3D"/>
     <w:rsid w:val="00B844B0"/>
     <w:rsid w:val="00B846A3"/>
     <w:rsid w:val="00B8478D"/>
     <w:rsid w:val="00B847BD"/>
     <w:rsid w:val="00B84D53"/>
     <w:rsid w:val="00B84F3F"/>
     <w:rsid w:val="00B84F47"/>
     <w:rsid w:val="00B84FF5"/>
     <w:rsid w:val="00B85696"/>
     <w:rsid w:val="00B85DEE"/>
     <w:rsid w:val="00B8746E"/>
     <w:rsid w:val="00B90A7E"/>
     <w:rsid w:val="00B92540"/>
     <w:rsid w:val="00B92E24"/>
     <w:rsid w:val="00B93A8B"/>
     <w:rsid w:val="00B93BB4"/>
     <w:rsid w:val="00B93E84"/>
     <w:rsid w:val="00B945A9"/>
+    <w:rsid w:val="00B954DC"/>
     <w:rsid w:val="00B956AA"/>
     <w:rsid w:val="00B9578C"/>
+    <w:rsid w:val="00B96659"/>
     <w:rsid w:val="00B9700D"/>
     <w:rsid w:val="00B9704E"/>
     <w:rsid w:val="00B9706B"/>
     <w:rsid w:val="00BA0871"/>
     <w:rsid w:val="00BA0D42"/>
     <w:rsid w:val="00BA150B"/>
     <w:rsid w:val="00BA2902"/>
     <w:rsid w:val="00BA2E29"/>
     <w:rsid w:val="00BA43DD"/>
     <w:rsid w:val="00BA52E9"/>
     <w:rsid w:val="00BA546F"/>
     <w:rsid w:val="00BA5F1B"/>
     <w:rsid w:val="00BA641B"/>
     <w:rsid w:val="00BB071C"/>
     <w:rsid w:val="00BB084F"/>
     <w:rsid w:val="00BB0C87"/>
     <w:rsid w:val="00BB115D"/>
     <w:rsid w:val="00BB2061"/>
     <w:rsid w:val="00BB3A45"/>
     <w:rsid w:val="00BB3AD2"/>
     <w:rsid w:val="00BB43B1"/>
     <w:rsid w:val="00BB54E5"/>
+    <w:rsid w:val="00BB5546"/>
+    <w:rsid w:val="00BB5A00"/>
     <w:rsid w:val="00BB6C8C"/>
     <w:rsid w:val="00BB6CA0"/>
+    <w:rsid w:val="00BC0365"/>
     <w:rsid w:val="00BC03EF"/>
     <w:rsid w:val="00BC05B3"/>
     <w:rsid w:val="00BC0A1A"/>
     <w:rsid w:val="00BC175C"/>
     <w:rsid w:val="00BC1926"/>
     <w:rsid w:val="00BC208F"/>
     <w:rsid w:val="00BC267A"/>
     <w:rsid w:val="00BC2D84"/>
     <w:rsid w:val="00BC3DC0"/>
     <w:rsid w:val="00BC4369"/>
     <w:rsid w:val="00BC613B"/>
     <w:rsid w:val="00BC6143"/>
     <w:rsid w:val="00BC6945"/>
     <w:rsid w:val="00BC72B5"/>
     <w:rsid w:val="00BC7B68"/>
     <w:rsid w:val="00BC7F6E"/>
     <w:rsid w:val="00BD07EB"/>
+    <w:rsid w:val="00BD11FC"/>
     <w:rsid w:val="00BD1F38"/>
     <w:rsid w:val="00BD2789"/>
     <w:rsid w:val="00BD34D7"/>
     <w:rsid w:val="00BD3A84"/>
     <w:rsid w:val="00BD3CA8"/>
     <w:rsid w:val="00BD4B3F"/>
     <w:rsid w:val="00BD4B5A"/>
     <w:rsid w:val="00BD5A9D"/>
     <w:rsid w:val="00BD779D"/>
     <w:rsid w:val="00BD78E1"/>
     <w:rsid w:val="00BE0068"/>
     <w:rsid w:val="00BE119B"/>
     <w:rsid w:val="00BE1D75"/>
     <w:rsid w:val="00BE2AD8"/>
     <w:rsid w:val="00BE30CD"/>
     <w:rsid w:val="00BE33F6"/>
     <w:rsid w:val="00BE3D4B"/>
     <w:rsid w:val="00BE4CFE"/>
     <w:rsid w:val="00BE53C6"/>
     <w:rsid w:val="00BE5734"/>
     <w:rsid w:val="00BE59C5"/>
     <w:rsid w:val="00BE64B8"/>
     <w:rsid w:val="00BE7A19"/>
     <w:rsid w:val="00BF0216"/>
     <w:rsid w:val="00BF107C"/>
@@ -16153,114 +17872,117 @@
     <w:rsid w:val="00BF6F63"/>
     <w:rsid w:val="00C00395"/>
     <w:rsid w:val="00C00891"/>
     <w:rsid w:val="00C01D9E"/>
     <w:rsid w:val="00C02B96"/>
     <w:rsid w:val="00C030EF"/>
     <w:rsid w:val="00C045C7"/>
     <w:rsid w:val="00C04A37"/>
     <w:rsid w:val="00C055AC"/>
     <w:rsid w:val="00C056D9"/>
     <w:rsid w:val="00C05BEC"/>
     <w:rsid w:val="00C05E39"/>
     <w:rsid w:val="00C06EE7"/>
     <w:rsid w:val="00C06EF5"/>
     <w:rsid w:val="00C076D3"/>
     <w:rsid w:val="00C076DE"/>
     <w:rsid w:val="00C10102"/>
     <w:rsid w:val="00C10206"/>
     <w:rsid w:val="00C10A2B"/>
     <w:rsid w:val="00C10A3A"/>
     <w:rsid w:val="00C11457"/>
     <w:rsid w:val="00C115A5"/>
     <w:rsid w:val="00C11751"/>
     <w:rsid w:val="00C13386"/>
     <w:rsid w:val="00C13B10"/>
+    <w:rsid w:val="00C13F38"/>
     <w:rsid w:val="00C15482"/>
     <w:rsid w:val="00C15B73"/>
     <w:rsid w:val="00C15C7B"/>
     <w:rsid w:val="00C164F9"/>
     <w:rsid w:val="00C16ABA"/>
     <w:rsid w:val="00C16B72"/>
     <w:rsid w:val="00C16E53"/>
     <w:rsid w:val="00C17E37"/>
     <w:rsid w:val="00C209F2"/>
     <w:rsid w:val="00C20B14"/>
     <w:rsid w:val="00C20E56"/>
     <w:rsid w:val="00C20F4F"/>
     <w:rsid w:val="00C21023"/>
     <w:rsid w:val="00C2125E"/>
     <w:rsid w:val="00C21273"/>
     <w:rsid w:val="00C219DB"/>
     <w:rsid w:val="00C22093"/>
     <w:rsid w:val="00C226EB"/>
     <w:rsid w:val="00C22701"/>
     <w:rsid w:val="00C2290F"/>
     <w:rsid w:val="00C22CE1"/>
     <w:rsid w:val="00C22F78"/>
     <w:rsid w:val="00C244D1"/>
     <w:rsid w:val="00C24744"/>
     <w:rsid w:val="00C24B44"/>
     <w:rsid w:val="00C2586D"/>
     <w:rsid w:val="00C2603D"/>
     <w:rsid w:val="00C2667A"/>
     <w:rsid w:val="00C266B7"/>
     <w:rsid w:val="00C26736"/>
     <w:rsid w:val="00C27660"/>
     <w:rsid w:val="00C30559"/>
     <w:rsid w:val="00C3236F"/>
     <w:rsid w:val="00C33185"/>
     <w:rsid w:val="00C33EB4"/>
     <w:rsid w:val="00C34126"/>
     <w:rsid w:val="00C34574"/>
     <w:rsid w:val="00C35C7E"/>
     <w:rsid w:val="00C4000B"/>
     <w:rsid w:val="00C40825"/>
+    <w:rsid w:val="00C408CC"/>
     <w:rsid w:val="00C41488"/>
     <w:rsid w:val="00C42223"/>
     <w:rsid w:val="00C44010"/>
     <w:rsid w:val="00C44CB6"/>
     <w:rsid w:val="00C44F57"/>
     <w:rsid w:val="00C45428"/>
     <w:rsid w:val="00C45D38"/>
     <w:rsid w:val="00C463A0"/>
     <w:rsid w:val="00C4658F"/>
     <w:rsid w:val="00C46A2F"/>
     <w:rsid w:val="00C4719A"/>
     <w:rsid w:val="00C47DCA"/>
     <w:rsid w:val="00C501BB"/>
     <w:rsid w:val="00C5068B"/>
     <w:rsid w:val="00C52768"/>
     <w:rsid w:val="00C52FFF"/>
     <w:rsid w:val="00C53B46"/>
     <w:rsid w:val="00C54483"/>
     <w:rsid w:val="00C54AF1"/>
     <w:rsid w:val="00C5699B"/>
     <w:rsid w:val="00C56C24"/>
     <w:rsid w:val="00C56D5A"/>
     <w:rsid w:val="00C575A9"/>
     <w:rsid w:val="00C57932"/>
+    <w:rsid w:val="00C57B7A"/>
     <w:rsid w:val="00C57F65"/>
     <w:rsid w:val="00C603EB"/>
     <w:rsid w:val="00C603F8"/>
     <w:rsid w:val="00C60D29"/>
     <w:rsid w:val="00C60DE6"/>
     <w:rsid w:val="00C61E10"/>
     <w:rsid w:val="00C62CE7"/>
     <w:rsid w:val="00C6324F"/>
     <w:rsid w:val="00C63434"/>
     <w:rsid w:val="00C63E91"/>
     <w:rsid w:val="00C6435F"/>
     <w:rsid w:val="00C64705"/>
     <w:rsid w:val="00C64822"/>
     <w:rsid w:val="00C65E0C"/>
     <w:rsid w:val="00C65ED7"/>
     <w:rsid w:val="00C66858"/>
     <w:rsid w:val="00C66D3D"/>
     <w:rsid w:val="00C66D4E"/>
     <w:rsid w:val="00C70258"/>
     <w:rsid w:val="00C70466"/>
     <w:rsid w:val="00C705DA"/>
     <w:rsid w:val="00C70871"/>
     <w:rsid w:val="00C70F65"/>
     <w:rsid w:val="00C714F7"/>
     <w:rsid w:val="00C71837"/>
@@ -16328,63 +18050,64 @@
     <w:rsid w:val="00CB37DD"/>
     <w:rsid w:val="00CB456F"/>
     <w:rsid w:val="00CB4A8C"/>
     <w:rsid w:val="00CB552B"/>
     <w:rsid w:val="00CB5AC7"/>
     <w:rsid w:val="00CB5F64"/>
     <w:rsid w:val="00CB7420"/>
     <w:rsid w:val="00CC064B"/>
     <w:rsid w:val="00CC2C31"/>
     <w:rsid w:val="00CC3FAA"/>
     <w:rsid w:val="00CC44B3"/>
     <w:rsid w:val="00CC492D"/>
     <w:rsid w:val="00CC4D5D"/>
     <w:rsid w:val="00CC6C3E"/>
     <w:rsid w:val="00CC7F25"/>
     <w:rsid w:val="00CD09C0"/>
     <w:rsid w:val="00CD1169"/>
     <w:rsid w:val="00CD174E"/>
     <w:rsid w:val="00CD1D88"/>
     <w:rsid w:val="00CD29C8"/>
     <w:rsid w:val="00CD2C21"/>
     <w:rsid w:val="00CD38E4"/>
     <w:rsid w:val="00CD3CE0"/>
     <w:rsid w:val="00CD3DC6"/>
     <w:rsid w:val="00CD3EA6"/>
+    <w:rsid w:val="00CD3F87"/>
     <w:rsid w:val="00CD4371"/>
     <w:rsid w:val="00CD540C"/>
     <w:rsid w:val="00CD5C90"/>
     <w:rsid w:val="00CD5CAD"/>
     <w:rsid w:val="00CD6F4F"/>
     <w:rsid w:val="00CD711E"/>
     <w:rsid w:val="00CD767D"/>
     <w:rsid w:val="00CD7A15"/>
     <w:rsid w:val="00CE03C3"/>
+    <w:rsid w:val="00CE08A4"/>
     <w:rsid w:val="00CE0963"/>
     <w:rsid w:val="00CE14FE"/>
     <w:rsid w:val="00CE24A9"/>
-    <w:rsid w:val="00CE28F1"/>
     <w:rsid w:val="00CE2A91"/>
     <w:rsid w:val="00CE55C3"/>
     <w:rsid w:val="00CE59DC"/>
     <w:rsid w:val="00CE5EB4"/>
     <w:rsid w:val="00CE6BD2"/>
     <w:rsid w:val="00CE72EF"/>
     <w:rsid w:val="00CE7E71"/>
     <w:rsid w:val="00CF17DD"/>
     <w:rsid w:val="00CF212F"/>
     <w:rsid w:val="00CF36B8"/>
     <w:rsid w:val="00CF5DD3"/>
     <w:rsid w:val="00CF5E10"/>
     <w:rsid w:val="00D0372C"/>
     <w:rsid w:val="00D03F1C"/>
     <w:rsid w:val="00D0405A"/>
     <w:rsid w:val="00D04EF8"/>
     <w:rsid w:val="00D05139"/>
     <w:rsid w:val="00D05196"/>
     <w:rsid w:val="00D058D7"/>
     <w:rsid w:val="00D06264"/>
     <w:rsid w:val="00D068D1"/>
     <w:rsid w:val="00D079E7"/>
     <w:rsid w:val="00D07DCA"/>
     <w:rsid w:val="00D100B8"/>
     <w:rsid w:val="00D10819"/>
@@ -16423,50 +18146,51 @@
     <w:rsid w:val="00D31E8E"/>
     <w:rsid w:val="00D323C9"/>
     <w:rsid w:val="00D32BBB"/>
     <w:rsid w:val="00D32D7C"/>
     <w:rsid w:val="00D34A3E"/>
     <w:rsid w:val="00D35602"/>
     <w:rsid w:val="00D35D12"/>
     <w:rsid w:val="00D36CAE"/>
     <w:rsid w:val="00D3731A"/>
     <w:rsid w:val="00D3737E"/>
     <w:rsid w:val="00D37659"/>
     <w:rsid w:val="00D37BA7"/>
     <w:rsid w:val="00D40432"/>
     <w:rsid w:val="00D40F70"/>
     <w:rsid w:val="00D410A0"/>
     <w:rsid w:val="00D41B0E"/>
     <w:rsid w:val="00D41DF4"/>
     <w:rsid w:val="00D4202A"/>
     <w:rsid w:val="00D426B7"/>
     <w:rsid w:val="00D42BB1"/>
     <w:rsid w:val="00D42DD1"/>
     <w:rsid w:val="00D4305A"/>
     <w:rsid w:val="00D43F01"/>
     <w:rsid w:val="00D44899"/>
     <w:rsid w:val="00D47A52"/>
+    <w:rsid w:val="00D50644"/>
     <w:rsid w:val="00D50661"/>
     <w:rsid w:val="00D51047"/>
     <w:rsid w:val="00D5244C"/>
     <w:rsid w:val="00D52501"/>
     <w:rsid w:val="00D527F0"/>
     <w:rsid w:val="00D52A02"/>
     <w:rsid w:val="00D53275"/>
     <w:rsid w:val="00D532A4"/>
     <w:rsid w:val="00D54757"/>
     <w:rsid w:val="00D557F1"/>
     <w:rsid w:val="00D55EE2"/>
     <w:rsid w:val="00D56776"/>
     <w:rsid w:val="00D57300"/>
     <w:rsid w:val="00D57701"/>
     <w:rsid w:val="00D6035E"/>
     <w:rsid w:val="00D6053E"/>
     <w:rsid w:val="00D60FB8"/>
     <w:rsid w:val="00D61382"/>
     <w:rsid w:val="00D62770"/>
     <w:rsid w:val="00D62811"/>
     <w:rsid w:val="00D62FA7"/>
     <w:rsid w:val="00D63652"/>
     <w:rsid w:val="00D648A2"/>
     <w:rsid w:val="00D659AE"/>
     <w:rsid w:val="00D6632C"/>
@@ -16520,78 +18244,81 @@
     <w:rsid w:val="00DA13B3"/>
     <w:rsid w:val="00DA1A5B"/>
     <w:rsid w:val="00DA2A7D"/>
     <w:rsid w:val="00DA2E8F"/>
     <w:rsid w:val="00DA30BD"/>
     <w:rsid w:val="00DA41A6"/>
     <w:rsid w:val="00DA4986"/>
     <w:rsid w:val="00DA661B"/>
     <w:rsid w:val="00DA6A76"/>
     <w:rsid w:val="00DA79BC"/>
     <w:rsid w:val="00DB086F"/>
     <w:rsid w:val="00DB0B4D"/>
     <w:rsid w:val="00DB0F02"/>
     <w:rsid w:val="00DB146E"/>
     <w:rsid w:val="00DB1D31"/>
     <w:rsid w:val="00DB2040"/>
     <w:rsid w:val="00DB2F92"/>
     <w:rsid w:val="00DB39DE"/>
     <w:rsid w:val="00DB3ACB"/>
     <w:rsid w:val="00DB3E4E"/>
     <w:rsid w:val="00DB3EE3"/>
     <w:rsid w:val="00DB4434"/>
     <w:rsid w:val="00DB4AC5"/>
     <w:rsid w:val="00DB565A"/>
     <w:rsid w:val="00DB595B"/>
+    <w:rsid w:val="00DB643E"/>
     <w:rsid w:val="00DB7EA4"/>
     <w:rsid w:val="00DC01DE"/>
     <w:rsid w:val="00DC07AE"/>
     <w:rsid w:val="00DC0A07"/>
     <w:rsid w:val="00DC130D"/>
     <w:rsid w:val="00DC1939"/>
     <w:rsid w:val="00DC199B"/>
     <w:rsid w:val="00DC1BF1"/>
     <w:rsid w:val="00DC1D5A"/>
     <w:rsid w:val="00DC2657"/>
     <w:rsid w:val="00DC28FF"/>
     <w:rsid w:val="00DC4622"/>
     <w:rsid w:val="00DC4FF8"/>
     <w:rsid w:val="00DC597C"/>
     <w:rsid w:val="00DC5CAA"/>
     <w:rsid w:val="00DC6087"/>
     <w:rsid w:val="00DC6A70"/>
     <w:rsid w:val="00DC6DFA"/>
     <w:rsid w:val="00DC78A6"/>
+    <w:rsid w:val="00DD09B0"/>
     <w:rsid w:val="00DD1032"/>
     <w:rsid w:val="00DD27E3"/>
     <w:rsid w:val="00DD3563"/>
     <w:rsid w:val="00DD43B2"/>
     <w:rsid w:val="00DD4A77"/>
     <w:rsid w:val="00DD4F63"/>
     <w:rsid w:val="00DD5442"/>
     <w:rsid w:val="00DD67C6"/>
     <w:rsid w:val="00DD746F"/>
+    <w:rsid w:val="00DD76B0"/>
     <w:rsid w:val="00DD76EB"/>
     <w:rsid w:val="00DD7B90"/>
     <w:rsid w:val="00DD7BCC"/>
     <w:rsid w:val="00DE04B1"/>
     <w:rsid w:val="00DE0698"/>
     <w:rsid w:val="00DE1645"/>
     <w:rsid w:val="00DE1828"/>
     <w:rsid w:val="00DE3655"/>
     <w:rsid w:val="00DE39BD"/>
     <w:rsid w:val="00DE474F"/>
     <w:rsid w:val="00DE4C66"/>
     <w:rsid w:val="00DE57E0"/>
     <w:rsid w:val="00DE5BC0"/>
     <w:rsid w:val="00DE68C6"/>
     <w:rsid w:val="00DE73D3"/>
     <w:rsid w:val="00DE7B25"/>
     <w:rsid w:val="00DE7FF2"/>
     <w:rsid w:val="00DF00D4"/>
     <w:rsid w:val="00DF0488"/>
     <w:rsid w:val="00DF1A0B"/>
     <w:rsid w:val="00DF1BC9"/>
     <w:rsid w:val="00DF203E"/>
     <w:rsid w:val="00DF242E"/>
     <w:rsid w:val="00DF28D3"/>
     <w:rsid w:val="00DF2A91"/>
@@ -16714,50 +18441,51 @@
     <w:rsid w:val="00E76766"/>
     <w:rsid w:val="00E77FD7"/>
     <w:rsid w:val="00E812EB"/>
     <w:rsid w:val="00E817D2"/>
     <w:rsid w:val="00E81D9D"/>
     <w:rsid w:val="00E82180"/>
     <w:rsid w:val="00E82381"/>
     <w:rsid w:val="00E832D4"/>
     <w:rsid w:val="00E83458"/>
     <w:rsid w:val="00E843A5"/>
     <w:rsid w:val="00E84983"/>
     <w:rsid w:val="00E84D86"/>
     <w:rsid w:val="00E84F99"/>
     <w:rsid w:val="00E860CE"/>
     <w:rsid w:val="00E87F7B"/>
     <w:rsid w:val="00E90083"/>
     <w:rsid w:val="00E90C55"/>
     <w:rsid w:val="00E91719"/>
     <w:rsid w:val="00E91CD3"/>
     <w:rsid w:val="00E9255B"/>
     <w:rsid w:val="00E927AD"/>
     <w:rsid w:val="00E9324F"/>
     <w:rsid w:val="00E9358E"/>
     <w:rsid w:val="00E93D35"/>
     <w:rsid w:val="00E94816"/>
+    <w:rsid w:val="00E954DE"/>
     <w:rsid w:val="00E95939"/>
     <w:rsid w:val="00E959F4"/>
     <w:rsid w:val="00E96DA9"/>
     <w:rsid w:val="00E97564"/>
     <w:rsid w:val="00E97D4B"/>
     <w:rsid w:val="00EA0411"/>
     <w:rsid w:val="00EA0B64"/>
     <w:rsid w:val="00EA155A"/>
     <w:rsid w:val="00EA1BAC"/>
     <w:rsid w:val="00EA2FF9"/>
     <w:rsid w:val="00EA45DD"/>
     <w:rsid w:val="00EA483D"/>
     <w:rsid w:val="00EA4C85"/>
     <w:rsid w:val="00EA4F83"/>
     <w:rsid w:val="00EA4FDD"/>
     <w:rsid w:val="00EA5568"/>
     <w:rsid w:val="00EA59A5"/>
     <w:rsid w:val="00EA59B7"/>
     <w:rsid w:val="00EA5A79"/>
     <w:rsid w:val="00EA5E80"/>
     <w:rsid w:val="00EA6AD5"/>
     <w:rsid w:val="00EA6CF6"/>
     <w:rsid w:val="00EA7279"/>
     <w:rsid w:val="00EB05EA"/>
     <w:rsid w:val="00EB1E69"/>
@@ -16768,50 +18496,51 @@
     <w:rsid w:val="00EB65B4"/>
     <w:rsid w:val="00EB6636"/>
     <w:rsid w:val="00EB6D71"/>
     <w:rsid w:val="00EB74C1"/>
     <w:rsid w:val="00EB7505"/>
     <w:rsid w:val="00EB751C"/>
     <w:rsid w:val="00EC0059"/>
     <w:rsid w:val="00EC0462"/>
     <w:rsid w:val="00EC09D6"/>
     <w:rsid w:val="00EC192C"/>
     <w:rsid w:val="00EC1C1D"/>
     <w:rsid w:val="00EC2201"/>
     <w:rsid w:val="00EC23F9"/>
     <w:rsid w:val="00EC25AD"/>
     <w:rsid w:val="00EC31E3"/>
     <w:rsid w:val="00EC325F"/>
     <w:rsid w:val="00EC4816"/>
     <w:rsid w:val="00EC4D94"/>
     <w:rsid w:val="00EC5479"/>
     <w:rsid w:val="00EC5E00"/>
     <w:rsid w:val="00EC6330"/>
     <w:rsid w:val="00EC6FF5"/>
     <w:rsid w:val="00EC7DF7"/>
     <w:rsid w:val="00ED056E"/>
     <w:rsid w:val="00ED0EBD"/>
+    <w:rsid w:val="00ED1167"/>
     <w:rsid w:val="00ED1856"/>
     <w:rsid w:val="00ED2FB1"/>
     <w:rsid w:val="00ED33C0"/>
     <w:rsid w:val="00ED3F16"/>
     <w:rsid w:val="00ED4B7A"/>
     <w:rsid w:val="00ED4C88"/>
     <w:rsid w:val="00ED5784"/>
     <w:rsid w:val="00ED5BA8"/>
     <w:rsid w:val="00ED6CD1"/>
     <w:rsid w:val="00ED74C1"/>
     <w:rsid w:val="00EE03F4"/>
     <w:rsid w:val="00EE0F25"/>
     <w:rsid w:val="00EE1D21"/>
     <w:rsid w:val="00EE20DF"/>
     <w:rsid w:val="00EE4244"/>
     <w:rsid w:val="00EE4491"/>
     <w:rsid w:val="00EE4519"/>
     <w:rsid w:val="00EE4E79"/>
     <w:rsid w:val="00EE5225"/>
     <w:rsid w:val="00EE5D95"/>
     <w:rsid w:val="00EE675F"/>
     <w:rsid w:val="00EE6C02"/>
     <w:rsid w:val="00EE7474"/>
     <w:rsid w:val="00EF186B"/>
     <w:rsid w:val="00EF1ED5"/>
@@ -16836,113 +18565,117 @@
     <w:rsid w:val="00F04076"/>
     <w:rsid w:val="00F04C71"/>
     <w:rsid w:val="00F04E79"/>
     <w:rsid w:val="00F05922"/>
     <w:rsid w:val="00F05AE9"/>
     <w:rsid w:val="00F05D71"/>
     <w:rsid w:val="00F068C5"/>
     <w:rsid w:val="00F06B06"/>
     <w:rsid w:val="00F07565"/>
     <w:rsid w:val="00F07CFD"/>
     <w:rsid w:val="00F1009E"/>
     <w:rsid w:val="00F115BF"/>
     <w:rsid w:val="00F11EB6"/>
     <w:rsid w:val="00F16186"/>
     <w:rsid w:val="00F16808"/>
     <w:rsid w:val="00F2079D"/>
     <w:rsid w:val="00F207C7"/>
     <w:rsid w:val="00F219A7"/>
     <w:rsid w:val="00F2244E"/>
     <w:rsid w:val="00F22A53"/>
     <w:rsid w:val="00F23CFE"/>
     <w:rsid w:val="00F23F2D"/>
     <w:rsid w:val="00F24CA5"/>
     <w:rsid w:val="00F2557D"/>
     <w:rsid w:val="00F25B82"/>
+    <w:rsid w:val="00F25EA6"/>
     <w:rsid w:val="00F26032"/>
     <w:rsid w:val="00F277C4"/>
     <w:rsid w:val="00F27965"/>
     <w:rsid w:val="00F27A6C"/>
     <w:rsid w:val="00F305F4"/>
     <w:rsid w:val="00F30B18"/>
     <w:rsid w:val="00F32460"/>
     <w:rsid w:val="00F32F08"/>
     <w:rsid w:val="00F334DE"/>
     <w:rsid w:val="00F338B0"/>
     <w:rsid w:val="00F33DF6"/>
     <w:rsid w:val="00F33FB1"/>
     <w:rsid w:val="00F340B1"/>
     <w:rsid w:val="00F35224"/>
     <w:rsid w:val="00F3619B"/>
     <w:rsid w:val="00F36A9F"/>
     <w:rsid w:val="00F37B58"/>
     <w:rsid w:val="00F40189"/>
     <w:rsid w:val="00F405A4"/>
     <w:rsid w:val="00F40C5A"/>
     <w:rsid w:val="00F41BBE"/>
     <w:rsid w:val="00F430D6"/>
     <w:rsid w:val="00F441A2"/>
     <w:rsid w:val="00F4560A"/>
     <w:rsid w:val="00F46AA1"/>
     <w:rsid w:val="00F46F1B"/>
     <w:rsid w:val="00F51247"/>
     <w:rsid w:val="00F51A52"/>
     <w:rsid w:val="00F51D24"/>
     <w:rsid w:val="00F51E5E"/>
     <w:rsid w:val="00F521C4"/>
     <w:rsid w:val="00F529B5"/>
+    <w:rsid w:val="00F53B60"/>
     <w:rsid w:val="00F54566"/>
     <w:rsid w:val="00F54CE5"/>
     <w:rsid w:val="00F54D48"/>
     <w:rsid w:val="00F561E2"/>
     <w:rsid w:val="00F563B0"/>
     <w:rsid w:val="00F570CF"/>
     <w:rsid w:val="00F57851"/>
     <w:rsid w:val="00F60606"/>
     <w:rsid w:val="00F606B5"/>
     <w:rsid w:val="00F61084"/>
     <w:rsid w:val="00F612A0"/>
     <w:rsid w:val="00F61880"/>
     <w:rsid w:val="00F62594"/>
     <w:rsid w:val="00F63D77"/>
+    <w:rsid w:val="00F63F77"/>
     <w:rsid w:val="00F64146"/>
     <w:rsid w:val="00F645AE"/>
     <w:rsid w:val="00F64B34"/>
     <w:rsid w:val="00F64C8E"/>
     <w:rsid w:val="00F64F84"/>
     <w:rsid w:val="00F652DD"/>
     <w:rsid w:val="00F6570A"/>
     <w:rsid w:val="00F65FE3"/>
     <w:rsid w:val="00F67377"/>
     <w:rsid w:val="00F67986"/>
     <w:rsid w:val="00F679E1"/>
     <w:rsid w:val="00F7037C"/>
     <w:rsid w:val="00F7061A"/>
     <w:rsid w:val="00F70FD7"/>
     <w:rsid w:val="00F71EEC"/>
     <w:rsid w:val="00F73B98"/>
     <w:rsid w:val="00F73FF0"/>
+    <w:rsid w:val="00F7453D"/>
     <w:rsid w:val="00F7478F"/>
     <w:rsid w:val="00F74998"/>
     <w:rsid w:val="00F74F99"/>
     <w:rsid w:val="00F75999"/>
     <w:rsid w:val="00F76865"/>
     <w:rsid w:val="00F7763B"/>
     <w:rsid w:val="00F77ECF"/>
     <w:rsid w:val="00F80333"/>
     <w:rsid w:val="00F80467"/>
     <w:rsid w:val="00F815FB"/>
     <w:rsid w:val="00F81F92"/>
     <w:rsid w:val="00F820EA"/>
     <w:rsid w:val="00F826E4"/>
     <w:rsid w:val="00F83435"/>
     <w:rsid w:val="00F84639"/>
     <w:rsid w:val="00F84CAB"/>
     <w:rsid w:val="00F851D8"/>
     <w:rsid w:val="00F856D6"/>
     <w:rsid w:val="00F863DD"/>
     <w:rsid w:val="00F87A47"/>
     <w:rsid w:val="00F87FA6"/>
     <w:rsid w:val="00F900FC"/>
     <w:rsid w:val="00F904C2"/>
     <w:rsid w:val="00F9126A"/>
     <w:rsid w:val="00F91E0F"/>
@@ -16979,195 +18712,209 @@
     <w:rsid w:val="00FB2577"/>
     <w:rsid w:val="00FB371B"/>
     <w:rsid w:val="00FB3BA6"/>
     <w:rsid w:val="00FB3C83"/>
     <w:rsid w:val="00FB3F43"/>
     <w:rsid w:val="00FB51ED"/>
     <w:rsid w:val="00FB5A6C"/>
     <w:rsid w:val="00FB5CD7"/>
     <w:rsid w:val="00FB678C"/>
     <w:rsid w:val="00FB7EF2"/>
     <w:rsid w:val="00FC06CA"/>
     <w:rsid w:val="00FC0D1D"/>
     <w:rsid w:val="00FC0EE2"/>
     <w:rsid w:val="00FC165A"/>
     <w:rsid w:val="00FC197C"/>
     <w:rsid w:val="00FC19C1"/>
     <w:rsid w:val="00FC2838"/>
     <w:rsid w:val="00FC2B89"/>
     <w:rsid w:val="00FC3006"/>
     <w:rsid w:val="00FC3FEE"/>
     <w:rsid w:val="00FC50E0"/>
     <w:rsid w:val="00FC5FB8"/>
     <w:rsid w:val="00FC64CC"/>
     <w:rsid w:val="00FC6FAD"/>
     <w:rsid w:val="00FC757F"/>
+    <w:rsid w:val="00FD0FCB"/>
     <w:rsid w:val="00FD12A6"/>
     <w:rsid w:val="00FD2388"/>
     <w:rsid w:val="00FD2926"/>
     <w:rsid w:val="00FD2F14"/>
     <w:rsid w:val="00FD2F59"/>
     <w:rsid w:val="00FD30DF"/>
     <w:rsid w:val="00FD3656"/>
     <w:rsid w:val="00FD39BD"/>
     <w:rsid w:val="00FD44FD"/>
     <w:rsid w:val="00FD72C8"/>
     <w:rsid w:val="00FD767C"/>
     <w:rsid w:val="00FD77C4"/>
     <w:rsid w:val="00FE02FF"/>
     <w:rsid w:val="00FE2C71"/>
     <w:rsid w:val="00FE2D12"/>
     <w:rsid w:val="00FE5541"/>
     <w:rsid w:val="00FE5633"/>
     <w:rsid w:val="00FE5907"/>
     <w:rsid w:val="00FF01F4"/>
     <w:rsid w:val="00FF0B00"/>
     <w:rsid w:val="00FF0D2B"/>
     <w:rsid w:val="00FF16DD"/>
     <w:rsid w:val="00FF1A90"/>
     <w:rsid w:val="00FF2F63"/>
     <w:rsid w:val="00FF36A5"/>
     <w:rsid w:val="00FF3BFF"/>
     <w:rsid w:val="00FF3EFA"/>
     <w:rsid w:val="00FF3F58"/>
     <w:rsid w:val="00FF473D"/>
     <w:rsid w:val="00FF4B86"/>
     <w:rsid w:val="00FF4BD7"/>
     <w:rsid w:val="00FF4CE0"/>
     <w:rsid w:val="00FF5E1A"/>
     <w:rsid w:val="00FF7D8C"/>
     <w:rsid w:val="0105739B"/>
     <w:rsid w:val="0115B173"/>
     <w:rsid w:val="012F5D80"/>
     <w:rsid w:val="0133CAE7"/>
     <w:rsid w:val="014B25A6"/>
     <w:rsid w:val="014B522D"/>
     <w:rsid w:val="01520CAC"/>
+    <w:rsid w:val="01552B4A"/>
     <w:rsid w:val="01624E4F"/>
     <w:rsid w:val="01915BB9"/>
     <w:rsid w:val="01AEC8DB"/>
+    <w:rsid w:val="01B0F8D8"/>
     <w:rsid w:val="01C43E37"/>
     <w:rsid w:val="01D48446"/>
     <w:rsid w:val="0211F7E4"/>
     <w:rsid w:val="02194EC5"/>
     <w:rsid w:val="024E576F"/>
     <w:rsid w:val="024EEE28"/>
     <w:rsid w:val="02528472"/>
     <w:rsid w:val="0254A75F"/>
     <w:rsid w:val="027744AB"/>
+    <w:rsid w:val="0279550C"/>
     <w:rsid w:val="02B23DD0"/>
     <w:rsid w:val="02D74BD1"/>
     <w:rsid w:val="02DC1C5E"/>
     <w:rsid w:val="02E3958D"/>
     <w:rsid w:val="02EFB1C7"/>
+    <w:rsid w:val="0308B2BE"/>
+    <w:rsid w:val="030B1415"/>
     <w:rsid w:val="036DA2DD"/>
     <w:rsid w:val="03A4FED1"/>
     <w:rsid w:val="03B30290"/>
     <w:rsid w:val="03C15618"/>
     <w:rsid w:val="03CB805A"/>
     <w:rsid w:val="03CFCFA1"/>
     <w:rsid w:val="03FA714A"/>
     <w:rsid w:val="03FCCEF5"/>
     <w:rsid w:val="04184FD9"/>
     <w:rsid w:val="041E5CED"/>
     <w:rsid w:val="0422A863"/>
     <w:rsid w:val="0423EC00"/>
     <w:rsid w:val="04B3F8D1"/>
     <w:rsid w:val="04C17D2D"/>
     <w:rsid w:val="04FAC8CF"/>
     <w:rsid w:val="05200621"/>
+    <w:rsid w:val="054E0823"/>
     <w:rsid w:val="054F2DD0"/>
+    <w:rsid w:val="05544084"/>
     <w:rsid w:val="055CEEFE"/>
     <w:rsid w:val="055D29F0"/>
     <w:rsid w:val="05669C2A"/>
     <w:rsid w:val="056FA705"/>
     <w:rsid w:val="05897E52"/>
     <w:rsid w:val="058D1A8C"/>
     <w:rsid w:val="05A20C10"/>
     <w:rsid w:val="05B4D1E8"/>
     <w:rsid w:val="05E32BD4"/>
     <w:rsid w:val="05ED9B9C"/>
     <w:rsid w:val="05F5A64F"/>
     <w:rsid w:val="06039EC1"/>
+    <w:rsid w:val="0608D238"/>
     <w:rsid w:val="061FAE72"/>
     <w:rsid w:val="06281F91"/>
     <w:rsid w:val="064AACB1"/>
     <w:rsid w:val="065001E1"/>
     <w:rsid w:val="067DF539"/>
     <w:rsid w:val="0686771E"/>
+    <w:rsid w:val="0695FAAE"/>
     <w:rsid w:val="06AEF760"/>
     <w:rsid w:val="06AF369C"/>
     <w:rsid w:val="06AFE82F"/>
+    <w:rsid w:val="06BBF726"/>
+    <w:rsid w:val="06C24A29"/>
     <w:rsid w:val="07297BCC"/>
     <w:rsid w:val="0732718A"/>
     <w:rsid w:val="0753CCA9"/>
     <w:rsid w:val="0765B367"/>
     <w:rsid w:val="077F815A"/>
     <w:rsid w:val="07B36B70"/>
     <w:rsid w:val="07C34959"/>
     <w:rsid w:val="07D0C0CE"/>
     <w:rsid w:val="07D0C403"/>
     <w:rsid w:val="07EB5323"/>
     <w:rsid w:val="07EEB135"/>
     <w:rsid w:val="0819A853"/>
     <w:rsid w:val="081FEADF"/>
     <w:rsid w:val="0824A84D"/>
+    <w:rsid w:val="083D7820"/>
     <w:rsid w:val="084497FC"/>
     <w:rsid w:val="0862457A"/>
     <w:rsid w:val="086CEA5E"/>
     <w:rsid w:val="08AA934B"/>
     <w:rsid w:val="08CF366D"/>
     <w:rsid w:val="08CF7883"/>
     <w:rsid w:val="08E267B6"/>
     <w:rsid w:val="08EFE4FA"/>
     <w:rsid w:val="08F10885"/>
     <w:rsid w:val="0908D602"/>
     <w:rsid w:val="0909BE1B"/>
     <w:rsid w:val="090E0494"/>
     <w:rsid w:val="091F1D63"/>
     <w:rsid w:val="09342FBD"/>
     <w:rsid w:val="093D6BF0"/>
     <w:rsid w:val="09426ED2"/>
     <w:rsid w:val="095C5E2F"/>
     <w:rsid w:val="09680264"/>
     <w:rsid w:val="0970D118"/>
     <w:rsid w:val="09729710"/>
     <w:rsid w:val="0979DE12"/>
     <w:rsid w:val="09823B2E"/>
     <w:rsid w:val="0985A103"/>
     <w:rsid w:val="0999D8FA"/>
     <w:rsid w:val="09B02C14"/>
     <w:rsid w:val="09B595FB"/>
     <w:rsid w:val="09D60450"/>
     <w:rsid w:val="09DF962B"/>
     <w:rsid w:val="0A31AD67"/>
     <w:rsid w:val="0A36700C"/>
     <w:rsid w:val="0A398753"/>
     <w:rsid w:val="0A3E7F22"/>
     <w:rsid w:val="0A56B75A"/>
     <w:rsid w:val="0A5BC557"/>
     <w:rsid w:val="0A624D93"/>
+    <w:rsid w:val="0A6B5985"/>
     <w:rsid w:val="0A71EE34"/>
     <w:rsid w:val="0A93CABE"/>
     <w:rsid w:val="0AA340BB"/>
     <w:rsid w:val="0AE18EB8"/>
     <w:rsid w:val="0B217164"/>
     <w:rsid w:val="0B4948D5"/>
     <w:rsid w:val="0B4A2DFF"/>
     <w:rsid w:val="0B8BDB7C"/>
     <w:rsid w:val="0B903C21"/>
     <w:rsid w:val="0BA37FAD"/>
     <w:rsid w:val="0BA4E6D1"/>
     <w:rsid w:val="0BBEBA34"/>
     <w:rsid w:val="0BCF9AD6"/>
     <w:rsid w:val="0BD0CF71"/>
     <w:rsid w:val="0BE5E4A6"/>
     <w:rsid w:val="0BFE490E"/>
     <w:rsid w:val="0C03D06C"/>
     <w:rsid w:val="0C14AF4D"/>
     <w:rsid w:val="0C2A37B1"/>
     <w:rsid w:val="0C2DBA48"/>
     <w:rsid w:val="0C33D62D"/>
     <w:rsid w:val="0C3A95F5"/>
     <w:rsid w:val="0C6B1D0F"/>
     <w:rsid w:val="0C74CA26"/>
     <w:rsid w:val="0C8C4F0E"/>
@@ -17176,54 +18923,56 @@
     <w:rsid w:val="0CE170FB"/>
     <w:rsid w:val="0CE455AE"/>
     <w:rsid w:val="0CEF2D7C"/>
     <w:rsid w:val="0D2D7A12"/>
     <w:rsid w:val="0D2FB78D"/>
     <w:rsid w:val="0D39C8D5"/>
     <w:rsid w:val="0D52A8FE"/>
     <w:rsid w:val="0D8332F4"/>
     <w:rsid w:val="0D858D73"/>
     <w:rsid w:val="0DB06A75"/>
     <w:rsid w:val="0DB14963"/>
     <w:rsid w:val="0E118B81"/>
     <w:rsid w:val="0E1ECF05"/>
     <w:rsid w:val="0E4A5669"/>
     <w:rsid w:val="0E5F3200"/>
     <w:rsid w:val="0E62823B"/>
     <w:rsid w:val="0E67172D"/>
     <w:rsid w:val="0E6A74DA"/>
     <w:rsid w:val="0E87ED46"/>
     <w:rsid w:val="0E881E2D"/>
     <w:rsid w:val="0EA6DF27"/>
     <w:rsid w:val="0EB1C32E"/>
     <w:rsid w:val="0EF23805"/>
     <w:rsid w:val="0F151648"/>
     <w:rsid w:val="0F1F0355"/>
+    <w:rsid w:val="0F26AF3B"/>
     <w:rsid w:val="0F2D1E00"/>
     <w:rsid w:val="0F393175"/>
     <w:rsid w:val="0F56AA9B"/>
     <w:rsid w:val="0F80EA9E"/>
+    <w:rsid w:val="0F83DF24"/>
     <w:rsid w:val="0FA62DF3"/>
     <w:rsid w:val="0FAF52F6"/>
     <w:rsid w:val="0FE38963"/>
     <w:rsid w:val="0FE6E320"/>
     <w:rsid w:val="0FECC645"/>
     <w:rsid w:val="1001F5F4"/>
     <w:rsid w:val="101466A3"/>
     <w:rsid w:val="10152909"/>
     <w:rsid w:val="102BED0B"/>
     <w:rsid w:val="103ACFA5"/>
     <w:rsid w:val="10483F31"/>
     <w:rsid w:val="105C6B85"/>
     <w:rsid w:val="10713C9C"/>
     <w:rsid w:val="1072A8CD"/>
     <w:rsid w:val="10864325"/>
     <w:rsid w:val="10886759"/>
     <w:rsid w:val="109CD7F0"/>
     <w:rsid w:val="10CACFF0"/>
     <w:rsid w:val="10CB06DB"/>
     <w:rsid w:val="10F46499"/>
     <w:rsid w:val="10F7F2C7"/>
     <w:rsid w:val="1102DFC5"/>
     <w:rsid w:val="11071003"/>
     <w:rsid w:val="1116DB69"/>
     <w:rsid w:val="115797AF"/>
@@ -17259,50 +19008,51 @@
     <w:rsid w:val="143CFA12"/>
     <w:rsid w:val="144C7558"/>
     <w:rsid w:val="145ECB85"/>
     <w:rsid w:val="1477FFE7"/>
     <w:rsid w:val="1483C654"/>
     <w:rsid w:val="148E1089"/>
     <w:rsid w:val="14A24316"/>
     <w:rsid w:val="14B26BA6"/>
     <w:rsid w:val="151D854F"/>
     <w:rsid w:val="1524C56A"/>
     <w:rsid w:val="15313996"/>
     <w:rsid w:val="156DEE08"/>
     <w:rsid w:val="1574DB2A"/>
     <w:rsid w:val="1590410E"/>
     <w:rsid w:val="1598E71F"/>
     <w:rsid w:val="15C01D60"/>
     <w:rsid w:val="15D0BFA1"/>
     <w:rsid w:val="15D45999"/>
     <w:rsid w:val="15D947E8"/>
     <w:rsid w:val="1629E0EA"/>
     <w:rsid w:val="1660F1E9"/>
     <w:rsid w:val="16A8FF8A"/>
     <w:rsid w:val="16AEA850"/>
     <w:rsid w:val="16CE6345"/>
     <w:rsid w:val="16E07001"/>
+    <w:rsid w:val="16E5D138"/>
     <w:rsid w:val="16EBBEBD"/>
     <w:rsid w:val="16ECA563"/>
     <w:rsid w:val="16ED9639"/>
     <w:rsid w:val="1711B2D4"/>
     <w:rsid w:val="17371C52"/>
     <w:rsid w:val="17387EAB"/>
     <w:rsid w:val="1739BA46"/>
     <w:rsid w:val="1755D968"/>
     <w:rsid w:val="175BEDC1"/>
     <w:rsid w:val="176F744A"/>
     <w:rsid w:val="17CB05E6"/>
     <w:rsid w:val="17F05E68"/>
     <w:rsid w:val="181072F7"/>
     <w:rsid w:val="18162771"/>
     <w:rsid w:val="186C1BCE"/>
     <w:rsid w:val="189540F9"/>
     <w:rsid w:val="18C30D78"/>
     <w:rsid w:val="18C55917"/>
     <w:rsid w:val="18C6A6FA"/>
     <w:rsid w:val="18DAA78B"/>
     <w:rsid w:val="192E2A1B"/>
     <w:rsid w:val="1944D0ED"/>
     <w:rsid w:val="19575443"/>
     <w:rsid w:val="19B371D3"/>
     <w:rsid w:val="19BB5F06"/>
@@ -17320,106 +19070,111 @@
     <w:rsid w:val="1AD514FE"/>
     <w:rsid w:val="1AD84D86"/>
     <w:rsid w:val="1AF2DA13"/>
     <w:rsid w:val="1AF3CDF6"/>
     <w:rsid w:val="1B096B9C"/>
     <w:rsid w:val="1B127271"/>
     <w:rsid w:val="1B2F8397"/>
     <w:rsid w:val="1B36EAA0"/>
     <w:rsid w:val="1B39543F"/>
     <w:rsid w:val="1B45B322"/>
     <w:rsid w:val="1B5AD0AC"/>
     <w:rsid w:val="1B6A9F86"/>
     <w:rsid w:val="1B812706"/>
     <w:rsid w:val="1BB15F65"/>
     <w:rsid w:val="1BB2851C"/>
     <w:rsid w:val="1BBBAC2A"/>
     <w:rsid w:val="1BDAA9A8"/>
     <w:rsid w:val="1BE93E64"/>
     <w:rsid w:val="1C096E58"/>
     <w:rsid w:val="1C1723D5"/>
     <w:rsid w:val="1C1FDB96"/>
     <w:rsid w:val="1C404A56"/>
     <w:rsid w:val="1C4224BC"/>
     <w:rsid w:val="1C6CDFE1"/>
     <w:rsid w:val="1C9E7709"/>
+    <w:rsid w:val="1CA2A2A6"/>
     <w:rsid w:val="1CA555EC"/>
     <w:rsid w:val="1CBDB476"/>
     <w:rsid w:val="1CEFBC93"/>
     <w:rsid w:val="1D0B8DF0"/>
     <w:rsid w:val="1D14C4F4"/>
     <w:rsid w:val="1D153EB4"/>
+    <w:rsid w:val="1D1B78B6"/>
     <w:rsid w:val="1D23ED3E"/>
     <w:rsid w:val="1D311861"/>
     <w:rsid w:val="1D4EEB83"/>
     <w:rsid w:val="1D505E67"/>
     <w:rsid w:val="1D57AD4C"/>
     <w:rsid w:val="1D7A0428"/>
     <w:rsid w:val="1D7F9BA6"/>
     <w:rsid w:val="1D82E988"/>
     <w:rsid w:val="1DAA746C"/>
     <w:rsid w:val="1DBE2332"/>
     <w:rsid w:val="1DE8DF96"/>
     <w:rsid w:val="1E1A0EC4"/>
     <w:rsid w:val="1E299723"/>
     <w:rsid w:val="1E3A476A"/>
     <w:rsid w:val="1E631668"/>
     <w:rsid w:val="1EBBCF8C"/>
     <w:rsid w:val="1F57CD02"/>
+    <w:rsid w:val="1F5DF71C"/>
     <w:rsid w:val="1F61F22C"/>
     <w:rsid w:val="1F660398"/>
     <w:rsid w:val="1F77DB65"/>
     <w:rsid w:val="1F833F65"/>
     <w:rsid w:val="1F84AFF7"/>
     <w:rsid w:val="1F9A0E79"/>
     <w:rsid w:val="1F9F2E66"/>
     <w:rsid w:val="1FA3C5AE"/>
     <w:rsid w:val="1FA61E76"/>
     <w:rsid w:val="1FB1E255"/>
     <w:rsid w:val="1FE848A2"/>
     <w:rsid w:val="1FF63094"/>
     <w:rsid w:val="200730E6"/>
     <w:rsid w:val="20492051"/>
     <w:rsid w:val="2049FE5B"/>
     <w:rsid w:val="20664B26"/>
     <w:rsid w:val="20728935"/>
+    <w:rsid w:val="207BB426"/>
     <w:rsid w:val="20831876"/>
     <w:rsid w:val="208F612B"/>
     <w:rsid w:val="2099148A"/>
     <w:rsid w:val="20B4AECC"/>
     <w:rsid w:val="20B5582F"/>
     <w:rsid w:val="20B7630D"/>
     <w:rsid w:val="20CEA39B"/>
     <w:rsid w:val="20D11482"/>
     <w:rsid w:val="20E5473C"/>
     <w:rsid w:val="212E7D20"/>
     <w:rsid w:val="2153CC1A"/>
     <w:rsid w:val="2168411C"/>
     <w:rsid w:val="219177C2"/>
     <w:rsid w:val="21A30147"/>
     <w:rsid w:val="21A8A135"/>
     <w:rsid w:val="21C99D4D"/>
+    <w:rsid w:val="21FCBF2E"/>
     <w:rsid w:val="2231B983"/>
     <w:rsid w:val="223C629B"/>
     <w:rsid w:val="2255CB34"/>
     <w:rsid w:val="2264BD32"/>
     <w:rsid w:val="22892AEE"/>
     <w:rsid w:val="22A414F3"/>
     <w:rsid w:val="22AE7674"/>
     <w:rsid w:val="22BAE027"/>
     <w:rsid w:val="22BBEBF6"/>
     <w:rsid w:val="22CA4D81"/>
     <w:rsid w:val="22D1200F"/>
     <w:rsid w:val="22DF2119"/>
     <w:rsid w:val="22E2DF00"/>
     <w:rsid w:val="23168EEB"/>
     <w:rsid w:val="235D65B7"/>
     <w:rsid w:val="23B9C790"/>
     <w:rsid w:val="23BC714A"/>
     <w:rsid w:val="23CD7E27"/>
     <w:rsid w:val="23E0F23E"/>
     <w:rsid w:val="23F65924"/>
     <w:rsid w:val="23F98D8B"/>
     <w:rsid w:val="24008D93"/>
     <w:rsid w:val="242FD4A7"/>
     <w:rsid w:val="24422A41"/>
     <w:rsid w:val="245E5909"/>
@@ -17472,96 +19227,99 @@
     <w:rsid w:val="2842A0B5"/>
     <w:rsid w:val="28467DD8"/>
     <w:rsid w:val="284D6B87"/>
     <w:rsid w:val="284D6BAE"/>
     <w:rsid w:val="2851EBEB"/>
     <w:rsid w:val="28690B30"/>
     <w:rsid w:val="28725F8E"/>
     <w:rsid w:val="288B7899"/>
     <w:rsid w:val="28B6103E"/>
     <w:rsid w:val="28C39FBE"/>
     <w:rsid w:val="28D1876D"/>
     <w:rsid w:val="28D2645C"/>
     <w:rsid w:val="28F8B8DB"/>
     <w:rsid w:val="29012669"/>
     <w:rsid w:val="2902276E"/>
     <w:rsid w:val="2931C366"/>
     <w:rsid w:val="295A7DE8"/>
     <w:rsid w:val="299714A8"/>
     <w:rsid w:val="299C024E"/>
     <w:rsid w:val="29B6A3FB"/>
     <w:rsid w:val="29E38454"/>
     <w:rsid w:val="29E71F87"/>
     <w:rsid w:val="29E962F9"/>
     <w:rsid w:val="29FDB64C"/>
     <w:rsid w:val="29FDE0CF"/>
+    <w:rsid w:val="2A08736F"/>
     <w:rsid w:val="2A1BB458"/>
     <w:rsid w:val="2A35AE01"/>
     <w:rsid w:val="2A832C02"/>
     <w:rsid w:val="2A999E12"/>
     <w:rsid w:val="2AB4A6E5"/>
     <w:rsid w:val="2ADDBD64"/>
     <w:rsid w:val="2B04B9A5"/>
     <w:rsid w:val="2B0BC501"/>
     <w:rsid w:val="2B15F9E5"/>
     <w:rsid w:val="2B3C3641"/>
     <w:rsid w:val="2B511432"/>
+    <w:rsid w:val="2B5DA3EB"/>
     <w:rsid w:val="2B661C58"/>
     <w:rsid w:val="2B6A6EE8"/>
     <w:rsid w:val="2B7784B4"/>
     <w:rsid w:val="2B9712BB"/>
     <w:rsid w:val="2BBC281F"/>
     <w:rsid w:val="2BD317C4"/>
     <w:rsid w:val="2BD83926"/>
     <w:rsid w:val="2BF402BD"/>
     <w:rsid w:val="2BFC0BDA"/>
     <w:rsid w:val="2C199AFC"/>
     <w:rsid w:val="2C3A0074"/>
     <w:rsid w:val="2C43C20B"/>
     <w:rsid w:val="2C7F3265"/>
     <w:rsid w:val="2C7FCA8B"/>
     <w:rsid w:val="2C8F10CE"/>
     <w:rsid w:val="2C8F9C70"/>
     <w:rsid w:val="2CA2C584"/>
     <w:rsid w:val="2CADA34D"/>
     <w:rsid w:val="2CDD4293"/>
     <w:rsid w:val="2CE0378F"/>
     <w:rsid w:val="2CE49065"/>
     <w:rsid w:val="2CE9B136"/>
     <w:rsid w:val="2CEADA6E"/>
     <w:rsid w:val="2CEE44BD"/>
     <w:rsid w:val="2CF437A6"/>
     <w:rsid w:val="2CF84219"/>
     <w:rsid w:val="2CFE775E"/>
     <w:rsid w:val="2D0FACC7"/>
     <w:rsid w:val="2D201D44"/>
     <w:rsid w:val="2D44510E"/>
     <w:rsid w:val="2D71120A"/>
     <w:rsid w:val="2D7A0977"/>
     <w:rsid w:val="2D7B36A8"/>
     <w:rsid w:val="2D7D5BF8"/>
     <w:rsid w:val="2D86A4EE"/>
+    <w:rsid w:val="2D89A786"/>
     <w:rsid w:val="2D91749C"/>
     <w:rsid w:val="2DA5EC05"/>
     <w:rsid w:val="2DB8EF43"/>
     <w:rsid w:val="2DCE1B22"/>
     <w:rsid w:val="2DD9BEC3"/>
     <w:rsid w:val="2DDC74C8"/>
     <w:rsid w:val="2DE2C5A6"/>
     <w:rsid w:val="2DFA2A23"/>
     <w:rsid w:val="2E1AD129"/>
     <w:rsid w:val="2E1F680A"/>
     <w:rsid w:val="2E26069D"/>
     <w:rsid w:val="2E2B6CD1"/>
     <w:rsid w:val="2E4CE7E0"/>
     <w:rsid w:val="2E5EC224"/>
     <w:rsid w:val="2E7C07F0"/>
     <w:rsid w:val="2E88C9EA"/>
     <w:rsid w:val="2E9B32CC"/>
     <w:rsid w:val="2EB1B8DE"/>
     <w:rsid w:val="2F1DAB14"/>
     <w:rsid w:val="2F373D1B"/>
     <w:rsid w:val="2F46430D"/>
     <w:rsid w:val="2F52451B"/>
     <w:rsid w:val="2F73A83F"/>
     <w:rsid w:val="2F8F4FB2"/>
     <w:rsid w:val="2FC73D32"/>
@@ -17601,187 +19359,196 @@
     <w:rsid w:val="3268BA0D"/>
     <w:rsid w:val="3282CE82"/>
     <w:rsid w:val="328807AA"/>
     <w:rsid w:val="328B5269"/>
     <w:rsid w:val="32909E64"/>
     <w:rsid w:val="3294E538"/>
     <w:rsid w:val="32CA24E2"/>
     <w:rsid w:val="32E6E590"/>
     <w:rsid w:val="3318340E"/>
     <w:rsid w:val="3335FAED"/>
     <w:rsid w:val="3339FBFF"/>
     <w:rsid w:val="335170D2"/>
     <w:rsid w:val="3356FE09"/>
     <w:rsid w:val="336207D8"/>
     <w:rsid w:val="3370C305"/>
     <w:rsid w:val="33B63D6C"/>
     <w:rsid w:val="33E4F567"/>
     <w:rsid w:val="3408F6CF"/>
     <w:rsid w:val="34201C3F"/>
     <w:rsid w:val="3426D934"/>
     <w:rsid w:val="3454BF94"/>
     <w:rsid w:val="3455E78A"/>
     <w:rsid w:val="345D4E74"/>
     <w:rsid w:val="3460EEBA"/>
     <w:rsid w:val="34713496"/>
+    <w:rsid w:val="347A674F"/>
     <w:rsid w:val="348CAAE4"/>
     <w:rsid w:val="34A30188"/>
     <w:rsid w:val="34B0A78E"/>
     <w:rsid w:val="34BDB783"/>
     <w:rsid w:val="34C1AB24"/>
     <w:rsid w:val="34D89BC9"/>
     <w:rsid w:val="34D8B368"/>
     <w:rsid w:val="34D99377"/>
     <w:rsid w:val="34DB68E8"/>
     <w:rsid w:val="351206CC"/>
     <w:rsid w:val="3518B781"/>
     <w:rsid w:val="3519A15D"/>
     <w:rsid w:val="352A529F"/>
     <w:rsid w:val="352D1D52"/>
     <w:rsid w:val="352D8B6C"/>
     <w:rsid w:val="35476EE8"/>
     <w:rsid w:val="3548DF7A"/>
     <w:rsid w:val="3549F11D"/>
     <w:rsid w:val="354AB394"/>
     <w:rsid w:val="3565F17F"/>
     <w:rsid w:val="3567F531"/>
     <w:rsid w:val="35848D42"/>
     <w:rsid w:val="35864CA6"/>
     <w:rsid w:val="35A4B2F1"/>
     <w:rsid w:val="35A522B6"/>
     <w:rsid w:val="35B85FA9"/>
     <w:rsid w:val="35BA6017"/>
     <w:rsid w:val="35CB6069"/>
     <w:rsid w:val="35EDA769"/>
     <w:rsid w:val="35F96D55"/>
     <w:rsid w:val="36109239"/>
     <w:rsid w:val="361A914A"/>
     <w:rsid w:val="362AA8BB"/>
     <w:rsid w:val="3649000B"/>
     <w:rsid w:val="3660EBC4"/>
+    <w:rsid w:val="366A38A8"/>
     <w:rsid w:val="3673DC52"/>
     <w:rsid w:val="36B735D6"/>
     <w:rsid w:val="36F2ACA3"/>
     <w:rsid w:val="372A15F8"/>
     <w:rsid w:val="3738B09A"/>
     <w:rsid w:val="373CA415"/>
     <w:rsid w:val="375109F2"/>
     <w:rsid w:val="375B6113"/>
     <w:rsid w:val="375EC38C"/>
     <w:rsid w:val="377BF0AC"/>
     <w:rsid w:val="3789C056"/>
     <w:rsid w:val="379586AE"/>
     <w:rsid w:val="37D71EA1"/>
     <w:rsid w:val="37E4D06C"/>
     <w:rsid w:val="37ED038B"/>
     <w:rsid w:val="38097939"/>
     <w:rsid w:val="3809A12C"/>
     <w:rsid w:val="380A4BBC"/>
     <w:rsid w:val="38361360"/>
     <w:rsid w:val="3854091C"/>
     <w:rsid w:val="385AE518"/>
     <w:rsid w:val="385E5B4A"/>
     <w:rsid w:val="386CC745"/>
     <w:rsid w:val="38951684"/>
+    <w:rsid w:val="389CDACE"/>
     <w:rsid w:val="38A3BDFA"/>
     <w:rsid w:val="38B5C0A8"/>
     <w:rsid w:val="38CA6449"/>
     <w:rsid w:val="38D480FB"/>
     <w:rsid w:val="38E838AB"/>
     <w:rsid w:val="38FF35DB"/>
     <w:rsid w:val="394832FB"/>
     <w:rsid w:val="394FA256"/>
     <w:rsid w:val="395301A6"/>
     <w:rsid w:val="395FAF90"/>
     <w:rsid w:val="396901CC"/>
     <w:rsid w:val="3986FEBA"/>
     <w:rsid w:val="39B312E4"/>
     <w:rsid w:val="39BFA7D3"/>
     <w:rsid w:val="39CCBEA9"/>
+    <w:rsid w:val="39D29671"/>
     <w:rsid w:val="39DCC6E0"/>
     <w:rsid w:val="39E07FC1"/>
     <w:rsid w:val="39E59673"/>
     <w:rsid w:val="39E5D38B"/>
     <w:rsid w:val="39EF292D"/>
     <w:rsid w:val="39F4A0AD"/>
     <w:rsid w:val="3A0D6344"/>
     <w:rsid w:val="3A116624"/>
     <w:rsid w:val="3A138FB4"/>
     <w:rsid w:val="3A409153"/>
     <w:rsid w:val="3A708D8C"/>
     <w:rsid w:val="3A799477"/>
     <w:rsid w:val="3A80C886"/>
     <w:rsid w:val="3A9D785A"/>
     <w:rsid w:val="3AB084E7"/>
     <w:rsid w:val="3AB77936"/>
     <w:rsid w:val="3AC37364"/>
     <w:rsid w:val="3B19C1DE"/>
     <w:rsid w:val="3B1AFDD0"/>
     <w:rsid w:val="3B1C712E"/>
     <w:rsid w:val="3B248B41"/>
     <w:rsid w:val="3B504945"/>
+    <w:rsid w:val="3B5822D2"/>
     <w:rsid w:val="3B727828"/>
     <w:rsid w:val="3B79B5D4"/>
     <w:rsid w:val="3B8BC5D4"/>
     <w:rsid w:val="3B9A912D"/>
     <w:rsid w:val="3BA62980"/>
     <w:rsid w:val="3BB2FE6D"/>
     <w:rsid w:val="3C0C8083"/>
     <w:rsid w:val="3C0D55DB"/>
     <w:rsid w:val="3C26871E"/>
     <w:rsid w:val="3C2A1A04"/>
     <w:rsid w:val="3C304F09"/>
     <w:rsid w:val="3C3AA1ED"/>
     <w:rsid w:val="3C75EFC4"/>
+    <w:rsid w:val="3C78A338"/>
     <w:rsid w:val="3C795F21"/>
     <w:rsid w:val="3C806E8A"/>
     <w:rsid w:val="3C8A24A4"/>
     <w:rsid w:val="3CF9673E"/>
     <w:rsid w:val="3D24F2DB"/>
     <w:rsid w:val="3D571F6B"/>
     <w:rsid w:val="3D62DDD8"/>
     <w:rsid w:val="3D6821A1"/>
+    <w:rsid w:val="3D7F2DC5"/>
     <w:rsid w:val="3DA15EDC"/>
     <w:rsid w:val="3DCA43DD"/>
     <w:rsid w:val="3DCE00F3"/>
     <w:rsid w:val="3E028F3D"/>
+    <w:rsid w:val="3E03AAA3"/>
     <w:rsid w:val="3E193F34"/>
     <w:rsid w:val="3E1DCF2F"/>
     <w:rsid w:val="3E282D09"/>
     <w:rsid w:val="3E30D2E3"/>
     <w:rsid w:val="3E348754"/>
     <w:rsid w:val="3E39CAD1"/>
     <w:rsid w:val="3E3C11E8"/>
     <w:rsid w:val="3E4B09BC"/>
     <w:rsid w:val="3E829F29"/>
     <w:rsid w:val="3E98E6F8"/>
     <w:rsid w:val="3E9AA19D"/>
     <w:rsid w:val="3EB44828"/>
     <w:rsid w:val="3EC0D698"/>
     <w:rsid w:val="3ED69963"/>
     <w:rsid w:val="3EF51165"/>
     <w:rsid w:val="3F03D683"/>
+    <w:rsid w:val="3F0936C6"/>
     <w:rsid w:val="3F11D57A"/>
     <w:rsid w:val="3F13F164"/>
     <w:rsid w:val="3F2BB91C"/>
     <w:rsid w:val="3F3055B7"/>
     <w:rsid w:val="3F57FF00"/>
     <w:rsid w:val="3F70A7F8"/>
     <w:rsid w:val="3F865FCF"/>
     <w:rsid w:val="3F9C89CC"/>
     <w:rsid w:val="3FCCC429"/>
     <w:rsid w:val="3FCFB0B4"/>
     <w:rsid w:val="3FD90229"/>
     <w:rsid w:val="3FF543D2"/>
     <w:rsid w:val="4030D6F9"/>
     <w:rsid w:val="4054B973"/>
     <w:rsid w:val="40582564"/>
     <w:rsid w:val="405CC04B"/>
     <w:rsid w:val="40620056"/>
     <w:rsid w:val="4088E4F6"/>
     <w:rsid w:val="40A19258"/>
     <w:rsid w:val="40A78E52"/>
     <w:rsid w:val="40AE2FEC"/>
     <w:rsid w:val="40B1DD2D"/>
     <w:rsid w:val="40B3EAE2"/>
     <w:rsid w:val="40C36207"/>
     <w:rsid w:val="40D6026F"/>
@@ -17789,118 +19556,121 @@
     <w:rsid w:val="41171B4B"/>
     <w:rsid w:val="4130A5DD"/>
     <w:rsid w:val="4150A997"/>
     <w:rsid w:val="415284F0"/>
     <w:rsid w:val="416FBF8E"/>
     <w:rsid w:val="4183F575"/>
     <w:rsid w:val="418BB2B2"/>
     <w:rsid w:val="41B9DA7A"/>
     <w:rsid w:val="420651FF"/>
     <w:rsid w:val="42068F79"/>
     <w:rsid w:val="42371056"/>
     <w:rsid w:val="423AAE04"/>
     <w:rsid w:val="425098E0"/>
     <w:rsid w:val="4256CEE4"/>
     <w:rsid w:val="426F0570"/>
     <w:rsid w:val="4273B165"/>
     <w:rsid w:val="428BD48E"/>
     <w:rsid w:val="4292D110"/>
     <w:rsid w:val="429976EF"/>
     <w:rsid w:val="42A99172"/>
     <w:rsid w:val="42C8E091"/>
     <w:rsid w:val="42D38889"/>
     <w:rsid w:val="42EC79F8"/>
     <w:rsid w:val="42F0BB08"/>
     <w:rsid w:val="42FCA224"/>
+    <w:rsid w:val="430B828B"/>
     <w:rsid w:val="4325542B"/>
     <w:rsid w:val="432EE54E"/>
     <w:rsid w:val="4334BF53"/>
     <w:rsid w:val="4335D23C"/>
     <w:rsid w:val="433FF9B5"/>
     <w:rsid w:val="434B4239"/>
     <w:rsid w:val="436C10E2"/>
     <w:rsid w:val="4372860F"/>
     <w:rsid w:val="43917D5F"/>
     <w:rsid w:val="43A43CDE"/>
     <w:rsid w:val="43AB389B"/>
     <w:rsid w:val="43B3823A"/>
     <w:rsid w:val="43B46E2B"/>
     <w:rsid w:val="43B8074E"/>
     <w:rsid w:val="43C53E6F"/>
     <w:rsid w:val="43CE75D3"/>
     <w:rsid w:val="43D38DD6"/>
     <w:rsid w:val="43E3B5D4"/>
     <w:rsid w:val="44203912"/>
+    <w:rsid w:val="44272F52"/>
     <w:rsid w:val="443C9393"/>
     <w:rsid w:val="445C2262"/>
     <w:rsid w:val="447B24FA"/>
     <w:rsid w:val="4490CA4D"/>
     <w:rsid w:val="44F967A7"/>
     <w:rsid w:val="450E72BA"/>
     <w:rsid w:val="4510E7B0"/>
     <w:rsid w:val="4516268A"/>
     <w:rsid w:val="4519521D"/>
     <w:rsid w:val="45231D1C"/>
     <w:rsid w:val="455D931A"/>
     <w:rsid w:val="4567B0F3"/>
     <w:rsid w:val="457358E0"/>
     <w:rsid w:val="457D0D88"/>
     <w:rsid w:val="45E13234"/>
     <w:rsid w:val="45E4A8A2"/>
     <w:rsid w:val="45FA719A"/>
     <w:rsid w:val="46014AA1"/>
     <w:rsid w:val="460642E6"/>
     <w:rsid w:val="46092252"/>
     <w:rsid w:val="4611A447"/>
     <w:rsid w:val="46176F00"/>
     <w:rsid w:val="461C3790"/>
     <w:rsid w:val="46319C03"/>
     <w:rsid w:val="4632961A"/>
     <w:rsid w:val="46385A3D"/>
     <w:rsid w:val="467B5312"/>
     <w:rsid w:val="468A0C3F"/>
     <w:rsid w:val="46B7B6C9"/>
     <w:rsid w:val="46CBE87D"/>
     <w:rsid w:val="46E7704C"/>
     <w:rsid w:val="46F33AA5"/>
     <w:rsid w:val="46FC29B7"/>
     <w:rsid w:val="47036C1B"/>
     <w:rsid w:val="470BA054"/>
     <w:rsid w:val="472E3592"/>
     <w:rsid w:val="4731412B"/>
     <w:rsid w:val="4733FE32"/>
     <w:rsid w:val="47566D76"/>
     <w:rsid w:val="4766C4DB"/>
     <w:rsid w:val="477AEC55"/>
     <w:rsid w:val="477C310B"/>
     <w:rsid w:val="477D0295"/>
     <w:rsid w:val="47AA2CCC"/>
     <w:rsid w:val="47BC7C6B"/>
     <w:rsid w:val="47C2A7F6"/>
     <w:rsid w:val="47D33A2A"/>
     <w:rsid w:val="47D42A9E"/>
     <w:rsid w:val="481524DF"/>
+    <w:rsid w:val="484E3007"/>
     <w:rsid w:val="4880675F"/>
     <w:rsid w:val="48929718"/>
     <w:rsid w:val="48997A4D"/>
     <w:rsid w:val="48CDD87E"/>
     <w:rsid w:val="48E0ABA4"/>
     <w:rsid w:val="48EE9DFB"/>
     <w:rsid w:val="4905C6AD"/>
     <w:rsid w:val="49086C52"/>
     <w:rsid w:val="4908B3A3"/>
     <w:rsid w:val="49146135"/>
     <w:rsid w:val="491AFBB1"/>
     <w:rsid w:val="493D306B"/>
     <w:rsid w:val="494A3A81"/>
     <w:rsid w:val="4972244E"/>
     <w:rsid w:val="49922B20"/>
     <w:rsid w:val="49B235E2"/>
     <w:rsid w:val="49C084B8"/>
     <w:rsid w:val="4A07AF1A"/>
     <w:rsid w:val="4A5876C9"/>
     <w:rsid w:val="4A59CD9B"/>
     <w:rsid w:val="4AB2E5BC"/>
     <w:rsid w:val="4AD0FB9D"/>
     <w:rsid w:val="4AE2F707"/>
     <w:rsid w:val="4B004513"/>
     <w:rsid w:val="4B040B4E"/>
@@ -17939,177 +19709,186 @@
     <w:rsid w:val="4DDEBBCA"/>
     <w:rsid w:val="4DE1C3AB"/>
     <w:rsid w:val="4DE21B88"/>
     <w:rsid w:val="4DE81DAF"/>
     <w:rsid w:val="4E02A9EF"/>
     <w:rsid w:val="4E138F64"/>
     <w:rsid w:val="4E1FF263"/>
     <w:rsid w:val="4E260183"/>
     <w:rsid w:val="4E2AE95F"/>
     <w:rsid w:val="4E31F0C7"/>
     <w:rsid w:val="4E5537BB"/>
     <w:rsid w:val="4E66CB5E"/>
     <w:rsid w:val="4E85AF68"/>
     <w:rsid w:val="4E8A2335"/>
     <w:rsid w:val="4E9C5F0A"/>
     <w:rsid w:val="4ED7E7B0"/>
     <w:rsid w:val="4EE30A5C"/>
     <w:rsid w:val="4EFA30B1"/>
     <w:rsid w:val="4F18F9CB"/>
     <w:rsid w:val="4F465516"/>
     <w:rsid w:val="4F6EB315"/>
     <w:rsid w:val="4F6EBE64"/>
     <w:rsid w:val="4F9C58BD"/>
     <w:rsid w:val="4FC42494"/>
     <w:rsid w:val="4FD7C9C9"/>
+    <w:rsid w:val="4FF6E394"/>
     <w:rsid w:val="5020BD29"/>
     <w:rsid w:val="505200BD"/>
     <w:rsid w:val="5052CE3D"/>
     <w:rsid w:val="5055B42C"/>
     <w:rsid w:val="50602BB4"/>
     <w:rsid w:val="509F726C"/>
     <w:rsid w:val="50ADD67E"/>
     <w:rsid w:val="50AF7E03"/>
     <w:rsid w:val="50AF90CB"/>
     <w:rsid w:val="50E75352"/>
     <w:rsid w:val="50F7EF7B"/>
     <w:rsid w:val="5106B403"/>
     <w:rsid w:val="510A8EC5"/>
     <w:rsid w:val="515EFBC8"/>
+    <w:rsid w:val="51675E9E"/>
     <w:rsid w:val="516AA232"/>
     <w:rsid w:val="517E0DD8"/>
     <w:rsid w:val="518F2480"/>
     <w:rsid w:val="5197CB0F"/>
     <w:rsid w:val="51A95D5E"/>
     <w:rsid w:val="51AB6580"/>
     <w:rsid w:val="51BF0D1E"/>
     <w:rsid w:val="51C60F2B"/>
     <w:rsid w:val="51CB68AB"/>
     <w:rsid w:val="51F35FEF"/>
     <w:rsid w:val="51F3F83C"/>
+    <w:rsid w:val="51FCB475"/>
     <w:rsid w:val="52007875"/>
     <w:rsid w:val="5208389F"/>
     <w:rsid w:val="520B34B9"/>
+    <w:rsid w:val="521B57E3"/>
     <w:rsid w:val="526A0C2A"/>
     <w:rsid w:val="52888EB1"/>
     <w:rsid w:val="52B4951E"/>
     <w:rsid w:val="52D31FDE"/>
     <w:rsid w:val="52E8DB07"/>
     <w:rsid w:val="53010472"/>
     <w:rsid w:val="53458DE0"/>
     <w:rsid w:val="535ADD7F"/>
     <w:rsid w:val="537FDD79"/>
     <w:rsid w:val="538DDEE1"/>
     <w:rsid w:val="538FC89D"/>
     <w:rsid w:val="53A15B9C"/>
     <w:rsid w:val="53C4AA47"/>
     <w:rsid w:val="53C4BD9E"/>
     <w:rsid w:val="53C9ACB6"/>
     <w:rsid w:val="53FBE46B"/>
     <w:rsid w:val="540896C9"/>
     <w:rsid w:val="540A01A6"/>
     <w:rsid w:val="5415C504"/>
     <w:rsid w:val="541860A7"/>
     <w:rsid w:val="5478F3FD"/>
     <w:rsid w:val="548180B9"/>
     <w:rsid w:val="54AB3BBD"/>
     <w:rsid w:val="54AE627C"/>
     <w:rsid w:val="54BB0A3C"/>
     <w:rsid w:val="54C21918"/>
     <w:rsid w:val="54CD6C8C"/>
     <w:rsid w:val="54CF28FF"/>
     <w:rsid w:val="54D17C1A"/>
     <w:rsid w:val="54E09085"/>
     <w:rsid w:val="54E164C4"/>
     <w:rsid w:val="54F1F905"/>
     <w:rsid w:val="54FB1777"/>
     <w:rsid w:val="54FC3F5B"/>
     <w:rsid w:val="54FCED7C"/>
     <w:rsid w:val="55062519"/>
     <w:rsid w:val="555CB3AE"/>
     <w:rsid w:val="55719085"/>
     <w:rsid w:val="5577053C"/>
     <w:rsid w:val="557F9BAC"/>
     <w:rsid w:val="558A2C02"/>
     <w:rsid w:val="55D589E9"/>
     <w:rsid w:val="56099485"/>
     <w:rsid w:val="560AC0A0"/>
     <w:rsid w:val="560D7E0F"/>
     <w:rsid w:val="562AA6F4"/>
     <w:rsid w:val="563B6C31"/>
     <w:rsid w:val="564B97FA"/>
+    <w:rsid w:val="564E97FD"/>
     <w:rsid w:val="56585074"/>
     <w:rsid w:val="566E36ED"/>
     <w:rsid w:val="568FFEAD"/>
     <w:rsid w:val="569B15C4"/>
     <w:rsid w:val="56A2C52E"/>
     <w:rsid w:val="56A3E0EE"/>
     <w:rsid w:val="56BC7A82"/>
     <w:rsid w:val="56DD274B"/>
     <w:rsid w:val="56F4D21F"/>
     <w:rsid w:val="56FA3FD8"/>
     <w:rsid w:val="56FF57D5"/>
     <w:rsid w:val="57048BFC"/>
     <w:rsid w:val="570D60E6"/>
     <w:rsid w:val="5711FF05"/>
     <w:rsid w:val="5728F365"/>
     <w:rsid w:val="574031A2"/>
     <w:rsid w:val="575D1E75"/>
     <w:rsid w:val="57BFC498"/>
     <w:rsid w:val="57CB0E1C"/>
     <w:rsid w:val="57FD6EEC"/>
     <w:rsid w:val="58139AD9"/>
     <w:rsid w:val="581834A6"/>
+    <w:rsid w:val="5823F3AA"/>
     <w:rsid w:val="582B10B0"/>
     <w:rsid w:val="582C4FFB"/>
     <w:rsid w:val="58549D75"/>
     <w:rsid w:val="5855BF3A"/>
     <w:rsid w:val="58656948"/>
     <w:rsid w:val="588A7889"/>
     <w:rsid w:val="58A93147"/>
     <w:rsid w:val="58DCB591"/>
     <w:rsid w:val="58DEA2A2"/>
     <w:rsid w:val="58E3C78A"/>
     <w:rsid w:val="58F8EED6"/>
     <w:rsid w:val="590A9997"/>
     <w:rsid w:val="591CBE0B"/>
     <w:rsid w:val="591FE386"/>
     <w:rsid w:val="59353773"/>
+    <w:rsid w:val="593E9CAD"/>
     <w:rsid w:val="595DB442"/>
     <w:rsid w:val="596F956B"/>
     <w:rsid w:val="59A0D716"/>
     <w:rsid w:val="59F128FF"/>
     <w:rsid w:val="5A444CAB"/>
     <w:rsid w:val="5A4B29B9"/>
     <w:rsid w:val="5A567311"/>
     <w:rsid w:val="5A58E8C1"/>
+    <w:rsid w:val="5A673B15"/>
     <w:rsid w:val="5A853642"/>
     <w:rsid w:val="5A8AB459"/>
     <w:rsid w:val="5AC4A9B2"/>
     <w:rsid w:val="5AF4479F"/>
     <w:rsid w:val="5AFAF72C"/>
     <w:rsid w:val="5B08C6CD"/>
+    <w:rsid w:val="5B39934F"/>
     <w:rsid w:val="5B99BAEB"/>
     <w:rsid w:val="5BAE824A"/>
     <w:rsid w:val="5BE151C1"/>
     <w:rsid w:val="5BE388C7"/>
     <w:rsid w:val="5C17D34C"/>
     <w:rsid w:val="5C5AF33C"/>
     <w:rsid w:val="5C60D9C7"/>
     <w:rsid w:val="5CE29852"/>
     <w:rsid w:val="5D1AF16D"/>
     <w:rsid w:val="5D35C6B9"/>
     <w:rsid w:val="5D49FF0E"/>
     <w:rsid w:val="5D64F4F8"/>
     <w:rsid w:val="5D6C50F1"/>
     <w:rsid w:val="5D7AA649"/>
     <w:rsid w:val="5DA9F8BA"/>
     <w:rsid w:val="5DCBF260"/>
     <w:rsid w:val="5DE6AF26"/>
     <w:rsid w:val="5DEFC511"/>
     <w:rsid w:val="5DEFCDDD"/>
     <w:rsid w:val="5DF909BD"/>
     <w:rsid w:val="5E3D3F23"/>
     <w:rsid w:val="5E54CC2B"/>
     <w:rsid w:val="5EA2BC8D"/>
     <w:rsid w:val="5EA7AEC2"/>
     <w:rsid w:val="5EAED448"/>
@@ -18180,101 +19959,104 @@
     <w:rsid w:val="64606E90"/>
     <w:rsid w:val="64610FA1"/>
     <w:rsid w:val="64848575"/>
     <w:rsid w:val="648E96E0"/>
     <w:rsid w:val="64925C3D"/>
     <w:rsid w:val="6494295E"/>
     <w:rsid w:val="64C1C270"/>
     <w:rsid w:val="64DD7759"/>
     <w:rsid w:val="64EEC892"/>
     <w:rsid w:val="64FABA23"/>
     <w:rsid w:val="650A61E9"/>
     <w:rsid w:val="65110D3C"/>
     <w:rsid w:val="654BFE84"/>
     <w:rsid w:val="655C51EA"/>
     <w:rsid w:val="655DEAB1"/>
     <w:rsid w:val="656E8BF2"/>
     <w:rsid w:val="6571C6BB"/>
     <w:rsid w:val="657B946B"/>
     <w:rsid w:val="657D7998"/>
     <w:rsid w:val="659E91FD"/>
     <w:rsid w:val="65A124AD"/>
     <w:rsid w:val="65B2453F"/>
     <w:rsid w:val="65B616B1"/>
     <w:rsid w:val="65B6A6AF"/>
     <w:rsid w:val="65C386D1"/>
+    <w:rsid w:val="65C3A7BF"/>
     <w:rsid w:val="65CBC454"/>
     <w:rsid w:val="65F34AC7"/>
     <w:rsid w:val="6600F2DF"/>
     <w:rsid w:val="6604953B"/>
     <w:rsid w:val="66076B09"/>
     <w:rsid w:val="6612439D"/>
     <w:rsid w:val="662A5D21"/>
     <w:rsid w:val="66357FBB"/>
     <w:rsid w:val="66372263"/>
     <w:rsid w:val="66597378"/>
     <w:rsid w:val="666954FD"/>
     <w:rsid w:val="666D6E31"/>
     <w:rsid w:val="66766C7C"/>
     <w:rsid w:val="6679177F"/>
     <w:rsid w:val="66801561"/>
     <w:rsid w:val="66884F49"/>
     <w:rsid w:val="66F05351"/>
     <w:rsid w:val="66F3F71C"/>
     <w:rsid w:val="6705A7F9"/>
     <w:rsid w:val="670A5C53"/>
     <w:rsid w:val="670C4CF8"/>
     <w:rsid w:val="6718D014"/>
     <w:rsid w:val="672ED1B5"/>
     <w:rsid w:val="673ABB12"/>
     <w:rsid w:val="674778D8"/>
     <w:rsid w:val="6748BCE0"/>
     <w:rsid w:val="6756C1DD"/>
     <w:rsid w:val="675D515F"/>
     <w:rsid w:val="6762B6FD"/>
     <w:rsid w:val="67659733"/>
     <w:rsid w:val="679480C3"/>
     <w:rsid w:val="67B827BF"/>
     <w:rsid w:val="67C35C14"/>
+    <w:rsid w:val="67C3A9F2"/>
     <w:rsid w:val="67C58BC3"/>
     <w:rsid w:val="67C8A8A2"/>
     <w:rsid w:val="67E5907F"/>
     <w:rsid w:val="682BBEF4"/>
     <w:rsid w:val="682EC44D"/>
     <w:rsid w:val="68505A9F"/>
     <w:rsid w:val="68612039"/>
     <w:rsid w:val="686B3260"/>
     <w:rsid w:val="6883DA27"/>
     <w:rsid w:val="6897E735"/>
     <w:rsid w:val="689A472D"/>
     <w:rsid w:val="68A83E1D"/>
     <w:rsid w:val="68B1B3A9"/>
     <w:rsid w:val="68BEEBF1"/>
     <w:rsid w:val="68E6AA5F"/>
     <w:rsid w:val="68E8436B"/>
     <w:rsid w:val="68F56CAD"/>
     <w:rsid w:val="68F676F7"/>
+    <w:rsid w:val="691CEEA7"/>
     <w:rsid w:val="692876E8"/>
     <w:rsid w:val="694F9524"/>
     <w:rsid w:val="695B0AE0"/>
     <w:rsid w:val="696C0B8C"/>
     <w:rsid w:val="696F8856"/>
     <w:rsid w:val="69F637CC"/>
     <w:rsid w:val="6A068ECC"/>
     <w:rsid w:val="6A1FAA88"/>
     <w:rsid w:val="6A37323B"/>
     <w:rsid w:val="6A39B59C"/>
     <w:rsid w:val="6A45A759"/>
     <w:rsid w:val="6A612CB7"/>
     <w:rsid w:val="6A76DD29"/>
     <w:rsid w:val="6A8EE1E4"/>
     <w:rsid w:val="6A968A43"/>
     <w:rsid w:val="6A9ADBA1"/>
     <w:rsid w:val="6AA6964B"/>
     <w:rsid w:val="6AC02F0C"/>
     <w:rsid w:val="6AD21211"/>
     <w:rsid w:val="6AD42FF8"/>
     <w:rsid w:val="6AD8520C"/>
     <w:rsid w:val="6ADC6D2C"/>
     <w:rsid w:val="6AE43A4E"/>
     <w:rsid w:val="6AEF1DF0"/>
     <w:rsid w:val="6B4C1052"/>
@@ -18284,169 +20066,177 @@
     <w:rsid w:val="6B9475D1"/>
     <w:rsid w:val="6B98F577"/>
     <w:rsid w:val="6BB51911"/>
     <w:rsid w:val="6BE0119F"/>
     <w:rsid w:val="6C01EA88"/>
     <w:rsid w:val="6C06AE35"/>
     <w:rsid w:val="6C224129"/>
     <w:rsid w:val="6C4164A8"/>
     <w:rsid w:val="6C478D9D"/>
     <w:rsid w:val="6C82BA6B"/>
     <w:rsid w:val="6C99D425"/>
     <w:rsid w:val="6CD58756"/>
     <w:rsid w:val="6CDA674D"/>
     <w:rsid w:val="6CF160D5"/>
     <w:rsid w:val="6CF9A3D2"/>
     <w:rsid w:val="6D228CFE"/>
     <w:rsid w:val="6D3009B1"/>
     <w:rsid w:val="6D31D64B"/>
     <w:rsid w:val="6D39261F"/>
     <w:rsid w:val="6D4B82D3"/>
     <w:rsid w:val="6D606555"/>
     <w:rsid w:val="6D72251F"/>
     <w:rsid w:val="6D825D4D"/>
     <w:rsid w:val="6D916C75"/>
     <w:rsid w:val="6DA15176"/>
+    <w:rsid w:val="6DE501BA"/>
+    <w:rsid w:val="6DEA4AC0"/>
     <w:rsid w:val="6E3CA67A"/>
     <w:rsid w:val="6E66367F"/>
     <w:rsid w:val="6E66DBA3"/>
     <w:rsid w:val="6E68C422"/>
     <w:rsid w:val="6E71F4EA"/>
     <w:rsid w:val="6E750FEC"/>
     <w:rsid w:val="6E77CB7D"/>
     <w:rsid w:val="6E806C49"/>
+    <w:rsid w:val="6E983139"/>
     <w:rsid w:val="6EA8D8EE"/>
     <w:rsid w:val="6ECCE598"/>
     <w:rsid w:val="6EEB12FC"/>
     <w:rsid w:val="6EF1E09D"/>
     <w:rsid w:val="6EF7D34B"/>
     <w:rsid w:val="6F09A2B4"/>
     <w:rsid w:val="6F1274E0"/>
     <w:rsid w:val="6F20BB3D"/>
     <w:rsid w:val="6F376E15"/>
     <w:rsid w:val="6F460322"/>
     <w:rsid w:val="6F4D5837"/>
     <w:rsid w:val="6F53C3D6"/>
     <w:rsid w:val="6F5DCA27"/>
     <w:rsid w:val="6F5DE7BB"/>
     <w:rsid w:val="6F67541A"/>
     <w:rsid w:val="6F696A23"/>
     <w:rsid w:val="6F6FFD36"/>
     <w:rsid w:val="6F8061F3"/>
     <w:rsid w:val="6F8641AA"/>
     <w:rsid w:val="6F8B492C"/>
     <w:rsid w:val="6F953DB8"/>
     <w:rsid w:val="6F9DE2A2"/>
     <w:rsid w:val="6FBE0FA0"/>
     <w:rsid w:val="6FC65802"/>
     <w:rsid w:val="6FE4C486"/>
     <w:rsid w:val="6FE9DE8E"/>
     <w:rsid w:val="70229A4E"/>
     <w:rsid w:val="7049CFEC"/>
     <w:rsid w:val="705AB892"/>
     <w:rsid w:val="705B7275"/>
     <w:rsid w:val="706061C3"/>
     <w:rsid w:val="70609F9F"/>
     <w:rsid w:val="7062680D"/>
     <w:rsid w:val="7076D621"/>
     <w:rsid w:val="70A2DC50"/>
     <w:rsid w:val="70CB587D"/>
     <w:rsid w:val="70DC1260"/>
     <w:rsid w:val="70DD1DB3"/>
     <w:rsid w:val="70E348D4"/>
     <w:rsid w:val="7110EFFB"/>
     <w:rsid w:val="7127198D"/>
     <w:rsid w:val="712FF41B"/>
     <w:rsid w:val="713F813F"/>
     <w:rsid w:val="7173475A"/>
     <w:rsid w:val="71DF7146"/>
+    <w:rsid w:val="71E380F2"/>
     <w:rsid w:val="71ECA3E8"/>
+    <w:rsid w:val="71EE65F5"/>
     <w:rsid w:val="72024EC0"/>
     <w:rsid w:val="720D7EAA"/>
     <w:rsid w:val="723C22CC"/>
     <w:rsid w:val="7243F9FA"/>
     <w:rsid w:val="724C73BD"/>
     <w:rsid w:val="7254FC80"/>
     <w:rsid w:val="7289F8CC"/>
     <w:rsid w:val="729051D7"/>
     <w:rsid w:val="72AA2EB3"/>
     <w:rsid w:val="72D57F6C"/>
     <w:rsid w:val="7323FB7A"/>
     <w:rsid w:val="7326D54E"/>
     <w:rsid w:val="7345700C"/>
     <w:rsid w:val="735F8DB1"/>
     <w:rsid w:val="73603FE4"/>
     <w:rsid w:val="73648123"/>
     <w:rsid w:val="736FBD15"/>
     <w:rsid w:val="7373A264"/>
     <w:rsid w:val="73939609"/>
     <w:rsid w:val="73AD3D33"/>
     <w:rsid w:val="73B72221"/>
     <w:rsid w:val="73E47206"/>
     <w:rsid w:val="7403E935"/>
     <w:rsid w:val="741B6FA7"/>
     <w:rsid w:val="742A45FC"/>
     <w:rsid w:val="743A824F"/>
     <w:rsid w:val="746354AE"/>
+    <w:rsid w:val="7469C62D"/>
     <w:rsid w:val="74AC7306"/>
     <w:rsid w:val="74B49206"/>
     <w:rsid w:val="74B97358"/>
     <w:rsid w:val="74C45E75"/>
     <w:rsid w:val="74CF2C3C"/>
     <w:rsid w:val="74E8099B"/>
     <w:rsid w:val="751037E7"/>
     <w:rsid w:val="752EE398"/>
     <w:rsid w:val="754790BA"/>
     <w:rsid w:val="7571B028"/>
     <w:rsid w:val="757321D8"/>
     <w:rsid w:val="75879F4F"/>
     <w:rsid w:val="7588F1C0"/>
     <w:rsid w:val="75B0EF2C"/>
     <w:rsid w:val="75E1E819"/>
     <w:rsid w:val="76220FCF"/>
     <w:rsid w:val="7635ADA8"/>
     <w:rsid w:val="764622F0"/>
     <w:rsid w:val="765C58FE"/>
     <w:rsid w:val="766A8208"/>
     <w:rsid w:val="767BEC89"/>
     <w:rsid w:val="76882B37"/>
     <w:rsid w:val="768A06CA"/>
+    <w:rsid w:val="76A952E8"/>
     <w:rsid w:val="76AFA8CA"/>
     <w:rsid w:val="76D04D1C"/>
     <w:rsid w:val="76D8725C"/>
     <w:rsid w:val="76F987E3"/>
     <w:rsid w:val="770887AB"/>
     <w:rsid w:val="770A74F5"/>
     <w:rsid w:val="77132FA9"/>
     <w:rsid w:val="7724F3C3"/>
     <w:rsid w:val="7733A21F"/>
     <w:rsid w:val="776670BD"/>
     <w:rsid w:val="776775C7"/>
     <w:rsid w:val="777E94D7"/>
     <w:rsid w:val="779F89AC"/>
     <w:rsid w:val="77A5AA31"/>
     <w:rsid w:val="77C5A4EF"/>
+    <w:rsid w:val="77DB1763"/>
     <w:rsid w:val="783B41D9"/>
     <w:rsid w:val="785679BF"/>
     <w:rsid w:val="787A34D2"/>
     <w:rsid w:val="789A3BA4"/>
     <w:rsid w:val="78A1B096"/>
     <w:rsid w:val="78BA013B"/>
     <w:rsid w:val="78C4CA88"/>
     <w:rsid w:val="78D194DC"/>
     <w:rsid w:val="78E86877"/>
     <w:rsid w:val="78E91836"/>
     <w:rsid w:val="78F6EE3C"/>
     <w:rsid w:val="7904B9FA"/>
     <w:rsid w:val="791436AF"/>
     <w:rsid w:val="791DD405"/>
     <w:rsid w:val="79215FDA"/>
     <w:rsid w:val="79511F79"/>
     <w:rsid w:val="795B9552"/>
     <w:rsid w:val="79860EBB"/>
     <w:rsid w:val="798A42F8"/>
     <w:rsid w:val="79B4D4B1"/>
     <w:rsid w:val="79BA513C"/>
     <w:rsid w:val="79DD95B2"/>
     <w:rsid w:val="79EBE3C3"/>
     <w:rsid w:val="79F326CC"/>
     <w:rsid w:val="79F780C8"/>
@@ -18479,86 +20269,88 @@
     <w:rsid w:val="7C747448"/>
     <w:rsid w:val="7C97FE4B"/>
     <w:rsid w:val="7CAC3949"/>
     <w:rsid w:val="7CB3F9DF"/>
     <w:rsid w:val="7CCF1418"/>
     <w:rsid w:val="7CE4BFD6"/>
     <w:rsid w:val="7D08D787"/>
     <w:rsid w:val="7D22FB2D"/>
     <w:rsid w:val="7D5205E3"/>
     <w:rsid w:val="7D63E35F"/>
     <w:rsid w:val="7D6E2305"/>
     <w:rsid w:val="7D7F3200"/>
     <w:rsid w:val="7D9EAEFA"/>
     <w:rsid w:val="7DB366DE"/>
     <w:rsid w:val="7DC1EF0F"/>
     <w:rsid w:val="7DDCB754"/>
     <w:rsid w:val="7DECF9FE"/>
     <w:rsid w:val="7E54F6FA"/>
     <w:rsid w:val="7E667FDB"/>
     <w:rsid w:val="7E6D796C"/>
     <w:rsid w:val="7E75FF7F"/>
     <w:rsid w:val="7E829A35"/>
     <w:rsid w:val="7E8D53FA"/>
     <w:rsid w:val="7EB10353"/>
     <w:rsid w:val="7EE1B118"/>
+    <w:rsid w:val="7EFDDFBB"/>
     <w:rsid w:val="7F050888"/>
     <w:rsid w:val="7F142E0D"/>
+    <w:rsid w:val="7F16F267"/>
     <w:rsid w:val="7F285102"/>
     <w:rsid w:val="7F5DA1A1"/>
     <w:rsid w:val="7F831C21"/>
     <w:rsid w:val="7FC1201D"/>
     <w:rsid w:val="7FE0E054"/>
     <w:rsid w:val="7FE3DA0B"/>
     <w:rsid w:val="7FEE627E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="06AFE82F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D61F2DAC-9D36-42FF-81E5-E0C8FFEE51DC}"/>
+  <w15:docId w15:val="{F4113A21-F082-483E-AD52-D883C9F86D49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18913,1038 +20705,1037 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007451BE"/>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003932E0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="60" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F3763"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="5A5A5A"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citts">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="CittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Intensvscitts">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="IntensvscittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,List Paragraph1,List1,Akapit z listą BS,Numbered Para 1,Dot pt,List Paragraph Char Char Char,Indicator Text,Bullet 1,List Paragraph11"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003932E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="1F3763"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="272727"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:noProof w:val="0"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Apakvirsraksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:noProof w:val="0"/>
       <w:color w:val="5A5A5A"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Citts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Intensvscitts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:noProof w:val="0"/>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturs9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beiguvresteksts">
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BeiguvrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BeiguvrestekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Beiguvresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="7AC883D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="7AC883D7"/>
     <w:rPr>
       <w:noProof w:val="0"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Saturardtjavirsraksts">
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Virsraksts1"/>
-    <w:next w:val="Parasts"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="004014D1"/>
     <w:pPr>
       <w:keepLines/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Sarakstarindkopa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Saraksta rindkopa1 Char,Normal bullet 2 Char,Bullet list Char,Colorful List - Accent 12 Char,List Paragraph1 Char,List1 Char,Akapit z listą BS Char,Numbered Para 1 Char,Dot pt Char"/>
+    <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="004014D1"/>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vienkrsteksts">
+  <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VienkrstekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004014D1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VienkrstekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Vienkrsteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004014D1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentraatsauce">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KomentratekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentrateksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentratma">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Komentrateksts"/>
-[...1 lines deleted...]
-    <w:link w:val="KomentratmaRakstz"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentratma"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A04E3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C1764"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izclums">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0091597A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izteiksmgs">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0091597A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A835D6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00787FC2"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="008328C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prskatjums">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009D1034"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00624547"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009347DA"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="elementtoproof">
     <w:name w:val="elementtoproof"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="001F2D1F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Piemint">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007168A3"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005D42D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12808731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22298,51 +24089,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125927959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q&amp;A/visp&#257;r&#275;jas%20tautsaimnieciskas%20noz&#299;mes%20pakalpojumu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download?attachment" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21686%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319300119%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=HDMSzByBzfxF49%2BCwgu799l9SLTXGd9xfya6n1%2B0KYg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv-my.sharepoint.com/personal/kristine_jucite_cfla_gov_lv/Documents/Desktop/_VISAS_citas_atlases/2.2.1.1._3.k/J&amp;A/14.%20Pakalpojuma%20l&#299;gum&#257;%20nor&#257;da%20vismaz%20&#353;&#257;du%20inform&#257;ciju:" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbalticmaps.eu%2Flv%2Fc___56.951558-24.113432-11%2Fbl___tps%2Fkadastrs&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C5984a6b3dd3544475c0d08dca0181dc6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638561272699013244%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=rT5oRHYiNRaR1eCMj3UMIhnxIf%2FnHWlNvHODDUfVgmo%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.5.%25C2%25A0jaunu%2520notek%25C5%25ABde%25C5%2586u%2520att%25C4%25ABr%25C4%25AB%25C5%25A1anas%2520iek%25C4%2581rtu%2520izb%25C5%25ABve%252C%2520ja%2520tas%2520ir%2520tehniski%2520un%2520ekonomiski%2520pamatots%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898694649%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=La74YG4gShCeOwqDIqNE5s4jn7FEuxP6X0caEHxJ0Cw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download?attachment" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download?attachment" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21683/download?attachment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/275062-udenssaimniecibas-pakalpojumu-likums" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319324964%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=l5S4kSz1Tj%2Bl6H7JsSf3BYl9M5tzxZU1Ux%2BJbS3m6c0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q&amp;A/(3)%20Pakalpojumu%20sniedz&#275;jam%20ir%20ties&#299;bas%20&#353;&#257;%20panta%20otraj&#257;%20da&#316;&#257;%20min&#275;to%20saska&#326;o&#353;anas%20proced&#363;ru%20aizst&#257;t%20ar%20zemes%20&#299;pa&#353;nieka%20inform&#275;&#353;anu,%20ja%20ir%20iest&#257;jies%20vismaz%20viens%20no%20&#353;&#257;diem%20nosac&#299;jumiem:" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ozols.gov.lv/pub" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21695%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898708917%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PFPY%2Blq0RxAPCvrTrQYE9Sw6KUUSNCUVYzT2ueusjVw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/Login/Index?returnUrl=%2F&amp;ENG=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q&amp;A/29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319308389%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=xudE64arV83iFrzes2i79uhjFuGRcnHWiURpwu8P7Xg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download?attachment" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download?attachment" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euc-word-edit.officeapps.live.com/we/Savuk%C4%81rt%20jaunu%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtu%20izb%C5%ABve%20atbalst%C4%81ma,%20ja%20tas%20ir%20tehniski%20un%20ekonomiski%20pamatoti%20un%20ir%20b%C5%ABtiski%20iemesli,%20kamd%C4%93%C4%BC%20eso%C5%A1%C4%81s%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtas%20to%20eso%C5%A1aj%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81%20nav%20iesp%C4%93jams%20p%C4%81rb%C5%ABv%C4%93t,%20bet%20iesp%C4%93jams%20veikt%20jaunu%20iek%C4%81rtu%20izb%C5%ABvi%20cit%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81,%20piem%C4%93ram,%20apsv%C4%93rumi%20par%20ietekmi%20uz%20vidi,%20%C5%ABdensobjektu,%20ekosist%C4%93mu." TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21683%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319291812%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=EIqqP5xgc4exQiycNCRfdc1qOu0ujLMVlF%2BoHPzr8Po%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://videscentrs.lvgmc.lv/lapas/udens-kvalitate" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/275062-udenssaimniecibas-pakalpojumu-likums" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download?attachment" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319316910%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=7tXtqVcYfydjFcAKV4laUocbSbpysyrUbQrAlEpoCDY%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euc-word-edit.officeapps.live.com/we/28.3.%20notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20p%C4%81rstr%C4%81des%20infrastrukt%C5%ABras%20att%C4%ABst%C4%AB%C5%A1ana;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/231084-noteikumi-par-riska-udensobjektiem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.1.%25C2%25A0centraliz%25C4%2593t%25C4%2581s%2520kanaliz%25C4%2581cijas%2520sist%25C4%2593mas%2520t%25C4%25ABklu%2520izb%25C5%25ABve%252C%2520p%25C4%2581rb%25C5%25ABve%2520un%2520atjauno%25C5%25A1ana%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898701943%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=OdJ7CV6bobVLPhHkp9kXu7FQdf3dy2ORRGCkC7nW9uI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C18218e3ccb924024e46f08de42208075%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639020904535829179%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=akWqM2%2FBXDPHj1QH8o3%2FanEdmZW0EMk3VqfvscDnm1k%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="visp&#257;r&#275;jas%20tautsaimnieciskas%20noz&#299;mes%20pakalpojumu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbalticmaps.eu%2Flv%2Fc___56.951558-24.113432-11%2Fbl___tps%2Fkadastrs&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C5984a6b3dd3544475c0d08dca0181dc6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638561272699013244%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=rT5oRHYiNRaR1eCMj3UMIhnxIf%2FnHWlNvHODDUfVgmo%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euc-word-edit.officeapps.live.com/we/28.3.%20notek&#363;de&#326;u%20d&#363;&#326;u%20p&#257;rstr&#257;des%20infrastrukt&#363;ras%20att&#299;st&#299;&#353;ana;?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.1.%25C2%25A0centraliz%25C4%2593t%25C4%2581s%2520kanaliz%25C4%2581cijas%2520sist%25C4%2593mas%2520t%25C4%25ABklu%2520izb%25C5%25ABve%252C%2520p%25C4%2581rb%25C5%25ABve%2520un%2520atjauno%25C5%25A1ana%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898701943%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=OdJ7CV6bobVLPhHkp9kXu7FQdf3dy2ORRGCkC7nW9uI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21683/download?attachment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download?attachment" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download?attachment" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21686%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319300119%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=HDMSzByBzfxF49%2BCwgu799l9SLTXGd9xfya6n1%2B0KYg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319324964%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=l5S4kSz1Tj%2Bl6H7JsSf3BYl9M5tzxZU1Ux%2BJbS3m6c0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv-my.sharepoint.com/personal/kristine_jucite_cfla_gov_lv/Documents/Desktop/_VISAS_citas_atlases/2.2.1.1._3.k/J&amp;A/14.%20Pakalpojuma%20l&#299;gum&#257;%20nor&#257;da%20vismaz%20&#353;&#257;du%20inform&#257;ciju:" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.5.%25C2%25A0jaunu%2520notek%25C5%25ABde%25C5%2586u%2520att%25C4%25ABr%25C4%25AB%25C5%25A1anas%2520iek%25C4%2581rtu%2520izb%25C5%25ABve%252C%2520ja%2520tas%2520ir%2520tehniski%2520un%2520ekonomiski%2520pamatots%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898694649%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=La74YG4gShCeOwqDIqNE5s4jn7FEuxP6X0caEHxJ0Cw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/notikums/vebinars-par-es-fondu-projektu-atlasi-notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai-3-karta?date" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euc-word-edit.officeapps.live.com/we/Savuk%C4%81rt%20jaunu%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtu%20izb%C5%ABve%20atbalst%C4%81ma,%20ja%20tas%20ir%20tehniski%20un%20ekonomiski%20pamatoti%20un%20ir%20b%C5%ABtiski%20iemesli,%20kamd%C4%93%C4%BC%20eso%C5%A1%C4%81s%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtas%20to%20eso%C5%A1aj%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81%20nav%20iesp%C4%93jams%20p%C4%81rb%C5%ABv%C4%93t,%20bet%20iesp%C4%93jams%20veikt%20jaunu%20iek%C4%81rtu%20izb%C5%ABvi%20cit%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81,%20piem%C4%93ram,%20apsv%C4%93rumi%20par%20ietekmi%20uz%20vidi,%20%C5%ABdensobjektu,%20ekosist%C4%93mu." TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/Login/Index?returnUrl=%2F&amp;ENG=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/275062-udenssaimniecibas-pakalpojumu-likums" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q%26A/29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="(3)%20Pakalpojumu%20sniedz&#275;jam%20ir%20ties&#299;bas%20&#353;&#257;%20panta%20otraj&#257;%20da&#316;&#257;%20min&#275;to%20saska&#326;o&#353;anas%20proced&#363;ru%20aizst&#257;t%20ar%20zemes%20&#299;pa&#353;nieka%20inform&#275;&#353;anu,%20ja%20ir%20iest&#257;jies%20vismaz%20viens%20no%20&#353;&#257;diem%20nosac&#299;jumiem:" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ozols.gov.lv/pub" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21695%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898708917%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PFPY%2Blq0RxAPCvrTrQYE9Sw6KUUSNCUVYzT2ueusjVw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?attachment" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21686/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q%26A/29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q%26A/29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319308389%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=xudE64arV83iFrzes2i79uhjFuGRcnHWiURpwu8P7Xg%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cflagovlv.sharepoint.com/sites/PAN/Shared%20Documents/21-27/2.2.1.1%20Notek&#363;de&#326;u%20un%20d&#363;&#326;u%20apsaimnieko&#353;ana/3.k&#257;rta/3.Komunik&#257;cija/Q%26A/29.3.%20iek&#257;rtu,%20meh&#257;nismu%20un%20in&#382;eniertehnisko%20risin&#257;jumu,%20k&#257;%20ar&#299;%20tiem%20nepiecie&#353;amo%20ra&#382;o&#353;anas%20telpu%20vai%20to%20kombin&#257;cijas%20izmaksas,%20tai%20skait&#257;%20saist&#299;to%20b&#363;vdarbu,%20pieg&#257;des%20un%20pakalpojumu%20l&#299;gumu%20izmaksas,%20iev&#275;rojot,%20ka%20&#353;o%20noteikumu%2027.1.%20apak&#353;punkt&#257;%20min&#275;taj&#257;m%20darb&#299;b&#257;m%20paredz&#275;t&#257;s%20izmaksas%20nep&#257;rsniedz%2040%20procentus%20no%20projekt&#257;%20paredz&#275;taj&#257;m%20attiecin&#257;maj&#257;m%20izmaks&#257;m;?attachment" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069?attachment" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euc-word-edit.officeapps.live.com/we/Savuk%C4%81rt%20jaunu%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtu%20izb%C5%ABve%20atbalst%C4%81ma,%20ja%20tas%20ir%20tehniski%20un%20ekonomiski%20pamatoti%20un%20ir%20b%C5%ABtiski%20iemesli,%20kamd%C4%93%C4%BC%20eso%C5%A1%C4%81s%20notek%C5%ABde%C5%86u%20att%C4%ABr%C4%AB%C5%A1anas%20iek%C4%81rtas%20to%20eso%C5%A1aj%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81%20nav%20iesp%C4%93jams%20p%C4%81rb%C5%ABv%C4%93t,%20bet%20iesp%C4%93jams%20veikt%20jaunu%20iek%C4%81rtu%20izb%C5%ABvi%20cit%C4%81%20atra%C5%A1an%C4%81s%20viet%C4%81,%20piem%C4%93ram,%20apsv%C4%93rumi%20par%20ietekmi%20uz%20vidi,%20%C5%ABdensobjektu,%20ekosist%C4%93mu." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21683%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319291812%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=EIqqP5xgc4exQiycNCRfdc1qOu0ujLMVlF%2BoHPzr8Po%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv?url=https%3A%2F%2Fwww.youtube.com%2Fwatch%3Fv%3DNbzCot-ric4%26list%3DPLgIzhf6cAC8CMsKI49yopcocN1QHLVo1_%26index%3D4&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7Cffc4d05dbba0420feef108de5a619e55%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639047572515107193%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=8EY6vwsgqi6YhXJrN56ma2SKVfLoZuAodH2hROXZpQ8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/media/46112/download?attachment" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi?attachment" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://videscentrs.lvgmc.lv/lapas/udens-kvalitate" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download?attachment" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21695/download?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319316910%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=7tXtqVcYfydjFcAKV4laUocbSbpysyrUbQrAlEpoCDY%3D&amp;reserved=0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -22583,52 +24374,84 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName>Rēzija Krūze</DisplayName>
+        <AccountId>826</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <MediaLengthInSeconds xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="577fd68e924bce6afd137616fea3f61a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa8ffa63de612d33f1fb2d0d4a53db59" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -22638,147 +24461,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -22823,958 +24646,1085 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC9D2F9A-6B71-4B40-B4F9-77FD42174679}">
-[...34 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C134231C-B56B-408D-8755-09D6C987BCC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CEA7E59-9559-43EA-ADE5-8E9956A6AE71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B973892-BB2A-480D-8930-4BBD9B57C6F4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30C2BC5F-E60E-4A36-B328-F364F308A8FA}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>15371</Characters>
+  <Pages>1</Pages>
+  <Words>7244</Words>
+  <Characters>41296</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>84</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>344</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42251</CharactersWithSpaces>
+  <CharactersWithSpaces>48444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="276" baseType="variant">
+    <vt:vector size="336" baseType="variant">
+      <vt:variant>
+        <vt:i4>3145766</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>183</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://euc-word-edit.officeapps.live.com/we/Savuk%C4%81rt jaunu notek%C5%ABde%C5%86u att%C4%ABr%C4%AB%C5%A1anas iek%C4%81rtu izb%C5%ABve atbalst%C4%81ma, ja tas ir tehniski un ekonomiski pamatoti un ir b%C5%ABtiski iemesli, kamd%C4%93%C4%BC eso%C5%A1%C4%81s notek%C5%ABde%C5%86u att%C4%ABr%C4%AB%C5%A1anas iek%C4%81rtas to eso%C5%A1aj%C4%81 atra%C5%A1an%C4%81s viet%C4%81 nav iesp%C4%93jams p%C4%81rb%C5%ABv%C4%93t, bet iesp%C4%93jams veikt jaunu iek%C4%81rtu izb%C5%ABvi cit%C4%81 atra%C5%A1an%C4%81s viet%C4%81, piem%C4%93ram, apsv%C4%93rumi par ietekmi uz vidi, %C5%ABdensobjektu, ekosist%C4%93mu.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
       <vt:variant>
         <vt:i4>8323182</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>180</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21695/download?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684775</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>177</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=38.%C2%A0Sadarb%C4%ABbas%20iest%C4%81de%2C%20ja%20tai%20ir%20pieejami%20valsts%20bud%C5%BEeta,procentus%20no%20projektam%20pie%C5%A1%C4%B7irt%C4%81%20Eiropas%20Re%C4%A3ion%C4%81l%C4%81s%20att%C4%ABst%C4%ABbas%20fonda%20finans%C4%93juma</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65563</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>174</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/notikums/vebinars-par-es-fondu-projektu-atlasi-notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai-3-karta?date</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6815746</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>171</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.youtube.com%2Fwatch%3Fv%3DNbzCot-ric4%26list%3DPLgIzhf6cAC8CMsKI49yopcocN1QHLVo1_%26index%3D4&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7Cffc4d05dbba0420feef108de5a619e55%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639047572515107193%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=8EY6vwsgqi6YhXJrN56ma2SKVfLoZuAodH2hROXZpQ8%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6488175</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21695%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898708917%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=PFPY%2Blq0RxAPCvrTrQYE9Sw6KUUSNCUVYzT2ueusjVw%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2359405</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://euc-word-edit.officeapps.live.com/we/28.3. notekūdeņu dūņu pārstrādes infrastruktūras attīstīšana;?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.1.%25C2%25A0centraliz%25C4%2593t%25C4%2581s%2520kanaliz%25C4%2581cijas%2520sist%25C4%2593mas%2520t%25C4%25ABklu%2520izb%25C5%25ABve%252C%2520p%25C4%2581rb%25C5%25ABve%2520un%2520atjauno%25C5%25A1ana%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898701943%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=OdJ7CV6bobVLPhHkp9kXu7FQdf3dy2ORRGCkC7nW9uI%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145766</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>162</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://euc-word-edit.officeapps.live.com/we/Savuk%C4%81rt jaunu notek%C5%ABde%C5%86u att%C4%ABr%C4%AB%C5%A1anas iek%C4%81rtu izb%C5%ABve atbalst%C4%81ma, ja tas ir tehniski un ekonomiski pamatoti un ir b%C5%ABtiski iemesli, kamd%C4%93%C4%BC eso%C5%A1%C4%81s notek%C5%ABde%C5%86u att%C4%ABr%C4%AB%C5%A1anas iek%C4%81rtas to eso%C5%A1aj%C4%81 atra%C5%A1an%C4%81s viet%C4%81 nav iesp%C4%93jams p%C4%81rb%C5%ABv%C4%93t, bet iesp%C4%93jams veikt jaunu iek%C4%81rtu izb%C5%ABvi cit%C4%81 atra%C5%A1an%C4%81s viet%C4%81, piem%C4%93ram, apsv%C4%93rumi par ietekmi uz vidi, %C5%ABdensobjektu, ekosist%C4%93mu.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7405694</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>159</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069%23%3A~%3Atext%3D27.5.%25C2%25A0jaunu%2520notek%25C5%25ABde%25C5%2586u%2520att%25C4%25ABr%25C4%25AB%25C5%25A1anas%2520iek%25C4%2581rtu%2520izb%25C5%25ABve%252C%2520ja%2520tas%2520ir%2520tehniski%2520un%2520ekonomiski%2520pamatots%253B&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C7bc08e5a03144b4f993308de2c312dd0%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638996786898694649%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=La74YG4gShCeOwqDIqNE5s4jn7FEuxP6X0caEHxJ0Cw%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>262151</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>156</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21695/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=32.%C2%A0Izmaksas%20ir%20attiecin%C4%81mas%20no%202025.%20gada%201.%20janv%C4%81ra.%C2%A0Ja%20projekts%20ir%20pabeigts%20pirms%20projekta%20iesnieguma%20iesnieg%C5%A1anas%20sadarb%C4%ABbas%20iest%C4%81d%C4%93%2C%20projekta%20iesniegums%20tiek%20noraid%C4%ABts.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7471141</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>153</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21695/download?attachment</vt:lpwstr>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?attachment</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1769492</vt:i4>
+        <vt:i4>3997735</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>150</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbalticmaps.eu%2Flv%2Fc___56.951558-24.113432-11%2Fbl___tps%2Fkadastrs&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C5984a6b3dd3544475c0d08dca0181dc6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638561272699013244%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=rT5oRHYiNRaR1eCMj3UMIhnxIf%2FnHWlNvHODDUfVgmo%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162815</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>147</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>786452</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>144</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ozols.gov.lv/pub</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>141</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>:~:text=38.%C2%A0Sadarb%C4%ABbas%20iest%C4%81de%2C%20ja%20tai%20ir%20pieejami%20valsts%20bud%C5%BEeta,procentus%20no%20projektam%20pie%C5%A1%C4%B7irt%C4%81%20Eiropas%20Re%C4%A3ion%C4%81l%C4%81s%20att%C4%ABst%C4%ABbas%20fonda%20finans%C4%93juma</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>147</vt:i4>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849757</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>138</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>https://likumi.lv/ta/id/362069?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>22544659</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cflagovlv-my.sharepoint.com/personal/kristine_jucite_cfla_gov_lv/Documents/Desktop/_VISAS_citas_atlases/2.2.1.1._3.k/J&amp;A/14. Pakalpojuma līgumā norāda vismaz šādu informāciju:</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3145769</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://videscentrs.lvgmc.lv/lapas/udens-kvalitate</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=14.%C2%A0Pakalpojuma%20l%C4%ABgum%C4%81%20nor%C4%81da%20vismaz%20%C5%A1%C4%81du%20inform%C4%81ciju%3A</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4587601</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>129</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>(3) Pakalpojumu sniedzējam ir tiesības šā panta otrajā daļā minēto saskaņošanas procedūru aizstāt ar zemes īpašnieka informēšanu, ja ir iestājies vismaz viens no šādiem nosacījumiem:</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65793</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>126</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>vispārējas tautsaimnieciskas nozīmes pakalpojumu</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932258</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>123</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://likumi.lv/ta/id/350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=Projekta%20iesniegum%C4%81%20iek%C4%BCauj%20%C5%A1%C4%81das%20atbalst%C4%81m%C4%81s%20darb%C4%ABbas%2C%20kas%20ietver%20invest%C4%ABcijas%20infrastrukt%C5%ABras%20izveidei%2C%20p%C4%81rb%C5%ABvei%20vai%20atjauno%C5%A1anai%2C%20k%C4%81%20ar%C4%AB%20t%C4%81s%20funkcionalit%C4%81tes%20nodro%C5%A1in%C4%81%C5%A1anai%3A</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7209063</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>120</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319324964%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=l5S4kSz1Tj%2Bl6H7JsSf3BYl9M5tzxZU1Ux%2BJbS3m6c0%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2752638</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>117</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://likumi.lv/ta/id/275062-udenssaimniecibas-pakalpojumu-likums?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319316910%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=7tXtqVcYfydjFcAKV4laUocbSbpysyrUbQrAlEpoCDY%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2228321</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F275062-udenssaimniecibas-pakalpojumu-likums&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319308389%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=xudE64arV83iFrzes2i79uhjFuGRcnHWiURpwu8P7Xg%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7012459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21686%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319300119%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=HDMSzByBzfxF49%2BCwgu799l9SLTXGd9xfya6n1%2B0KYg%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2621488</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/media/46112/download?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2Fmedia%2F21683%2Fdownload%3Fattachment&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319291812%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=EIqqP5xgc4exQiycNCRfdc1qOu0ujLMVlF%2BoHPzr8Po%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6750320</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://tapportals.mk.gov.lv/annotation/fc54519f-31d8-4cbc-ac1c-07bbdd8ef717</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas.%C2%A0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2162815</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>102</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>16908401</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/2.2.1.1 Notekūdeņu un dūņu apsaimniekošana/3.kārta/3.Komunikācija/Q%26A/29.3. iekārtu, mehānismu un inženiertehnisko risinājumu, kā arī tiem nepieciešamo ražošanas telpu vai to kombinācijas izmaksas, tai skaitā saistīto būvdarbu, piegādes un pakalpojumu līgumu izmaksas, ievērojot, ka šo noteikumu 27.1. apakšpunktā minētajām darbībām paredzētās izmaksas nepārsniedz 40 procentus no projektā paredzētajām attiecināmajām izmaksām;</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=27.6.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20at%C5%ABde%C5%86o%C5%A1anas%20un%20apstr%C4%81des%20iek%C4%81rtu%20izb%C5%ABve%2C%20p%C4%81rb%C5%ABve%20un%20atjauno%C5%A1ana%3B</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8126575</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>96</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21686/download?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5046273</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/par-e-vidi?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21954605</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/2.2.1.1 Notekūdeņu un dūņu apsaimniekošana/3.kārta/3.Komunikācija/Q%26A/29.3. iekārtu, mehānismu un inženiertehnisko risinājumu, kā arī tiem nepieciešamo ražošanas telpu vai to kombinācijas izmaksas, tai skaitā saistīto būvdarbu, piegādes un pakalpojumu līgumu izmaksas, ievērojot, ka šo noteikumu 27.1. apakšpunktā minētajām darbībām paredzētās izmaksas nepārsniedz 40 procentus no projektā paredzētajām attiecināmajām izmaksām;</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=Projekta%20iesniedz%C4%93jam%20j%C4%81apr%C4%93%C4%B7ina%20ar%C4%AB%20SEG%E2%80%AFemisiju%20ietaup%C4%ABjums%2C%20ja%20projekt%C4%81%20paredz%C4%93ts%20veikt%20ar%20d%C5%AB%C5%86u%20apstr%C4%81des%20un%20at%C5%ABde%C5%86o%C5%A1anas%20iek%C4%81rt%C4%81m%20un%20infrastrukt%C5%ABru%20saist%C4%ABt%C4%81s%20darb%C4%ABbas.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4980823</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>87</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>:~:text=32.%C2%A0Izmaksas%20ir%20attiecin%C4%81mas%20no%202025.%20gada%201.%20janv%C4%81ra.%C2%A0Ja%20projekts%20ir%20pabeigts%20pirms%20projekta%20iesnieguma%20iesnieg%C5%A1anas%20sadarb%C4%ABbas%20iest%C4%81d%C4%93%2C%20projekta%20iesniegums%20tiek%20noraid%C4%ABts.</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>144</vt:i4>
+        <vt:lpwstr>:~:text=28.3.%C2%A0notek%C5%ABde%C5%86u%20d%C5%AB%C5%86u%20p%C4%81rstr%C4%81des%20infrastrukt%C5%ABras%20att%C4%ABst%C4%AB%C5%A1ana%3B</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900570</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>84</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21695/download?attachment</vt:lpwstr>
+        <vt:lpwstr>https://projekti.cfla.gov.lv/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3997735</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>141</vt:i4>
+        <vt:i4>3342377</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fbalticmaps.eu%2Flv%2Fc___56.951558-24.113432-11%2Fbl___tps%2Fkadastrs&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C5984a6b3dd3544475c0d08dca0181dc6%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638561272699013244%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=rT5oRHYiNRaR1eCMj3UMIhnxIf%2FnHWlNvHODDUfVgmo%3D&amp;reserved=0</vt:lpwstr>
+        <vt:lpwstr>https://likumi.lv/ta/id/275062-udenssaimniecibas-pakalpojumu-likums</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6553722</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>138</vt:i4>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://videscentrs.lvgmc.lv/lapas/udens-kvalitate</vt:lpwstr>
+        <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>786452</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>135</vt:i4>
+        <vt:i4>22413428</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://ozols.gov.lv/pub</vt:lpwstr>
+        <vt:lpwstr>29.3. iekārtu, mehānismu un inženiertehnisko risinājumu, kā arī tiem nepieciešamo ražošanas telpu vai to kombinācijas izmaksas, tai skaitā saistīto būvdarbu, piegādes un pakalpojumu līgumu izmaksas, ievērojot, ka šo noteikumu 27.1. apakšpunktā minētajām darbībām paredzētās izmaksas nepārsniedz 40 procentus no projektā paredzētajām attiecināmajām izmaksām;</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5177364</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>132</vt:i4>
+        <vt:i4>8126575</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://likumi.lv/ta/id/231084-noteikumi-par-riska-udensobjektiem</vt:lpwstr>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21686/download?attachment</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8126575</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>129</vt:i4>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21686/download?attachment</vt:lpwstr>
+        <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22544659</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>126</vt:i4>
+        <vt:i4>6684779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://cflagovlv-my.sharepoint.com/personal/kristine_jucite_cfla_gov_lv/Documents/Desktop/_VISAS_citas_atlases/2.2.1.1._3.k/J&amp;A/14. Pakalpojuma līgumā norāda vismaz šādu informāciju:</vt:lpwstr>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/media/46112/download?attachment</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7012393</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>123</vt:i4>
+        <vt:i4>6488178</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F362069&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C18218e3ccb924024e46f08de42208075%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C639020904535829179%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=akWqM2%2FBXDPHj1QH8o3%2FanEdmZW0EMk3VqfvscDnm1k%3D&amp;reserved=0</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/media/46112/download?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/media/46112/download?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684779</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/media/46112/download?attachment</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2883711</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21695/download</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325385</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.varam.gov.lv/lv/notekudenu-un-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>:~:text=14.%C2%A0Pakalpojuma%20l%C4%ABgum%C4%81%20nor%C4%81da%20vismaz%20%C5%A1%C4%81du%20inform%C4%81ciju%3A</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>120</vt:i4>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114206</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>(3) Pakalpojumu sniedzējam ir tiesības šā panta otrajā daļā minēto saskaņošanas procedūru aizstāt ar zemes īpašnieka informēšanu, ja ir iestājies vismaz viens no šādiem nosacījumiem:</vt:lpwstr>
+        <vt:lpwstr>https://projekti.cfla.gov.lv/Login/Index?returnUrl=%2F&amp;ENG=0</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>65793</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>117</vt:i4>
+        <vt:i4>1441843</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>vispārējas tautsaimnieciskas nozīmes pakalpojumu</vt:lpwstr>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6160474</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>114</vt:i4>
+        <vt:lpwstr>_Toc215210524</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441843</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc215210523</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441843</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc215210522</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441843</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc215210521</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1441843</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc215210520</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4128890</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpwstr>https://likumi.lv/ta/id/362069</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>:~:text=Projekta%20iesniegum%C4%81%20iek%C4%BCauj%20%C5%A1%C4%81das%20atbalst%C4%81m%C4%81s%20darb%C4%ABbas%2C%20kas%20ietver%20invest%C4%ABcijas%20infrastrukt%C5%ABras%20izveidei%2C%20p%C4%81rb%C5%ABvei%20vai%20atjauno%C5%A1anai%2C%20k%C4%81%20ar%C4%AB%20t%C4%81s%20funkcionalit%C4%81tes%20nodro%C5%A1in%C4%81%C5%A1anai%3A</vt:lpwstr>
-[...5 lines deleted...]
-        <vt:i4>111</vt:i4>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080318</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Flikumi.lv%2Fta%2Fid%2F350822-notekudenu-dunu-apsaimniekosanas-plans-2024-2027-gadam&amp;data=05%7C02%7Ckristine.jucite%40cfla.gov.lv%7C40bc1513131545ce6b9c08de2b3a778d%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638995727319324964%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=l5S4kSz1Tj%2Bl6H7JsSf3BYl9M5tzxZU1Ux%2BJbS3m6c0%3D&amp;reserved=0</vt:lpwstr>
-[...539 lines deleted...]
-        <vt:lpwstr>https://projekti.cfla.gov.lv/</vt:lpwstr>
+        <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21686/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929967</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.cfla.gov.lv/lv/media/21683/download?attachment</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>