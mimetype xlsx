--- v0 (2025-11-14)
+++ v1 (2026-02-25)
@@ -1,2973 +1,1911 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/1.2.1.1 Atbalsts jaunu produktu attīstībai/3.kārta 2.uzsaukums/1.Atlases sagatavošana/Nolikums/1.2.1.1._3k_2u_atlases nolikums un pielikumi/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/1.2.1.1 Atbalsts jaunu produktu attīstībai/3.kārta 2.uzsaukums/1.Atlases sagatavošana/Nolikums/3_Gala_nolikums/2026.01.15_tehniski prec/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6352" documentId="14_{05A211EE-194E-45BA-A366-B4A046DD5A98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CA34D5CD-1761-4550-8F87-434082698151}"/>
+  <xr:revisionPtr revIDLastSave="49" documentId="8_{E63D506C-D59B-4E00-809C-FACB08B5348D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D7A7648D-BC6B-4CE6-9D63-A3564358BD81}"/>
   <bookViews>
-    <workbookView xWindow="28860" yWindow="0" windowWidth="20160" windowHeight="20985" activeTab="3" xr2:uid="{F16F4980-315F-4E34-9009-7CD7D7563E3D}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F16F4980-315F-4E34-9009-7CD7D7563E3D}"/>
   </bookViews>
   <sheets>
     <sheet name="Budžeta kopsavilkums" sheetId="1" r:id="rId1"/>
     <sheet name="Izmaksu pamatojums" sheetId="12" r:id="rId2"/>
     <sheet name="KPVIS" sheetId="11" r:id="rId3"/>
     <sheet name="Intensitātes aprēķins" sheetId="7" r:id="rId4"/>
     <sheet name="Finansēšanas plāns" sheetId="10" r:id="rId5"/>
     <sheet name="Dati" sheetId="8" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Budžeta kopsavilkums'!$A$3:$L$168</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Budžeta kopsavilkums'!$A$3:$L$178</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J155" i="1" l="1"/>
-[...22 lines deleted...]
-  <c r="J73" i="1"/>
+  <c r="G85" i="11" l="1"/>
+  <c r="G2" i="11"/>
+  <c r="G120" i="11"/>
+  <c r="G84" i="11"/>
+  <c r="G116" i="11"/>
+  <c r="G112" i="11"/>
+  <c r="G108" i="11"/>
+  <c r="G107" i="11"/>
+  <c r="G106" i="11"/>
+  <c r="G102" i="11"/>
+  <c r="G101" i="11"/>
+  <c r="G93" i="11"/>
+  <c r="G89" i="11"/>
+  <c r="G83" i="11"/>
+  <c r="G79" i="11"/>
+  <c r="G75" i="11"/>
+  <c r="G71" i="11"/>
+  <c r="G70" i="11"/>
+  <c r="G66" i="11"/>
+  <c r="G62" i="11"/>
+  <c r="G57" i="11"/>
+  <c r="G44" i="11"/>
+  <c r="G39" i="11"/>
+  <c r="G35" i="11"/>
+  <c r="G31" i="11"/>
+  <c r="G26" i="11"/>
+  <c r="G22" i="11"/>
+  <c r="G18" i="11"/>
+  <c r="G3" i="11"/>
+  <c r="G124" i="11"/>
+  <c r="H97" i="11" s="1"/>
+  <c r="G30" i="11"/>
+  <c r="G17" i="11"/>
+  <c r="G43" i="11"/>
+  <c r="G16" i="11"/>
+  <c r="G7" i="11" a="1"/>
+  <c r="G7" i="11"/>
+  <c r="G6" i="11" a="1"/>
+  <c r="G6" i="11"/>
+  <c r="G5" i="11" a="1"/>
+  <c r="G5" i="11"/>
+  <c r="G4" i="11" s="1"/>
+  <c r="G90" i="11" a="1"/>
+  <c r="G90" i="11"/>
+  <c r="G91" i="11" a="1"/>
+  <c r="G91" i="11"/>
+  <c r="G92" i="11" a="1"/>
+  <c r="G92" i="11"/>
+  <c r="G94" i="11" a="1"/>
+  <c r="G94" i="11"/>
+  <c r="G95" i="11" a="1"/>
+  <c r="G95" i="11"/>
+  <c r="G96" i="11" a="1"/>
+  <c r="G96" i="11"/>
+  <c r="G109" i="11" a="1"/>
+  <c r="G109" i="11"/>
+  <c r="G110" i="11" a="1"/>
+  <c r="G110" i="11"/>
+  <c r="G111" i="11" a="1"/>
+  <c r="G111" i="11"/>
+  <c r="G113" i="11" a="1"/>
+  <c r="G113" i="11"/>
+  <c r="G114" i="11" a="1"/>
+  <c r="G114" i="11"/>
+  <c r="G115" i="11" a="1"/>
+  <c r="G115" i="11"/>
+  <c r="D18" i="11"/>
+  <c r="G117" i="11" a="1"/>
+  <c r="G117" i="11"/>
+  <c r="D22" i="11"/>
+  <c r="G119" i="11" a="1"/>
+  <c r="G119" i="11"/>
+  <c r="D26" i="11"/>
+  <c r="D123" i="11" a="1"/>
+  <c r="D123" i="11"/>
+  <c r="D31" i="11"/>
+  <c r="D122" i="11" a="1"/>
+  <c r="D122" i="11"/>
+  <c r="D121" i="11" a="1"/>
+  <c r="D121" i="11"/>
+  <c r="D119" i="11" a="1"/>
+  <c r="D119" i="11"/>
+  <c r="D118" i="11" a="1"/>
+  <c r="D118" i="11"/>
+  <c r="D45" i="11"/>
+  <c r="D117" i="11" a="1"/>
+  <c r="D117" i="11"/>
+  <c r="D49" i="11"/>
+  <c r="D114" i="11" a="1"/>
+  <c r="D114" i="11"/>
+  <c r="D53" i="11"/>
+  <c r="D113" i="11" a="1"/>
+  <c r="D113" i="11"/>
+  <c r="D58" i="11"/>
+  <c r="D115" i="11" a="1"/>
+  <c r="D115" i="11"/>
+  <c r="D109" i="11" a="1"/>
+  <c r="D109" i="11"/>
+  <c r="D62" i="11"/>
+  <c r="D66" i="11"/>
+  <c r="D71" i="11"/>
+  <c r="D75" i="11"/>
+  <c r="D79" i="11"/>
+  <c r="D85" i="11"/>
+  <c r="D89" i="11"/>
+  <c r="D93" i="11"/>
+  <c r="D108" i="11"/>
+  <c r="D112" i="11"/>
+  <c r="D116" i="11"/>
+  <c r="I124" i="11"/>
+  <c r="G53" i="11"/>
+  <c r="G49" i="11"/>
+  <c r="G45" i="11"/>
+  <c r="G97" i="11"/>
+  <c r="D111" i="11" a="1"/>
+  <c r="D111" i="11" s="1"/>
+  <c r="D110" i="11" a="1"/>
+  <c r="D110" i="11" s="1"/>
+  <c r="D105" i="11" a="1"/>
+  <c r="D105" i="11" s="1"/>
+  <c r="D104" i="11" a="1"/>
+  <c r="D104" i="11" s="1"/>
+  <c r="D103" i="11" a="1"/>
+  <c r="D103" i="11" s="1"/>
+  <c r="D100" i="11" a="1"/>
+  <c r="D100" i="11" s="1"/>
+  <c r="D99" i="11" a="1"/>
+  <c r="D99" i="11" s="1"/>
+  <c r="D98" i="11" a="1"/>
+  <c r="D98" i="11"/>
+  <c r="D96" i="11" a="1"/>
+  <c r="D96" i="11" s="1"/>
+  <c r="D95" i="11" a="1"/>
+  <c r="D95" i="11" s="1"/>
+  <c r="D94" i="11" a="1"/>
+  <c r="D94" i="11" s="1"/>
+  <c r="D92" i="11" a="1"/>
+  <c r="D92" i="11"/>
+  <c r="D91" i="11" a="1"/>
+  <c r="D91" i="11" s="1"/>
+  <c r="D90" i="11" a="1"/>
+  <c r="D90" i="11" s="1"/>
+  <c r="D88" i="11" a="1"/>
+  <c r="D88" i="11" s="1"/>
+  <c r="D87" i="11" a="1"/>
+  <c r="D87" i="11" s="1"/>
+  <c r="D86" i="11" a="1"/>
+  <c r="D86" i="11" s="1"/>
+  <c r="D82" i="11" a="1"/>
+  <c r="D82" i="11" s="1"/>
+  <c r="D81" i="11" a="1"/>
+  <c r="D81" i="11" s="1"/>
+  <c r="D80" i="11" a="1"/>
+  <c r="D80" i="11" s="1"/>
+  <c r="D78" i="11" a="1"/>
+  <c r="D78" i="11" s="1"/>
+  <c r="D77" i="11" a="1"/>
+  <c r="D77" i="11" s="1"/>
+  <c r="D76" i="11" a="1"/>
+  <c r="D76" i="11" s="1"/>
+  <c r="D74" i="11" a="1"/>
+  <c r="D74" i="11" s="1"/>
+  <c r="D73" i="11" a="1"/>
+  <c r="D73" i="11" s="1"/>
+  <c r="D72" i="11" a="1"/>
+  <c r="D72" i="11" s="1"/>
+  <c r="D69" i="11" a="1"/>
+  <c r="D69" i="11" s="1"/>
+  <c r="D68" i="11" a="1"/>
+  <c r="D68" i="11" s="1"/>
+  <c r="D67" i="11" a="1"/>
+  <c r="D67" i="11" s="1"/>
+  <c r="D65" i="11" a="1"/>
+  <c r="D65" i="11"/>
+  <c r="D64" i="11" a="1"/>
+  <c r="D64" i="11" s="1"/>
+  <c r="D63" i="11" a="1"/>
+  <c r="D63" i="11" s="1"/>
+  <c r="D61" i="11" a="1"/>
+  <c r="D61" i="11" s="1"/>
+  <c r="D60" i="11" a="1"/>
+  <c r="D60" i="11" s="1"/>
+  <c r="D59" i="11" a="1"/>
+  <c r="D59" i="11" s="1"/>
+  <c r="D56" i="11" a="1"/>
+  <c r="D56" i="11"/>
+  <c r="D55" i="11" a="1"/>
+  <c r="D55" i="11" s="1"/>
+  <c r="D54" i="11" a="1"/>
+  <c r="D54" i="11" s="1"/>
+  <c r="D52" i="11" a="1"/>
+  <c r="D52" i="11" s="1"/>
+  <c r="D51" i="11" a="1"/>
+  <c r="D51" i="11" s="1"/>
+  <c r="D50" i="11" a="1"/>
+  <c r="D50" i="11" s="1"/>
+  <c r="D48" i="11" a="1"/>
+  <c r="D48" i="11"/>
+  <c r="D47" i="11" a="1"/>
+  <c r="D47" i="11" s="1"/>
+  <c r="D46" i="11" a="1"/>
+  <c r="D46" i="11"/>
+  <c r="D42" i="11" a="1"/>
+  <c r="D42" i="11"/>
+  <c r="D41" i="11" a="1"/>
+  <c r="D41" i="11"/>
+  <c r="D40" i="11" a="1"/>
+  <c r="D40" i="11" s="1"/>
+  <c r="D38" i="11" a="1"/>
+  <c r="D38" i="11"/>
+  <c r="D37" i="11" a="1"/>
+  <c r="D37" i="11" s="1"/>
+  <c r="D36" i="11" a="1"/>
+  <c r="D36" i="11"/>
+  <c r="D34" i="11" a="1"/>
+  <c r="D34" i="11" s="1"/>
+  <c r="D33" i="11" a="1"/>
+  <c r="D33" i="11" s="1"/>
+  <c r="D32" i="11" a="1"/>
+  <c r="D32" i="11" s="1"/>
+  <c r="D29" i="11" a="1"/>
+  <c r="D29" i="11"/>
+  <c r="D28" i="11" a="1"/>
+  <c r="D28" i="11"/>
+  <c r="D27" i="11" a="1"/>
+  <c r="D27" i="11" s="1"/>
+  <c r="D25" i="11" a="1"/>
+  <c r="D25" i="11" s="1"/>
+  <c r="D24" i="11" a="1"/>
+  <c r="D24" i="11" s="1"/>
+  <c r="D23" i="11" a="1"/>
+  <c r="D23" i="11" s="1"/>
+  <c r="D21" i="11" a="1"/>
+  <c r="D21" i="11" s="1"/>
+  <c r="D20" i="11" a="1"/>
+  <c r="D20" i="11" s="1"/>
+  <c r="D19" i="11" a="1"/>
+  <c r="D19" i="11" s="1"/>
+  <c r="D15" i="11" a="1"/>
+  <c r="D15" i="11" s="1"/>
+  <c r="D14" i="11" a="1"/>
+  <c r="D14" i="11" s="1"/>
+  <c r="D13" i="11" a="1"/>
+  <c r="D13" i="11" s="1"/>
+  <c r="D11" i="11" a="1"/>
+  <c r="D11" i="11" s="1"/>
+  <c r="D10" i="11" a="1"/>
+  <c r="D10" i="11" s="1"/>
+  <c r="D9" i="11" a="1"/>
+  <c r="D9" i="11" s="1"/>
+  <c r="D7" i="11" a="1"/>
+  <c r="D7" i="11" s="1"/>
+  <c r="D6" i="11" a="1"/>
+  <c r="D6" i="11" s="1"/>
+  <c r="D5" i="11" a="1"/>
+  <c r="D5" i="11" s="1"/>
+  <c r="G99" i="11" a="1"/>
+  <c r="G99" i="11" s="1"/>
+  <c r="G87" i="11" a="1"/>
+  <c r="G87" i="11"/>
+  <c r="G72" i="11" a="1"/>
+  <c r="G72" i="11" s="1"/>
+  <c r="G61" i="11" a="1"/>
+  <c r="G61" i="11" s="1"/>
+  <c r="G55" i="11" a="1"/>
+  <c r="G55" i="11" s="1"/>
+  <c r="G54" i="11" a="1"/>
+  <c r="G54" i="11" s="1"/>
+  <c r="G52" i="11" a="1"/>
+  <c r="G52" i="11" s="1"/>
+  <c r="G51" i="11" a="1"/>
+  <c r="G51" i="11" s="1"/>
+  <c r="G50" i="11" a="1"/>
+  <c r="G50" i="11" s="1"/>
+  <c r="G47" i="11" a="1"/>
+  <c r="G47" i="11" s="1"/>
+  <c r="G48" i="11" a="1"/>
+  <c r="G48" i="11" s="1"/>
+  <c r="G46" i="11" a="1"/>
+  <c r="G46" i="11" s="1"/>
+  <c r="G19" i="11" a="1"/>
+  <c r="G19" i="11" s="1"/>
+  <c r="G20" i="11" a="1"/>
+  <c r="G20" i="11" s="1"/>
+  <c r="G21" i="11" a="1"/>
+  <c r="G21" i="11" s="1"/>
+  <c r="G23" i="11" a="1"/>
+  <c r="G23" i="11" s="1"/>
+  <c r="G103" i="11" a="1"/>
+  <c r="G103" i="11" s="1"/>
+  <c r="G123" i="11" a="1"/>
+  <c r="G123" i="11" s="1"/>
+  <c r="G122" i="11" a="1"/>
+  <c r="G122" i="11" s="1"/>
+  <c r="G121" i="11" a="1"/>
+  <c r="G121" i="11" s="1"/>
+  <c r="G98" i="11" a="1"/>
+  <c r="G98" i="11" s="1"/>
+  <c r="G88" i="11" a="1"/>
+  <c r="G88" i="11" s="1"/>
+  <c r="G86" i="11" a="1"/>
+  <c r="G86" i="11" s="1"/>
+  <c r="E25" i="11" a="1"/>
+  <c r="E25" i="11"/>
+  <c r="G69" i="11" a="1"/>
+  <c r="G69" i="11" s="1"/>
+  <c r="G56" i="11" a="1"/>
+  <c r="G56" i="11" s="1"/>
+  <c r="G82" i="11" a="1"/>
+  <c r="G82" i="11"/>
+  <c r="G81" i="11" a="1"/>
+  <c r="G81" i="11" s="1"/>
+  <c r="G80" i="11" a="1"/>
+  <c r="G80" i="11" s="1"/>
+  <c r="G78" i="11" a="1"/>
+  <c r="G78" i="11" s="1"/>
+  <c r="G77" i="11" a="1"/>
+  <c r="G77" i="11"/>
+  <c r="G76" i="11" a="1"/>
+  <c r="G76" i="11" s="1"/>
+  <c r="G74" i="11" a="1"/>
+  <c r="G74" i="11" s="1"/>
+  <c r="G73" i="11" a="1"/>
+  <c r="G73" i="11" s="1"/>
+  <c r="G68" i="11" a="1"/>
+  <c r="G68" i="11"/>
+  <c r="G67" i="11" a="1"/>
+  <c r="G67" i="11" s="1"/>
+  <c r="G65" i="11" a="1"/>
+  <c r="G65" i="11" s="1"/>
+  <c r="G64" i="11" a="1"/>
+  <c r="G64" i="11"/>
+  <c r="G63" i="11" a="1"/>
+  <c r="G63" i="11" s="1"/>
+  <c r="G60" i="11" a="1"/>
+  <c r="G60" i="11" s="1"/>
+  <c r="G59" i="11" a="1"/>
+  <c r="G59" i="11" s="1"/>
+  <c r="G42" i="11" a="1"/>
+  <c r="G42" i="11" s="1"/>
+  <c r="G41" i="11" a="1"/>
+  <c r="G41" i="11" s="1"/>
+  <c r="G40" i="11" a="1"/>
+  <c r="G40" i="11"/>
+  <c r="G38" i="11" a="1"/>
+  <c r="G38" i="11"/>
+  <c r="G37" i="11" a="1"/>
+  <c r="G37" i="11"/>
+  <c r="G36" i="11" a="1"/>
+  <c r="G36" i="11"/>
+  <c r="G34" i="11" a="1"/>
+  <c r="G34" i="11"/>
+  <c r="G33" i="11" a="1"/>
+  <c r="G33" i="11"/>
+  <c r="G32" i="11" a="1"/>
+  <c r="G32" i="11"/>
+  <c r="G29" i="11" a="1"/>
+  <c r="G29" i="11"/>
+  <c r="G28" i="11" a="1"/>
+  <c r="G28" i="11" s="1"/>
+  <c r="G27" i="11" a="1"/>
+  <c r="G27" i="11" s="1"/>
+  <c r="G25" i="11" a="1"/>
+  <c r="G25" i="11"/>
+  <c r="G24" i="11" a="1"/>
+  <c r="G24" i="11"/>
+  <c r="E100" i="11" a="1"/>
+  <c r="E100" i="11" s="1"/>
+  <c r="E99" i="11" a="1"/>
+  <c r="E99" i="11" s="1"/>
+  <c r="E98" i="11" a="1"/>
+  <c r="E98" i="11" s="1"/>
+  <c r="E29" i="11" a="1"/>
+  <c r="E29" i="11" s="1"/>
+  <c r="E28" i="11" a="1"/>
+  <c r="E28" i="11" s="1"/>
+  <c r="E27" i="11" a="1"/>
+  <c r="E27" i="11" s="1"/>
+  <c r="E24" i="11" a="1"/>
+  <c r="E24" i="11" s="1"/>
+  <c r="E23" i="11" a="1"/>
+  <c r="E23" i="11" s="1"/>
+  <c r="E21" i="11" a="1"/>
+  <c r="E21" i="11"/>
+  <c r="E20" i="11" a="1"/>
+  <c r="E20" i="11"/>
+  <c r="E19" i="11" a="1"/>
+  <c r="E19" i="11" s="1"/>
+  <c r="E82" i="11" a="1"/>
+  <c r="E82" i="11" s="1"/>
+  <c r="E81" i="11" a="1"/>
+  <c r="E81" i="11" s="1"/>
+  <c r="E80" i="11" a="1"/>
+  <c r="E80" i="11" s="1"/>
+  <c r="E78" i="11" a="1"/>
+  <c r="E78" i="11"/>
+  <c r="E77" i="11" a="1"/>
+  <c r="E77" i="11" s="1"/>
+  <c r="E76" i="11" a="1"/>
+  <c r="E76" i="11" s="1"/>
+  <c r="E74" i="11" a="1"/>
+  <c r="E74" i="11" s="1"/>
+  <c r="E73" i="11" a="1"/>
+  <c r="E73" i="11" s="1"/>
+  <c r="E72" i="11" a="1"/>
+  <c r="E72" i="11" s="1"/>
+  <c r="E69" i="11" a="1"/>
+  <c r="E69" i="11" s="1"/>
+  <c r="E68" i="11" a="1"/>
+  <c r="E68" i="11" s="1"/>
+  <c r="E67" i="11" a="1"/>
+  <c r="E67" i="11" s="1"/>
+  <c r="E65" i="11" a="1"/>
+  <c r="E65" i="11" s="1"/>
+  <c r="E64" i="11" a="1"/>
+  <c r="E64" i="11" s="1"/>
+  <c r="E63" i="11" a="1"/>
+  <c r="E63" i="11" s="1"/>
+  <c r="E61" i="11" a="1"/>
+  <c r="E61" i="11" s="1"/>
+  <c r="E60" i="11" a="1"/>
+  <c r="E60" i="11" s="1"/>
+  <c r="E59" i="11" a="1"/>
+  <c r="E59" i="11" s="1"/>
+  <c r="E46" i="11" a="1"/>
+  <c r="E46" i="11" s="1"/>
+  <c r="E15" i="11" a="1"/>
+  <c r="E15" i="11" s="1"/>
+  <c r="G14" i="11" a="1"/>
+  <c r="G14" i="11" s="1"/>
+  <c r="E14" i="11" a="1"/>
+  <c r="E14" i="11" s="1"/>
+  <c r="E13" i="11" a="1"/>
+  <c r="E13" i="11" s="1"/>
+  <c r="G11" i="11" a="1"/>
+  <c r="G11" i="11" s="1"/>
+  <c r="E11" i="11" a="1"/>
+  <c r="E11" i="11" s="1"/>
+  <c r="E10" i="11" a="1"/>
+  <c r="E10" i="11" s="1"/>
+  <c r="E9" i="11" a="1"/>
+  <c r="E9" i="11" s="1"/>
+  <c r="E7" i="11" a="1"/>
+  <c r="E7" i="11" s="1"/>
+  <c r="E6" i="11" a="1"/>
+  <c r="E6" i="11" s="1"/>
+  <c r="E5" i="11" a="1"/>
+  <c r="E5" i="11" s="1"/>
+  <c r="E42" i="11" a="1"/>
+  <c r="E42" i="11" s="1"/>
+  <c r="E41" i="11" a="1"/>
+  <c r="E41" i="11" s="1"/>
+  <c r="E40" i="11" a="1"/>
+  <c r="E40" i="11" s="1"/>
+  <c r="E38" i="11" a="1"/>
+  <c r="E38" i="11" s="1"/>
+  <c r="E37" i="11" a="1"/>
+  <c r="E37" i="11" s="1"/>
+  <c r="E36" i="11" a="1"/>
+  <c r="E36" i="11" s="1"/>
+  <c r="E34" i="11" a="1"/>
+  <c r="E34" i="11" s="1"/>
+  <c r="E33" i="11" a="1"/>
+  <c r="E33" i="11" s="1"/>
+  <c r="E32" i="11" a="1"/>
+  <c r="E32" i="11" s="1"/>
+  <c r="C185" i="1"/>
+  <c r="E184" i="1"/>
+  <c r="D184" i="1"/>
+  <c r="C184" i="1"/>
+  <c r="E183" i="1"/>
+  <c r="D183" i="1"/>
+  <c r="C183" i="1"/>
+  <c r="E182" i="1"/>
+  <c r="D182" i="1"/>
+  <c r="J22" i="1"/>
+  <c r="J23" i="1"/>
   <c r="J49" i="1"/>
-  <c r="J54" i="1"/>
-  <c r="J53" i="1"/>
+  <c r="J46" i="1"/>
   <c r="J52" i="1"/>
   <c r="J51" i="1"/>
   <c r="J50" i="1"/>
-  <c r="J38" i="1" l="1"/>
+  <c r="J48" i="1"/>
+  <c r="J47" i="1"/>
+  <c r="J45" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="J43" i="1"/>
+  <c r="J159" i="1"/>
+  <c r="J158" i="1"/>
+  <c r="J157" i="1"/>
+  <c r="J156" i="1"/>
+  <c r="J155" i="1"/>
+  <c r="J95" i="1"/>
+  <c r="J91" i="1"/>
+  <c r="J90" i="1"/>
+  <c r="J89" i="1"/>
+  <c r="J88" i="1"/>
+  <c r="J87" i="1"/>
+  <c r="J86" i="1"/>
+  <c r="J85" i="1"/>
+  <c r="J84" i="1"/>
+  <c r="J83" i="1"/>
+  <c r="J59" i="1"/>
+  <c r="J64" i="1"/>
+  <c r="J63" i="1"/>
+  <c r="J62" i="1"/>
+  <c r="J61" i="1"/>
+  <c r="J60" i="1"/>
+  <c r="H101" i="11" l="1"/>
+  <c r="H116" i="11"/>
+  <c r="H112" i="11"/>
+  <c r="D4" i="11"/>
+  <c r="D35" i="11"/>
+  <c r="D39" i="11"/>
+  <c r="J38" i="1"/>
   <c r="J37" i="1"/>
   <c r="J36" i="1"/>
   <c r="J35" i="1"/>
   <c r="J34" i="1"/>
   <c r="J33" i="1"/>
   <c r="J32" i="1"/>
   <c r="J31" i="1"/>
   <c r="J30" i="1"/>
   <c r="J29" i="1"/>
   <c r="J16" i="1"/>
   <c r="J15" i="1"/>
   <c r="J14" i="1"/>
   <c r="J13" i="1"/>
   <c r="J12" i="1"/>
-  <c r="J157" i="1"/>
-[...3 lines deleted...]
-  <c r="J159" i="1"/>
+  <c r="J167" i="1"/>
+  <c r="J168" i="1"/>
+  <c r="J169" i="1"/>
+  <c r="J170" i="1"/>
+  <c r="J171" i="1"/>
+  <c r="J172" i="1"/>
+  <c r="J173" i="1"/>
+  <c r="J174" i="1"/>
+  <c r="J175" i="1"/>
+  <c r="J166" i="1"/>
+  <c r="J146" i="1"/>
+  <c r="J147" i="1"/>
+  <c r="J148" i="1"/>
+  <c r="J149" i="1"/>
+  <c r="J150" i="1"/>
+  <c r="J151" i="1"/>
+  <c r="J152" i="1"/>
+  <c r="J153" i="1"/>
+  <c r="J154" i="1"/>
   <c r="J160" i="1"/>
   <c r="J161" i="1"/>
-  <c r="C177" i="1" s="1"/>
-  <c r="E11" i="7" s="1"/>
   <c r="J162" i="1"/>
   <c r="J163" i="1"/>
   <c r="J164" i="1"/>
-  <c r="J165" i="1"/>
-  <c r="J156" i="1"/>
+  <c r="J145" i="1"/>
+  <c r="J134" i="1"/>
+  <c r="J135" i="1"/>
   <c r="J136" i="1"/>
   <c r="J137" i="1"/>
   <c r="J138" i="1"/>
   <c r="J139" i="1"/>
   <c r="J140" i="1"/>
   <c r="J141" i="1"/>
   <c r="J142" i="1"/>
-  <c r="J143" i="1"/>
-[...6 lines deleted...]
-  <c r="J135" i="1"/>
+  <c r="J133" i="1"/>
+  <c r="J123" i="1"/>
+  <c r="D185" i="1" s="1"/>
+  <c r="E16" i="7" s="1"/>
   <c r="J124" i="1"/>
+  <c r="E185" i="1" s="1"/>
+  <c r="E23" i="7" s="1"/>
   <c r="J125" i="1"/>
   <c r="J126" i="1"/>
   <c r="J127" i="1"/>
   <c r="J128" i="1"/>
   <c r="J129" i="1"/>
   <c r="J130" i="1"/>
   <c r="J131" i="1"/>
-  <c r="J132" i="1"/>
-[...2 lines deleted...]
-  <c r="E17" i="7" s="1"/>
+  <c r="J122" i="1"/>
+  <c r="J121" i="1" s="1"/>
+  <c r="J112" i="1"/>
   <c r="J113" i="1"/>
   <c r="J114" i="1"/>
+  <c r="E8" i="7" s="1"/>
   <c r="J115" i="1"/>
   <c r="J116" i="1"/>
   <c r="J117" i="1"/>
   <c r="J118" i="1"/>
   <c r="J119" i="1"/>
   <c r="J120" i="1"/>
-  <c r="J121" i="1"/>
-  <c r="J112" i="1"/>
+  <c r="J111" i="1"/>
+  <c r="J100" i="1"/>
+  <c r="J101" i="1"/>
   <c r="J102" i="1"/>
   <c r="J103" i="1"/>
   <c r="J104" i="1"/>
   <c r="J105" i="1"/>
   <c r="J106" i="1"/>
   <c r="J107" i="1"/>
   <c r="J108" i="1"/>
-  <c r="J109" i="1"/>
-[...3 lines deleted...]
-  <c r="J91" i="1"/>
+  <c r="J99" i="1"/>
+  <c r="J98" i="1" s="1"/>
+  <c r="J79" i="1"/>
+  <c r="J80" i="1"/>
+  <c r="J81" i="1"/>
+  <c r="J82" i="1"/>
   <c r="J92" i="1"/>
   <c r="J93" i="1"/>
   <c r="J94" i="1"/>
-  <c r="J95" i="1"/>
   <c r="J96" i="1"/>
   <c r="J97" i="1"/>
-  <c r="J98" i="1"/>
-  <c r="J89" i="1"/>
+  <c r="J78" i="1"/>
+  <c r="J77" i="1" s="1"/>
+  <c r="J55" i="1"/>
+  <c r="J67" i="1"/>
+  <c r="J68" i="1"/>
   <c r="J69" i="1"/>
   <c r="J70" i="1"/>
   <c r="J71" i="1"/>
   <c r="J72" i="1"/>
-  <c r="J82" i="1"/>
-[...5 lines deleted...]
-  <c r="J45" i="1"/>
+  <c r="J73" i="1"/>
+  <c r="J74" i="1"/>
+  <c r="J75" i="1"/>
+  <c r="J76" i="1"/>
+  <c r="J56" i="1"/>
   <c r="J57" i="1"/>
   <c r="J58" i="1"/>
-  <c r="J59" i="1"/>
-[...9 lines deleted...]
-  <c r="J48" i="1"/>
   <c r="J25" i="1"/>
-  <c r="E174" i="1" s="1"/>
-  <c r="E22" i="7" s="1"/>
   <c r="J26" i="1"/>
-  <c r="C172" i="1" s="1"/>
   <c r="J27" i="1"/>
   <c r="J28" i="1"/>
   <c r="J39" i="1"/>
   <c r="J40" i="1"/>
-  <c r="J23" i="1" s="1"/>
   <c r="J41" i="1"/>
   <c r="J42" i="1"/>
-  <c r="J43" i="1"/>
+  <c r="J53" i="1"/>
   <c r="J24" i="1"/>
   <c r="J11" i="1"/>
   <c r="J10" i="1"/>
   <c r="J9" i="1"/>
   <c r="J8" i="1"/>
   <c r="J17" i="1"/>
   <c r="J18" i="1"/>
   <c r="J19" i="1"/>
   <c r="J20" i="1"/>
   <c r="J21" i="1"/>
   <c r="J7" i="1"/>
-  <c r="D6" i="11" a="1"/>
-[...28 lines deleted...]
-  <c r="E84" i="11" s="1"/>
+  <c r="E121" i="11" a="1"/>
+  <c r="E121" i="11" s="1"/>
+  <c r="E123" i="11" a="1"/>
+  <c r="E123" i="11" s="1"/>
+  <c r="E122" i="11" a="1"/>
+  <c r="E122" i="11" s="1"/>
   <c r="E105" i="11" a="1"/>
   <c r="E105" i="11" s="1"/>
   <c r="E104" i="11" a="1"/>
   <c r="E104" i="11" s="1"/>
   <c r="E103" i="11" a="1"/>
   <c r="E103" i="11" s="1"/>
-  <c r="E101" i="11" a="1"/>
-[...6 lines deleted...]
-  <c r="E97" i="11" s="1"/>
+  <c r="E119" i="11" a="1"/>
+  <c r="E119" i="11" s="1"/>
+  <c r="E118" i="11" a="1"/>
+  <c r="E118" i="11" s="1"/>
+  <c r="E117" i="11" a="1"/>
+  <c r="E117" i="11" s="1"/>
+  <c r="E115" i="11" a="1"/>
+  <c r="E115" i="11" s="1"/>
+  <c r="E114" i="11" a="1"/>
+  <c r="E114" i="11" s="1"/>
+  <c r="E113" i="11" a="1"/>
+  <c r="E113" i="11" s="1"/>
+  <c r="E111" i="11" a="1"/>
+  <c r="E111" i="11" s="1"/>
+  <c r="E110" i="11" a="1"/>
+  <c r="E110" i="11" s="1"/>
+  <c r="E109" i="11" a="1"/>
+  <c r="E109" i="11" s="1"/>
   <c r="E96" i="11" a="1"/>
   <c r="E96" i="11" s="1"/>
   <c r="E95" i="11" a="1"/>
   <c r="E95" i="11" s="1"/>
-  <c r="E82" i="11" a="1"/>
-[...141 lines deleted...]
-  <c r="D47" i="11" s="1"/>
+  <c r="E94" i="11" a="1"/>
+  <c r="E94" i="11" s="1"/>
+  <c r="E92" i="11" a="1"/>
+  <c r="E92" i="11" s="1"/>
+  <c r="E91" i="11" a="1"/>
+  <c r="E91" i="11" s="1"/>
+  <c r="E90" i="11" a="1"/>
+  <c r="E90" i="11" s="1"/>
+  <c r="E88" i="11" a="1"/>
+  <c r="E88" i="11" s="1"/>
+  <c r="E87" i="11" a="1"/>
+  <c r="E87" i="11" s="1"/>
+  <c r="E86" i="11" a="1"/>
+  <c r="E86" i="11" s="1"/>
+  <c r="E54" i="11" a="1"/>
+  <c r="E54" i="11" s="1"/>
+  <c r="E55" i="11" a="1"/>
+  <c r="E55" i="11" s="1"/>
+  <c r="E56" i="11" a="1"/>
+  <c r="E56" i="11" s="1"/>
+  <c r="E52" i="11" a="1"/>
+  <c r="E52" i="11" s="1"/>
+  <c r="E51" i="11" a="1"/>
+  <c r="E51" i="11" s="1"/>
+  <c r="E50" i="11" a="1"/>
+  <c r="E50" i="11" s="1"/>
+  <c r="E48" i="11" a="1"/>
+  <c r="E48" i="11" s="1"/>
   <c r="E47" i="11" a="1"/>
   <c r="E47" i="11" s="1"/>
-  <c r="D49" i="11" a="1"/>
-[...95 lines deleted...]
-  <c r="C176" i="1"/>
+  <c r="C186" i="1"/>
   <c r="E10" i="7" s="1"/>
-  <c r="D174" i="1"/>
-[...4 lines deleted...]
-  <c r="D177" i="1"/>
+  <c r="E15" i="7"/>
+  <c r="D187" i="1"/>
   <c r="E18" i="7" s="1"/>
-  <c r="E176" i="1"/>
+  <c r="E186" i="1"/>
   <c r="E24" i="7" s="1"/>
-  <c r="E175" i="1"/>
-[...5 lines deleted...]
-  <c r="E21" i="7" s="1"/>
+  <c r="C182" i="1" l="1"/>
+  <c r="G118" i="11" a="1"/>
+  <c r="G118" i="11" s="1"/>
+  <c r="J54" i="1"/>
+  <c r="J144" i="1"/>
+  <c r="J6" i="1"/>
+  <c r="J165" i="1"/>
+  <c r="E187" i="1"/>
+  <c r="E25" i="7" s="1"/>
+  <c r="C187" i="1"/>
+  <c r="E11" i="7" s="1"/>
+  <c r="E22" i="7"/>
+  <c r="J110" i="1"/>
+  <c r="D186" i="1"/>
+  <c r="E17" i="7" s="1"/>
+  <c r="J132" i="1"/>
+  <c r="J66" i="1"/>
+  <c r="E21" i="7"/>
+  <c r="E9" i="7"/>
+  <c r="G105" i="11" a="1"/>
+  <c r="G105" i="11" s="1"/>
+  <c r="D12" i="11"/>
+  <c r="D8" i="11"/>
   <c r="G104" i="11" a="1"/>
   <c r="G104" i="11" s="1"/>
-  <c r="G59" i="11" a="1"/>
-[...53 lines deleted...]
-  <c r="G46" i="11" s="1"/>
   <c r="G100" i="11" a="1"/>
   <c r="G100" i="11" s="1"/>
-  <c r="G99" i="11" a="1"/>
-[...69 lines deleted...]
-  <c r="G11" i="11" s="1"/>
   <c r="G13" i="11" a="1"/>
   <c r="G13" i="11" s="1"/>
-  <c r="G14" i="11" a="1"/>
-  <c r="G14" i="11" s="1"/>
   <c r="G15" i="11" a="1"/>
   <c r="G15" i="11" s="1"/>
   <c r="G10" i="11" a="1"/>
   <c r="G10" i="11" s="1"/>
   <c r="G9" i="11" a="1"/>
   <c r="G9" i="11" s="1"/>
-  <c r="G7" i="11" a="1"/>
-[...16 lines deleted...]
-  <c r="E14" i="7" s="1"/>
+  <c r="G8" i="11" s="1"/>
+  <c r="E7" i="7"/>
+  <c r="E14" i="7"/>
   <c r="E20" i="7"/>
-  <c r="E26" i="7" l="1"/>
+  <c r="G12" i="11" l="1"/>
+  <c r="E26" i="7"/>
   <c r="F26" i="7" s="1"/>
-  <c r="G79" i="11"/>
-[...41 lines deleted...]
-  <c r="E13" i="7" s="1"/>
+  <c r="G58" i="11"/>
+  <c r="J109" i="1"/>
+  <c r="J143" i="1"/>
+  <c r="E13" i="7"/>
   <c r="E19" i="7" s="1"/>
   <c r="F19" i="7" s="1"/>
-  <c r="J55" i="1"/>
-  <c r="G29" i="11" s="1"/>
+  <c r="J65" i="1"/>
   <c r="J5" i="1"/>
   <c r="J4" i="1" s="1"/>
-  <c r="G2" i="11" s="1"/>
   <c r="E6" i="7"/>
   <c r="E12" i="7" s="1"/>
   <c r="F12" i="7" s="1"/>
-  <c r="B28" i="10" l="1"/>
+  <c r="H3" i="11" l="1"/>
+  <c r="B28" i="10"/>
   <c r="C28" i="10" s="1"/>
   <c r="B26" i="10"/>
-  <c r="G70" i="11"/>
-[...10 lines deleted...]
-  <c r="J166" i="1"/>
+  <c r="H44" i="11"/>
+  <c r="J176" i="1"/>
+  <c r="K54" i="1" s="1"/>
   <c r="B12" i="10"/>
   <c r="B11" i="10" s="1"/>
   <c r="B14" i="10"/>
   <c r="C14" i="10" s="1"/>
   <c r="B19" i="10"/>
   <c r="B18" i="10" s="1"/>
   <c r="E27" i="7"/>
   <c r="F27" i="7" s="1"/>
   <c r="B5" i="10" s="1"/>
   <c r="B21" i="10"/>
   <c r="C21" i="10" s="1"/>
-  <c r="K148" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="K147" i="1"/>
+  <c r="H106" i="11" l="1"/>
+  <c r="H120" i="11"/>
+  <c r="H108" i="11"/>
+  <c r="H52" i="11"/>
+  <c r="H51" i="11"/>
+  <c r="H50" i="11"/>
+  <c r="H49" i="11"/>
+  <c r="H48" i="11"/>
+  <c r="H47" i="11"/>
+  <c r="H46" i="11"/>
+  <c r="H45" i="11"/>
+  <c r="H43" i="11"/>
+  <c r="H42" i="11"/>
+  <c r="H41" i="11"/>
+  <c r="H40" i="11"/>
+  <c r="H38" i="11"/>
+  <c r="H37" i="11"/>
+  <c r="H36" i="11"/>
+  <c r="H35" i="11"/>
+  <c r="H34" i="11"/>
+  <c r="H33" i="11"/>
+  <c r="H32" i="11"/>
+  <c r="H31" i="11"/>
+  <c r="H30" i="11"/>
+  <c r="H29" i="11"/>
+  <c r="H28" i="11"/>
+  <c r="H27" i="11"/>
+  <c r="H26" i="11"/>
+  <c r="H25" i="11"/>
+  <c r="H24" i="11"/>
+  <c r="H23" i="11"/>
+  <c r="H22" i="11"/>
+  <c r="H21" i="11"/>
+  <c r="H20" i="11"/>
+  <c r="H19" i="11"/>
+  <c r="H18" i="11"/>
+  <c r="H17" i="11"/>
+  <c r="H16" i="11"/>
+  <c r="H15" i="11"/>
+  <c r="H14" i="11"/>
+  <c r="H13" i="11"/>
+  <c r="H11" i="11"/>
+  <c r="H9" i="11"/>
+  <c r="H6" i="11"/>
+  <c r="H7" i="11"/>
+  <c r="H5" i="11"/>
+  <c r="H2" i="11"/>
+  <c r="H4" i="11"/>
+  <c r="H75" i="11"/>
+  <c r="H39" i="11"/>
+  <c r="K51" i="1"/>
+  <c r="K52" i="1"/>
+  <c r="K49" i="1"/>
+  <c r="K50" i="1"/>
+  <c r="K47" i="1"/>
+  <c r="K48" i="1"/>
+  <c r="K45" i="1"/>
+  <c r="K46" i="1"/>
+  <c r="K43" i="1"/>
+  <c r="K44" i="1"/>
+  <c r="K158" i="1"/>
+  <c r="K159" i="1"/>
+  <c r="K156" i="1"/>
+  <c r="K157" i="1"/>
+  <c r="K95" i="1"/>
+  <c r="K155" i="1"/>
+  <c r="K90" i="1"/>
+  <c r="K91" i="1"/>
+  <c r="K88" i="1"/>
+  <c r="K89" i="1"/>
+  <c r="K86" i="1"/>
+  <c r="K87" i="1"/>
+  <c r="K84" i="1"/>
   <c r="K85" i="1"/>
-  <c r="K145" i="1"/>
-[...13 lines deleted...]
-  <c r="K51" i="1"/>
+  <c r="K64" i="1"/>
+  <c r="K83" i="1"/>
+  <c r="K62" i="1"/>
+  <c r="K63" i="1"/>
+  <c r="K60" i="1"/>
+  <c r="K61" i="1"/>
   <c r="K37" i="1"/>
   <c r="K38" i="1"/>
   <c r="K35" i="1"/>
   <c r="K36" i="1"/>
   <c r="K33" i="1"/>
   <c r="K34" i="1"/>
   <c r="K31" i="1"/>
   <c r="K32" i="1"/>
   <c r="K29" i="1"/>
   <c r="K30" i="1"/>
   <c r="B27" i="10"/>
   <c r="C27" i="10" s="1"/>
   <c r="B24" i="10"/>
   <c r="C24" i="10" s="1"/>
   <c r="C26" i="10"/>
   <c r="B25" i="10"/>
   <c r="C25" i="10" s="1"/>
   <c r="K15" i="1"/>
   <c r="K16" i="1"/>
   <c r="K13" i="1"/>
   <c r="K14" i="1"/>
-  <c r="K70" i="1"/>
+  <c r="K80" i="1"/>
   <c r="K12" i="1"/>
-  <c r="H29" i="11"/>
+  <c r="H119" i="11"/>
+  <c r="H111" i="11"/>
+  <c r="H107" i="11"/>
+  <c r="H62" i="11"/>
+  <c r="H89" i="11"/>
+  <c r="H55" i="11"/>
+  <c r="H114" i="11"/>
+  <c r="H64" i="11"/>
+  <c r="H102" i="11"/>
+  <c r="H81" i="11"/>
+  <c r="H53" i="11"/>
+  <c r="H77" i="11"/>
+  <c r="H96" i="11"/>
+  <c r="H67" i="11"/>
+  <c r="H92" i="11"/>
+  <c r="H99" i="11"/>
+  <c r="H91" i="11"/>
+  <c r="H59" i="11"/>
+  <c r="H109" i="11"/>
+  <c r="H121" i="11"/>
+  <c r="H74" i="11"/>
+  <c r="H69" i="11"/>
+  <c r="H66" i="11"/>
+  <c r="H72" i="11"/>
+  <c r="H85" i="11"/>
+  <c r="H79" i="11"/>
+  <c r="H104" i="11"/>
+  <c r="H87" i="11"/>
+  <c r="H83" i="11"/>
+  <c r="H94" i="11"/>
+  <c r="H8" i="11"/>
+  <c r="H122" i="11"/>
+  <c r="H82" i="11"/>
+  <c r="H57" i="11"/>
+  <c r="H80" i="11"/>
+  <c r="H12" i="11"/>
+  <c r="H117" i="11"/>
+  <c r="H60" i="11"/>
+  <c r="H84" i="11"/>
+  <c r="H70" i="11"/>
+  <c r="H95" i="11"/>
   <c r="H105" i="11"/>
-  <c r="H97" i="11"/>
-[...37 lines deleted...]
-  <c r="H65" i="11"/>
   <c r="H90" i="11"/>
   <c r="H73" i="11"/>
-  <c r="H69" i="11"/>
-[...1 lines deleted...]
-  <c r="H8" i="11"/>
+  <c r="H56" i="11"/>
+  <c r="H100" i="11"/>
   <c r="H98" i="11"/>
-  <c r="H19" i="11"/>
-[...1 lines deleted...]
-  <c r="H108" i="11"/>
+  <c r="H65" i="11"/>
+  <c r="H115" i="11"/>
+  <c r="H88" i="11"/>
+  <c r="H110" i="11"/>
+  <c r="H78" i="11"/>
+  <c r="H103" i="11"/>
+  <c r="H113" i="11"/>
+  <c r="H58" i="11"/>
+  <c r="H93" i="11"/>
+  <c r="H63" i="11"/>
+  <c r="H123" i="11"/>
+  <c r="H71" i="11"/>
+  <c r="H54" i="11"/>
+  <c r="H118" i="11"/>
+  <c r="H76" i="11"/>
+  <c r="H61" i="11"/>
+  <c r="H86" i="11"/>
   <c r="H68" i="11"/>
-  <c r="H20" i="11"/>
-[...53 lines deleted...]
-  <c r="H25" i="11"/>
   <c r="B10" i="10"/>
   <c r="C10" i="10" s="1"/>
   <c r="C11" i="10"/>
   <c r="C12" i="10"/>
   <c r="K17" i="1"/>
-  <c r="K47" i="1"/>
-[...1 lines deleted...]
-  <c r="K49" i="1"/>
+  <c r="K57" i="1"/>
+  <c r="K58" i="1"/>
+  <c r="K59" i="1"/>
   <c r="K6" i="1"/>
   <c r="B13" i="10"/>
   <c r="C13" i="10" s="1"/>
   <c r="K7" i="1"/>
   <c r="K8" i="1"/>
   <c r="K10" i="1"/>
   <c r="K11" i="1"/>
   <c r="K18" i="1"/>
   <c r="K19" i="1"/>
-  <c r="K115" i="1"/>
-[...8 lines deleted...]
-  <c r="K124" i="1"/>
   <c r="K125" i="1"/>
   <c r="K126" i="1"/>
   <c r="K127" i="1"/>
   <c r="K128" i="1"/>
   <c r="K129" i="1"/>
   <c r="K130" i="1"/>
-  <c r="K163" i="1"/>
-[...5 lines deleted...]
-  <c r="K107" i="1"/>
+  <c r="K131" i="1"/>
+  <c r="K132" i="1"/>
+  <c r="K133" i="1"/>
+  <c r="K134" i="1"/>
+  <c r="K135" i="1"/>
+  <c r="K136" i="1"/>
+  <c r="K137" i="1"/>
+  <c r="K138" i="1"/>
+  <c r="K139" i="1"/>
+  <c r="K140" i="1"/>
+  <c r="K173" i="1"/>
+  <c r="K172" i="1"/>
+  <c r="K171" i="1"/>
+  <c r="K170" i="1"/>
+  <c r="K169" i="1"/>
+  <c r="K118" i="1"/>
+  <c r="K117" i="1"/>
+  <c r="K116" i="1"/>
+  <c r="K115" i="1"/>
+  <c r="K114" i="1"/>
+  <c r="K105" i="1"/>
   <c r="K106" i="1"/>
-  <c r="K105" i="1"/>
+  <c r="K103" i="1"/>
   <c r="K104" i="1"/>
-  <c r="K95" i="1"/>
-[...3 lines deleted...]
-  <c r="K92" i="1"/>
+  <c r="K102" i="1"/>
   <c r="C18" i="10"/>
   <c r="B7" i="10"/>
-  <c r="C7" i="10" s="1"/>
   <c r="C19" i="10"/>
   <c r="B17" i="10"/>
   <c r="C17" i="10" s="1"/>
   <c r="B20" i="10"/>
   <c r="C20" i="10" s="1"/>
   <c r="K4" i="1"/>
   <c r="B4" i="10"/>
   <c r="B3" i="10"/>
-  <c r="K63" i="1"/>
-[...6 lines deleted...]
-  <c r="K83" i="1"/>
+  <c r="K73" i="1"/>
+  <c r="K74" i="1"/>
   <c r="K71" i="1"/>
   <c r="K72" i="1"/>
-  <c r="H110" i="11" l="1"/>
+  <c r="K94" i="1"/>
+  <c r="K70" i="1"/>
+  <c r="K92" i="1"/>
+  <c r="K93" i="1"/>
+  <c r="K81" i="1"/>
+  <c r="K82" i="1"/>
+  <c r="H124" i="11" l="1"/>
   <c r="H10" i="11" s="1"/>
-  <c r="C5" i="10"/>
+  <c r="C7" i="10"/>
   <c r="B6" i="10"/>
   <c r="C6" i="10" s="1"/>
+  <c r="C5" i="10"/>
   <c r="C3" i="10"/>
   <c r="C4" i="10"/>
   <c r="K40" i="1"/>
-  <c r="K88" i="1"/>
+  <c r="K98" i="1"/>
   <c r="K28" i="1"/>
   <c r="K39" i="1"/>
   <c r="K26" i="1"/>
   <c r="K27" i="1"/>
+  <c r="K77" i="1"/>
+  <c r="K65" i="1"/>
+  <c r="K142" i="1"/>
+  <c r="K166" i="1"/>
+  <c r="K9" i="1"/>
+  <c r="K144" i="1"/>
+  <c r="K23" i="1"/>
+  <c r="K151" i="1"/>
+  <c r="K76" i="1"/>
+  <c r="K150" i="1"/>
+  <c r="K100" i="1"/>
+  <c r="K146" i="1"/>
+  <c r="K160" i="1"/>
+  <c r="K20" i="1"/>
+  <c r="K119" i="1"/>
+  <c r="K123" i="1"/>
+  <c r="K113" i="1"/>
+  <c r="K79" i="1"/>
+  <c r="K99" i="1"/>
+  <c r="K152" i="1"/>
+  <c r="K55" i="1"/>
+  <c r="K121" i="1"/>
+  <c r="K53" i="1"/>
+  <c r="K68" i="1"/>
+  <c r="K108" i="1"/>
+  <c r="K153" i="1"/>
+  <c r="K69" i="1"/>
+  <c r="K145" i="1"/>
+  <c r="K21" i="1"/>
+  <c r="K149" i="1"/>
+  <c r="K22" i="1"/>
   <c r="K67" i="1"/>
-  <c r="K55" i="1"/>
-[...18 lines deleted...]
-  <c r="K45" i="1"/>
+  <c r="K167" i="1"/>
   <c r="K111" i="1"/>
-  <c r="K43" i="1"/>
-[...1 lines deleted...]
-  <c r="K98" i="1"/>
   <c r="K143" i="1"/>
-  <c r="K59" i="1"/>
-[...8 lines deleted...]
-  <c r="K133" i="1"/>
   <c r="K41" i="1"/>
   <c r="K24" i="1"/>
-  <c r="K153" i="1"/>
+  <c r="K163" i="1"/>
   <c r="K5" i="1"/>
-  <c r="K68" i="1"/>
+  <c r="K78" i="1"/>
+  <c r="K174" i="1"/>
+  <c r="K176" i="1"/>
+  <c r="K154" i="1"/>
+  <c r="K97" i="1"/>
+  <c r="K109" i="1"/>
+  <c r="K75" i="1"/>
+  <c r="K25" i="1"/>
+  <c r="K168" i="1"/>
+  <c r="K148" i="1"/>
+  <c r="K110" i="1"/>
+  <c r="K165" i="1"/>
+  <c r="K42" i="1"/>
+  <c r="K124" i="1"/>
+  <c r="K122" i="1"/>
+  <c r="K161" i="1"/>
+  <c r="K162" i="1"/>
+  <c r="K120" i="1"/>
   <c r="K164" i="1"/>
-  <c r="K166" i="1"/>
-[...10 lines deleted...]
-  <c r="K114" i="1"/>
   <c r="K112" i="1"/>
-  <c r="K151" i="1"/>
-[...4 lines deleted...]
-  <c r="K91" i="1"/>
+  <c r="K101" i="1"/>
+  <c r="K66" i="1"/>
+  <c r="K147" i="1"/>
+  <c r="K175" i="1"/>
   <c r="K56" i="1"/>
-  <c r="K137" i="1"/>
-[...4 lines deleted...]
-  <c r="K86" i="1"/>
+  <c r="K141" i="1"/>
+  <c r="K107" i="1"/>
+  <c r="K96" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="935" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="993" uniqueCount="424">
   <si>
     <t xml:space="preserve"> 2. pielikums trešās kārtas otrā uzsaukuma projektu atlases nolikumam</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas otrā uzsaukuma </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>projekta budžeta kopsavilkums</t>
     </r>
   </si>
   <si>
+    <t>Budžeta pozīcijas kods </t>
+  </si>
+  <si>
     <r>
       <t>Izmaksu pozīcijas nosaukums</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <t>Darbības veids</t>
   </si>
   <si>
     <t>Labuma guvējs</t>
   </si>
   <si>
     <r>
       <t>Izmaksu veids</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
+    <t>Vienas vienības izmaksas EUR</t>
+  </si>
+  <si>
     <r>
       <t>Daudzums</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <r>
       <t>Mērvienība</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t> </t>
     </r>
-  </si>
-[...1621 lines deleted...]
-    <t>Labuma guvēji</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
       <t>Projekta darbības/apakšdarbības numurs</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
+    <r>
+      <t>Attiecināmā summa</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>%</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>Piezīmes par attiecināmajām izmaksām</t>
+  </si>
+  <si>
+    <t>Piezīmes par tabulas aizpildīšanu</t>
+  </si>
+  <si>
+    <r>
+      <t>2.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Projekta vadības izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Izmaksas nevar pārsniegt </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>34 422</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> EUR kalendāra gadā, pieskaitot </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>0,64%</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> no projekta tiešajām attiecināmajām izmaksām, neieskaitot tiešās projekta vadības personāla izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">  (SAM MK noteikumu 27.1. apakšpunkts).
+Izmaksas attiecināmas, atlīdzībā iekļaujot arī darba devēja valsts sociālās apdrošināšanas obligātās iemaksas un atvaļinājuma izmaksas (SAM MK noteikumu 27.2. apakšpunkts).
+Budžeta pozīcijā Nr. 2 iekļaujamas izmaksas uz darba līguma pamata. Projekta vadības personāla izmaksas uz uzņēmuma vai pakalpojuma līguma pamata norādāmas budžeta pozīcijā Nr. 13.2. “Ārpakalpojumu izmaksas”.</t>
+    </r>
+  </si>
+  <si>
+    <t>Norāda atsevišķi katru projektā plānoto vadības personāla amata pozīciju. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>2.1. </t>
+  </si>
+  <si>
+    <r>
+      <t>Projekta vadības personāla izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>2.1.1. </t>
+  </si>
+  <si>
+    <t>Darba samaksa un Valsts sociālās apdrošināšanas obligātās iemaksas </t>
+  </si>
+  <si>
+    <t>2.1.1.1.</t>
+  </si>
+  <si>
+    <t>Izmaksu pozīcijas nosaukums</t>
+  </si>
+  <si>
+    <t>Rūpnieciskie pētījumi</t>
+  </si>
+  <si>
+    <t>Projekta iesniedzējs</t>
+  </si>
+  <si>
+    <t>tiešās </t>
+  </si>
+  <si>
+    <t>stundas</t>
+  </si>
+  <si>
+    <t>2.1.1.2.</t>
+  </si>
+  <si>
+    <t>Sadarbības partneris Nr.1</t>
+  </si>
+  <si>
     <t>mēneši</t>
   </si>
   <si>
-    <t>Algas</t>
+    <t>2.1.1.3.</t>
+  </si>
+  <si>
+    <t>Eksperimentālā izstrāde</t>
+  </si>
+  <si>
+    <t>2.1.1.4.</t>
+  </si>
+  <si>
+    <t>2.1.1.5.</t>
+  </si>
+  <si>
+    <t>Sadarbības partneris Nr.2</t>
+  </si>
+  <si>
+    <t>2.1.1.6.</t>
+  </si>
+  <si>
+    <t>2.1.1.7.</t>
+  </si>
+  <si>
+    <t>2.1.1.8.</t>
+  </si>
+  <si>
+    <t>2.1.1.9.</t>
+  </si>
+  <si>
+    <t>2.1.1.10.</t>
   </si>
   <si>
     <t>2.1.1.11.</t>
   </si>
   <si>
     <t>2.1.1.12.</t>
   </si>
   <si>
     <t>2.1.1.13.</t>
   </si>
   <si>
     <t>2.1.1.14.</t>
   </si>
   <si>
     <t>2.1.1.15.</t>
   </si>
   <si>
-    <t>Piezīmes par attiecināmajām izmaksām</t>
-[...2 lines deleted...]
-    <t>Piezīmes par tabulas aizpildīšanu</t>
+    <r>
+      <t>3.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Projekta īstenošanas personāla izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>3.1. </t>
+  </si>
+  <si>
+    <t>Projekta īstenošanas personāla atlīdzības izmaksas un valsts sociālās apdrošināšanas obligātās iemaksas </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>Personāla izmaksas projekta darbību īstenošanai</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>. Izmaksas attiecināmas, atlīdzībā iekļaujot arī darba devēja valsts sociālās apdrošināšanas obligātās iemaksas un atvaļinājuma izmaksas (SAM MK noteikumu 27.2.apakšpunkts).
+Budžeta pozīcijā Nr. 3.1. iekļaujamas izmaksas uz darba līguma pamata. Projekta īstenošanas personāla izmaksas uz uzņēmuma vai pakalpojuma līguma pamata norādāmas budžeta pozīcijā Nr. 13.2. “Ārpakalpojumu izmaksas”.</t>
+    </r>
+  </si>
+  <si>
+    <t>Norāda atsevišķi katru projektā plānoto īstenošanas personāla amata pozīciju. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>3.1.1.</t>
+  </si>
+  <si>
+    <t>3.1.2.</t>
+  </si>
+  <si>
+    <t>3.1.3.</t>
+  </si>
+  <si>
+    <t>3.1.4.</t>
+  </si>
+  <si>
+    <t>3.1.5.</t>
+  </si>
+  <si>
+    <t>3.1.6.</t>
+  </si>
+  <si>
+    <t>3.1.7.</t>
+  </si>
+  <si>
+    <t>3.1.8.</t>
+  </si>
+  <si>
+    <t>3.1.9.</t>
+  </si>
+  <si>
+    <t>3.1.10.</t>
   </si>
   <si>
     <t>3.1.11.</t>
   </si>
   <si>
     <t>3.1.12.</t>
   </si>
   <si>
     <t>3.1.13.</t>
   </si>
   <si>
     <t>3.1.14.</t>
   </si>
   <si>
     <t>3.1.15.</t>
   </si>
   <si>
     <t>3.1.16.</t>
   </si>
   <si>
     <t>3.1.17.</t>
   </si>
   <si>
     <t>3.1.18.</t>
   </si>
   <si>
     <t>3.1.19.</t>
   </si>
   <si>
     <t>3.1.20.</t>
   </si>
   <si>
-    <t>Vienas vienības izmaksas EUR</t>
+    <t>3.1.21.</t>
+  </si>
+  <si>
+    <t>3.1.22.</t>
+  </si>
+  <si>
+    <t>3.1.23.</t>
+  </si>
+  <si>
+    <t>3.1.24.</t>
+  </si>
+  <si>
+    <t>3.1.25.</t>
+  </si>
+  <si>
+    <t>3.1.26.</t>
+  </si>
+  <si>
+    <t>3.1.27.</t>
+  </si>
+  <si>
+    <t>3.1.28.</t>
+  </si>
+  <si>
+    <t>3.1.29.</t>
+  </si>
+  <si>
+    <t>3.1.30.</t>
+  </si>
+  <si>
+    <t>3.2. </t>
+  </si>
+  <si>
+    <t>Komandējumu (darba braucienu) izmaksas </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Projekta iesniedzēja un sadarbības partneru projekta </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>īstenošanas personāla komandējumu un darba braucienu izmaksa</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>s, kas ir pamatotas un saistītas ar projekta īstenošanu (SAM MK noteikumu 27.3. apakšpunkts).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ailē "Vienas vienības izmaksas EUR" norāda katra komandējuma kopējās izmaksas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>katrai pētījumu kategorijai un katram finansējuma saņēmējam</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>. Lappusē "Izmaksu pamatojums" sniedz komandējuma izmaksu pamatojumu.</t>
+    </r>
+  </si>
+  <si>
+    <t>3.2.1.</t>
   </si>
   <si>
     <t>Komandējums</t>
   </si>
   <si>
     <t>skaits</t>
   </si>
   <si>
-    <t>6.2.11.</t>
-[...26 lines deleted...]
-    <t>6.2.20.</t>
+    <t>3.2.2.</t>
+  </si>
+  <si>
+    <t>3.2.3.</t>
+  </si>
+  <si>
+    <t>3.2.4.</t>
+  </si>
+  <si>
+    <t>3.2.5.</t>
+  </si>
+  <si>
+    <t>3.2.6.</t>
+  </si>
+  <si>
+    <t>3.2.7.</t>
+  </si>
+  <si>
+    <t>3.2.8.</t>
+  </si>
+  <si>
+    <t>3.2.9.</t>
+  </si>
+  <si>
+    <t>3.2.10.</t>
+  </si>
+  <si>
+    <r>
+      <t>6.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Materiālu, aprīkojuma un iekārtu izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>6.1. </t>
+  </si>
+  <si>
+    <t>Materiālu un izejvielu izmaksas </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attiecināmas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>fizikālo, bioloģisko, ķīmisko un citu materiālu, kā arī izmēģinājuma dzīvnieku, reaktīvu, ķimikāliju, laboratorijas trauku, medikamentu, zinātniskās literatūras un mazvērtīgā inventāra iegādes izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, tai skaitā piegādes izmaksas, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.7. apakšpunkts).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ailē "Vienas vienības izmaksas EUR" norāda materiālu iegādes kopējās izmaksas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>katrai pētījumu kategorijai un katram finansējuma saņēmējam</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+    </r>
+  </si>
+  <si>
+    <t>6.1.1.</t>
   </si>
   <si>
     <t>Materiāli un izejvielas</t>
   </si>
   <si>
-    <t>13.1.16.</t>
-[...11 lines deleted...]
-    <t>13.1.20.</t>
+    <t>6.1.2.</t>
+  </si>
+  <si>
+    <t>6.1.3.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tiešās </t>
+  </si>
+  <si>
+    <t>6.1.4.</t>
+  </si>
+  <si>
+    <t>6.1.5.</t>
+  </si>
+  <si>
+    <t>6.1.6.</t>
+  </si>
+  <si>
+    <t>6.1.7.</t>
+  </si>
+  <si>
+    <t>6.1.8.</t>
+  </si>
+  <si>
+    <t>6.1.9.</t>
+  </si>
+  <si>
+    <t>6.1.10.</t>
+  </si>
+  <si>
+    <t>6.2. </t>
+  </si>
+  <si>
+    <t>Aprīkojuma un iekārtu izmaksas</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Izmaksas nevar pārsniegt 30% no projekta kopējām attiecināmajām izmaksām</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (SAM MK noteikumu 28. punkts).
 1) Attiecināma </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
@@ -3016,244 +1954,290 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>patentu iegādei no trešajām personām</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.8. apakšpunkts).</t>
     </r>
   </si>
   <si>
+    <t>Norāda atsevišķi katru projektā plānoto vienību. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>6.2.1.</t>
+  </si>
+  <si>
+    <t>6.2.2.</t>
+  </si>
+  <si>
+    <t>6.2.3.</t>
+  </si>
+  <si>
+    <t>6.2.4.</t>
+  </si>
+  <si>
+    <t>6.2.5.</t>
+  </si>
+  <si>
+    <t>6.2.6.</t>
+  </si>
+  <si>
+    <t>6.2.7.</t>
+  </si>
+  <si>
+    <t>6.2.8.</t>
+  </si>
+  <si>
+    <t>6.2.9.</t>
+  </si>
+  <si>
+    <t>6.2.10.</t>
+  </si>
+  <si>
+    <t>6.2.11.</t>
+  </si>
+  <si>
+    <t>6.2.12.</t>
+  </si>
+  <si>
+    <t>6.2.13.</t>
+  </si>
+  <si>
+    <t>6.2.14.</t>
+  </si>
+  <si>
+    <t>6.2.15.</t>
+  </si>
+  <si>
+    <t>6.2.16.</t>
+  </si>
+  <si>
+    <t>6.2.17.</t>
+  </si>
+  <si>
+    <t>6.2.18.</t>
+  </si>
+  <si>
+    <t>6.2.19.</t>
+  </si>
+  <si>
+    <t>6.2.20.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.4. </t>
+  </si>
+  <si>
+    <r>
+      <t>Citas izmaksas</t>
+    </r>
     <r>
       <rPr>
-        <sz val="10"/>
-        <color rgb="FFFF0000"/>
+        <sz val="11"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Izmaksas nevar pārsniegt </t>
+      <t> </t>
     </r>
-    <r>
-[...117 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>6.4.1.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Komunālo pakalpojumu un sakaru pakalpojumu izmaksas</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.4. apakšpunkts).
 2) </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Telpu nomas izmaksas</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> atbilstoši SAM MK noteikumu 27.5. apakšpunktam.</t>
     </r>
   </si>
   <si>
+    <t>Norāda atsevišķi katru projektā plānoto pakalpojumu. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>6.4.2.</t>
+  </si>
+  <si>
+    <t>6.4.3.</t>
+  </si>
+  <si>
+    <t>tiešās</t>
+  </si>
+  <si>
+    <t>6.4.4.</t>
+  </si>
+  <si>
+    <t>6.4.5.</t>
+  </si>
+  <si>
+    <t>6.4.6.</t>
+  </si>
+  <si>
+    <t>6.4.7.</t>
+  </si>
+  <si>
+    <t>6.4.8.</t>
+  </si>
+  <si>
+    <t>6.4.9.</t>
+  </si>
+  <si>
+    <t>6.4.10.</t>
+  </si>
+  <si>
+    <r>
+      <t>8.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>Patenti, licences u.tml.</t>
+  </si>
+  <si>
+    <t>8.1.</t>
+  </si>
+  <si>
+    <t>Līgumpētījumu izmaksas</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Izmaksas par līgumpētījumiem</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> ir attiecināmas, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām. 
 </t>
     </r>
+  </si>
+  <si>
+    <t>Norāda atsevišķi katru projektā plānoto izmaksu vienību. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>8.1.1.</t>
+  </si>
+  <si>
+    <t>8.1.2.</t>
+  </si>
+  <si>
+    <t>8.1.3.</t>
+  </si>
+  <si>
+    <t>8.1.4.</t>
+  </si>
+  <si>
+    <t>8.1.5.</t>
+  </si>
+  <si>
+    <t>8.1.6.</t>
+  </si>
+  <si>
+    <t>8.1.7.</t>
+  </si>
+  <si>
+    <t>8.1.8.</t>
+  </si>
+  <si>
+    <t>8.1.9.</t>
+  </si>
+  <si>
+    <t>8.1.10.</t>
+  </si>
+  <si>
+    <t>8.2.</t>
+  </si>
+  <si>
+    <t>Izmaksas par patentu un citu nemateriālu aktīvu iegūšanu</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Atbilstoši SAM MK noteikumu 27.15. apakšpunktam.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Izmaksas ir attiecināmas tikai tad, ja finansējuma saņēmējs ir komersants, kas atbilst sīkā (mikro), mazā vai vidējā saimnieciskās darbības subjekta statusam.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Attiecināmas</t>
     </r>
@@ -3294,63 +2278,194 @@
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>patentiem un citu nemateriālu aktīvu iegūšanu</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ne iegādi no trešajām personām)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>, ciktāl tos izmanto rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām.</t>
     </r>
   </si>
   <si>
+    <t>8.2.1.</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>8.2.2.</t>
+  </si>
+  <si>
+    <t>8.2.3.</t>
+  </si>
+  <si>
+    <t>8.2.4.</t>
+  </si>
+  <si>
+    <t>8.2.5.</t>
+  </si>
+  <si>
+    <t>8.2.6.</t>
+  </si>
+  <si>
+    <t>8.2.7.</t>
+  </si>
+  <si>
+    <t>8.2.8.</t>
+  </si>
+  <si>
+    <t>8.2.9.</t>
+  </si>
+  <si>
+    <t>8.2.10.</t>
+  </si>
+  <si>
+    <r>
+      <t>10.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Komunikācijas un vizuālās identitātes prasību nodrošināšanas pasākumu izmaksas </t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Atbilstoši SAM MK noteikumu 27.12. apakšpunktam.
 Attiecināmas tikai </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">projekta komunikācijas un vizuālās identitātes obligāto prasību nodrošināšanas izmaksas. </t>
+    </r>
+  </si>
+  <si>
+    <t>10.1. </t>
+  </si>
+  <si>
+    <t>10.2. </t>
+  </si>
+  <si>
+    <t>10.3.</t>
+  </si>
+  <si>
+    <t>10.4.</t>
+  </si>
+  <si>
+    <t>10.5.</t>
+  </si>
+  <si>
+    <t>10.6.</t>
+  </si>
+  <si>
+    <t>10.7.</t>
+  </si>
+  <si>
+    <t>10.8.</t>
+  </si>
+  <si>
+    <t>10.9.</t>
+  </si>
+  <si>
+    <t>10.10.</t>
+  </si>
+  <si>
+    <r>
+      <t>13.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Pārējās projekta īstenošanas izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>13.1.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Ārpakalpojumu izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
     </r>
   </si>
   <si>
     <r>
       <t>1) Attiecināmas</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> juridisko, grāmatvedības, testēšanas un izstrādes, projektu vadības, lietvedības, tulkošanas u.c. pakalpojumu izmaksas</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>, kurus projekta iesniedzējs un sadarbības partneri iepērk no trešajām personām –, ja attiecīgie pakalpojumi tiek izmantoti tikai rūpnieciskā pētījuma, ksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.11.apakšpunkts).
 2) Attiecināmas</t>
@@ -3394,250 +2509,1293 @@
       </rPr>
       <t>, ciktāl tās attiecas uz rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.13.apakšpunkts)
 4) Attiecināmas</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> projekta iesniedzēja un sadarbības partneru dalības maksas iesaistei starptautiskās pētniecības un attīstības programmās</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>, platformās un iniciatīvās, dalības maksa tīklošanās un mobilitātes pasākumos, starptautisko projektu sagatavošanas izmaksas, lai iesaistītos starptautiskos konsorcijos, ciktāl tās attiecas uz rūpnieciskā pētījuma, eksperimentālās izstrādes vai tehniski ekonomiskās priekšizpētes darbībām (SAM MK noteikumu 27.14.apakšpunkts).</t>
     </r>
   </si>
   <si>
+    <t>Norāda atsevišķi katru projektā plānoto ārpakalpojumu vienību. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+  </si>
+  <si>
+    <t>13.1.1.</t>
+  </si>
+  <si>
+    <t>13.1.2.</t>
+  </si>
+  <si>
+    <t>13.1.3.</t>
+  </si>
+  <si>
+    <t>13.1.4.</t>
+  </si>
+  <si>
+    <t>13.1.5.</t>
+  </si>
+  <si>
+    <t>13.1.6.</t>
+  </si>
+  <si>
+    <t>13.1.7.</t>
+  </si>
+  <si>
+    <t>13.1.8.</t>
+  </si>
+  <si>
+    <t>13.1.9.</t>
+  </si>
+  <si>
+    <t>13.1.10.</t>
+  </si>
+  <si>
+    <t>13.1.11.</t>
+  </si>
+  <si>
+    <t>13.1.12.</t>
+  </si>
+  <si>
+    <t>13.1.13.</t>
+  </si>
+  <si>
+    <t>13.1.14.</t>
+  </si>
+  <si>
+    <t>13.1.15.</t>
+  </si>
+  <si>
+    <t>13.1.16.</t>
+  </si>
+  <si>
+    <t>13.1.17.</t>
+  </si>
+  <si>
+    <t>13.1.18.</t>
+  </si>
+  <si>
+    <t>13.1.19.</t>
+  </si>
+  <si>
+    <t>13.1.20.</t>
+  </si>
+  <si>
+    <r>
+      <t>13.2.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>Izmaksas par nozares ekspertīzi tirgus un tehnoloģiju izpētei</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Atbilstoši SAM MK noteikumu 27.16. apakšpunktam. 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>Izmaksas par nozares ekspertīzi tirgus un tehnoloģiju izpētei</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> ir attiecināmas, ciktāl tas nepieciešams projekta īstenošanai. </t>
     </r>
   </si>
   <si>
-    <t>Informācija par finansējuma saņēmēja pieredzi līdzīgos projektos</t>
-[...2 lines deleted...]
-    <t>Informācija par eksperta atzinumu</t>
+    <t>13.2.1.</t>
+  </si>
+  <si>
+    <t>13.2.2.</t>
+  </si>
+  <si>
+    <t>13.2.3.</t>
+  </si>
+  <si>
+    <t>13.2.4.</t>
+  </si>
+  <si>
+    <t>13.2.5.</t>
+  </si>
+  <si>
+    <t>13.2.6.</t>
+  </si>
+  <si>
+    <t>13.2.7.</t>
+  </si>
+  <si>
+    <t>13.2.8.</t>
+  </si>
+  <si>
+    <t>13.2.9.</t>
+  </si>
+  <si>
+    <t>13.2.10.</t>
+  </si>
+  <si>
+    <r>
+      <t>KOPĀ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t> </t>
+    </r>
+  </si>
+  <si>
+    <t>* Izmaksu pozīcijas norāda saskaņā ar SAM MK noteikumu projekta izmaksu attiecināmības nosacījumiem</t>
+  </si>
+  <si>
+    <t>** Nomas gadījumā mērvienību norāda ar laika parametru (gadā vai mēnesī).</t>
+  </si>
+  <si>
+    <t>Attiecināmās izmaksas</t>
+  </si>
+  <si>
+    <t>Sadarbības partneris Nr. 1</t>
+  </si>
+  <si>
+    <t>Sadarbības partneris Nr. 2</t>
+  </si>
+  <si>
+    <t>Tehniski ekonomiskā priekšizpēte</t>
+  </si>
+  <si>
+    <t>Patentu un citu nemateriālu aktīvu iegūšana</t>
+  </si>
+  <si>
+    <t>Komunikācijas un vizuālās identitātes pasākumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nozares ekspertīze tirgus un tehnoloģiju izpētei </t>
+  </si>
+  <si>
+    <t>Pamatojums projektā plānoto izmaksu samērīgumam un atbilstībai vidējām tirgus cenām</t>
+  </si>
+  <si>
+    <t>Informācija par finansējuma saņēmēja esošajām atalgojuma likmēm, esošajiem līgumiem u.tml.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Informācija par veiktajām piegādātāju aptaujām</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (cenas priekšizpēti)</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Komercinformācija tīmekļvietnēs </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(norādiet konkrētas saites vai pievienojiet ekrānuzņēmumus)</t>
     </r>
   </si>
   <si>
+    <t>Informācija par finansējuma saņēmēja pieredzi līdzīgos projektos</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">Informācija par statistikas datiem </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>(piem., Centrālās statistikas pārvaldes noteikto vidējo darba samaksu)</t>
+    </r>
+  </si>
+  <si>
+    <t>Informācija par eksperta atzinumu</t>
+  </si>
+  <si>
     <t>Norāde uz iepirkumu dokumentāciju</t>
+  </si>
+  <si>
+    <t>Cits skaidrojums</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Norāde uz citiem pamatojošiem dokumentiem</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>, kas pievienoti projekta iesnieguma pielikumā</t>
     </r>
   </si>
   <si>
-    <t>Budžeta pozīcijas kods </t>
-[...1 lines deleted...]
-  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>Projekta vadības izmaksas</t>
+  </si>
+  <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>Aprēķinu tabulas</t>
+  </si>
+  <si>
+    <t>Pievieno šeit vai kā atsevišķus dokumentus projekta iesnieguma pielikumā!</t>
+  </si>
+  <si>
+    <t>Budžeta pozīcijas kods</t>
+  </si>
+  <si>
+    <t>Nosaukums</t>
+  </si>
+  <si>
+    <t>Izmaksu veids</t>
+  </si>
+  <si>
+    <t>Daudzums</t>
+  </si>
+  <si>
+    <t>Mērvienība</t>
+  </si>
+  <si>
+    <t>Projekta darbības numurs</t>
+  </si>
+  <si>
+    <t>Attiecināmā summa</t>
+  </si>
+  <si>
+    <t>%</t>
+  </si>
+  <si>
+    <t>t.sk. PVN</t>
+  </si>
+  <si>
+    <t>2.1.</t>
+  </si>
+  <si>
+    <t>Projekta vadības personāla izmaksas</t>
+  </si>
+  <si>
+    <t>2.1.1.</t>
+  </si>
+  <si>
+    <t>2.1.2.</t>
+  </si>
+  <si>
+    <t>2.1.2.1.</t>
+  </si>
+  <si>
+    <t>2.1.2.2.</t>
+  </si>
+  <si>
+    <t>2.1.2.3.</t>
+  </si>
+  <si>
+    <t>2.1.3.</t>
+  </si>
+  <si>
+    <t>2.1.3.1.</t>
+  </si>
+  <si>
+    <t>2.1.3.2.</t>
+  </si>
+  <si>
+    <t>2.1.3.3.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>Projekta īstenošanas personāla izmaksas</t>
+  </si>
+  <si>
+    <t>3.1.</t>
+  </si>
+  <si>
+    <t>3.1.1.1.</t>
+  </si>
+  <si>
+    <t>3.1.1.2.</t>
+  </si>
+  <si>
+    <t>3.1.1.3.</t>
+  </si>
+  <si>
+    <t>3.1.2.1.</t>
+  </si>
+  <si>
+    <t>3.1.2.2.</t>
+  </si>
+  <si>
+    <t>3.1.2.3.</t>
+  </si>
+  <si>
+    <t>3.1.3.1.</t>
+  </si>
+  <si>
+    <t>3.1.3.2.</t>
+  </si>
+  <si>
+    <t>3.1.3.3.</t>
+  </si>
+  <si>
+    <t>3.2.</t>
+  </si>
+  <si>
+    <t>3.2.2.1.</t>
+  </si>
+  <si>
+    <t>3.2.2.2.</t>
+  </si>
+  <si>
+    <t>3.2.2.3.</t>
+  </si>
+  <si>
+    <t>3.2.3.1.</t>
+  </si>
+  <si>
+    <t>3.2.3.2.</t>
+  </si>
+  <si>
+    <t>3.2.3.3.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>Materiālu, aprīkojuma un iekārtu izmaksas</t>
+  </si>
+  <si>
+    <t>6.1.</t>
+  </si>
+  <si>
+    <t>Materiālu un izjevielu izmaksas</t>
+  </si>
+  <si>
+    <t>6.1.1.1.</t>
+  </si>
+  <si>
+    <t>6.1.1.2.</t>
+  </si>
+  <si>
+    <t>6.1.1.3.</t>
+  </si>
+  <si>
+    <t>6.1.2.1.</t>
+  </si>
+  <si>
+    <t>6.1.2.2.</t>
+  </si>
+  <si>
+    <t>6.1.2.3.</t>
+  </si>
+  <si>
+    <t>6.1.3.1.</t>
+  </si>
+  <si>
+    <t>6.1.3.2.</t>
+  </si>
+  <si>
+    <t>6.1.3.3.</t>
+  </si>
+  <si>
+    <t>6.2.</t>
+  </si>
+  <si>
+    <t>6.2.1.1.</t>
+  </si>
+  <si>
+    <t>6.2.1.2.</t>
+  </si>
+  <si>
+    <t>6.2.1.3.</t>
+  </si>
+  <si>
+    <t>6.2.2.1.</t>
+  </si>
+  <si>
+    <t>6.2.2.2.</t>
+  </si>
+  <si>
+    <t>6.2.2.3.</t>
+  </si>
+  <si>
+    <t>6.2.3.1.</t>
+  </si>
+  <si>
+    <t>6.2.3.2.</t>
+  </si>
+  <si>
+    <t>6.2.3.3.</t>
+  </si>
+  <si>
+    <t>6.4.</t>
+  </si>
+  <si>
+    <t>Citas izmaksas</t>
+  </si>
+  <si>
+    <t>6.4.1.1.</t>
+  </si>
+  <si>
+    <t>6.4.1.2.</t>
+  </si>
+  <si>
+    <t>6.4.1.3.</t>
+  </si>
+  <si>
+    <t>6.4.2.1.</t>
+  </si>
+  <si>
+    <t>6.4.2.2.</t>
+  </si>
+  <si>
+    <t>6.4.2.3.</t>
+  </si>
+  <si>
+    <t>6.4.3.1.</t>
+  </si>
+  <si>
+    <t>6.4.3.2.</t>
+  </si>
+  <si>
+    <t>6.4.3.3.</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>Patenti, licences utml.</t>
+  </si>
+  <si>
+    <t>8.1.1.1.</t>
+  </si>
+  <si>
+    <t>8.1.1.2.</t>
+  </si>
+  <si>
+    <t>8.1.1.3.</t>
+  </si>
+  <si>
+    <t>8.1.2.1.</t>
+  </si>
+  <si>
+    <t>8.1.2.2.</t>
+  </si>
+  <si>
+    <t>8.1.2.3.</t>
+  </si>
+  <si>
+    <t>8.1.3.1.</t>
+  </si>
+  <si>
+    <t>8.1.3.2.</t>
+  </si>
+  <si>
+    <t>8.1.3.3.</t>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>Komunikācijas un vizuālās identitātes prasību nodrošināšanas pasākumu izmaksas</t>
+  </si>
+  <si>
+    <t>10.1.</t>
+  </si>
+  <si>
+    <t>Komunikācijas un vizuālās identitātes pasākumu izmaksas</t>
+  </si>
+  <si>
+    <t>10.1.1.</t>
+  </si>
+  <si>
+    <t>10.1.2.</t>
+  </si>
+  <si>
+    <t>10.1.3.</t>
+  </si>
+  <si>
+    <t>13.</t>
+  </si>
+  <si>
+    <t>Pārējās projekta īstenošanas izmaksas</t>
+  </si>
+  <si>
+    <t>13.1.</t>
+  </si>
+  <si>
+    <t>Ārpakalpojumu izmaksas</t>
+  </si>
+  <si>
+    <t>13.1.1.1.</t>
+  </si>
+  <si>
+    <t>13.1.1.2.</t>
+  </si>
+  <si>
+    <t>13.1.1.3.</t>
+  </si>
+  <si>
+    <t>13.1.2.1.</t>
+  </si>
+  <si>
+    <t>13.1.2.2.</t>
+  </si>
+  <si>
+    <t>13.1.2.3.</t>
+  </si>
+  <si>
+    <t>13.1.3.1.</t>
+  </si>
+  <si>
+    <t>13.1.3.2.</t>
+  </si>
+  <si>
+    <t>13.1.3.3.</t>
+  </si>
+  <si>
+    <t>13.2.</t>
+  </si>
+  <si>
+    <t>Kopā:</t>
+  </si>
+  <si>
+    <t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas otrā uzsaukuma projekta vidējās svērtās publiskā finansējuma intensitātes aprēķins</t>
+  </si>
+  <si>
+    <t>Nr.p.k.</t>
+  </si>
+  <si>
+    <t>Projekta darbības/atsevišķas aktivitātes</t>
+  </si>
+  <si>
+    <t>Attiecināmās izmaksas  (EUR)</t>
+  </si>
+  <si>
+    <r>
+      <t>Publiskā finansējuma intensitāte (I</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>P</t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>%)</t>
+    </r>
+  </si>
+  <si>
+    <t>Piezīmes</t>
+  </si>
+  <si>
+    <t>nosaukums</t>
+  </si>
+  <si>
+    <t>komersanta kategorija</t>
+  </si>
+  <si>
+    <t>[A]</t>
+  </si>
+  <si>
+    <t>[B]</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Kopējā piemērotā finansējuma intensitāte rūpnieciskajiem pētījumiem un eksperimentālajai izstrādei nevar pārsniegt </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Informācija par veiktajām piegādātāju aptaujām</t>
+      <t xml:space="preserve">80% </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(saskaņā ar Komisijas regulas Nr.651/2014 25. panta 6.punktu). 
+Mazām vidējām kapitalizācijas sabiedrībām un vidējām kapitalizācijas sabiedrībām publiskā finansējuma intensitāte atbilst lielā komersanta intensitātei (atbilstoši Komisijas Regulas 651/2014 2. panta 24. punktam).</t>
+    </r>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Projekta iesniedzējs </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>[nosaukums]</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Rūpnieciskie pētījumi</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Eksperimentālā izstrāde</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Tehniski ekonomiskā priekšizpēte</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>Projekta daļa Nr.1</t>
+  </si>
+  <si>
+    <r>
+      <t>Sadarbības partneris</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Aptos Narrow"/>
+        <rFont val="Aptos"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> (cenas priekšizpēti)</t>
-[...13 lines deleted...]
-      <t xml:space="preserve">Ailē "Vienas vienības izmaksas EUR" norāda katra komandējuma kopējās izmaksas </t>
+      <t xml:space="preserve">Nr.1 </t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>[nosaukums]</t>
+    </r>
+  </si>
+  <si>
+    <t>Projekta daļa Nr.2</t>
+  </si>
+  <si>
+    <r>
+      <t>Sadarbības partneris</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Nr.2 </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>[nosaukums]</t>
+    </r>
+  </si>
+  <si>
+    <t>Projekta daļa Nr.3</t>
+  </si>
+  <si>
+    <t>Projekts</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
-      <t>katrai pētījumu kategorijai un katram finansējuma saņēmējam</t>
+      <t>Projekta darbību izmaksas atbilstoši SAM MK noteikumu 37., 38., 39., 40., 42. punkta nosacījumiem par publiskā finansējuma intensitāti (neieskaitot izmaksas par patentiem un citu nemateriālu aktīvu iegūšanu, komunikācijas un vizuālās identitātes pasākumu izmaksas un izmaksas par nozares ekspertīzi tirgus un tehnoloģiju izpētei)</t>
+    </r>
+  </si>
+  <si>
+    <t>1. Ievēro Ministru kabineta 2024. gada 22. oktobra noteikumu Nr. 663 "Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 1.2.1. specifiskā atbalsta mērķa "Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem" 1.2.1.1. pasākuma "Atbalsts jaunu produktu attīstībai un internacionalizācijai" trešās kārtas īstenošanas noteikumi" 37., 38., 39., 40., 42. punkta nosacījumus.</t>
+  </si>
+  <si>
+    <t>2.Sniedz informāciju par katru sadarbības partneri, kas gūst intelektuālā īpašuma tiesības un ekonomiskās priekšrocības, kas izriet no tā projekta ietvaros veiktās darbības.</t>
+  </si>
+  <si>
+    <t>3. Projektu iesniegumu atlases kārtās  projektos fundamentālie pētījumi nav atbalstāmi.</t>
+  </si>
+  <si>
+    <t>Pamatojums publiskā finansējuma intensitātes palielināšanai</t>
+  </si>
+  <si>
+    <t>Komisijas regulas Nr. 651/2014 25. panta 6. punkta:</t>
+  </si>
+  <si>
+    <t>Sīkais (mikro) un mazais komersants</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">b) apakšpunkts </t>
     </r>
     <r>
       <rPr>
+        <i/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
-      <t>. Lappusē "Izmaksu pamatojums" sniedz komandējuma izmaksu pamatojumu.</t>
-[...4 lines deleted...]
-      <t xml:space="preserve">Ailē "Vienas vienības izmaksas EUR" norāda materiālu iegādes kopējās izmaksas </t>
+      <t>(</t>
     </r>
     <r>
       <rPr>
         <b/>
+        <i/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
-      <t>katrai pētījumu kategorijai un katram finansējuma saņēmējam</t>
+      <t>par 10% rūpnieciskajiem pētījumiem un 15% eksperimentālajai izstrādei</t>
     </r>
     <r>
       <rPr>
+        <i/>
         <sz val="10"/>
-        <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
-      <t>. Lappusē "Izmaksu pamatojums" vai citā projekta iesniegumam pievienotā dokumentā sniedz izmaksu pamatojumu.</t>
+      <t xml:space="preserve">, ja finansējuma saņēmējs un sadarbības partneris to ir sākotnēji paredzējis projekta iesniegumā un projekta ietvaros ir efektīva sadarbība Komisijas regulas Nr. 651/2014 2. panta 90. punkta izpratnē ar vismaz vienu sīko (mikro), mazo vai vidējo komersantu, un viens komersants nesedz vairāk par 70% no kopējām attiecināmajām izmaksām). </t>
     </r>
-  </si>
-[...19 lines deleted...]
-    <t>…</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-        <rFont val="Aptos Narrow"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Informācija par statistikas datiem </t>
+      <t>b) apakšpunkts</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-        <rFont val="Aptos Narrow"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
       </rPr>
-      <t>(piem., Centrālās statistikas pārvaldes noteikto vidējo darba samaksu)</t>
+      <t xml:space="preserve"> </t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>Cits skaidrojums</t>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 10% rūpnieciskajiem pētījumiem un 15% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ja finansējuma saņēmējs un sadarbības partneris to ir sākotnēji paredzējis projekta iesniegumā un projekta ietvaros ir efektīva sadarbība Komisijas regulas Nr. 651/2014 2. panta 90. punkta izpratnē ar vismaz vienu pētniecības un zināšanu izplatīšanas organizāciju, un pētniecības un zināšanu izplatīšanas organizācija sedz vismaz 10% no kopējām attiecināmajām izmaksām, un tai ir tiesības publicēt sava projekta rezultātus).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>d) apakšpunktu</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 10% rūpnieciskajiem pētījumiem un 25% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ja ja finansējuma saņēmējs un sadarbības partneris to ir paredzējis projekta iesniegumā un ir izpildīti SAM MK noteikumu 40. punktā ietvertie nosacījumi</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>).</t>
+    </r>
+  </si>
+  <si>
+    <t>Vidējais komersants</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">b) apakšpunkts </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 15% rūpnieciskajiem pētījumiem un 15% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">, ja finansējuma saņēmējs un sadarbības partneris to ir sākotnēji paredzējis projekta iesniegumā un projekta ietvaros ir efektīva sadarbība Komisijas regulas Nr. 651/2014 2. panta 90. punkta izpratnē ar vismaz vienu sīko (mikro), mazo vai vidējo komersantu, un viens komersants nesedz vairāk par 70% no kopējām attiecināmajām izmaksām). </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>b) apakšpunkts</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 15% rūpnieciskajiem pētījumiem un 15% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ja finansējuma saņēmējs un sadarbības partneris to ir sākotnēji paredzējis projekta iesniegumā un projekta ietvaros ir efektīva sadarbība Komisijas regulas Nr. 651/2014 2. panta 90. punkta izpratnē ar vismaz vienu pētniecības un zināšanu izplatīšanas organizāciju, un pētniecības un zināšanu izplatīšanas organizācija sedz vismaz 10% no kopējām attiecināmajām izmaksām, un tai ir tiesības publicēt sava projekta rezultātus).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>d) apakšpunktu</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 20% rūpnieciskajiem pētījumiem un 25% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ja ja finansējuma saņēmējs un sadarbības partneris to ir paredzējis projekta iesniegumā un ir izpildīti SAM MK noteikumu 40. punktā ietvertie nosacījumi).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Lielais komersants</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> (t.sk. mazās vidējās kapitalizācijas sabiedrības un vidējās kapitalizācijas sabiedrības)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>d) apakšpunkt</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">u </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>par 25% rūpnieciskajiem pētījumiem un 25% eksperimentālajai izstrādei</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>, ja ja finansējuma saņēmējs un sadarbības partneris to ir paredzējis projekta iesniegumā un ir izpildīti SAM MK noteikumu 40. punktā ietvertie nosacījumi).</t>
+    </r>
+  </si>
+  <si>
+    <t>Finansēšanas plāns</t>
+  </si>
+  <si>
+    <t>Summa</t>
+  </si>
+  <si>
+    <t>Eiropas Reģionālās attīstības fonds</t>
+  </si>
+  <si>
+    <t>Valsts budžeta finansējums</t>
+  </si>
+  <si>
+    <t>Publiskās attiecināmās izmaksas</t>
+  </si>
+  <si>
+    <t>Privātās attiecināmās izmaksas</t>
+  </si>
+  <si>
+    <t>Kopējās attiecināmās izmaksas</t>
+  </si>
+  <si>
+    <t>Uzņēmuma veidi</t>
+  </si>
+  <si>
+    <t>Sīks (mikro) komersants</t>
+  </si>
+  <si>
+    <t>Mazs komersants</t>
+  </si>
+  <si>
+    <t>Vidējs komersants</t>
+  </si>
+  <si>
+    <t>Liels komersants</t>
+  </si>
+  <si>
+    <t>Darbību veidi</t>
+  </si>
+  <si>
+    <t>Labuma guvēji</t>
+  </si>
+  <si>
+    <t>Algas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="52" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos"/>
@@ -3950,84 +4108,90 @@
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA1CBC6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCE2DF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9E7F7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -4659,109 +4823,99 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="33" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="37" fillId="4" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4846,56 +5000,50 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="35" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="35" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="35" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="35" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -5004,474 +5152,488 @@
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...57 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...70 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCE2DF"/>
       <color rgb="FFF9E7F7"/>
       <color rgb="FF00CC99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2022/11/relationships/FeaturePropertyBag" Target="featurePropertyBag/featurePropertyBag.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2022/11/relationships/FeaturePropertyBag" Target="featurePropertyBag/featurePropertyBag.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/featurePropertyBag/featurePropertyBag.xml><?xml version="1.0" encoding="utf-8"?>
 <FeaturePropertyBags xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag">
   <bag type="Checkbox"/>
   <bag type="XFControls">
     <bagId k="CellControl">0</bagId>
   </bag>
   <bag type="XFComplement">
     <bagId k="XFControls">1</bagId>
   </bag>
   <bag type="XFComplements" extRef="XFComplementsMapperExtRef">
     <a k="MappedFeaturePropertyBags">
       <bagId>2</bagId>
     </a>
   </bag>
 </FeaturePropertyBags>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5762,5326 +5924,5606 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A851F92D-89E7-4D0D-B1E8-EB38E4CDEA6E}">
   <sheetPr filterMode="1">
     <tabColor rgb="FFCCE2DF"/>
   </sheetPr>
-  <dimension ref="A1:M179"/>
+  <dimension ref="A1:M189"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H35" sqref="H35"/>
+    <sheetView tabSelected="1" topLeftCell="A169" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
+      <selection activeCell="K182" sqref="K182"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" style="22" customWidth="1"/>
-    <col min="2" max="2" width="31.36328125" style="22" customWidth="1"/>
+    <col min="2" max="2" width="31.33203125" style="22" customWidth="1"/>
     <col min="3" max="3" width="32" style="22" customWidth="1"/>
-    <col min="4" max="4" width="28.36328125" style="32" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="15" max="16384" width="8.6328125" style="22"/>
+    <col min="4" max="4" width="28.33203125" style="32" customWidth="1"/>
+    <col min="5" max="5" width="21.44140625" style="22" customWidth="1"/>
+    <col min="6" max="6" width="12.33203125" style="32" customWidth="1"/>
+    <col min="7" max="7" width="13.33203125" style="47" customWidth="1"/>
+    <col min="8" max="8" width="14.44140625" style="32" customWidth="1"/>
+    <col min="9" max="9" width="12.6640625" style="22" customWidth="1"/>
+    <col min="10" max="10" width="20.33203125" style="51" customWidth="1"/>
+    <col min="11" max="11" width="7.6640625" style="52" customWidth="1"/>
+    <col min="12" max="12" width="85.33203125" style="22" customWidth="1"/>
+    <col min="13" max="13" width="33.5546875" style="22" customWidth="1"/>
+    <col min="14" max="14" width="22.6640625" style="22" customWidth="1"/>
+    <col min="15" max="16384" width="8.6640625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="A2" s="172" t="s">
+    <row r="1" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="172"/>
+      <c r="C1" s="172"/>
+      <c r="D1" s="172"/>
+      <c r="E1" s="172"/>
+      <c r="F1" s="172"/>
+      <c r="G1" s="172"/>
+      <c r="H1" s="172"/>
+      <c r="I1" s="172"/>
+      <c r="J1" s="172"/>
+      <c r="K1" s="172"/>
+      <c r="L1" s="172"/>
+      <c r="M1" s="172"/>
+    </row>
+    <row r="2" spans="1:13" ht="44.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="199" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="172"/>
-[...11 lines deleted...]
-    <row r="3" spans="1:13" ht="58" x14ac:dyDescent="0.35">
+      <c r="B2" s="199"/>
+      <c r="C2" s="199"/>
+      <c r="D2" s="199"/>
+      <c r="E2" s="199"/>
+      <c r="F2" s="199"/>
+      <c r="G2" s="199"/>
+      <c r="H2" s="199"/>
+      <c r="I2" s="199"/>
+      <c r="J2" s="199"/>
+      <c r="K2" s="199"/>
+      <c r="L2" s="199"/>
+    </row>
+    <row r="3" spans="1:13" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A3" s="37" t="s">
-        <v>386</v>
+        <v>2</v>
       </c>
       <c r="B3" s="37" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C3" s="37" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D3" s="38" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E3" s="37" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F3" s="37" t="s">
-        <v>351</v>
+        <v>7</v>
       </c>
       <c r="G3" s="39" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H3" s="40" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>9</v>
+      </c>
+      <c r="I3" s="131" t="s">
+        <v>10</v>
       </c>
       <c r="J3" s="37" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K3" s="37" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>12</v>
+      </c>
+      <c r="L3" s="156" t="s">
+        <v>13</v>
+      </c>
+      <c r="M3" s="156" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="41" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-      <c r="J4" s="137">
+        <v>15</v>
+      </c>
+      <c r="B4" s="196" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="197"/>
+      <c r="D4" s="197"/>
+      <c r="E4" s="197"/>
+      <c r="F4" s="197"/>
+      <c r="G4" s="197"/>
+      <c r="H4" s="197"/>
+      <c r="I4" s="198"/>
+      <c r="J4" s="132">
         <f>J5</f>
         <v>0</v>
       </c>
-      <c r="K4" s="55" t="e">
-[...10 lines deleted...]
-    <row r="5" spans="1:13" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K4" s="53" t="e">
+        <f t="shared" ref="K4:K35" si="0">J4*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L4" s="187" t="s">
+        <v>17</v>
+      </c>
+      <c r="M4" s="173" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="41" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-      <c r="J5" s="137">
+        <v>19</v>
+      </c>
+      <c r="B5" s="196" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="197"/>
+      <c r="D5" s="197"/>
+      <c r="E5" s="197"/>
+      <c r="F5" s="197"/>
+      <c r="G5" s="197"/>
+      <c r="H5" s="197"/>
+      <c r="I5" s="198"/>
+      <c r="J5" s="132">
         <f>J6</f>
         <v>0</v>
       </c>
-      <c r="K5" s="55" t="e">
+      <c r="K5" s="53" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L5" s="178"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:13" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L5" s="183"/>
+      <c r="M5" s="173"/>
+    </row>
+    <row r="6" spans="1:13" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="41" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-      <c r="J6" s="137">
+        <v>21</v>
+      </c>
+      <c r="B6" s="196" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="197"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="197"/>
+      <c r="F6" s="197"/>
+      <c r="G6" s="197"/>
+      <c r="H6" s="197"/>
+      <c r="I6" s="198"/>
+      <c r="J6" s="132">
         <f>SUM(J7:J21)</f>
         <v>0</v>
       </c>
-      <c r="K6" s="55" t="e">
+      <c r="K6" s="53" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L6" s="178"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L6" s="183"/>
+      <c r="M6" s="173"/>
+    </row>
+    <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="42" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-      <c r="D7" s="148"/>
+        <v>23</v>
+      </c>
+      <c r="B7" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="143"/>
+      <c r="D7" s="143"/>
       <c r="E7" s="34" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="J7" s="138">
+        <v>27</v>
+      </c>
+      <c r="F7" s="145">
+        <v>0</v>
+      </c>
+      <c r="G7" s="146"/>
+      <c r="H7" s="169"/>
+      <c r="I7" s="147"/>
+      <c r="J7" s="133">
         <f t="shared" ref="J7:J16" si="1">F7*G7</f>
         <v>0</v>
       </c>
-      <c r="K7" s="55" t="e">
+      <c r="K7" s="53" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L7" s="178"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L7" s="183"/>
+      <c r="M7" s="173"/>
+    </row>
+    <row r="8" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="42" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-      <c r="D8" s="148"/>
+        <v>29</v>
+      </c>
+      <c r="B8" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="143"/>
+      <c r="D8" s="143"/>
       <c r="E8" s="34" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="J8" s="138">
+        <v>27</v>
+      </c>
+      <c r="F8" s="145">
+        <v>0</v>
+      </c>
+      <c r="G8" s="146"/>
+      <c r="H8" s="169"/>
+      <c r="I8" s="147"/>
+      <c r="J8" s="133">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K8" s="55" t="e">
+      <c r="K8" s="53" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L8" s="178"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L8" s="183"/>
+      <c r="M8" s="173"/>
+    </row>
+    <row r="9" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="42" t="s">
+        <v>32</v>
+      </c>
+      <c r="B9" s="143" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="148" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="148"/>
+      <c r="C9" s="143"/>
+      <c r="D9" s="143"/>
       <c r="E9" s="34" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="J9" s="138">
+        <v>27</v>
+      </c>
+      <c r="F9" s="145">
+        <v>0</v>
+      </c>
+      <c r="G9" s="146"/>
+      <c r="H9" s="169"/>
+      <c r="I9" s="147"/>
+      <c r="J9" s="133">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K9" s="55" t="e">
+      <c r="K9" s="53" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L9" s="178"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L9" s="183"/>
+      <c r="M9" s="173"/>
+    </row>
+    <row r="10" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="42" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="143"/>
+      <c r="D10" s="143"/>
+      <c r="E10" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="145">
+        <v>0</v>
+      </c>
+      <c r="G10" s="146"/>
+      <c r="H10" s="169"/>
+      <c r="I10" s="147"/>
+      <c r="J10" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K10" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L10" s="183"/>
+      <c r="M10" s="173"/>
+    </row>
+    <row r="11" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="42" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C11" s="143"/>
+      <c r="D11" s="143"/>
+      <c r="E11" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="145">
+        <v>0</v>
+      </c>
+      <c r="G11" s="146"/>
+      <c r="H11" s="169"/>
+      <c r="I11" s="147"/>
+      <c r="J11" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K11" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L11" s="183"/>
+      <c r="M11" s="173"/>
+    </row>
+    <row r="12" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="42" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="143"/>
+      <c r="D12" s="143"/>
+      <c r="E12" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="145">
+        <v>0</v>
+      </c>
+      <c r="G12" s="146"/>
+      <c r="H12" s="169"/>
+      <c r="I12" s="147"/>
+      <c r="J12" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K12" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L12" s="183"/>
+      <c r="M12" s="173"/>
+    </row>
+    <row r="13" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="42" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="143"/>
+      <c r="D13" s="143"/>
+      <c r="E13" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="145">
+        <v>0</v>
+      </c>
+      <c r="G13" s="146"/>
+      <c r="H13" s="169"/>
+      <c r="I13" s="147"/>
+      <c r="J13" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K13" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L13" s="183"/>
+      <c r="M13" s="173"/>
+    </row>
+    <row r="14" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C14" s="143"/>
+      <c r="D14" s="143"/>
+      <c r="E14" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="145">
+        <v>0</v>
+      </c>
+      <c r="G14" s="146"/>
+      <c r="H14" s="169"/>
+      <c r="I14" s="147"/>
+      <c r="J14" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K14" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L14" s="183"/>
+      <c r="M14" s="173"/>
+    </row>
+    <row r="15" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="143"/>
+      <c r="D15" s="143"/>
+      <c r="E15" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="145">
+        <v>0</v>
+      </c>
+      <c r="G15" s="146"/>
+      <c r="H15" s="169"/>
+      <c r="I15" s="147"/>
+      <c r="J15" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K15" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L15" s="183"/>
+      <c r="M15" s="173"/>
+    </row>
+    <row r="16" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="143"/>
+      <c r="D16" s="143"/>
+      <c r="E16" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="145">
+        <v>0</v>
+      </c>
+      <c r="G16" s="146"/>
+      <c r="H16" s="169"/>
+      <c r="I16" s="147"/>
+      <c r="J16" s="133">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K16" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L16" s="183"/>
+      <c r="M16" s="173"/>
+    </row>
+    <row r="17" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="42" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="143"/>
+      <c r="D17" s="143"/>
+      <c r="E17" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="145">
+        <v>0</v>
+      </c>
+      <c r="G17" s="146"/>
+      <c r="H17" s="169"/>
+      <c r="I17" s="147"/>
+      <c r="J17" s="133">
+        <f t="shared" ref="J17:J21" si="2">F17*G17</f>
+        <v>0</v>
+      </c>
+      <c r="K17" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L17" s="183"/>
+      <c r="M17" s="173"/>
+    </row>
+    <row r="18" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="42" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" s="143"/>
+      <c r="D18" s="143"/>
+      <c r="E18" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="145">
+        <v>0</v>
+      </c>
+      <c r="G18" s="146"/>
+      <c r="H18" s="169"/>
+      <c r="I18" s="147"/>
+      <c r="J18" s="133">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K18" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L18" s="183"/>
+      <c r="M18" s="173"/>
+    </row>
+    <row r="19" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="143"/>
+      <c r="D19" s="143"/>
+      <c r="E19" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" s="145">
+        <v>0</v>
+      </c>
+      <c r="G19" s="146"/>
+      <c r="H19" s="169"/>
+      <c r="I19" s="147"/>
+      <c r="J19" s="133">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K19" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L19" s="183"/>
+      <c r="M19" s="173"/>
+    </row>
+    <row r="20" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="42" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="144"/>
+      <c r="D20" s="143"/>
+      <c r="E20" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F20" s="145">
+        <v>0</v>
+      </c>
+      <c r="G20" s="146"/>
+      <c r="H20" s="169"/>
+      <c r="I20" s="147"/>
+      <c r="J20" s="133">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K20" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L20" s="183"/>
+      <c r="M20" s="173"/>
+    </row>
+    <row r="21" spans="1:13" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="144"/>
+      <c r="D21" s="143"/>
+      <c r="E21" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F21" s="145">
+        <v>0</v>
+      </c>
+      <c r="G21" s="148"/>
+      <c r="H21" s="169"/>
+      <c r="I21" s="147"/>
+      <c r="J21" s="133">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K21" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L21" s="183"/>
+      <c r="M21" s="173"/>
+    </row>
+    <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="196" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="197"/>
+      <c r="D22" s="197"/>
+      <c r="E22" s="197"/>
+      <c r="F22" s="197"/>
+      <c r="G22" s="197"/>
+      <c r="H22" s="197"/>
+      <c r="I22" s="198"/>
+      <c r="J22" s="134">
+        <f>J23+J54</f>
+        <v>0</v>
+      </c>
+      <c r="K22" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L22" s="180"/>
+      <c r="M22" s="180"/>
+    </row>
+    <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="196" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="197"/>
+      <c r="D23" s="197"/>
+      <c r="E23" s="197"/>
+      <c r="F23" s="197"/>
+      <c r="G23" s="197"/>
+      <c r="H23" s="197"/>
+      <c r="I23" s="198"/>
+      <c r="J23" s="134">
+        <f>SUM(J24:J53)</f>
+        <v>0</v>
+      </c>
+      <c r="K23" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L23" s="183" t="s">
+        <v>51</v>
+      </c>
+      <c r="M23" s="173" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="144"/>
+      <c r="D24" s="144"/>
+      <c r="E24" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F24" s="145">
+        <v>0</v>
+      </c>
+      <c r="G24" s="148"/>
+      <c r="H24" s="169"/>
+      <c r="I24" s="147"/>
+      <c r="J24" s="133">
+        <f>F24*G24</f>
+        <v>0</v>
+      </c>
+      <c r="K24" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L24" s="188"/>
+      <c r="M24" s="173"/>
+    </row>
+    <row r="25" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" s="144"/>
+      <c r="D25" s="144"/>
+      <c r="E25" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F25" s="145">
+        <v>0</v>
+      </c>
+      <c r="G25" s="148"/>
+      <c r="H25" s="169"/>
+      <c r="I25" s="147"/>
+      <c r="J25" s="133">
+        <f t="shared" ref="J25:J53" si="3">F25*G25</f>
+        <v>0</v>
+      </c>
+      <c r="K25" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L25" s="188"/>
+      <c r="M25" s="173"/>
+    </row>
+    <row r="26" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="144"/>
+      <c r="D26" s="144"/>
+      <c r="E26" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F26" s="145">
+        <v>0</v>
+      </c>
+      <c r="G26" s="148"/>
+      <c r="H26" s="169"/>
+      <c r="I26" s="147"/>
+      <c r="J26" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K26" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L26" s="188"/>
+      <c r="M26" s="173"/>
+    </row>
+    <row r="27" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="144"/>
+      <c r="D27" s="143"/>
+      <c r="E27" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F27" s="145">
+        <v>0</v>
+      </c>
+      <c r="G27" s="148"/>
+      <c r="H27" s="169"/>
+      <c r="I27" s="147"/>
+      <c r="J27" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K27" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L27" s="188"/>
+      <c r="M27" s="173"/>
+    </row>
+    <row r="28" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="144"/>
+      <c r="D28" s="144"/>
+      <c r="E28" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F28" s="145">
+        <v>0</v>
+      </c>
+      <c r="G28" s="148"/>
+      <c r="H28" s="169"/>
+      <c r="I28" s="147"/>
+      <c r="J28" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K28" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L28" s="188"/>
+      <c r="M28" s="173"/>
+    </row>
+    <row r="29" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="42" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" s="144"/>
+      <c r="D29" s="144"/>
+      <c r="E29" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F29" s="145">
+        <v>0</v>
+      </c>
+      <c r="G29" s="148"/>
+      <c r="H29" s="169"/>
+      <c r="I29" s="147"/>
+      <c r="J29" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K29" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L29" s="188"/>
+      <c r="M29" s="173"/>
+    </row>
+    <row r="30" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A30" s="42" t="s">
+        <v>59</v>
+      </c>
+      <c r="B30" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" s="144"/>
+      <c r="D30" s="144"/>
+      <c r="E30" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F30" s="145">
+        <v>0</v>
+      </c>
+      <c r="G30" s="148"/>
+      <c r="H30" s="169"/>
+      <c r="I30" s="147"/>
+      <c r="J30" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K30" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L30" s="188"/>
+      <c r="M30" s="173"/>
+    </row>
+    <row r="31" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="42" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="144"/>
+      <c r="D31" s="144"/>
+      <c r="E31" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" s="145">
+        <v>0</v>
+      </c>
+      <c r="G31" s="148"/>
+      <c r="H31" s="169"/>
+      <c r="I31" s="147"/>
+      <c r="J31" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K31" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L31" s="188"/>
+      <c r="M31" s="173"/>
+    </row>
+    <row r="32" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" s="144"/>
+      <c r="D32" s="144"/>
+      <c r="E32" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F32" s="145">
+        <v>0</v>
+      </c>
+      <c r="G32" s="148"/>
+      <c r="H32" s="169"/>
+      <c r="I32" s="147"/>
+      <c r="J32" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K32" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L32" s="188"/>
+      <c r="M32" s="173"/>
+    </row>
+    <row r="33" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="42" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="144"/>
+      <c r="D33" s="144"/>
+      <c r="E33" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F33" s="145">
+        <v>0</v>
+      </c>
+      <c r="G33" s="148"/>
+      <c r="H33" s="169"/>
+      <c r="I33" s="147"/>
+      <c r="J33" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K33" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L33" s="188"/>
+      <c r="M33" s="173"/>
+    </row>
+    <row r="34" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="B34" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" s="144"/>
+      <c r="D34" s="144"/>
+      <c r="E34" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F34" s="145">
+        <v>0</v>
+      </c>
+      <c r="G34" s="148"/>
+      <c r="H34" s="169"/>
+      <c r="I34" s="147"/>
+      <c r="J34" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K34" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L34" s="188"/>
+      <c r="M34" s="173"/>
+    </row>
+    <row r="35" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="42" t="s">
+        <v>64</v>
+      </c>
+      <c r="B35" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C35" s="144"/>
+      <c r="D35" s="144"/>
+      <c r="E35" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F35" s="145">
+        <v>0</v>
+      </c>
+      <c r="G35" s="148"/>
+      <c r="H35" s="169"/>
+      <c r="I35" s="147"/>
+      <c r="J35" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K35" s="53" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L35" s="188"/>
+      <c r="M35" s="173"/>
+    </row>
+    <row r="36" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="42" t="s">
+        <v>65</v>
+      </c>
+      <c r="B36" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" s="144"/>
+      <c r="D36" s="144"/>
+      <c r="E36" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F36" s="145">
+        <v>0</v>
+      </c>
+      <c r="G36" s="148"/>
+      <c r="H36" s="169"/>
+      <c r="I36" s="147"/>
+      <c r="J36" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="53" t="e">
+        <f t="shared" ref="K36:K77" si="4">J36*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L36" s="188"/>
+      <c r="M36" s="173"/>
+    </row>
+    <row r="37" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="42" t="s">
+        <v>66</v>
+      </c>
+      <c r="B37" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" s="144"/>
+      <c r="D37" s="144"/>
+      <c r="E37" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37" s="145">
+        <v>0</v>
+      </c>
+      <c r="G37" s="148"/>
+      <c r="H37" s="169"/>
+      <c r="I37" s="147"/>
+      <c r="J37" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L37" s="188"/>
+      <c r="M37" s="173"/>
+    </row>
+    <row r="38" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="42" t="s">
+        <v>67</v>
+      </c>
+      <c r="B38" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" s="144"/>
+      <c r="D38" s="144"/>
+      <c r="E38" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="145">
+        <v>0</v>
+      </c>
+      <c r="G38" s="148"/>
+      <c r="H38" s="169"/>
+      <c r="I38" s="147"/>
+      <c r="J38" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K38" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L38" s="188"/>
+      <c r="M38" s="173"/>
+    </row>
+    <row r="39" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="42" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" s="144"/>
+      <c r="D39" s="144"/>
+      <c r="E39" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39" s="145">
+        <v>0</v>
+      </c>
+      <c r="G39" s="148"/>
+      <c r="H39" s="169"/>
+      <c r="I39" s="147"/>
+      <c r="J39" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K39" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L39" s="188"/>
+      <c r="M39" s="173"/>
+    </row>
+    <row r="40" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="42" t="s">
+        <v>69</v>
+      </c>
+      <c r="B40" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" s="144"/>
+      <c r="D40" s="144"/>
+      <c r="E40" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F40" s="145">
+        <v>0</v>
+      </c>
+      <c r="G40" s="148"/>
+      <c r="H40" s="169"/>
+      <c r="I40" s="147"/>
+      <c r="J40" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K40" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L40" s="188"/>
+      <c r="M40" s="173"/>
+    </row>
+    <row r="41" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="42" t="s">
+        <v>70</v>
+      </c>
+      <c r="B41" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" s="144"/>
+      <c r="D41" s="144"/>
+      <c r="E41" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F41" s="145">
+        <v>0</v>
+      </c>
+      <c r="G41" s="148"/>
+      <c r="H41" s="169"/>
+      <c r="I41" s="147"/>
+      <c r="J41" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L41" s="188"/>
+      <c r="M41" s="173"/>
+    </row>
+    <row r="42" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="42" t="s">
+        <v>71</v>
+      </c>
+      <c r="B42" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" s="144"/>
+      <c r="D42" s="144"/>
+      <c r="E42" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" s="145">
+        <v>0</v>
+      </c>
+      <c r="G42" s="148"/>
+      <c r="H42" s="169"/>
+      <c r="I42" s="147"/>
+      <c r="J42" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K42" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L42" s="188"/>
+      <c r="M42" s="173"/>
+    </row>
+    <row r="43" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A43" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="B43" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" s="144"/>
+      <c r="D43" s="144"/>
+      <c r="E43" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F43" s="145">
+        <v>0</v>
+      </c>
+      <c r="G43" s="148"/>
+      <c r="H43" s="169"/>
+      <c r="I43" s="147"/>
+      <c r="J43" s="133">
+        <f t="shared" ref="J43:J52" si="5">F43*G43</f>
+        <v>0</v>
+      </c>
+      <c r="K43" s="53" t="e">
+        <f t="shared" ref="K43:K52" si="6">J43*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L43" s="188"/>
+      <c r="M43" s="173"/>
+    </row>
+    <row r="44" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="42" t="s">
+        <v>73</v>
+      </c>
+      <c r="B44" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" s="144"/>
+      <c r="D44" s="144"/>
+      <c r="E44" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F44" s="145">
+        <v>0</v>
+      </c>
+      <c r="G44" s="148"/>
+      <c r="H44" s="169"/>
+      <c r="I44" s="147"/>
+      <c r="J44" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K44" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L44" s="188"/>
+      <c r="M44" s="173"/>
+    </row>
+    <row r="45" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="42" t="s">
+        <v>74</v>
+      </c>
+      <c r="B45" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" s="144"/>
+      <c r="D45" s="144"/>
+      <c r="E45" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F45" s="145">
+        <v>0</v>
+      </c>
+      <c r="G45" s="148"/>
+      <c r="H45" s="169"/>
+      <c r="I45" s="147"/>
+      <c r="J45" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K45" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L45" s="188"/>
+      <c r="M45" s="173"/>
+    </row>
+    <row r="46" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="42" t="s">
+        <v>75</v>
+      </c>
+      <c r="B46" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" s="144"/>
+      <c r="D46" s="144"/>
+      <c r="E46" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F46" s="145">
+        <v>0</v>
+      </c>
+      <c r="G46" s="148"/>
+      <c r="H46" s="169"/>
+      <c r="I46" s="147"/>
+      <c r="J46" s="133">
+        <f>F46*G46</f>
+        <v>0</v>
+      </c>
+      <c r="K46" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L46" s="188"/>
+      <c r="M46" s="173"/>
+    </row>
+    <row r="47" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="42" t="s">
+        <v>76</v>
+      </c>
+      <c r="B47" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" s="144"/>
+      <c r="D47" s="144"/>
+      <c r="E47" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F47" s="145">
+        <v>0</v>
+      </c>
+      <c r="G47" s="148"/>
+      <c r="H47" s="169"/>
+      <c r="I47" s="147"/>
+      <c r="J47" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K47" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L47" s="188"/>
+      <c r="M47" s="173"/>
+    </row>
+    <row r="48" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="42" t="s">
+        <v>77</v>
+      </c>
+      <c r="B48" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" s="144"/>
+      <c r="D48" s="144"/>
+      <c r="E48" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F48" s="145">
+        <v>0</v>
+      </c>
+      <c r="G48" s="148"/>
+      <c r="H48" s="169"/>
+      <c r="I48" s="147"/>
+      <c r="J48" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K48" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L48" s="188"/>
+      <c r="M48" s="173"/>
+    </row>
+    <row r="49" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B49" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" s="144"/>
+      <c r="D49" s="144"/>
+      <c r="E49" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F49" s="145">
+        <v>0</v>
+      </c>
+      <c r="G49" s="148"/>
+      <c r="H49" s="169"/>
+      <c r="I49" s="147"/>
+      <c r="J49" s="133">
+        <f>F49*G49</f>
+        <v>0</v>
+      </c>
+      <c r="K49" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L49" s="188"/>
+      <c r="M49" s="173"/>
+    </row>
+    <row r="50" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="42" t="s">
+        <v>79</v>
+      </c>
+      <c r="B50" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" s="144"/>
+      <c r="D50" s="144"/>
+      <c r="E50" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F50" s="145">
+        <v>0</v>
+      </c>
+      <c r="G50" s="148"/>
+      <c r="H50" s="169"/>
+      <c r="I50" s="147"/>
+      <c r="J50" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K50" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L50" s="188"/>
+      <c r="M50" s="173"/>
+    </row>
+    <row r="51" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="42" t="s">
+        <v>80</v>
+      </c>
+      <c r="B51" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" s="144"/>
+      <c r="D51" s="144"/>
+      <c r="E51" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F51" s="145">
+        <v>0</v>
+      </c>
+      <c r="G51" s="148"/>
+      <c r="H51" s="169"/>
+      <c r="I51" s="147"/>
+      <c r="J51" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K51" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L51" s="188"/>
+      <c r="M51" s="173"/>
+    </row>
+    <row r="52" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="42" t="s">
+        <v>81</v>
+      </c>
+      <c r="B52" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" s="144"/>
+      <c r="D52" s="144"/>
+      <c r="E52" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52" s="145">
+        <v>0</v>
+      </c>
+      <c r="G52" s="148"/>
+      <c r="H52" s="169"/>
+      <c r="I52" s="147"/>
+      <c r="J52" s="133">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K52" s="53" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L52" s="188"/>
+      <c r="M52" s="173"/>
+    </row>
+    <row r="53" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A53" s="42" t="s">
+        <v>82</v>
+      </c>
+      <c r="B53" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" s="144"/>
+      <c r="D53" s="144"/>
+      <c r="E53" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F53" s="145">
+        <v>0</v>
+      </c>
+      <c r="G53" s="148"/>
+      <c r="H53" s="169"/>
+      <c r="I53" s="147"/>
+      <c r="J53" s="133">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="K53" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L53" s="188"/>
+      <c r="M53" s="173"/>
+    </row>
+    <row r="54" spans="1:13" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="41" t="s">
+        <v>83</v>
+      </c>
+      <c r="B54" s="184" t="s">
+        <v>84</v>
+      </c>
+      <c r="C54" s="197"/>
+      <c r="D54" s="197"/>
+      <c r="E54" s="197"/>
+      <c r="F54" s="197"/>
+      <c r="G54" s="197"/>
+      <c r="H54" s="197"/>
+      <c r="I54" s="198"/>
+      <c r="J54" s="134">
+        <f>SUM(J55:J64)</f>
+        <v>0</v>
+      </c>
+      <c r="K54" s="53" t="e">
+        <f>J54*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L54" s="187" t="s">
+        <v>85</v>
+      </c>
+      <c r="M54" s="173" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B55" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C55" s="143"/>
+      <c r="D55" s="144"/>
+      <c r="E55" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55" s="145">
+        <v>0</v>
+      </c>
+      <c r="G55" s="148"/>
+      <c r="H55" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I55" s="147"/>
+      <c r="J55" s="133">
+        <f>F55*G55</f>
+        <v>0</v>
+      </c>
+      <c r="K55" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L55" s="183"/>
+      <c r="M55" s="173"/>
+    </row>
+    <row r="56" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="42" t="s">
+        <v>90</v>
+      </c>
+      <c r="B56" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C56" s="143"/>
+      <c r="D56" s="144"/>
+      <c r="E56" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F56" s="145">
+        <v>0</v>
+      </c>
+      <c r="G56" s="148"/>
+      <c r="H56" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I56" s="147"/>
+      <c r="J56" s="133">
+        <f t="shared" ref="J56:J64" si="7">F56*G56</f>
+        <v>0</v>
+      </c>
+      <c r="K56" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L56" s="183"/>
+      <c r="M56" s="173"/>
+    </row>
+    <row r="57" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="42" t="s">
+        <v>91</v>
+      </c>
+      <c r="B57" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C57" s="143"/>
+      <c r="D57" s="144"/>
+      <c r="E57" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F57" s="145">
+        <v>0</v>
+      </c>
+      <c r="G57" s="148"/>
+      <c r="H57" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I57" s="147"/>
+      <c r="J57" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K57" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L57" s="183"/>
+      <c r="M57" s="173"/>
+    </row>
+    <row r="58" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="42" t="s">
+        <v>92</v>
+      </c>
+      <c r="B58" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C58" s="143"/>
+      <c r="D58" s="144"/>
+      <c r="E58" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58" s="145">
+        <v>0</v>
+      </c>
+      <c r="G58" s="148"/>
+      <c r="H58" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I58" s="147"/>
+      <c r="J58" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K58" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L58" s="183"/>
+      <c r="M58" s="173"/>
+    </row>
+    <row r="59" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A59" s="42" t="s">
+        <v>93</v>
+      </c>
+      <c r="B59" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C59" s="143"/>
+      <c r="D59" s="144"/>
+      <c r="E59" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59" s="145">
+        <v>0</v>
+      </c>
+      <c r="G59" s="148"/>
+      <c r="H59" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I59" s="147"/>
+      <c r="J59" s="133">
+        <f>F59*G59</f>
+        <v>0</v>
+      </c>
+      <c r="K59" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L59" s="183"/>
+      <c r="M59" s="173"/>
+    </row>
+    <row r="60" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="42" t="s">
+        <v>94</v>
+      </c>
+      <c r="B60" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C60" s="143"/>
+      <c r="D60" s="144"/>
+      <c r="E60" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F60" s="145">
+        <v>0</v>
+      </c>
+      <c r="G60" s="148"/>
+      <c r="H60" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I60" s="147"/>
+      <c r="J60" s="133">
+        <f>F60*G60</f>
+        <v>0</v>
+      </c>
+      <c r="K60" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L60" s="183"/>
+      <c r="M60" s="173"/>
+    </row>
+    <row r="61" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B61" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C61" s="143"/>
+      <c r="D61" s="144"/>
+      <c r="E61" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F61" s="145">
+        <v>0</v>
+      </c>
+      <c r="G61" s="148"/>
+      <c r="H61" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I61" s="147"/>
+      <c r="J61" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K61" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L61" s="183"/>
+      <c r="M61" s="173"/>
+    </row>
+    <row r="62" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="42" t="s">
+        <v>96</v>
+      </c>
+      <c r="B62" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C62" s="143"/>
+      <c r="D62" s="144"/>
+      <c r="E62" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F62" s="145">
+        <v>0</v>
+      </c>
+      <c r="G62" s="148"/>
+      <c r="H62" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I62" s="147"/>
+      <c r="J62" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K62" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L62" s="183"/>
+      <c r="M62" s="173"/>
+    </row>
+    <row r="63" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="42" t="s">
+        <v>97</v>
+      </c>
+      <c r="B63" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C63" s="143"/>
+      <c r="D63" s="144"/>
+      <c r="E63" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F63" s="145">
+        <v>0</v>
+      </c>
+      <c r="G63" s="148"/>
+      <c r="H63" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I63" s="147"/>
+      <c r="J63" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K63" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L63" s="183"/>
+      <c r="M63" s="173"/>
+    </row>
+    <row r="64" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="42" t="s">
+        <v>98</v>
+      </c>
+      <c r="B64" s="143" t="s">
+        <v>88</v>
+      </c>
+      <c r="C64" s="143"/>
+      <c r="D64" s="144"/>
+      <c r="E64" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="F64" s="145">
+        <v>0</v>
+      </c>
+      <c r="G64" s="148"/>
+      <c r="H64" s="168" t="s">
+        <v>89</v>
+      </c>
+      <c r="I64" s="147"/>
+      <c r="J64" s="133">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+      <c r="K64" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L64" s="183"/>
+      <c r="M64" s="173"/>
+    </row>
+    <row r="65" spans="1:13" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="41" t="s">
+        <v>99</v>
+      </c>
+      <c r="B65" s="196" t="s">
+        <v>100</v>
+      </c>
+      <c r="C65" s="197"/>
+      <c r="D65" s="197"/>
+      <c r="E65" s="197"/>
+      <c r="F65" s="197"/>
+      <c r="G65" s="197"/>
+      <c r="H65" s="197"/>
+      <c r="I65" s="198"/>
+      <c r="J65" s="134">
+        <f>J66+J77+J98</f>
+        <v>0</v>
+      </c>
+      <c r="K65" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L65" s="180"/>
+      <c r="M65" s="180"/>
+    </row>
+    <row r="66" spans="1:13" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="41" t="s">
+        <v>101</v>
+      </c>
+      <c r="B66" s="196" t="s">
+        <v>102</v>
+      </c>
+      <c r="C66" s="197"/>
+      <c r="D66" s="197"/>
+      <c r="E66" s="197"/>
+      <c r="F66" s="197"/>
+      <c r="G66" s="197"/>
+      <c r="H66" s="197"/>
+      <c r="I66" s="198"/>
+      <c r="J66" s="134">
+        <f>SUM(J67:J76)</f>
+        <v>0</v>
+      </c>
+      <c r="K66" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L66" s="187" t="s">
+        <v>103</v>
+      </c>
+      <c r="M66" s="173" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="42" t="s">
+        <v>105</v>
+      </c>
+      <c r="B67" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C67" s="144"/>
+      <c r="D67" s="144"/>
+      <c r="E67" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F67" s="145">
+        <v>0</v>
+      </c>
+      <c r="G67" s="148"/>
+      <c r="H67" s="169"/>
+      <c r="I67" s="147"/>
+      <c r="J67" s="133">
+        <f>F67*G67</f>
+        <v>0</v>
+      </c>
+      <c r="K67" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L67" s="183"/>
+      <c r="M67" s="173"/>
+    </row>
+    <row r="68" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="42" t="s">
+        <v>107</v>
+      </c>
+      <c r="B68" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C68" s="144"/>
+      <c r="D68" s="144"/>
+      <c r="E68" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F68" s="145">
+        <v>0</v>
+      </c>
+      <c r="G68" s="148"/>
+      <c r="H68" s="169"/>
+      <c r="I68" s="147"/>
+      <c r="J68" s="133">
+        <f t="shared" ref="J68:J76" si="8">F68*G68</f>
+        <v>0</v>
+      </c>
+      <c r="K68" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L68" s="183"/>
+      <c r="M68" s="173"/>
+    </row>
+    <row r="69" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="42" t="s">
+        <v>108</v>
+      </c>
+      <c r="B69" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C69" s="144"/>
+      <c r="D69" s="144"/>
+      <c r="E69" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F69" s="145">
+        <v>0</v>
+      </c>
+      <c r="G69" s="148"/>
+      <c r="H69" s="169"/>
+      <c r="I69" s="147"/>
+      <c r="J69" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K69" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L69" s="183"/>
+      <c r="M69" s="173"/>
+    </row>
+    <row r="70" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="42" t="s">
+        <v>110</v>
+      </c>
+      <c r="B70" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C70" s="144"/>
+      <c r="D70" s="144"/>
+      <c r="E70" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F70" s="145">
+        <v>0</v>
+      </c>
+      <c r="G70" s="148"/>
+      <c r="H70" s="169"/>
+      <c r="I70" s="147"/>
+      <c r="J70" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K70" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L70" s="183"/>
+      <c r="M70" s="173"/>
+    </row>
+    <row r="71" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="42" t="s">
+        <v>111</v>
+      </c>
+      <c r="B71" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C71" s="144"/>
+      <c r="D71" s="144"/>
+      <c r="E71" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F71" s="145">
+        <v>0</v>
+      </c>
+      <c r="G71" s="148"/>
+      <c r="H71" s="169"/>
+      <c r="I71" s="147"/>
+      <c r="J71" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K71" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L71" s="183"/>
+      <c r="M71" s="173"/>
+    </row>
+    <row r="72" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="B72" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C72" s="144"/>
+      <c r="D72" s="144"/>
+      <c r="E72" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F72" s="145">
+        <v>0</v>
+      </c>
+      <c r="G72" s="148"/>
+      <c r="H72" s="169"/>
+      <c r="I72" s="147"/>
+      <c r="J72" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K72" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L72" s="183"/>
+      <c r="M72" s="173"/>
+    </row>
+    <row r="73" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="42" t="s">
+        <v>113</v>
+      </c>
+      <c r="B73" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C73" s="144"/>
+      <c r="D73" s="144"/>
+      <c r="E73" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F73" s="145">
+        <v>0</v>
+      </c>
+      <c r="G73" s="148"/>
+      <c r="H73" s="169"/>
+      <c r="I73" s="147"/>
+      <c r="J73" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K73" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L73" s="183"/>
+      <c r="M73" s="173"/>
+    </row>
+    <row r="74" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="42" t="s">
+        <v>114</v>
+      </c>
+      <c r="B74" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C74" s="144"/>
+      <c r="D74" s="144"/>
+      <c r="E74" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F74" s="145">
+        <v>0</v>
+      </c>
+      <c r="G74" s="148"/>
+      <c r="H74" s="169"/>
+      <c r="I74" s="147"/>
+      <c r="J74" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K74" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L74" s="183"/>
+      <c r="M74" s="173"/>
+    </row>
+    <row r="75" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="42" t="s">
+        <v>115</v>
+      </c>
+      <c r="B75" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C75" s="144"/>
+      <c r="D75" s="144"/>
+      <c r="E75" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75" s="145">
+        <v>0</v>
+      </c>
+      <c r="G75" s="148"/>
+      <c r="H75" s="169"/>
+      <c r="I75" s="147"/>
+      <c r="J75" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K75" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L75" s="183"/>
+      <c r="M75" s="173"/>
+    </row>
+    <row r="76" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="42" t="s">
+        <v>116</v>
+      </c>
+      <c r="B76" s="143" t="s">
+        <v>106</v>
+      </c>
+      <c r="C76" s="144"/>
+      <c r="D76" s="144"/>
+      <c r="E76" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F76" s="145">
+        <v>0</v>
+      </c>
+      <c r="G76" s="148"/>
+      <c r="H76" s="169"/>
+      <c r="I76" s="147"/>
+      <c r="J76" s="133">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K76" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L76" s="183"/>
+      <c r="M76" s="173"/>
+    </row>
+    <row r="77" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="41" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" s="206" t="s">
+        <v>118</v>
+      </c>
+      <c r="C77" s="207"/>
+      <c r="D77" s="207"/>
+      <c r="E77" s="207"/>
+      <c r="F77" s="207"/>
+      <c r="G77" s="207"/>
+      <c r="H77" s="207"/>
+      <c r="I77" s="208"/>
+      <c r="J77" s="132">
+        <f>SUM(J78:J97)</f>
+        <v>0</v>
+      </c>
+      <c r="K77" s="53" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L77" s="187" t="s">
+        <v>119</v>
+      </c>
+      <c r="M77" s="173" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="42" t="s">
+        <v>121</v>
+      </c>
+      <c r="B78" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" s="144"/>
+      <c r="D78" s="144"/>
+      <c r="E78" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F78" s="145">
+        <v>0</v>
+      </c>
+      <c r="G78" s="148"/>
+      <c r="H78" s="169"/>
+      <c r="I78" s="147"/>
+      <c r="J78" s="133">
+        <f>F78*G78</f>
+        <v>0</v>
+      </c>
+      <c r="K78" s="53" t="e">
+        <f t="shared" ref="K78:K103" si="9">J78*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L78" s="188"/>
+      <c r="M78" s="173"/>
+    </row>
+    <row r="79" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A79" s="42" t="s">
+        <v>122</v>
+      </c>
+      <c r="B79" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C79" s="144"/>
+      <c r="D79" s="144"/>
+      <c r="E79" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F79" s="145">
+        <v>0</v>
+      </c>
+      <c r="G79" s="148"/>
+      <c r="H79" s="169"/>
+      <c r="I79" s="147"/>
+      <c r="J79" s="133">
+        <f t="shared" ref="J79:J97" si="10">F79*G79</f>
+        <v>0</v>
+      </c>
+      <c r="K79" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L79" s="188"/>
+      <c r="M79" s="173"/>
+    </row>
+    <row r="80" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="42" t="s">
+        <v>123</v>
+      </c>
+      <c r="B80" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" s="144"/>
+      <c r="D80" s="144"/>
+      <c r="E80" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F80" s="145">
+        <v>0</v>
+      </c>
+      <c r="G80" s="148"/>
+      <c r="H80" s="169"/>
+      <c r="I80" s="147"/>
+      <c r="J80" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K80" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L80" s="188"/>
+      <c r="M80" s="173"/>
+    </row>
+    <row r="81" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="42" t="s">
+        <v>124</v>
+      </c>
+      <c r="B81" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C81" s="144"/>
+      <c r="D81" s="144"/>
+      <c r="E81" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F81" s="145">
+        <v>0</v>
+      </c>
+      <c r="G81" s="148"/>
+      <c r="H81" s="169"/>
+      <c r="I81" s="147"/>
+      <c r="J81" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K81" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L81" s="188"/>
+      <c r="M81" s="173"/>
+    </row>
+    <row r="82" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A82" s="42" t="s">
+        <v>125</v>
+      </c>
+      <c r="B82" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" s="144"/>
+      <c r="D82" s="144"/>
+      <c r="E82" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F82" s="145">
+        <v>0</v>
+      </c>
+      <c r="G82" s="148"/>
+      <c r="H82" s="169"/>
+      <c r="I82" s="147"/>
+      <c r="J82" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K82" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L82" s="188"/>
+      <c r="M82" s="173"/>
+    </row>
+    <row r="83" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A83" s="42" t="s">
+        <v>126</v>
+      </c>
+      <c r="B83" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" s="144"/>
+      <c r="D83" s="144"/>
+      <c r="E83" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F83" s="145">
+        <v>0</v>
+      </c>
+      <c r="G83" s="148"/>
+      <c r="H83" s="169"/>
+      <c r="I83" s="147"/>
+      <c r="J83" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K83" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L83" s="188"/>
+      <c r="M83" s="173"/>
+    </row>
+    <row r="84" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A84" s="42" t="s">
+        <v>127</v>
+      </c>
+      <c r="B84" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" s="144"/>
+      <c r="D84" s="144"/>
+      <c r="E84" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F84" s="145">
+        <v>0</v>
+      </c>
+      <c r="G84" s="148"/>
+      <c r="H84" s="169"/>
+      <c r="I84" s="147"/>
+      <c r="J84" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K84" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L84" s="188"/>
+      <c r="M84" s="173"/>
+    </row>
+    <row r="85" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A85" s="42" t="s">
+        <v>128</v>
+      </c>
+      <c r="B85" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" s="144"/>
+      <c r="D85" s="144"/>
+      <c r="E85" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F85" s="145">
+        <v>0</v>
+      </c>
+      <c r="G85" s="148"/>
+      <c r="H85" s="169"/>
+      <c r="I85" s="147"/>
+      <c r="J85" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K85" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L85" s="188"/>
+      <c r="M85" s="173"/>
+    </row>
+    <row r="86" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A86" s="42" t="s">
+        <v>129</v>
+      </c>
+      <c r="B86" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" s="144"/>
+      <c r="D86" s="144"/>
+      <c r="E86" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F86" s="145">
+        <v>0</v>
+      </c>
+      <c r="G86" s="148"/>
+      <c r="H86" s="169"/>
+      <c r="I86" s="147"/>
+      <c r="J86" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K86" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L86" s="188"/>
+      <c r="M86" s="173"/>
+    </row>
+    <row r="87" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A87" s="42" t="s">
+        <v>130</v>
+      </c>
+      <c r="B87" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C87" s="144"/>
+      <c r="D87" s="144"/>
+      <c r="E87" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F87" s="145">
+        <v>0</v>
+      </c>
+      <c r="G87" s="148"/>
+      <c r="H87" s="169"/>
+      <c r="I87" s="147"/>
+      <c r="J87" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K87" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L87" s="188"/>
+      <c r="M87" s="173"/>
+    </row>
+    <row r="88" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A88" s="42" t="s">
+        <v>131</v>
+      </c>
+      <c r="B88" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" s="144"/>
+      <c r="D88" s="144"/>
+      <c r="E88" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F88" s="145">
+        <v>0</v>
+      </c>
+      <c r="G88" s="148"/>
+      <c r="H88" s="169"/>
+      <c r="I88" s="147"/>
+      <c r="J88" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K88" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L88" s="188"/>
+      <c r="M88" s="173"/>
+    </row>
+    <row r="89" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A89" s="42" t="s">
+        <v>132</v>
+      </c>
+      <c r="B89" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" s="144"/>
+      <c r="D89" s="144"/>
+      <c r="E89" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F89" s="145">
+        <v>0</v>
+      </c>
+      <c r="G89" s="148"/>
+      <c r="H89" s="169"/>
+      <c r="I89" s="147"/>
+      <c r="J89" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K89" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L89" s="188"/>
+      <c r="M89" s="173"/>
+    </row>
+    <row r="90" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A90" s="42" t="s">
+        <v>133</v>
+      </c>
+      <c r="B90" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C90" s="144"/>
+      <c r="D90" s="144"/>
+      <c r="E90" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F90" s="145">
+        <v>0</v>
+      </c>
+      <c r="G90" s="148"/>
+      <c r="H90" s="169"/>
+      <c r="I90" s="147"/>
+      <c r="J90" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K90" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L90" s="188"/>
+      <c r="M90" s="173"/>
+    </row>
+    <row r="91" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A91" s="42" t="s">
+        <v>134</v>
+      </c>
+      <c r="B91" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C91" s="144"/>
+      <c r="D91" s="144"/>
+      <c r="E91" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F91" s="145">
+        <v>0</v>
+      </c>
+      <c r="G91" s="148"/>
+      <c r="H91" s="169"/>
+      <c r="I91" s="147"/>
+      <c r="J91" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K91" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L91" s="188"/>
+      <c r="M91" s="173"/>
+    </row>
+    <row r="92" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A92" s="42" t="s">
+        <v>135</v>
+      </c>
+      <c r="B92" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C92" s="144"/>
+      <c r="D92" s="144"/>
+      <c r="E92" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F92" s="145">
+        <v>0</v>
+      </c>
+      <c r="G92" s="148"/>
+      <c r="H92" s="169"/>
+      <c r="I92" s="147"/>
+      <c r="J92" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K92" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L92" s="188"/>
+      <c r="M92" s="173"/>
+    </row>
+    <row r="93" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A93" s="42" t="s">
+        <v>136</v>
+      </c>
+      <c r="B93" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C93" s="144"/>
+      <c r="D93" s="144"/>
+      <c r="E93" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F93" s="145">
+        <v>0</v>
+      </c>
+      <c r="G93" s="148"/>
+      <c r="H93" s="169"/>
+      <c r="I93" s="147"/>
+      <c r="J93" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K93" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L93" s="188"/>
+      <c r="M93" s="173"/>
+    </row>
+    <row r="94" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A94" s="42" t="s">
+        <v>137</v>
+      </c>
+      <c r="B94" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C94" s="144"/>
+      <c r="D94" s="144"/>
+      <c r="E94" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F94" s="145">
+        <v>0</v>
+      </c>
+      <c r="G94" s="148"/>
+      <c r="H94" s="169"/>
+      <c r="I94" s="147"/>
+      <c r="J94" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K94" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L94" s="188"/>
+      <c r="M94" s="173"/>
+    </row>
+    <row r="95" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A95" s="42" t="s">
+        <v>138</v>
+      </c>
+      <c r="B95" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C95" s="144"/>
+      <c r="D95" s="144"/>
+      <c r="E95" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="F95" s="145">
+        <v>0</v>
+      </c>
+      <c r="G95" s="148"/>
+      <c r="H95" s="169"/>
+      <c r="I95" s="147"/>
+      <c r="J95" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K95" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L95" s="188"/>
+      <c r="M95" s="173"/>
+    </row>
+    <row r="96" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A96" s="42" t="s">
+        <v>139</v>
+      </c>
+      <c r="B96" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C96" s="144"/>
+      <c r="D96" s="144"/>
+      <c r="E96" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F96" s="145">
+        <v>0</v>
+      </c>
+      <c r="G96" s="148"/>
+      <c r="H96" s="169"/>
+      <c r="I96" s="147"/>
+      <c r="J96" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K96" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L96" s="188"/>
+      <c r="M96" s="173"/>
+    </row>
+    <row r="97" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A97" s="42" t="s">
+        <v>140</v>
+      </c>
+      <c r="B97" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C97" s="144"/>
+      <c r="D97" s="144"/>
+      <c r="E97" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F97" s="145">
+        <v>0</v>
+      </c>
+      <c r="G97" s="148"/>
+      <c r="H97" s="169"/>
+      <c r="I97" s="147"/>
+      <c r="J97" s="133">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="K97" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L97" s="188"/>
+      <c r="M97" s="173"/>
+    </row>
+    <row r="98" spans="1:13" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="41" t="s">
+        <v>141</v>
+      </c>
+      <c r="B98" s="196" t="s">
+        <v>142</v>
+      </c>
+      <c r="C98" s="197"/>
+      <c r="D98" s="197"/>
+      <c r="E98" s="197"/>
+      <c r="F98" s="197"/>
+      <c r="G98" s="197"/>
+      <c r="H98" s="197"/>
+      <c r="I98" s="198"/>
+      <c r="J98" s="134">
+        <f>SUM(J99:J108)</f>
+        <v>0</v>
+      </c>
+      <c r="K98" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L98" s="178"/>
+      <c r="M98" s="179"/>
+    </row>
+    <row r="99" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A99" s="42" t="s">
+        <v>143</v>
+      </c>
+      <c r="B99" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C99" s="144"/>
+      <c r="D99" s="144"/>
+      <c r="E99" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99" s="145">
+        <v>0</v>
+      </c>
+      <c r="G99" s="148"/>
+      <c r="H99" s="169"/>
+      <c r="I99" s="147"/>
+      <c r="J99" s="133">
+        <f>F99*G99</f>
+        <v>0</v>
+      </c>
+      <c r="K99" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L99" s="183" t="s">
+        <v>144</v>
+      </c>
+      <c r="M99" s="173" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A100" s="42" t="s">
+        <v>146</v>
+      </c>
+      <c r="B100" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C100" s="144"/>
+      <c r="D100" s="144"/>
+      <c r="E100" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100" s="145">
+        <v>0</v>
+      </c>
+      <c r="G100" s="148"/>
+      <c r="H100" s="169"/>
+      <c r="I100" s="147"/>
+      <c r="J100" s="133">
+        <f t="shared" ref="J100:J108" si="11">F100*G100</f>
+        <v>0</v>
+      </c>
+      <c r="K100" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L100" s="183"/>
+      <c r="M100" s="173"/>
+    </row>
+    <row r="101" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A101" s="42" t="s">
+        <v>147</v>
+      </c>
+      <c r="B101" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C101" s="144"/>
+      <c r="D101" s="144"/>
+      <c r="E101" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F101" s="145">
+        <v>0</v>
+      </c>
+      <c r="G101" s="148"/>
+      <c r="H101" s="169"/>
+      <c r="I101" s="147"/>
+      <c r="J101" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K101" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L101" s="183"/>
+      <c r="M101" s="173"/>
+    </row>
+    <row r="102" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A102" s="42" t="s">
+        <v>149</v>
+      </c>
+      <c r="B102" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C102" s="144"/>
+      <c r="D102" s="144"/>
+      <c r="E102" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F102" s="145">
+        <v>0</v>
+      </c>
+      <c r="G102" s="148"/>
+      <c r="H102" s="169"/>
+      <c r="I102" s="147"/>
+      <c r="J102" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K102" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L102" s="183"/>
+      <c r="M102" s="173"/>
+    </row>
+    <row r="103" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A103" s="42" t="s">
+        <v>150</v>
+      </c>
+      <c r="B103" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C103" s="144"/>
+      <c r="D103" s="144"/>
+      <c r="E103" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F103" s="145">
+        <v>0</v>
+      </c>
+      <c r="G103" s="148"/>
+      <c r="H103" s="169"/>
+      <c r="I103" s="147"/>
+      <c r="J103" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K103" s="53" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L103" s="183"/>
+      <c r="M103" s="173"/>
+    </row>
+    <row r="104" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="42" t="s">
+        <v>151</v>
+      </c>
+      <c r="B104" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C104" s="144"/>
+      <c r="D104" s="144"/>
+      <c r="E104" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F104" s="145">
+        <v>0</v>
+      </c>
+      <c r="G104" s="148"/>
+      <c r="H104" s="169"/>
+      <c r="I104" s="147"/>
+      <c r="J104" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K104" s="53" t="e">
+        <f t="shared" ref="K104:K140" si="12">J104*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L104" s="183"/>
+      <c r="M104" s="173"/>
+    </row>
+    <row r="105" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="42" t="s">
+        <v>152</v>
+      </c>
+      <c r="B105" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C105" s="144"/>
+      <c r="D105" s="144"/>
+      <c r="E105" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F105" s="145">
+        <v>0</v>
+      </c>
+      <c r="G105" s="148"/>
+      <c r="H105" s="169"/>
+      <c r="I105" s="147"/>
+      <c r="J105" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K105" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L105" s="183"/>
+      <c r="M105" s="173"/>
+    </row>
+    <row r="106" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A106" s="42" t="s">
+        <v>153</v>
+      </c>
+      <c r="B106" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C106" s="149"/>
+      <c r="D106" s="144"/>
+      <c r="E106" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="F106" s="145">
+        <v>0</v>
+      </c>
+      <c r="G106" s="148"/>
+      <c r="H106" s="169"/>
+      <c r="I106" s="147"/>
+      <c r="J106" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K106" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L106" s="183"/>
+      <c r="M106" s="173"/>
+    </row>
+    <row r="107" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A107" s="42" t="s">
+        <v>154</v>
+      </c>
+      <c r="B107" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" s="144"/>
+      <c r="D107" s="144"/>
+      <c r="E107" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F107" s="145">
+        <v>0</v>
+      </c>
+      <c r="G107" s="148"/>
+      <c r="H107" s="169"/>
+      <c r="I107" s="147"/>
+      <c r="J107" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K107" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L107" s="183"/>
+      <c r="M107" s="173"/>
+    </row>
+    <row r="108" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="42" t="s">
+        <v>155</v>
+      </c>
+      <c r="B108" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C108" s="144"/>
+      <c r="D108" s="144"/>
+      <c r="E108" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108" s="145">
+        <v>0</v>
+      </c>
+      <c r="G108" s="148"/>
+      <c r="H108" s="169"/>
+      <c r="I108" s="147"/>
+      <c r="J108" s="133">
+        <f t="shared" si="11"/>
+        <v>0</v>
+      </c>
+      <c r="K108" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L108" s="183"/>
+      <c r="M108" s="173"/>
+    </row>
+    <row r="109" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="41" t="s">
+        <v>156</v>
+      </c>
+      <c r="B109" s="203" t="s">
+        <v>157</v>
+      </c>
+      <c r="C109" s="204"/>
+      <c r="D109" s="204"/>
+      <c r="E109" s="204"/>
+      <c r="F109" s="204"/>
+      <c r="G109" s="204"/>
+      <c r="H109" s="204"/>
+      <c r="I109" s="205"/>
+      <c r="J109" s="134">
+        <f>J110+J121</f>
+        <v>0</v>
+      </c>
+      <c r="K109" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L109" s="178"/>
+      <c r="M109" s="179"/>
+    </row>
+    <row r="110" spans="1:13" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B110" s="184" t="s">
+        <v>159</v>
+      </c>
+      <c r="C110" s="185"/>
+      <c r="D110" s="185"/>
+      <c r="E110" s="185"/>
+      <c r="F110" s="185"/>
+      <c r="G110" s="185"/>
+      <c r="H110" s="185"/>
+      <c r="I110" s="186"/>
+      <c r="J110" s="134">
+        <f>SUM(J111:J120)</f>
+        <v>0</v>
+      </c>
+      <c r="K110" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L110" s="187" t="s">
+        <v>160</v>
+      </c>
+      <c r="M110" s="173" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A111" s="42" t="s">
+        <v>162</v>
+      </c>
+      <c r="B111" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C111" s="144"/>
+      <c r="D111" s="144"/>
+      <c r="E111" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F111" s="145">
+        <v>0</v>
+      </c>
+      <c r="G111" s="148"/>
+      <c r="H111" s="169"/>
+      <c r="I111" s="147"/>
+      <c r="J111" s="133">
+        <f>F111*G111</f>
+        <v>0</v>
+      </c>
+      <c r="K111" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L111" s="188"/>
+      <c r="M111" s="173"/>
+    </row>
+    <row r="112" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A112" s="42" t="s">
+        <v>163</v>
+      </c>
+      <c r="B112" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C112" s="144"/>
+      <c r="D112" s="144"/>
+      <c r="E112" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F112" s="145">
+        <v>0</v>
+      </c>
+      <c r="G112" s="148"/>
+      <c r="H112" s="169"/>
+      <c r="I112" s="147"/>
+      <c r="J112" s="133">
+        <f t="shared" ref="J112:J120" si="13">F112*G112</f>
+        <v>0</v>
+      </c>
+      <c r="K112" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L112" s="188"/>
+      <c r="M112" s="173"/>
+    </row>
+    <row r="113" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A113" s="42" t="s">
+        <v>164</v>
+      </c>
+      <c r="B113" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C113" s="144"/>
+      <c r="D113" s="144"/>
+      <c r="E113" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F113" s="145">
+        <v>0</v>
+      </c>
+      <c r="G113" s="148"/>
+      <c r="H113" s="169"/>
+      <c r="I113" s="147"/>
+      <c r="J113" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K113" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L113" s="188"/>
+      <c r="M113" s="173"/>
+    </row>
+    <row r="114" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A114" s="42" t="s">
+        <v>165</v>
+      </c>
+      <c r="B114" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C114" s="144"/>
+      <c r="D114" s="144"/>
+      <c r="E114" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F114" s="145">
+        <v>0</v>
+      </c>
+      <c r="G114" s="148"/>
+      <c r="H114" s="169"/>
+      <c r="I114" s="147"/>
+      <c r="J114" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K114" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L114" s="188"/>
+      <c r="M114" s="173"/>
+    </row>
+    <row r="115" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="42" t="s">
+        <v>166</v>
+      </c>
+      <c r="B115" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" s="144"/>
+      <c r="D115" s="144"/>
+      <c r="E115" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F115" s="145">
+        <v>0</v>
+      </c>
+      <c r="G115" s="148"/>
+      <c r="H115" s="169"/>
+      <c r="I115" s="147"/>
+      <c r="J115" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K115" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L115" s="188"/>
+      <c r="M115" s="173"/>
+    </row>
+    <row r="116" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A116" s="42" t="s">
+        <v>167</v>
+      </c>
+      <c r="B116" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C116" s="144"/>
+      <c r="D116" s="144"/>
+      <c r="E116" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116" s="145">
+        <v>0</v>
+      </c>
+      <c r="G116" s="148"/>
+      <c r="H116" s="169"/>
+      <c r="I116" s="147"/>
+      <c r="J116" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K116" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L116" s="188"/>
+      <c r="M116" s="173"/>
+    </row>
+    <row r="117" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A117" s="42" t="s">
+        <v>168</v>
+      </c>
+      <c r="B117" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C117" s="144"/>
+      <c r="D117" s="144"/>
+      <c r="E117" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F117" s="145">
+        <v>0</v>
+      </c>
+      <c r="G117" s="148"/>
+      <c r="H117" s="169"/>
+      <c r="I117" s="147"/>
+      <c r="J117" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K117" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L117" s="188"/>
+      <c r="M117" s="173"/>
+    </row>
+    <row r="118" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A118" s="42" t="s">
+        <v>169</v>
+      </c>
+      <c r="B118" s="143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" s="144"/>
+      <c r="D118" s="144"/>
+      <c r="E118" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F118" s="145">
+        <v>0</v>
+      </c>
+      <c r="G118" s="148"/>
+      <c r="H118" s="169"/>
+      <c r="I118" s="147"/>
+      <c r="J118" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K118" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L118" s="188"/>
+      <c r="M118" s="173"/>
+    </row>
+    <row r="119" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A119" s="42" t="s">
+        <v>170</v>
+      </c>
+      <c r="B119" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" s="144"/>
+      <c r="D119" s="144"/>
+      <c r="E119" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F119" s="145">
+        <v>0</v>
+      </c>
+      <c r="G119" s="148"/>
+      <c r="H119" s="169"/>
+      <c r="I119" s="147"/>
+      <c r="J119" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K119" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L119" s="188"/>
+      <c r="M119" s="173"/>
+    </row>
+    <row r="120" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A120" s="42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B120" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C120" s="144"/>
+      <c r="D120" s="150"/>
+      <c r="E120" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F120" s="145">
+        <v>0</v>
+      </c>
+      <c r="G120" s="148"/>
+      <c r="H120" s="169"/>
+      <c r="I120" s="147"/>
+      <c r="J120" s="133">
+        <f t="shared" si="13"/>
+        <v>0</v>
+      </c>
+      <c r="K120" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L120" s="188"/>
+      <c r="M120" s="173"/>
+    </row>
+    <row r="121" spans="1:13" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="41" t="s">
+        <v>172</v>
+      </c>
+      <c r="B121" s="184" t="s">
+        <v>173</v>
+      </c>
+      <c r="C121" s="185"/>
+      <c r="D121" s="185"/>
+      <c r="E121" s="185"/>
+      <c r="F121" s="185"/>
+      <c r="G121" s="185"/>
+      <c r="H121" s="185"/>
+      <c r="I121" s="186"/>
+      <c r="J121" s="134">
+        <f>SUM(J122:J131)</f>
+        <v>0</v>
+      </c>
+      <c r="K121" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L121" s="187" t="s">
+        <v>174</v>
+      </c>
+      <c r="M121" s="173" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A122" s="42" t="s">
+        <v>175</v>
+      </c>
+      <c r="B122" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C122" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D122" s="144"/>
+      <c r="E122" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F122" s="145">
+        <v>0</v>
+      </c>
+      <c r="G122" s="148"/>
+      <c r="H122" s="169"/>
+      <c r="I122" s="147"/>
+      <c r="J122" s="133">
+        <f>F122*G122</f>
+        <v>0</v>
+      </c>
+      <c r="K122" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L122" s="183"/>
+      <c r="M122" s="173"/>
+    </row>
+    <row r="123" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A123" s="42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B123" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C123" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D123" s="144"/>
+      <c r="E123" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F123" s="145">
+        <v>0</v>
+      </c>
+      <c r="G123" s="148"/>
+      <c r="H123" s="169"/>
+      <c r="I123" s="147"/>
+      <c r="J123" s="133">
+        <f t="shared" ref="J123:J131" si="14">F123*G123</f>
+        <v>0</v>
+      </c>
+      <c r="K123" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L123" s="183"/>
+      <c r="M123" s="173"/>
+    </row>
+    <row r="124" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A124" s="42" t="s">
+        <v>178</v>
+      </c>
+      <c r="B124" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C124" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D124" s="144"/>
+      <c r="E124" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F124" s="145">
+        <v>0</v>
+      </c>
+      <c r="G124" s="148"/>
+      <c r="H124" s="169"/>
+      <c r="I124" s="147"/>
+      <c r="J124" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K124" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L124" s="183"/>
+      <c r="M124" s="173"/>
+    </row>
+    <row r="125" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A125" s="42" t="s">
+        <v>179</v>
+      </c>
+      <c r="B125" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C125" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D125" s="144"/>
+      <c r="E125" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F125" s="145">
+        <v>0</v>
+      </c>
+      <c r="G125" s="148"/>
+      <c r="H125" s="169"/>
+      <c r="I125" s="147"/>
+      <c r="J125" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K125" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L125" s="183"/>
+      <c r="M125" s="173"/>
+    </row>
+    <row r="126" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A126" s="42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B126" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C126" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D126" s="144"/>
+      <c r="E126" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F126" s="145">
+        <v>0</v>
+      </c>
+      <c r="G126" s="148"/>
+      <c r="H126" s="169"/>
+      <c r="I126" s="147"/>
+      <c r="J126" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K126" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L126" s="183"/>
+      <c r="M126" s="173"/>
+    </row>
+    <row r="127" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A127" s="42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B127" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C127" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D127" s="144"/>
+      <c r="E127" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F127" s="145">
+        <v>0</v>
+      </c>
+      <c r="G127" s="148"/>
+      <c r="H127" s="169"/>
+      <c r="I127" s="147"/>
+      <c r="J127" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K127" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L127" s="183"/>
+      <c r="M127" s="173"/>
+    </row>
+    <row r="128" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A128" s="42" t="s">
+        <v>182</v>
+      </c>
+      <c r="B128" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C128" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D128" s="144"/>
+      <c r="E128" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F128" s="145">
+        <v>0</v>
+      </c>
+      <c r="G128" s="148"/>
+      <c r="H128" s="169"/>
+      <c r="I128" s="147"/>
+      <c r="J128" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K128" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L128" s="183"/>
+      <c r="M128" s="173"/>
+    </row>
+    <row r="129" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A129" s="42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B129" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C129" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D129" s="144"/>
+      <c r="E129" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F129" s="145">
+        <v>0</v>
+      </c>
+      <c r="G129" s="148"/>
+      <c r="H129" s="169"/>
+      <c r="I129" s="147"/>
+      <c r="J129" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K129" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L129" s="183"/>
+      <c r="M129" s="173"/>
+    </row>
+    <row r="130" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A130" s="42" t="s">
+        <v>184</v>
+      </c>
+      <c r="B130" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C130" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D130" s="144"/>
+      <c r="E130" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F130" s="145">
+        <v>0</v>
+      </c>
+      <c r="G130" s="148"/>
+      <c r="H130" s="169"/>
+      <c r="I130" s="147"/>
+      <c r="J130" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K130" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L130" s="183"/>
+      <c r="M130" s="173"/>
+    </row>
+    <row r="131" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A131" s="42" t="s">
+        <v>185</v>
+      </c>
+      <c r="B131" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C131" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D131" s="144"/>
+      <c r="E131" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F131" s="145">
+        <v>0</v>
+      </c>
+      <c r="G131" s="148"/>
+      <c r="H131" s="169"/>
+      <c r="I131" s="147"/>
+      <c r="J131" s="133">
+        <f t="shared" si="14"/>
+        <v>0</v>
+      </c>
+      <c r="K131" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L131" s="183"/>
+      <c r="M131" s="173"/>
+    </row>
+    <row r="132" spans="1:13" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="41" t="s">
+        <v>186</v>
+      </c>
+      <c r="B132" s="184" t="s">
+        <v>187</v>
+      </c>
+      <c r="C132" s="185"/>
+      <c r="D132" s="185"/>
+      <c r="E132" s="185"/>
+      <c r="F132" s="185"/>
+      <c r="G132" s="185"/>
+      <c r="H132" s="185"/>
+      <c r="I132" s="186"/>
+      <c r="J132" s="134">
+        <f>SUM(J133:J142)</f>
+        <v>0</v>
+      </c>
+      <c r="K132" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L132" s="187" t="s">
+        <v>188</v>
+      </c>
+      <c r="M132" s="173" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A133" s="42" t="s">
+        <v>189</v>
+      </c>
+      <c r="B133" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C133" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D133" s="144"/>
+      <c r="E133" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F133" s="145">
+        <v>0</v>
+      </c>
+      <c r="G133" s="148"/>
+      <c r="H133" s="169"/>
+      <c r="I133" s="147"/>
+      <c r="J133" s="133">
+        <f>F133*G133</f>
+        <v>0</v>
+      </c>
+      <c r="K133" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L133" s="188"/>
+      <c r="M133" s="173"/>
+    </row>
+    <row r="134" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A134" s="42" t="s">
+        <v>190</v>
+      </c>
+      <c r="B134" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C134" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D134" s="144"/>
+      <c r="E134" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F134" s="145">
+        <v>0</v>
+      </c>
+      <c r="G134" s="148"/>
+      <c r="H134" s="169"/>
+      <c r="I134" s="147"/>
+      <c r="J134" s="133">
+        <f t="shared" ref="J134:J142" si="15">F134*G134</f>
+        <v>0</v>
+      </c>
+      <c r="K134" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L134" s="188"/>
+      <c r="M134" s="173"/>
+    </row>
+    <row r="135" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A135" s="42" t="s">
+        <v>191</v>
+      </c>
+      <c r="B135" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C135" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D135" s="144"/>
+      <c r="E135" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F135" s="145">
+        <v>0</v>
+      </c>
+      <c r="G135" s="148"/>
+      <c r="H135" s="169"/>
+      <c r="I135" s="147"/>
+      <c r="J135" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K135" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L135" s="188"/>
+      <c r="M135" s="173"/>
+    </row>
+    <row r="136" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A136" s="42" t="s">
+        <v>192</v>
+      </c>
+      <c r="B136" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C136" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D136" s="144"/>
+      <c r="E136" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F136" s="145">
+        <v>0</v>
+      </c>
+      <c r="G136" s="148"/>
+      <c r="H136" s="169"/>
+      <c r="I136" s="147"/>
+      <c r="J136" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K136" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L136" s="188"/>
+      <c r="M136" s="173"/>
+    </row>
+    <row r="137" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A137" s="42" t="s">
+        <v>193</v>
+      </c>
+      <c r="B137" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C137" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D137" s="144"/>
+      <c r="E137" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F137" s="145">
+        <v>0</v>
+      </c>
+      <c r="G137" s="148"/>
+      <c r="H137" s="169"/>
+      <c r="I137" s="147"/>
+      <c r="J137" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K137" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L137" s="188"/>
+      <c r="M137" s="173"/>
+    </row>
+    <row r="138" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A138" s="42" t="s">
+        <v>194</v>
+      </c>
+      <c r="B138" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C138" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D138" s="144"/>
+      <c r="E138" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F138" s="151">
+        <v>0</v>
+      </c>
+      <c r="G138" s="148"/>
+      <c r="H138" s="169"/>
+      <c r="I138" s="147"/>
+      <c r="J138" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K138" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L138" s="188"/>
+      <c r="M138" s="173"/>
+    </row>
+    <row r="139" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A139" s="42" t="s">
+        <v>195</v>
+      </c>
+      <c r="B139" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C139" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D139" s="144"/>
+      <c r="E139" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F139" s="145">
+        <v>0</v>
+      </c>
+      <c r="G139" s="148"/>
+      <c r="H139" s="169"/>
+      <c r="I139" s="147"/>
+      <c r="J139" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K139" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L139" s="188"/>
+      <c r="M139" s="173"/>
+    </row>
+    <row r="140" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A140" s="42" t="s">
+        <v>196</v>
+      </c>
+      <c r="B140" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C140" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D140" s="144"/>
+      <c r="E140" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F140" s="145">
+        <v>0</v>
+      </c>
+      <c r="G140" s="148"/>
+      <c r="H140" s="169"/>
+      <c r="I140" s="147"/>
+      <c r="J140" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K140" s="53" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L140" s="188"/>
+      <c r="M140" s="173"/>
+    </row>
+    <row r="141" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A141" s="42" t="s">
+        <v>197</v>
+      </c>
+      <c r="B141" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C141" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D141" s="144"/>
+      <c r="E141" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F141" s="145">
+        <v>0</v>
+      </c>
+      <c r="G141" s="148"/>
+      <c r="H141" s="169"/>
+      <c r="I141" s="147"/>
+      <c r="J141" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K141" s="53" t="e">
+        <f t="shared" ref="K141:K165" si="16">J141*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L141" s="188"/>
+      <c r="M141" s="173"/>
+    </row>
+    <row r="142" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A142" s="42" t="s">
+        <v>198</v>
+      </c>
+      <c r="B142" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C142" s="55" t="s">
+        <v>176</v>
+      </c>
+      <c r="D142" s="144"/>
+      <c r="E142" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F142" s="145">
+        <v>0</v>
+      </c>
+      <c r="G142" s="148"/>
+      <c r="H142" s="169"/>
+      <c r="I142" s="147"/>
+      <c r="J142" s="133">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K142" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L142" s="195"/>
+      <c r="M142" s="173"/>
+    </row>
+    <row r="143" spans="1:13" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="41" t="s">
+        <v>199</v>
+      </c>
+      <c r="B143" s="184" t="s">
+        <v>200</v>
+      </c>
+      <c r="C143" s="185"/>
+      <c r="D143" s="185"/>
+      <c r="E143" s="185"/>
+      <c r="F143" s="185"/>
+      <c r="G143" s="185"/>
+      <c r="H143" s="185"/>
+      <c r="I143" s="186"/>
+      <c r="J143" s="134">
+        <f>J144+J165</f>
+        <v>0</v>
+      </c>
+      <c r="K143" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L143" s="176"/>
+      <c r="M143" s="177"/>
+    </row>
+    <row r="144" spans="1:13" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="41" t="s">
+        <v>201</v>
+      </c>
+      <c r="B144" s="184" t="s">
+        <v>202</v>
+      </c>
+      <c r="C144" s="185"/>
+      <c r="D144" s="185"/>
+      <c r="E144" s="185"/>
+      <c r="F144" s="185"/>
+      <c r="G144" s="185"/>
+      <c r="H144" s="185"/>
+      <c r="I144" s="186"/>
+      <c r="J144" s="134">
+        <f>SUM(J145:J164)</f>
+        <v>0</v>
+      </c>
+      <c r="K144" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L144" s="187" t="s">
+        <v>203</v>
+      </c>
+      <c r="M144" s="173" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A145" s="42" t="s">
+        <v>205</v>
+      </c>
+      <c r="B145" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C145" s="144"/>
+      <c r="D145" s="144"/>
+      <c r="E145" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F145" s="145">
+        <v>0</v>
+      </c>
+      <c r="G145" s="148"/>
+      <c r="H145" s="169"/>
+      <c r="I145" s="147"/>
+      <c r="J145" s="133">
+        <f>F145*G145</f>
+        <v>0</v>
+      </c>
+      <c r="K145" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L145" s="183"/>
+      <c r="M145" s="173"/>
+    </row>
+    <row r="146" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A146" s="42" t="s">
+        <v>206</v>
+      </c>
+      <c r="B146" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C146" s="144"/>
+      <c r="D146" s="144"/>
+      <c r="E146" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F146" s="145">
+        <v>0</v>
+      </c>
+      <c r="G146" s="148"/>
+      <c r="H146" s="169"/>
+      <c r="I146" s="147"/>
+      <c r="J146" s="133">
+        <f t="shared" ref="J146:J164" si="17">F146*G146</f>
+        <v>0</v>
+      </c>
+      <c r="K146" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L146" s="183"/>
+      <c r="M146" s="173"/>
+    </row>
+    <row r="147" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A147" s="42" t="s">
+        <v>207</v>
+      </c>
+      <c r="B147" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C147" s="144"/>
+      <c r="D147" s="144"/>
+      <c r="E147" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F147" s="145">
+        <v>0</v>
+      </c>
+      <c r="G147" s="148"/>
+      <c r="H147" s="169"/>
+      <c r="I147" s="147"/>
+      <c r="J147" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K147" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L147" s="183"/>
+      <c r="M147" s="173"/>
+    </row>
+    <row r="148" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="42" t="s">
+        <v>208</v>
+      </c>
+      <c r="B148" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C148" s="152"/>
+      <c r="D148" s="144"/>
+      <c r="E148" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F148" s="145">
+        <v>0</v>
+      </c>
+      <c r="G148" s="148"/>
+      <c r="H148" s="169"/>
+      <c r="I148" s="147"/>
+      <c r="J148" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K148" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L148" s="183"/>
+      <c r="M148" s="173"/>
+    </row>
+    <row r="149" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B149" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C149" s="152"/>
+      <c r="D149" s="144"/>
+      <c r="E149" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F149" s="145">
+        <v>0</v>
+      </c>
+      <c r="G149" s="148"/>
+      <c r="H149" s="169"/>
+      <c r="I149" s="147"/>
+      <c r="J149" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K149" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L149" s="183"/>
+      <c r="M149" s="173"/>
+    </row>
+    <row r="150" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A150" s="42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B150" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C150" s="152"/>
+      <c r="D150" s="144"/>
+      <c r="E150" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F150" s="145">
+        <v>0</v>
+      </c>
+      <c r="G150" s="148"/>
+      <c r="H150" s="169"/>
+      <c r="I150" s="147"/>
+      <c r="J150" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K150" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L150" s="183"/>
+      <c r="M150" s="173"/>
+    </row>
+    <row r="151" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A151" s="42" t="s">
+        <v>211</v>
+      </c>
+      <c r="B151" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C151" s="152"/>
+      <c r="D151" s="144"/>
+      <c r="E151" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F151" s="145">
+        <v>0</v>
+      </c>
+      <c r="G151" s="148"/>
+      <c r="H151" s="169"/>
+      <c r="I151" s="147"/>
+      <c r="J151" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K151" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L151" s="183"/>
+      <c r="M151" s="173"/>
+    </row>
+    <row r="152" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A152" s="42" t="s">
+        <v>212</v>
+      </c>
+      <c r="B152" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C152" s="152"/>
+      <c r="D152" s="144"/>
+      <c r="E152" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F152" s="145">
+        <v>0</v>
+      </c>
+      <c r="G152" s="148"/>
+      <c r="H152" s="169"/>
+      <c r="I152" s="147"/>
+      <c r="J152" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K152" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L152" s="183"/>
+      <c r="M152" s="173"/>
+    </row>
+    <row r="153" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A153" s="42" t="s">
+        <v>213</v>
+      </c>
+      <c r="B153" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C153" s="152"/>
+      <c r="D153" s="144"/>
+      <c r="E153" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F153" s="145">
+        <v>0</v>
+      </c>
+      <c r="G153" s="148"/>
+      <c r="H153" s="169"/>
+      <c r="I153" s="147"/>
+      <c r="J153" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K153" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L153" s="183"/>
+      <c r="M153" s="173"/>
+    </row>
+    <row r="154" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A154" s="42" t="s">
+        <v>214</v>
+      </c>
+      <c r="B154" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C154" s="152"/>
+      <c r="D154" s="144"/>
+      <c r="E154" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F154" s="145">
+        <v>0</v>
+      </c>
+      <c r="G154" s="148"/>
+      <c r="H154" s="169"/>
+      <c r="I154" s="147"/>
+      <c r="J154" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K154" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L154" s="183"/>
+      <c r="M154" s="173"/>
+    </row>
+    <row r="155" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A155" s="42" t="s">
+        <v>215</v>
+      </c>
+      <c r="B155" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C155" s="152"/>
+      <c r="D155" s="144"/>
+      <c r="E155" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F155" s="145">
+        <v>0</v>
+      </c>
+      <c r="G155" s="148"/>
+      <c r="H155" s="169"/>
+      <c r="I155" s="147"/>
+      <c r="J155" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K155" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L155" s="183"/>
+      <c r="M155" s="173"/>
+    </row>
+    <row r="156" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A156" s="42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B156" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C156" s="152"/>
+      <c r="D156" s="144"/>
+      <c r="E156" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F156" s="145">
+        <v>0</v>
+      </c>
+      <c r="G156" s="148"/>
+      <c r="H156" s="169"/>
+      <c r="I156" s="147"/>
+      <c r="J156" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K156" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L156" s="183"/>
+      <c r="M156" s="173"/>
+    </row>
+    <row r="157" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A157" s="42" t="s">
+        <v>217</v>
+      </c>
+      <c r="B157" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C157" s="152"/>
+      <c r="D157" s="144"/>
+      <c r="E157" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F157" s="145">
+        <v>0</v>
+      </c>
+      <c r="G157" s="148"/>
+      <c r="H157" s="169"/>
+      <c r="I157" s="147"/>
+      <c r="J157" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K157" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L157" s="183"/>
+      <c r="M157" s="173"/>
+    </row>
+    <row r="158" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A158" s="42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B158" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C158" s="152"/>
+      <c r="D158" s="144"/>
+      <c r="E158" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F158" s="145">
+        <v>0</v>
+      </c>
+      <c r="G158" s="148"/>
+      <c r="H158" s="169"/>
+      <c r="I158" s="147"/>
+      <c r="J158" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K158" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L158" s="183"/>
+      <c r="M158" s="173"/>
+    </row>
+    <row r="159" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A159" s="42" t="s">
+        <v>219</v>
+      </c>
+      <c r="B159" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C159" s="152"/>
+      <c r="D159" s="144"/>
+      <c r="E159" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F159" s="145">
+        <v>0</v>
+      </c>
+      <c r="G159" s="148"/>
+      <c r="H159" s="169"/>
+      <c r="I159" s="147"/>
+      <c r="J159" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K159" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L159" s="183"/>
+      <c r="M159" s="173"/>
+    </row>
+    <row r="160" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A160" s="42" t="s">
+        <v>220</v>
+      </c>
+      <c r="B160" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C160" s="152"/>
+      <c r="D160" s="144"/>
+      <c r="E160" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F160" s="145">
+        <v>0</v>
+      </c>
+      <c r="G160" s="148"/>
+      <c r="H160" s="169"/>
+      <c r="I160" s="147"/>
+      <c r="J160" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K160" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L160" s="183"/>
+      <c r="M160" s="173"/>
+    </row>
+    <row r="161" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A161" s="42" t="s">
+        <v>221</v>
+      </c>
+      <c r="B161" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C161" s="152"/>
+      <c r="D161" s="144"/>
+      <c r="E161" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F161" s="145">
+        <v>0</v>
+      </c>
+      <c r="G161" s="148"/>
+      <c r="H161" s="169"/>
+      <c r="I161" s="147"/>
+      <c r="J161" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K161" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L161" s="183"/>
+      <c r="M161" s="173"/>
+    </row>
+    <row r="162" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A162" s="42" t="s">
+        <v>222</v>
+      </c>
+      <c r="B162" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C162" s="152"/>
+      <c r="D162" s="144"/>
+      <c r="E162" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F162" s="145">
+        <v>0</v>
+      </c>
+      <c r="G162" s="148"/>
+      <c r="H162" s="169"/>
+      <c r="I162" s="147"/>
+      <c r="J162" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K162" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L162" s="183"/>
+      <c r="M162" s="173"/>
+    </row>
+    <row r="163" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A163" s="42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B163" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C163" s="152"/>
+      <c r="D163" s="144"/>
+      <c r="E163" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F163" s="145">
+        <v>0</v>
+      </c>
+      <c r="G163" s="148"/>
+      <c r="H163" s="169"/>
+      <c r="I163" s="147"/>
+      <c r="J163" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K163" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L163" s="183"/>
+      <c r="M163" s="173"/>
+    </row>
+    <row r="164" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A164" s="42" t="s">
+        <v>224</v>
+      </c>
+      <c r="B164" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C164" s="152"/>
+      <c r="D164" s="144"/>
+      <c r="E164" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F164" s="145">
+        <v>0</v>
+      </c>
+      <c r="G164" s="148"/>
+      <c r="H164" s="169"/>
+      <c r="I164" s="147"/>
+      <c r="J164" s="133">
+        <f t="shared" si="17"/>
+        <v>0</v>
+      </c>
+      <c r="K164" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L164" s="189"/>
+      <c r="M164" s="173"/>
+    </row>
+    <row r="165" spans="1:13" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="41" t="s">
+        <v>225</v>
+      </c>
+      <c r="B165" s="184" t="s">
+        <v>226</v>
+      </c>
+      <c r="C165" s="185"/>
+      <c r="D165" s="185"/>
+      <c r="E165" s="185"/>
+      <c r="F165" s="185"/>
+      <c r="G165" s="185"/>
+      <c r="H165" s="185"/>
+      <c r="I165" s="186"/>
+      <c r="J165" s="134">
+        <f>SUM(J166:J175)</f>
+        <v>0</v>
+      </c>
+      <c r="K165" s="53" t="e">
+        <f t="shared" si="16"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L165" s="187" t="s">
+        <v>227</v>
+      </c>
+      <c r="M165" s="173" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A166" s="42" t="s">
+        <v>228</v>
+      </c>
+      <c r="B166" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C166" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D166" s="144"/>
+      <c r="E166" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F166" s="145">
+        <v>0</v>
+      </c>
+      <c r="G166" s="148"/>
+      <c r="H166" s="169"/>
+      <c r="I166" s="147"/>
+      <c r="J166" s="133">
+        <f>F166*G166</f>
+        <v>0</v>
+      </c>
+      <c r="K166" s="53" t="e">
+        <f t="shared" ref="K166:K176" si="18">J166*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L166" s="188"/>
+      <c r="M166" s="173"/>
+    </row>
+    <row r="167" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A167" s="42" t="s">
+        <v>229</v>
+      </c>
+      <c r="B167" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C167" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D167" s="144"/>
+      <c r="E167" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F167" s="145">
+        <v>0</v>
+      </c>
+      <c r="G167" s="148"/>
+      <c r="H167" s="169"/>
+      <c r="I167" s="147"/>
+      <c r="J167" s="133">
+        <f t="shared" ref="J167:J175" si="19">F167*G167</f>
+        <v>0</v>
+      </c>
+      <c r="K167" s="53" t="e">
+        <f t="shared" si="18"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L167" s="188"/>
+      <c r="M167" s="173"/>
+    </row>
+    <row r="168" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A168" s="42" t="s">
+        <v>230</v>
+      </c>
+      <c r="B168" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C168" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D168" s="144"/>
+      <c r="E168" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F168" s="145">
+        <v>0</v>
+      </c>
+      <c r="G168" s="148"/>
+      <c r="H168" s="169"/>
+      <c r="I168" s="147"/>
+      <c r="J168" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K168" s="53" t="e">
+        <f t="shared" si="18"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L168" s="188"/>
+      <c r="M168" s="173"/>
+    </row>
+    <row r="169" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A169" s="42" t="s">
+        <v>231</v>
+      </c>
+      <c r="B169" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C169" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D169" s="144"/>
+      <c r="E169" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F169" s="145">
+        <v>0</v>
+      </c>
+      <c r="G169" s="148"/>
+      <c r="H169" s="169"/>
+      <c r="I169" s="147"/>
+      <c r="J169" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K169" s="53" t="e">
+        <f>J169*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L169" s="188"/>
+      <c r="M169" s="173"/>
+    </row>
+    <row r="170" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A170" s="42" t="s">
+        <v>232</v>
+      </c>
+      <c r="B170" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C170" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D170" s="144"/>
+      <c r="E170" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F170" s="145">
+        <v>0</v>
+      </c>
+      <c r="G170" s="148"/>
+      <c r="H170" s="169"/>
+      <c r="I170" s="147"/>
+      <c r="J170" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K170" s="53" t="e">
+        <f>J170*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L170" s="188"/>
+      <c r="M170" s="173"/>
+    </row>
+    <row r="171" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A171" s="42" t="s">
+        <v>233</v>
+      </c>
+      <c r="B171" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C171" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D171" s="144"/>
+      <c r="E171" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F171" s="145">
+        <v>0</v>
+      </c>
+      <c r="G171" s="148"/>
+      <c r="H171" s="169"/>
+      <c r="I171" s="147"/>
+      <c r="J171" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K171" s="53" t="e">
+        <f>J171*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L171" s="188"/>
+      <c r="M171" s="173"/>
+    </row>
+    <row r="172" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A172" s="42" t="s">
+        <v>234</v>
+      </c>
+      <c r="B172" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C172" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D172" s="153"/>
+      <c r="E172" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F172" s="145">
+        <v>0</v>
+      </c>
+      <c r="G172" s="148"/>
+      <c r="H172" s="169"/>
+      <c r="I172" s="147"/>
+      <c r="J172" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K172" s="53" t="e">
+        <f>J172*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L172" s="188"/>
+      <c r="M172" s="173"/>
+    </row>
+    <row r="173" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A173" s="42" t="s">
+        <v>235</v>
+      </c>
+      <c r="B173" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C173" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D173" s="144"/>
+      <c r="E173" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F173" s="145">
+        <v>0</v>
+      </c>
+      <c r="G173" s="148"/>
+      <c r="H173" s="169"/>
+      <c r="I173" s="147"/>
+      <c r="J173" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K173" s="53" t="e">
+        <f>J173*100/$J$176</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L173" s="188"/>
+      <c r="M173" s="173"/>
+    </row>
+    <row r="174" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A174" s="42" t="s">
+        <v>236</v>
+      </c>
+      <c r="B174" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C174" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D174" s="144"/>
+      <c r="E174" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F174" s="145">
+        <v>0</v>
+      </c>
+      <c r="G174" s="148"/>
+      <c r="H174" s="169"/>
+      <c r="I174" s="147"/>
+      <c r="J174" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K174" s="53" t="e">
+        <f t="shared" si="18"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L174" s="188"/>
+      <c r="M174" s="173"/>
+    </row>
+    <row r="175" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A175" s="42" t="s">
+        <v>237</v>
+      </c>
+      <c r="B175" s="144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C175" s="54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D175" s="144"/>
+      <c r="E175" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="F175" s="145">
+        <v>0</v>
+      </c>
+      <c r="G175" s="148"/>
+      <c r="H175" s="169"/>
+      <c r="I175" s="147"/>
+      <c r="J175" s="133">
+        <f t="shared" si="19"/>
+        <v>0</v>
+      </c>
+      <c r="K175" s="53" t="e">
+        <f t="shared" si="18"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L175" s="188"/>
+      <c r="M175" s="173"/>
+    </row>
+    <row r="176" spans="1:13" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A176" s="200" t="s">
+        <v>238</v>
+      </c>
+      <c r="B176" s="201"/>
+      <c r="C176" s="201"/>
+      <c r="D176" s="201"/>
+      <c r="E176" s="201"/>
+      <c r="F176" s="201"/>
+      <c r="G176" s="201"/>
+      <c r="H176" s="201"/>
+      <c r="I176" s="202"/>
+      <c r="J176" s="259">
+        <f>J4+J22+J65+J109+J132+J143</f>
+        <v>0</v>
+      </c>
+      <c r="K176" s="53" t="e">
+        <f t="shared" si="18"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="L176" s="174"/>
+      <c r="M176" s="175"/>
+    </row>
+    <row r="177" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A177" s="193" t="s">
+        <v>239</v>
+      </c>
+      <c r="B177" s="193"/>
+      <c r="C177" s="193"/>
+      <c r="D177" s="193"/>
+      <c r="E177" s="193"/>
+      <c r="F177" s="193"/>
+      <c r="G177" s="193"/>
+      <c r="H177" s="193"/>
+      <c r="I177" s="193"/>
+      <c r="J177" s="193"/>
+      <c r="K177" s="193"/>
+      <c r="L177" s="193"/>
+    </row>
+    <row r="178" spans="1:12" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A178" s="194" t="s">
+        <v>240</v>
+      </c>
+      <c r="B178" s="194"/>
+      <c r="C178" s="194"/>
+      <c r="D178" s="194"/>
+      <c r="E178" s="194"/>
+      <c r="F178" s="194"/>
+      <c r="G178" s="194"/>
+      <c r="H178" s="194"/>
+      <c r="I178" s="194"/>
+      <c r="J178" s="194"/>
+      <c r="K178" s="194"/>
+      <c r="L178" s="194"/>
+    </row>
+    <row r="179" spans="1:12" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="44"/>
+      <c r="B179" s="44"/>
+      <c r="C179" s="44"/>
+      <c r="D179" s="44"/>
+      <c r="E179" s="44"/>
+      <c r="F179" s="44"/>
+      <c r="G179" s="45"/>
+      <c r="H179" s="170"/>
+      <c r="I179" s="45"/>
+      <c r="J179" s="44"/>
+      <c r="K179" s="44"/>
+      <c r="L179" s="44"/>
+    </row>
+    <row r="180" spans="1:12" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="46"/>
+      <c r="B180" s="181"/>
+      <c r="C180" s="190" t="s">
+        <v>241</v>
+      </c>
+      <c r="D180" s="191"/>
+      <c r="E180" s="192"/>
+      <c r="H180" s="171"/>
+      <c r="I180" s="48"/>
+      <c r="J180" s="49"/>
+      <c r="K180" s="50"/>
+      <c r="L180" s="46"/>
+    </row>
+    <row r="181" spans="1:12" ht="34.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="46"/>
+      <c r="B181" s="182"/>
+      <c r="C181" s="141" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="148" t="s">
-[...141 lines deleted...]
-      <c r="A15" s="42" t="s">
+      <c r="D181" s="141" t="s">
+        <v>242</v>
+      </c>
+      <c r="E181" s="142" t="s">
+        <v>243</v>
+      </c>
+      <c r="H181" s="171"/>
+      <c r="I181" s="48"/>
+      <c r="J181" s="49"/>
+      <c r="K181" s="50"/>
+      <c r="L181" s="46"/>
+    </row>
+    <row r="182" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B182" s="135" t="s">
+        <v>25</v>
+      </c>
+      <c r="C182" s="56">
+        <f>SUMIFS(J7:J21, C7:C21, "Rūpnieciskie pētījumi", D7:D21, "Projekta iesniedzējs") + SUMIFS(J24:J53, C24:C53, "Rūpnieciskie pētījumi", D24:D53, "Projekta iesniedzējs") + SUMIFS(J55:J64, C55:C64, "Rūpnieciskie pētījumi", D55:D64, "Projekta iesniedzējs") + SUMIFS(J67:J76, C67:C76, "Rūpnieciskie pētījumi", D67:D76, "Projekta iesniedzējs") + SUMIFS(J78:J97, C78:C97, "Rūpnieciskie pētījumi", D78:D97, "Projekta iesniedzējs") + SUMIFS(J99:J108, C99:C108, "Rūpnieciskie pētījumi", D99:D108, "Projekta iesniedzējs") + SUMIFS(J111:J120, C111:C120, "Rūpnieciskie pētījumi", D111:D120, "Projekta iesniedzējs") + SUMIFS(J145:J164, C145:C164, "Rūpnieciskie pētījumi", D145:D164, "Projekta iesniedzējs")</f>
+        <v>0</v>
+      </c>
+      <c r="D182" s="57">
+        <f>SUMIFS(J7:J21, C7:C21, "Rūpnieciskie pētījumi", D7:D21, "Sadarbības partneris Nr.1") + SUMIFS(J24:J53, C24:C53, "Rūpnieciskie pētījumi", D24:D53, "Sadarbības partneris Nr.1") + SUMIFS(J55:J64, C55:C64, "Rūpnieciskie pētījumi", D55:D64, "Sadarbības partneris Nr.1") + SUMIFS(J67:J76, C67:C76, "Rūpnieciskie pētījumi", D67:D76, "Sadarbības partneris Nr.1") + SUMIFS(J78:J97, C78:C97, "Rūpnieciskie pētījumi", D78:D97, "Sadarbības partneris Nr.1") + SUMIFS(J99:J108, C99:C108, "Rūpnieciskie pētījumi", D99:D108, "Sadarbības partneris Nr.1") + SUMIFS(J111:J120, C111:C120, "Rūpnieciskie pētījumi", D111:D120, "Sadarbības partneris Nr.1") + SUMIFS(J145:J164, C145:C164, "Rūpnieciskie pētījumi", D145:D164, "Sadarbības partneris Nr.1")</f>
+        <v>0</v>
+      </c>
+      <c r="E182" s="58">
+        <f>SUMIFS(J7:J21, C7:C21, "Rūpnieciskie pētījumi", D7:D21, "Sadarbības partneris Nr.2") + SUMIFS(J24:J53, C24:C53, "Rūpnieciskie pētījumi", D24:D53, "Sadarbības partneris Nr.2") + SUMIFS(J55:J64, C55:C64, "Rūpnieciskie pētījumi", D55:D64, "Sadarbības partneris Nr.2") + SUMIFS(J67:J76, C67:C76, "Rūpnieciskie pētījumi", D67:D76, "Sadarbības partneris Nr.2") + SUMIFS(J78:J97, C78:C97, "Rūpnieciskie pētījumi", D78:D97, "Sadarbības partneris Nr.2") + SUMIFS(J99:J108, C99:C108, "Rūpnieciskie pētījumi", D99:D108, "Sadarbības partneris Nr.2") + SUMIFS(J111:J120, C111:C120, "Rūpnieciskie pētījumi", D111:D120, "Sadarbības partneris Nr.2") + SUMIFS(J145:J164, C145:C164, "Rūpnieciskie pētījumi", D145:D164, "Sadarbības partneris Nr.2")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B183" s="136" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="148" t="s">
-[...4653 lines deleted...]
-      <c r="L179" s="193"/>
+      <c r="C183" s="59">
+        <f>SUMIFS(J7:J21, C7:C21, "Eksperimentālā izstrāde", D7:D21, "Projekta iesniedzējs") + SUMIFS(J24:J53, C24:C53, "Eksperimentālā izstrāde", D24:D53, "Projekta iesniedzējs") + SUMIFS(J55:J64, C55:C64, "Eksperimentālā izstrāde", D55:D64, "Projekta iesniedzējs") + SUMIFS(J67:J76, C67:C76, "Eksperimentālā izstrāde", D67:D76, "Projekta iesniedzējs") + SUMIFS(J78:J97, C78:C97, "Eksperimentālā izstrāde", D78:D97, "Projekta iesniedzējs") + SUMIFS(J99:J108, C99:C108, "Eksperimentālā izstrāde", D99:D108, "Projekta iesniedzējs") + SUMIFS(J111:J120, C111:C120, "Eksperimentālā izstrāde", D111:D120, "Projekta iesniedzējs") + SUMIFS(J145:J164, C145:C164, "Eksperimentālā izstrāde", D145:D164, "Projekta iesniedzējs")</f>
+        <v>0</v>
+      </c>
+      <c r="D183" s="60">
+        <f>SUMIFS(J7:J21, C7:C21, "Eksperimentālā izstrāde", D7:D21, "Sadarbības partneris Nr.1") + SUMIFS(J24:J53, C24:C53, "Eksperimentālā izstrāde", D24:D53, "Sadarbības partneris Nr.1") + SUMIFS(J55:J64, C55:C64, "Eksperimentālā izstrāde", D55:D64, "Sadarbības partneris Nr.1") + SUMIFS(J67:J76, C67:C76, "Eksperimentālā izstrāde", D67:D76, "Sadarbības partneris Nr.1") + SUMIFS(J78:J97, C78:C97, "Eksperimentālā izstrāde", D78:D97, "Sadarbības partneris Nr.1") + SUMIFS(J99:J108, C99:C108, "Eksperimentālā izstrāde", D99:D108, "Sadarbības partneris Nr.1") + SUMIFS(J111:J120, C111:C120, "Eksperimentālā izstrāde", D111:D120, "Sadarbības partneris Nr.1") + SUMIFS(J145:J164, C145:C164, "Eksperimentālā izstrāde", D145:D164, "Sadarbības partneris Nr.1")</f>
+        <v>0</v>
+      </c>
+      <c r="E183" s="61">
+        <f>SUMIFS(J7:J21, C7:C21, "Eksperimentālā izstrāde", D7:D21, "Sadarbības partneris Nr.2") + SUMIFS(J24:J53, C24:C53, "Eksperimentālā izstrāde", D24:D53, "Sadarbības partneris Nr.2") + SUMIFS(J55:J64, C55:C64, "Eksperimentālā izstrāde", D55:D64, "Sadarbības partneris Nr.2") + SUMIFS(J67:J76, C67:C76, "Eksperimentālā izstrāde", D67:D76, "Sadarbības partneris Nr.2") + SUMIFS(J78:J97, C78:C97, "Eksperimentālā izstrāde", D78:D97, "Sadarbības partneris Nr.2") + SUMIFS(J99:J108, C99:C108, "Eksperimentālā izstrāde", D99:D108, "Sadarbības partneris Nr.2") + SUMIFS(J111:J120, C111:C120, "Eksperimentālā izstrāde", D111:D120, "Sadarbības partneris Nr.2") + SUMIFS(J145:J164, C145:C164, "Eksperimentālā izstrāde", D145:D164, "Sadarbības partneris Nr.2")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" ht="26.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="137" t="s">
+        <v>244</v>
+      </c>
+      <c r="C184" s="62">
+        <f>SUMIFS(J7:J21, C7:C21, "Tehniski ekonomiskā priekšizpēte", D7:D21, "Projekta iesniedzējs") + SUMIFS(J24:J53, C24:C53, "Tehniski ekonomiskā priekšizpēte", D24:D53, "Projekta iesniedzējs") + SUMIFS(J55:J64, C55:C64, "Tehniski ekonomiskā priekšizpēte", D55:D64, "Projekta iesniedzējs") + SUMIFS(J67:J76, C67:C76, "Tehniski ekonomiskā priekšizpēte", D67:D76, "Projekta iesniedzējs") + SUMIFS(J78:J97, C78:C97, "Tehniski ekonomiskā priekšizpēte", D78:D97, "Projekta iesniedzējs") + SUMIFS(J99:J108, C99:C108, "Tehniski ekonomiskā priekšizpēte", D99:D108, "Projekta iesniedzējs") + SUMIFS(J111:J120, C111:C120, "Tehniski ekonomiskā priekšizpēte", D111:D120, "Projekta iesniedzējs") + SUMIFS(J145:J164, C145:C164, "Tehniski ekonomiskā priekšizpēte", D145:D164, "Projekta iesniedzējs")</f>
+        <v>0</v>
+      </c>
+      <c r="D184" s="63">
+        <f>SUMIFS(J7:J21, C7:C21, "Tehniski ekonomiskā priekšizpēte", D7:D21, "Sadarbības partneris Nr.1") + SUMIFS(J24:J53, C24:C53, "Tehniski ekonomiskā priekšizpēte", D24:D53, "Sadarbības partneris Nr.1") + SUMIFS(J55:J64, C55:C64, "Tehniski ekonomiskā priekšizpēte", D55:D64, "Sadarbības partneris Nr.1") + SUMIFS(J67:J76, C67:C76, "Tehniski ekonomiskā priekšizpēte", D67:D76, "Sadarbības partneris Nr.1") + SUMIFS(J78:J97, C78:C97, "Tehniski ekonomiskā priekšizpēte", D78:D97, "Sadarbības partneris Nr.1") + SUMIFS(J99:J108, C99:C108, "Tehniski ekonomiskā priekšizpēte", D99:D108, "Sadarbības partneris Nr.1") + SUMIFS(J111:J120, C111:C120, "Tehniski ekonomiskā priekšizpēte", D111:D120, "Sadarbības partneris Nr.1") + SUMIFS(J145:J164, C145:C164, "Tehniski ekonomiskā priekšizpēte", D145:D164, "Sadarbības partneris Nr.1")</f>
+        <v>0</v>
+      </c>
+      <c r="E184" s="64">
+        <f>SUMIFS(J7:J21, C7:C21, "Tehniski ekonomiskā priekšizpēte", D7:D21, "Sadarbības partneris Nr.2") + SUMIFS(J24:J53, C24:C53, "Tehniski ekonomiskā priekšizpēte", D24:D53, "Sadarbības partneris Nr.2") + SUMIFS(J55:J64, C55:C64, "Tehniski ekonomiskā priekšizpēte", D55:D64, "Sadarbības partneris Nr.2") + SUMIFS(J67:J76, C67:C76, "Tehniski ekonomiskā priekšizpēte", D67:D76, "Sadarbības partneris Nr.2") + SUMIFS(J78:J97, C78:C97, "Tehniski ekonomiskā priekšizpēte", D78:D97, "Sadarbības partneris Nr.2") + SUMIFS(J99:J108, C99:C108, "Tehniski ekonomiskā priekšizpēte", D99:D108, "Sadarbības partneris Nr.2") + SUMIFS(J111:J120, C111:C120, "Tehniski ekonomiskā priekšizpēte", D111:D120, "Sadarbības partneris Nr.2") + SUMIFS(J145:J164, C145:C164, "Tehniski ekonomiskā priekšizpēte", D145:D164, "Sadarbības partneris Nr.2")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B185" s="138" t="s">
+        <v>245</v>
+      </c>
+      <c r="C185" s="65">
+        <f>SUMIF(D122:D131, "Projekta iesniedzējs", J122:J131)</f>
+        <v>0</v>
+      </c>
+      <c r="D185" s="65">
+        <f>SUMIF(D122:D131, "Sadarbības partneris Nr.1", J122:J131)</f>
+        <v>0</v>
+      </c>
+      <c r="E185" s="66">
+        <f>SUMIF(D122:D131, "Sadarbības partneris Nr.2", J122:J131)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B186" s="139" t="s">
+        <v>246</v>
+      </c>
+      <c r="C186" s="67">
+        <f>SUMIF(D133:D142, "Projekta iesniedzējs", J133:J142)</f>
+        <v>0</v>
+      </c>
+      <c r="D186" s="67">
+        <f>SUMIF(D133:D142, "Sadarbības partneris Nr.1", J133:J142)</f>
+        <v>0</v>
+      </c>
+      <c r="E186" s="61">
+        <f>SUMIF(D133:D142, "Sadarbības partneris Nr.2", J133:J142)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="B187" s="140" t="s">
+        <v>247</v>
+      </c>
+      <c r="C187" s="68">
+        <f>SUMIF(D166:D175, "Projekta iesniedzējs", J166:J175)</f>
+        <v>0</v>
+      </c>
+      <c r="D187" s="68">
+        <f>SUMIF(D166:D175, "Sadarbības partneris Nr.1", J166:J175)</f>
+        <v>0</v>
+      </c>
+      <c r="E187" s="64">
+        <f>SUMIF(D166:D175, "Sadarbības partneris Nr.2", J166:J175)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C189" s="164"/>
+      <c r="D189" s="165"/>
+      <c r="E189" s="164"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="yYdPleiIAWZrIAB46ClAdDfecpF9371E6iyr1Cc3hYN+s6PGRWc3h8odGF/weMThUHhvSI7RE+boMnLVYbG9QA==" saltValue="iMBPTXnZ2pI+1QvnrtESnQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <autoFilter ref="A3:L168" xr:uid="{A851F92D-89E7-4D0D-B1E8-EB38E4CDEA6E}">
+  <sheetProtection algorithmName="SHA-512" hashValue="RLf2GY0sE+fpTEb7mgdMf1ssinxFECBaGHAmNA609eCSNC5frmRrXkyg8Uien27ZTbPGKVDMOwEfO74Qmtmg/g==" saltValue="PtMig7dsHSKqnIxJIETVfg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <autoFilter ref="A3:L178" xr:uid="{A851F92D-89E7-4D0D-B1E8-EB38E4CDEA6E}">
     <filterColumn colId="3">
       <filters blank="1"/>
     </filterColumn>
   </autoFilter>
   <dataConsolidate/>
-  <mergeCells count="53">
-[...32 lines deleted...]
-    <mergeCell ref="B56:I56"/>
+  <mergeCells count="52">
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="L165:L175"/>
+    <mergeCell ref="A176:I176"/>
+    <mergeCell ref="L23:L53"/>
+    <mergeCell ref="B121:I121"/>
+    <mergeCell ref="L4:L21"/>
+    <mergeCell ref="L54:L64"/>
+    <mergeCell ref="L66:L76"/>
+    <mergeCell ref="L77:L97"/>
+    <mergeCell ref="B54:I54"/>
+    <mergeCell ref="B109:I109"/>
+    <mergeCell ref="B110:I110"/>
+    <mergeCell ref="B98:I98"/>
+    <mergeCell ref="B77:I77"/>
+    <mergeCell ref="B65:I65"/>
+    <mergeCell ref="B66:I66"/>
     <mergeCell ref="B4:I4"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="B22:I22"/>
     <mergeCell ref="B23:I23"/>
-    <mergeCell ref="A2:L2"/>
-[...13 lines deleted...]
-    <mergeCell ref="B55:I55"/>
+    <mergeCell ref="M54:M64"/>
+    <mergeCell ref="L65:M65"/>
+    <mergeCell ref="B180:B181"/>
+    <mergeCell ref="L99:L108"/>
+    <mergeCell ref="B143:I143"/>
+    <mergeCell ref="B144:I144"/>
+    <mergeCell ref="B132:I132"/>
+    <mergeCell ref="L110:L120"/>
+    <mergeCell ref="L121:L131"/>
+    <mergeCell ref="L144:L164"/>
+    <mergeCell ref="C180:E180"/>
+    <mergeCell ref="A177:L177"/>
+    <mergeCell ref="A178:L178"/>
+    <mergeCell ref="L132:L142"/>
+    <mergeCell ref="B165:I165"/>
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="M165:M175"/>
+    <mergeCell ref="L176:M176"/>
+    <mergeCell ref="M110:M120"/>
+    <mergeCell ref="M121:M131"/>
+    <mergeCell ref="M132:M142"/>
+    <mergeCell ref="L143:M143"/>
+    <mergeCell ref="M144:M164"/>
+    <mergeCell ref="M66:M76"/>
+    <mergeCell ref="M77:M97"/>
+    <mergeCell ref="L98:M98"/>
+    <mergeCell ref="M99:M108"/>
+    <mergeCell ref="L109:M109"/>
+    <mergeCell ref="M4:M21"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="M23:M53"/>
   </mergeCells>
-  <conditionalFormatting sqref="K67">
+  <conditionalFormatting sqref="K77">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="greaterThan">
       <formula>30</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>"0.3"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="D7:D21 D45:D54 D57:D66 D89:D98 D112:D121 D135:D154 D101:D109 D123:D132 D156:D161 D163:D165 D24:D43 D68:D87" xr:uid="{51BD2A95-D9CF-4BEE-8194-9F9ED33770C6}">
+    <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="D7:D21 D55:D64 D67:D76 D99:D108 D122:D131 D145:D164 D111:D119 D133:D142 D166:D171 D173:D175 D78:D97 D24:D53" xr:uid="{51BD2A95-D9CF-4BEE-8194-9F9ED33770C6}">
       <formula1>"Projekta iesniedzējs,Sadarbības partneris Nr.1, Sadarbības partneris Nr.2"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="28">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A6BC0FB2-EB27-41D7-84F8-E8DE236C01D5}">
           <x14:formula1>
             <xm:f>Dati!$A$8:$A$10</xm:f>
           </x14:formula1>
-          <xm:sqref>C60:C66 C138:C154 C10:C16 C18:C19 C47:C54 C92:C95 C97 C104:C108 C26:C43 C69:C87</xm:sqref>
+          <xm:sqref>C70:C76 C148:C164 C10:C16 C18:C19 C57:C64 C102:C105 C107 C114:C118 C79:C97 C26:C53</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{943E504E-50A3-4DA8-98A5-7CDBF7BDEFE2}">
           <x14:formula1>
             <xm:f>Dati!$A$8:$A$101</xm:f>
           </x14:formula1>
           <xm:sqref>C17</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{72287F48-44A6-41A0-B1D4-6982D0BC0D08}">
           <x14:formula1>
             <xm:f>Dati!$A$18:$A$19</xm:f>
           </x14:formula1>
-          <xm:sqref>H7:H21 H24:H43</xm:sqref>
+          <xm:sqref>H7:H21 H24:H53</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1BFAB231-AC1A-40B8-BB49-F2110438FBD2}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C135</xm:sqref>
+          <xm:sqref>C145</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{180564D2-B827-41E7-A929-FACBDD0D79D3}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C136</xm:sqref>
+          <xm:sqref>C146</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3C78D654-4690-4BD9-B391-3D0C9C53543E}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C137</xm:sqref>
+          <xm:sqref>C147</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{394DBF8B-DEF1-4BBD-919E-CC41433E0B71}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C109</xm:sqref>
+          <xm:sqref>C119</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B23BEA2C-65E3-4CBD-B8B8-61AD88850373}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C110</xm:sqref>
+          <xm:sqref>C120</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{92C55E7E-0929-45B8-A92A-428DDB1D7748}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C103</xm:sqref>
+          <xm:sqref>C113</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C3CAD3E1-1551-49F7-BA42-4C62523372E6}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C101</xm:sqref>
+          <xm:sqref>C111</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B5126182-FEDB-4A69-8BEF-356FA9972211}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C102</xm:sqref>
+          <xm:sqref>C112</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6EDFE661-412E-4484-8216-40CA95577881}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C98</xm:sqref>
+          <xm:sqref>C108</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CC6DA8B5-87DC-4907-8EE1-1C38905E1A3B}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C89</xm:sqref>
+          <xm:sqref>C99</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A82E683B-153F-4EA1-9B43-A7CD90F7387D}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C90</xm:sqref>
+          <xm:sqref>C100</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CF55F975-8045-4A83-AE85-F15DB6BF429C}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C91</xm:sqref>
+          <xm:sqref>C101</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4A457ACF-2CD0-41F9-8911-BB83F7E0839E}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C68</xm:sqref>
+          <xm:sqref>C78</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1F0A736E-61A1-482B-AB37-E7B306E1718A}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C57</xm:sqref>
+          <xm:sqref>C67</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{66ECB56B-7134-442D-ACC1-68E17413248F}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C58</xm:sqref>
+          <xm:sqref>C68</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DE50ACF8-A400-4382-AF14-2B069F4ABC3D}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C59</xm:sqref>
+          <xm:sqref>C69</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3F0D865B-FDF3-4F54-91AB-1CEED6B1A6D6}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C45</xm:sqref>
+          <xm:sqref>C55</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{70BB7B78-4733-4AA9-BB34-F4C16257B2FE}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
-          <xm:sqref>C46</xm:sqref>
+          <xm:sqref>C56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3EB9230F-FDE4-49A8-9ED1-A9FD847D633E}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
           <xm:sqref>C25</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EA2B2A63-3F1A-4BBC-BDF0-D831F266D208}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
           <xm:sqref>C20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{59157432-B8B0-44E0-8F62-CCA3E2FBB6CB}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
           <xm:sqref>C21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{855E4714-6D1E-4397-B3F3-301FE070EED1}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
           <xm:sqref>C24</xm:sqref>
         </x14:dataValidation>
@@ -11098,5805 +11540,6288 @@
           <xm:sqref>C8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{36F30E90-31DA-4EF2-87A1-C9D795D07ED0}">
           <x14:formula1>
             <xm:f>Dati!A8:A10</xm:f>
           </x14:formula1>
           <xm:sqref>C9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F9D7C43-E317-43F0-B411-FC3560C8DE72}">
   <sheetPr>
     <tabColor rgb="FFCCE2DF"/>
   </sheetPr>
   <dimension ref="A1:K27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="37.6328125" customWidth="1"/>
+    <col min="2" max="2" width="37.6640625" customWidth="1"/>
     <col min="3" max="3" width="31" customWidth="1"/>
-    <col min="4" max="4" width="30.6328125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="11" width="31.6328125" customWidth="1"/>
+    <col min="4" max="4" width="30.6640625" customWidth="1"/>
+    <col min="5" max="5" width="31.6640625" customWidth="1"/>
+    <col min="6" max="6" width="29.6640625" customWidth="1"/>
+    <col min="7" max="7" width="29.5546875" customWidth="1"/>
+    <col min="8" max="8" width="31.44140625" customWidth="1"/>
+    <col min="9" max="10" width="29.33203125" customWidth="1"/>
+    <col min="11" max="11" width="31.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="16" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="209" t="s">
-        <v>388</v>
+        <v>248</v>
       </c>
       <c r="B1" s="210"/>
       <c r="C1" s="210"/>
       <c r="D1" s="210"/>
       <c r="E1" s="210"/>
       <c r="F1" s="210"/>
       <c r="G1" s="210"/>
       <c r="H1" s="210"/>
       <c r="I1" s="210"/>
       <c r="J1" s="210"/>
       <c r="K1" s="211"/>
     </row>
-    <row r="2" spans="1:11" ht="54" customHeight="1" x14ac:dyDescent="0.35">
-[...328 lines deleted...]
-    <row r="26" spans="1:11" ht="16" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:11" ht="54" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="159" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="157" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" s="159" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" s="158" t="s">
+        <v>250</v>
+      </c>
+      <c r="E2" s="159" t="s">
+        <v>251</v>
+      </c>
+      <c r="F2" s="159" t="s">
+        <v>252</v>
+      </c>
+      <c r="G2" s="163" t="s">
+        <v>253</v>
+      </c>
+      <c r="H2" s="159" t="s">
+        <v>254</v>
+      </c>
+      <c r="I2" s="159" t="s">
+        <v>255</v>
+      </c>
+      <c r="J2" s="159" t="s">
+        <v>256</v>
+      </c>
+      <c r="K2" s="158" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A3" s="162" t="s">
+        <v>258</v>
+      </c>
+      <c r="B3" s="162" t="s">
+        <v>259</v>
+      </c>
+      <c r="C3" s="161"/>
+      <c r="D3" s="161"/>
+      <c r="E3" s="161"/>
+      <c r="F3" s="161"/>
+      <c r="G3" s="161"/>
+      <c r="H3" s="161"/>
+      <c r="I3" s="161"/>
+      <c r="J3" s="161"/>
+      <c r="K3" s="161"/>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A4" s="161" t="s">
+        <v>260</v>
+      </c>
+      <c r="B4" s="161" t="s">
+        <v>260</v>
+      </c>
+      <c r="C4" s="161"/>
+      <c r="D4" s="161"/>
+      <c r="E4" s="161"/>
+      <c r="F4" s="161"/>
+      <c r="G4" s="161"/>
+      <c r="H4" s="161"/>
+      <c r="I4" s="161"/>
+      <c r="J4" s="161"/>
+      <c r="K4" s="161"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A5" s="161"/>
+      <c r="B5" s="161"/>
+      <c r="C5" s="161"/>
+      <c r="D5" s="161"/>
+      <c r="E5" s="161"/>
+      <c r="F5" s="161"/>
+      <c r="G5" s="161"/>
+      <c r="H5" s="161"/>
+      <c r="I5" s="161"/>
+      <c r="J5" s="161"/>
+      <c r="K5" s="161"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A6" s="161"/>
+      <c r="B6" s="161"/>
+      <c r="C6" s="161"/>
+      <c r="D6" s="161"/>
+      <c r="E6" s="161"/>
+      <c r="F6" s="161"/>
+      <c r="G6" s="161"/>
+      <c r="H6" s="161"/>
+      <c r="I6" s="161"/>
+      <c r="J6" s="161"/>
+      <c r="K6" s="161"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A7" s="161"/>
+      <c r="B7" s="161"/>
+      <c r="C7" s="161"/>
+      <c r="D7" s="161"/>
+      <c r="E7" s="161"/>
+      <c r="F7" s="161"/>
+      <c r="G7" s="161"/>
+      <c r="H7" s="161"/>
+      <c r="I7" s="161"/>
+      <c r="J7" s="161"/>
+      <c r="K7" s="161"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A8" s="161"/>
+      <c r="B8" s="161"/>
+      <c r="C8" s="161"/>
+      <c r="D8" s="161"/>
+      <c r="E8" s="161"/>
+      <c r="F8" s="161"/>
+      <c r="G8" s="161"/>
+      <c r="H8" s="161"/>
+      <c r="I8" s="161"/>
+      <c r="J8" s="161"/>
+      <c r="K8" s="161"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="161"/>
+      <c r="B9" s="161"/>
+      <c r="C9" s="161"/>
+      <c r="D9" s="161"/>
+      <c r="E9" s="161"/>
+      <c r="F9" s="161"/>
+      <c r="G9" s="161"/>
+      <c r="H9" s="161"/>
+      <c r="I9" s="161"/>
+      <c r="J9" s="161"/>
+      <c r="K9" s="161"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="161"/>
+      <c r="B10" s="161"/>
+      <c r="C10" s="161"/>
+      <c r="D10" s="161"/>
+      <c r="E10" s="161"/>
+      <c r="F10" s="161"/>
+      <c r="G10" s="161"/>
+      <c r="H10" s="161"/>
+      <c r="I10" s="161"/>
+      <c r="J10" s="161"/>
+      <c r="K10" s="161"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="161"/>
+      <c r="B11" s="161"/>
+      <c r="C11" s="161"/>
+      <c r="D11" s="161"/>
+      <c r="E11" s="161"/>
+      <c r="F11" s="161"/>
+      <c r="G11" s="161"/>
+      <c r="H11" s="161"/>
+      <c r="I11" s="161"/>
+      <c r="J11" s="161"/>
+      <c r="K11" s="161"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="161"/>
+      <c r="B12" s="161"/>
+      <c r="C12" s="161"/>
+      <c r="D12" s="161"/>
+      <c r="E12" s="161"/>
+      <c r="F12" s="161"/>
+      <c r="G12" s="161"/>
+      <c r="H12" s="161"/>
+      <c r="I12" s="161"/>
+      <c r="J12" s="161"/>
+      <c r="K12" s="161"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="161"/>
+      <c r="B13" s="161"/>
+      <c r="C13" s="161"/>
+      <c r="D13" s="161"/>
+      <c r="E13" s="161"/>
+      <c r="F13" s="161"/>
+      <c r="G13" s="161"/>
+      <c r="H13" s="161"/>
+      <c r="I13" s="161"/>
+      <c r="J13" s="161"/>
+      <c r="K13" s="161"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="161"/>
+      <c r="B14" s="161"/>
+      <c r="C14" s="161"/>
+      <c r="D14" s="161"/>
+      <c r="E14" s="161"/>
+      <c r="F14" s="161"/>
+      <c r="G14" s="161"/>
+      <c r="H14" s="161"/>
+      <c r="I14" s="161"/>
+      <c r="J14" s="161"/>
+      <c r="K14" s="161"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="161"/>
+      <c r="B15" s="161"/>
+      <c r="C15" s="161"/>
+      <c r="D15" s="161"/>
+      <c r="E15" s="161"/>
+      <c r="F15" s="161"/>
+      <c r="G15" s="161"/>
+      <c r="H15" s="161"/>
+      <c r="I15" s="161"/>
+      <c r="J15" s="161"/>
+      <c r="K15" s="161"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="161"/>
+      <c r="B16" s="161"/>
+      <c r="C16" s="161"/>
+      <c r="D16" s="161"/>
+      <c r="E16" s="161"/>
+      <c r="F16" s="161"/>
+      <c r="G16" s="161"/>
+      <c r="H16" s="161"/>
+      <c r="I16" s="161"/>
+      <c r="J16" s="161"/>
+      <c r="K16" s="161"/>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A17" s="161"/>
+      <c r="B17" s="161"/>
+      <c r="C17" s="161"/>
+      <c r="D17" s="161"/>
+      <c r="E17" s="161"/>
+      <c r="F17" s="161"/>
+      <c r="G17" s="161"/>
+      <c r="H17" s="161"/>
+      <c r="I17" s="161"/>
+      <c r="J17" s="161"/>
+      <c r="K17" s="161"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A18" s="161"/>
+      <c r="B18" s="161"/>
+      <c r="C18" s="161"/>
+      <c r="D18" s="161"/>
+      <c r="E18" s="161"/>
+      <c r="F18" s="161"/>
+      <c r="G18" s="161"/>
+      <c r="H18" s="161"/>
+      <c r="I18" s="161"/>
+      <c r="J18" s="161"/>
+      <c r="K18" s="161"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A19" s="161"/>
+      <c r="B19" s="161"/>
+      <c r="C19" s="161"/>
+      <c r="D19" s="161"/>
+      <c r="E19" s="161"/>
+      <c r="F19" s="161"/>
+      <c r="G19" s="161"/>
+      <c r="H19" s="161"/>
+      <c r="I19" s="161"/>
+      <c r="J19" s="161"/>
+      <c r="K19" s="161"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A20" s="161"/>
+      <c r="B20" s="161"/>
+      <c r="C20" s="161"/>
+      <c r="D20" s="161"/>
+      <c r="E20" s="161"/>
+      <c r="F20" s="161"/>
+      <c r="G20" s="161"/>
+      <c r="H20" s="161"/>
+      <c r="I20" s="161"/>
+      <c r="J20" s="161"/>
+      <c r="K20" s="161"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A21" s="161"/>
+      <c r="B21" s="161"/>
+      <c r="C21" s="161"/>
+      <c r="D21" s="161"/>
+      <c r="E21" s="161"/>
+      <c r="F21" s="161"/>
+      <c r="G21" s="161"/>
+      <c r="H21" s="161"/>
+      <c r="I21" s="161"/>
+      <c r="J21" s="161"/>
+      <c r="K21" s="161"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A22" s="161"/>
+      <c r="B22" s="161"/>
+      <c r="C22" s="161"/>
+      <c r="D22" s="161"/>
+      <c r="E22" s="161"/>
+      <c r="F22" s="161"/>
+      <c r="G22" s="161"/>
+      <c r="H22" s="161"/>
+      <c r="I22" s="161"/>
+      <c r="J22" s="161"/>
+      <c r="K22" s="161"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A23" s="161"/>
+      <c r="B23" s="161"/>
+      <c r="C23" s="161"/>
+      <c r="D23" s="161"/>
+      <c r="E23" s="161"/>
+      <c r="F23" s="161"/>
+      <c r="G23" s="161"/>
+      <c r="H23" s="161"/>
+      <c r="I23" s="161"/>
+      <c r="J23" s="161"/>
+      <c r="K23" s="161"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A24" s="161"/>
+      <c r="B24" s="161"/>
+      <c r="C24" s="161"/>
+      <c r="D24" s="161"/>
+      <c r="E24" s="161"/>
+      <c r="F24" s="161"/>
+      <c r="G24" s="161"/>
+      <c r="H24" s="161"/>
+      <c r="I24" s="161"/>
+      <c r="J24" s="161"/>
+      <c r="K24" s="161"/>
+    </row>
+    <row r="26" spans="1:11" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A26" s="209" t="s">
-        <v>398</v>
+        <v>261</v>
       </c>
       <c r="B26" s="210"/>
       <c r="C26" s="210"/>
       <c r="D26" s="210"/>
       <c r="E26" s="210"/>
       <c r="F26" s="210"/>
       <c r="G26" s="210"/>
       <c r="H26" s="210"/>
       <c r="I26" s="210"/>
       <c r="J26" s="210"/>
       <c r="K26" s="211"/>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>397</v>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A27" s="160" t="s">
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A26:K26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A0383AF-BDC6-4F87-989C-67D21C37E6E1}">
   <sheetPr>
     <tabColor theme="5" tint="0.79998168889431442"/>
   </sheetPr>
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I124"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="K5" sqref="K5"/>
+    <sheetView topLeftCell="A85" workbookViewId="0">
+      <selection activeCell="G86" sqref="G86"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.36328125" defaultRowHeight="43.5" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="20.33203125" defaultRowHeight="43.5" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.36328125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="9.08984375" customWidth="1"/>
+    <col min="1" max="1" width="11.33203125" customWidth="1"/>
+    <col min="2" max="2" width="36.6640625" customWidth="1"/>
+    <col min="3" max="3" width="8.6640625" customWidth="1"/>
+    <col min="4" max="4" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.109375" customWidth="1"/>
+    <col min="6" max="6" width="12.6640625" customWidth="1"/>
+    <col min="7" max="7" width="16.5546875" customWidth="1"/>
+    <col min="8" max="8" width="9.109375" customWidth="1"/>
     <col min="9" max="9" width="10" bestFit="1" customWidth="1"/>
-    <col min="16384" max="16384" width="20.36328125" bestFit="1" customWidth="1"/>
+    <col min="16384" max="16384" width="20.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-      <c r="G2" s="132">
+    <row r="1" spans="1:9" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="120" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1" s="120" t="s">
+        <v>264</v>
+      </c>
+      <c r="C1" s="120" t="s">
+        <v>265</v>
+      </c>
+      <c r="D1" s="120" t="s">
+        <v>266</v>
+      </c>
+      <c r="E1" s="120" t="s">
+        <v>267</v>
+      </c>
+      <c r="F1" s="121" t="s">
+        <v>268</v>
+      </c>
+      <c r="G1" s="121" t="s">
+        <v>269</v>
+      </c>
+      <c r="H1" s="122" t="s">
+        <v>270</v>
+      </c>
+      <c r="I1" s="120" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="123" t="s">
+        <v>258</v>
+      </c>
+      <c r="B2" s="123" t="s">
+        <v>259</v>
+      </c>
+      <c r="C2" s="124"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="126"/>
+      <c r="G2" s="127">
         <f>'Budžeta kopsavilkums'!J4</f>
         <v>0</v>
       </c>
-      <c r="H2" s="133" t="e">
-[...16 lines deleted...]
-      <c r="G3" s="99">
+      <c r="H2" s="128" t="e">
+        <f t="shared" ref="H2:H7" si="0">G2*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I2" s="129"/>
+    </row>
+    <row r="3" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A3" s="70" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" s="70" t="s">
+        <v>273</v>
+      </c>
+      <c r="C3" s="71"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="96">
         <f>G4+G8+G12</f>
         <v>0</v>
       </c>
-      <c r="H3" s="95" t="e">
-[...13 lines deleted...]
-      <c r="D4" s="119">
+      <c r="H3" s="92" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I3" s="71"/>
+    </row>
+    <row r="4" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A4" s="109" t="s">
+        <v>274</v>
+      </c>
+      <c r="B4" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="111"/>
+      <c r="D4" s="114">
         <f>SUM(D5:D7)</f>
         <v>0</v>
       </c>
-      <c r="E4" s="119"/>
-      <c r="F4" s="115">
+      <c r="E4" s="114"/>
+      <c r="F4" s="112">
         <v>1</v>
       </c>
-      <c r="G4" s="116">
+      <c r="G4" s="115">
         <f>SUM(G5:G7)</f>
         <v>0</v>
       </c>
-      <c r="H4" s="117" t="e">
-[...17 lines deleted...]
-      <c r="E5" s="88" t="str" cm="1">
+      <c r="H4" s="116" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I4" s="111"/>
+    </row>
+    <row r="5" spans="1:9" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="73" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="72"/>
+      <c r="D5" s="85" cm="1">
+        <f t="array" ref="D5">SUMPRODUCT(('Budžeta kopsavilkums'!C$7:C$21=B4)*('Budžeta kopsavilkums'!D$7:D$21=B5)*('Budžeta kopsavilkums'!G$7:G$21))</f>
+        <v>0</v>
+      </c>
+      <c r="E5" s="85" t="str" cm="1">
         <f t="array" ref="E5">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B5)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B5)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F5" s="100">
+      <c r="F5" s="97">
         <v>1</v>
       </c>
-      <c r="G5" s="101" cm="1">
+      <c r="G5" s="98" cm="1">
         <f t="array" ref="G5">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B5) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H5" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D6" s="88" cm="1">
+      <c r="H5" s="93" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I5" s="72"/>
+    </row>
+    <row r="6" spans="1:9" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="73" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="72"/>
+      <c r="D6" s="85" cm="1">
         <f t="array" ref="D6">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B4) *
-[...5 lines deleted...]
-      <c r="E6" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B6) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E6" s="85" t="str" cm="1">
         <f t="array" ref="E6">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B6)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B6)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F6" s="100">
+      <c r="F6" s="97">
         <v>1</v>
       </c>
-      <c r="G6" s="101" cm="1">
+      <c r="G6" s="98" cm="1">
         <f t="array" ref="G6">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B6) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H6" s="96" t="e">
+      <c r="H6" s="93" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="I6" s="75"/>
-[...9 lines deleted...]
-      <c r="D7" s="88" cm="1">
+      <c r="I6" s="72"/>
+    </row>
+    <row r="7" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="73" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" s="72"/>
+      <c r="D7" s="85" cm="1">
         <f t="array" ref="D7">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B4) *
-[...5 lines deleted...]
-      <c r="E7" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B7) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E7" s="85" t="str" cm="1">
         <f t="array" ref="E7">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B7)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B7)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F7" s="100">
+      <c r="F7" s="97">
         <v>1</v>
       </c>
-      <c r="G7" s="101" cm="1">
+      <c r="G7" s="98" cm="1">
         <f t="array" ref="G7">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B4) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B7) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H7" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D8" s="119">
+      <c r="H7" s="93" t="e">
+        <f t="shared" si="0"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I7" s="72"/>
+    </row>
+    <row r="8" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A8" s="110" t="s">
+        <v>275</v>
+      </c>
+      <c r="B8" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="111"/>
+      <c r="D8" s="114">
         <f>SUM(D9:D11)</f>
         <v>0</v>
       </c>
-      <c r="E8" s="119"/>
-      <c r="F8" s="115">
+      <c r="E8" s="114"/>
+      <c r="F8" s="112">
         <v>2</v>
       </c>
-      <c r="G8" s="116">
+      <c r="G8" s="115">
         <f>SUM(G9:G11)</f>
         <v>0</v>
       </c>
-      <c r="H8" s="117" t="e">
-[...13 lines deleted...]
-      <c r="D9" s="88" cm="1">
+      <c r="H8" s="116" t="e">
+        <f t="shared" ref="H8" si="1">G8*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I8" s="111"/>
+    </row>
+    <row r="9" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A9" s="74" t="s">
+        <v>276</v>
+      </c>
+      <c r="B9" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="72"/>
+      <c r="D9" s="85" cm="1">
         <f t="array" ref="D9">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B8) *
-[...5 lines deleted...]
-      <c r="E9" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B9) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E9" s="85" t="str" cm="1">
         <f t="array" ref="E9">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B9)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B9)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F9" s="100">
+      <c r="F9" s="97">
         <v>2</v>
       </c>
-      <c r="G9" s="101" cm="1">
+      <c r="G9" s="98" cm="1">
         <f t="array" ref="G9">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B9) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H9" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D10" s="88" cm="1">
+      <c r="H9" s="93" t="e">
+        <f>G9*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I9" s="72"/>
+    </row>
+    <row r="10" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="74" t="s">
+        <v>277</v>
+      </c>
+      <c r="B10" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" s="72"/>
+      <c r="D10" s="85" cm="1">
         <f t="array" ref="D10">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B8) *
-[...5 lines deleted...]
-      <c r="E10" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B10) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E10" s="85" t="str" cm="1">
         <f t="array" ref="E10">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B10)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B10)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F10" s="100">
+      <c r="F10" s="97">
         <v>2</v>
       </c>
-      <c r="G10" s="101" cm="1">
+      <c r="G10" s="98" cm="1">
         <f t="array" ref="G10">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B10) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H10" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D11" s="88" cm="1">
+      <c r="H10" s="93" t="e">
+        <f>G10*100/$H$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I10" s="72"/>
+    </row>
+    <row r="11" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A11" s="74" t="s">
+        <v>278</v>
+      </c>
+      <c r="B11" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="72"/>
+      <c r="D11" s="85" cm="1">
         <f t="array" ref="D11">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B8) *
-[...5 lines deleted...]
-      <c r="E11" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B11) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E11" s="85" t="str" cm="1">
         <f t="array" ref="E11">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B11)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B11)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F11" s="100">
+      <c r="F11" s="97">
         <v>2</v>
       </c>
-      <c r="G11" s="101" cm="1">
+      <c r="G11" s="98" cm="1">
         <f t="array" ref="G11">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B8) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B11) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H11" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D12" s="119">
+      <c r="H11" s="93" t="e">
+        <f>G11*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I11" s="72"/>
+    </row>
+    <row r="12" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="110" t="s">
+        <v>279</v>
+      </c>
+      <c r="B12" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C12" s="111"/>
+      <c r="D12" s="114">
         <f>SUM(D13:D15)</f>
         <v>0</v>
       </c>
-      <c r="E12" s="119"/>
-      <c r="F12" s="115">
+      <c r="E12" s="114"/>
+      <c r="F12" s="112">
         <v>3</v>
       </c>
-      <c r="G12" s="116">
+      <c r="G12" s="115">
         <f>SUM(G13:G15)</f>
         <v>0</v>
       </c>
-      <c r="H12" s="117" t="e">
-[...13 lines deleted...]
-      <c r="D13" s="88" cm="1">
+      <c r="H12" s="116" t="e">
+        <f t="shared" ref="H12:H39" si="2">G12*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I12" s="111"/>
+    </row>
+    <row r="13" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A13" s="74" t="s">
+        <v>280</v>
+      </c>
+      <c r="B13" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="72"/>
+      <c r="D13" s="85" cm="1">
         <f t="array" ref="D13">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B12) *
-[...5 lines deleted...]
-      <c r="E13" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B13) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E13" s="85" t="str" cm="1">
         <f t="array" ref="E13">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B13)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B13)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F13" s="100">
+      <c r="F13" s="97">
         <v>3</v>
       </c>
-      <c r="G13" s="101" cm="1">
+      <c r="G13" s="98" cm="1">
         <f t="array" ref="G13">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B13) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H13" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D14" s="88" cm="1">
+      <c r="H13" s="93" t="e">
+        <f t="shared" ref="H13:H38" si="3">G13*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I13" s="72"/>
+    </row>
+    <row r="14" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="74" t="s">
+        <v>281</v>
+      </c>
+      <c r="B14" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="72"/>
+      <c r="D14" s="85" cm="1">
         <f t="array" ref="D14">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B12) *
-[...5 lines deleted...]
-      <c r="E14" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B14) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="85" t="str" cm="1">
         <f t="array" ref="E14">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B14)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B14)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F14" s="100">
+      <c r="F14" s="97">
         <v>3</v>
       </c>
-      <c r="G14" s="101" cm="1">
+      <c r="G14" s="98" cm="1">
         <f t="array" ref="G14">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B14) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H14" s="96" t="e">
-[...13 lines deleted...]
-      <c r="D15" s="88" cm="1">
+      <c r="H14" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I14" s="72"/>
+    </row>
+    <row r="15" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B15" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="72"/>
+      <c r="D15" s="85" cm="1">
         <f t="array" ref="D15">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$6:C$22 = B12) *
-[...5 lines deleted...]
-      <c r="E15" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+  ('Budžeta kopsavilkums'!D$7:D$21 = B15) *
+  ('Budžeta kopsavilkums'!G$7:G$21)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E15" s="85" t="str" cm="1">
         <f t="array" ref="E15">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$6:H$22,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$6:D$22 = B15)
+      'Budžeta kopsavilkums'!H$7:H$21,
+      ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
+      ('Budžeta kopsavilkums'!D$7:D$21 = B15)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F15" s="100">
+      <c r="F15" s="97">
         <v>3</v>
       </c>
-      <c r="G15" s="101" cm="1">
+      <c r="G15" s="98" cm="1">
         <f t="array" ref="G15">SUMPRODUCT(
   ('Budžeta kopsavilkums'!C$7:C$21 = B12) *
   ('Budžeta kopsavilkums'!D$7:D$21 = B15) *
   ('Budžeta kopsavilkums'!J$7:J$21)
 )</f>
         <v>0</v>
       </c>
-      <c r="H15" s="96" t="e">
-[...16 lines deleted...]
-      <c r="G16" s="98">
+      <c r="H15" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I15" s="72"/>
+    </row>
+    <row r="16" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A16" s="70" t="s">
+        <v>283</v>
+      </c>
+      <c r="B16" s="76" t="s">
+        <v>284</v>
+      </c>
+      <c r="C16" s="77"/>
+      <c r="D16" s="78"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="99"/>
+      <c r="G16" s="95">
         <f>'Budžeta kopsavilkums'!J22</f>
         <v>0</v>
       </c>
-      <c r="H16" s="95" t="e">
-[...18 lines deleted...]
-      <c r="F17" s="115">
+      <c r="H16" s="92" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I16" s="79"/>
+    </row>
+    <row r="17" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A17" s="70" t="s">
+        <v>285</v>
+      </c>
+      <c r="B17" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="77"/>
+      <c r="D17" s="78"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="99"/>
+      <c r="G17" s="95">
+        <f>'Budžeta kopsavilkums'!J23</f>
+        <v>0</v>
+      </c>
+      <c r="H17" s="92" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I17" s="79"/>
+    </row>
+    <row r="18" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A18" s="110" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="113"/>
+      <c r="D18" s="114">
+        <f>SUM(D19:D21)</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="114"/>
+      <c r="F18" s="112">
         <v>1</v>
       </c>
-      <c r="G17" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E18">IFERROR(
+      <c r="G18" s="115">
+        <f>SUM(G19:G21)</f>
+        <v>0</v>
+      </c>
+      <c r="H18" s="116" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I18" s="117"/>
+    </row>
+    <row r="19" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A19" s="74" t="s">
+        <v>286</v>
+      </c>
+      <c r="B19" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="81"/>
+      <c r="D19" s="83" cm="1">
+        <f t="array" ref="D19">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B18)*('Budžeta kopsavilkums'!D$24:D$53=B19)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E19" s="83" t="str" cm="1">
+        <f t="array" ref="E19">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$24:H$43,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$24:D$43 = B18)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B19)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F18" s="100">
+      <c r="F19" s="97">
         <v>1</v>
       </c>
-      <c r="G18" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E19">IFERROR(
+      <c r="G19" s="100" cm="1">
+        <f t="array" ref="G19">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B19) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H19" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I19" s="82"/>
+    </row>
+    <row r="20" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A20" s="74" t="s">
+        <v>287</v>
+      </c>
+      <c r="B20" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" s="81"/>
+      <c r="D20" s="83" cm="1">
+        <f t="array" ref="D20">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B18)*('Budžeta kopsavilkums'!D$24:D$53=B20)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="83" t="str" cm="1">
+        <f t="array" ref="E20">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$24:H$43,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$24:D$43 = B19)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B20)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F19" s="100">
+      <c r="F20" s="97">
         <v>1</v>
       </c>
-      <c r="G19" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E20">IFERROR(
+      <c r="G20" s="100" cm="1">
+        <f t="array" ref="G20">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B20) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H20" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I20" s="82"/>
+    </row>
+    <row r="21" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="74" t="s">
+        <v>288</v>
+      </c>
+      <c r="B21" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C21" s="81"/>
+      <c r="D21" s="83" cm="1">
+        <f t="array" ref="D21">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B18)*('Budžeta kopsavilkums'!D$24:D$53=B21)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="83" t="str" cm="1">
+        <f t="array" ref="E21">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$24:H$43,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$24:D$43 = B20)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B21)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F20" s="100">
+      <c r="F21" s="97">
         <v>1</v>
       </c>
-      <c r="G20" s="103" cm="1">
-[...26 lines deleted...]
-      <c r="F21" s="115">
+      <c r="G21" s="100" cm="1">
+        <f t="array" ref="G21">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B18) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B21) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H21" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I21" s="82"/>
+    </row>
+    <row r="22" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A22" s="110" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="113"/>
+      <c r="D22" s="114">
+        <f>SUM(D23:D25)</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="114"/>
+      <c r="F22" s="112">
         <v>2</v>
       </c>
-      <c r="G21" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E22">IFERROR(
+      <c r="G22" s="115">
+        <f>SUM(G23:G25)</f>
+        <v>0</v>
+      </c>
+      <c r="H22" s="116" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I22" s="117"/>
+    </row>
+    <row r="23" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A23" s="74" t="s">
+        <v>289</v>
+      </c>
+      <c r="B23" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="81"/>
+      <c r="D23" s="83" cm="1">
+        <f t="array" ref="D23">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B22)*('Budžeta kopsavilkums'!D$24:D$53=B23)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E23" s="83" t="str" cm="1">
+        <f t="array" ref="E23">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B22)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B23)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F22" s="100">
+      <c r="F23" s="97">
         <v>2</v>
       </c>
-      <c r="G22" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E23">IFERROR(
+      <c r="G23" s="100" cm="1">
+        <f t="array" ref="G23">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B23) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H23" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I23" s="82"/>
+    </row>
+    <row r="24" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A24" s="74" t="s">
+        <v>290</v>
+      </c>
+      <c r="B24" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="81"/>
+      <c r="D24" s="83" cm="1">
+        <f t="array" ref="D24">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B22)*('Budžeta kopsavilkums'!D$24:D$53=B24)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E24" s="83" t="str" cm="1">
+        <f t="array" ref="E24">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B23)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B24)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F23" s="100">
+      <c r="F24" s="97">
         <v>2</v>
       </c>
-      <c r="G23" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E24">IFERROR(
+      <c r="G24" s="100" cm="1">
+        <f t="array" ref="G24">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B24) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H24" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I24" s="82"/>
+    </row>
+    <row r="25" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A25" s="74" t="s">
+        <v>291</v>
+      </c>
+      <c r="B25" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C25" s="81"/>
+      <c r="D25" s="83" cm="1">
+        <f t="array" ref="D25">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B22)*('Budžeta kopsavilkums'!D$24:D$53=B25)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E25" s="83" t="str" cm="1">
+        <f t="array" ref="E25">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B24)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B25)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F24" s="100">
+      <c r="F25" s="97">
         <v>2</v>
       </c>
-      <c r="G24" s="103" cm="1">
-[...26 lines deleted...]
-      <c r="F25" s="115">
+      <c r="G25" s="100" cm="1">
+        <f t="array" ref="G25">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B22) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B25) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H25" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I25" s="82"/>
+    </row>
+    <row r="26" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="110" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C26" s="113"/>
+      <c r="D26" s="114">
+        <f>SUM(D27:D29)</f>
+        <v>0</v>
+      </c>
+      <c r="E26" s="114"/>
+      <c r="F26" s="112">
         <v>3</v>
       </c>
-      <c r="G25" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E26">IFERROR(
+      <c r="G26" s="115">
+        <f>SUM(G27:G29)</f>
+        <v>0</v>
+      </c>
+      <c r="H26" s="116" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I26" s="117"/>
+    </row>
+    <row r="27" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="74" t="s">
+        <v>292</v>
+      </c>
+      <c r="B27" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="81"/>
+      <c r="D27" s="83" cm="1">
+        <f t="array" ref="D27">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B26)*('Budžeta kopsavilkums'!D$24:D$53=B27)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E27" s="83" t="str" cm="1">
+        <f t="array" ref="E27">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B26)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B27)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F26" s="100">
+      <c r="F27" s="97">
         <v>3</v>
       </c>
-      <c r="G26" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E27">IFERROR(
+      <c r="G27" s="100" cm="1">
+        <f t="array" ref="G27">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B27) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H27" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I27" s="82"/>
+    </row>
+    <row r="28" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="74" t="s">
+        <v>293</v>
+      </c>
+      <c r="B28" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C28" s="81"/>
+      <c r="D28" s="83" cm="1">
+        <f t="array" ref="D28">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B26)*('Budžeta kopsavilkums'!D$24:D$53=B28)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E28" s="83" t="str" cm="1">
+        <f t="array" ref="E28">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B27)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B28)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F27" s="100">
+      <c r="F28" s="97">
         <v>3</v>
       </c>
-      <c r="G27" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E28">IFERROR(
+      <c r="G28" s="100" cm="1">
+        <f t="array" ref="G28">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B28) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H28" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I28" s="82"/>
+    </row>
+    <row r="29" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="74" t="s">
+        <v>294</v>
+      </c>
+      <c r="B29" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C29" s="84"/>
+      <c r="D29" s="85" cm="1">
+        <f t="array" ref="D29">SUMPRODUCT(('Budžeta kopsavilkums'!C$24:C$53=B26)*('Budžeta kopsavilkums'!D$24:D$53=B29)*('Budžeta kopsavilkums'!G$24:G$53))</f>
+        <v>0</v>
+      </c>
+      <c r="E29" s="85" t="str" cm="1">
+        <f t="array" ref="E29">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$45:H$54,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$45:D$54 = B28)
+      'Budžeta kopsavilkums'!H$24:H$53,
+      ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+      ('Budžeta kopsavilkums'!D$24:D$53 = B29)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F28" s="100">
+      <c r="F29" s="97">
         <v>3</v>
       </c>
-      <c r="G28" s="103" cm="1">
-[...63 lines deleted...]
-      <c r="D31" s="119">
+      <c r="G29" s="100" cm="1">
+        <f t="array" ref="G29">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$24:C$53 = B26) *
+  ('Budžeta kopsavilkums'!D$24:D$53 = B29) *
+  ('Budžeta kopsavilkums'!J$24:J$53)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H29" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I29" s="84"/>
+    </row>
+    <row r="30" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A30" s="70" t="s">
+        <v>295</v>
+      </c>
+      <c r="B30" s="76" t="s">
+        <v>84</v>
+      </c>
+      <c r="C30" s="77"/>
+      <c r="D30" s="78"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="99"/>
+      <c r="G30" s="95">
+        <f>'Budžeta kopsavilkums'!J54</f>
+        <v>0</v>
+      </c>
+      <c r="H30" s="92" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I30" s="79"/>
+    </row>
+    <row r="31" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="110" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" s="113"/>
+      <c r="D31" s="114">
         <f>SUM(D32:D34)</f>
         <v>0</v>
       </c>
-      <c r="E31" s="119"/>
-      <c r="F31" s="115">
+      <c r="E31" s="114"/>
+      <c r="F31" s="112">
         <v>1</v>
       </c>
-      <c r="G31" s="120">
+      <c r="G31" s="115">
         <f>SUM(G32:G34)</f>
         <v>0</v>
       </c>
-      <c r="H31" s="121" t="e">
-[...17 lines deleted...]
-      <c r="E32" s="88" t="str" cm="1">
+      <c r="H31" s="116" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I31" s="117"/>
+    </row>
+    <row r="32" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A32" s="74" t="s">
+        <v>90</v>
+      </c>
+      <c r="B32" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32" s="81"/>
+      <c r="D32" s="83" cm="1">
+        <f t="array" ref="D32">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B31)*('Budžeta kopsavilkums'!D$55:D$64=B32)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E32" s="83" t="str" cm="1">
         <f t="array" ref="E32">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B32)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B32)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F32" s="100">
+      <c r="F32" s="97">
         <v>1</v>
       </c>
-      <c r="G32" s="101" cm="1">
+      <c r="G32" s="100" cm="1">
         <f t="array" ref="G32">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B31) *
-[...23 lines deleted...]
-      <c r="E33" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B32) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H32" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I32" s="82"/>
+    </row>
+    <row r="33" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A33" s="74" t="s">
+        <v>91</v>
+      </c>
+      <c r="B33" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="81"/>
+      <c r="D33" s="83" cm="1">
+        <f t="array" ref="D33">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B31)*('Budžeta kopsavilkums'!D$55:D$64=B33)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E33" s="83" t="str" cm="1">
         <f t="array" ref="E33">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B33)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B33)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F33" s="100">
+      <c r="F33" s="97">
         <v>1</v>
       </c>
-      <c r="G33" s="101" cm="1">
+      <c r="G33" s="100" cm="1">
         <f t="array" ref="G33">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B31) *
-[...23 lines deleted...]
-      <c r="E34" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B33) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H33" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I33" s="82"/>
+    </row>
+    <row r="34" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A34" s="74" t="s">
+        <v>92</v>
+      </c>
+      <c r="B34" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C34" s="81"/>
+      <c r="D34" s="83" cm="1">
+        <f t="array" ref="D34">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B31)*('Budžeta kopsavilkums'!D$55:D$64=B34)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E34" s="83" t="str" cm="1">
         <f t="array" ref="E34">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B34)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B34)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F34" s="100">
+      <c r="F34" s="97">
         <v>1</v>
       </c>
-      <c r="G34" s="101" cm="1">
+      <c r="G34" s="100" cm="1">
         <f t="array" ref="G34">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B31) *
-[...19 lines deleted...]
-      <c r="D35" s="119">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B31) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B34) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H34" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I34" s="82"/>
+    </row>
+    <row r="35" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A35" s="110" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="113"/>
+      <c r="D35" s="114">
         <f>SUM(D36:D38)</f>
         <v>0</v>
       </c>
-      <c r="E35" s="119"/>
-      <c r="F35" s="115">
+      <c r="E35" s="114"/>
+      <c r="F35" s="112">
         <v>2</v>
       </c>
-      <c r="G35" s="120">
+      <c r="G35" s="115">
         <f>SUM(G36:G38)</f>
         <v>0</v>
       </c>
-      <c r="H35" s="121" t="e">
-[...17 lines deleted...]
-      <c r="E36" s="88" t="str" cm="1">
+      <c r="H35" s="116" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I35" s="117"/>
+    </row>
+    <row r="36" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A36" s="74" t="s">
+        <v>296</v>
+      </c>
+      <c r="B36" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="81"/>
+      <c r="D36" s="83" cm="1">
+        <f t="array" ref="D36">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B35)*('Budžeta kopsavilkums'!D$55:D$64=B36)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E36" s="83" t="str" cm="1">
         <f t="array" ref="E36">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B36)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B36)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F36" s="100">
+      <c r="F36" s="97">
         <v>2</v>
       </c>
-      <c r="G36" s="101" cm="1">
+      <c r="G36" s="100" cm="1">
         <f t="array" ref="G36">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B35) *
-[...23 lines deleted...]
-      <c r="E37" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B36) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H36" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I36" s="82"/>
+    </row>
+    <row r="37" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A37" s="74" t="s">
+        <v>297</v>
+      </c>
+      <c r="B37" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C37" s="81"/>
+      <c r="D37" s="83" cm="1">
+        <f t="array" ref="D37">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B35)*('Budžeta kopsavilkums'!D$55:D$64=B37)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E37" s="83" t="str" cm="1">
         <f t="array" ref="E37">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B37)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B37)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F37" s="100">
+      <c r="F37" s="97">
         <v>2</v>
       </c>
-      <c r="G37" s="101" cm="1">
+      <c r="G37" s="100" cm="1">
         <f t="array" ref="G37">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B35) *
-[...23 lines deleted...]
-      <c r="E38" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B37) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H37" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I37" s="82"/>
+    </row>
+    <row r="38" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="74" t="s">
+        <v>298</v>
+      </c>
+      <c r="B38" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C38" s="81"/>
+      <c r="D38" s="83" cm="1">
+        <f t="array" ref="D38">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B35)*('Budžeta kopsavilkums'!D$55:D$64=B38)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E38" s="83" t="str" cm="1">
         <f t="array" ref="E38">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B38)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B38)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F38" s="100">
+      <c r="F38" s="97">
         <v>2</v>
       </c>
-      <c r="G38" s="101" cm="1">
+      <c r="G38" s="100" cm="1">
         <f t="array" ref="G38">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B35) *
-[...5 lines deleted...]
-      <c r="H38" s="96" t="e">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B35) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B38) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H38" s="93" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I38" s="82"/>
+    </row>
+    <row r="39" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A39" s="110" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C39" s="113"/>
+      <c r="D39" s="114">
+        <f>SUM(D40:D42)</f>
+        <v>0</v>
+      </c>
+      <c r="E39" s="114"/>
+      <c r="F39" s="112">
+        <v>3</v>
+      </c>
+      <c r="G39" s="115">
+        <f>SUM(G40:G42)</f>
+        <v>0</v>
+      </c>
+      <c r="H39" s="116" t="e">
         <f t="shared" si="2"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="I38" s="87"/>
-[...39 lines deleted...]
-      <c r="E40" s="88" t="str" cm="1">
+      <c r="I39" s="117"/>
+    </row>
+    <row r="40" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A40" s="74" t="s">
+        <v>299</v>
+      </c>
+      <c r="B40" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="81"/>
+      <c r="D40" s="83" cm="1">
+        <f t="array" ref="D40">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B39)*('Budžeta kopsavilkums'!D$55:D$64=B40)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E40" s="83" t="str" cm="1">
         <f t="array" ref="E40">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B40)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B40)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F40" s="100">
+      <c r="F40" s="97">
         <v>3</v>
       </c>
-      <c r="G40" s="101" cm="1">
+      <c r="G40" s="100" cm="1">
         <f t="array" ref="G40">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B39) *
-[...23 lines deleted...]
-      <c r="E41" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B40) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H40" s="93" t="e">
+        <f t="shared" ref="H40:H52" si="4">G40*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I40" s="82"/>
+    </row>
+    <row r="41" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A41" s="74" t="s">
+        <v>300</v>
+      </c>
+      <c r="B41" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C41" s="81"/>
+      <c r="D41" s="83" cm="1">
+        <f t="array" ref="D41">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B39)*('Budžeta kopsavilkums'!D$55:D$64=B41)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E41" s="83" t="str" cm="1">
         <f t="array" ref="E41">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B41)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B41)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F41" s="100">
+      <c r="F41" s="97">
         <v>3</v>
       </c>
-      <c r="G41" s="101" cm="1">
+      <c r="G41" s="100" cm="1">
         <f t="array" ref="G41">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B39) *
-[...23 lines deleted...]
-      <c r="E42" s="88" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B41) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H41" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I41" s="82"/>
+    </row>
+    <row r="42" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A42" s="74" t="s">
+        <v>301</v>
+      </c>
+      <c r="B42" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C42" s="84"/>
+      <c r="D42" s="85" cm="1">
+        <f t="array" ref="D42">SUMPRODUCT(('Budžeta kopsavilkums'!C$55:C$64=B39)*('Budžeta kopsavilkums'!D$55:D$64=B42)*('Budžeta kopsavilkums'!G$55:G$64))</f>
+        <v>0</v>
+      </c>
+      <c r="E42" s="85" t="str" cm="1">
         <f t="array" ref="E42">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$57:H$66,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$57:D$66 = B42)
+      'Budžeta kopsavilkums'!H$55:H$64,
+      ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+      ('Budžeta kopsavilkums'!D$55:D$64 = B42)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F42" s="100">
+      <c r="F42" s="97">
         <v>3</v>
       </c>
-      <c r="G42" s="101" cm="1">
+      <c r="G42" s="100" cm="1">
         <f t="array" ref="G42">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$57:C$66 = B39) *
-[...45 lines deleted...]
-      <c r="F44" s="115">
+  ('Budžeta kopsavilkums'!C$55:C$64 = B39) *
+  ('Budžeta kopsavilkums'!D$55:D$64 = B42) *
+  ('Budžeta kopsavilkums'!J$55:J$64)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H42" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I42" s="84"/>
+    </row>
+    <row r="43" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A43" s="70" t="s">
+        <v>302</v>
+      </c>
+      <c r="B43" s="76" t="s">
+        <v>303</v>
+      </c>
+      <c r="C43" s="78"/>
+      <c r="D43" s="78"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="99"/>
+      <c r="G43" s="95">
+        <f>'Budžeta kopsavilkums'!J65</f>
+        <v>0</v>
+      </c>
+      <c r="H43" s="92" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I43" s="79"/>
+    </row>
+    <row r="44" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A44" s="70" t="s">
+        <v>304</v>
+      </c>
+      <c r="B44" s="76" t="s">
+        <v>305</v>
+      </c>
+      <c r="C44" s="78"/>
+      <c r="D44" s="78"/>
+      <c r="E44" s="78"/>
+      <c r="F44" s="99"/>
+      <c r="G44" s="96">
+        <f>G45+G49+G53</f>
+        <v>0</v>
+      </c>
+      <c r="H44" s="92" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I44" s="79"/>
+    </row>
+    <row r="45" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A45" s="110" t="s">
+        <v>105</v>
+      </c>
+      <c r="B45" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="117"/>
+      <c r="D45" s="114">
+        <f>SUM(D46:D48)</f>
+        <v>0</v>
+      </c>
+      <c r="E45" s="114"/>
+      <c r="F45" s="112">
         <v>1</v>
       </c>
-      <c r="G44" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E45">IFERROR(
+      <c r="G45" s="115">
+        <f>SUM(G46:G48)</f>
+        <v>0</v>
+      </c>
+      <c r="H45" s="116" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I45" s="117"/>
+    </row>
+    <row r="46" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A46" s="74" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46" s="84"/>
+      <c r="D46" s="85" cm="1">
+        <f t="array" ref="D46">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B45)*('Budžeta kopsavilkums'!D$67:D$76=B46)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E46" s="85" t="str" cm="1">
+        <f t="array" ref="E46">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B46)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F46" s="97">
+        <v>1</v>
+      </c>
+      <c r="G46" s="98" cm="1">
+        <f t="array" ref="G46">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B46) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H46" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I46" s="84"/>
+    </row>
+    <row r="47" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A47" s="74" t="s">
+        <v>307</v>
+      </c>
+      <c r="B47" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C47" s="84"/>
+      <c r="D47" s="85" cm="1">
+        <f t="array" ref="D47">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B45)*('Budžeta kopsavilkums'!D$67:D$76=B47)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E47" s="85" t="str" cm="1">
+        <f t="array" ref="E47">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B47)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F47" s="97">
+        <v>1</v>
+      </c>
+      <c r="G47" s="98" cm="1">
+        <f t="array" ref="G47">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B47) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H47" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I47" s="84"/>
+    </row>
+    <row r="48" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A48" s="74" t="s">
+        <v>308</v>
+      </c>
+      <c r="B48" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C48" s="84"/>
+      <c r="D48" s="85" cm="1">
+        <f t="array" ref="D48">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B45)*('Budžeta kopsavilkums'!D$67:D$76=B48)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E48" s="85" t="str" cm="1">
+        <f t="array" ref="E48">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B48)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F48" s="97">
+        <v>1</v>
+      </c>
+      <c r="G48" s="98" cm="1">
+        <f t="array" ref="G48">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B45) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B48) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H48" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I48" s="84"/>
+    </row>
+    <row r="49" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A49" s="110" t="s">
+        <v>107</v>
+      </c>
+      <c r="B49" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="117"/>
+      <c r="D49" s="114">
+        <f>SUM(D50:D52)</f>
+        <v>0</v>
+      </c>
+      <c r="E49" s="114"/>
+      <c r="F49" s="112">
+        <v>2</v>
+      </c>
+      <c r="G49" s="115">
+        <f>SUM(G50:G52)</f>
+        <v>0</v>
+      </c>
+      <c r="H49" s="116" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I49" s="117"/>
+    </row>
+    <row r="50" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A50" s="74" t="s">
+        <v>309</v>
+      </c>
+      <c r="B50" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C50" s="84"/>
+      <c r="D50" s="85" cm="1">
+        <f t="array" ref="D50">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B49)*('Budžeta kopsavilkums'!D$67:D$76=B50)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E50" s="85" t="str" cm="1">
+        <f t="array" ref="E50">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B50)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F50" s="97">
+        <v>2</v>
+      </c>
+      <c r="G50" s="98" cm="1">
+        <f t="array" ref="G50">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B50) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H50" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I50" s="84"/>
+    </row>
+    <row r="51" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A51" s="74" t="s">
+        <v>310</v>
+      </c>
+      <c r="B51" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C51" s="84"/>
+      <c r="D51" s="85" cm="1">
+        <f t="array" ref="D51">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B49)*('Budžeta kopsavilkums'!D$67:D$76=B51)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E51" s="85" t="str" cm="1">
+        <f t="array" ref="E51">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B51)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F51" s="97">
+        <v>2</v>
+      </c>
+      <c r="G51" s="98" cm="1">
+        <f t="array" ref="G51">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B51) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H51" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I51" s="84"/>
+    </row>
+    <row r="52" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="74" t="s">
+        <v>311</v>
+      </c>
+      <c r="B52" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C52" s="84"/>
+      <c r="D52" s="85" cm="1">
+        <f t="array" ref="D52">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B49)*('Budžeta kopsavilkums'!D$67:D$76=B52)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E52" s="85" t="str" cm="1">
+        <f t="array" ref="E52">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B52)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F52" s="97">
+        <v>2</v>
+      </c>
+      <c r="G52" s="98" cm="1">
+        <f t="array" ref="G52">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B49) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B52) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H52" s="93" t="e">
+        <f t="shared" si="4"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I52" s="84"/>
+    </row>
+    <row r="53" spans="1:9" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="110" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C53" s="117"/>
+      <c r="D53" s="114">
+        <f>SUM(D54:D56)</f>
+        <v>0</v>
+      </c>
+      <c r="E53" s="114"/>
+      <c r="F53" s="112">
+        <v>3</v>
+      </c>
+      <c r="G53" s="115">
+        <f>SUM(G54:G56)</f>
+        <v>0</v>
+      </c>
+      <c r="H53" s="116" t="e">
+        <f t="shared" ref="H53:H56" si="5">G53*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I53" s="117"/>
+    </row>
+    <row r="54" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A54" s="74" t="s">
+        <v>312</v>
+      </c>
+      <c r="B54" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54" s="84"/>
+      <c r="D54" s="85" cm="1">
+        <f t="array" ref="D54">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B53)*('Budžeta kopsavilkums'!D$67:D$76=B54)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E54" s="85" t="str" cm="1">
+        <f t="array" ref="E54">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B54)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F54" s="97">
+        <v>3</v>
+      </c>
+      <c r="G54" s="98" cm="1">
+        <f t="array" ref="G54">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B54) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H54" s="93" t="e">
+        <f t="shared" si="5"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I54" s="84"/>
+    </row>
+    <row r="55" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A55" s="74" t="s">
+        <v>313</v>
+      </c>
+      <c r="B55" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C55" s="84"/>
+      <c r="D55" s="85" cm="1">
+        <f t="array" ref="D55">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B53)*('Budžeta kopsavilkums'!D$67:D$76=B55)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E55" s="85" t="str" cm="1">
+        <f t="array" ref="E55">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B55)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F55" s="97">
+        <v>3</v>
+      </c>
+      <c r="G55" s="98" cm="1">
+        <f t="array" ref="G55">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B55) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H55" s="93" t="e">
+        <f t="shared" si="5"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I55" s="84"/>
+    </row>
+    <row r="56" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A56" s="74" t="s">
+        <v>314</v>
+      </c>
+      <c r="B56" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C56" s="84"/>
+      <c r="D56" s="85" cm="1">
+        <f t="array" ref="D56">SUMPRODUCT(('Budžeta kopsavilkums'!C$67:C$76=B53)*('Budžeta kopsavilkums'!D$67:D$76=B56)*('Budžeta kopsavilkums'!G$67:G$76))</f>
+        <v>0</v>
+      </c>
+      <c r="E56" s="85" t="str" cm="1">
+        <f t="array" ref="E56">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$67:H$76,
+      ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+      ('Budžeta kopsavilkums'!D$67:D$76 = B56)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F56" s="97">
+        <v>3</v>
+      </c>
+      <c r="G56" s="98" cm="1">
+        <f t="array" ref="G56">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$67:C$76 = B53) *
+  ('Budžeta kopsavilkums'!D$67:D$76 = B56) *
+  ('Budžeta kopsavilkums'!J$67:J$76)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H56" s="93" t="e">
+        <f t="shared" si="5"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I56" s="84"/>
+    </row>
+    <row r="57" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A57" s="70" t="s">
+        <v>315</v>
+      </c>
+      <c r="B57" s="76" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="78"/>
+      <c r="D57" s="78"/>
+      <c r="E57" s="78"/>
+      <c r="F57" s="99"/>
+      <c r="G57" s="96">
+        <f>G58+G62+G66</f>
+        <v>0</v>
+      </c>
+      <c r="H57" s="92" t="e">
+        <f t="shared" ref="H57:H69" si="6">G57*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I57" s="79"/>
+    </row>
+    <row r="58" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A58" s="110" t="s">
+        <v>121</v>
+      </c>
+      <c r="B58" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C58" s="117"/>
+      <c r="D58" s="114">
+        <f>SUM(D59:D61)</f>
+        <v>0</v>
+      </c>
+      <c r="E58" s="114"/>
+      <c r="F58" s="112">
+        <v>1</v>
+      </c>
+      <c r="G58" s="115">
+        <f>SUM(G59:G61)</f>
+        <v>0</v>
+      </c>
+      <c r="H58" s="116" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I58" s="117"/>
+    </row>
+    <row r="59" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A59" s="74" t="s">
+        <v>316</v>
+      </c>
+      <c r="B59" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C59" s="84"/>
+      <c r="D59" s="85" cm="1">
+        <f t="array" ref="D59">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B58)*('Budžeta kopsavilkums'!D$78:D$97=B59)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E59" s="85" t="str" cm="1">
+        <f t="array" ref="E59">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B45)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B59)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F45" s="100">
+      <c r="F59" s="97">
         <v>1</v>
       </c>
-      <c r="G45" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E46">IFERROR(
+      <c r="G59" s="98" cm="1">
+        <f t="array" ref="G59">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B59) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H59" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I59" s="84"/>
+    </row>
+    <row r="60" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A60" s="74" t="s">
+        <v>317</v>
+      </c>
+      <c r="B60" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C60" s="84"/>
+      <c r="D60" s="85" cm="1">
+        <f t="array" ref="D60">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B58)*('Budžeta kopsavilkums'!D$78:D$97=B60)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E60" s="85" t="str" cm="1">
+        <f t="array" ref="E60">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B46)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B60)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F46" s="100">
+      <c r="F60" s="97">
         <v>1</v>
       </c>
-      <c r="G46" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E47">IFERROR(
+      <c r="G60" s="98" cm="1">
+        <f t="array" ref="G60">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B60) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H60" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I60" s="84"/>
+    </row>
+    <row r="61" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A61" s="74" t="s">
+        <v>318</v>
+      </c>
+      <c r="B61" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C61" s="84"/>
+      <c r="D61" s="85" cm="1">
+        <f t="array" ref="D61">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B58)*('Budžeta kopsavilkums'!D$78:D$97=B61)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E61" s="85" t="str" cm="1">
+        <f t="array" ref="E61">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B47)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B61)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F47" s="100">
+      <c r="F61" s="97">
         <v>1</v>
       </c>
-      <c r="G47" s="101" cm="1">
-[...26 lines deleted...]
-      <c r="F48" s="115">
+      <c r="G61" s="98" cm="1">
+        <f t="array" ref="G61">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B58) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B61) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H61" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I61" s="84"/>
+    </row>
+    <row r="62" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A62" s="110" t="s">
+        <v>122</v>
+      </c>
+      <c r="B62" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C62" s="117"/>
+      <c r="D62" s="114">
+        <f>SUM(D63:D65)</f>
+        <v>0</v>
+      </c>
+      <c r="E62" s="114"/>
+      <c r="F62" s="112">
         <v>2</v>
       </c>
-      <c r="G48" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E49">IFERROR(
+      <c r="G62" s="115">
+        <f>SUM(G63:G65)</f>
+        <v>0</v>
+      </c>
+      <c r="H62" s="116" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I62" s="117"/>
+    </row>
+    <row r="63" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A63" s="74" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C63" s="84"/>
+      <c r="D63" s="85" cm="1">
+        <f t="array" ref="D63">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B62)*('Budžeta kopsavilkums'!D$78:D$97=B63)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E63" s="85" t="str" cm="1">
+        <f t="array" ref="E63">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B49)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B63)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F49" s="100">
+      <c r="F63" s="97">
         <v>2</v>
       </c>
-      <c r="G49" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E50">IFERROR(
+      <c r="G63" s="98" cm="1">
+        <f t="array" ref="G63">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B63) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H63" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I63" s="84"/>
+    </row>
+    <row r="64" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A64" s="74" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C64" s="84"/>
+      <c r="D64" s="85" cm="1">
+        <f t="array" ref="D64">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B62)*('Budžeta kopsavilkums'!D$78:D$97=B64)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E64" s="85" t="str" cm="1">
+        <f t="array" ref="E64">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B50)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B64)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F50" s="100">
+      <c r="F64" s="97">
         <v>2</v>
       </c>
-      <c r="G50" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E51">IFERROR(
+      <c r="G64" s="98" cm="1">
+        <f t="array" ref="G64">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B64) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H64" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I64" s="84"/>
+    </row>
+    <row r="65" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="74" t="s">
+        <v>321</v>
+      </c>
+      <c r="B65" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C65" s="84"/>
+      <c r="D65" s="85" cm="1">
+        <f t="array" ref="D65">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B62)*('Budžeta kopsavilkums'!D$78:D$97=B65)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E65" s="85" t="str" cm="1">
+        <f t="array" ref="E65">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B51)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B65)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F51" s="100">
+      <c r="F65" s="97">
         <v>2</v>
       </c>
-      <c r="G51" s="101" cm="1">
-[...26 lines deleted...]
-      <c r="F52" s="115">
+      <c r="G65" s="98" cm="1">
+        <f t="array" ref="G65">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B62) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B65) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H65" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I65" s="84"/>
+    </row>
+    <row r="66" spans="1:9" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="110" t="s">
+        <v>123</v>
+      </c>
+      <c r="B66" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C66" s="117"/>
+      <c r="D66" s="114">
+        <f>SUM(D67:D69)</f>
+        <v>0</v>
+      </c>
+      <c r="E66" s="114"/>
+      <c r="F66" s="112">
         <v>3</v>
       </c>
-      <c r="G52" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E53">IFERROR(
+      <c r="G66" s="115">
+        <f>SUM(G67:G69)</f>
+        <v>0</v>
+      </c>
+      <c r="H66" s="116" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I66" s="117"/>
+    </row>
+    <row r="67" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A67" s="74" t="s">
+        <v>322</v>
+      </c>
+      <c r="B67" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C67" s="84"/>
+      <c r="D67" s="85" cm="1">
+        <f t="array" ref="D67">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B66)*('Budžeta kopsavilkums'!D$78:D$97=B67)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E67" s="85" t="str" cm="1">
+        <f t="array" ref="E67">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B53)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B67)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F53" s="100">
+      <c r="F67" s="97">
         <v>3</v>
       </c>
-      <c r="G53" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E54">IFERROR(
+      <c r="G67" s="98" cm="1">
+        <f t="array" ref="G67">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B67) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H67" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I67" s="84"/>
+    </row>
+    <row r="68" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A68" s="74" t="s">
+        <v>323</v>
+      </c>
+      <c r="B68" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C68" s="84"/>
+      <c r="D68" s="85" cm="1">
+        <f t="array" ref="D68">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B66)*('Budžeta kopsavilkums'!D$78:D$97=B68)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E68" s="85" t="str" cm="1">
+        <f t="array" ref="E68">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B54)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B68)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F54" s="100">
+      <c r="F68" s="97">
         <v>3</v>
       </c>
-      <c r="G54" s="101" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E55">IFERROR(
+      <c r="G68" s="98" cm="1">
+        <f t="array" ref="G68">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B68) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H68" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I68" s="84"/>
+    </row>
+    <row r="69" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A69" s="74" t="s">
+        <v>324</v>
+      </c>
+      <c r="B69" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C69" s="84"/>
+      <c r="D69" s="85" cm="1">
+        <f t="array" ref="D69">SUMPRODUCT(('Budžeta kopsavilkums'!C$78:C$97=B66)*('Budžeta kopsavilkums'!D$78:D$97=B69)*('Budžeta kopsavilkums'!G$78:G$97))</f>
+        <v>0</v>
+      </c>
+      <c r="E69" s="85" t="str" cm="1">
+        <f t="array" ref="E69">IFERROR(
   INDEX(
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$67:H$87,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$67:D$87 = B55)
+      'Budžeta kopsavilkums'!H$78:H$97,
+      ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+      ('Budžeta kopsavilkums'!D$78:D$97 = B69)
     ),
     1
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F55" s="100">
+      <c r="F69" s="97">
         <v>3</v>
       </c>
-      <c r="G55" s="101" cm="1">
-[...44 lines deleted...]
-      <c r="F57" s="115">
+      <c r="G69" s="98" cm="1">
+        <f t="array" ref="G69">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$78:C$97 = B66) *
+  ('Budžeta kopsavilkums'!D$78:D$97 = B69) *
+  ('Budžeta kopsavilkums'!J$78:J$97)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H69" s="93" t="e">
+        <f t="shared" si="6"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I69" s="84"/>
+    </row>
+    <row r="70" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A70" s="70" t="s">
+        <v>325</v>
+      </c>
+      <c r="B70" s="76" t="s">
+        <v>326</v>
+      </c>
+      <c r="C70" s="78"/>
+      <c r="D70" s="78"/>
+      <c r="E70" s="78"/>
+      <c r="F70" s="99"/>
+      <c r="G70" s="96">
+        <f>G71+G75+G79</f>
+        <v>0</v>
+      </c>
+      <c r="H70" s="92" t="e">
+        <f t="shared" ref="H70:H82" si="7">G70*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I70" s="79"/>
+    </row>
+    <row r="71" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A71" s="110" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C71" s="114"/>
+      <c r="D71" s="114">
+        <f>SUM(D72:D74)</f>
+        <v>0</v>
+      </c>
+      <c r="E71" s="114"/>
+      <c r="F71" s="112">
         <v>1</v>
       </c>
-      <c r="G57" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E58">IFERROR(
+      <c r="G71" s="115">
+        <f>SUM(G72:G74)</f>
+        <v>0</v>
+      </c>
+      <c r="H71" s="116" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I71" s="117"/>
+    </row>
+    <row r="72" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="74" t="s">
+        <v>327</v>
+      </c>
+      <c r="B72" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C72" s="83"/>
+      <c r="D72" s="83" cm="1">
+        <f t="array" ref="D72">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B71)*('Budžeta kopsavilkums'!D$99:D$108=B72)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E72" s="83" t="str" cm="1">
+        <f t="array" ref="E72">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B58)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B72)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F58" s="100">
+      <c r="F72" s="97">
         <v>1</v>
       </c>
-      <c r="G58" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E59">IFERROR(
+      <c r="G72" s="100" cm="1">
+        <f t="array" ref="G72">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B72) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H72" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I72" s="82"/>
+    </row>
+    <row r="73" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A73" s="74" t="s">
+        <v>328</v>
+      </c>
+      <c r="B73" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C73" s="83"/>
+      <c r="D73" s="83" cm="1">
+        <f t="array" ref="D73">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B71)*('Budžeta kopsavilkums'!D$99:D$108=B73)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E73" s="83" t="str" cm="1">
+        <f t="array" ref="E73">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B59)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B73)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F59" s="100">
+      <c r="F73" s="97">
         <v>1</v>
       </c>
-      <c r="G59" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E60">IFERROR(
+      <c r="G73" s="100" cm="1">
+        <f t="array" ref="G73">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B73) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H73" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I73" s="82"/>
+    </row>
+    <row r="74" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A74" s="74" t="s">
+        <v>329</v>
+      </c>
+      <c r="B74" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C74" s="83"/>
+      <c r="D74" s="83" cm="1">
+        <f t="array" ref="D74">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B71)*('Budžeta kopsavilkums'!D$99:D$108=B74)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E74" s="83" t="str" cm="1">
+        <f t="array" ref="E74">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B60)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B74)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F60" s="100">
+      <c r="F74" s="97">
         <v>1</v>
       </c>
-      <c r="G60" s="103" cm="1">
-[...26 lines deleted...]
-      <c r="F61" s="115">
+      <c r="G74" s="100" cm="1">
+        <f t="array" ref="G74">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B71) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B74) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H74" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I74" s="82"/>
+    </row>
+    <row r="75" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A75" s="110" t="s">
+        <v>146</v>
+      </c>
+      <c r="B75" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C75" s="114"/>
+      <c r="D75" s="114">
+        <f>SUM(D76:D78)</f>
+        <v>0</v>
+      </c>
+      <c r="E75" s="114"/>
+      <c r="F75" s="112">
         <v>2</v>
       </c>
-      <c r="G61" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E62">IFERROR(
+      <c r="G75" s="115">
+        <f>SUM(G76:G78)</f>
+        <v>0</v>
+      </c>
+      <c r="H75" s="116" t="e">
+        <f>G75*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I75" s="117"/>
+    </row>
+    <row r="76" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="74" t="s">
+        <v>330</v>
+      </c>
+      <c r="B76" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76" s="83"/>
+      <c r="D76" s="83" cm="1">
+        <f t="array" ref="D76">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B75)*('Budžeta kopsavilkums'!D$99:D$108=B76)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E76" s="83" t="str" cm="1">
+        <f t="array" ref="E76">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B62)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B76)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F62" s="100">
+      <c r="F76" s="97">
         <v>2</v>
       </c>
-      <c r="G62" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E63">IFERROR(
+      <c r="G76" s="100" cm="1">
+        <f t="array" ref="G76">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B76) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H76" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I76" s="82"/>
+    </row>
+    <row r="77" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="74" t="s">
+        <v>331</v>
+      </c>
+      <c r="B77" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C77" s="83"/>
+      <c r="D77" s="83" cm="1">
+        <f t="array" ref="D77">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B75)*('Budžeta kopsavilkums'!D$99:D$108=B77)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E77" s="83" t="str" cm="1">
+        <f t="array" ref="E77">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B63)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B77)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F63" s="100">
+      <c r="F77" s="97">
         <v>2</v>
       </c>
-      <c r="G63" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E64">IFERROR(
+      <c r="G77" s="100" cm="1">
+        <f t="array" ref="G77">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B77) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H77" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I77" s="82"/>
+    </row>
+    <row r="78" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="74" t="s">
+        <v>332</v>
+      </c>
+      <c r="B78" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C78" s="83"/>
+      <c r="D78" s="83" cm="1">
+        <f t="array" ref="D78">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B75)*('Budžeta kopsavilkums'!D$99:D$108=B78)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E78" s="83" t="str" cm="1">
+        <f t="array" ref="E78">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B64)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B78)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F64" s="100">
+      <c r="F78" s="97">
         <v>2</v>
       </c>
-      <c r="G64" s="103" cm="1">
-[...26 lines deleted...]
-      <c r="F65" s="115">
+      <c r="G78" s="100" cm="1">
+        <f t="array" ref="G78">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B75) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B78) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H78" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I78" s="82"/>
+    </row>
+    <row r="79" spans="1:9" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="110" t="s">
+        <v>147</v>
+      </c>
+      <c r="B79" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C79" s="114"/>
+      <c r="D79" s="114">
+        <f>SUM(D80:D82)</f>
+        <v>0</v>
+      </c>
+      <c r="E79" s="114"/>
+      <c r="F79" s="112">
         <v>3</v>
       </c>
-      <c r="G65" s="120">
-[...22 lines deleted...]
-        <f t="array" ref="E66">IFERROR(
+      <c r="G79" s="115">
+        <f>SUM(G80:G82)</f>
+        <v>0</v>
+      </c>
+      <c r="H79" s="116" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I79" s="117"/>
+    </row>
+    <row r="80" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A80" s="74" t="s">
+        <v>333</v>
+      </c>
+      <c r="B80" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C80" s="83"/>
+      <c r="D80" s="83" cm="1">
+        <f t="array" ref="D80">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B79)*('Budžeta kopsavilkums'!D$99:D$108=B80)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E80" s="83" t="str" cm="1">
+        <f t="array" ref="E80">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B66)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B80)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F66" s="100">
+      <c r="F80" s="97">
         <v>3</v>
       </c>
-      <c r="G66" s="103" cm="1">
-[...26 lines deleted...]
-        <f t="array" ref="E67">IFERROR(
+      <c r="G80" s="100" cm="1">
+        <f t="array" ref="G80">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B80) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H80" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I80" s="82"/>
+    </row>
+    <row r="81" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A81" s="74" t="s">
+        <v>334</v>
+      </c>
+      <c r="B81" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C81" s="83"/>
+      <c r="D81" s="83" cm="1">
+        <f t="array" ref="D81">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B79)*('Budžeta kopsavilkums'!D$99:D$108=B81)*('Budžeta kopsavilkums'!G$99:G$108))</f>
+        <v>0</v>
+      </c>
+      <c r="E81" s="83" t="str" cm="1">
+        <f t="array" ref="E81">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$88:H$98,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$88:D$98 = B67)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B81)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F67" s="100">
+      <c r="F81" s="97">
         <v>3</v>
       </c>
-      <c r="G67" s="103" cm="1">
-[...529 lines deleted...]
-      <c r="G81" s="103" cm="1">
+      <c r="G81" s="100" cm="1">
         <f t="array" ref="G81">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$101:C$110 = B79) *
-[...24 lines deleted...]
-)</f>
+  ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B81) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H81" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I81" s="82"/>
+    </row>
+    <row r="82" spans="1:9" ht="12.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="74" t="s">
+        <v>335</v>
+      </c>
+      <c r="B82" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C82" s="84"/>
+      <c r="D82" s="85" cm="1">
+        <f t="array" ref="D82">SUMPRODUCT(('Budžeta kopsavilkums'!C$99:C$108=B79)*('Budžeta kopsavilkums'!D$99:D$108=B82)*('Budžeta kopsavilkums'!G$99:G$108))</f>
         <v>0</v>
       </c>
       <c r="E82" s="85" t="str" cm="1">
         <f t="array" ref="E82">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$101:H$110,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$101:D$110 = B82)
+      'Budžeta kopsavilkums'!H$99:H$108,
+      ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+      ('Budžeta kopsavilkums'!D$99:D$108 = B82)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F82" s="100">
+      <c r="F82" s="97">
         <v>3</v>
       </c>
-      <c r="G82" s="103" cm="1">
+      <c r="G82" s="100" cm="1">
         <f t="array" ref="G82">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$101:C$110 = B79) *
-[...48 lines deleted...]
-        <f t="array" ref="E84">IFERROR(
+  ('Budžeta kopsavilkums'!C$99:C$108 = B79) *
+  ('Budžeta kopsavilkums'!D$99:D$108 = B82) *
+  ('Budžeta kopsavilkums'!J$99:J$108)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H82" s="93" t="e">
+        <f t="shared" si="7"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I82" s="84"/>
+    </row>
+    <row r="83" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A83" s="70" t="s">
+        <v>336</v>
+      </c>
+      <c r="B83" s="76" t="s">
+        <v>337</v>
+      </c>
+      <c r="C83" s="79"/>
+      <c r="D83" s="79"/>
+      <c r="E83" s="79"/>
+      <c r="F83" s="99"/>
+      <c r="G83" s="95">
+        <f>'Budžeta kopsavilkums'!J109</f>
+        <v>0</v>
+      </c>
+      <c r="H83" s="92" t="e">
+        <f t="shared" ref="H83:H84" si="8">G83*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I83" s="79"/>
+    </row>
+    <row r="84" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A84" s="70" t="s">
+        <v>158</v>
+      </c>
+      <c r="B84" s="76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C84" s="79"/>
+      <c r="D84" s="79"/>
+      <c r="E84" s="79"/>
+      <c r="F84" s="99"/>
+      <c r="G84" s="96">
+        <f>G85+G89+G93</f>
+        <v>0</v>
+      </c>
+      <c r="H84" s="92" t="e">
+        <f t="shared" si="8"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I84" s="79"/>
+    </row>
+    <row r="85" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A85" s="110" t="s">
+        <v>162</v>
+      </c>
+      <c r="B85" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C85" s="117"/>
+      <c r="D85" s="114">
+        <f>SUM(D86:D88)</f>
+        <v>0</v>
+      </c>
+      <c r="E85" s="117"/>
+      <c r="F85" s="112">
+        <v>1</v>
+      </c>
+      <c r="G85" s="115">
+        <f>SUM(G86:G88)</f>
+        <v>0</v>
+      </c>
+      <c r="H85" s="116" t="e">
+        <f>G85*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I85" s="117"/>
+    </row>
+    <row r="86" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A86" s="74" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C86" s="82"/>
+      <c r="D86" s="83" cm="1">
+        <f t="array" ref="D86">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B86) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E86" s="82" t="str" cm="1">
+        <f t="array" ref="E86">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$112:H$121,
-      'Budžeta kopsavilkums'!D$112:D$121 = B84
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B86)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F84" s="107">
-[...31 lines deleted...]
-        <f t="array" ref="E85">IFERROR(
+      <c r="F86" s="97">
+        <v>1</v>
+      </c>
+      <c r="G86" s="100" cm="1">
+        <f t="array" ref="G86">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B86) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H86" s="93" t="e">
+        <f t="shared" ref="H86:H96" si="9">G86*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I86" s="84"/>
+    </row>
+    <row r="87" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A87" s="74" t="s">
+        <v>339</v>
+      </c>
+      <c r="B87" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C87" s="82"/>
+      <c r="D87" s="83" cm="1">
+        <f t="array" ref="D87">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B87) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E87" s="82" t="str" cm="1">
+        <f t="array" ref="E87">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$112:H$121,
-      'Budžeta kopsavilkums'!D$112:D$121 = B85
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B87)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F85" s="107">
-[...31 lines deleted...]
-        <f t="array" ref="E86">IFERROR(
+      <c r="F87" s="97">
+        <v>1</v>
+      </c>
+      <c r="G87" s="100" cm="1">
+        <f t="array" ref="G87">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B87) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H87" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I87" s="84"/>
+    </row>
+    <row r="88" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A88" s="74" t="s">
+        <v>340</v>
+      </c>
+      <c r="B88" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C88" s="82"/>
+      <c r="D88" s="83" cm="1">
+        <f t="array" ref="D88">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B88) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E88" s="82" t="str" cm="1">
+        <f t="array" ref="E88">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$112:H$121,
-      'Budžeta kopsavilkums'!D$112:D$121 = B86
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B88)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F86" s="109">
-[...73 lines deleted...]
-        <f t="array" ref="E89">IFERROR(
+      <c r="F88" s="97">
+        <v>1</v>
+      </c>
+      <c r="G88" s="102" cm="1">
+        <f t="array" ref="G88">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B85) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B88) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H88" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I88" s="84"/>
+    </row>
+    <row r="89" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A89" s="110" t="s">
+        <v>163</v>
+      </c>
+      <c r="B89" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="117"/>
+      <c r="D89" s="114">
+        <f>SUM(D90:D92)</f>
+        <v>0</v>
+      </c>
+      <c r="E89" s="117"/>
+      <c r="F89" s="112">
+        <v>2</v>
+      </c>
+      <c r="G89" s="115">
+        <f>SUM(G90:G92)</f>
+        <v>0</v>
+      </c>
+      <c r="H89" s="116" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I89" s="117"/>
+    </row>
+    <row r="90" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A90" s="74" t="s">
+        <v>341</v>
+      </c>
+      <c r="B90" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C90" s="82"/>
+      <c r="D90" s="83" cm="1">
+        <f t="array" ref="D90">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B90) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E90" s="82" t="str" cm="1">
+        <f t="array" ref="E90">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$123:H$132,
-      'Budžeta kopsavilkums'!D$123:D$132 = B89
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B90)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F89" s="111">
-[...31 lines deleted...]
-        <f t="array" ref="E90">IFERROR(
+      <c r="F90" s="97">
+        <v>2</v>
+      </c>
+      <c r="G90" s="100" cm="1">
+        <f t="array" ref="G90">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B90) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H90" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I90" s="84"/>
+    </row>
+    <row r="91" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A91" s="74" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C91" s="82"/>
+      <c r="D91" s="83" cm="1">
+        <f t="array" ref="D91">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B91) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E91" s="82" t="str" cm="1">
+        <f t="array" ref="E91">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$123:H$132,
-      'Budžeta kopsavilkums'!D$123:D$132 = B90
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B91)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F90" s="111">
-[...31 lines deleted...]
-        <f t="array" ref="E91">IFERROR(
+      <c r="F91" s="97">
+        <v>2</v>
+      </c>
+      <c r="G91" s="100" cm="1">
+        <f t="array" ref="G91">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B91) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H91" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I91" s="84"/>
+    </row>
+    <row r="92" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A92" s="74" t="s">
+        <v>343</v>
+      </c>
+      <c r="B92" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C92" s="82"/>
+      <c r="D92" s="83" cm="1">
+        <f t="array" ref="D92">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B92) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E92" s="82" t="str" cm="1">
+        <f t="array" ref="E92">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$123:H$132,
-      'Budžeta kopsavilkums'!D$123:D$132 = B91
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B92)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F91" s="111">
-[...73 lines deleted...]
-      <c r="G94" s="120" cm="1">
+      <c r="F92" s="97">
+        <v>2</v>
+      </c>
+      <c r="G92" s="100" cm="1">
+        <f t="array" ref="G92">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B89) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B92) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H92" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I92" s="84"/>
+    </row>
+    <row r="93" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A93" s="110" t="s">
+        <v>164</v>
+      </c>
+      <c r="B93" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C93" s="117"/>
+      <c r="D93" s="114">
+        <f>SUM(D94:D96)</f>
+        <v>0</v>
+      </c>
+      <c r="E93" s="117"/>
+      <c r="F93" s="112">
+        <v>3</v>
+      </c>
+      <c r="G93" s="115">
+        <f>SUM(G94:G96)</f>
+        <v>0</v>
+      </c>
+      <c r="H93" s="116" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I93" s="117"/>
+    </row>
+    <row r="94" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A94" s="74" t="s">
+        <v>344</v>
+      </c>
+      <c r="B94" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C94" s="82"/>
+      <c r="D94" s="83" cm="1">
+        <f t="array" ref="D94">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B94) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E94" s="82" t="str" cm="1">
+        <f t="array" ref="E94">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B94)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F94" s="97">
+        <v>3</v>
+      </c>
+      <c r="G94" s="100" cm="1">
         <f t="array" ref="G94">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$135:C$154 = B94) *
-[...19 lines deleted...]
-      <c r="D95" s="88" cm="1">
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B94) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H94" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I94" s="84"/>
+    </row>
+    <row r="95" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A95" s="74" t="s">
+        <v>345</v>
+      </c>
+      <c r="B95" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C95" s="82"/>
+      <c r="D95" s="83" cm="1">
         <f t="array" ref="D95">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$134:C$155 = B94) *
-[...5 lines deleted...]
-      <c r="E95" s="87" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B95) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E95" s="82" t="str" cm="1">
         <f t="array" ref="E95">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B95)
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B95)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F95" s="100">
-[...2 lines deleted...]
-      <c r="G95" s="101" cm="1">
+      <c r="F95" s="97">
+        <v>3</v>
+      </c>
+      <c r="G95" s="100" cm="1">
         <f t="array" ref="G95">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$135:C$154 = B94) *
-[...19 lines deleted...]
-      <c r="D96" s="88" cm="1">
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B95) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H95" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I95" s="84"/>
+    </row>
+    <row r="96" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A96" s="74" t="s">
+        <v>346</v>
+      </c>
+      <c r="B96" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C96" s="82"/>
+      <c r="D96" s="83" cm="1">
         <f t="array" ref="D96">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$134:C$155 = B94) *
-[...5 lines deleted...]
-      <c r="E96" s="87" t="str" cm="1">
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B96) *
+  ('Budžeta kopsavilkums'!G$111:G$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E96" s="82" t="str" cm="1">
         <f t="array" ref="E96">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B96)
+      'Budžeta kopsavilkums'!H$111:H$120,
+      ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+      ('Budžeta kopsavilkums'!D$111:D$120 = B96)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F96" s="100">
-[...2 lines deleted...]
-      <c r="G96" s="101" cm="1">
+      <c r="F96" s="97">
+        <v>3</v>
+      </c>
+      <c r="G96" s="100" cm="1">
         <f t="array" ref="G96">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$135:C$154 = B94) *
-[...28 lines deleted...]
-        <f t="array" ref="E97">IFERROR(
+  ('Budžeta kopsavilkums'!C$111:C$120 = B93) *
+  ('Budžeta kopsavilkums'!D$111:D$120 = B96) *
+  ('Budžeta kopsavilkums'!J$111:J$120)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H96" s="93" t="e">
+        <f t="shared" si="9"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I96" s="84"/>
+    </row>
+    <row r="97" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A97" s="86" t="s">
+        <v>172</v>
+      </c>
+      <c r="B97" s="87" t="s">
+        <v>173</v>
+      </c>
+      <c r="C97" s="79"/>
+      <c r="D97" s="79"/>
+      <c r="E97" s="90"/>
+      <c r="F97" s="99"/>
+      <c r="G97" s="103">
+        <f>'Budžeta kopsavilkums'!J121</f>
+        <v>0</v>
+      </c>
+      <c r="H97" s="92" t="e">
+        <f>G97*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I97" s="79"/>
+    </row>
+    <row r="98" spans="1:9" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="74" t="s">
+        <v>175</v>
+      </c>
+      <c r="B98" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C98" s="82"/>
+      <c r="D98" s="89" cm="1">
+        <f t="array" ref="D98">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$122:D$131 = B98) *
+  ('Budžeta kopsavilkums'!G$122:G$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E98" s="88" t="str" cm="1">
+        <f t="array" ref="E98">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B97)
+      'Budžeta kopsavilkums'!H$122:H$131,
+      'Budžeta kopsavilkums'!D$122:D$131 = B98
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F97" s="100">
-[...50 lines deleted...]
-      <c r="D99" s="88" cm="1">
+      <c r="F98" s="104">
+        <v>4</v>
+      </c>
+      <c r="G98" s="105" cm="1">
+        <f t="array" ref="G98">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$122:D$131 = B98) *
+  ('Budžeta kopsavilkums'!J$122:J$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H98" s="93" t="e">
+        <f t="shared" ref="H98:H100" si="10">G98*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I98" s="84"/>
+    </row>
+    <row r="99" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A99" s="74" t="s">
+        <v>177</v>
+      </c>
+      <c r="B99" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C99" s="82"/>
+      <c r="D99" s="89" cm="1">
         <f t="array" ref="D99">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$134:C$155 = B98) *
-[...5 lines deleted...]
-      <c r="E99" s="87" t="str" cm="1">
+  ('Budžeta kopsavilkums'!D$122:D$131 = B99) *
+  ('Budžeta kopsavilkums'!G$122:G$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E99" s="88" t="str" cm="1">
         <f t="array" ref="E99">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B99)
+      'Budžeta kopsavilkums'!H$122:H$131,
+      'Budžeta kopsavilkums'!D$122:D$131 = B99
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F99" s="100">
-[...2 lines deleted...]
-      <c r="G99" s="101" cm="1">
+      <c r="F99" s="104">
+        <v>4</v>
+      </c>
+      <c r="G99" s="105" cm="1">
         <f t="array" ref="G99">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$135:C$154 = B98) *
-[...19 lines deleted...]
-      <c r="D100" s="88" cm="1">
+  ('Budžeta kopsavilkums'!D$122:D$131 = B99) *
+  ('Budžeta kopsavilkums'!J$122:J$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H99" s="93" t="e">
+        <f t="shared" si="10"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I99" s="84"/>
+    </row>
+    <row r="100" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A100" s="74" t="s">
+        <v>178</v>
+      </c>
+      <c r="B100" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C100" s="82"/>
+      <c r="D100" s="89" cm="1">
         <f t="array" ref="D100">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$134:C$155 = B98) *
-[...5 lines deleted...]
-      <c r="E100" s="87" t="str" cm="1">
+  ('Budžeta kopsavilkums'!D$122:D$131 = B100) *
+  ('Budžeta kopsavilkums'!G$122:G$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E100" s="88" t="str" cm="1">
         <f t="array" ref="E100">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B100)
+      'Budžeta kopsavilkums'!H$122:H$131,
+      'Budžeta kopsavilkums'!D$122:D$131 = B100
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F100" s="100">
-[...2 lines deleted...]
-      <c r="G100" s="101" cm="1">
+      <c r="F100" s="106">
+        <v>4</v>
+      </c>
+      <c r="G100" s="107" cm="1">
         <f t="array" ref="G100">SUMPRODUCT(
-  ('Budžeta kopsavilkums'!C$135:C$154 = B98) *
-[...28 lines deleted...]
-        <f t="array" ref="E101">IFERROR(
+  ('Budžeta kopsavilkums'!D$122:D$131 = B100) *
+  ('Budžeta kopsavilkums'!J$122:J$131)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H100" s="93" t="e">
+        <f t="shared" si="10"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I100" s="84"/>
+    </row>
+    <row r="101" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A101" s="70" t="s">
+        <v>347</v>
+      </c>
+      <c r="B101" s="76" t="s">
+        <v>348</v>
+      </c>
+      <c r="C101" s="79"/>
+      <c r="D101" s="78"/>
+      <c r="E101" s="91"/>
+      <c r="F101" s="99"/>
+      <c r="G101" s="95">
+        <f>'Budžeta kopsavilkums'!J132</f>
+        <v>0</v>
+      </c>
+      <c r="H101" s="92" t="e">
+        <f>G101*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I101" s="79"/>
+    </row>
+    <row r="102" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A102" s="70" t="s">
+        <v>349</v>
+      </c>
+      <c r="B102" s="76" t="s">
+        <v>350</v>
+      </c>
+      <c r="C102" s="79"/>
+      <c r="D102" s="78"/>
+      <c r="E102" s="79"/>
+      <c r="F102" s="99"/>
+      <c r="G102" s="101">
+        <f>SUM(G103:G105)</f>
+        <v>0</v>
+      </c>
+      <c r="H102" s="93" t="e">
+        <f t="shared" ref="H102:H119" si="11">G102*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I102" s="79"/>
+    </row>
+    <row r="103" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A103" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="B103" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C103" s="84"/>
+      <c r="D103" s="85" cm="1">
+        <f t="array" ref="D103">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B103) *
+  ('Budžeta kopsavilkums'!G$133:G$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E103" s="84" t="str" cm="1">
+        <f t="array" ref="E103">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B101)
+      'Budžeta kopsavilkums'!H$133:H$142,
+      'Budžeta kopsavilkums'!D$133:D$142 = B103
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F101" s="100">
-[...59 lines deleted...]
-        <f t="array" ref="E103">IFERROR(
+      <c r="F103" s="108">
+        <v>5</v>
+      </c>
+      <c r="G103" s="98" cm="1">
+        <f t="array" ref="G103">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B103) *
+  ('Budžeta kopsavilkums'!J$133:J$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H103" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I103" s="84"/>
+    </row>
+    <row r="104" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="119" t="s">
+        <v>352</v>
+      </c>
+      <c r="B104" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C104" s="84"/>
+      <c r="D104" s="85" cm="1">
+        <f t="array" ref="D104">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B104) *
+  ('Budžeta kopsavilkums'!G$133:G$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E104" s="84" t="str" cm="1">
+        <f t="array" ref="E104">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B103)
+      'Budžeta kopsavilkums'!H$133:H$142,
+      'Budžeta kopsavilkums'!D$133:D$142 = B104
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F103" s="100">
-[...33 lines deleted...]
-        <f t="array" ref="E104">IFERROR(
+      <c r="F104" s="108">
+        <v>5</v>
+      </c>
+      <c r="G104" s="98" cm="1">
+        <f t="array" ref="G104">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B104) *
+  ('Budžeta kopsavilkums'!J$133:J$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H104" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I104" s="84"/>
+    </row>
+    <row r="105" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A105" s="119" t="s">
+        <v>353</v>
+      </c>
+      <c r="B105" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C105" s="84"/>
+      <c r="D105" s="85" cm="1">
+        <f t="array" ref="D105">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B105) *
+  ('Budžeta kopsavilkums'!G$133:G$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E105" s="84" t="str" cm="1">
+        <f t="array" ref="E105">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B104)
+      'Budžeta kopsavilkums'!H$133:H$142,
+      'Budžeta kopsavilkums'!D$133:D$142 = B105
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F104" s="100">
-[...33 lines deleted...]
-        <f t="array" ref="E105">IFERROR(
+      <c r="F105" s="108">
+        <v>5</v>
+      </c>
+      <c r="G105" s="98" cm="1">
+        <f t="array" ref="G105">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$133:D$142 = B105) *
+  ('Budžeta kopsavilkums'!J$133:J$142)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H105" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I105" s="84"/>
+    </row>
+    <row r="106" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A106" s="70" t="s">
+        <v>354</v>
+      </c>
+      <c r="B106" s="76" t="s">
+        <v>355</v>
+      </c>
+      <c r="C106" s="79"/>
+      <c r="D106" s="78"/>
+      <c r="E106" s="79"/>
+      <c r="F106" s="99"/>
+      <c r="G106" s="95">
+        <f>'Budžeta kopsavilkums'!J143</f>
+        <v>0</v>
+      </c>
+      <c r="H106" s="92" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I106" s="79"/>
+    </row>
+    <row r="107" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A107" s="130" t="s">
+        <v>356</v>
+      </c>
+      <c r="B107" s="76" t="s">
+        <v>357</v>
+      </c>
+      <c r="C107" s="79"/>
+      <c r="D107" s="78"/>
+      <c r="E107" s="79"/>
+      <c r="F107" s="99"/>
+      <c r="G107" s="96">
+        <f>G108+G112+G116</f>
+        <v>0</v>
+      </c>
+      <c r="H107" s="92" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I107" s="79"/>
+    </row>
+    <row r="108" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="110" t="s">
+        <v>205</v>
+      </c>
+      <c r="B108" s="110" t="s">
+        <v>25</v>
+      </c>
+      <c r="C108" s="117"/>
+      <c r="D108" s="114">
+        <f>SUM(D109:D111)</f>
+        <v>0</v>
+      </c>
+      <c r="E108" s="117"/>
+      <c r="F108" s="112">
+        <v>1</v>
+      </c>
+      <c r="G108" s="115">
+        <f>SUM(G109:G111)</f>
+        <v>0</v>
+      </c>
+      <c r="H108" s="116" t="e">
+        <f>G108*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I108" s="117"/>
+    </row>
+    <row r="109" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A109" s="74" t="s">
+        <v>358</v>
+      </c>
+      <c r="B109" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C109" s="84"/>
+      <c r="D109" s="85" cm="1">
+        <f t="array" ref="D109">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B109) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E109" s="84" t="str" cm="1">
+        <f t="array" ref="E109">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$135:H$154,
-[...1 lines deleted...]
-      ('Budžeta kopsavilkums'!D$135:D$154 = B105)
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B109)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F105" s="100">
-[...53 lines deleted...]
-        <f t="array" ref="E107">IFERROR(
+      <c r="F109" s="97">
+        <v>1</v>
+      </c>
+      <c r="G109" s="98" cm="1">
+        <f t="array" ref="G109">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B109) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H109" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I109" s="84"/>
+    </row>
+    <row r="110" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A110" s="74" t="s">
+        <v>359</v>
+      </c>
+      <c r="B110" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C110" s="84"/>
+      <c r="D110" s="85" cm="1">
+        <f t="array" ref="D110">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B110) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E110" s="84" t="str" cm="1">
+        <f t="array" ref="E110">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$156:H$165,
-      'Budžeta kopsavilkums'!D$156:D$165 = B107
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B110)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F107" s="111">
-[...31 lines deleted...]
-        <f t="array" ref="E108">IFERROR(
+      <c r="F110" s="97">
+        <v>1</v>
+      </c>
+      <c r="G110" s="98" cm="1">
+        <f t="array" ref="G110">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B110) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H110" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I110" s="84"/>
+    </row>
+    <row r="111" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A111" s="74" t="s">
+        <v>360</v>
+      </c>
+      <c r="B111" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C111" s="84"/>
+      <c r="D111" s="85" cm="1">
+        <f t="array" ref="D111">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B111) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E111" s="84" t="str" cm="1">
+        <f t="array" ref="E111">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$156:H$165,
-      'Budžeta kopsavilkums'!D$156:D$165 = B108
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B111)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F108" s="111">
-[...31 lines deleted...]
-        <f t="array" ref="E109">IFERROR(
+      <c r="F111" s="97">
+        <v>1</v>
+      </c>
+      <c r="G111" s="98" cm="1">
+        <f t="array" ref="G111">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B108) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B111) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H111" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I111" s="84"/>
+    </row>
+    <row r="112" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A112" s="110" t="s">
+        <v>206</v>
+      </c>
+      <c r="B112" s="110" t="s">
+        <v>33</v>
+      </c>
+      <c r="C112" s="117"/>
+      <c r="D112" s="114">
+        <f>SUM(D113:D115)</f>
+        <v>0</v>
+      </c>
+      <c r="E112" s="117"/>
+      <c r="F112" s="112">
+        <v>2</v>
+      </c>
+      <c r="G112" s="115">
+        <f>SUM(G113:G115)</f>
+        <v>0</v>
+      </c>
+      <c r="H112" s="116" t="e">
+        <f>G112*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I112" s="117"/>
+    </row>
+    <row r="113" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A113" s="74" t="s">
+        <v>361</v>
+      </c>
+      <c r="B113" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113" s="84"/>
+      <c r="D113" s="85" cm="1">
+        <f t="array" ref="D113">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B113) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E113" s="84" t="str" cm="1">
+        <f t="array" ref="E113">IFERROR(
   _xlfn.TEXTJOIN(", ", TRUE,
     _xlfn._xlws.FILTER(
-      'Budžeta kopsavilkums'!H$156:H$165,
-      'Budžeta kopsavilkums'!D$156:D$165 = B109
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B113)
     )
   ),
   "nav atrasts"
 )</f>
         <v>nav atrasts</v>
       </c>
-      <c r="F109" s="111">
+      <c r="F113" s="97">
+        <v>2</v>
+      </c>
+      <c r="G113" s="98" cm="1">
+        <f t="array" ref="G113">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B113) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H113" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I113" s="84"/>
+    </row>
+    <row r="114" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A114" s="74" t="s">
+        <v>362</v>
+      </c>
+      <c r="B114" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C114" s="84"/>
+      <c r="D114" s="85" cm="1">
+        <f t="array" ref="D114">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B114) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E114" s="84" t="str" cm="1">
+        <f t="array" ref="E114">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B114)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F114" s="97">
+        <v>2</v>
+      </c>
+      <c r="G114" s="98" cm="1">
+        <f t="array" ref="G114">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B114) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H114" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I114" s="84"/>
+    </row>
+    <row r="115" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A115" s="74" t="s">
+        <v>363</v>
+      </c>
+      <c r="B115" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C115" s="84"/>
+      <c r="D115" s="85" cm="1">
+        <f t="array" ref="D115">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B115) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E115" s="84" t="str" cm="1">
+        <f t="array" ref="E115">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B115)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F115" s="97">
+        <v>2</v>
+      </c>
+      <c r="G115" s="98" cm="1">
+        <f t="array" ref="G115">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B112) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B115) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H115" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I115" s="84"/>
+    </row>
+    <row r="116" spans="1:9" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="110" t="s">
+        <v>207</v>
+      </c>
+      <c r="B116" s="110" t="s">
+        <v>244</v>
+      </c>
+      <c r="C116" s="117"/>
+      <c r="D116" s="114">
+        <f>SUM(D117:D119)</f>
+        <v>0</v>
+      </c>
+      <c r="E116" s="117"/>
+      <c r="F116" s="112">
+        <v>3</v>
+      </c>
+      <c r="G116" s="115">
+        <f>SUM(G117:G119)</f>
+        <v>0</v>
+      </c>
+      <c r="H116" s="116" t="e">
+        <f>G116*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I116" s="117"/>
+    </row>
+    <row r="117" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A117" s="74" t="s">
+        <v>364</v>
+      </c>
+      <c r="B117" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C117" s="84"/>
+      <c r="D117" s="85" cm="1">
+        <f t="array" ref="D117">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B117) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E117" s="84" t="str" cm="1">
+        <f t="array" ref="E117">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B117)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F117" s="97">
+        <v>3</v>
+      </c>
+      <c r="G117" s="98" cm="1">
+        <f t="array" ref="G117">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B117) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H117" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I117" s="84"/>
+    </row>
+    <row r="118" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A118" s="74" t="s">
+        <v>365</v>
+      </c>
+      <c r="B118" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C118" s="84"/>
+      <c r="D118" s="85" cm="1">
+        <f t="array" ref="D118">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B118) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E118" s="84" t="str" cm="1">
+        <f t="array" ref="E118">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B118)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F118" s="97">
+        <v>3</v>
+      </c>
+      <c r="G118" s="98" cm="1">
+        <f t="array" ref="G118">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B118) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H118" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I118" s="84"/>
+    </row>
+    <row r="119" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A119" s="74" t="s">
+        <v>366</v>
+      </c>
+      <c r="B119" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C119" s="84"/>
+      <c r="D119" s="85" cm="1">
+        <f t="array" ref="D119">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B119) *
+  ('Budžeta kopsavilkums'!G$145:G$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E119" s="84" t="str" cm="1">
+        <f t="array" ref="E119">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$145:H$164,
+      ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+      ('Budžeta kopsavilkums'!D$145:D$164 = B119)
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F119" s="97">
+        <v>3</v>
+      </c>
+      <c r="G119" s="98" cm="1">
+        <f t="array" ref="G119">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!C$145:C$164 = B116) *
+  ('Budžeta kopsavilkums'!D$145:D$164 = B119) *
+  ('Budžeta kopsavilkums'!J$145:J$164)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H119" s="93" t="e">
+        <f t="shared" si="11"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I119" s="84"/>
+    </row>
+    <row r="120" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A120" s="70" t="s">
+        <v>367</v>
+      </c>
+      <c r="B120" s="76" t="s">
+        <v>226</v>
+      </c>
+      <c r="C120" s="79"/>
+      <c r="D120" s="78"/>
+      <c r="E120" s="79"/>
+      <c r="F120" s="99"/>
+      <c r="G120" s="96">
+        <f>'Budžeta kopsavilkums'!J165</f>
+        <v>0</v>
+      </c>
+      <c r="H120" s="92" t="e">
+        <f>G120*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I120" s="79"/>
+    </row>
+    <row r="121" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A121" s="74" t="s">
+        <v>228</v>
+      </c>
+      <c r="B121" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C121" s="84"/>
+      <c r="D121" s="85" cm="1">
+        <f t="array" ref="D121">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B121) *
+  ('Budžeta kopsavilkums'!G$166:G$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E121" s="84" t="str" cm="1">
+        <f t="array" ref="E121">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$166:H$175,
+      'Budžeta kopsavilkums'!D$166:D$175 = B121
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F121" s="108">
         <v>6</v>
       </c>
-      <c r="G109" s="101" cm="1">
-[...30 lines deleted...]
-        <f>I92+I87+I69+I29+I16+I2</f>
+      <c r="G121" s="98" cm="1">
+        <f t="array" ref="G121">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B121) *
+  ('Budžeta kopsavilkums'!J$166:J$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H121" s="93" t="e">
+        <f t="shared" ref="H121:H123" si="12">G121*100/$G$124</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I121" s="84"/>
+    </row>
+    <row r="122" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A122" s="74" t="s">
+        <v>229</v>
+      </c>
+      <c r="B122" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="C122" s="84"/>
+      <c r="D122" s="85" cm="1">
+        <f t="array" ref="D122">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B122) *
+  ('Budžeta kopsavilkums'!G$166:G$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E122" s="84" t="str" cm="1">
+        <f t="array" ref="E122">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$166:H$175,
+      'Budžeta kopsavilkums'!D$166:D$175 = B122
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F122" s="108">
+        <v>6</v>
+      </c>
+      <c r="G122" s="98" cm="1">
+        <f t="array" ref="G122">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B122) *
+  ('Budžeta kopsavilkums'!J$166:J$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H122" s="93" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I122" s="84"/>
+    </row>
+    <row r="123" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A123" s="74" t="s">
+        <v>230</v>
+      </c>
+      <c r="B123" s="75" t="s">
+        <v>36</v>
+      </c>
+      <c r="C123" s="84"/>
+      <c r="D123" s="85" cm="1">
+        <f t="array" ref="D123">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B123) *
+  ('Budžeta kopsavilkums'!G$166:G$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="E123" s="84" t="str" cm="1">
+        <f t="array" ref="E123">IFERROR(
+  _xlfn.TEXTJOIN(", ", TRUE,
+    _xlfn._xlws.FILTER(
+      'Budžeta kopsavilkums'!H$166:H$175,
+      'Budžeta kopsavilkums'!D$166:D$175 = B123
+    )
+  ),
+  "nav atrasts"
+)</f>
+        <v>nav atrasts</v>
+      </c>
+      <c r="F123" s="108">
+        <v>6</v>
+      </c>
+      <c r="G123" s="98" cm="1">
+        <f t="array" ref="G123">SUMPRODUCT(
+  ('Budžeta kopsavilkums'!D$166:D$175 = B123) *
+  ('Budžeta kopsavilkums'!J$166:J$175)
+)</f>
+        <v>0</v>
+      </c>
+      <c r="H123" s="93" t="e">
+        <f t="shared" si="12"/>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I123" s="84"/>
+    </row>
+    <row r="124" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A124" s="212" t="s">
+        <v>368</v>
+      </c>
+      <c r="B124" s="213"/>
+      <c r="C124" s="213"/>
+      <c r="D124" s="213"/>
+      <c r="E124" s="213"/>
+      <c r="F124" s="214"/>
+      <c r="G124" s="95">
+        <f>G106+G101+G83+G43+G16+G2</f>
+        <v>0</v>
+      </c>
+      <c r="H124" s="92" t="e">
+        <f>H106+H101+H83+H43+H16+H2</f>
+        <v>#DIV/0!</v>
+      </c>
+      <c r="I124" s="80">
+        <f>I106+I101+I83+I43+I16+I2</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7xx7nioEq48M7AFELx75e+ox+u3rniM3CsxQVXcx2I5hze9YD7goSBz9BrtLB7Arx3XjMngqptfd0wi7bLw8Eg==" saltValue="xKtAkPkbjJshZRIoI/o/mg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="k03Yl+HwLnxrThZr5rd1dsNVTBygagMfVsN8wKLwbZA+yHi++DzpSBl1SssorJqgSReH2EkCHvxiNln4wqggBA==" saltValue="CC5O15Mryd3oguAcSX1c3g==" spinCount="100000" sheet="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="1">
-    <mergeCell ref="A110:F110"/>
+    <mergeCell ref="A124:F124"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B5EB2C72-1AE6-407A-A234-43BA69BD831A}">
   <sheetPr>
     <tabColor rgb="FFCCE2DF"/>
   </sheetPr>
   <dimension ref="A1:H47"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="H54" sqref="H54"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K7" sqref="K7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.6328125" style="22"/>
-[...5 lines deleted...]
-    <col min="8" max="16384" width="8.6328125" style="22"/>
+    <col min="1" max="1" width="8.6640625" style="22"/>
+    <col min="2" max="2" width="16.6640625" style="22" customWidth="1"/>
+    <col min="3" max="3" width="12.33203125" style="22" customWidth="1"/>
+    <col min="4" max="4" width="44.6640625" style="22" customWidth="1"/>
+    <col min="5" max="6" width="17.6640625" style="22" customWidth="1"/>
+    <col min="7" max="7" width="27.44140625" style="22" customWidth="1"/>
+    <col min="8" max="16384" width="8.6640625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
-[...38 lines deleted...]
-        <v>280</v>
+    <row r="1" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="215" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="215"/>
+      <c r="C1" s="215"/>
+      <c r="D1" s="215"/>
+      <c r="E1" s="215"/>
+      <c r="F1" s="215"/>
+      <c r="G1" s="215"/>
+    </row>
+    <row r="2" spans="1:7" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="199" t="s">
+        <v>369</v>
+      </c>
+      <c r="B2" s="199"/>
+      <c r="C2" s="199"/>
+      <c r="D2" s="199"/>
+      <c r="E2" s="199"/>
+      <c r="F2" s="199"/>
+      <c r="G2" s="199"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A3" s="228"/>
+      <c r="B3" s="228"/>
+      <c r="C3" s="228"/>
+      <c r="D3" s="228"/>
+      <c r="E3" s="228"/>
+      <c r="F3" s="228"/>
+    </row>
+    <row r="4" spans="1:7" ht="44.4" x14ac:dyDescent="0.3">
+      <c r="A4" s="229" t="s">
+        <v>370</v>
+      </c>
+      <c r="B4" s="230" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" s="230"/>
+      <c r="D4" s="230" t="s">
+        <v>371</v>
       </c>
       <c r="E4" s="23" t="s">
-        <v>281</v>
+        <v>372</v>
       </c>
       <c r="F4" s="23" t="s">
-        <v>282</v>
+        <v>373</v>
       </c>
       <c r="G4" s="24" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="A5" s="256"/>
+        <v>374</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A5" s="229"/>
       <c r="B5" s="23" t="s">
+        <v>375</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>376</v>
+      </c>
+      <c r="D5" s="230"/>
+      <c r="E5" s="25" t="s">
+        <v>377</v>
+      </c>
+      <c r="F5" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="G5" s="240" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="26" t="s">
+        <v>380</v>
+      </c>
+      <c r="B6" s="219" t="s">
+        <v>381</v>
+      </c>
+      <c r="C6" s="222"/>
+      <c r="D6" s="25" t="s">
+        <v>382</v>
+      </c>
+      <c r="E6" s="27">
+        <f>'Budžeta kopsavilkums'!C182</f>
+        <v>0</v>
+      </c>
+      <c r="F6" s="166"/>
+      <c r="G6" s="241"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A7" s="26" t="s">
+        <v>258</v>
+      </c>
+      <c r="B7" s="220"/>
+      <c r="C7" s="222"/>
+      <c r="D7" s="25" t="s">
+        <v>383</v>
+      </c>
+      <c r="E7" s="28">
+        <f>'Budžeta kopsavilkums'!C183</f>
+        <v>0</v>
+      </c>
+      <c r="F7" s="166"/>
+      <c r="G7" s="241"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="26" t="s">
         <v>283</v>
       </c>
-      <c r="C5" s="23" t="s">
-[...52 lines deleted...]
-      <c r="C8" s="249"/>
+      <c r="B8" s="220"/>
+      <c r="C8" s="222"/>
       <c r="D8" s="25" t="s">
-        <v>292</v>
+        <v>384</v>
       </c>
       <c r="E8" s="27">
-        <f>'Budžeta kopsavilkums'!C174</f>
-[...5 lines deleted...]
-    <row r="9" spans="1:7" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!C184</f>
+        <v>0</v>
+      </c>
+      <c r="F8" s="166"/>
+      <c r="G8" s="241"/>
+    </row>
+    <row r="9" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="26" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-      <c r="C9" s="249"/>
+        <v>385</v>
+      </c>
+      <c r="B9" s="220"/>
+      <c r="C9" s="222"/>
       <c r="D9" s="25" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="E9" s="27">
-        <f>'Budžeta kopsavilkums'!C175</f>
-[...2 lines deleted...]
-      <c r="F9" s="53">
+        <f>'Budžeta kopsavilkums'!C185</f>
+        <v>0</v>
+      </c>
+      <c r="F9" s="27">
         <v>50</v>
       </c>
-      <c r="G9" s="216"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:7" ht="13.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G9" s="241"/>
+    </row>
+    <row r="10" spans="1:7" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="26" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-      <c r="C10" s="249"/>
+        <v>386</v>
+      </c>
+      <c r="B10" s="220"/>
+      <c r="C10" s="222"/>
       <c r="D10" s="25" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="E10" s="27">
-        <f>'Budžeta kopsavilkums'!C176</f>
-[...2 lines deleted...]
-      <c r="F10" s="53">
+        <f>'Budžeta kopsavilkums'!C186</f>
+        <v>0</v>
+      </c>
+      <c r="F10" s="27">
         <v>85</v>
       </c>
-      <c r="G10" s="216"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:7" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G10" s="241"/>
+    </row>
+    <row r="11" spans="1:7" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="26" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="C11" s="249"/>
+        <v>302</v>
+      </c>
+      <c r="B11" s="221"/>
+      <c r="C11" s="222"/>
       <c r="D11" s="25" t="s">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="E11" s="27">
-        <f>'Budžeta kopsavilkums'!C177</f>
-[...2 lines deleted...]
-      <c r="F11" s="53">
+        <f>'Budžeta kopsavilkums'!C187</f>
+        <v>0</v>
+      </c>
+      <c r="F11" s="27">
         <v>85</v>
       </c>
-      <c r="G11" s="216"/>
-[...7 lines deleted...]
-      <c r="D12" s="252"/>
+      <c r="G11" s="241"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="223" t="s">
+        <v>387</v>
+      </c>
+      <c r="B12" s="224"/>
+      <c r="C12" s="224"/>
+      <c r="D12" s="225"/>
       <c r="E12" s="36">
         <f>SUM(E6:E11)</f>
         <v>0</v>
       </c>
-      <c r="F12" s="54">
+      <c r="F12" s="36">
         <f>IF(E12&gt;0,SUMPRODUCT(E6:E11,F6:F11)/SUM(E6:E11),0)</f>
         <v>0</v>
       </c>
-      <c r="G12" s="216"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:7" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G12" s="241"/>
+    </row>
+    <row r="13" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="26" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="C13" s="249"/>
+        <v>380</v>
+      </c>
+      <c r="B13" s="222" t="s">
+        <v>388</v>
+      </c>
+      <c r="C13" s="222"/>
       <c r="D13" s="25" t="s">
-        <v>290</v>
+        <v>382</v>
       </c>
       <c r="E13" s="27">
-        <f>'Budžeta kopsavilkums'!D172</f>
-[...5 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!D182</f>
+        <v>0</v>
+      </c>
+      <c r="F13" s="167"/>
+      <c r="G13" s="241"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="26" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="C14" s="249"/>
+        <v>258</v>
+      </c>
+      <c r="B14" s="222"/>
+      <c r="C14" s="222"/>
       <c r="D14" s="25" t="s">
-        <v>291</v>
+        <v>383</v>
       </c>
       <c r="E14" s="27">
-        <f>'Budžeta kopsavilkums'!D173</f>
-[...5 lines deleted...]
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!D183</f>
+        <v>0</v>
+      </c>
+      <c r="F14" s="167"/>
+      <c r="G14" s="241"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="26" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-      <c r="C15" s="249"/>
+        <v>283</v>
+      </c>
+      <c r="B15" s="222"/>
+      <c r="C15" s="222"/>
       <c r="D15" s="25" t="s">
-        <v>292</v>
+        <v>384</v>
       </c>
       <c r="E15" s="27">
-        <f>'Budžeta kopsavilkums'!D174</f>
-[...5 lines deleted...]
-    <row r="16" spans="1:7" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!D184</f>
+        <v>0</v>
+      </c>
+      <c r="F15" s="167"/>
+      <c r="G15" s="241"/>
+    </row>
+    <row r="16" spans="1:7" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="26" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-      <c r="C16" s="249"/>
+        <v>385</v>
+      </c>
+      <c r="B16" s="222"/>
+      <c r="C16" s="222"/>
       <c r="D16" s="25" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="E16" s="27">
-        <f>'Budžeta kopsavilkums'!D175</f>
-[...2 lines deleted...]
-      <c r="F16" s="53">
+        <f>'Budžeta kopsavilkums'!D185</f>
+        <v>0</v>
+      </c>
+      <c r="F16" s="27">
         <v>50</v>
       </c>
-      <c r="G16" s="216"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:8" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G16" s="241"/>
+    </row>
+    <row r="17" spans="1:8" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="26" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-      <c r="C17" s="249"/>
+        <v>386</v>
+      </c>
+      <c r="B17" s="222"/>
+      <c r="C17" s="222"/>
       <c r="D17" s="25" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="E17" s="27">
-        <f>'Budžeta kopsavilkums'!D176</f>
-[...2 lines deleted...]
-      <c r="F17" s="53">
+        <f>'Budžeta kopsavilkums'!D186</f>
+        <v>0</v>
+      </c>
+      <c r="F17" s="27">
         <v>85</v>
       </c>
-      <c r="G17" s="216"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:8" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G17" s="241"/>
+    </row>
+    <row r="18" spans="1:8" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="26" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="C18" s="249"/>
+        <v>302</v>
+      </c>
+      <c r="B18" s="222"/>
+      <c r="C18" s="222"/>
       <c r="D18" s="25" t="s">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="E18" s="27">
-        <f>'Budžeta kopsavilkums'!D177</f>
-[...2 lines deleted...]
-      <c r="F18" s="53">
+        <f>'Budžeta kopsavilkums'!D187</f>
+        <v>0</v>
+      </c>
+      <c r="F18" s="27">
         <v>85</v>
       </c>
-      <c r="G18" s="216"/>
-[...7 lines deleted...]
-      <c r="D19" s="252"/>
+      <c r="G18" s="241"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="223" t="s">
+        <v>389</v>
+      </c>
+      <c r="B19" s="224"/>
+      <c r="C19" s="224"/>
+      <c r="D19" s="225"/>
       <c r="E19" s="36">
         <f>SUM(E13:E18)</f>
         <v>0</v>
       </c>
-      <c r="F19" s="54">
+      <c r="F19" s="36">
         <f>IF(E19&gt;0,SUMPRODUCT(E13:E18,F13:F18)/SUM(E13:E18),0)</f>
         <v>0</v>
       </c>
-      <c r="G19" s="216"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G19" s="241"/>
+    </row>
+    <row r="20" spans="1:8" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="26" t="s">
-        <v>288</v>
-[...4 lines deleted...]
-      <c r="C20" s="254"/>
+        <v>380</v>
+      </c>
+      <c r="B20" s="226" t="s">
+        <v>390</v>
+      </c>
+      <c r="C20" s="227"/>
       <c r="D20" s="25" t="s">
-        <v>290</v>
+        <v>382</v>
       </c>
       <c r="E20" s="29">
-        <f>'Budžeta kopsavilkums'!E172</f>
-[...5 lines deleted...]
-    <row r="21" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!E182</f>
+        <v>0</v>
+      </c>
+      <c r="F20" s="166"/>
+      <c r="G20" s="241"/>
+    </row>
+    <row r="21" spans="1:8" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="26" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="C21" s="254"/>
+        <v>258</v>
+      </c>
+      <c r="B21" s="226"/>
+      <c r="C21" s="227"/>
       <c r="D21" s="25" t="s">
-        <v>291</v>
+        <v>383</v>
       </c>
       <c r="E21" s="30">
-        <f>'Budžeta kopsavilkums'!E173</f>
-[...5 lines deleted...]
-    <row r="22" spans="1:8" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!E183</f>
+        <v>0</v>
+      </c>
+      <c r="F21" s="166"/>
+      <c r="G21" s="241"/>
+    </row>
+    <row r="22" spans="1:8" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="26" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-      <c r="C22" s="254"/>
+        <v>283</v>
+      </c>
+      <c r="B22" s="226"/>
+      <c r="C22" s="227"/>
       <c r="D22" s="25" t="s">
-        <v>292</v>
+        <v>384</v>
       </c>
       <c r="E22" s="30">
-        <f>'Budžeta kopsavilkums'!E174</f>
-[...5 lines deleted...]
-    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <f>'Budžeta kopsavilkums'!E184</f>
+        <v>0</v>
+      </c>
+      <c r="F22" s="166"/>
+      <c r="G22" s="241"/>
+    </row>
+    <row r="23" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="26" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-      <c r="C23" s="254"/>
+        <v>385</v>
+      </c>
+      <c r="B23" s="226"/>
+      <c r="C23" s="227"/>
       <c r="D23" s="25" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
       <c r="E23" s="30">
-        <f>'Budžeta kopsavilkums'!E175</f>
-[...2 lines deleted...]
-      <c r="F23" s="53">
+        <f>'Budžeta kopsavilkums'!E185</f>
+        <v>0</v>
+      </c>
+      <c r="F23" s="27">
         <v>50</v>
       </c>
-      <c r="G23" s="216"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G23" s="241"/>
+    </row>
+    <row r="24" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="26" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-      <c r="C24" s="254"/>
+        <v>386</v>
+      </c>
+      <c r="B24" s="226"/>
+      <c r="C24" s="227"/>
       <c r="D24" s="25" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="E24" s="30">
-        <f>'Budžeta kopsavilkums'!E176</f>
-[...2 lines deleted...]
-      <c r="F24" s="53">
+        <f>'Budžeta kopsavilkums'!E186</f>
+        <v>0</v>
+      </c>
+      <c r="F24" s="27">
         <v>85</v>
       </c>
-      <c r="G24" s="216"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:8" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G24" s="241"/>
+    </row>
+    <row r="25" spans="1:8" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="26" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="C25" s="254"/>
+        <v>302</v>
+      </c>
+      <c r="B25" s="226"/>
+      <c r="C25" s="227"/>
       <c r="D25" s="25" t="s">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="E25" s="30">
-        <f>'Budžeta kopsavilkums'!E177</f>
-[...13 lines deleted...]
-      <c r="D26" s="252"/>
+        <f>'Budžeta kopsavilkums'!E187</f>
+        <v>0</v>
+      </c>
+      <c r="G25" s="241"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="223" t="s">
+        <v>391</v>
+      </c>
+      <c r="B26" s="224"/>
+      <c r="C26" s="224"/>
+      <c r="D26" s="225"/>
       <c r="E26" s="36">
         <f>SUM(E20:E25)</f>
         <v>0</v>
       </c>
-      <c r="F26" s="54">
-[...12 lines deleted...]
-      <c r="E27" s="71">
+      <c r="F26" s="36">
+        <f>IF(E26&gt;0,SUMPRODUCT(E20:E25,F20:F24)/SUM(E20:E25),0)</f>
+        <v>0</v>
+      </c>
+      <c r="G26" s="241"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="216" t="s">
+        <v>392</v>
+      </c>
+      <c r="B27" s="217"/>
+      <c r="C27" s="217"/>
+      <c r="D27" s="218"/>
+      <c r="E27" s="69">
         <f>E12+E19+E26</f>
         <v>0</v>
       </c>
-      <c r="F27" s="72">
+      <c r="F27" s="69">
         <f>IF(E27&gt;0,(SUMPRODUCT(E12,F12)+SUMPRODUCT(E19,F19)+SUMPRODUCT(E26,F26))/E27,0)</f>
         <v>0</v>
       </c>
-      <c r="G27" s="217"/>
-[...32 lines deleted...]
-      <c r="G30" s="236"/>
+      <c r="G27" s="242"/>
+    </row>
+    <row r="28" spans="1:8" ht="32.700000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="248" t="s">
+        <v>393</v>
+      </c>
+      <c r="B28" s="248"/>
+      <c r="C28" s="248"/>
+      <c r="D28" s="248"/>
+      <c r="E28" s="248"/>
+      <c r="F28" s="248"/>
+      <c r="G28" s="248"/>
+    </row>
+    <row r="29" spans="1:8" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="249" t="s">
+        <v>394</v>
+      </c>
+      <c r="B29" s="250"/>
+      <c r="C29" s="250"/>
+      <c r="D29" s="250"/>
+      <c r="E29" s="250"/>
+      <c r="F29" s="250"/>
+      <c r="G29" s="251"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="252" t="s">
+        <v>395</v>
+      </c>
+      <c r="B30" s="253"/>
+      <c r="C30" s="253"/>
+      <c r="D30" s="253"/>
+      <c r="E30" s="253"/>
+      <c r="F30" s="253"/>
+      <c r="G30" s="254"/>
       <c r="H30" s="31"/>
     </row>
-    <row r="31" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G31" s="239"/>
+    <row r="31" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="255" t="s">
+        <v>396</v>
+      </c>
+      <c r="B31" s="256"/>
+      <c r="C31" s="256"/>
+      <c r="D31" s="256"/>
+      <c r="E31" s="256"/>
+      <c r="F31" s="256"/>
+      <c r="G31" s="257"/>
       <c r="H31" s="31"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
-[...41 lines deleted...]
-    <row r="36" spans="1:7" ht="58.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="247"/>
+      <c r="B32" s="247"/>
+      <c r="C32" s="247"/>
+      <c r="D32" s="247"/>
+      <c r="E32" s="247"/>
+      <c r="F32" s="247"/>
+      <c r="G32" s="247"/>
+    </row>
+    <row r="33" spans="1:7" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="246" t="s">
+        <v>397</v>
+      </c>
+      <c r="B33" s="246"/>
+      <c r="C33" s="246"/>
+      <c r="D33" s="246"/>
+      <c r="E33" s="246"/>
+      <c r="F33" s="246"/>
+      <c r="G33" s="246"/>
+    </row>
+    <row r="34" spans="1:7" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="238" t="s">
+        <v>398</v>
+      </c>
+      <c r="B34" s="238"/>
+      <c r="C34" s="238"/>
+      <c r="D34" s="238"/>
+      <c r="E34" s="238"/>
+      <c r="F34" s="238"/>
+      <c r="G34" s="239"/>
+    </row>
+    <row r="35" spans="1:7" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="185" t="s">
+        <v>399</v>
+      </c>
+      <c r="B35" s="185"/>
+      <c r="C35" s="185"/>
+      <c r="D35" s="185"/>
+      <c r="E35" s="185"/>
+      <c r="F35" s="185"/>
+      <c r="G35" s="186"/>
+    </row>
+    <row r="36" spans="1:7" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="33" t="s">
-        <v>288</v>
-[...12 lines deleted...]
-    <row r="37" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>380</v>
+      </c>
+      <c r="B36" s="243" t="s">
+        <v>400</v>
+      </c>
+      <c r="C36" s="244"/>
+      <c r="D36" s="244"/>
+      <c r="E36" s="244"/>
+      <c r="F36" s="245"/>
+      <c r="G36" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="33" t="s">
-        <v>190</v>
-[...12 lines deleted...]
-    <row r="38" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+        <v>258</v>
+      </c>
+      <c r="B37" s="232" t="s">
+        <v>401</v>
+      </c>
+      <c r="C37" s="233"/>
+      <c r="D37" s="233"/>
+      <c r="E37" s="233"/>
+      <c r="F37" s="234"/>
+      <c r="G37" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="33" t="s">
-        <v>203</v>
-[...23 lines deleted...]
-    <row r="40" spans="1:7" ht="55.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>283</v>
+      </c>
+      <c r="B38" s="232" t="s">
+        <v>402</v>
+      </c>
+      <c r="C38" s="233"/>
+      <c r="D38" s="233"/>
+      <c r="E38" s="233"/>
+      <c r="F38" s="234"/>
+      <c r="G38" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="184" t="s">
+        <v>403</v>
+      </c>
+      <c r="B39" s="185"/>
+      <c r="C39" s="185"/>
+      <c r="D39" s="185"/>
+      <c r="E39" s="185"/>
+      <c r="F39" s="185"/>
+      <c r="G39" s="186"/>
+    </row>
+    <row r="40" spans="1:7" ht="55.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="34" t="s">
-        <v>288</v>
-[...12 lines deleted...]
-    <row r="41" spans="1:7" ht="62.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>380</v>
+      </c>
+      <c r="B40" s="231" t="s">
+        <v>404</v>
+      </c>
+      <c r="C40" s="231"/>
+      <c r="D40" s="231"/>
+      <c r="E40" s="231"/>
+      <c r="F40" s="231"/>
+      <c r="G40" s="155" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="62.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="34" t="s">
-        <v>190</v>
-[...12 lines deleted...]
-    <row r="42" spans="1:7" ht="38.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>258</v>
+      </c>
+      <c r="B41" s="235" t="s">
+        <v>405</v>
+      </c>
+      <c r="C41" s="236"/>
+      <c r="D41" s="236"/>
+      <c r="E41" s="236"/>
+      <c r="F41" s="237"/>
+      <c r="G41" s="155" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="38.700000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="34" t="s">
-        <v>203</v>
-[...23 lines deleted...]
-    <row r="44" spans="1:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>283</v>
+      </c>
+      <c r="B42" s="235" t="s">
+        <v>406</v>
+      </c>
+      <c r="C42" s="236"/>
+      <c r="D42" s="236"/>
+      <c r="E42" s="236"/>
+      <c r="F42" s="237"/>
+      <c r="G42" s="155" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="184" t="s">
+        <v>407</v>
+      </c>
+      <c r="B43" s="185"/>
+      <c r="C43" s="185"/>
+      <c r="D43" s="185"/>
+      <c r="E43" s="185"/>
+      <c r="F43" s="185"/>
+      <c r="G43" s="186"/>
+    </row>
+    <row r="44" spans="1:7" ht="62.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="33" t="s">
-        <v>288</v>
-[...12 lines deleted...]
-    <row r="45" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>380</v>
+      </c>
+      <c r="B44" s="231" t="s">
+        <v>404</v>
+      </c>
+      <c r="C44" s="231"/>
+      <c r="D44" s="231"/>
+      <c r="E44" s="231"/>
+      <c r="F44" s="231"/>
+      <c r="G44" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="33" t="s">
-        <v>190</v>
-[...12 lines deleted...]
-    <row r="46" spans="1:7" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
+        <v>258</v>
+      </c>
+      <c r="B45" s="232" t="s">
+        <v>405</v>
+      </c>
+      <c r="C45" s="233"/>
+      <c r="D45" s="233"/>
+      <c r="E45" s="233"/>
+      <c r="F45" s="234"/>
+      <c r="G45" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="33" t="s">
-        <v>203</v>
-[...12 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+        <v>283</v>
+      </c>
+      <c r="B46" s="232" t="s">
+        <v>408</v>
+      </c>
+      <c r="C46" s="233"/>
+      <c r="D46" s="233"/>
+      <c r="E46" s="233"/>
+      <c r="F46" s="234"/>
+      <c r="G46" s="154" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A47" s="35"/>
       <c r="B47" s="35"/>
       <c r="C47" s="35"/>
       <c r="D47" s="35"/>
       <c r="E47" s="35"/>
       <c r="F47" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Glu/EwrWwxOjooLXocQP0VKosVpPYw+m0BIgbgSy3emlp4Y8Gh8x1X1CF1jOR0V69BlqP4pETApNP4Lut1eobw==" saltValue="eMc+iIrf3ON5TrLHddg2+w==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ny11xXlDQ+3P4Eu5C3wfj2cManfxBOvkoM31sUrBRLf5L0T6TnSZYf8RbCLRrMOcDmzHHBfW/wl6LdN0eBG1ow==" saltValue="c7tNkvcTDWZjg8fdMlGQ3w==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <dataConsolidate/>
   <mergeCells count="36">
+    <mergeCell ref="G5:G27"/>
+    <mergeCell ref="A35:G35"/>
+    <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A43:G43"/>
+    <mergeCell ref="B36:F36"/>
+    <mergeCell ref="B37:F37"/>
+    <mergeCell ref="B38:F38"/>
+    <mergeCell ref="B40:F40"/>
+    <mergeCell ref="B41:F41"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="A32:G32"/>
+    <mergeCell ref="A28:G28"/>
+    <mergeCell ref="A29:G29"/>
+    <mergeCell ref="A30:G30"/>
+    <mergeCell ref="A31:G31"/>
+    <mergeCell ref="B44:F44"/>
+    <mergeCell ref="B46:F46"/>
+    <mergeCell ref="B42:F42"/>
+    <mergeCell ref="B45:F45"/>
+    <mergeCell ref="A34:G34"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A27:D27"/>
     <mergeCell ref="B6:B11"/>
     <mergeCell ref="C6:C11"/>
     <mergeCell ref="B13:B18"/>
     <mergeCell ref="C13:C18"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="B20:B25"/>
     <mergeCell ref="C20:C25"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="A26:D26"/>
-    <mergeCell ref="B44:F44"/>
-[...18 lines deleted...]
-    <mergeCell ref="A31:G31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2C9BD4E3-6712-43B6-987C-BBABB76A7AC8}">
           <x14:formula1>
             <xm:f>Dati!A2:A5</xm:f>
           </x14:formula1>
           <xm:sqref>C13:C18</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A355B34E-EE65-40A7-931B-89F16ABB3CC1}">
           <x14:formula1>
             <xm:f>Dati!A2:A5</xm:f>
           </x14:formula1>
           <xm:sqref>C6:C11</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D6798E19-21B3-4154-807F-BBDEB3227012}">
           <x14:formula1>
             <xm:f>Dati!A2:A5</xm:f>
           </x14:formula1>
           <xm:sqref>C20:C25</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{68DD440E-BAAA-4585-A1F6-337C14CDF6A1}">
   <sheetPr>
     <tabColor theme="5" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="35.36328125" customWidth="1"/>
-    <col min="2" max="3" width="17.6328125" customWidth="1"/>
+    <col min="1" max="1" width="35.33203125" customWidth="1"/>
+    <col min="2" max="3" width="17.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="28.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="258" t="s">
-        <v>317</v>
+        <v>409</v>
       </c>
       <c r="B1" s="258"/>
       <c r="C1" s="258"/>
     </row>
-    <row r="2" spans="1:3" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="12" t="s">
-        <v>300</v>
+        <v>392</v>
       </c>
       <c r="B2" s="13" t="s">
-        <v>318</v>
+        <v>410</v>
       </c>
       <c r="C2" s="13" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:3" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>319</v>
+        <v>411</v>
       </c>
       <c r="B3" s="14">
         <f>B5*85%</f>
         <v>0</v>
       </c>
       <c r="C3" s="15" t="e">
         <f>B3/B7</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="B4" s="14">
         <f>B5*15%</f>
         <v>0</v>
       </c>
       <c r="C4" s="15" t="e">
         <f>B4/B7</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="B5" s="16">
         <f>ROUND('Intensitātes aprēķins'!E27*'Intensitātes aprēķins'!F27/100,2)</f>
         <v>0</v>
       </c>
       <c r="C5" s="17" t="e">
         <f>B5/B7</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>322</v>
+        <v>414</v>
       </c>
       <c r="B6" s="14">
         <f>B7-B5</f>
         <v>0</v>
       </c>
       <c r="C6" s="15" t="e">
         <f>B6/B7</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
-        <v>323</v>
+        <v>415</v>
       </c>
       <c r="B7" s="16">
         <f>'Intensitātes aprēķins'!E27</f>
         <v>0</v>
       </c>
       <c r="C7" s="17" t="e">
         <f>B7/B7</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A8" s="3"/>
       <c r="B8" s="4"/>
       <c r="C8" s="5"/>
     </row>
-    <row r="9" spans="1:3" ht="27.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:3" ht="27.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="12" t="s">
-        <v>295</v>
+        <v>387</v>
       </c>
       <c r="B9" s="13" t="s">
-        <v>318</v>
+        <v>410</v>
       </c>
       <c r="C9" s="13" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>319</v>
+        <v>411</v>
       </c>
       <c r="B10" s="6">
         <f>B12*85%</f>
         <v>0</v>
       </c>
       <c r="C10" s="7" t="e">
         <f>B10/B14</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="B11" s="6">
         <f>B12*15%</f>
         <v>0</v>
       </c>
       <c r="C11" s="7" t="e">
         <f>B11/B14</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:3" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="B12" s="8">
         <f>ROUND('Intensitātes aprēķins'!E12*'Intensitātes aprēķins'!F12/100,2)</f>
         <v>0</v>
       </c>
       <c r="C12" s="9" t="e">
         <f>B12/B14</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="13" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:3" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>322</v>
+        <v>414</v>
       </c>
       <c r="B13" s="10">
         <f>B14-B12</f>
         <v>0</v>
       </c>
       <c r="C13" s="7" t="e">
         <f>B13/B14</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="14" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>323</v>
+        <v>415</v>
       </c>
       <c r="B14" s="8">
         <f>'Intensitātes aprēķins'!E12</f>
         <v>0</v>
       </c>
       <c r="C14" s="9" t="e">
         <f>B14/B14</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A15" s="3"/>
       <c r="B15" s="4"/>
       <c r="C15" s="5"/>
     </row>
-    <row r="16" spans="1:3" ht="31.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:3" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="12" t="s">
-        <v>297</v>
+        <v>389</v>
       </c>
       <c r="B16" s="13" t="s">
-        <v>318</v>
+        <v>410</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" ht="14.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="14.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
-        <v>319</v>
+        <v>411</v>
       </c>
       <c r="B17" s="6">
         <f>B19*85%</f>
         <v>0</v>
       </c>
       <c r="C17" s="7" t="e">
         <f>B17/B21</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="B18" s="6">
         <f>B19*15%</f>
         <v>0</v>
       </c>
       <c r="C18" s="7" t="e">
         <f>B18/B21</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="B19" s="8">
         <f>ROUND('Intensitātes aprēķins'!E19*'Intensitātes aprēķins'!F19/100,2)</f>
         <v>0</v>
       </c>
       <c r="C19" s="9" t="e">
         <f>B19/B21</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="20" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
-        <v>322</v>
+        <v>414</v>
       </c>
       <c r="B20" s="6">
         <f>B21-B19</f>
         <v>0</v>
       </c>
       <c r="C20" s="7" t="e">
         <f>B20/B21</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="21" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>323</v>
+        <v>415</v>
       </c>
       <c r="B21" s="8">
         <f>'Intensitātes aprēķins'!E19</f>
         <v>0</v>
       </c>
       <c r="C21" s="9" t="e">
         <f>B21/B21</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="5"/>
     </row>
-    <row r="23" spans="1:3" ht="26.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:3" ht="26.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="12" t="s">
-        <v>299</v>
+        <v>391</v>
       </c>
       <c r="B23" s="13" t="s">
-        <v>318</v>
+        <v>410</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>319</v>
+        <v>411</v>
       </c>
       <c r="B24" s="18">
         <f>B26*85%</f>
         <v>0</v>
       </c>
       <c r="C24" s="19" t="e">
         <f>B24/B28</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="25" spans="1:3" ht="16.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:3" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>320</v>
+        <v>412</v>
       </c>
       <c r="B25" s="18">
         <f>B26*15%</f>
         <v>0</v>
       </c>
       <c r="C25" s="19" t="e">
         <f>B25/B28</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="26" spans="1:3" ht="17.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:3" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>321</v>
+        <v>413</v>
       </c>
       <c r="B26" s="20">
         <f>ROUND('Intensitātes aprēķins'!E26*'Intensitātes aprēķins'!F26/100,2)</f>
         <v>0</v>
       </c>
       <c r="C26" s="21" t="e">
         <f>B26/B28</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="27" spans="1:3" ht="17.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:3" ht="17.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>322</v>
+        <v>414</v>
       </c>
       <c r="B27" s="18">
         <f>B28-B26</f>
         <v>0</v>
       </c>
       <c r="C27" s="19" t="e">
         <f>B27/B28</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="28" spans="1:3" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:3" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>323</v>
+        <v>415</v>
       </c>
       <c r="B28" s="20">
         <f>'Intensitātes aprēķins'!E26</f>
         <v>0</v>
       </c>
       <c r="C28" s="21" t="e">
         <f>B28/B28</f>
         <v>#DIV/0!</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="itsWRvoxG+IqsYoaQoyWbaLTbZVQQIcIOc/dlBGk4GZf8ulHoF/5ZP2RWbL+kVKKnGfR554xYFwUlj616f60aQ==" saltValue="WDqEZ5Mx6OnMc2ZkIiKqCg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="nUyuOE8ToWsA+Q3SdlD4adfCAEocfTF8ixlACQFla8QRzPPsAJVhZDN2dEpmzNj1J3QpJSVO3hT8z/o1o/Nmjw==" saltValue="7cWCqE8DowpDq/f0xmlxDA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{97CFA809-2DCB-4E58-A9B2-C9688F92C28F}">
   <sheetPr>
     <tabColor theme="2" tint="-9.9978637043366805E-2"/>
   </sheetPr>
   <dimension ref="A1:A19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="32.6328125" customWidth="1"/>
+    <col min="1" max="1" width="32.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A1" s="11" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:1" x14ac:dyDescent="0.35">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:1" x14ac:dyDescent="0.35">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:1" x14ac:dyDescent="0.35">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:1" x14ac:dyDescent="0.35">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:1" x14ac:dyDescent="0.35">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A7" s="11" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:1" x14ac:dyDescent="0.35">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:1" x14ac:dyDescent="0.35">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:1" x14ac:dyDescent="0.35">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:1" x14ac:dyDescent="0.35">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:1" x14ac:dyDescent="0.35">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:1" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:1" x14ac:dyDescent="0.35">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A17" s="11" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A18" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>332</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="2Aj+gWW95AsSk9PkkpPejaGVA7SevOX/YQ3rKCufGQdW7/AAwJLlb06SPVK2p5KO9/65F5AtbEFS2O1u9sF7eg==" saltValue="vuemMUaRliAiSEZxkZFW6Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="255fff6632cab8c06629dc4da49c0aba" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16906,147 +17831,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17091,78 +18016,89 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EBB8F12-C882-4946-81A0-F705201B3EDC}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F489BCD-096B-4A68-89C2-5AB40D8F1AD6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE1E982-809A-4791-99AA-DA63B779268D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EBB8F12-C882-4946-81A0-F705201B3EDC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2EDC5E92-83E5-4FA0-849A-48BC81061B1E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>