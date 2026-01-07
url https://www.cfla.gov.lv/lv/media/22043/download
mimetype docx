--- v0 (2025-11-14)
+++ v1 (2026-01-07)
@@ -1,53 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BC61577" w14:textId="7D677FB0" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00030CF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -147,51 +143,51 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="573436DF" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programma 2021.–2027.gadam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E55578" w:rsidRPr="00423130" w14:paraId="76EB42BD" w14:textId="77777777" w:rsidTr="00C33201">
+      <w:tr w:rsidR="00E55578" w:rsidRPr="00D43CFD" w14:paraId="76EB42BD" w14:textId="77777777" w:rsidTr="00C33201">
         <w:trPr>
           <w:trHeight w:val="428"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25A8E59D" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -216,51 +212,51 @@
           <w:p w14:paraId="5B7D7480" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.2.1. “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E55578" w:rsidRPr="00423130" w14:paraId="5D429DCC" w14:textId="77777777" w:rsidTr="00C33201">
+      <w:tr w:rsidR="00E55578" w:rsidRPr="00D43CFD" w14:paraId="5D429DCC" w14:textId="77777777" w:rsidTr="00C33201">
         <w:trPr>
           <w:trHeight w:val="428"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A6C509C" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -1220,51 +1216,51 @@
         </w:rPr>
         <w:t>MVU – Sīkais (mikro), mazais un vidējais komersants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2BD153" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="758"/>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="1462"/>
         <w:gridCol w:w="1432"/>
         <w:gridCol w:w="6744"/>
       </w:tblGrid>
       <w:tr w:rsidR="00222A2A" w:rsidRPr="00B01B48" w14:paraId="7C78AE8D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1328,74 +1324,74 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220D5337" w14:textId="2536BBEC" w:rsidR="007F2F02" w:rsidRPr="00B01B48" w:rsidRDefault="007F2F02" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kritērija ietekme uz lēmuma pieņemšanu (P</w:t>
             </w:r>
             <w:r w:rsidR="00222A2A" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>/N</w:t>
             </w:r>
             <w:r w:rsidR="00902452" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
@@ -1492,64 +1488,64 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="079F9627" w14:textId="12969712" w:rsidR="00770BE4" w:rsidRPr="00B01B48" w:rsidRDefault="00770BE4" w:rsidP="00031FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>VIENOTIE KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00423130" w14:paraId="1BA82E3D" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="1BA82E3D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6721F80C" w14:textId="76B1B810" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1557,104 +1553,104 @@
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5454586B" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst SAM MK noteikumos noteiktajām specifiskajām prasībām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42D0D158" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs atbilst SAM MK noteikumos noteiktajam iesniedzēju lokam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4471D266" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta īstenošanas termiņš atbilst SAM MK noteikumos noteiktajam termiņam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D35D431" w14:textId="3C6D3407" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegumam ir pievienoti nolikumā noteiktie papildu pievienojamie pielikumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1881,51 +1877,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60704CA3" w14:textId="1251E129" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datubāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu atkalizmantotāja datubāzēs, VID publiskajās datubāzēs pieejamo informāciju.</w:t>
+              <w:t xml:space="preserve">Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datubāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>atkalizmantotāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> datubāzēs, VID publiskajās datubāzēs pieejamo informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="594A6B5E" w14:textId="77777777" w:rsidR="0038292A" w:rsidRPr="00B01B48" w:rsidRDefault="0038292A" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F38E6CD" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2179,51 +2193,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00423130" w14:paraId="0EA5BFDB" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="0EA5BFDB" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="683AE5CF" w14:textId="42EEEE02" w:rsidR="00713192" w:rsidRPr="00B01B48" w:rsidRDefault="00713192" w:rsidP="00713192">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -2580,51 +2594,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,  ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E4B7D" w:rsidRPr="00423130" w14:paraId="3B8D4FBA" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="009E4B7D" w:rsidRPr="00D43CFD" w14:paraId="3B8D4FBA" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CCA1879" w14:textId="6757FE4B" w:rsidR="009E4B7D" w:rsidRPr="00B01B48" w:rsidRDefault="009E4B7D" w:rsidP="009E4B7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -2928,51 +2942,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2A6E" w:rsidRPr="00423130" w14:paraId="511BBF8B" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00AD2A6E" w:rsidRPr="00D43CFD" w14:paraId="511BBF8B" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60B08945" w14:textId="282F291B" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -3021,113 +3035,113 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="31757D50" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attiecināmās izmaksas un izmaksu pozīcijas atbilst SAM MK noteikumos noteiktajam, tai skaitā nepārsniedz noteikto izmaksu pozīciju apjomus un:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03554620" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir saistītas ar projekta īstenošanu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06E162AB" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ir nepieciešamas projekta īstenošanai (projektā norādīto darbību īstenošanai, mērķa grupas vajadzību </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>nodrošināšanai, definētās problēmas risināšanai) un izvērtēta to lietderība;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F8F0676" w14:textId="4FA4F896" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3498,51 +3512,51 @@
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="838" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B924D7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ir sniegta informācija, ka komercdarbības atbalsta, kas plānots projekta ietvaros, apvienošana (kumulācija) netiek pieļauta, vai arī tiek minēti komercdarbības atbalsta apvienošanas (kumulācijas) nosacījumi un to kontrole, ja atbalsta apvienošana (kumulācija) tiek pieļauta;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="545FAC53" w14:textId="6E4C0CB1" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumam ir pievienota projekta iesniedzēja  un sadarbības partnera (ja attiecināms) deklarācija (ko iesniedz arī projekta iesniedzējs un sadarbības partneris (ja attiecināms), kas atbilst “liela” uzņēmuma kategorijai un mazas vidējas vai vidējas kapitalizācijas sabiedrības statusam, kuras </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -3659,51 +3673,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7A66" w:rsidRPr="00423130" w14:paraId="69836897" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w14:paraId="69836897" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5925C0EF" w14:textId="66BE5D8B" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -3879,420 +3893,420 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF1C093" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>projekta iesniegumā ir iekļauta šāda informācija par cilvēkresursiem projekta administrēšanai:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5775C894" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par nepieciešamo plānoto projekta vadības un īstenošanas personālu kā projekta vadītājs, projekta vadītāja asistents, iepirkuma speciālists, grāmatvedis, zinātniskais darbinieks, to skaitu un galvenajiem uzdevumiem, projekta īstenošanu un uzraudzību, darba izpildei nepieciešamo pieredzi un profesionālo kvalifikāciju; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C9CB54C" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kā projekta iesniedzējs un sadarbības partneris plāno nodrošināt (piesaistīt) projekta personāla pārstāvjus projekta īstenošanai, piemēram,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir noslēgts vai plānots noslēgt darba līgumu, uzņēmuma līgumu vai pakalpojuma līgumu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02E41528" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegumā ir iekļauta šāda informācija par projekta īstenošanas kapacitāti:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="030C4C44" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par projekta iesniedzējam un sadarbības partnerim pieejamo infrastruktūru un materiāltehnisko nodrošinājumu </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(piemēram, telpu pieejamība, IKT nodrošinājums un projektam nepieciešamā programmatūra u.c.)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09D6910B" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par iepirkuma procedūras veikšanu (vai ir uzsākta, noslēgusies) un citu informāciju, kas liecina par projekta iesniedzēja un sadarbības partnera kapacitāti īstenot projektā plānotās darbības;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07871049" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kā tiks nodrošināta par projekta īstenošanu saistīto datu uzkrāšana;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="638882B3" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par pētniecības un attīstības kapacitāti, piemēram, ir/nav sava pētniecības un attīstības komanda, līgums ar zinātnisko institūciju u.tml., par projektā iesaistītajiem pētniekiem, to skaitu un galvenajiem uzdevumiem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070AEDEF" w14:textId="26FDF61E" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegum</w:t>
             </w:r>
             <w:r w:rsidR="001B7271" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir iekļauta šāda informācija par projekta iesniedzēja un sadarbības partnera nepieciešamo finanšu kapacitāti projekta īstenošanai un rezultātu uzturēšanai:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4956901D" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par pašreizējo finanšu situāciju un projekta īstenošanai nepieciešamo finanšu resursu apjoma pieejamību </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(potenciālie vai pieejamie finanšu līdzekļi projekta īstenošanai);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E37B69" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par projekta finansēšanas struktūru, t.sk., ja finansēšanas avoti nav kredītiestādes, tad detalizētu informāciju, kas ir finansējuma sniedzēji, proti, vai tie nav Sankciju sarakstos, ar negatīvu reputāciju u.tml.;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A021A92" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par finanšu avotiem, no kuriem tiks segti privātais līdzfinansējums un PVN izmaksas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DC2526A" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kā ir plānots veikt avansa maksājumu pieprasījumus projekta īstenošanai saskaņā ar SAM MK noteikumu 50.punkta nosacījumiem, ja attiecināms. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52E0A49E" w14:textId="0348C18A" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:ind w:left="360"/>
@@ -4357,146 +4371,126 @@
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F1821D6" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BD6B974" w14:textId="1EED1878" w:rsidR="006E7A66" w:rsidRPr="00C73146" w:rsidRDefault="425DD7F0" w:rsidP="388E2629">
-[...14 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="2BD6B974" w14:textId="1EED1878" w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w:rsidRDefault="425DD7F0" w:rsidP="388E2629">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D43CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegumā norādīta nepilnīga informācija, kas liedz pārliecināties par atbilstību kādai no kritērijā minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="388E2629">
+            <w:r w:rsidRPr="00D43CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="388E2629">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="00D43CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="388E2629">
+            <w:r w:rsidRPr="00D43CFD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="388E2629">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="00D43CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">”, </w:t>
             </w:r>
-            <w:r w:rsidR="3A0749A9" w:rsidRPr="388E2629">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidR="3A0749A9" w:rsidRPr="00D43CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="388E2629">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> sadarbības partnerim izvirza atbilstošus nosacījumus.</w:t>
+            <w:r w:rsidRPr="00D43CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>ģentūra projekta iesniedzējam  un sadarbības partnerim izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67955F25" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EAD4D83" w14:textId="686FFDA2" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -4504,51 +4498,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7A66" w:rsidRPr="00423130" w14:paraId="24F141FF" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w14:paraId="24F141FF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F93F20F" w14:textId="14ADB1D7" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -4896,51 +4890,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A005B1" w:rsidRPr="00423130" w14:paraId="1C7FC0F3" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00A005B1" w:rsidRPr="00D43CFD" w14:paraId="1C7FC0F3" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6990E62B" w14:textId="2ED6219C" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.7.</w:t>
             </w:r>
           </w:p>
@@ -4950,77 +4944,77 @@
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0B60D8" w14:textId="77777777" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā plānotie sagaidāmie rezultāti ir skaidri definēti un izriet no plānoto darbību aprakstiem, plānotās projekta darbības: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CC6D3F5" w14:textId="77777777" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbilst SAM MK noteikumos noteiktajam un paredz saikni ar attiecīgajām atbalstāmajām darbībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76DAF063" w14:textId="6E076551" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ir precīzi definētas un pamatotas, un tās risina </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -5396,51 +5390,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00423130" w14:paraId="01CD284D" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="01CD284D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E029EF2" w14:textId="50EA0AB6" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
@@ -6643,51 +6637,51 @@
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00423130" w14:paraId="22B9DCE6" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="22B9DCE6" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BDB0BFE" w14:textId="7E9AD02A" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6752,377 +6746,377 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26295AAE" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27EEB01E" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B889384" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja projekta iesniedzējs un sadarbības partneris (ja tāds ir paredzēts) uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu (nevienā no minētajiem </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>datumiem) nav grūtībās nonācis uzņēmums</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> jeb saimnieciskās darbības veicējs un uz to neattiecas neviena no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="618FE6CF" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendentam (izņemot MVU</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma) – uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no parakstītā kapitāla, ja, uzkrātos zaudējumus atskaitot no rezervēm (un visām pārējām pozīcijām, kuras pieņemts uzskatīt par daļu no sabiedrības pašu kapitāla), rodas negatīvs rezultāts, kas pārsniedz pusi no parakstītā kapitāla. Kapitāls attiecīgajā gadījumā ietver kapitāldaļu uzcenojumu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68969011" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta pretendentam, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (izņemot MVU, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma), uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no kapitāla, kas norādīts sabiedrības grāmatvedības pārskatos. Šā apakšpunkta izpratnē sabiedrība ir tāda sabiedrība, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (jo īpaši pilnsabiedrības un komandītsabiedrības); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7321BDE1" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendents, kuram ierosināta tiesiskās aizsardzības procesa lieta, tiek īstenots tiesiskās aizsardzības process vai pasludināts maksātnespējas process, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="707E5B8B" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>atbalsta pretendents ir saņēmis glābšanas atbalstu un vēl nav atmaksājis aizdevumu vai atsaucis garantiju, vai ir saņēmis pārstrukturēšanas atbalstu un uz to joprojām attiecas pārstrukturēšanas plāns;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A8AD89C" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendentam (kas nav MVU) pēdējos divus gadus uzņēmuma parādsaistību un pašu kapitāla bilances vērtību attiecība ir pārsniegusi 7,5, kā arī uzņēmuma procentu seguma attiecība, kas rēķināta pēc uzņēmuma ieņēmumiem pirms procentu, nodokļu, nolietojuma un amortizācijas atskaitījumiem (EBITDA), ir bijusi mazāka par 1,0.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BA4AEE9" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5765BD54" w14:textId="3800D757" w:rsidR="006D5255" w:rsidRPr="00B01B48" w:rsidRDefault="006D5255" w:rsidP="006D5255">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Atbilstoši Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regula Nr. 2021/1058 par Eiropas Reģionālās</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attīstības fondu un Kohēzijas fondu 7. panta 1. punkta d) apakšpunktā noteiktajam</w:t>
             </w:r>
             <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> neatbalsta savienības</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -7242,840 +7236,852 @@
               <w:t>lēmumu vai ar Eiropas Parlamenta un Padomes Regulu (EK) Nr. 1370/2007 par sabiedriskā pasažieru</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>transporta pakalpojumiem, izmantojot dzelzceļu un autoceļus, un ar ko atceļ Padomes Regulu (EEK) Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13789221" w14:textId="31DF0981" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="006D5255" w:rsidP="00DA7ED7">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1191/69 un Padomes Regulu (EEK) Nr. 1107/70 regulu (turpmāk - Regula Nr. 1370/2007), iesniedz </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>pašdeklarāciju, ka tas individuāli un saistīto uzņēmumu līmenī neatbilst grūtībās nonākušo saimniecisko</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
+              <w:t>pašdeklarāciju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
+              <w:t>, ka tas individuāli un saistīto uzņēmumu līmenī neatbilst grūtībās nonākušo saimniecisko</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>darbības veicēju pazīmēm.</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+              <w:t>darbības veicēju pazīmēm.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45CB8DED" w14:textId="77777777" w:rsidR="00F92C48" w:rsidRPr="00B01B48" w:rsidRDefault="00F92C48" w:rsidP="00DA7ED7">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01B48">
+          </w:p>
+          <w:p w14:paraId="138AC63F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pārējos gadījumos atbilstību kritērijam pārbauda: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DE41296" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">uz projekta iesnieguma iesniegšanas dienu un; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A9EB12" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">uz lēmuma par projekta iesnieguma apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EABDE91" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12863007" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Lēmums par projekta iesnieguma apstiprināšanu, kā arī atzinums par nosacījumu izpildi var būt lēmumi, ar kuriem tiek piešķirts komercdarbības atbalsts pretendentam. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ED3DBB" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="443CA9BC" w14:textId="77777777" w:rsidR="00842B6E" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Grūtībās nonākušo saimniecisko darbības veicēju pazīmes vērtē projekta iesniedzējam individuāli un tā saistīto personu grupai saskaņā ar Komisijas regulas Nr.651/2014 I pielikuma 3.panta 3.punktā definēto. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05E39121" w14:textId="77777777" w:rsidR="00842B6E" w:rsidRPr="00B01B48" w:rsidRDefault="00842B6E" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="686609D2" w14:textId="66487CAB" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, līdz ar to aptver arī tos maksātnespējas procesus, kas pasludināti saskaņā ar likumu “Par uzņēmumu un uzņēmējsabiedrību maksātnespēju” un Maksātnespējas likumu, kas bija spēkā līdz 2010. gada 1. novembrim, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D93A3CB" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13FF68CF" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pieņemot lēmumu par projekta iesniedzēja atbilstību kritērijam, balstās uz projekta iesniegumam pievienoto informāciju uz iesniegšanas dienu un publiski</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pieejamiem, ticamiem datiem par projekta iesniedzēju un tā saistītiem uzņēmumiem (ja attiecināms), tai skaitā: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48647A4E" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kapitāldaļu turētājiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51B4E983" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">finanšu situāciju: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="246F2500" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>pēdējo gada pārskatu</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="12"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kurš iesniegts saskaņā ar normatīvo aktu prasībām un attiecīgi pārskata iesniegšanas savlaicīgums tiek vērtēts kontekstā ar šajā punktā definētajiem dokumentu iesniegšanas termiņiem; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56EB45BE" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">operatīvo starpperiodu pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018.gada pārskatā pieejamo informāciju atbilst grūtībās nonākušam saimnieciskās darbības veicējam – vismaz vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018.gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot grūtībās nonākušo saimnieciskās darbības veicēja pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta iesniegumu operatīvo starpperiodu pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par starpperiodu, kuru apstiprinājis zvērināts revidents un ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ADF7493" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>informāciju par pamatkapitāla palielināšanu (ja attiecināms), kuru vērtē kompleksi kopā ar zvērināta revidenta apstiprinātu operatīvo starpperiodu pārskatu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0987EA1F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E2D5C03" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pamatkapitāla palielināšana ir jānodrošina pamatkapitāla palielināšanas noteikumos paredzētajā termiņā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="13"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D2FB422" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37363962" w14:textId="77777777" w:rsidR="00B01B48" w:rsidRPr="00B01B48" w:rsidRDefault="00B01B48" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A1E5C69" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Nē”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ja: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CBFCE3" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kaut vienai no Komisijas regulas Nr.651/2014 2.panta 18.punktā minētajām situācijām uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu atbilst: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B17B04" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs, sadarbības partneris (ja tāds ir paredzēts), kurš ir autonoms uzņēmums;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10C9072C" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējs, sadarbības partneris (ja tāds ir paredzēts), kurš ir saistīts uzņēmums; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B24D7BD" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">nav pieejama finanšu informācija: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="073E3F44" w14:textId="77777777" w:rsidR="00F5082A" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par pēdējo pilno pārskata gadu pirms projekta iesnieguma iesniegšanas, ja nav ievēroti normatīvie akti par gada pārskata iesniegšanu, piemēram, projekts iesniegts 21.05.2019., bet pēdējais pieejamais gada pārskats ir par 2017.gadu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF5DE48" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par starpperiodu no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018.gadu, uz 31.12.2018. projekta iesniedzējs ir grūtībās nonācis saimnieciskās darbības veicējs, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam starpperiodu pārskatam, lai nodrošinātu </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms)</w:t>
             </w:r>
             <w:r w:rsidR="00973027" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F100D5" w14:textId="664C6903" w:rsidR="00973027" w:rsidRPr="00B01B48" w:rsidRDefault="00973027" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>gadījumos, kad projekta iesniedzējs ir pašvaldība vai pašvaldības iestāde, vērtējums ir “Nē”, ja pašvaldība vai pašvaldības iestāde atrodas finanšu stabilizācijas procesā un finanšu ministra izveidotā Pašvaldību finanšu stabilizācijas pastāvīgā komisija nesniedz saskaņojumu projekta iesnieguma īstenošanai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00423130" w14:paraId="4C503E81" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="4C503E81" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F5C1E39" w14:textId="59A7A625" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.2.</w:t>
             </w:r>
           </w:p>
@@ -8085,51 +8091,51 @@
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C00532A" w14:textId="0F9DBD8D" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegumā plānotās darbības, izņemot SAM MK noteikumos noteiktās komercdarbības atbalsta darbības</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, nav uzsāktas, un atbilst komercdarbības atbalsta stimulējošās ietekmes nosacījumiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53833FA8" w14:textId="3469236D" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
@@ -8164,362 +8170,382 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C48E608" w14:textId="69FCC85F" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61048433" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03AD9CD9" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Saskaņā ar Komisijas regulas Nr.651/2014 6.panta 2.punktu atbalstu uzskata par tādu, kam piemīt stimulējoša ietekme, ja projekta iesniedzējs un sadarbības partneris ir iesniedzis dalībvalstij rakstisku atbalsta pieteikumu, pirms sākas darbs pie projekta vai pirms sākas darbība.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3666DF70" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2396A4C8" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši Komisijas regulas Nr.651/2014 2.panta 23.punktam “darbu sākums” ir pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu, vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. Vienlaicīgi tādus sagatavošanās darbus kā atļauju saņemšana un priekšizpētes veikšana neuzskata par darbu sākumu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="653C3F02" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="534A0BF6" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstību kritērijam, vai ir ievēroti stimulējošas ietekmes nosacījumi, pārbauda: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AB9CD35" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvērtējot projekta iesniegumā un tam papildu pievienotajos dokumentos norādīto informāciju, piemēram, piegāžu/pakalpojumu līgumus, ja attiecināms;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2502593A" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>pieejamo informāciju par atbalsta pretendentam sniegto atbalstu citās komercdarbības atbalsta sniedzējinstitūcijās, piemēram, AS “Attīstības finanšu institūcija Altum”, Lauku atbalsta dienests;</w:t>
+              <w:t xml:space="preserve">pieejamo informāciju par atbalsta pretendentam sniegto atbalstu citās komercdarbības atbalsta sniedzējinstitūcijās, piemēram, AS “Attīstības finanšu institūcija </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Altum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>”, Lauku atbalsta dienests;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6625B9EB" w14:textId="397250A7" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pieejamo informāciju publiskos, ticamos avotos par projekta iesniedzēju un sadarbības partneri saistībā ar plānoto projektu, piemēram, Iepirkumu uzraudzības biroja iepirkumu procedūru procesa datubāzi;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="505A60E2" w14:textId="382C8595" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja ir nepieciešams un ir attiecīgas indikācijas, piemēram, informācija no trešajām personām, sūdzība, izvērtējot projektu iesniegumu vērtēšanas komisijai pieaicināta eksperta atzinumu/vērtējumu par projekta īstenošanas vietu un projekta progresu saskaņā ar Eiropas Savienības fondu projektu pārbaužu veikšanas kārtību 2021.–2027.gada plānošanas periodā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3643A940" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5CC0CC59" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekts atbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.pantā un SAM MK noteikumos noteikto. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B6C52D6" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="191817A8" w14:textId="35B2DA26" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja tiek konstatēts, ka projekts neatbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.punktam.    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="3438A3F4" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="3438A3F4" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="159D0BBE" w14:textId="2967A7C4" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
@@ -8594,286 +8620,286 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C84F7B1" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra un atbildīgā iestāde</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AFDDDA9" w14:textId="05508181" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="182D6228" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="201B5021" w14:textId="1533A2B2" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>projekta iesniegumā norādītais sadarbības partneris atbilst SAM MK noteikumos noteiktajam, t.sk. SAM MK noteikumu 2.6. apakšpunktā iekļautajai sadarbības partnera definīcijai</w:t>
             </w:r>
             <w:r w:rsidR="00123C18" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un SAM MK noteikumu 14.4., 14.5., 14.6., 14.7. un 14.8. apakšpunktā minētajām prasībām</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, un ir sniegts pamatojums sadarbības partnera izvēlei;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52DDD349" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kopā ar projekta iesniegumu iesniegts SAM MK noteikumu 20.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> punktā minētais sadarbības līgums un tajā aprakstīta un pamatota šāda informācija:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FF746F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kuras no sadarbības projektā plānotajām darbībām veiks sadarbības partneris;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2282CB" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>norādīta finanšu plūsmas nodrošināšanas kārtība, t.sk. sadarbības projekta finansējumu, un katra sadarbības partnera projekta daļas finansējums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F01BA38" w14:textId="77777777" w:rsidR="00B40E02" w:rsidRPr="00B01B48" w:rsidRDefault="00B40E02" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70006F9F" w14:textId="46F20DA1" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8915,51 +8941,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un projekta iesniegumu noraida, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai precizējumi nav iesniegti norādītajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="2C8C56CF" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="2C8C56CF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EC30F4E" w14:textId="02BE5D04" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.4.</w:t>
             </w:r>
           </w:p>
@@ -9282,151 +9308,151 @@
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>HP VINPI darbību pamatojumā jānorāda, piemēram, kā HP VINPI darbība ir saistīta ar projekta konkrēto darbību un kādā veidā projekts īstenos HP VINPI darbību. Piemēram, sniegts apraksts par jau esošo/plānoto praksi iestādē attiecībā uz nediskriminējošu personāla atlasi vai elastīgo darba laiku; piekļūstamības/HP VINPI darbības tiks integrētas pasākuma/būvniecības/aprīkojuma iegādes iepirkumā u.c. Vēlams, lai plānotās vispārīgās HP VINPI darbības aptver dažādas vispārīgo darbību jomas – komunikācijas un vizuālās identitātes (ja projekta ietvaros tiek īstenota publicitāte), projekta vadībā un īstenošanā (ja projekta ietvaros piesaistīts personāls) vai publiskos iepirkumus (ja projekta ietvaros tiek plānots vai īstenots iepirkums)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D84EBE" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F51A7D1" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Projektā ieteicams iekļaut, piemēram, šādas </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vispārīgas darbības</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A9FB9C4" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CA680ED" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Komunikācijas un vizuālā identitātes pasākumi: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AACCD13" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02444EF6" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9449,379 +9475,379 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tīmekļvietnē</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks izveidota sadaļa “Viegli lasīt”, kurā iekļauta īsa aprakstoša informācija par projektu un citu lasītājiem nepieciešamu informāciju vieglajā valodā, lai plašākai sabiedrībai nodrošinātu iespēju uzzināt par ES fondu ieguldījumiem (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">skat. LM metodisko materiālu “Ceļvedis iekļaujošas vides veidošanai valsts un pašvaldību iestādēs (2020) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1195ECEA" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - īstenojot projekta komunikācijas un vizuālās identitātes aktivitātes, to </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>saturs tiks rūpīgi izvērtēts</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skat. metodisko materiālu “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību” </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/media/18838/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FAE93AB" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- projekta tīmekļa vietnē tiks norādīta informācija par projekta </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>darbību īstenošanas vietas piekļūstamību</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cilvēkiem ar invaliditāti un funkcionāliem traucējumiem, vecākiem ar maziem bērniem un senioriem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2763DC9E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Projekta vadības un īstenošanas personāls:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D13568A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projektu vadībā un īstenošanā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks virzīti pasākumi, kas sekmē darba un ģimenes dzīves līdzsvaru, paredzot elastīga un nepilna laika darba iespējas nodrošināšanu vecākiem ar bērniem un personām, kuras aprūpē tuviniekus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29EBCE5E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projekta vadības un īstenošanas personāla atlase</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks nodrošināta bez jebkādas tiešas vai netiešas diskriminācijas, veicina mazāk pārstāvētā dzimuma piesaisti, personas ar invaliditāti piesaisti un nediskriminē pēc rases, etniskās izcelsmes, dzimuma, vecuma, invaliditātes, reliģiskās, pārliecības, seksuālās orientācijas vai citiem apstākļiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5658A4A5" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projekta vadības un īstenošanas procesā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> personām ar invaliditāti tiks nodrošināta piekļūstamība, tostarp, pielāgota darba vieta un pielāgotas informācijas un komunikācijas tehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B12622" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Publiskie iepirkumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2410B82D" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NormalWeb"/>
+              <w:pStyle w:val="Paraststmeklis"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projektā tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo iekļautību, nodrošinātu piekļūstamību pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30765750" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -9956,51 +9982,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="5FEA1861" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="5FEA1861" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EB8BAA5" w14:textId="41664C81" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2.5. </w:t>
             </w:r>
           </w:p>
@@ -10278,51 +10304,51 @@
               <w:t xml:space="preserve"> atbalsta nosacījumiem, kas izriet no </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Komisijas regulas Nr. 2023/2831, tostarp:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F2391A9" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -10334,51 +10360,51 @@
               <w:t xml:space="preserve"> atbalsts tiek sniegts atbalstāmajām nozarēm un darbībām un, ja projekta iesniedzējs un sadarbības partneris (ja tāds ir paredzēts) darbojas vienlaikus gan atbalstāmajās, gan neatbalstāmajās nozarēs, komercsabiedrība nodrošina šo nozaru darbību vai izmaksu nošķiršanu no tām darbībām, kurām piešķirts </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts, nodrošinot, ka darbības minētajās nozarēs negūst labumu no piešķirtā atbalsta;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7297E53F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">de minimis </w:t>
             </w:r>
@@ -10442,51 +10468,51 @@
               <w:t xml:space="preserve">(piemēram, ja, atbalstu plānots piešķirt 18.01.2024., tad ņem vērā iepriekš piešķirto </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu periodā no 18.01.2021. (ieskaitot) līdz 18.01.2024). Viens vienots uzņēmums ir uzņēmums, kas atbilst Komisijas regulas Nr. 2023/2831 2.panta 2.punktā noteiktajam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48428E75" w14:textId="74998DA8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja saņemtais </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -10549,89 +10575,89 @@
               <w:t> atbalstu saskaņā ar Komisijas regulas Nr. 2023/2831 5. pantu, tai skaitā par vienām un tām pašām attiecināmajām izmaksā – pēc atbalstu apvienošanas atbalsta vienībai vai izmaksu pozīcijai attiecīgā maksimālā atbalsta intensitāte nepārsniedz 100 procentus, kā arī netiek pārsniegts Komisijas regulas Nr. 2023/2831 3. panta 2. punktā noteiktais maksimālais </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> atbalsta apmērs;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C5FFFFC" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts, ievērojot normatīvos aktus par šā atbalsta uzskaites un piešķiršanas kārtību: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49EC4C73" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ir izveidota un pieejama </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -10674,51 +10700,51 @@
               <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai vai projekta iesniegumā ir norādīts </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā izveidotās un apstiprinātās pretendenta veidlapas identifikācijas numurs; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093DB2D2" w14:textId="613A6616" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
@@ -10754,51 +10780,51 @@
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā un citur publiski pieejamajai informācijai; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F01CA01" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs projekta iesniegumā ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22AF462E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
@@ -10974,64 +11000,64 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="48BC3C9E" w14:textId="0DD5C9BA" w:rsidR="002B1928" w:rsidRPr="00B01B48" w:rsidRDefault="002B1928" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>SPECIFISKIE ATBILSTĪBAS KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
+                <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="15"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="0BB1D199" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="0BB1D199" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203FDF66" w14:textId="69A596B9" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11094,51 +11120,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C282DA5" w14:textId="219FDAD3" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="154FD512">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritēriju vērtē </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -11152,282 +11178,502 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Aizsardzības ministrij</w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AD3DAF5" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C6BFA0B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Tiek vērtētas projektā plānotās darbības un to atbilstība Komisijas regulas Nr.651/2014 2. panta 85., 86. un 87. punkta noteiktajām definīcijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15644F71" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>“rūpnieciskie pētījumi” ir plānveida pētījumi vai nozīmīgs izpētes darbs ar mērķi iegūt jaunas zināšanas un prasmes jaunu produktu, procesu vai pakalpojumu izstrādei vai ar mērķi būtiski uzlabot esošos produktus, procesus vai pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā superdatošana, kvantu tehnoloģijas, blokķēdes tehnoloģijas, mākslīgais intelekts, kiberdrošība, lielie dati un mākoņtehnoloģijas).</w:t>
+              <w:t xml:space="preserve">“rūpnieciskie pētījumi” ir plānveida pētījumi vai nozīmīgs izpētes darbs ar mērķi iegūt jaunas zināšanas un prasmes jaunu produktu, procesu vai pakalpojumu izstrādei vai ar mērķi būtiski uzlabot esošos produktus, procesus vai pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>superdatošana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kvantu tehnoloģijas, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>blokķēdes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehnoloģijas, mākslīgais intelekts, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>kiberdrošība</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, lielie dati un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>mākoņtehnoloģijas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4448548D" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Rūpnieciskie pētījumi ietver kompleksu sistēmu sastāvdaļu radīšanu un var ietvert prototipu izstrādi laboratorijas vidē vai vidē ar imitētām saskarnēm savienošanai ar esošām sistēmām, kā arī izmēģinājuma līniju radīšanu, kad tas nepieciešams rūpnieciskajiem pētījumiem un jo īpaši nepatentētu tehnoloģiju validēšanai;</w:t>
+              <w:t xml:space="preserve">Rūpnieciskie pētījumi ietver kompleksu sistēmu sastāvdaļu radīšanu un var ietvert prototipu izstrādi laboratorijas vidē vai vidē ar imitētām </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>saskarnēm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> savienošanai ar esošām sistēmām, kā arī izmēģinājuma līniju radīšanu, kad tas nepieciešams rūpnieciskajiem pētījumiem un jo īpaši nepatentētu tehnoloģiju validēšanai;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25E08F66" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">“eksperimentālā izstrāde” ir esošo zinātnisko atziņu, tehnoloģisko, uzņēmējdarbības un citu attiecīgu zināšanu un prasmju iegūšana, kombinēšana, modelēšana un izmantošana ar mērķi izstrādāt jaunus vai uzlabotus produktus, procesus vai </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā superdatošana, kvantu tehnoloģijas, blokķēdes tehnoloģijas, mākslīgais intelekts, kiberdrošība, lielie dati un mākoņdatošanas vai perifērdatošanas tehnoloģijas). Tajā var ietilpt arī, piemēram, darbības, kuru mērķis ir jaunu produktu, procesu vai pakalpojumu konceptuāla definēšana, plānošana un dokumentēšana.</w:t>
+              <w:t xml:space="preserve">pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>superdatošana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kvantu tehnoloģijas, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>blokķēdes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehnoloģijas, mākslīgais intelekts, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>kiberdrošība</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, lielie dati un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>mākoņdatošanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>perifērdatošanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehnoloģijas). Tajā var ietilpt arī, piemēram, darbības, kuru mērķis ir jaunu produktu, procesu vai pakalpojumu konceptuāla definēšana, plānošana un dokumentēšana.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32E9FE4B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Eksperimentālā izstrāde var ietvert jaunu vai uzlabotu produktu, procesu vai pakalpojumu prototipu izstrādi, demonstrējumus, izmēģināšanu, testēšanu un validēšanu vidē, kas atspoguļo reālus darbības apstākļus, ja tās galvenais mērķis ir tehniski uzlabot produktus, procesus vai pakalpojumus, kuri vēl nav principā nostabilizējušies. Tā var ietvert tāda komerciāli izmantojama prototipa vai izmēģinājuma izstrādi, kas ir gala komercprodukts un kā izgatavošana ir pārāk dārga, lai to izmantotu vienīgi demonstrējumu un validēšanas nolūkā.</w:t>
+              <w:t xml:space="preserve">Eksperimentālā izstrāde var ietvert jaunu vai uzlabotu produktu, procesu vai pakalpojumu prototipu izstrādi, demonstrējumus, izmēģināšanu, testēšanu un validēšanu vidē, kas atspoguļo reālus darbības apstākļus, ja tās galvenais mērķis ir tehniski uzlabot produktus, procesus vai pakalpojumus, kuri vēl nav principā nostabilizējušies. Tā var ietvert tāda komerciāli izmantojama prototipa vai izmēģinājuma izstrādi, kas ir gala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>komercprodukts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un kā izgatavošana ir pārāk dārga, lai to izmantotu vienīgi demonstrējumu un validēšanas nolūkā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55CD4C9A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde neietver ierastās vai regulārās izmaiņas, kas skar esošos produktus, ražošanas līnijas, ražošanas procesus, pakalpojumus un citas notiekošās darbības, pat ja minētās izmaiņas nes uzlabojumus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4000831E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“priekšizpēte” ir projekta potenciāla novērtējums un analīze ar mērķi atvieglot lēmuma pieņemšanas procesu, objektīvi un racionāli apzinot projekta priekšrocības, trūkumus, iespējas un draudus, kā arī nosakot tā īstenošanai vajadzīgos resursus un vispārīgi – tā izdošanās izredzes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB2E133" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F76506B" w14:textId="26F19920" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst Komisijas regulas 651/2014 25. panta un 28. panta nosacījumiem attiecībā uz izmaksu attiecināmību un atbalsta intensitāti.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58F8127A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FE9CAF5" w14:textId="226D08D3" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekts paredz īstenot aktivitātes TGL, kas atbilst rūpnieciska pētījuma, eksperimentālas izstrādnes un tehniski-ekonomikas </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -11441,360 +11687,360 @@
               <w:spacing w:before="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5309FF20" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rūpnieciskie pētījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="418D63BD" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 4 – Tehnoloģijas validācija laboratorijas vidē: veikta galveno tehnoloģisko komponentu integrācija, lai pārbaudīto to kopdarbību laboratorijas vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68381FD3" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 5 – Tehnoloģijas validācija mākslīgi radītā vidē: tehnoloģiskie komponenti ir integrēti ar samērā reāliem atbalsta elementiem, lai tehnoloģiju var pārbaudīt mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C29DD82" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D23A7BA" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 6 – Tehnoloģijas demonstrācijā mākslīgi radītā vidē: sistēmas modelis vai prototips ir pārbaudīts mākslīgi radītā vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BE6932A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 7 – Sistēmas prototipa demonstrācija darbības vidē: sistēmas prototips, kas atbilst vai tikai minimāli atšķiras no plānotās sistēmas, ir pārbaudīts reālās darbības vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37A89131" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 8 – Sistēma ir pabeigta un pārbaudīta: ir pierādīts, ka tehnoloģija darbojas tās galīgajā formā un plānotajos apstākļos (pēdējais tehnoloģijas attīstības līmenis).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58D6E3F5" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46F42211" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ECBCDE1" w14:textId="4BE1B50E" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekts atbilst Komisijas regulas 651/2014 2. panta 85., 86. un 87. pantam, 25. un 28. pantam un TGL līmeņiem, kas ir no 4 līdz 8;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA5F334" w14:textId="72AC9527" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekts paredz izstrādāt jaunu produktu/tehnoloģiju (prototipu), sasniedzot TGL</w:t>
             </w:r>
             <w:r w:rsidR="009C59D4" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="786FC9C9" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:ind w:left="776"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="739D1130" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -11855,51 +12101,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="1C5E7659" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="1C5E7659" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="410B24F5" w14:textId="0C182F0D" w:rsidR="00D01E6F" w:rsidRPr="00B01B48" w:rsidRDefault="00D01E6F" w:rsidP="00D01E6F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
@@ -12145,51 +12391,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> sadarbības partneris veic produktu un tehnoloģiju eksportu uz </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Krievijas Federāciju un Baltkrievijas Republiku</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="103111FA" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="103111FA" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FA48216" w14:textId="70859EA8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12310,108 +12556,108 @@
           </w:p>
           <w:p w14:paraId="2162293F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā apraksta kā plānotās darbības atbilst vienai vai vairākām RIS3 jomām. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD52C21" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RIS3 jomu projekta līmenī nosaka pēc projekta iesniedzēja un sadarbības partnera norādītā jaunā vai būtiski uzlabotā produkta vai tehnoloģijas atbilstības vai pielietojuma kādā RIS3 jomām, ievērojot šādu principu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="060ACA74" w14:textId="1561D788" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">RIS3 joma projektā – primāri atbilstība RIS3 jomai tiek noteikta, norādot projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>produkta un/vai tehnoloģijas pielietojumu kādā no RIS3 jomām. Piemēram, ja tiek izstrādāts risinājums (jauns vai būtiski uzlabots produkts un/ vai tehnoloģija), kura pielietojums ir kādā no RIS3 jomām, tad norāda attiecīgo RIS3 jomu. Ja jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojums neatbilst kādai no RIS3 jomām, RIS3 joma projektā tiek noteikta attīstāmā jaunā produkta un/vai tehnoloģijas līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67057D29" w14:textId="4CAC6ECD" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RIS3 saistītās jomas – atbilstība RIS3 saistītajai jomai tiek noteikta, norādot projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojumu kādā no citām RIS3 jomām, kas nav primārā RIS3 joma projektā. Vienlaikus atbilstība RIS3 saistītajai jomai var tikt noteikta projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="589F7080" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
@@ -12437,167 +12683,211 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumā paredz darbības vienā vai vairākās RIS3 jomās:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="120530B2" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Zināšanu ietilpīga bioekonomika;</w:t>
+              <w:t xml:space="preserve">Zināšanu ietilpīga </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>bioekonomika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C29CA25" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Biomedicīna, medicīnas tehnoloģijas, biofarmācija un biotehnoloģijas;</w:t>
+              <w:t xml:space="preserve">Biomedicīna, medicīnas tehnoloģijas, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>biofarmācija</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un biotehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A3CD119" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viedie materiāli, tehnoloģijas un inženiersistēmas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A2E760A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Informācijas un komunikāciju tehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53731BD3" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viedā enerģētika.</w:t>
             </w:r>
@@ -12684,51 +12974,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00423130" w14:paraId="7297B130" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="7297B130" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0059FF3C" w14:textId="510D33D8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
@@ -13349,71 +13639,95 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1456B6D8" w14:textId="07F10769" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk143172589"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>II. Pētniecības starpdisciplinaritāte</w:t>
-            </w:r>
+              <w:t xml:space="preserve">II. Pētniecības </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>starpdisciplinaritāte</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="73D653FE" w14:textId="31C2AC3F" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01B48">
-[...6 lines deleted...]
-              <w:t>Starpdisciplinaritāti pamato, sniedzot informāciju par nozarēm un institūciju/-</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Starpdisciplinaritāti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pamato, sniedzot informāciju par nozarēm un institūciju/-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ām</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, sadarbībā ar kuru/-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -14008,324 +14322,473 @@
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vidējā bruto darba samaksa tiek rēķināta pēc šādām formulām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB9FEA2" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C6A6018" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>mēneša vidējo bruto darba samaksu nosaka, dalot bruto jeb aprēķināto darba samaksas fondu ar vidējo darbinieku skaitu pilna darba laika vienībās;</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47F5715A" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E0A749F" w14:textId="02F5D8A8" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7CC333" wp14:editId="57B2D72E">
                   <wp:extent cx="3905250" cy="393700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                   <wp:docPr id="226350572" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13">
+                          <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3905250" cy="393700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="6228B2F4" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E662783" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Bruto darba samaksas fonds: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Tas ir kopējais darba samaksas apjoms, ko uzņēmums noteiktā laika periodā (pēdējā noslēgtā finanšu gadā) izmaksājis darbiniekiem pirms nodokļu un citu ieturējumu piemērošanas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4006A382" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vidējais darbinieku skaits (pilna darba laika vienībās):</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tas ir visu darbinieku skaitu, pārrēķinot tos uz pilnas slodzes ekvivalentiem. Piemēram, ja viens darbinieks strādā nepilnu darba laiku, viņa darba slodze tiek pārrēķināta proporcionāli attiecībā pret pilnu slodzi</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59BB80AD" w14:textId="49D2B519" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
-[...1 lines deleted...]
-              <w:pStyle w:val="ListParagraph"/>
+          <w:p w14:paraId="59BB80AD" w14:textId="7F3D5F91" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
+            <w:pPr>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzēja darbinieku vidējo bruto darba samaksu salīdzina pret mēneša vidējo darba bruto samaksu  2024. gadā Latvijas statistiskajā reģionā, kurā tas ir reģistrēts, informācija publicēta Centrālās statistikas pārvaldes tīmekļa vietnē (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>) (Laika periods –  2024.</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – Rīgas statistiskais reģions (no 01.01.2024.), Vidzemes statistiskais reģions (no 01.01.2024.), Kurzemes statistiskais reģions (no 01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions).</w:t>
+              <w:t xml:space="preserve">gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – </w:t>
+            </w:r>
+            <w:ins w:id="1" w:author="Autors">
+              <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Rīgas statistiskais reģions (Rīga) (līdz 01.01.2024.)</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="2" w:author="Autors">
+              <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>Rīgas statistiskais reģions (no 01.01.2024.)</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:ins w:id="3" w:author="Autors">
+              <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Pierīgas statistiskais reģions (līdz 01.01.2024.)</w:t>
+              </w:r>
+              <w:r w:rsidR="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+              <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vidzemes statistiskais reģions (</w:t>
+            </w:r>
+            <w:del w:id="4" w:author="Autors">
+              <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">no </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="5" w:author="Autors">
+              <w:r w:rsidR="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>līdz</w:t>
+              </w:r>
+              <w:r w:rsidR="00D43CFD" w:rsidRPr="00B01B48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.01.2024.), Kurzemes statistiskais reģions (</w:t>
+            </w:r>
+            <w:del w:id="6" w:author="Autors">
+              <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">no </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="7" w:author="Autors">
+              <w:r w:rsidR="00D43CFD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>līdz</w:t>
+              </w:r>
+              <w:r w:rsidR="00D43CFD" w:rsidRPr="00B01B48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>01.01.2024.), Zemgales statistiskais reģions, Latgales statistiskais reģions).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09444D82" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C5E33D8" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -14417,72 +14880,62 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D746E6F" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kritērijā piešķir 4 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniedzēja mēneša vidējā bruto darba samaksa darbiniekiem, ir 100-119.99% no mēneša </w:t>
-[...10 lines deleted...]
-              <w:t>vidējās bruto darba samaksas apmēra tautsaimniecībā iepriekšējā gadā.</w:t>
+              <w:t>, ja projekta iesniedzēja mēneša vidējā bruto darba samaksa darbiniekiem, ir 100-119.99% no mēneša vidējās bruto darba samaksas apmēra tautsaimniecībā iepriekšējā gadā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46BD3D7D" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64ECC1D8" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -15460,97 +15913,97 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lursoft</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nav norādīta pilnīga informācija (piemēram, revidenta apstiprinātu precizētu gada pārskatu, kas vēl nav publicēts </w:t>
+              <w:t xml:space="preserve"> nav norādīta pilnīga informācija (piemēram, revidenta apstiprinātu precizētu gada </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">pārskatu, kas vēl nav publicēts </w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lursoft</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">), tad izmanto projekta iesniegumam pievienotās papildu informācijas datus, vienlaikus </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">lēmumā iekļaujot nosacījumu nodrošināt šo datu publicēšanu </w:t>
+              <w:t xml:space="preserve">), tad izmanto projekta iesniegumam pievienotās papildu informācijas datus, vienlaikus lēmumā iekļaujot nosacījumu nodrošināt šo datu publicēšanu </w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lursoft</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -15674,129 +16127,129 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7987168D" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs projekta iesniegumā (sadaļā – Projekta īstenošana un vadība, apakšsadaļā – Projekta īstenošanas kapacitāte) sniedz informāciju par noslēgto līgumu ar Nacionālajiem bruņotajiem spēkiem, pievienojot:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E7905CD" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tā noslēgšanas datumu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E05694" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>reģistrācijas numuru;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20661BB9" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>apjomu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08424547" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>priekšmetu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="716869B1" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
@@ -15809,62 +16262,52 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DAB8E48" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja noslēgtajam līgumam piemērots statuss – “Ierobežotas pieejamība”, projekta iesniedzējs projekta iesniegumā (sadaļā – </w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Projekta īstenošana un vadība</w:t>
+              <w:t>Ja noslēgtajam līgumam piemērots statuss – “Ierobežotas pieejamība”, projekta iesniedzējs projekta iesniegumā (sadaļā – Projekta īstenošana un vadība</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, apakšsadaļā – Projekta īstenošanas kapacitāte</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">) norāda līguma reģistrācijas numuru. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="497E380C" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
@@ -16131,72 +16574,62 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18346FF6" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kritērijā piešķir 4 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniedzēja apgrozījums pēdējā gada laikā ir vismaz 30 % apmērā no projektā plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem </w:t>
-[...10 lines deleted...]
-              <w:t>bruņotajiem spēkiem un tā apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra.</w:t>
+              <w:t>, ja projekta iesniedzēja apgrozījums pēdējā gada laikā ir vismaz 30 % apmērā no projektā plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tā apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EB7E531" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FE064D0" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -16567,61 +17000,61 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1CEBDB0A" w14:textId="6E5B3873" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzēja apgrozījums  pēdējā gada laikā ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar </w:t>
+              <w:t xml:space="preserve">Projekta iesniedzēja apgrozījums  pēdējā gada laikā ir vismaz 30 % apmērā no </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Nacionālajiem bruņotajiem spēkiem un tās apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra;</w:t>
+              <w:t>plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tās apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F3ED73E" w14:textId="49AC2817" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -17041,60 +17474,80 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un viedo materiālu, tehnoloģiju un inženiersistēmu RIS3 jomā </w:t>
             </w:r>
             <w:r w:rsidR="00213057" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nanomateriāli vai uz </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t>nanomateriāli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai uz </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t>fotoniku</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> balstīti sensori; informācijas un komunikācijas tehnoloģiju RIS3 jomā - šifrēšanas programmatūra vai bezpilota lidaparāti; viedās enerģētikas un mobilitātes RIS3 jomā </w:t>
             </w:r>
             <w:r w:rsidR="00213057" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -17145,72 +17598,81 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00213057" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> jaunu zinātniskās, tehniskās, sociālās, kultūras vai citas jomas ideju, izstrādņu un tehnoloģiju īstenošana komersanta produktā vai pakalpojumā vai procesā. Produkta vai pakalpojuma inovācija ir uzskatāma par īstenotu, kad tā ir nonākusi tirgū. Procesa, mārketinga vai organizatoriska inovācija ir īstenota tikai tad, kad tā ir praktiski ieviesta un tiek lietota attiecīgajā organizācijā.</w:t>
+              <w:t xml:space="preserve"> jaunu zinātniskās, tehniskās, sociālās, kultūras vai citas jomas ideju, izstrādņu un tehnoloģiju īstenošana komersanta produktā vai pakalpojumā vai procesā. Produkta vai pakalpojuma inovācija ir uzskatāma par īstenotu, kad tā ir nonākusi tirgū. Procesa, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>mārketinga vai organizatoriska inovācija ir īstenota tikai tad, kad tā ir praktiski ieviesta un tiek lietota attiecīgajā organizācijā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C3A3336" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Jauns vai būtiski uzlabots produkts</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> – inovatīvs produkts vai tehnoloģija gala saņēmēja līmenī. Būtiski uzlabojumi ir, piemēram, jaunu funkciju pievienošana, funkcionālo īpašību un lietojuma uzlabošana, tai skaitā kvalitātes paaugstināšana, finansiālā pieejamība, lietojamības, ērtuma uzlabošana, ekonomiskāka izmantošana, izturības palielināšana, produkta dzīves ilguma pagarināšana. Nav nepieciešami visu produkta funkciju vai darbības specifikāciju būtiski uzlabojumi.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FCB6846" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="296C0E1D" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
@@ -17675,76 +18137,76 @@
               </w:rPr>
               <w:t xml:space="preserve">, ja projektā paredzēta jauna </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">divējāda </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lietojuma produkta vai tehnoloģijas izstrāde jomās, kas saistītas ar:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A8B67E1" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>biotehnoloģijām, medicīnas tehnoloģijām un farmāciju – tehnoloģijas kuras spētu nodrošināt ekipējuma operatoram lielāku spēku, ātrumu, izturību, apkārtējās situācijas apzināšanu. Vienlaicīgi biotehnoloģijas var būt vērstas arī uz dažādu modificētu organismu izmantošanu vides attīrīšanai no piesārņojuma, pārtikas īpašību un noturības optimizēšanai;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111CE5A7" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">enerģiju un dzinējspēku – atjaunojamās enerģijas izmantošana, kontekstā ar militāro bāzu attīstību, sekmējot </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -18192,61 +18654,61 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7E864464" w14:textId="484EBA76" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projektā paredzēta jauna vai būtiski uzlabota divējāda lietojuma produkta vai tehnoloģijas izstrāde jomā, kas nav paredzēta kā prioritāte inovāciju un </w:t>
+              <w:t xml:space="preserve">Projektā paredzēta jauna vai būtiski uzlabota divējāda lietojuma produkta vai </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>tehnoloģiju attīstībai aizsardzības un drošības jomas vajadzībām;</w:t>
+              <w:t>tehnoloģijas izstrāde jomā, kas nav paredzēta kā prioritāte inovāciju un tehnoloģiju attīstībai aizsardzības un drošības jomas vajadzībām;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FFAAE94" w14:textId="4BF96B35" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -18348,51 +18810,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="53EDD3FD" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00423130" w14:paraId="3AA14BFB" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="3AA14BFB" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06FB68D9" w14:textId="467DF8B0" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
           </w:p>
@@ -18440,51 +18902,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kritērijs nav izslēdzošs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6447687D" w14:textId="4C775069" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="154FD512">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritēriju vērtē </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -18498,276 +18960,276 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Aizsardzības ministrij</w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E1FF226" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22807155" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
-              <w:pStyle w:val="NoSpacing"/>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Tiek vērtēts projekta iesniegumā norādīto darbību TGL. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34888F43" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75ECDED2" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rūpnieciskie pētījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2D0432" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">TGL 4 – Tehnoloģijas validācija laboratorijas vidē: veikta galveno tehnoloģisko komponentu integrācija, lai pārbaudīto to kopdarbību laboratorijas vidē. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2906A6D7" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 5 – Tehnoloģijas validācija mākslīgi radītā vidē: tehnoloģiskie komponenti ir integrēti ar samērā reāliem atbalsta elementiem, lai tehnoloģiju var pārbaudīt mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F3B542D" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22194CE4" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 6 – Tehnoloģijas demonstrācijā mākslīgi radītā vidē: sistēmas modelis vai prototips ir pārbaudīts mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA79B1F" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">TGL 7 – Sistēmas prototipa demonstrācija darbības vidē: sistēmas prototips, kas atbilst vai tikai minimāli atšķiras no plānotās sistēmas, ir pārbaudīts reālās darbības vidē. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BF6DB5E" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 8 – Sistēma ir pabeigta un pārbaudīta: ir pierādīts, ka tehnoloģija darbojas tās galīgajā formā un plānotajos apstākļos (pēdējais tehnoloģijas attīstības līmenis).</w:t>
             </w:r>
           </w:p>
@@ -18838,51 +19300,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritērijā piešķir 0 punktus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja projektā paredzētas darbības:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E941D84" w14:textId="5F5BEF85" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kas atbilst TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -18899,51 +19361,51 @@
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4 un TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="533D241F" w14:textId="5C7CE71F" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kas atbilst gan TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -19253,51 +19715,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="78413872" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00423130" w14:paraId="7C467B65" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="7C467B65" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E332749" w14:textId="161ED537" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.5.</w:t>
             </w:r>
           </w:p>
@@ -19939,51 +20401,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="49E1889A" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00423130" w14:paraId="72BAAED7" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="72BAAED7" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E768D4D" w14:textId="414A9699" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.6.</w:t>
             </w:r>
           </w:p>
@@ -20039,59 +20501,71 @@
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kritērijs nav izslēdzošs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48FECE94" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Apakškritērijos iegūtais punktu skaits tiek summēts.</w:t>
+              <w:t>Apakškritērijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iegūtais punktu skaits tiek summēts.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7247F02F" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6748E65F" w14:textId="4CD634E8" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
@@ -20112,51 +20586,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nenoraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00423130" w14:paraId="29742207" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="29742207" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="003F499B" w14:textId="5A0EA4F3" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4.6.1.</w:t>
             </w:r>
@@ -20470,51 +20944,51 @@
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>netiks</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmantoti projektā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00423130" w14:paraId="50411711" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="50411711" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5903137A" w14:textId="415C56B9" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.6.2.</w:t>
             </w:r>
           </w:p>
@@ -20658,60 +21132,72 @@
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57F1F68C" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta pieteikumā ir apzināti spēkā esošie jomas standartizācijas dokumenti, piemēram NATO Standartizācijas līgumi (STANAG) vai standartizācijas rekomendācijas (STANREC), kuras nosaka attīstāmās tehnoloģijas vai produkta īpašības un veiktspējas prasības operacionāli tehnisko mērķu sasniegšanai. Projekta gaitā tiek plānots attīstīt tehnoloģiju, kuras veiktspēja atbilst šajos standartizācijas dokumentos noteiktajām prasībām, tādējādi sekmējot gala produkta </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>pielietojamību aizsardzības vajadzībām un veicinot tā komercializācijas iespējas arī starptautiskā (NATO) līmenī.</w:t>
+              <w:t>pielietojamību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aizsardzības vajadzībām un veicinot tā komercializācijas iespējas arī starptautiskā (NATO) līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="788C39D1" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3692EDE1" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -20787,51 +21273,51 @@
               <w:t xml:space="preserve">Apakškritērijā piešķir 0 punktus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja projekta pieteikumā nav apzināti spēkā esošie jomas standartizācijas dokumenti un projekta gaitā netiek plānots attīstīt tehnoloģiju, kuras veiktspēja atbilst standartizācijas dokumentos noteiktajām prasībām</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00423130" w14:paraId="638C736F" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="638C736F" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6043D0CD" w14:textId="0AE7DBA6" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4.6.3.</w:t>
             </w:r>
@@ -21153,51 +21639,51 @@
               <w:t>nebūs</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar starptautisku raksturu (pielietojumu) un projekta izstrādē netiks iesaistīti ārvalstu sadarbības partneri</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00423130" w14:paraId="31CDCDF2" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="31CDCDF2" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="520DC904" w14:textId="5653ED03" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.7.</w:t>
             </w:r>
           </w:p>
@@ -21326,54 +21812,54 @@
               </w:rPr>
               <w:t>Kritērijā netiek ņemta vērā sadarbības partnera juridiskā adrese.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13005F1C" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Latvijā ir pieci statiskie reģioni, kuru sadalījums pieejams Centrālās statistikas pārvaldes mājaslapā: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="104D6654" w14:textId="1BA8CA10" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -21768,51 +22254,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="01751B48" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00423130" w14:paraId="6E4A787F" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="6E4A787F" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12950" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="51E818B6" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -22066,51 +22552,73 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>“Projekta tehnoloģijas gatavības līmenis”, ja arī pēc šī kritērija projektu iesniegumi saņem vienādu vērtējumu, tad prioritāri atbalstāms ir projekta iesniegums, kura juridiskā adrese vismaz gadu līdz projekta iesnieguma iesniegšanai vai jauniem komersantiem kopš to dibināšanas ir no Latvijas statistiskā reģiona ar zemāko iekšzemes kopproduktu, secīgi sarindojot projektu iesniegumus pēc Latvijas statistisko reģionu iekšzemes kopprodukta apjoma, atbilstoši Centrālās statistikas pārvaldes datiem,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>ja arī pēc projektu iesniegumi rindošanas projektu iesniegumi saņem vienādu vērtējumu, tad prioritāri atbalstāms ir projekta iesniegums, kur plānots īstenot strapdisciplināru projektu vairākās viedās specializācijas stratēģijas jomās.</w:t>
+              <w:t xml:space="preserve">ja arī pēc projektu iesniegumi rindošanas projektu iesniegumi saņem vienādu vērtējumu, tad prioritāri atbalstāms ir projekta iesniegums, kur plānots īstenot </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>strapdisciplināru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektu vairākās viedās specializācijas stratēģijas jomās.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59A1B07E" w14:textId="77777777" w:rsidR="00AE7811" w:rsidRPr="00B01B48" w:rsidRDefault="00AE7811" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DFEAD48" w14:textId="73B9D83C" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
@@ -22268,84 +22776,84 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F319B11" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00E55578">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C078E63" w14:textId="77777777" w:rsidR="00374D85" w:rsidRPr="00B01B48" w:rsidRDefault="00374D85">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00374D85" w:rsidRPr="00B01B48" w:rsidSect="007949C8">
-      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24113212" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8" w:rsidP="00770BE4">
+    <w:p w14:paraId="7ADA0161" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CDFDC59" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8" w:rsidP="00770BE4">
+    <w:p w14:paraId="2DC4782F" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5893BBEF" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8">
+    <w:p w14:paraId="667E2CD0" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -22395,163 +22903,163 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B2DB939" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8" w:rsidP="00770BE4">
+    <w:p w14:paraId="2A6AC7AB" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B888092" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8" w:rsidP="00770BE4">
+    <w:p w14:paraId="45FA900B" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31C16AAC" w14:textId="77777777" w:rsidR="00036CF8" w:rsidRDefault="00036CF8">
+    <w:p w14:paraId="76783DD7" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="19469A64" w14:textId="6C174EB5" w:rsidR="00222A2A" w:rsidRPr="000B0980" w:rsidRDefault="00222A2A" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00902452" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>N – neprecizējams kritērijs, kritērija neatbilstības gadījumā sadarbības iestāde projekta iesniegumu tālāk nevērtē un pieņem lēmums par projekta iesnieguma noraidīšanu</w:t>
       </w:r>
       <w:r w:rsidR="00CF1800">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="3FD41CAF" w14:textId="345AB3AA" w:rsidR="00902452" w:rsidRPr="000B0980" w:rsidRDefault="00902452" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE1BE4" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P – precizējamais kritērijs, kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu, ka projekta iesniedzējs nodrošina pilnīgu atbilstību kritērijam lēmumā noteiktajā laikā un kārtībā.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="349F1DAC" w14:textId="553373C8" w:rsidR="00770BE4" w:rsidRPr="00A95F43" w:rsidRDefault="00770BE4" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vienotie kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00404C9A" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -22630,324 +23138,324 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2025/5.2-6/16/45 “</w:t>
       </w:r>
       <w:r w:rsidR="00A95F43" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Par projektu iesniegumu atlases metodikas grozījumu apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="00CF1800">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="2163A25E" w14:textId="41EAD01E" w:rsidR="00B20FB9" w:rsidRPr="000653E2" w:rsidRDefault="00B20FB9" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vienotie izvēles kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00404C9A" w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Eiropas Savienības fondu uzraudzības komitejas 2025. gada 31. jūlija lēmumu Nr. 2025/5.2-6/16/45 “Par projektu iesniegumu atlases metodikas grozījumu apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="1735EBCA" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbilstoši Komisijas paziņojuma par Līguma par Eiropas Savienības darbību 107. panta 1. punktā minēto komercdarbības atbalsta jēdzienu (2016/C 262/01) 7., 8. un 9.punktam par uzņēmumu uzskata jebkuru subjektu, kas veic saimniecisko darbību, neatkarīgi no subjekta juridiskās formas un tā, vai subjekts ir izveidots ar mērķi gūt peļņu, vai ir bezpeļņas subjekts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="0AA35A8F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00A95F43" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mikrouzņēmums, mazais un vidējais uzņēmums.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="37D5DFF0" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="1505E506" w14:textId="757B9998" w:rsidR="00DA7ED7" w:rsidRPr="00DA7ED7" w:rsidRDefault="00DA7ED7">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas atkalizmantotājiem</w:t>
       </w:r>
       <w:r w:rsidR="00F92C48" w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="59111A32" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="0026D698" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas atkalizmantotājiem.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p w14:paraId="6D03444E" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00A95F43" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Saskaņā ar Gada pārskata un konsolidēto gada pārskatu likuma 97.panta pirmajā daļā norādīto gada pārskatu sabiedrība iesniedz ne vēlāk kā mēnesi pēc gada pārskata apstiprināšanas un ne vēlāk kā četrus mēnešus pēc pārskata gada beigām. Vidēja sabiedrība, liela sabiedrība un koncerna mātes sabiedrība, kura sagatavo konsolidēto gada pārskatu, ne vēlāk kā septiņus mēnešus pēc pārskata gada beigām iesniedz Valsts ieņēmumu dienestam papīra formā vai elektroniski sagatavota gada pārskata (finanšu pārskata un vadības ziņojuma) un konsolidētā gada pārskata (ja tāds ir) atvasinājumu elektroniskā formā — elektronisku norakstu vai elektronisku kopiju (ja tas noteikts normatīvajos aktos par sabiedrību sagatavoto finanšu pārskatu vai konsolidēto finanšu pārskatu elektroniskā noraksta formu iesniegšanai Valsts ieņēmumu dienesta Elektroniskajā deklarēšanas sistēmā) Elektroniskajā deklarēšanas sistēmā kopā ar paskaidrojumu (elektroniskā formā) par to, kad gada pārskats un konsolidētais gada pārskats (ja tāds ir) apstiprināts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="3160624B" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komerclikuma 198.panta 1.punkta 8.apakšpunkts</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p w14:paraId="317D711D" w14:textId="01108CB8" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAM MK noteikumos noteiktās komercdarbības atbalsta darbības, kam nav piemērojamas Komisijas regula Nr. 651/2014, 6.panta prasības attiecībā uz atbalsta stimulējošo ietekmi, tai skaitā gadījumos, kad SAM MK noteikumi paredz vairākus komercdarbības atbalsta regulējumus un komercdarbības atbalsta regulējums neparedz stimulējošās ietekmes prasību, piemēram, ja SAM MK noteikumi paredz, ka projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas (tehniski ekonomiskais pamatojums, plānošanas un arhitektūras uzdevums, būvprojekta izstrāde tehniskā projekta vai skiču projekta stadijā un citi dokumenti saskaņā ar normatīvajiem aktiem par būvniecību), būvuzraudzības un autoruzraudzības izmaksas, kas saistītas ar projekta ietvaros veiktajiem ilgtermiņa ieguldījumiem, sedz saskaņā ar Komisijas 2013.gada 18.decembra regulu Nr. 1407/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
@@ -22960,93 +23468,93 @@
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalstam</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
     <w:p w14:paraId="1F413542" w14:textId="322A4540" w:rsidR="002B1928" w:rsidRPr="000653E2" w:rsidRDefault="002B1928" w:rsidP="00CC1F8F">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifiskie atbilstības kritēriji apstiprināt ar Eiropas Savienības fondu 2021.-2027.gada plānošanas perioda Uzraudzības Komitejas 18.09.2025. lēmumu Nr. 2025/5.2-6/16/51 “Par projekta iesnieguma vērtēšanas kritēriju ar grozījumiem apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
     <w:p w14:paraId="239F5A79" w14:textId="48E22EC9" w:rsidR="00060C2C" w:rsidRPr="00495B34" w:rsidRDefault="00060C2C" w:rsidP="00495B34">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kvalitātes kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00495B34" w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Eiropas Savienības fondu 2021.-2027.gada</w:t>
@@ -23087,123 +23595,123 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2025/5.2-6/16/51 “Par projekta iesnieguma vērtēšanas kritēriju ar grozījumiem apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="00495B34" w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1239B2C9" w14:textId="213421B5" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>1. pielikums</w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A8C747A" w14:textId="77777777" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>trešās kārtas otrā uzsaukuma projektu atlases nolikumam</w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C37A356" w14:textId="77777777" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0109684A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -28900,94 +29408,98 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1218400557">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1684160287">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1362433063">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="44"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="4CC33527"/>
     <w:rsid w:val="000133BD"/>
     <w:rsid w:val="00015D63"/>
     <w:rsid w:val="000169E6"/>
     <w:rsid w:val="00016B25"/>
     <w:rsid w:val="00027765"/>
     <w:rsid w:val="00030CF8"/>
     <w:rsid w:val="00031FCF"/>
     <w:rsid w:val="00032D7E"/>
     <w:rsid w:val="00034EC4"/>
     <w:rsid w:val="00036CF8"/>
     <w:rsid w:val="00037B23"/>
     <w:rsid w:val="0005108D"/>
     <w:rsid w:val="00051AC7"/>
     <w:rsid w:val="00056546"/>
     <w:rsid w:val="00060C2C"/>
     <w:rsid w:val="00061566"/>
     <w:rsid w:val="000653E2"/>
+    <w:rsid w:val="00067845"/>
     <w:rsid w:val="00084A1A"/>
     <w:rsid w:val="000B0980"/>
     <w:rsid w:val="000B2D81"/>
     <w:rsid w:val="000C1395"/>
     <w:rsid w:val="000D2030"/>
     <w:rsid w:val="000D5496"/>
     <w:rsid w:val="000E35B0"/>
     <w:rsid w:val="000E779A"/>
     <w:rsid w:val="00101715"/>
     <w:rsid w:val="00105901"/>
     <w:rsid w:val="00106E38"/>
     <w:rsid w:val="00111647"/>
     <w:rsid w:val="00112841"/>
     <w:rsid w:val="00112BC1"/>
     <w:rsid w:val="00117CDC"/>
     <w:rsid w:val="00123C18"/>
     <w:rsid w:val="001302D4"/>
     <w:rsid w:val="001454F3"/>
     <w:rsid w:val="00150797"/>
     <w:rsid w:val="00157032"/>
     <w:rsid w:val="00162318"/>
     <w:rsid w:val="00180B46"/>
     <w:rsid w:val="0019186B"/>
     <w:rsid w:val="001B7271"/>
     <w:rsid w:val="001C2C23"/>
@@ -29038,50 +29550,52 @@
     <w:rsid w:val="003C6567"/>
     <w:rsid w:val="003E72CA"/>
     <w:rsid w:val="003F5169"/>
     <w:rsid w:val="003F79AC"/>
     <w:rsid w:val="00404C9A"/>
     <w:rsid w:val="0041151D"/>
     <w:rsid w:val="004134E2"/>
     <w:rsid w:val="00417F53"/>
     <w:rsid w:val="00423130"/>
     <w:rsid w:val="00424F19"/>
     <w:rsid w:val="004309DC"/>
     <w:rsid w:val="00431588"/>
     <w:rsid w:val="004360F9"/>
     <w:rsid w:val="00442A6D"/>
     <w:rsid w:val="00442D8E"/>
     <w:rsid w:val="00447D99"/>
     <w:rsid w:val="00447FE6"/>
     <w:rsid w:val="0045092C"/>
     <w:rsid w:val="0045716A"/>
     <w:rsid w:val="00463114"/>
     <w:rsid w:val="004723C6"/>
     <w:rsid w:val="00473E28"/>
     <w:rsid w:val="00474432"/>
     <w:rsid w:val="00475189"/>
     <w:rsid w:val="00476781"/>
+    <w:rsid w:val="0048352A"/>
+    <w:rsid w:val="00491E40"/>
     <w:rsid w:val="00495B34"/>
     <w:rsid w:val="00495CFE"/>
     <w:rsid w:val="004A63FB"/>
     <w:rsid w:val="004A7F94"/>
     <w:rsid w:val="004C0E9E"/>
     <w:rsid w:val="004E171C"/>
     <w:rsid w:val="004E1969"/>
     <w:rsid w:val="004E20E7"/>
     <w:rsid w:val="004E2D1B"/>
     <w:rsid w:val="004F283F"/>
     <w:rsid w:val="004F4CDB"/>
     <w:rsid w:val="00505B9E"/>
     <w:rsid w:val="005063CE"/>
     <w:rsid w:val="00524460"/>
     <w:rsid w:val="00525E1B"/>
     <w:rsid w:val="00530A73"/>
     <w:rsid w:val="00542F1D"/>
     <w:rsid w:val="005628F4"/>
     <w:rsid w:val="00570E62"/>
     <w:rsid w:val="00576745"/>
     <w:rsid w:val="00576C89"/>
     <w:rsid w:val="0058287E"/>
     <w:rsid w:val="00587A7C"/>
     <w:rsid w:val="005A4E02"/>
     <w:rsid w:val="005B47BC"/>
@@ -29105,50 +29619,51 @@
     <w:rsid w:val="00685B1B"/>
     <w:rsid w:val="006868A2"/>
     <w:rsid w:val="006C073C"/>
     <w:rsid w:val="006C3B70"/>
     <w:rsid w:val="006D1BE9"/>
     <w:rsid w:val="006D2483"/>
     <w:rsid w:val="006D5255"/>
     <w:rsid w:val="006E7A66"/>
     <w:rsid w:val="006F0A32"/>
     <w:rsid w:val="007066D2"/>
     <w:rsid w:val="00713192"/>
     <w:rsid w:val="00714274"/>
     <w:rsid w:val="00725E58"/>
     <w:rsid w:val="007261F9"/>
     <w:rsid w:val="00743D36"/>
     <w:rsid w:val="007539FF"/>
     <w:rsid w:val="00753E30"/>
     <w:rsid w:val="00757A61"/>
     <w:rsid w:val="00757B4F"/>
     <w:rsid w:val="00770BE4"/>
     <w:rsid w:val="00793122"/>
     <w:rsid w:val="007949C8"/>
     <w:rsid w:val="00797CFA"/>
     <w:rsid w:val="007B35A0"/>
     <w:rsid w:val="007B5163"/>
+    <w:rsid w:val="007C53B8"/>
     <w:rsid w:val="007C64C6"/>
     <w:rsid w:val="007E114D"/>
     <w:rsid w:val="007E1645"/>
     <w:rsid w:val="007F04F6"/>
     <w:rsid w:val="007F0602"/>
     <w:rsid w:val="007F2F02"/>
     <w:rsid w:val="0080135F"/>
     <w:rsid w:val="00803CEA"/>
     <w:rsid w:val="0081699B"/>
     <w:rsid w:val="0081762D"/>
     <w:rsid w:val="00827370"/>
     <w:rsid w:val="008429D6"/>
     <w:rsid w:val="00842B6E"/>
     <w:rsid w:val="008517F6"/>
     <w:rsid w:val="00862681"/>
     <w:rsid w:val="00863A8D"/>
     <w:rsid w:val="00871569"/>
     <w:rsid w:val="008778B5"/>
     <w:rsid w:val="00877A0B"/>
     <w:rsid w:val="0088310C"/>
     <w:rsid w:val="0088553B"/>
     <w:rsid w:val="008864FE"/>
     <w:rsid w:val="008A57B4"/>
     <w:rsid w:val="008B1B8A"/>
     <w:rsid w:val="008C617E"/>
@@ -29219,95 +29734,98 @@
     <w:rsid w:val="00B43417"/>
     <w:rsid w:val="00B6686E"/>
     <w:rsid w:val="00B72281"/>
     <w:rsid w:val="00B761BA"/>
     <w:rsid w:val="00B77970"/>
     <w:rsid w:val="00B924D7"/>
     <w:rsid w:val="00BA3B15"/>
     <w:rsid w:val="00BA5B3E"/>
     <w:rsid w:val="00BB2941"/>
     <w:rsid w:val="00BB5F1B"/>
     <w:rsid w:val="00BC4B3B"/>
     <w:rsid w:val="00BC4FE1"/>
     <w:rsid w:val="00BD090F"/>
     <w:rsid w:val="00BE1BE4"/>
     <w:rsid w:val="00BE29A7"/>
     <w:rsid w:val="00BF1030"/>
     <w:rsid w:val="00BF6A40"/>
     <w:rsid w:val="00BF7E37"/>
     <w:rsid w:val="00C0716E"/>
     <w:rsid w:val="00C21DC2"/>
     <w:rsid w:val="00C25CB0"/>
     <w:rsid w:val="00C32906"/>
     <w:rsid w:val="00C33201"/>
     <w:rsid w:val="00C37E58"/>
     <w:rsid w:val="00C4365C"/>
+    <w:rsid w:val="00C43A60"/>
     <w:rsid w:val="00C44348"/>
     <w:rsid w:val="00C578ED"/>
     <w:rsid w:val="00C63901"/>
     <w:rsid w:val="00C64865"/>
     <w:rsid w:val="00C73146"/>
     <w:rsid w:val="00C81D93"/>
     <w:rsid w:val="00C82E64"/>
     <w:rsid w:val="00C83DB2"/>
     <w:rsid w:val="00C92DFB"/>
     <w:rsid w:val="00C96C17"/>
     <w:rsid w:val="00CA0B95"/>
     <w:rsid w:val="00CA2B47"/>
     <w:rsid w:val="00CA5D85"/>
     <w:rsid w:val="00CC1F8F"/>
     <w:rsid w:val="00CC4CC5"/>
     <w:rsid w:val="00CC744D"/>
     <w:rsid w:val="00CD5DF6"/>
     <w:rsid w:val="00CE0014"/>
     <w:rsid w:val="00CE0020"/>
     <w:rsid w:val="00CF1800"/>
     <w:rsid w:val="00D01E5E"/>
     <w:rsid w:val="00D01E6F"/>
     <w:rsid w:val="00D05BAE"/>
     <w:rsid w:val="00D22B01"/>
     <w:rsid w:val="00D23923"/>
     <w:rsid w:val="00D24933"/>
     <w:rsid w:val="00D250A6"/>
     <w:rsid w:val="00D262DB"/>
     <w:rsid w:val="00D323B6"/>
     <w:rsid w:val="00D41716"/>
     <w:rsid w:val="00D43328"/>
+    <w:rsid w:val="00D43CFD"/>
     <w:rsid w:val="00D4518D"/>
     <w:rsid w:val="00D4544D"/>
     <w:rsid w:val="00D70F5A"/>
     <w:rsid w:val="00D91051"/>
     <w:rsid w:val="00DA16DC"/>
     <w:rsid w:val="00DA660C"/>
     <w:rsid w:val="00DA7ED7"/>
     <w:rsid w:val="00DB4D6A"/>
     <w:rsid w:val="00DC1234"/>
     <w:rsid w:val="00DE1A28"/>
     <w:rsid w:val="00DF0A5A"/>
     <w:rsid w:val="00DF3B88"/>
     <w:rsid w:val="00E01127"/>
     <w:rsid w:val="00E016F8"/>
+    <w:rsid w:val="00E046F2"/>
     <w:rsid w:val="00E15066"/>
     <w:rsid w:val="00E3018B"/>
     <w:rsid w:val="00E45F6B"/>
     <w:rsid w:val="00E536B2"/>
     <w:rsid w:val="00E55578"/>
     <w:rsid w:val="00E71E2B"/>
     <w:rsid w:val="00E779A2"/>
     <w:rsid w:val="00E812BA"/>
     <w:rsid w:val="00E81638"/>
     <w:rsid w:val="00EA50DB"/>
     <w:rsid w:val="00EB6390"/>
     <w:rsid w:val="00EC3EF9"/>
     <w:rsid w:val="00EC7493"/>
     <w:rsid w:val="00EE1A80"/>
     <w:rsid w:val="00EE5921"/>
     <w:rsid w:val="00EE6278"/>
     <w:rsid w:val="00F0429A"/>
     <w:rsid w:val="00F042E6"/>
     <w:rsid w:val="00F04CB1"/>
     <w:rsid w:val="00F056A9"/>
     <w:rsid w:val="00F11EC3"/>
     <w:rsid w:val="00F1347F"/>
     <w:rsid w:val="00F17E12"/>
     <w:rsid w:val="00F21443"/>
     <w:rsid w:val="00F247DA"/>
@@ -29389,51 +29907,50 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CC33527"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E367BD1E-6215-4846-95E3-6AEFB86B118B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -29788,864 +30305,864 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts4Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading5Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts5Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading6Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts6Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading7Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts7Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading8Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts8Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading9Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts9Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
+    <w:name w:val="Virsraksts 4 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
+    <w:name w:val="Virsraksts 5 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts5"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
+    <w:name w:val="Virsraksts 6 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
+    <w:name w:val="Virsraksts 7 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
+    <w:name w:val="Virsraksts 8 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
+    <w:name w:val="Virsraksts 9 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts9"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
+    <w:name w:val="Apakšvirsraksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Apakvirsraksts"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="SubtitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="ApakvirsrakstsRakstz"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
+  <w:style w:type="character" w:styleId="Intensvsizclums">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="Quote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
+    <w:name w:val="Citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Citts"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Quote">
+  <w:style w:type="paragraph" w:styleId="Citts">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="QuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="CittsRakstz"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-[...2 lines deleted...]
-    <w:link w:val="IntenseQuote"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
+    <w:name w:val="Intensīvs citāts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Intensvscitts"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+  <w:style w:type="paragraph" w:styleId="Intensvscitts">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="IntenseQuoteChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="IntensvscittsRakstz"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
+  <w:style w:type="character" w:styleId="Intensvaatsauce">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00150797"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00150797"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DB4D6A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...3 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:aliases w:val="Footnote Rakstz.,Fußnote Char Rakstz.,Fußnote Char Char Rakstz.,Fußnote Char Char Char Char Char Char Rakstz.,Fußnote Rakstz.,-E Fußnotentext Rakstz.,footnote text Rakstz.,Fußnotentext Ursprung Rakstz.,single space Rakstz.,f Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00770BE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar1">
     <w:name w:val="Footnote Text Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="FootnoteReference"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Vresatsauce"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00770BE4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...2 lines deleted...]
-    <w:link w:val="ListParagraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
+    <w:name w:val="Saraksta rindkopa Rakstz."/>
+    <w:aliases w:val="H&amp;P List Paragraph Rakstz.,2 Rakstz.,Strip Rakstz.,Saraksta rindkopa1 Rakstz.,Normal bullet 2 Rakstz.,Bullet list Rakstz.,Colorful List - Accent 12 Rakstz.,Dot pt Rakstz.,F5 List Paragraph Rakstz.,List Paragraph1 Rakstz."/>
+    <w:link w:val="Sarakstarindkopa"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00031FCF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,Dot pt,F5 List Paragraph,List Paragraph1,No Spacing1,List Paragraph Char Char Char,Indicator Text,Colorful List - Accent 11,List1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="SarakstarindkopaRakstz"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00031FCF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00031FCF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00366023"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00366023"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
-[...3 lines deleted...]
-    <w:link w:val="NoSpacing"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezatstarpmRakstz">
+    <w:name w:val="Bez atstarpēm Rakstz."/>
+    <w:aliases w:val="Parastais Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Bezatstarpm"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00BF1030"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Parastais"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="NoSpacingChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BezatstarpmRakstz"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF1030"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF1030"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2132">
     <w:name w:val="tv2132"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00D01E6F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C1395"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1395"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C1395"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1395"/>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005B543F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -30869,388 +31386,92 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...259 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B238FE-23CC-4C5A-BE3E-A51477DE2D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>47</Pages>
-  <Words>12447</Words>
-  <Characters>70950</Characters>
+  <Words>53191</Words>
+  <Characters>30320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>591</Lines>
+  <Lines>252</Lines>
   <Paragraphs>166</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>83231</CharactersWithSpaces>
+  <CharactersWithSpaces>83345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1900617</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4980821</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -31293,45 +31514,34 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Anita Jansone</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>