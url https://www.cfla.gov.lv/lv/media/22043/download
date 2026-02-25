--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -1,49 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3BC61577" w14:textId="7D677FB0" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00030CF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -143,51 +147,51 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="573436DF" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programma 2021.–2027.gadam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E55578" w:rsidRPr="00D43CFD" w14:paraId="76EB42BD" w14:textId="77777777" w:rsidTr="00C33201">
+      <w:tr w:rsidR="00E55578" w:rsidRPr="00885ED2" w14:paraId="76EB42BD" w14:textId="77777777" w:rsidTr="00C33201">
         <w:trPr>
           <w:trHeight w:val="428"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25A8E59D" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -212,51 +216,51 @@
           <w:p w14:paraId="5B7D7480" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:spacing w:val="5"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.2.1. “Pētniecības un inovāciju kapacitātes stiprināšana un progresīvu tehnoloģiju ieviešana uzņēmumiem”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E55578" w:rsidRPr="00D43CFD" w14:paraId="5D429DCC" w14:textId="77777777" w:rsidTr="00C33201">
+      <w:tr w:rsidR="00E55578" w:rsidRPr="00885ED2" w14:paraId="5D429DCC" w14:textId="77777777" w:rsidTr="00C33201">
         <w:trPr>
           <w:trHeight w:val="428"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A6C509C" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00C33201">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -541,51 +545,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtējot projekta iesnieguma atbilstību projekta iesnieguma vērtēšanas kritērijiem, jāņem vērā tikai projekta iesniegumā pieejamā informācija. Vērtējumu nevar balstīt uz pieņēmumiem vai citu informāciju, ko nav iespējams pārbaudīt vai pierādīt, vai kas neattiecas uz konkrēto projekta iesniegumu. Tomēr, ja vērtētāja rīcībā ir kāda informācija, kas var ietekmēt projekta vērtējumu, jānorāda konkrēti fakti un informācijas avoti, kas pamato un pierāda vērtētāja sniegto informāciju. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07103885" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vērtējot projekta iesniegumu, jāpievērš uzmanība projekta iesniegumā sniegtās informācijas saskaņotībai starp visām projekta iesnieguma sadaļām, tās pielikumiem un papildus iesniegtajiem dokumentiem, kuros informācija minēta. Ja informācija starp projekta iesnieguma sadaļām, tās pielikumiem un papildus iesniegtajiem dokumentiem nesaskan, ir jāizvirza nosacījums par papildu skaidrojuma sniegšanu vai precizējumu veikšanu pie tā kritērija, uz kuru šī nesakritība ir attiecināma. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145508C8" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Kritērija ietekme uz lēmumu “P” nozīmē, ka kritērijs ir precizējams un kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu, ka projekta iesniedzējs un sadarbības partneris nodrošina pilnīgu atbilstību kritērijam lēmumā noteiktajā laikā un kārtībā. Savukārt kritērija ietekme uz lēmuma pieņemšanu “N” nozīmē, ka kritērijs nav precizējams un kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3E988E" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
@@ -855,51 +858,50 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ERAF – Eiropas Reģionālās attīstības fonds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74930C09" w14:textId="51D2497A" w:rsidR="007F0602" w:rsidRPr="00B01B48" w:rsidRDefault="007F0602" w:rsidP="00F45852">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">HP VINPI </w:t>
       </w:r>
       <w:r w:rsidR="00E01127" w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Horizontālais princips “Vienlīdzība, iekļaušana, nediskriminācija un pamattiesību ievērošana”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D8B4987" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
@@ -1216,96 +1218,95 @@
         </w:rPr>
         <w:t>MVU – Sīkais (mikro), mazais un vidējais komersants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2BD153" w14:textId="77777777" w:rsidR="00150797" w:rsidRPr="00B01B48" w:rsidRDefault="00150797" w:rsidP="00F45852">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="758"/>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="1462"/>
         <w:gridCol w:w="1432"/>
         <w:gridCol w:w="6744"/>
       </w:tblGrid>
       <w:tr w:rsidR="00222A2A" w:rsidRPr="00B01B48" w14:paraId="7C78AE8D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F5A61FD" w14:textId="6A26369C" w:rsidR="007F2F02" w:rsidRPr="00B01B48" w:rsidRDefault="007F2F02" w:rsidP="007F2F02">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="496E2850" w14:textId="5709E938" w:rsidR="007F2F02" w:rsidRPr="00B01B48" w:rsidRDefault="007F2F02" w:rsidP="007F2F02">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
@@ -1324,74 +1325,74 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220D5337" w14:textId="2536BBEC" w:rsidR="007F2F02" w:rsidRPr="00B01B48" w:rsidRDefault="007F2F02" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kritērija ietekme uz lēmuma pieņemšanu (P</w:t>
             </w:r>
             <w:r w:rsidR="00222A2A" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>/N</w:t>
             </w:r>
             <w:r w:rsidR="00902452" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
@@ -1488,64 +1489,64 @@
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="079F9627" w14:textId="12969712" w:rsidR="00770BE4" w:rsidRPr="00B01B48" w:rsidRDefault="00770BE4" w:rsidP="00031FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>VIENOTIE KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="1BA82E3D" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00885ED2" w14:paraId="1BA82E3D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6721F80C" w14:textId="76B1B810" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1553,104 +1554,104 @@
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5454586B" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst SAM MK noteikumos noteiktajām specifiskajām prasībām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42D0D158" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs atbilst SAM MK noteikumos noteiktajam iesniedzēju lokam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4471D266" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta īstenošanas termiņš atbilst SAM MK noteikumos noteiktajam termiņam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D35D431" w14:textId="3C6D3407" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegumam ir pievienoti nolikumā noteiktie papildu pievienojamie pielikumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1929,60 +1930,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F38E6CD" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu </w:t>
-[...8 lines deleted...]
-              <w:t>iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, tiesībsargājošo institūciju u.tml. atkarībā no SAM specifikas.</w:t>
+              <w:t>Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, tiesībsargājošo institūciju u.tml. atkarībā no SAM specifikas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54FB1B4A" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4052D766" w14:textId="77777777" w:rsidR="00031FCF" w:rsidRPr="00B01B48" w:rsidRDefault="00031FCF" w:rsidP="00031FCF">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2193,73 +2185,72 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="0EA5BFDB" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00885ED2" w14:paraId="0EA5BFDB" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="683AE5CF" w14:textId="42EEEE02" w:rsidR="00713192" w:rsidRPr="00B01B48" w:rsidRDefault="00713192" w:rsidP="00713192">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
@@ -2463,51 +2454,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2E9574F2" w14:textId="77777777" w:rsidR="00713192" w:rsidRPr="00B01B48" w:rsidRDefault="00713192" w:rsidP="00576C89">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="343"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">katram riskam ir norādīta tā ietekme (augsta, vidēja, zema) uz projekta īstenošanu un mērķu sasniegšanu un iestāšanās varbūtība (augsta, vidēja, zema); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36B4237C" w14:textId="77777777" w:rsidR="00713192" w:rsidRPr="00B01B48" w:rsidRDefault="00713192" w:rsidP="00576C89">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="343"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2594,73 +2584,72 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,  ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E4B7D" w:rsidRPr="00D43CFD" w14:paraId="3B8D4FBA" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="009E4B7D" w:rsidRPr="00885ED2" w14:paraId="3B8D4FBA" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CCA1879" w14:textId="6757FE4B" w:rsidR="009E4B7D" w:rsidRPr="00B01B48" w:rsidRDefault="009E4B7D" w:rsidP="009E4B7D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
@@ -2928,87 +2917,85 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38C0125D" w14:textId="10D526A6" w:rsidR="009E4B7D" w:rsidRPr="00B01B48" w:rsidRDefault="009E4B7D" w:rsidP="009E4B7D">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2A6E" w:rsidRPr="00D43CFD" w14:paraId="511BBF8B" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00AD2A6E" w:rsidRPr="00885ED2" w14:paraId="511BBF8B" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60B08945" w14:textId="282F291B" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
@@ -3035,159 +3022,148 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="31757D50" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attiecināmās izmaksas un izmaksu pozīcijas atbilst SAM MK noteikumos noteiktajam, tai skaitā nepārsniedz noteikto izmaksu pozīciju apjomus un:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03554620" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir saistītas ar projekta īstenošanu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06E162AB" w14:textId="77777777" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">ir nepieciešamas projekta īstenošanai (projektā norādīto darbību īstenošanai, mērķa grupas vajadzību </w:t>
-[...9 lines deleted...]
-              <w:t>nodrošināšanai, definētās problēmas risināšanai) un izvērtēta to lietderība;</w:t>
+              <w:t>ir nepieciešamas projekta īstenošanai (projektā norādīto darbību īstenošanai, mērķa grupas vajadzību nodrošināšanai, definētās problēmas risināšanai) un izvērtēta to lietderība;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F8F0676" w14:textId="4FA4F896" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="426" w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nodrošina projektā izvirzītā mērķa un rādītāju sasniegšanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CF7DA5F" w14:textId="11E70B06" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B8151F1" w14:textId="679E9714" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -3469,94 +3445,84 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>panta 3.</w:t>
             </w:r>
             <w:r w:rsidR="00237448" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">punktā definēto un balstoties uz Komisijas lietotāja rokasgrāmatā par MVU definīcijas piemērošanu norādīto) nepārsniedz </w:t>
-[...9 lines deleted...]
-              <w:t>Komisijas regulas Nr. 651/2014 4. panta i) apakšpunktā noteiktos robežlielumus;</w:t>
+              <w:t>punktā definēto un balstoties uz Komisijas lietotāja rokasgrāmatā par MVU definīcijas piemērošanu norādīto) nepārsniedz Komisijas regulas Nr. 651/2014 4. panta i) apakšpunktā noteiktos robežlielumus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68575432" w14:textId="0E7F6ABF" w:rsidR="004723C6" w:rsidRDefault="00B924D7" w:rsidP="00AD2A6E">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="838" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B924D7">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ir sniegta informācija, ka komercdarbības atbalsta, kas plānots projekta ietvaros, apvienošana (kumulācija) netiek pieļauta, vai arī tiek minēti komercdarbības atbalsta apvienošanas (kumulācijas) nosacījumi un to kontrole, ja atbalsta apvienošana (kumulācija) tiek pieļauta;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="545FAC53" w14:textId="6E4C0CB1" w:rsidR="00AD2A6E" w:rsidRPr="00B01B48" w:rsidRDefault="00AD2A6E" w:rsidP="00AD2A6E">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniegumam ir pievienota projekta iesniedzēja  un sadarbības partnera (ja attiecināms) deklarācija (ko iesniedz arī projekta iesniedzējs un sadarbības partneris (ja attiecināms), kas atbilst “liela” uzņēmuma kategorijai un mazas vidējas vai vidējas kapitalizācijas sabiedrības statusam, kuras </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -3673,167 +3639,153 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w14:paraId="69836897" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="006E7A66" w:rsidRPr="00885ED2" w14:paraId="69836897" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5925C0EF" w14:textId="66BE5D8B" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1867753B" w14:textId="4C834116" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzējam un sadarbības partnerim  ir pietiekama </w:t>
-[...11 lines deleted...]
-              <w:t>administrēšanas, īstenošanas un finanšu kapacitāte projekta īstenošanai.</w:t>
+              <w:t>Projekta iesniedzējam un sadarbības partnerim  ir pietiekama administrēšanas, īstenošanas un finanšu kapacitāte projekta īstenošanai.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54091B32" w14:textId="6264C7B3" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C6520EE" w14:textId="4F4E0EA5" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -3893,420 +3845,409 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AF1C093" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>projekta iesniegumā ir iekļauta šāda informācija par cilvēkresursiem projekta administrēšanai:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5775C894" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par nepieciešamo plānoto projekta vadības un īstenošanas personālu kā projekta vadītājs, projekta vadītāja asistents, iepirkuma speciālists, grāmatvedis, zinātniskais darbinieks, to skaitu un galvenajiem uzdevumiem, projekta īstenošanu un uzraudzību, darba izpildei nepieciešamo pieredzi un profesionālo kvalifikāciju; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C9CB54C" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kā projekta iesniedzējs un sadarbības partneris plāno nodrošināt (piesaistīt) projekta personāla pārstāvjus projekta īstenošanai, piemēram,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir noslēgts vai plānots noslēgt darba līgumu, uzņēmuma līgumu vai pakalpojuma līgumu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02E41528" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegumā ir iekļauta šāda informācija par projekta īstenošanas kapacitāti:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="030C4C44" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">par projekta iesniedzējam un sadarbības partnerim pieejamo infrastruktūru un materiāltehnisko nodrošinājumu </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(piemēram, telpu pieejamība, IKT nodrošinājums un projektam nepieciešamā programmatūra u.c.)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09D6910B" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par iepirkuma procedūras veikšanu (vai ir uzsākta, noslēgusies) un citu informāciju, kas liecina par projekta iesniedzēja un sadarbības partnera kapacitāti īstenot projektā plānotās darbības;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07871049" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kā tiks nodrošināta par projekta īstenošanu saistīto datu uzkrāšana;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="638882B3" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par pētniecības un attīstības kapacitāti, piemēram, ir/nav sava pētniecības un attīstības komanda, līgums ar zinātnisko institūciju u.tml., par projektā iesaistītajiem pētniekiem, to skaitu un galvenajiem uzdevumiem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070AEDEF" w14:textId="26FDF61E" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniegum</w:t>
             </w:r>
             <w:r w:rsidR="001B7271" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir iekļauta šāda informācija par projekta iesniedzēja un sadarbības partnera nepieciešamo finanšu kapacitāti projekta īstenošanai un rezultātu uzturēšanai:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4956901D" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">par pašreizējo finanšu situāciju un projekta īstenošanai nepieciešamo finanšu resursu apjoma pieejamību </w:t>
-[...9 lines deleted...]
-              <w:t>(potenciālie vai pieejamie finanšu līdzekļi projekta īstenošanai);</w:t>
+              <w:t>par pašreizējo finanšu situāciju un projekta īstenošanai nepieciešamo finanšu resursu apjoma pieejamību (potenciālie vai pieejamie finanšu līdzekļi projekta īstenošanai);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E37B69" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par projekta finansēšanas struktūru, t.sk., ja finansēšanas avoti nav kredītiestādes, tad detalizētu informāciju, kas ir finansējuma sniedzēji, proti, vai tie nav Sankciju sarakstos, ar negatīvu reputāciju u.tml.;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A021A92" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>par finanšu avotiem, no kuriem tiks segti privātais līdzfinansējums un PVN izmaksas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DC2526A" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kā ir plānots veikt avansa maksājumu pieprasījumus projekta īstenošanai saskaņā ar SAM MK noteikumu 50.punkta nosacījumiem, ja attiecināms. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52E0A49E" w14:textId="0348C18A" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:ind w:left="360"/>
@@ -4378,117 +4319,117 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F1821D6" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BD6B974" w14:textId="1EED1878" w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w:rsidRDefault="425DD7F0" w:rsidP="388E2629">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
-[...7 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="110560CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegumā norādīta nepilnīga informācija, kas liedz pārliecināties par atbilstību kādai no kritērijā minētajām prasībām, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43CFD">
+            <w:r w:rsidRPr="110560CA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vērtējums ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43CFD">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="110560CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43CFD">
+            <w:r w:rsidRPr="110560CA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43CFD">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="110560CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">”, </w:t>
             </w:r>
-            <w:r w:rsidR="3A0749A9" w:rsidRPr="00D43CFD">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidR="3A0749A9" w:rsidRPr="110560CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D43CFD">
-[...4 lines deleted...]
-                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="110560CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ģentūra projekta iesniedzējam  un sadarbības partnerim izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67955F25" w14:textId="77777777" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EAD4D83" w14:textId="686FFDA2" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
@@ -4498,152 +4439,140 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E7A66" w:rsidRPr="00D43CFD" w14:paraId="24F141FF" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="006E7A66" w:rsidRPr="00885ED2" w14:paraId="24F141FF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F93F20F" w14:textId="14ADB1D7" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59BA01A3" w14:textId="751F0B71" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta mērķis atbilst SAM MK noteikumos noteiktajam mērķim, definētie uzraudzības rādītāji nodrošina un apliecina mērķa </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">sasniegšanu, uzraudzības rādītāji ir precīzi definēti, pamatoti un izmērāmi. </w:t>
+              <w:t xml:space="preserve">Projekta mērķis atbilst SAM MK noteikumos noteiktajam mērķim, definētie uzraudzības rādītāji nodrošina un apliecina mērķa sasniegšanu, uzraudzības rādītāji ir precīzi definēti, pamatoti un izmērāmi. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FDDC266" w14:textId="4306E0B1" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0977AA62" w14:textId="79E6BCD7" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="006E7A66">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -4756,51 +4685,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2D87EA56" w14:textId="10E69217" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="00827370">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>projekta iesniegumā norādītie uzraudzības rādītāji ir izmērāmi, tiem ir noteikta sasniedzamā mērvienība un skaitliskā vērtība projekta īstenošanas beigās, un tie sekmē SAM MK noteikumu 10. punktā noteiktos rādītājus, un sniedz ieguldījumu mērķa sasniegšanā.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5235B51D" w14:textId="523FCDFF" w:rsidR="006E7A66" w:rsidRPr="00B01B48" w:rsidRDefault="006E7A66" w:rsidP="154FD512">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4890,187 +4818,175 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A005B1" w:rsidRPr="00D43CFD" w14:paraId="1C7FC0F3" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00A005B1" w:rsidRPr="00885ED2" w14:paraId="1C7FC0F3" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6990E62B" w14:textId="2ED6219C" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E0B60D8" w14:textId="77777777" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā plānotie sagaidāmie rezultāti ir skaidri definēti un izriet no plānoto darbību aprakstiem, plānotās projekta darbības: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CC6D3F5" w14:textId="77777777" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbilst SAM MK noteikumos noteiktajam un paredz saikni ar attiecīgajām atbalstāmajām darbībām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76DAF063" w14:textId="6E076551" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:right="175"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">ir precīzi definētas un pamatotas, un tās risina </w:t>
-[...9 lines deleted...]
-              <w:t>projektā definētās problēmas.</w:t>
+              <w:t>ir precīzi definētas un pamatotas, un tās risina projektā definētās problēmas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4844EDF7" w14:textId="3D41FDFD" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1769FB11" w14:textId="27B9AD34" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -5376,87 +5292,85 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57D188F3" w14:textId="465DC7DD" w:rsidR="00A005B1" w:rsidRPr="00B01B48" w:rsidRDefault="00A005B1" w:rsidP="00A005B1">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="01CD284D" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00885ED2" w14:paraId="01CD284D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E029EF2" w14:textId="50EA0AB6" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00A005B1" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
@@ -6010,62 +5924,51 @@
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta iesniedzējam vai projekta sadarbības partnerim </w:t>
             </w:r>
             <w:r w:rsidR="0041151D" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">pārbaudes brīdī </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">nodokļu maksātāja reitings ir “A”, </w:t>
-[...10 lines deleted...]
-              <w:t>attiecīgi nodokļu parāda esamības vai neesamības pārbaude netiek veikta.</w:t>
+              <w:t>nodokļu maksātāja reitings ir “A”, attiecīgi nodokļu parāda esamības vai neesamības pārbaude netiek veikta.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="131CC2A5" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5163EAB7" w14:textId="279E53B1" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
@@ -6429,60 +6332,51 @@
               <w:t xml:space="preserve"> un tiek izvirzīts atbilstošs nosacījums:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="752DE7EA" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">veikt visu nodokļu parādu nomaksu, nodrošinot, ka ne projekta iesniedzējam, ne sadarbības partnerim Latvijas </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
+              <w:t xml:space="preserve">veikt visu nodokļu parādu nomaksu, nodrošinot, ka ne projekta iesniedzējam, ne sadarbības partnerim Latvijas Republikā projekta iesnieguma precizējumu iesniegšanas dienā nav nodokļu parādu, kas kopsummā katram atsevišķi pārsniedz 150 </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D26FBAF" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
@@ -6581,51 +6475,50 @@
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="216777C0" w14:textId="491777FB" w:rsidR="00B20FB9" w:rsidRPr="00B01B48" w:rsidRDefault="00B20FB9" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12192" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="76DCF46F" w14:textId="69B3BA10" w:rsidR="00B20FB9" w:rsidRPr="00B01B48" w:rsidRDefault="00B20FB9" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
@@ -6637,51 +6530,51 @@
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="22B9DCE6" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00885ED2" w14:paraId="22B9DCE6" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BDB0BFE" w14:textId="7E9AD02A" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6692,438 +6585,441 @@
           <w:p w14:paraId="7D67E909" w14:textId="1430D565" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniedzējs un sadarbības partneris nav grūtībās nonācis saimnieciskās darbības veicējs </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1663EF57" w14:textId="30773A2A" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
+          <w:p w14:paraId="1663EF57" w14:textId="624ACB43" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
+            <w:ins w:id="0" w:author="Author">
+              <w:r w:rsidR="00A56EC7">
+                <w:rPr>
+                  <w:rStyle w:val="FootnoteReference"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:footnoteReference w:id="6"/>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12E193D5" w14:textId="68FF391E" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26295AAE" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27EEB01E" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B889384" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ja projekta iesniedzējs un sadarbības partneris (ja tāds ir paredzēts) uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu (nevienā no minētajiem </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> ja projekta iesniedzējs un sadarbības partneris (ja tāds ir paredzēts) uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu (nevienā no minētajiem datumiem) nav grūtībās nonācis uzņēmums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rStyle w:val="Vresatsauce"/>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="6"/>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> jeb saimnieciskās darbības veicējs un uz to neattiecas neviena no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="618FE6CF" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendentam (izņemot MVU</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="7"/>
+              <w:footnoteReference w:id="8"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma) – uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no parakstītā kapitāla, ja, uzkrātos zaudējumus atskaitot no rezervēm (un visām pārējām pozīcijām, kuras pieņemts uzskatīt par daļu no sabiedrības pašu kapitāla), rodas negatīvs rezultāts, kas pārsniedz pusi no parakstītā kapitāla. Kapitāls attiecīgajā gadījumā ietver kapitāldaļu uzcenojumu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68969011" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta pretendentam, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (izņemot MVU, kas ir pastāvējuši mazāk nekā trīs gadus, vai, riska finansējuma atbalsta gadījumā – MVU septiņus gadus no to pirmā komerciālās pārdošanas darījuma), uzkrāto zaudējumu dēļ ir zudusi vairāk nekā puse no kapitāla, kas norādīts sabiedrības grāmatvedības pārskatos. Šā apakšpunkta izpratnē sabiedrība ir tāda sabiedrība, kurā vismaz kādam no dalībniekiem ir neierobežota atbildība par sabiedrības parādsaistībām (jo īpaši pilnsabiedrības un komandītsabiedrības); </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7321BDE1" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendents, kuram ierosināta tiesiskās aizsardzības procesa lieta, tiek īstenots tiesiskās aizsardzības process vai pasludināts maksātnespējas process, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="8"/>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="707E5B8B" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>atbalsta pretendents ir saņēmis glābšanas atbalstu un vēl nav atmaksājis aizdevumu vai atsaucis garantiju, vai ir saņēmis pārstrukturēšanas atbalstu un uz to joprojām attiecas pārstrukturēšanas plāns;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A8AD89C" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atbalsta pretendentam (kas nav MVU) pēdējos divus gadus uzņēmuma parādsaistību un pašu kapitāla bilances vērtību attiecība ir pārsniegusi 7,5, kā arī uzņēmuma procentu seguma attiecība, kas rēķināta pēc uzņēmuma ieņēmumiem pirms procentu, nodokļu, nolietojuma un amortizācijas atskaitījumiem (EBITDA), ir bijusi mazāka par 1,0.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BA4AEE9" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5765BD54" w14:textId="3800D757" w:rsidR="006D5255" w:rsidRPr="00B01B48" w:rsidRDefault="006D5255" w:rsidP="006D5255">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Atbilstoši Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regula Nr. 2021/1058 par Eiropas Reģionālās</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attīstības fondu un Kohēzijas fondu 7. panta 1. punkta d) apakšpunktā noteiktajam</w:t>
             </w:r>
             <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="9"/>
+              <w:footnoteReference w:id="10"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> neatbalsta savienības</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -7236,51 +7132,51 @@
               <w:t>lēmumu vai ar Eiropas Parlamenta un Padomes Regulu (EK) Nr. 1370/2007 par sabiedriskā pasažieru</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>transporta pakalpojumiem, izmantojot dzelzceļu un autoceļus, un ar ko atceļ Padomes Regulu (EEK) Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13789221" w14:textId="31DF0981" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="006D5255" w:rsidP="00DA7ED7">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1191/69 un Padomes Regulu (EEK) Nr. 1107/70 regulu (turpmāk - Regula Nr. 1370/2007), iesniedz </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
@@ -7301,848 +7197,943 @@
               <w:t>, ka tas individuāli un saistīto uzņēmumu līmenī neatbilst grūtībās nonākušo saimniecisko</w:t>
             </w:r>
             <w:r w:rsidR="00F92C48" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA7ED7" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>darbības veicēju pazīmēm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45CB8DED" w14:textId="77777777" w:rsidR="00F92C48" w:rsidRPr="00B01B48" w:rsidRDefault="00F92C48" w:rsidP="00DA7ED7">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="138AC63F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Pārējos gadījumos atbilstību kritērijam pārbauda: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DE41296" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">uz projekta iesnieguma iesniegšanas dienu un; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A9EB12" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">uz lēmuma par projekta iesnieguma apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EABDE91" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12863007" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Lēmums par projekta iesnieguma apstiprināšanu, kā arī atzinums par nosacījumu izpildi var būt lēmumi, ar kuriem tiek piešķirts komercdarbības atbalsts pretendentam. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40ED3DBB" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="443CA9BC" w14:textId="77777777" w:rsidR="00842B6E" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Grūtībās nonākušo saimniecisko darbības veicēju pazīmes vērtē projekta iesniedzējam individuāli un tā saistīto personu grupai saskaņā ar Komisijas regulas Nr.651/2014 I pielikuma 3.panta 3.punktā definēto. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05E39121" w14:textId="77777777" w:rsidR="00842B6E" w:rsidRPr="00B01B48" w:rsidRDefault="00842B6E" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="686609D2" w14:textId="66487CAB" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Šīs metodikas ietvaros lietotais termins “pasludināts maksātnespējas process” aptver arī tādus maksātnespējas stāvokļa risinājumus kā bankrots, sanācija un mierizlīgums, līdz ar to aptver arī tos maksātnespējas procesus, kas pasludināti saskaņā ar likumu “Par uzņēmumu un uzņēmējsabiedrību maksātnespēju” un Maksātnespējas likumu, kas bija spēkā līdz 2010. gada 1. novembrim, vai tas atbilst normatīvajos aktos noteiktiem kritērijiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="10"/>
+              <w:footnoteReference w:id="11"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, lai tam pēc kreditora pieprasījuma piemērotu maksātnespējas procedūru.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D93A3CB" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13FF68CF" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pieņemot lēmumu par projekta iesniedzēja atbilstību kritērijam, balstās uz projekta iesniegumam pievienoto informāciju uz iesniegšanas dienu un publiski</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="11"/>
+              <w:footnoteReference w:id="12"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pieejamiem, ticamiem datiem par projekta iesniedzēju un tā saistītiem uzņēmumiem (ja attiecināms), tai skaitā: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48647A4E" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kapitāldaļu turētājiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51B4E983" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">finanšu situāciju: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="246F2500" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>pēdējo gada pārskatu</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="12"/>
+              <w:footnoteReference w:id="13"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kurš iesniegts saskaņā ar normatīvo aktu prasībām un attiecīgi pārskata iesniegšanas savlaicīgums tiek vērtēts kontekstā ar šajā punktā definētajiem dokumentu iesniegšanas termiņiem; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56EB45BE" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">operatīvo starpperiodu pārskatu ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz projekta iesnieguma iesniegšanas dienu 21.05.2019. projekta iesniedzējs saskaņā ar 2018.gada pārskatā pieejamo informāciju atbilst grūtībās nonākušam saimnieciskās darbības veicējam – vismaz vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2018.gada beigām līdz projekta iesnieguma iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot grūtībās nonākušo saimnieciskās darbības veicēja pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar projekta iesniegumu operatīvo starpperiodu pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par starpperiodu, kuru apstiprinājis zvērināts revidents un ne “vecāku” kā viens mēnesis uz projekta iesnieguma iesniegšanas dienu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ADF7493" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>informāciju par pamatkapitāla palielināšanu (ja attiecināms), kuru vērtē kompleksi kopā ar zvērināta revidenta apstiprinātu operatīvo starpperiodu pārskatu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0987EA1F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E2D5C03" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pamatkapitāla palielināšana ir jānodrošina pamatkapitāla palielināšanas noteikumos paredzētajā termiņā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="13"/>
+              <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D2FB422" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37363962" w14:textId="77777777" w:rsidR="00B01B48" w:rsidRPr="00B01B48" w:rsidRDefault="00B01B48" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A1E5C69" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vērtējums ir “Nē”, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ja: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CBFCE3" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kaut vienai no Komisijas regulas Nr.651/2014 2.panta 18.punktā minētajām situācijām uz projekta iesnieguma iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu atbilst: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B17B04" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs, sadarbības partneris (ja tāds ir paredzēts), kurš ir autonoms uzņēmums;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10C9072C" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējs, sadarbības partneris (ja tāds ir paredzēts), kurš ir saistīts uzņēmums; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B24D7BD" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">nav pieejama finanšu informācija: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="073E3F44" w14:textId="77777777" w:rsidR="00F5082A" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
-[...1 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+          <w:p w14:paraId="073E3F44" w14:textId="0E8730D7" w:rsidR="00F5082A" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>par pēdējo pilno pārskata gadu pirms projekta iesnieguma iesniegšanas, ja nav ievēroti normatīvie akti par gada pārskata iesniegšanu, piemēram, projekts iesniegts 21.05.2019., bet pēdējais pieejamais gada pārskats ir par 2017.gadu;</w:t>
+              <w:t>par pēdējo pilno pārskata gadu pirms projekta iesnieguma iesniegšanas, ja nav ievēroti normatīvie akti par gada pārskata iesniegšanu, piemēram, projekts iesniegts 21.05.</w:t>
+            </w:r>
+            <w:del w:id="4" w:author="Author">
+              <w:r w:rsidRPr="00B01B48" w:rsidDel="00D22EEE">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>2019</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="5" w:author="Author">
+              <w:r w:rsidR="00D22EEE" w:rsidRPr="00B01B48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>20</w:t>
+              </w:r>
+              <w:r w:rsidR="00D22EEE">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>25</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., bet pēdējais pieejamais gada pārskats ir par </w:t>
+            </w:r>
+            <w:del w:id="6" w:author="Author">
+              <w:r w:rsidRPr="00B01B48" w:rsidDel="00912004">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>2017</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="7" w:author="Author">
+              <w:r w:rsidR="00912004" w:rsidRPr="00B01B48">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>20</w:t>
+              </w:r>
+              <w:r w:rsidR="00912004">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>23</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>.gadu</w:t>
+            </w:r>
+            <w:ins w:id="8" w:author="Author">
+              <w:r w:rsidR="00E821E7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t xml:space="preserve">. </w:t>
+              </w:r>
+              <w:r w:rsidR="00E821E7" w:rsidRPr="00E821E7">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>Šo vērtējumu piemēro gala lēmuma pieņemšanas brīdī gadījumos, kad nav iesniegts trūkstošais gada pārskats sadarbības iestādes noteiktajā termiņā</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF5DE48" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">par starpperiodu no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018.gadu, uz 31.12.2018. projekta iesniedzējs ir grūtībās nonācis saimnieciskās darbības veicējs, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam starpperiodu pārskatam, lai nodrošinātu </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B01B48">
+              <w:t>par starpperiodu no pēdējā pārskata gada līdz projekta iesnieguma iesniegšanas dienai, piemēram, projekts iesniegts 21.05.2019., pēdējais pieejamais gada pārskats ir par 2018.gadu, uz 31.12.2018. projekta iesniedzējs ir grūtībās nonācis saimnieciskās darbības veicējs, taču periodā līdz 21.05.2019. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie projekta iesnieguma būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam starpperiodu pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms)</w:t>
+            </w:r>
+            <w:r w:rsidR="00973027" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F100D5" w14:textId="664C6903" w:rsidR="00973027" w:rsidRPr="00B01B48" w:rsidRDefault="00973027" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>gadījumos, kad projekta iesniedzējs ir pašvaldība vai pašvaldības iestāde, vērtējums ir “Nē”, ja pašvaldība vai pašvaldības iestāde atrodas finanšu stabilizācijas procesā un finanšu ministra izveidotā Pašvaldību finanšu stabilizācijas pastāvīgā komisija nesniedz saskaņojumu projekta iesnieguma īstenošanai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00713192" w:rsidRPr="00D43CFD" w14:paraId="4C503E81" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00713192" w:rsidRPr="00885ED2" w14:paraId="4C503E81" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F5C1E39" w14:textId="59A7A625" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C00532A" w14:textId="0F9DBD8D" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegumā plānotās darbības, izņemot SAM MK noteikumos noteiktās komercdarbības atbalsta darbības</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="14"/>
+              <w:footnoteReference w:id="15"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, nav uzsāktas, un atbilst komercdarbības atbalsta stimulējošās ietekmes nosacījumiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53833FA8" w14:textId="3469236D" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
@@ -8170,736 +8161,723 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C48E608" w14:textId="69FCC85F" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61048433" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03AD9CD9" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Saskaņā ar Komisijas regulas Nr.651/2014 6.panta 2.punktu atbalstu uzskata par tādu, kam piemīt stimulējoša ietekme, ja projekta iesniedzējs un sadarbības partneris ir iesniedzis dalībvalstij rakstisku atbalsta pieteikumu, pirms sākas darbs pie projekta vai pirms sākas darbība.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3666DF70" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2396A4C8" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši Komisijas regulas Nr.651/2014 2.panta 23.punktam “darbu sākums” ir pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu, vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. Vienlaicīgi tādus sagatavošanās darbus kā atļauju saņemšana un priekšizpētes veikšana neuzskata par darbu sākumu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="653C3F02" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="534A0BF6" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstību kritērijam, vai ir ievēroti stimulējošas ietekmes nosacījumi, pārbauda: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AB9CD35" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izvērtējot projekta iesniegumā un tam papildu pievienotajos dokumentos norādīto informāciju, piemēram, piegāžu/pakalpojumu līgumus, ja attiecināms;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2502593A" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pieejamo informāciju par atbalsta pretendentam sniegto atbalstu citās komercdarbības atbalsta sniedzējinstitūcijās, piemēram, AS “Attīstības finanšu institūcija </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Altum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, Lauku atbalsta dienests;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6625B9EB" w14:textId="397250A7" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pieejamo informāciju publiskos, ticamos avotos par projekta iesniedzēju un sadarbības partneri saistībā ar plānoto projektu, piemēram, Iepirkumu uzraudzības biroja iepirkumu procedūru procesa datubāzi;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="505A60E2" w14:textId="382C8595" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja ir nepieciešams un ir attiecīgas indikācijas, piemēram, informācija no trešajām personām, sūdzība, izvērtējot projektu iesniegumu vērtēšanas komisijai pieaicināta eksperta atzinumu/vērtējumu par projekta īstenošanas vietu un projekta progresu saskaņā ar Eiropas Savienības fondu projektu pārbaužu veikšanas kārtību 2021.–2027.gada plānošanas periodā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3643A940" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5CC0CC59" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekts atbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.pantā un SAM MK noteikumos noteikto. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B6C52D6" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="191817A8" w14:textId="35B2DA26" w:rsidR="00BF1030" w:rsidRPr="00B01B48" w:rsidRDefault="00BF1030" w:rsidP="00BF1030">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja tiek konstatēts, ka projekts neatbilst stimulējošās ietekmes nosacījumiem saskaņā ar Komisijas regulas Nr.651/2014 6.punktam.    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="3438A3F4" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="00885ED2" w14:paraId="3438A3F4" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="159D0BBE" w14:textId="2967A7C4" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D834CA" w14:textId="089BDA61" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta sadarbības partneris un tā plānotās darbības projekta ietvaros atbilst SAM MK noteikumos par SAM </w:t>
-[...9 lines deleted...]
-              <w:t>īstenošanu noteiktajām prasībām</w:t>
+              <w:t>Projekta sadarbības partneris un tā plānotās darbības projekta ietvaros atbilst SAM MK noteikumos par SAM īstenošanu noteiktajām prasībām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="356E0F23" w14:textId="5E157C59" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A477ED1" w14:textId="34EFA584" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C84F7B1" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Kritēriju vērtē Centrālā finanšu un līgumu aģentūra un atbildīgā iestāde</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AFDDDA9" w14:textId="05508181" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="182D6228" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="201B5021" w14:textId="1533A2B2" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>projekta iesniegumā norādītais sadarbības partneris atbilst SAM MK noteikumos noteiktajam, t.sk. SAM MK noteikumu 2.6. apakšpunktā iekļautajai sadarbības partnera definīcijai</w:t>
             </w:r>
             <w:r w:rsidR="00123C18" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un SAM MK noteikumu 14.4., 14.5., 14.6., 14.7. un 14.8. apakšpunktā minētajām prasībām</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, un ir sniegts pamatojums sadarbības partnera izvēlei;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52DDD349" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kopā ar projekta iesniegumu iesniegts SAM MK noteikumu 20.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> punktā minētais sadarbības līgums un tajā aprakstīta un pamatota šāda informācija:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22FF746F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kuras no sadarbības projektā plānotajām darbībām veiks sadarbības partneris;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2282CB" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>norādīta finanšu plūsmas nodrošināšanas kārtība, t.sk. sadarbības projekta finansējumu, un katra sadarbības partnera projekta daļas finansējums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F01BA38" w14:textId="77777777" w:rsidR="00B40E02" w:rsidRPr="00B01B48" w:rsidRDefault="00B40E02" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70006F9F" w14:textId="46F20DA1" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8941,73 +8919,72 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un projekta iesniegumu noraida, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai precizējumi nav iesniegti norādītajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="2C8C56CF" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="2C8C56CF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EC30F4E" w14:textId="02BE5D04" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C2ED7B6" w14:textId="74CAEAFB" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00D91051" w:rsidP="00F914AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9308,151 +9285,151 @@
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>HP VINPI darbību pamatojumā jānorāda, piemēram, kā HP VINPI darbība ir saistīta ar projekta konkrēto darbību un kādā veidā projekts īstenos HP VINPI darbību. Piemēram, sniegts apraksts par jau esošo/plānoto praksi iestādē attiecībā uz nediskriminējošu personāla atlasi vai elastīgo darba laiku; piekļūstamības/HP VINPI darbības tiks integrētas pasākuma/būvniecības/aprīkojuma iegādes iepirkumā u.c. Vēlams, lai plānotās vispārīgās HP VINPI darbības aptver dažādas vispārīgo darbību jomas – komunikācijas un vizuālās identitātes (ja projekta ietvaros tiek īstenota publicitāte), projekta vadībā un īstenošanā (ja projekta ietvaros piesaistīts personāls) vai publiskos iepirkumus (ja projekta ietvaros tiek plānots vai īstenots iepirkums)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D84EBE" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F51A7D1" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Projektā ieteicams iekļaut, piemēram, šādas </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>vispārīgas darbības</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A9FB9C4" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CA680ED" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Komunikācijas un vizuālā identitātes pasākumi: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AACCD13" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02444EF6" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9475,421 +9452,419 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tīmekļvietnē</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks izveidota sadaļa “Viegli lasīt”, kurā iekļauta īsa aprakstoša informācija par projektu un citu lasītājiem nepieciešamu informāciju vieglajā valodā, lai plašākai sabiedrībai nodrošinātu iespēju uzzināt par ES fondu ieguldījumiem (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">skat. LM metodisko materiālu “Ceļvedis iekļaujošas vides veidošanai valsts un pašvaldību iestādēs (2020) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1195ECEA" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - īstenojot projekta komunikācijas un vizuālās identitātes aktivitātes, to </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>saturs tiks rūpīgi izvērtēts</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> un tiks izvēlēta valoda un vizuālie tēli, kas mazina diskrimināciju un stereotipu veidošanos par kādu no dzimumiem, personām ar invaliditāti, reliģisko pārliecību, vecumu, rasi un etnisko izcelsmi vai seksuālo orientāciju (</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">skat. metodisko materiālu “Ieteikumi diskrimināciju un stereotipus mazinošai komunikācijai ar sabiedrību” </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00B01B48">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>https://www.lm.gov.lv/lv/media/18838/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>);</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FAE93AB" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">- projekta tīmekļa vietnē tiks norādīta informācija par projekta </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>darbību īstenošanas vietas piekļūstamību</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cilvēkiem ar invaliditāti un funkcionāliem traucējumiem, vecākiem ar maziem bērniem un senioriem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2763DC9E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Projekta vadības un īstenošanas personāls:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D13568A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projektu vadībā un īstenošanā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks virzīti pasākumi, kas sekmē darba un ģimenes dzīves līdzsvaru, paredzot elastīga un nepilna laika darba iespējas nodrošināšanu vecākiem ar bērniem un personām, kuras aprūpē tuviniekus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29EBCE5E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projekta vadības un īstenošanas personāla atlase</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiks nodrošināta bez jebkādas tiešas vai netiešas diskriminācijas, veicina mazāk pārstāvētā dzimuma piesaisti, personas ar invaliditāti piesaisti un nediskriminē pēc rases, etniskās izcelsmes, dzimuma, vecuma, invaliditātes, reliģiskās, pārliecības, seksuālās orientācijas vai citiem apstākļiem;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5658A4A5" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projekta vadības un īstenošanas procesā</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> personām ar invaliditāti tiks nodrošināta piekļūstamība, tostarp, pielāgota darba vieta un pielāgotas informācijas un komunikācijas tehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B12622" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Publiskie iepirkumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2410B82D" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Paraststmeklis"/>
+              <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>projektā tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo iekļautību, nodrošinātu piekļūstamību pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30765750" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Projektā var tik iekļautas šīs vai arī citas HP VINPI vadlīnijās iekļautās vispārīgas darbības.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47005E0C" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7424BEDC" w14:textId="21EA9E44" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -9982,73 +9957,72 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="5FEA1861" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="5FEA1861" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EB8BAA5" w14:textId="41664C81" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2.5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FDD412A" w14:textId="0C91C9A8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -10090,86 +10064,75 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā sagatavotā veidlapa par sniedzamo informāciju </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai, vai ir norādīts sistēmā izveidotās un apstiprinātās veidlapas identifikācijas numurs un projekta iesnieguma iesniedzējs ir </w:t>
-[...9 lines deleted...]
-              <w:t>apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
+              <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai, vai ir norādīts sistēmā izveidotās un apstiprinātās veidlapas identifikācijas numurs un projekta iesnieguma iesniedzējs ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1462" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1619DC1A" w14:textId="4FF1EEDF" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="791D7E06" w14:textId="6830F64C" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -10304,51 +10267,51 @@
               <w:t xml:space="preserve"> atbalsta nosacījumiem, kas izriet no </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Komisijas regulas Nr. 2023/2831, tostarp:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F2391A9" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -10360,51 +10323,51 @@
               <w:t xml:space="preserve"> atbalsts tiek sniegts atbalstāmajām nozarēm un darbībām un, ja projekta iesniedzējs un sadarbības partneris (ja tāds ir paredzēts) darbojas vienlaikus gan atbalstāmajās, gan neatbalstāmajās nozarēs, komercsabiedrība nodrošina šo nozaru darbību vai izmaksu nošķiršanu no tām darbībām, kurām piešķirts </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts, nodrošinot, ka darbības minētajās nozarēs negūst labumu no piešķirtā atbalsta;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7297E53F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">de minimis </w:t>
             </w:r>
@@ -10433,86 +10396,76 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu projekta iesniedzējam un sadarbības partnerim (ja tāds ir paredzēts) viena vienota uzņēmuma līmenī nepārsniedz Komisijas regulas Nr. 2023/2831 3.panta 2.punktā noteikto maksimālo </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalsta apmēru. Proti, no datuma, kurā plānots piešķirt atbalstu skatās trīs kalendāro gadu laikā piešķirto atbalstu </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">(piemēram, ja, atbalstu plānots piešķirt 18.01.2024., tad ņem vērā iepriekš piešķirto </w:t>
+              <w:t xml:space="preserve"> atbalsta apmēru. Proti, no datuma, kurā plānots piešķirt atbalstu skatās trīs kalendāro gadu laikā piešķirto atbalstu (piemēram, ja, atbalstu plānots piešķirt 18.01.2024., tad ņem vērā iepriekš piešķirto </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu periodā no 18.01.2021. (ieskaitot) līdz 18.01.2024). Viens vienots uzņēmums ir uzņēmums, kas atbilst Komisijas regulas Nr. 2023/2831 2.panta 2.punktā noteiktajam;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48428E75" w14:textId="74998DA8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja saņemtais </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -10575,89 +10528,89 @@
               <w:t> atbalstu saskaņā ar Komisijas regulas Nr. 2023/2831 5. pantu, tai skaitā par vienām un tām pašām attiecināmajām izmaksā – pēc atbalstu apvienošanas atbalsta vienībai vai izmaksu pozīcijai attiecīgā maksimālā atbalsta intensitāte nepārsniedz 100 procentus, kā arī netiek pārsniegts Komisijas regulas Nr. 2023/2831 3. panta 2. punktā noteiktais maksimālais </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> atbalsta apmērs;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C5FFFFC" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsts tiek piešķirts, ievērojot normatīvos aktus par šā atbalsta uzskaites un piešķiršanas kārtību: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49EC4C73" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ir izveidota un pieejama </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
@@ -10700,51 +10653,51 @@
               <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai vai projekta iesniegumā ir norādīts </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā izveidotās un apstiprinātās pretendenta veidlapas identifikācijas numurs; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093DB2D2" w14:textId="613A6616" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>de minimis</w:t>
             </w:r>
@@ -10780,51 +10733,51 @@
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā un citur publiski pieejamajai informācijai; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F01CA01" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzējs projekta iesniegumā ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22AF462E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
@@ -10897,61 +10850,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par </w:t>
-[...9 lines deleted...]
-              <w:t>projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
+              <w:t>, ja projekta iesniedzējs neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem ietvertos nosacījumus vai pēc nosacījumu izpildes joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39DC3174" w14:textId="77777777" w:rsidR="00B01B48" w:rsidRPr="00B01B48" w:rsidRDefault="00B01B48" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="059EF23E" w14:textId="77777777" w:rsidR="00B01B48" w:rsidRPr="00B01B48" w:rsidRDefault="00B01B48" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B78AF4D" w14:textId="17B19AC9" w:rsidR="00B01B48" w:rsidRPr="00B01B48" w:rsidRDefault="00B01B48" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -10966,98 +10909,97 @@
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="48FBAABC" w14:textId="44983D01" w:rsidR="002B1928" w:rsidRPr="00B01B48" w:rsidRDefault="002B1928" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12192" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="48BC3C9E" w14:textId="0DD5C9BA" w:rsidR="002B1928" w:rsidRPr="00B01B48" w:rsidRDefault="002B1928" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>SPECIFISKIE ATBILSTĪBAS KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
-                <w:rStyle w:val="Vresatsauce"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="15"/>
+              <w:footnoteReference w:id="16"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="0BB1D199" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="0BB1D199" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203FDF66" w14:textId="69A596B9" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11120,51 +11062,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jā/ Jā, ar nosacījumu/ Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C282DA5" w14:textId="219FDAD3" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="154FD512">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritēriju vērtē </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -11178,84 +11120,84 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Aizsardzības ministrij</w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AD3DAF5" w14:textId="77777777" w:rsidR="00C33201" w:rsidRPr="00B01B48" w:rsidRDefault="00C33201" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C6BFA0B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Tiek vērtētas projektā plānotās darbības un to atbilstība Komisijas regulas Nr.651/2014 2. panta 85., 86. un 87. punkta noteiktajām definīcijām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15644F71" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">“rūpnieciskie pētījumi” ir plānveida pētījumi vai nozīmīgs izpētes darbs ar mērķi iegūt jaunas zināšanas un prasmes jaunu produktu, procesu vai pakalpojumu izstrādei vai ar mērķi būtiski uzlabot esošos produktus, procesus vai pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -11316,123 +11258,113 @@
               <w:t xml:space="preserve">, lielie dati un </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>mākoņtehnoloģijas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4448548D" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Rūpnieciskie pētījumi ietver kompleksu sistēmu sastāvdaļu radīšanu un var ietvert prototipu izstrādi laboratorijas vidē vai vidē ar imitētām </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>saskarnēm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> savienošanai ar esošām sistēmām, kā arī izmēģinājuma līniju radīšanu, kad tas nepieciešams rūpnieciskajiem pētījumiem un jo īpaši nepatentētu tehnoloģiju validēšanai;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25E08F66" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">“eksperimentālā izstrāde” ir esošo zinātnisko atziņu, tehnoloģisko, uzņēmējdarbības un citu attiecīgu zināšanu un prasmju iegūšana, kombinēšana, modelēšana un izmantošana ar mērķi izstrādāt jaunus vai uzlabotus produktus, procesus vai </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā </w:t>
+              <w:t xml:space="preserve">“eksperimentālā izstrāde” ir esošo zinātnisko atziņu, tehnoloģisko, uzņēmējdarbības un citu attiecīgu zināšanu un prasmju iegūšana, kombinēšana, modelēšana un izmantošana ar mērķi izstrādāt jaunus vai uzlabotus produktus, procesus vai pakalpojumus (tai skaitā digitālos produktus, procesus vai pakalpojumus) jebkurā jomā, nozarē vai sektorā un attiecībā uz jebkuru tehnoloģiju (cita starpā attiecībā uz digitālajām nozarēm un tehnoloģijām, tādām kā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>superdatošana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, kvantu tehnoloģijas, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -11493,554 +11425,544 @@
               <w:t xml:space="preserve"> vai </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>perifērdatošanas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tehnoloģijas). Tajā var ietilpt arī, piemēram, darbības, kuru mērķis ir jaunu produktu, procesu vai pakalpojumu konceptuāla definēšana, plānošana un dokumentēšana.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32E9FE4B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Eksperimentālā izstrāde var ietvert jaunu vai uzlabotu produktu, procesu vai pakalpojumu prototipu izstrādi, demonstrējumus, izmēģināšanu, testēšanu un validēšanu vidē, kas atspoguļo reālus darbības apstākļus, ja tās galvenais mērķis ir tehniski uzlabot produktus, procesus vai pakalpojumus, kuri vēl nav principā nostabilizējušies. Tā var ietvert tāda komerciāli izmantojama prototipa vai izmēģinājuma izstrādi, kas ir gala </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>komercprodukts</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un kā izgatavošana ir pārāk dārga, lai to izmantotu vienīgi demonstrējumu un validēšanas nolūkā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55CD4C9A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde neietver ierastās vai regulārās izmaiņas, kas skar esošos produktus, ražošanas līnijas, ražošanas procesus, pakalpojumus un citas notiekošās darbības, pat ja minētās izmaiņas nes uzlabojumus;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4000831E" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“priekšizpēte” ir projekta potenciāla novērtējums un analīze ar mērķi atvieglot lēmuma pieņemšanas procesu, objektīvi un racionāli apzinot projekta priekšrocības, trūkumus, iespējas un draudus, kā arī nosakot tā īstenošanai vajadzīgos resursus un vispārīgi – tā izdošanās izredzes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB2E133" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F76506B" w14:textId="26F19920" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegums atbilst Komisijas regulas 651/2014 25. panta un 28. panta nosacījumiem attiecībā uz izmaksu attiecināmību un atbalsta intensitāti.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58F8127A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FE9CAF5" w14:textId="226D08D3" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
-[...25 lines deleted...]
-              <w:t>priekšizpētes pētniecības kategorijai un TGL līmenis nav mazāks par 4.</w:t>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Projekts paredz īstenot aktivitātes TGL, kas atbilst rūpnieciska pētījuma, eksperimentālas izstrādnes un tehniski-ekonomikas priekšizpētes pētniecības kategorijai un TGL līmenis nav mazāks par 4.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="071BDD6B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00C33201">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5309FF20" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rūpnieciskie pētījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="418D63BD" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 4 – Tehnoloģijas validācija laboratorijas vidē: veikta galveno tehnoloģisko komponentu integrācija, lai pārbaudīto to kopdarbību laboratorijas vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68381FD3" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 5 – Tehnoloģijas validācija mākslīgi radītā vidē: tehnoloģiskie komponenti ir integrēti ar samērā reāliem atbalsta elementiem, lai tehnoloģiju var pārbaudīt mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C29DD82" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D23A7BA" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 6 – Tehnoloģijas demonstrācijā mākslīgi radītā vidē: sistēmas modelis vai prototips ir pārbaudīts mākslīgi radītā vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BE6932A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 7 – Sistēmas prototipa demonstrācija darbības vidē: sistēmas prototips, kas atbilst vai tikai minimāli atšķiras no plānotās sistēmas, ir pārbaudīts reālās darbības vidē;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37A89131" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 8 – Sistēma ir pabeigta un pārbaudīta: ir pierādīts, ka tehnoloģija darbojas tās galīgajā formā un plānotajos apstākļos (pēdējais tehnoloģijas attīstības līmenis).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58D6E3F5" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46F42211" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ECBCDE1" w14:textId="4BE1B50E" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekts atbilst Komisijas regulas 651/2014 2. panta 85., 86. un 87. pantam, 25. un 28. pantam un TGL līmeņiem, kas ir no 4 līdz 8;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA5F334" w14:textId="72AC9527" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekts paredz izstrādāt jaunu produktu/tehnoloģiju (prototipu), sasniedzot TGL</w:t>
             </w:r>
             <w:r w:rsidR="009C59D4" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="786FC9C9" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:ind w:left="776"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="739D1130" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -12086,88 +12008,86 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33CAF1FA" w14:textId="59A0E258" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="1C5E7659" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="1C5E7659" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="410B24F5" w14:textId="0C182F0D" w:rsidR="00D01E6F" w:rsidRPr="00B01B48" w:rsidRDefault="00D01E6F" w:rsidP="00D01E6F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6395A285" w14:textId="16D1BA7A" w:rsidR="00D01E6F" w:rsidRPr="00B01B48" w:rsidRDefault="00D01E6F" w:rsidP="00D01E6F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -12391,51 +12311,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> sadarbības partneris veic produktu un tehnoloģiju eksportu uz </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Krievijas Federāciju un Baltkrievijas Republiku</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="103111FA" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="103111FA" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FA48216" w14:textId="70859EA8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12556,108 +12476,98 @@
           </w:p>
           <w:p w14:paraId="2162293F" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta iesniegumā apraksta kā plānotās darbības atbilst vienai vai vairākām RIS3 jomām. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD52C21" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RIS3 jomu projekta līmenī nosaka pēc projekta iesniedzēja un sadarbības partnera norādītā jaunā vai būtiski uzlabotā produkta vai tehnoloģijas atbilstības vai pielietojuma kādā RIS3 jomām, ievērojot šādu principu:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="060ACA74" w14:textId="1561D788" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIS3 joma projektā – primāri atbilstība RIS3 jomai tiek noteikta, norādot projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā </w:t>
-[...9 lines deleted...]
-              <w:t>produkta un/vai tehnoloģijas pielietojumu kādā no RIS3 jomām. Piemēram, ja tiek izstrādāts risinājums (jauns vai būtiski uzlabots produkts un/ vai tehnoloģija), kura pielietojums ir kādā no RIS3 jomām, tad norāda attiecīgo RIS3 jomu. Ja jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojums neatbilst kādai no RIS3 jomām, RIS3 joma projektā tiek noteikta attīstāmā jaunā produkta un/vai tehnoloģijas līmenī.</w:t>
+              <w:t>RIS3 joma projektā – primāri atbilstība RIS3 jomai tiek noteikta, norādot projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojumu kādā no RIS3 jomām. Piemēram, ja tiek izstrādāts risinājums (jauns vai būtiski uzlabots produkts un/ vai tehnoloģija), kura pielietojums ir kādā no RIS3 jomām, tad norāda attiecīgo RIS3 jomu. Ja jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojums neatbilst kādai no RIS3 jomām, RIS3 joma projektā tiek noteikta attīstāmā jaunā produkta un/vai tehnoloģijas līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67057D29" w14:textId="4CAC6ECD" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>RIS3 saistītās jomas – atbilstība RIS3 saistītajai jomai tiek noteikta, norādot projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas pielietojumu kādā no citām RIS3 jomām, kas nav primārā RIS3 joma projektā. Vienlaikus atbilstība RIS3 saistītajai jomai var tikt noteikta projekta ietvaros attīstāmā jaunā vai būtiski uzlabotā produkta un/vai tehnoloģijas līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="589F7080" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
@@ -12683,211 +12593,223 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Jā”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniegumā paredz darbības vienā vai vairākās RIS3 jomās:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="120530B2" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Zināšanu ietilpīga </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>bioekonomika</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C29CA25" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicīna, medicīnas tehnoloģijas, </w:t>
+              <w:t>Biomedicīna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, medicīnas tehnoloģijas, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>biofarmācija</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> un biotehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A3CD119" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viedie materiāli, tehnoloģijas un inženiersistēmas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A2E760A" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Informācijas un komunikāciju tehnoloģijas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53731BD3" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="561"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Viedā enerģētika.</w:t>
             </w:r>
@@ -12974,73 +12896,72 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vērtējums ir “Nē” un projekta iesniegumu noraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja precizētajā projekta iesniegumā nav veikti precizējumi atbilstoši izvirzītajiem nosacījumiem vai pēc nosacījumu izpildes tas joprojām neatbilst izvirzītajām prasībām, vai arī nosacījumus neizpilda lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumiem noteiktajā termiņā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00222A2A" w:rsidRPr="00D43CFD" w14:paraId="7297B130" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00222A2A" w:rsidRPr="001C0D53" w14:paraId="7297B130" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0059FF3C" w14:textId="510D33D8" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2554" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17A146A3" w14:textId="028AC681" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -13438,61 +13359,51 @@
           </w:p>
           <w:p w14:paraId="76ED7893" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
               <w:pStyle w:val="tv2132"/>
               <w:numPr>
                 <w:ilvl w:val="3"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">produktu pielāgojumus konkrētām vajadzībām (piemēram, produkta pielāgošana klienta vajadzībām, kas neizraisa tādas </w:t>
-[...9 lines deleted...]
-              <w:t>jaunā produkta funkcionālo vai tehnisko īpašību izmaiņas, kuras nodrošina augstāku jaunā produkta konkurētspēju salīdzinājumā ar esošiem produktiem);</w:t>
+              <w:t>produktu pielāgojumus konkrētām vajadzībām (piemēram, produkta pielāgošana klienta vajadzībām, kas neizraisa tādas jaunā produkta funkcionālo vai tehnisko īpašību izmaiņas, kuras nodrošina augstāku jaunā produkta konkurētspēju salīdzinājumā ar esošiem produktiem);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F37A78D" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00827370">
             <w:pPr>
               <w:pStyle w:val="tv2132"/>
               <w:numPr>
                 <w:ilvl w:val="3"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="419"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -13629,51 +13540,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1BCE83B3" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1456B6D8" w14:textId="07F10769" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk143172589"/>
+            <w:bookmarkStart w:id="9" w:name="_Hlk143172589"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">II. Pētniecības </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>starpdisciplinaritāte</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
@@ -13725,51 +13636,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, sadarbībā ar kuru/-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ām</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tā tiks nodrošināta. Projekta iesniegumā jābūt aprakstītām teorētiskām un metodoloģiskām kvalitātēm visās saistītajās disciplīnās. Jāsniedz pamatojums aprakstītās starpdisciplinaritātes būtiskumam/ pievienotajai vērtībai un ieguldījumam plānoto rezultātu sasniegšanā attiecīgā kvalitātē. </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="00612A4B" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AA02BD4" w14:textId="44B60602" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
@@ -13876,51 +13787,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6024E1D0" w14:textId="77777777" w:rsidR="00222A2A" w:rsidRPr="00B01B48" w:rsidRDefault="00222A2A" w:rsidP="00222A2A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projekta iesniegums neatbilst minētajām prasībām, vērtējums ir </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“Jā, ar nosacījumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”, projekta iesniedzējam un sadarbības partnerim izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
@@ -13977,95 +13887,94 @@
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5ED5E8C3" w14:textId="2D8EF5C8" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12192" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1BF0A5B4" w14:textId="3D8ADA31" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00E55578">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>KVALITĀTES KRITĒRIJI</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:footnoteReference w:id="16"/>
+              <w:footnoteReference w:id="17"/>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00060C2C" w:rsidRPr="00B01B48" w14:paraId="78E226C4" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E816BB0" w14:textId="08CA9C50" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -14322,213 +14231,212 @@
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vidējā bruto darba samaksa tiek rēķināta pēc šādām formulām:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AB9FEA2" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C6A6018" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>mēneša vidējo bruto darba samaksu nosaka, dalot bruto jeb aprēķināto darba samaksas fondu ar vidējo darbinieku skaitu pilna darba laika vienībās;</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47F5715A" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E0A749F" w14:textId="02F5D8A8" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C7CC333" wp14:editId="57B2D72E">
                   <wp:extent cx="3905250" cy="393700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                   <wp:docPr id="226350572" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3905250" cy="393700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="6228B2F4" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E662783" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Bruto darba samaksas fonds: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Tas ir kopējais darba samaksas apjoms, ko uzņēmums noteiktā laika periodā (pēdējā noslēgtā finanšu gadā) izmaksājis darbiniekiem pirms nodokļu un citu ieturējumu piemērošanas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4006A382" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vidējais darbinieku skaits (pilna darba laika vienībās):</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -14536,232 +14444,248 @@
               </w:rPr>
               <w:t xml:space="preserve"> Tas ir visu darbinieku skaitu, pārrēķinot tos uz pilnas slodzes ekvivalentiem. Piemēram, ja viens darbinieks strādā nepilnu darba laiku, viņa darba slodze tiek pārrēķināta proporcionāli attiecībā pret pilnu slodzi</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BB80AD" w14:textId="7F3D5F91" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta iesniedzēja darbinieku vidējo bruto darba samaksu salīdzina pret mēneša vidējo darba bruto samaksu  2024. gadā Latvijas statistiskajā reģionā, kurā tas ir reģistrēts, informācija publicēta Centrālās statistikas pārvaldes tīmekļa vietnē (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...10 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="001C0D53">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+                <w:rPrChange w:id="10" w:author="Author">
+                  <w:rPr/>
+                </w:rPrChange>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>) (Laika periods –  2024.</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gads, Sektors – pavisam, Bruto/Neto – bruto, Teritoriālā vienība – </w:t>
             </w:r>
-            <w:ins w:id="1" w:author="Autors">
+            <w:ins w:id="11" w:author="Author">
               <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Rīgas statistiskais reģions (Rīga) (līdz 01.01.2024.)</w:t>
               </w:r>
             </w:ins>
-            <w:del w:id="2" w:author="Autors">
+            <w:del w:id="12" w:author="Author">
               <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:delText>Rīgas statistiskais reģions (no 01.01.2024.)</w:delText>
               </w:r>
             </w:del>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:ins w:id="3" w:author="Autors">
+            <w:ins w:id="13" w:author="Author">
               <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>Pierīgas statistiskais reģions (līdz 01.01.2024.)</w:t>
               </w:r>
               <w:r w:rsidR="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>,</w:t>
               </w:r>
               <w:r w:rsidR="00D43CFD" w:rsidRPr="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:ins>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vidzemes statistiskais reģions (</w:t>
             </w:r>
-            <w:del w:id="4" w:author="Autors">
+            <w:del w:id="14" w:author="Author">
               <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:delText xml:space="preserve">no </w:delText>
               </w:r>
             </w:del>
-            <w:ins w:id="5" w:author="Autors">
+            <w:ins w:id="15" w:author="Author">
               <w:r w:rsidR="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>līdz</w:t>
               </w:r>
               <w:r w:rsidR="00D43CFD" w:rsidRPr="00B01B48">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:ins>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>01.01.2024.), Kurzemes statistiskais reģions (</w:t>
             </w:r>
-            <w:del w:id="6" w:author="Autors">
+            <w:del w:id="16" w:author="Author">
               <w:r w:rsidRPr="00B01B48" w:rsidDel="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:delText xml:space="preserve">no </w:delText>
               </w:r>
             </w:del>
-            <w:ins w:id="7" w:author="Autors">
+            <w:ins w:id="17" w:author="Author">
               <w:r w:rsidR="00D43CFD">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>līdz</w:t>
               </w:r>
               <w:r w:rsidR="00D43CFD" w:rsidRPr="00B01B48">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:ins>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -14880,51 +14804,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D746E6F" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kritērijā piešķir 4 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzēja mēneša vidējā bruto darba samaksa darbiniekiem, ir 100-119.99% no mēneša vidējās bruto darba samaksas apmēra tautsaimniecībā iepriekšējā gadā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46BD3D7D" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -15394,51 +15317,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00060C2C" w:rsidRPr="00B01B48" w14:paraId="393AB08D" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AAA8901" w14:textId="2E7D8E57" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3C705B33" w14:textId="5580117A" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
@@ -15522,51 +15444,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00060C2C" w:rsidRPr="00B01B48" w14:paraId="5E9693FF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01C5E80A" w14:textId="144A9820" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="25D5378F" w14:textId="210C10DC" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
                 <w:b/>
@@ -15913,61 +15834,51 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lursoft</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> nav norādīta pilnīga informācija (piemēram, revidenta apstiprinātu precizētu gada </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">pārskatu, kas vēl nav publicēts </w:t>
+              <w:t xml:space="preserve"> nav norādīta pilnīga informācija (piemēram, revidenta apstiprinātu precizētu gada pārskatu, kas vēl nav publicēts </w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Lursoft</w:t>
             </w:r>
             <w:r w:rsidR="00335053" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
@@ -16127,129 +16038,129 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7987168D" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniedzējs projekta iesniegumā (sadaļā – Projekta īstenošana un vadība, apakšsadaļā – Projekta īstenošanas kapacitāte) sniedz informāciju par noslēgto līgumu ar Nacionālajiem bruņotajiem spēkiem, pievienojot:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E7905CD" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tā noslēgšanas datumu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E05694" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>reģistrācijas numuru;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20661BB9" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>apjomu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08424547" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>priekšmetu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="716869B1" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
@@ -16262,51 +16173,50 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4DAB8E48" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ja noslēgtajam līgumam piemērots statuss – “Ierobežotas pieejamība”, projekta iesniedzējs projekta iesniegumā (sadaļā – Projekta īstenošana un vadība</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, apakšsadaļā – Projekta īstenošanas kapacitāte</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">) norāda līguma reģistrācijas numuru. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="497E380C" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -16574,51 +16484,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18346FF6" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kritērijā piešķir 4 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta iesniedzēja apgrozījums pēdējā gada laikā ir vismaz 30 % apmērā no projektā plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tā apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EB7E531" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -17000,86 +16909,75 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1CEBDB0A" w14:textId="6E5B3873" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzēja apgrozījums  pēdējā gada laikā ir vismaz 30 % apmērā no </w:t>
-[...9 lines deleted...]
-              <w:t>plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tās apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra;</w:t>
+              <w:t>Projekta iesniedzēja apgrozījums  pēdējā gada laikā ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra, vai tam ir noslēgts līgums ar Nacionālajiem bruņotajiem spēkiem un tās apmērs ir vismaz 30 % apmērā no plānotā publiskā finansējuma apmēra;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F3ED73E" w14:textId="49AC2817" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="48D41960" w14:textId="77777777" w:rsidR="00060C2C" w:rsidRPr="00B01B48" w:rsidRDefault="00060C2C" w:rsidP="00060C2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00060C2C" w:rsidRPr="00B01B48" w14:paraId="7F33AF23" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
@@ -17234,51 +17132,50 @@
       </w:tr>
       <w:tr w:rsidR="002F7252" w:rsidRPr="00B01B48" w14:paraId="0B1D8ADF" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="110FEC97" w14:textId="63338105" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="70C7372D" w14:textId="568E3403" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -17598,61 +17495,51 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00213057" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> jaunu zinātniskās, tehniskās, sociālās, kultūras vai citas jomas ideju, izstrādņu un tehnoloģiju īstenošana komersanta produktā vai pakalpojumā vai procesā. Produkta vai pakalpojuma inovācija ir uzskatāma par īstenotu, kad tā ir nonākusi tirgū. Procesa, </w:t>
-[...9 lines deleted...]
-              <w:t>mārketinga vai organizatoriska inovācija ir īstenota tikai tad, kad tā ir praktiski ieviesta un tiek lietota attiecīgajā organizācijā.</w:t>
+              <w:t xml:space="preserve"> jaunu zinātniskās, tehniskās, sociālās, kultūras vai citas jomas ideju, izstrādņu un tehnoloģiju īstenošana komersanta produktā vai pakalpojumā vai procesā. Produkta vai pakalpojuma inovācija ir uzskatāma par īstenotu, kad tā ir nonākusi tirgū. Procesa, mārketinga vai organizatoriska inovācija ir īstenota tikai tad, kad tā ir praktiski ieviesta un tiek lietota attiecīgajā organizācijā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C3A3336" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Jauns vai būtiski uzlabots produkts</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -18014,51 +17901,50 @@
               </w:rPr>
               <w:t>kvantu tehnoloģiju attīstība;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2450171E" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">inovatīvu materiālu izmantošanu, piemēram, materiāli ar dažādām īpašībām – vieglāki, izturīgāki, aktīvā un termālā </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kamuflāža</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F93A880" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
@@ -18137,76 +18023,76 @@
               </w:rPr>
               <w:t xml:space="preserve">, ja projektā paredzēta jauna </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">divējāda </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>lietojuma produkta vai tehnoloģijas izstrāde jomās, kas saistītas ar:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A8B67E1" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>biotehnoloģijām, medicīnas tehnoloģijām un farmāciju – tehnoloģijas kuras spētu nodrošināt ekipējuma operatoram lielāku spēku, ātrumu, izturību, apkārtējās situācijas apzināšanu. Vienlaicīgi biotehnoloģijas var būt vērstas arī uz dažādu modificētu organismu izmantošanu vides attīrīšanai no piesārņojuma, pārtikas īpašību un noturības optimizēšanai;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111CE5A7" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">enerģiju un dzinējspēku – atjaunojamās enerģijas izmantošana, kontekstā ar militāro bāzu attīstību, sekmējot </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -18654,87 +18540,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7E864464" w14:textId="484EBA76" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projektā paredzēta jauna vai būtiski uzlabota divējāda lietojuma produkta vai </w:t>
-[...9 lines deleted...]
-              <w:t>tehnoloģijas izstrāde jomā, kas nav paredzēta kā prioritāte inovāciju un tehnoloģiju attīstībai aizsardzības un drošības jomas vajadzībām;</w:t>
+              <w:t>Projektā paredzēta jauna vai būtiski uzlabota divējāda lietojuma produkta vai tehnoloģijas izstrāde jomā, kas nav paredzēta kā prioritāte inovāciju un tehnoloģiju attīstībai aizsardzības un drošības jomas vajadzībām;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FFAAE94" w14:textId="4BF96B35" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4F086684" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7252" w:rsidRPr="00B01B48" w14:paraId="65EA64FA" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
@@ -18810,51 +18685,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="53EDD3FD" w14:textId="77777777" w:rsidR="002F7252" w:rsidRPr="00B01B48" w:rsidRDefault="002F7252" w:rsidP="002F7252">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="3AA14BFB" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="001C0D53" w14:paraId="3AA14BFB" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06FB68D9" w14:textId="467DF8B0" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
           </w:p>
@@ -18902,51 +18777,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Kritērijs nav izslēdzošs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6447687D" w14:textId="4C775069" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="154FD512">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritēriju vērtē </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -18960,276 +18835,275 @@
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Aizsardzības ministrij</w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E1FF226" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22807155" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
-              <w:pStyle w:val="Bezatstarpm"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Tiek vērtēts projekta iesniegumā norādīto darbību TGL. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34888F43" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75ECDED2" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rūpnieciskie pētījumi:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2D0432" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">TGL 4 – Tehnoloģijas validācija laboratorijas vidē: veikta galveno tehnoloģisko komponentu integrācija, lai pārbaudīto to kopdarbību laboratorijas vidē. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2906A6D7" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 5 – Tehnoloģijas validācija mākslīgi radītā vidē: tehnoloģiskie komponenti ir integrēti ar samērā reāliem atbalsta elementiem, lai tehnoloģiju var pārbaudīt mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F3B542D" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eksperimentālā izstrāde:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22194CE4" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 6 – Tehnoloģijas demonstrācijā mākslīgi radītā vidē: sistēmas modelis vai prototips ir pārbaudīts mākslīgi radītā vidē.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA79B1F" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">TGL 7 – Sistēmas prototipa demonstrācija darbības vidē: sistēmas prototips, kas atbilst vai tikai minimāli atšķiras no plānotās sistēmas, ir pārbaudīts reālās darbības vidē. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BF6DB5E" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TGL 8 – Sistēma ir pabeigta un pārbaudīta: ir pierādīts, ka tehnoloģija darbojas tās galīgajā formā un plānotajos apstākļos (pēdējais tehnoloģijas attīstības līmenis).</w:t>
             </w:r>
           </w:p>
@@ -19300,51 +19174,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kritērijā piešķir 0 punktus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja projektā paredzētas darbības:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E941D84" w14:textId="5F5BEF85" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kas atbilst TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -19361,51 +19235,51 @@
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4 un TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="533D241F" w14:textId="5C7CE71F" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00827370">
             <w:pPr>
-              <w:pStyle w:val="Sarakstarindkopa"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kas atbilst gan TGL</w:t>
             </w:r>
             <w:r w:rsidR="00D262DB" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
@@ -19540,51 +19414,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00900E6A" w:rsidRPr="00B01B48" w14:paraId="0B74CD3C" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FE45234" w14:textId="1B0035BD" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5930E03A" w14:textId="3154EF25" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -19715,51 +19588,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="78413872" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="7C467B65" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="001C0D53" w14:paraId="7C467B65" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E332749" w14:textId="161ED537" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.5.</w:t>
             </w:r>
           </w:p>
@@ -19767,93 +19640,79 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="72166978" w14:textId="13F03033" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesniedzēja pieredze Latvijas vai starptautisku (īstenots iesaistot </w:t>
-[...12 lines deleted...]
-              <w:t>ārvalstu partneri) inovāciju projektos pēdējo 10 gadu laikā</w:t>
+              <w:t>Projekta iesniedzēja pieredze Latvijas vai starptautisku (īstenots iesaistot ārvalstu partneri) inovāciju projektos pēdējo 10 gadu laikā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60D9231E" w14:textId="4C3F8A28" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kritērijs nav izslēdzošs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="77E642C0" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
@@ -19875,51 +19734,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="579BB89C" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kritērijā netiek ņemta vērā sadarbības partnera pieredze.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C061211" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Tiek vērtēta projekta iesniedzēja pieredze, t.sk. kā sadarbības partnera, gan pabeigtos, gan īstenošanā esošos projektos.</w:t>
             </w:r>
           </w:p>
@@ -20225,51 +20083,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00900E6A" w:rsidRPr="00B01B48" w14:paraId="2052D285" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F5DC347" w14:textId="64952301" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0791085A" w14:textId="5D74B7A9" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -20401,51 +20258,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="49E1889A" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="72BAAED7" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="001C0D53" w14:paraId="72BAAED7" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E768D4D" w14:textId="414A9699" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.6.</w:t>
             </w:r>
           </w:p>
@@ -20586,74 +20443,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nenoraida</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="29742207" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="001C0D53" w14:paraId="29742207" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="003F499B" w14:textId="5A0EA4F3" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.6.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="2ABF7FF1" w14:textId="2827A12A" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -20944,51 +20800,51 @@
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>netiks</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> izmantoti projektā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="50411711" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="001C0D53" w14:paraId="50411711" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5903137A" w14:textId="415C56B9" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.6.2.</w:t>
             </w:r>
           </w:p>
@@ -21141,51 +20997,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekta pieteikumā ir apzināti spēkā esošie jomas standartizācijas dokumenti, piemēram NATO Standartizācijas līgumi (STANAG) vai standartizācijas rekomendācijas (STANREC), kuras nosaka attīstāmās tehnoloģijas vai produkta īpašības un veiktspējas prasības operacionāli tehnisko mērķu sasniegšanai. Projekta gaitā tiek plānots attīstīt tehnoloģiju, kuras veiktspēja atbilst šajos standartizācijas dokumentos noteiktajām prasībām, tādējādi sekmējot gala produkta </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>pielietojamību</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> aizsardzības vajadzībām un veicinot tā komercializācijas iespējas arī starptautiskā (NATO) līmenī.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="788C39D1" w14:textId="77777777" w:rsidR="006209D2" w:rsidRPr="00B01B48" w:rsidRDefault="006209D2" w:rsidP="006209D2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -21273,74 +21128,73 @@
               <w:t xml:space="preserve">Apakškritērijā piešķir 0 punktus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ja projekta pieteikumā nav apzināti spēkā esošie jomas standartizācijas dokumenti un projekta gaitā netiek plānots attīstīt tehnoloģiju, kuras veiktspēja atbilst standartizācijas dokumentos noteiktajām prasībām</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D636E" w:rsidRPr="00D43CFD" w14:paraId="638C736F" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="002D636E" w:rsidRPr="001C0D53" w14:paraId="638C736F" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6043D0CD" w14:textId="0AE7DBA6" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4.6.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="47C61B78" w14:textId="24DB7B91" w:rsidR="002D636E" w:rsidRPr="00B01B48" w:rsidRDefault="002D636E" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -21639,51 +21493,51 @@
               <w:t>nebūs</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar starptautisku raksturu (pielietojumu) un projekta izstrādē netiks iesaistīti ārvalstu sadarbības partneri</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="31CDCDF2" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="001C0D53" w14:paraId="31CDCDF2" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="520DC904" w14:textId="5653ED03" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4.7.</w:t>
             </w:r>
           </w:p>
@@ -21812,94 +21666,109 @@
               </w:rPr>
               <w:t>Kritērijā netiek ņemta vērā sadarbības partnera juridiskā adrese.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13005F1C" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Latvijā ir pieci statiskie reģioni, kuru sadalījums pieejams Centrālās statistikas pārvaldes mājaslapā: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-              <w:rPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="001C0D53">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+                <w:rPrChange w:id="18" w:author="Author">
+                  <w:rPr/>
+                </w:rPrChange>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:t>https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00B01B48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
+              </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="104D6654" w14:textId="1BA8CA10" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Lai pārliecinātos par projekta iesniedzēja juridisko adresi</w:t>
             </w:r>
             <w:r w:rsidR="00351C1E" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiek izmantotas publiski pieejamajās datubāzes (</w:t>
             </w:r>
             <w:r w:rsidR="00351C1E" w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -22254,51 +22123,51 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6744" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="01751B48" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900E6A" w:rsidRPr="00D43CFD" w14:paraId="6E4A787F" w14:textId="77777777" w:rsidTr="388E2629">
+      <w:tr w:rsidR="00900E6A" w:rsidRPr="001C0D53" w14:paraId="6E4A787F" w14:textId="77777777" w:rsidTr="388E2629">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12950" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="51E818B6" w14:textId="77777777" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -22607,51 +22476,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DFEAD48" w14:textId="73B9D83C" w:rsidR="00900E6A" w:rsidRPr="00B01B48" w:rsidRDefault="00900E6A" w:rsidP="00900E6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ja projektu iesniegumos pieprasītais finansējums ir pietiekams visu projektu īstenošanai, tad vērtēšanas komisija nevērtē kvalitātes kritērijus Nr. </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B01B48">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">.4., Nr. </w:t>
             </w:r>
             <w:r w:rsidR="0021570B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -22776,290 +22644,301 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F319B11" w14:textId="77777777" w:rsidR="00E55578" w:rsidRPr="00B01B48" w:rsidRDefault="00E55578" w:rsidP="00E55578">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C078E63" w14:textId="77777777" w:rsidR="00374D85" w:rsidRPr="00B01B48" w:rsidRDefault="00374D85">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00374D85" w:rsidRPr="00B01B48" w:rsidSect="007949C8">
-      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7ADA0161" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
+    <w:p w14:paraId="126BE1A0" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DC4782F" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
+    <w:p w14:paraId="67484156" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="667E2CD0" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60">
+    <w:p w14:paraId="35495CA1" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A6AC7AB" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
+    <w:p w14:paraId="6D384EB3" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45FA900B" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60" w:rsidP="00770BE4">
+    <w:p w14:paraId="61B6E749" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05" w:rsidP="00770BE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="76783DD7" w14:textId="77777777" w:rsidR="00C43A60" w:rsidRDefault="00C43A60">
+    <w:p w14:paraId="190BCC1E" w14:textId="77777777" w:rsidR="00C33F05" w:rsidRDefault="00C33F05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="19469A64" w14:textId="6C174EB5" w:rsidR="00222A2A" w:rsidRPr="000B0980" w:rsidRDefault="00222A2A" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00902452" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>N – neprecizējams kritērijs, kritērija neatbilstības gadījumā sadarbības iestāde projekta iesniegumu tālāk nevērtē un pieņem lēmums par projekta iesnieguma noraidīšanu</w:t>
       </w:r>
       <w:r w:rsidR="00CF1800">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="3FD41CAF" w14:textId="345AB3AA" w:rsidR="00902452" w:rsidRPr="000B0980" w:rsidRDefault="00902452" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE1BE4" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>P – precizējamais kritērijs, kritērija neatbilstības gadījumā sadarbības iestāde pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu, ka projekta iesniedzējs nodrošina pilnīgu atbilstību kritērijam lēmumā noteiktajā laikā un kārtībā.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="349F1DAC" w14:textId="553373C8" w:rsidR="00770BE4" w:rsidRPr="00A95F43" w:rsidRDefault="00770BE4" w:rsidP="000B0980">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vienotie kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00404C9A" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -23138,324 +23017,376 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2025/5.2-6/16/45 “</w:t>
       </w:r>
       <w:r w:rsidR="00A95F43" w:rsidRPr="000B0980">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Par projektu iesniegumu atlases metodikas grozījumu apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="00CF1800">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="2163A25E" w14:textId="41EAD01E" w:rsidR="00B20FB9" w:rsidRPr="000653E2" w:rsidRDefault="00B20FB9" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vienotie izvēles kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00404C9A" w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Eiropas Savienības fondu uzraudzības komitejas 2025. gada 31. jūlija lēmumu Nr. 2025/5.2-6/16/45 “Par projektu iesniegumu atlases metodikas grozījumu apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
+    <w:p w14:paraId="63B6CAEB" w14:textId="77777777" w:rsidR="00A56EC7" w:rsidRPr="00D33589" w:rsidRDefault="00A56EC7" w:rsidP="00D33589">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:ins w:id="1" w:author="Author"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="2" w:author="Author">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r w:rsidRPr="00D33589">
+          <w:rPr>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D33589">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>Kritērijs nav precizējams. Ir pieļaujami precizējumi tikai attiecībā uz tehniskiem, aritmētiskiem, redakcionāliem precizējumiem, piemēram, nav ieskanējusies kāda lapa vai konstatējama iespējama pārrakstīšanās kļūda. Situācijā, ja projekta iesnieguma iesniegšanas brīdī vai gala lēmuma pieņemšanas brīdī nav pieejams gada pārskats par pēdējo pilno gadu, lai varētu pārliecināties, ka uz projekta iesniedzēju un tā saistīto personu grupu neattiecas neviena no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, projekta iesniedzējam tiek lūgts nodrošināt trūkstošo dokumentu pieejamību.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="6A64BD67" w14:textId="76937588" w:rsidR="00A56EC7" w:rsidRPr="00D33589" w:rsidRDefault="00A56EC7" w:rsidP="00D33589">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="3" w:author="Author">
+        <w:r w:rsidRPr="00D33589">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:t>Atbilstību kritērijam pārbauda gan uz projekta iesnieguma iesniegšanas dienu, gan uz lēmuma par projekta iesnieguma apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu.</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
     <w:p w14:paraId="1735EBCA" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbilstoši Komisijas paziņojuma par Līguma par Eiropas Savienības darbību 107. panta 1. punktā minēto komercdarbības atbalsta jēdzienu (2016/C 262/01) 7., 8. un 9.punktam par uzņēmumu uzskata jebkuru subjektu, kas veic saimniecisko darbību, neatkarīgi no subjekta juridiskās formas un tā, vai subjekts ir izveidots ar mērķi gūt peļņu, vai ir bezpeļņas subjekts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
+  <w:footnote w:id="8">
     <w:p w14:paraId="0AA35A8F" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00A95F43" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mikrouzņēmums, mazais un vidējais uzņēmums.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="8">
+  <w:footnote w:id="9">
     <w:p w14:paraId="37D5DFF0" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="9">
+  <w:footnote w:id="10">
     <w:p w14:paraId="1505E506" w14:textId="757B9998" w:rsidR="00DA7ED7" w:rsidRPr="00DA7ED7" w:rsidRDefault="00DA7ED7">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas atkalizmantotājiem</w:t>
       </w:r>
       <w:r w:rsidR="00F92C48" w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
+  <w:footnote w:id="11">
     <w:p w14:paraId="59111A32" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbalsta pretendents/ projekta iesniedzējs ir iesniedzis apliecinājumu, ka tas neatbilst minētajām pazīmēm, ņemot vērā, ka par šo prasību nav iespējams gūt pārliecību no publiskajos reģistros ietvertās informācijas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
+  <w:footnote w:id="12">
     <w:p w14:paraId="0026D698" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uzņēmumu reģistra informācija un informācija, kas pieejama no informācijas atkalizmantotājiem.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
+  <w:footnote w:id="13">
     <w:p w14:paraId="6D03444E" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="00A95F43" w:rsidRDefault="00BF1030" w:rsidP="000653E2">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Saskaņā ar Gada pārskata un konsolidēto gada pārskatu likuma 97.panta pirmajā daļā norādīto gada pārskatu sabiedrība iesniedz ne vēlāk kā mēnesi pēc gada pārskata apstiprināšanas un ne vēlāk kā četrus mēnešus pēc pārskata gada beigām. Vidēja sabiedrība, liela sabiedrība un koncerna mātes sabiedrība, kura sagatavo konsolidēto gada pārskatu, ne vēlāk kā septiņus mēnešus pēc pārskata gada beigām iesniedz Valsts ieņēmumu dienestam papīra formā vai elektroniski sagatavota gada pārskata (finanšu pārskata un vadības ziņojuma) un konsolidētā gada pārskata (ja tāds ir) atvasinājumu elektroniskā formā — elektronisku norakstu vai elektronisku kopiju (ja tas noteikts normatīvajos aktos par sabiedrību sagatavoto finanšu pārskatu vai konsolidēto finanšu pārskatu elektroniskā noraksta formu iesniegšanai Valsts ieņēmumu dienesta Elektroniskajā deklarēšanas sistēmā) Elektroniskajā deklarēšanas sistēmā kopā ar paskaidrojumu (elektroniskā formā) par to, kad gada pārskats un konsolidētais gada pārskats (ja tāds ir) apstiprināts.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="13">
+  <w:footnote w:id="14">
     <w:p w14:paraId="3160624B" w14:textId="77777777" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Komerclikuma 198.panta 1.punkta 8.apakšpunkts</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="14">
+  <w:footnote w:id="15">
     <w:p w14:paraId="317D711D" w14:textId="01108CB8" w:rsidR="00BF1030" w:rsidRPr="000653E2" w:rsidRDefault="00BF1030">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAM MK noteikumos noteiktās komercdarbības atbalsta darbības, kam nav piemērojamas Komisijas regula Nr. 651/2014, 6.panta prasības attiecībā uz atbalsta stimulējošo ietekmi, tai skaitā gadījumos, kad SAM MK noteikumi paredz vairākus komercdarbības atbalsta regulējumus un komercdarbības atbalsta regulējums neparedz stimulējošās ietekmes prasību, piemēram, ja SAM MK noteikumi paredz, ka projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas (tehniski ekonomiskais pamatojums, plānošanas un arhitektūras uzdevums, būvprojekta izstrāde tehniskā projekta vai skiču projekta stadijā un citi dokumenti saskaņā ar normatīvajiem aktiem par būvniecību), būvuzraudzības un autoruzraudzības izmaksas, kas saistītas ar projekta ietvaros veiktajiem ilgtermiņa ieguldījumiem, sedz saskaņā ar Komisijas 2013.gada 18.decembra regulu Nr. 1407/2013 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu </w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
@@ -23465,96 +23396,96 @@
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>de minimis</w:t>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbalstam</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="15">
+  <w:footnote w:id="16">
     <w:p w14:paraId="1F413542" w14:textId="322A4540" w:rsidR="002B1928" w:rsidRPr="000653E2" w:rsidRDefault="002B1928" w:rsidP="00CC1F8F">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specifiskie atbilstības kritēriji apstiprināt ar Eiropas Savienības fondu 2021.-2027.gada plānošanas perioda Uzraudzības Komitejas 18.09.2025. lēmumu Nr. 2025/5.2-6/16/51 “Par projekta iesnieguma vērtēšanas kritēriju ar grozījumiem apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="000653E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="16">
+  <w:footnote w:id="17">
     <w:p w14:paraId="239F5A79" w14:textId="48E22EC9" w:rsidR="00060C2C" w:rsidRPr="00495B34" w:rsidRDefault="00060C2C" w:rsidP="00495B34">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kvalitātes kritēriji apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00495B34" w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Eiropas Savienības fondu 2021.-2027.gada</w:t>
@@ -23595,123 +23526,123 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2025/5.2-6/16/51 “Par projekta iesnieguma vērtēšanas kritēriju ar grozījumiem apstiprināšanu”</w:t>
       </w:r>
       <w:r w:rsidR="00495B34" w:rsidRPr="00495B34">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1239B2C9" w14:textId="213421B5" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>1. pielikums</w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A8C747A" w14:textId="77777777" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t>trešās kārtas otrā uzsaukuma projektu atlases nolikumam</w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r w:rsidRPr="00030CF8">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C37A356" w14:textId="77777777" w:rsidR="00030CF8" w:rsidRPr="00030CF8" w:rsidRDefault="00030CF8" w:rsidP="00030CF8">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0109684A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -29407,51 +29338,50 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1218400557">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1684160287">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1362433063">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="44"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -29480,69 +29410,73 @@
     <w:rsid w:val="00067845"/>
     <w:rsid w:val="00084A1A"/>
     <w:rsid w:val="000B0980"/>
     <w:rsid w:val="000B2D81"/>
     <w:rsid w:val="000C1395"/>
     <w:rsid w:val="000D2030"/>
     <w:rsid w:val="000D5496"/>
     <w:rsid w:val="000E35B0"/>
     <w:rsid w:val="000E779A"/>
     <w:rsid w:val="00101715"/>
     <w:rsid w:val="00105901"/>
     <w:rsid w:val="00106E38"/>
     <w:rsid w:val="00111647"/>
     <w:rsid w:val="00112841"/>
     <w:rsid w:val="00112BC1"/>
     <w:rsid w:val="00117CDC"/>
     <w:rsid w:val="00123C18"/>
     <w:rsid w:val="001302D4"/>
     <w:rsid w:val="001454F3"/>
     <w:rsid w:val="00150797"/>
     <w:rsid w:val="00157032"/>
     <w:rsid w:val="00162318"/>
     <w:rsid w:val="00180B46"/>
     <w:rsid w:val="0019186B"/>
     <w:rsid w:val="001B7271"/>
+    <w:rsid w:val="001C0D53"/>
     <w:rsid w:val="001C2C23"/>
     <w:rsid w:val="001C5AF2"/>
     <w:rsid w:val="001C7498"/>
     <w:rsid w:val="001D33AF"/>
     <w:rsid w:val="001E0977"/>
     <w:rsid w:val="001E53D6"/>
     <w:rsid w:val="001F3596"/>
     <w:rsid w:val="001F6248"/>
     <w:rsid w:val="00213057"/>
     <w:rsid w:val="00213B5A"/>
     <w:rsid w:val="0021570B"/>
     <w:rsid w:val="00217385"/>
     <w:rsid w:val="00222A2A"/>
+    <w:rsid w:val="00224EEA"/>
     <w:rsid w:val="00237448"/>
     <w:rsid w:val="00237B30"/>
     <w:rsid w:val="002402D1"/>
     <w:rsid w:val="002606E3"/>
     <w:rsid w:val="002656F5"/>
+    <w:rsid w:val="002731A5"/>
     <w:rsid w:val="00275E03"/>
+    <w:rsid w:val="0028025E"/>
     <w:rsid w:val="002835EE"/>
     <w:rsid w:val="002A4AEE"/>
     <w:rsid w:val="002B1928"/>
     <w:rsid w:val="002C6E3F"/>
     <w:rsid w:val="002D636E"/>
     <w:rsid w:val="002E6AFE"/>
     <w:rsid w:val="002F089C"/>
     <w:rsid w:val="002F6225"/>
     <w:rsid w:val="002F630A"/>
     <w:rsid w:val="002F7252"/>
     <w:rsid w:val="002F7C5A"/>
     <w:rsid w:val="003044B4"/>
     <w:rsid w:val="003207A1"/>
     <w:rsid w:val="0033475B"/>
     <w:rsid w:val="00335053"/>
     <w:rsid w:val="00345F59"/>
     <w:rsid w:val="00351C1E"/>
     <w:rsid w:val="00352AE2"/>
     <w:rsid w:val="00357C4D"/>
     <w:rsid w:val="00366023"/>
     <w:rsid w:val="00374D85"/>
     <w:rsid w:val="00377D5C"/>
     <w:rsid w:val="0038292A"/>
     <w:rsid w:val="00386B5A"/>
     <w:rsid w:val="003901CD"/>
@@ -29557,330 +29491,346 @@
     <w:rsid w:val="00417F53"/>
     <w:rsid w:val="00423130"/>
     <w:rsid w:val="00424F19"/>
     <w:rsid w:val="004309DC"/>
     <w:rsid w:val="00431588"/>
     <w:rsid w:val="004360F9"/>
     <w:rsid w:val="00442A6D"/>
     <w:rsid w:val="00442D8E"/>
     <w:rsid w:val="00447D99"/>
     <w:rsid w:val="00447FE6"/>
     <w:rsid w:val="0045092C"/>
     <w:rsid w:val="0045716A"/>
     <w:rsid w:val="00463114"/>
     <w:rsid w:val="004723C6"/>
     <w:rsid w:val="00473E28"/>
     <w:rsid w:val="00474432"/>
     <w:rsid w:val="00475189"/>
     <w:rsid w:val="00476781"/>
     <w:rsid w:val="0048352A"/>
     <w:rsid w:val="00491E40"/>
     <w:rsid w:val="00495B34"/>
     <w:rsid w:val="00495CFE"/>
     <w:rsid w:val="004A63FB"/>
     <w:rsid w:val="004A7F94"/>
     <w:rsid w:val="004C0E9E"/>
+    <w:rsid w:val="004C2E46"/>
     <w:rsid w:val="004E171C"/>
     <w:rsid w:val="004E1969"/>
     <w:rsid w:val="004E20E7"/>
     <w:rsid w:val="004E2D1B"/>
     <w:rsid w:val="004F283F"/>
     <w:rsid w:val="004F4CDB"/>
     <w:rsid w:val="00505B9E"/>
     <w:rsid w:val="005063CE"/>
     <w:rsid w:val="00524460"/>
     <w:rsid w:val="00525E1B"/>
     <w:rsid w:val="00530A73"/>
     <w:rsid w:val="00542F1D"/>
     <w:rsid w:val="005628F4"/>
     <w:rsid w:val="00570E62"/>
     <w:rsid w:val="00576745"/>
     <w:rsid w:val="00576C89"/>
     <w:rsid w:val="0058287E"/>
     <w:rsid w:val="00587A7C"/>
+    <w:rsid w:val="005904C9"/>
     <w:rsid w:val="005A4E02"/>
     <w:rsid w:val="005B47BC"/>
     <w:rsid w:val="005B543F"/>
     <w:rsid w:val="005B7AC2"/>
     <w:rsid w:val="005E150B"/>
     <w:rsid w:val="005E1863"/>
     <w:rsid w:val="005F0723"/>
     <w:rsid w:val="005F442D"/>
     <w:rsid w:val="00610AFB"/>
     <w:rsid w:val="006118A6"/>
     <w:rsid w:val="00614054"/>
     <w:rsid w:val="006209D2"/>
     <w:rsid w:val="00632937"/>
     <w:rsid w:val="0064275D"/>
     <w:rsid w:val="00665509"/>
     <w:rsid w:val="0067008C"/>
     <w:rsid w:val="0067132B"/>
     <w:rsid w:val="006719EF"/>
     <w:rsid w:val="00673429"/>
     <w:rsid w:val="00685B1B"/>
     <w:rsid w:val="006868A2"/>
     <w:rsid w:val="006C073C"/>
     <w:rsid w:val="006C3B70"/>
     <w:rsid w:val="006D1BE9"/>
     <w:rsid w:val="006D2483"/>
     <w:rsid w:val="006D5255"/>
     <w:rsid w:val="006E7A66"/>
     <w:rsid w:val="006F0A32"/>
     <w:rsid w:val="007066D2"/>
     <w:rsid w:val="00713192"/>
     <w:rsid w:val="00714274"/>
     <w:rsid w:val="00725E58"/>
     <w:rsid w:val="007261F9"/>
+    <w:rsid w:val="00743A7E"/>
     <w:rsid w:val="00743D36"/>
     <w:rsid w:val="007539FF"/>
     <w:rsid w:val="00753E30"/>
     <w:rsid w:val="00757A61"/>
     <w:rsid w:val="00757B4F"/>
     <w:rsid w:val="00770BE4"/>
     <w:rsid w:val="00793122"/>
     <w:rsid w:val="007949C8"/>
     <w:rsid w:val="00797CFA"/>
     <w:rsid w:val="007B35A0"/>
     <w:rsid w:val="007B5163"/>
     <w:rsid w:val="007C53B8"/>
     <w:rsid w:val="007C64C6"/>
     <w:rsid w:val="007E114D"/>
     <w:rsid w:val="007E1645"/>
     <w:rsid w:val="007F04F6"/>
     <w:rsid w:val="007F0602"/>
     <w:rsid w:val="007F2F02"/>
     <w:rsid w:val="0080135F"/>
     <w:rsid w:val="00803CEA"/>
     <w:rsid w:val="0081699B"/>
     <w:rsid w:val="0081762D"/>
     <w:rsid w:val="00827370"/>
     <w:rsid w:val="008429D6"/>
     <w:rsid w:val="00842B6E"/>
     <w:rsid w:val="008517F6"/>
     <w:rsid w:val="00862681"/>
     <w:rsid w:val="00863A8D"/>
     <w:rsid w:val="00871569"/>
     <w:rsid w:val="008778B5"/>
     <w:rsid w:val="00877A0B"/>
     <w:rsid w:val="0088310C"/>
     <w:rsid w:val="0088553B"/>
+    <w:rsid w:val="00885ED2"/>
     <w:rsid w:val="008864FE"/>
     <w:rsid w:val="008A57B4"/>
     <w:rsid w:val="008B1B8A"/>
     <w:rsid w:val="008C617E"/>
     <w:rsid w:val="008C630C"/>
     <w:rsid w:val="008E2AF4"/>
     <w:rsid w:val="00900E6A"/>
     <w:rsid w:val="00902452"/>
+    <w:rsid w:val="00912004"/>
     <w:rsid w:val="00912639"/>
     <w:rsid w:val="00917457"/>
     <w:rsid w:val="0092071B"/>
     <w:rsid w:val="009366FA"/>
     <w:rsid w:val="00943399"/>
+    <w:rsid w:val="00955EA7"/>
     <w:rsid w:val="0095657A"/>
     <w:rsid w:val="009633BC"/>
     <w:rsid w:val="00973027"/>
     <w:rsid w:val="009805EE"/>
     <w:rsid w:val="00982A72"/>
     <w:rsid w:val="00985224"/>
     <w:rsid w:val="009911C5"/>
     <w:rsid w:val="00993902"/>
     <w:rsid w:val="00994FFC"/>
     <w:rsid w:val="009973C4"/>
     <w:rsid w:val="009C1DE9"/>
+    <w:rsid w:val="009C2036"/>
     <w:rsid w:val="009C59D4"/>
     <w:rsid w:val="009D5DFE"/>
     <w:rsid w:val="009E4B7D"/>
     <w:rsid w:val="009F50D6"/>
     <w:rsid w:val="00A005B1"/>
     <w:rsid w:val="00A11597"/>
     <w:rsid w:val="00A1491F"/>
     <w:rsid w:val="00A1522C"/>
     <w:rsid w:val="00A41732"/>
     <w:rsid w:val="00A4388E"/>
     <w:rsid w:val="00A4394A"/>
     <w:rsid w:val="00A55D96"/>
+    <w:rsid w:val="00A56EC7"/>
     <w:rsid w:val="00A64826"/>
     <w:rsid w:val="00A6505A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A70E99"/>
     <w:rsid w:val="00A73876"/>
     <w:rsid w:val="00A7DFED"/>
     <w:rsid w:val="00A830AB"/>
     <w:rsid w:val="00A95F43"/>
     <w:rsid w:val="00A964DA"/>
     <w:rsid w:val="00AA1B1A"/>
     <w:rsid w:val="00AA68C0"/>
     <w:rsid w:val="00AB20EB"/>
     <w:rsid w:val="00AB2F87"/>
     <w:rsid w:val="00AB7DA0"/>
     <w:rsid w:val="00AC3D87"/>
     <w:rsid w:val="00AC5A81"/>
+    <w:rsid w:val="00AC6339"/>
     <w:rsid w:val="00AD2A6E"/>
     <w:rsid w:val="00AD54BC"/>
     <w:rsid w:val="00AE5323"/>
     <w:rsid w:val="00AE7811"/>
     <w:rsid w:val="00B00A21"/>
     <w:rsid w:val="00B01B48"/>
     <w:rsid w:val="00B1199D"/>
     <w:rsid w:val="00B1491E"/>
     <w:rsid w:val="00B207C0"/>
     <w:rsid w:val="00B20FB9"/>
     <w:rsid w:val="00B212C2"/>
     <w:rsid w:val="00B221AE"/>
     <w:rsid w:val="00B27DC0"/>
     <w:rsid w:val="00B30D08"/>
     <w:rsid w:val="00B312F5"/>
     <w:rsid w:val="00B40E02"/>
     <w:rsid w:val="00B43417"/>
     <w:rsid w:val="00B6686E"/>
+    <w:rsid w:val="00B67AED"/>
     <w:rsid w:val="00B72281"/>
     <w:rsid w:val="00B761BA"/>
     <w:rsid w:val="00B77970"/>
     <w:rsid w:val="00B924D7"/>
     <w:rsid w:val="00BA3B15"/>
     <w:rsid w:val="00BA5B3E"/>
     <w:rsid w:val="00BB2941"/>
     <w:rsid w:val="00BB5F1B"/>
     <w:rsid w:val="00BC4B3B"/>
     <w:rsid w:val="00BC4FE1"/>
     <w:rsid w:val="00BD090F"/>
     <w:rsid w:val="00BE1BE4"/>
     <w:rsid w:val="00BE29A7"/>
     <w:rsid w:val="00BF1030"/>
     <w:rsid w:val="00BF6A40"/>
     <w:rsid w:val="00BF7E37"/>
     <w:rsid w:val="00C0716E"/>
     <w:rsid w:val="00C21DC2"/>
     <w:rsid w:val="00C25CB0"/>
     <w:rsid w:val="00C32906"/>
     <w:rsid w:val="00C33201"/>
+    <w:rsid w:val="00C33F05"/>
     <w:rsid w:val="00C37E58"/>
     <w:rsid w:val="00C4365C"/>
     <w:rsid w:val="00C43A60"/>
     <w:rsid w:val="00C44348"/>
     <w:rsid w:val="00C578ED"/>
     <w:rsid w:val="00C63901"/>
     <w:rsid w:val="00C64865"/>
     <w:rsid w:val="00C73146"/>
     <w:rsid w:val="00C81D93"/>
     <w:rsid w:val="00C82E64"/>
     <w:rsid w:val="00C83DB2"/>
+    <w:rsid w:val="00C866F8"/>
     <w:rsid w:val="00C92DFB"/>
     <w:rsid w:val="00C96C17"/>
     <w:rsid w:val="00CA0B95"/>
     <w:rsid w:val="00CA2B47"/>
     <w:rsid w:val="00CA5D85"/>
     <w:rsid w:val="00CC1F8F"/>
     <w:rsid w:val="00CC4CC5"/>
     <w:rsid w:val="00CC744D"/>
     <w:rsid w:val="00CD5DF6"/>
     <w:rsid w:val="00CE0014"/>
     <w:rsid w:val="00CE0020"/>
     <w:rsid w:val="00CF1800"/>
     <w:rsid w:val="00D01E5E"/>
     <w:rsid w:val="00D01E6F"/>
     <w:rsid w:val="00D05BAE"/>
     <w:rsid w:val="00D22B01"/>
+    <w:rsid w:val="00D22EEE"/>
     <w:rsid w:val="00D23923"/>
     <w:rsid w:val="00D24933"/>
     <w:rsid w:val="00D250A6"/>
     <w:rsid w:val="00D262DB"/>
     <w:rsid w:val="00D323B6"/>
+    <w:rsid w:val="00D33589"/>
     <w:rsid w:val="00D41716"/>
     <w:rsid w:val="00D43328"/>
     <w:rsid w:val="00D43CFD"/>
     <w:rsid w:val="00D4518D"/>
     <w:rsid w:val="00D4544D"/>
     <w:rsid w:val="00D70F5A"/>
     <w:rsid w:val="00D91051"/>
     <w:rsid w:val="00DA16DC"/>
     <w:rsid w:val="00DA660C"/>
     <w:rsid w:val="00DA7ED7"/>
     <w:rsid w:val="00DB4D6A"/>
     <w:rsid w:val="00DC1234"/>
     <w:rsid w:val="00DE1A28"/>
     <w:rsid w:val="00DF0A5A"/>
     <w:rsid w:val="00DF3B88"/>
     <w:rsid w:val="00E01127"/>
     <w:rsid w:val="00E016F8"/>
     <w:rsid w:val="00E046F2"/>
     <w:rsid w:val="00E15066"/>
     <w:rsid w:val="00E3018B"/>
     <w:rsid w:val="00E45F6B"/>
     <w:rsid w:val="00E536B2"/>
     <w:rsid w:val="00E55578"/>
     <w:rsid w:val="00E71E2B"/>
     <w:rsid w:val="00E779A2"/>
     <w:rsid w:val="00E812BA"/>
     <w:rsid w:val="00E81638"/>
+    <w:rsid w:val="00E821E7"/>
     <w:rsid w:val="00EA50DB"/>
     <w:rsid w:val="00EB6390"/>
     <w:rsid w:val="00EC3EF9"/>
     <w:rsid w:val="00EC7493"/>
     <w:rsid w:val="00EE1A80"/>
     <w:rsid w:val="00EE5921"/>
     <w:rsid w:val="00EE6278"/>
     <w:rsid w:val="00F0429A"/>
     <w:rsid w:val="00F042E6"/>
     <w:rsid w:val="00F04CB1"/>
     <w:rsid w:val="00F056A9"/>
     <w:rsid w:val="00F11EC3"/>
     <w:rsid w:val="00F1347F"/>
     <w:rsid w:val="00F17E12"/>
     <w:rsid w:val="00F21443"/>
     <w:rsid w:val="00F247DA"/>
     <w:rsid w:val="00F33047"/>
     <w:rsid w:val="00F43189"/>
     <w:rsid w:val="00F45852"/>
     <w:rsid w:val="00F504E9"/>
     <w:rsid w:val="00F5082A"/>
     <w:rsid w:val="00F535D0"/>
     <w:rsid w:val="00F555CA"/>
     <w:rsid w:val="00F57558"/>
     <w:rsid w:val="00F6322E"/>
     <w:rsid w:val="00F63C99"/>
     <w:rsid w:val="00F71EEC"/>
     <w:rsid w:val="00F7610B"/>
     <w:rsid w:val="00F84999"/>
     <w:rsid w:val="00F914AF"/>
     <w:rsid w:val="00F917B5"/>
     <w:rsid w:val="00F920DD"/>
     <w:rsid w:val="00F92C48"/>
     <w:rsid w:val="00FA1394"/>
     <w:rsid w:val="00FA6160"/>
     <w:rsid w:val="00FB30DF"/>
     <w:rsid w:val="00FB70BC"/>
     <w:rsid w:val="00FC3412"/>
     <w:rsid w:val="00FD17FC"/>
     <w:rsid w:val="00FD5DCD"/>
     <w:rsid w:val="00FF211E"/>
     <w:rsid w:val="0770D085"/>
     <w:rsid w:val="09AE5FD7"/>
     <w:rsid w:val="0A5374B7"/>
     <w:rsid w:val="0B59EC27"/>
     <w:rsid w:val="0BA89D64"/>
+    <w:rsid w:val="110560CA"/>
     <w:rsid w:val="119DFA91"/>
     <w:rsid w:val="1304D527"/>
     <w:rsid w:val="13BBB971"/>
     <w:rsid w:val="154FD512"/>
     <w:rsid w:val="196F4A46"/>
     <w:rsid w:val="1A485BF1"/>
     <w:rsid w:val="1B4C0AEF"/>
     <w:rsid w:val="1F5EA80E"/>
     <w:rsid w:val="2569E3AE"/>
     <w:rsid w:val="26191E13"/>
     <w:rsid w:val="2D74EB49"/>
     <w:rsid w:val="30C55275"/>
     <w:rsid w:val="31E37683"/>
     <w:rsid w:val="353CD29D"/>
     <w:rsid w:val="35903D61"/>
     <w:rsid w:val="35F0BA75"/>
     <w:rsid w:val="360991EF"/>
     <w:rsid w:val="37D2491A"/>
     <w:rsid w:val="388E2629"/>
     <w:rsid w:val="3A0749A9"/>
     <w:rsid w:val="3B0351FD"/>
     <w:rsid w:val="425DD7F0"/>
     <w:rsid w:val="458F4A25"/>
     <w:rsid w:val="4CC33527"/>
     <w:rsid w:val="4E0FA850"/>
@@ -29895,60 +29845,60 @@
     <w:rsid w:val="5B493808"/>
     <w:rsid w:val="626A4B2E"/>
     <w:rsid w:val="678CC1BC"/>
     <w:rsid w:val="69F2C52F"/>
     <w:rsid w:val="719848CA"/>
     <w:rsid w:val="71D8F286"/>
     <w:rsid w:val="7377866A"/>
     <w:rsid w:val="78888865"/>
     <w:rsid w:val="7C323E64"/>
     <w:rsid w:val="7CC3A00D"/>
     <w:rsid w:val="7DB4488C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4CC33527"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -30305,864 +30255,864 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Apakvirsraksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensvsizclums">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Citts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citts">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="CittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Intensvscitts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Intensvscitts">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="IntensvscittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensvaatsauce">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00150797"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00150797"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00DB4D6A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...3 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00770BE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar1">
     <w:name w:val="Footnote Text Char1"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00770BE4"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Vresatsauce"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00770BE4"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Sarakstarindkopa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Saraksta rindkopa1 Char,Normal bullet 2 Char,Bullet list Char,Colorful List - Accent 12 Char,Dot pt Char,F5 List Paragraph Char,List Paragraph1 Char,No Spacing1 Char,Indicator Text Char"/>
+    <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00031FCF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Saraksta rindkopa1,Normal bullet 2,Bullet list,Colorful List - Accent 12,Dot pt,F5 List Paragraph,List Paragraph1,No Spacing1,List Paragraph Char Char Char,Indicator Text,Colorful List - Accent 11,List1"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00031FCF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00031FCF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00366023"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00366023"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BezatstarpmRakstz">
-[...3 lines deleted...]
-    <w:link w:val="Bezatstarpm"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+    <w:name w:val="No Spacing Char"/>
+    <w:aliases w:val="Parastais Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00BF1030"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Parastais"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BezatstarpmRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF1030"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF1030"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2132">
     <w:name w:val="tv2132"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00D01E6F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C1395"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1395"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000C1395"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000C1395"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentraatsauce">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KomentratekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentrateksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentratma">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Komentrateksts"/>
-[...1 lines deleted...]
-    <w:link w:val="KomentratmaRakstz"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentratma"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D250A6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prskatjums">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005B543F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/vide/dabas-resursi-geografiskas-zinas/publikacijas-un-infografikas/21408" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stat.gov.lv/lv/statistikas-temas/darbs/alga/tabulas/dsv041-stradajoso-menesa-videja-darba-samaksa-regionos-eiro?themeCode=DS" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/celvedis-ieklaujosas-vides-veidosanai-valsts-un-pasvaldibu-iestades-2020" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -31386,162 +31336,411 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
+    <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A35E0671-A404-4BC3-967A-FFE83A420AA5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9E2D63F-8250-4193-99DD-78999744C07D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99561CE5-748B-4CCF-8990-504DD63D325B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B238FE-23CC-4C5A-BE3E-A51477DE2D12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>47</Pages>
-[...1 lines deleted...]
-  <Characters>30320</Characters>
+  <Pages>1</Pages>
+  <Words>12487</Words>
+  <Characters>71179</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>252</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>593</Lines>
   <Paragraphs>166</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>83345</CharactersWithSpaces>
+  <CharactersWithSpaces>83500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...74 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
+</Properties>
+</file>