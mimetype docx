--- v0 (2025-11-08)
+++ v1 (2026-02-09)
@@ -1,44 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7AD09B5E" w14:textId="7876AF1E" w:rsidR="00464722" w:rsidRPr="00306093" w:rsidRDefault="00306093" w:rsidP="008555AB">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -411,51 +412,77 @@
           </w:tcPr>
           <w:p w14:paraId="54B55CBD" w14:textId="5B33437C" w:rsidR="005767BD" w:rsidRPr="00306093" w:rsidRDefault="00F75F22" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Grmatasnosaukums"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rStyle w:val="Grmatasnosaukums"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>2.3.1. Veicināt ilgtspējīgu daudzveidu mobilitāti pilsētās</w:t>
+              <w:t xml:space="preserve">2.3.1. Veicināt ilgtspējīgu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rStyle w:val="Grmatasnosaukums"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>daudzveidu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rStyle w:val="Grmatasnosaukums"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mobilitāti pilsētās</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="3D31244B" w14:textId="77777777" w:rsidTr="00490A29">
         <w:trPr>
           <w:trHeight w:val="428"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B76F1F" w14:textId="4E9B3C48" w:rsidR="005767BD" w:rsidRPr="00306093" w:rsidRDefault="00317933" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -1272,51 +1299,65 @@
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00942DE7" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FF3A70" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00942DE7" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>. specifiskā atbalsta mērķa “</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>Veicināt ilgtspējīgu daudzveidu mobilitāti pilsētās</w:t>
+        <w:t xml:space="preserve">Veicināt ilgtspējīgu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>daudzveidu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mobilitāti pilsētās</w:t>
       </w:r>
       <w:r w:rsidR="00942DE7" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>” 2.</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00942DE7" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -1426,51 +1467,65 @@
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>. specifiskā atbalsta mērķa “</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t>Veicināt ilgtspējīgu daudzveidu mobilitāti pilsētās</w:t>
+        <w:t xml:space="preserve">Veicināt ilgtspējīgu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>daudzveidu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mobilitāti pilsētās</w:t>
       </w:r>
       <w:r w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>” 2.</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000962BC" w:rsidRPr="00306093">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -2078,70 +2133,106 @@
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Projekta iesniedzēja atbilstību MK noteikumos noteiktajam iesniedzēju lokam pārbauda uz projekta iesnieguma iesniegšanas brīdi un precizētā projekta iesnieguma iesniegšanas brīdi (ja attiecināms).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="732AC5D8" w14:textId="77777777" w:rsidR="002E5334" w:rsidRPr="00306093" w:rsidRDefault="002E5334" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu atkalizmantotāja datu bāzēs, Valsts ieņēmumu dienesta (turpmāk – VID) publiskajās datu bāzēs pieejamo informāciju.</w:t>
+              <w:t xml:space="preserve">Pārliecību par projekta iesniedzēja atbilstību gūst, pārbaudot publiski uzticamās datu bāzēs un tīmekļa vietnēs pieejamo informāciju par projekta iesniedzēju, piemēram, “Lursoft” datu bāzē vai ekvivalenta/līdzvērtīga Uzņēmuma reģistra datu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>atkalizmantotāja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> datu bāzēs, Valsts ieņēmumu dienesta (turpmāk – VID) publiskajās datu bāzēs pieejamo informāciju.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A70DF04" w14:textId="523763E9" w:rsidR="002E5334" w:rsidRPr="00306093" w:rsidRDefault="002E5334" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, tiesībsargājošo institūciju u.tml. atkarībā no SAM specifikas</w:t>
+              <w:t xml:space="preserve">Ja nepieciešams, pārliecības gūšanai tiek veikta komunikācija ar citām iestādēm, institūcijām par projekta iesniegumā un projekta iesniegumam pievienotajos pielikumos, kas uzskaitīti projektu iesniegumu atlases nolikumā, norādīto informāciju, piemēram, ar kredītiestādi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>tiesībsargājošo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> institūciju u.tml. atkarībā no SAM specifikas</w:t>
             </w:r>
             <w:r w:rsidR="0078004A" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60E70A81" w14:textId="48D1FA01" w:rsidR="001A6E59" w:rsidRPr="00306093" w:rsidRDefault="001A6E59" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
@@ -6297,60 +6388,84 @@
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>651/2014</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">izņēmuma kārtā var piemērot uzņēmumiem, kuri 2019. gada 31. decembrī nebija nonākuši grūtībās, taču kļuva par GNU laikā no 2020. gada 1. janvāra līdz 2021. gada 31. decembrim, ja tas ir arī </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>expressis verbis</w:t>
-            </w:r>
+              <w:t>expressis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>verbis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> paredzētas attiecīgajos MK noteikumos par SAM īstenošanu un ja to pieļauj ES fondu normatīvais regulējums.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="022FA67F" w14:textId="77777777" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="000F3FF9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -6363,197 +6478,165 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">uz </w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iesniegšanas dienu un; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B265BA" w14:textId="67DBA078" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="000F3FF9">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">uz lēmuma par </w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2B4E" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par </w:t>
+            </w:r>
             <w:r w:rsidR="00CD2B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">apstiprināšanas dienu vai atzinuma par nosacījumu izpildi pieņemšanas dienu, ja ir bijis pieņemts lēmums par </w:t>
+              <w:t xml:space="preserve">apstiprināšanu ar nosacījumu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126FFF44" w14:textId="4165E051" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="000F3FF9">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lēmums par </w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00CD2B4E" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">apstiprināšanu, kā arī atzinums par nosacījumu izpildi var būt lēmumi, ar kuriem tiek piešķirts komercdarbības atbalsts pretendentam. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43D33159" w14:textId="00238C1B" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="000F3FF9">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -6607,59 +6690,51 @@
           </w:p>
           <w:p w14:paraId="72148AD0" w14:textId="44940881" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00BF01FA">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pieņemot lēmumu par projekta iesniedzēja atbilstību kritērijam, balstās uz </w:t>
             </w:r>
             <w:r w:rsidR="00624632">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00624632" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pievienoto informāciju uz iesniegšanas dienu un publiski pieejamiem, ticamiem datiem par projekta iesniedzēju un tā saistītiem uzņēmumiem (ja attiecināms), tai skaitā: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="191E3318" w14:textId="77777777" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00BF01FA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
@@ -6723,269 +6798,293 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">pēdējo gada pārskatu, kurš iesniegts saskaņā ar normatīvo aktu prasībām un attiecīgi pārskata iesniegšanas savlaicīgums tiek vērtēts kontekstā ar šajā punktā definētajiem dokumentu iesniegšanas termiņiem; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2138C223" w14:textId="46157842" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00BF01FA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">operatīvo starpperiodu pārskatu ne “vecāku” kā viens mēnesis uz </w:t>
+              <w:t xml:space="preserve">operatīvo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatu ne “vecāku” kā viens mēnesis uz </w:t>
             </w:r>
             <w:r w:rsidR="00624632">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidR="00624632" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz </w:t>
+            </w:r>
+            <w:r w:rsidR="00C35C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35C02" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniegšanas dienu 21.06.2024. projekta iesniedzējs saskaņā ar 2023.gada pārskatā pieejamo informāciju atbilst GNU - vismaz vienai no Komisijas regulas Nr. 651/2014 2. panta 18. punktā minētajām situācijām, tomēr periodā no 2023.gada beigām līdz </w:t>
+            </w:r>
+            <w:r w:rsidR="00C35C02">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35C02" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniegšanas brīdim ir būtiski uzlabojusies finanšu situācija, novēršot GNU pazīmes, nolūkā šos faktus pierādīt, projekta iesniedzējam jāiesniedz līdz ar </w:t>
+            </w:r>
             <w:r w:rsidR="00624632">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00624632" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">iesniegšanas dienu, kuru apstiprinājis zvērināts revidents un kurš tiek iesniegts kopā ar projekta iesniegumu. Operatīvais pārskats jāpievieno arī situācijā, ja ir būtiskas izmaiņas projekta iesniedzēja un tā saistīto uzņēmumu (ja attiecināms) situācijā, piemēram, uz </w:t>
-[...95 lines deleted...]
-              <w:t xml:space="preserve">operatīvo starpperiodu pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par starpperiodu, kuru apstiprinājis zvērināts revidents un ne “vecāku” kā viens mēnesis uz </w:t>
+              <w:t xml:space="preserve">operatīvo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatu par projekta iesniedzēja un par saistīto uzņēmumu (ja attiecināms) par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kuru apstiprinājis zvērināts revidents un ne “vecāku” kā viens mēnesis uz </w:t>
             </w:r>
             <w:r w:rsidR="00EC147E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00EC147E" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iesniegšanas dienu; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="197C78A2" w14:textId="77777777" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00BF01FA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">informāciju par pamatkapitāla palielināšanu (parakstīts), kuru vērtē kompleksi kopā ar zvērināta revidenta apstiprinātu operatīvo starpperiodu pārskatu. </w:t>
+              <w:t xml:space="preserve">informāciju par pamatkapitāla palielināšanu (parakstīts), kuru vērtē kompleksi kopā ar zvērināta revidenta apstiprinātu operatīvo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48404D3F" w14:textId="193074D6" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00FE1782">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Parakstītā, bet neapmaksātā pamatkapitāla palielināšana ir jānodrošina pamatkapitāla palielināšanas noteikumos paredzētajā termiņā, bet ne vēlāk kā sešu mēnešu laikā no dienas, kad pieņemts lēmums par pamatkapitāla palielināšanu. Ja gadījumā parakstītā pamatkapitāla palielināšanas rezultātā uzņēmumam nav GNU pazīmju uz </w:t>
             </w:r>
             <w:r w:rsidR="00C35C02">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00C35C02" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iesniegšanas </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">dienu, pamatkapitāla palielinājuma apmaksas pienākums tiks noteikts arī līgumā par projekta īstenošanu, paredzot sadarbības iestādei pienākumu izbeigt noslēgto līgumu, ja netiek veikta parakstītā pamatkapitāla apmaksa. </w:t>
@@ -7130,59 +7229,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">kaut vienai no Komisijas regulas Nr.651/2014 2.panta 18.punktā minētajām situācijām uz </w:t>
             </w:r>
             <w:r w:rsidR="00EC147E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="00EC147E" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>iesniegšanas dienu un/vai komercdarbības atbalsta piešķiršanas dienu atbilst:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C40655B" w14:textId="34989D63" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00CF4AFA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
@@ -7245,57 +7336,51 @@
               <w:t>nav pieejama finanšu informācija:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0219F7" w14:textId="309F1882" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00CF4AFA">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">par pēdējo pilno pārskata gadu pirms </w:t>
             </w:r>
             <w:r w:rsidR="009B2275">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="009B2275" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>iesniegšanas, ja nav ievēroti normatīvie akti par gada pārskata iesniegšanu, piemēram, projekts iesniegts 21.0</w:t>
             </w:r>
             <w:r w:rsidR="007364E9" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
@@ -7306,123 +7391,139 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>., bet pēdējais pieejamais gada pārskats ir par 2023.gadu;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EAAE48F" w14:textId="25B46D0A" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00CF4AFA">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">par starpperiodu no pēdējā pārskata gada līdz </w:t>
+              <w:t xml:space="preserve">par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no pēdējā pārskata gada līdz </w:t>
             </w:r>
             <w:r w:rsidR="009B2275">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
+            </w:r>
+            <w:r w:rsidR="009B2275" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>iesniegšanas dienai, piemēram, projekts iesniegts 21.0</w:t>
+            </w:r>
+            <w:r w:rsidR="005A65D6" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="005A65D6" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., pēdējais pieejamais gada pārskats ir par 2023.gadu, uz 31.12.2023. projekta iesniedzējs ir GNU, taču periodā līdz 21.06.2024. finanšu situācija ir uzlabojusies, piemēram, palielināts pamatkapitāls, tad šādā situācijā pie </w:t>
+            </w:r>
             <w:r w:rsidR="009B2275">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="009B2275" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>iesniegšanas dienai, piemēram, projekts iesniegts 21.0</w:t>
-[...47 lines deleted...]
-              <w:t>būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam starpperiodu pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms).</w:t>
+              <w:t xml:space="preserve">būtu jābūt pievienotai operatīvajai finanšu informācijai – zvērināta revidenta apstiprinātam </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>starpperiodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārskatam, lai nodrošinātu neatkarīga nozares eksperta viedokļa pieejamību par to, vai ietvertie finanšu pārskati sniedz patiesu un skaidru priekšstatu par attiecīgā klienta finansiālo stāvokli, peļņu vai zaudējumiem un naudas plūsmu saskaņā ar attiecīgajiem finanšu pārskatu sagatavošanas principiem (standartiem) un atbilst normatīvajiem aktiem (ja attiecināms).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59E57458" w14:textId="77777777" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="00CF4AFA">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29C18216" w14:textId="62997A25" w:rsidR="00CF4AFA" w:rsidRPr="00306093" w:rsidRDefault="00CF4AFA" w:rsidP="008D24FF">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
@@ -7524,59 +7625,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>“N/A”</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja </w:t>
             </w:r>
             <w:r w:rsidR="009B2275">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>projekta iesnieguma</w:t>
+              <w:t xml:space="preserve"> projekta iesnieguma</w:t>
             </w:r>
             <w:r w:rsidR="009B2275" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>nav plānotas darbības, kurām piemērojami komercdarbības atbalsta nosacījumi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="17FEAEB0" w14:textId="77777777" w:rsidTr="00D321EC">
         <w:trPr>
           <w:trHeight w:val="724"/>
         </w:trPr>
         <w:tc>
@@ -8091,51 +8184,65 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>vai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27F56AAC" w14:textId="7D1B498B" w:rsidR="002779E9" w:rsidRPr="00306093" w:rsidRDefault="002779E9" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">projektiem, kuriem kopējās izmaksas pārsniedz 1 miljn. </w:t>
+              <w:t xml:space="preserve">projektiem, kuriem kopējās izmaksas pārsniedz 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>miljn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AD6CB67" w14:textId="77777777" w:rsidR="002779E9" w:rsidRPr="00306093" w:rsidRDefault="002779E9" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -8572,51 +8679,67 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>projektā nav paredzētas darbības, kurām piemērojami valsts komercdarbības atbalsta nosacījumi;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6108457E" w14:textId="391D4C7E" w:rsidR="002779E9" w:rsidRPr="00306093" w:rsidRDefault="002779E9" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">projekta kopējās izmaksas nepārsniedz 1 miljn. </w:t>
+              <w:t xml:space="preserve">projekta kopējās izmaksas nepārsniedz 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>miljn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="45509AB2" w14:textId="77777777" w:rsidTr="00D321EC">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
@@ -8781,51 +8904,69 @@
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Saskaņā ar Komisijas regulas Nr.651/2014  6.panta 2.punktu atbalstu uzskata par tādu, kam piemīt stimulējoša ietekme, ja projekta iesniedzējs ir iesniedzis dalībvalstij rakstisku atbalsta pieteikumu, pirms sākas darbs pie projekta vai pirms sākas darbība. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51A841C1" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atbilstoši Komisijas regulas Nr.651/2014 2.panta 23.punktam “darbu sākums” ir ar ieguldījumu saistītu būvdarbu sākums vai pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu, vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. Vienlaicīgi zemes pirkšanu un tādus sagatavošanās darbus kā atļauju saņemšana un priekšizpētes veikšana neuzskata par darbu sākumu. Attiecībā uz pārņemšanu </w:t>
+              <w:t xml:space="preserve">Atbilstoši Komisijas regulas Nr.651/2014 2.panta 23.punktam “darbu sākums” ir ar ieguldījumu saistītu būvdarbu sākums vai pirmā juridiski saistošā apņemšanās pasūtīt aprīkojumu, vai citas saistības, kas padara ieguldījumu neatgriezenisku, – atkarībā no tā, kas notiek pirmais. Vienlaicīgi zemes pirkšanu un tādus sagatavošanās darbus kā atļauju saņemšana un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>priekšizpētes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veikšana neuzskata par darbu sākumu. Attiecībā uz pārņemšanu </w:t>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>“darbu sākums” ir brīdis, kad tiek iegādāti aktīvi, kas ir tieši saistīti ar iegādāto uzņēmējdarbības vietu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EEF77C8" w14:textId="4C12A7C7" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -9049,99 +9190,141 @@
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60D94E8B" w14:textId="2A7715F3" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projekta iesniedzējs īsteno vai plāno īstenot citus projektus saistībā ar šajā projektā paredzētajām darbībām un ja konkrētas programmas nosacījumi pieļauj izmaksu kumulēšanu, darbus projektā nevar uzsākt, kamēr nav pieņemti lēmumi par atbalsta piešķiršanu šim pašam projektam arī visās pārējās atbalsta programmās, kurās projekta iesniedzējs ir pieteicies vai plāno pieteikties (attiecināms, ja konkrētās programmas nosacījumi to nosaka).  </w:t>
+              <w:t xml:space="preserve">Ja projekta iesniedzējs īsteno vai plāno īstenot citus projektus saistībā ar šajā projektā paredzētajām darbībām un ja konkrētas programmas nosacījumi pieļauj izmaksu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>kumulēšanu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, darbus projektā nevar uzsākt, kamēr nav pieņemti lēmumi par atbalsta piešķiršanu šim pašam projektam arī visās pārējās atbalsta programmās, kurās projekta iesniedzējs ir pieteicies vai plāno pieteikties (attiecināms, ja konkrētās programmas nosacījumi to nosaka).  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52E1FF4F" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Attiecībā uz </w:t>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>lieliem uzņēmumiem</w:t>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> piešķiramu </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>ad hoc</w:t>
-            </w:r>
+              <w:t>ad</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>hoc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu</w:t>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:footnoteReference w:id="17"/>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, papildu minētajam, Komisijas regulas Nr.651/2014 6.panta 3.punktā ir paredzētas papildu prasības stimulējošās ietekmes nosacījuma izpildei, proti, ir noteikta nepieciešamība atbalstam radīt vienu vai vairākus rezultātus, kas minēti Komisijas regulas Nr.651/2014 6.panta 3.punktā (atbalsta ietekmē būtiski palielinās projekta/darbības joma vai būtiski palielinās kopsumma, ko saņēmējs tērē projektam/darbībai, vai būtiski palielinās attiecīgā projekta/darbības pabeigšanas ātrums, attiecībā uz reģionālo ieguldījumu atbalstu: projekts tiek īstenots, bet bez atbalsta tas attiecīgajā apgabalā nebūtu veikts vai attiecīgajā apgabalā nebūtu saņēmējam pietiekami rentabls). </w:t>
             </w:r>
@@ -9194,51 +9377,79 @@
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>pieejamo informāciju par atbalsta pretendentam sniegto atbalstu citās komercdarbības</w:t>
             </w:r>
             <w:r w:rsidRPr="00293858" w:rsidDel="00D629DF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbalsta sniedzējinstitūcijās, piemēram, AS “Attīstības finanšu institūcija Altum”, Lauku atbalsta dienests;</w:t>
+              <w:t xml:space="preserve"> atbalsta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>sniedzējinstitūcijās</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, piemēram, AS “Attīstības finanšu institūcija </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Altum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00293858">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>”, Lauku atbalsta dienests;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="094621C6" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00293858">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">pieejamo informāciju publiskos, ticamos avotos par projekta iesniedzēju saistībā ar plānoto projektu, piemēram, Iepirkumu uzraudzības biroja iepirkumu procedūru procesa datu bāzi, Būvniecības informācijas sistēmā pieejamo informāciju; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EA2F1E5" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00293858" w:rsidRDefault="00F96F34" w:rsidP="00293858">
@@ -10097,52 +10308,62 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Lursoft”</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">datu bāzē, Uzņēmumu reģistra datu bāzē, VID saimnieciskās darbības veicēju datu bāzē, </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>de minims</w:t>
-            </w:r>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>minims</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalsta uzskaites sistēmā un citur publiski pieejamajai informācijai.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="277334FB" w14:textId="35CD1307" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējs projekta iesniegumā ir apliecinājis, ka uzskaites veidlapā norādītā informācija ir pilnīga un patiesa. </w:t>
@@ -12080,72 +12301,108 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ja:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25A00A2C" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="311" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>1) projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-ie) iepirkuma(-u) priekšmets(-i) atbilst Ministru kabineta 2017.gada 20.jūnija noteikumos Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” (turpmāk – MK noteikumi Nr. 353) noteiktajām grupām un tam(tiem) piemērotas MK noteikumos Nr.353 noteiktās zaļā publiskā iepirkuma prasības un kritēriji;</w:t>
+              <w:t>1) projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>) iepirkuma(-u) priekšmets(-i) atbilst Ministru kabineta 2017.gada 20.jūnija noteikumos Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” (turpmāk – MK noteikumi Nr. 353) noteiktajām grupām un tam(tiem) piemērotas MK noteikumos Nr.353 noteiktās zaļā publiskā iepirkuma prasības un kritēriji;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7079AD24" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="311" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>2) projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-ie) iepirkuma(-u) priekšmets(-i) neatbilst MK noteikumos Nr.353 noteiktajām grupām;</w:t>
+              <w:t>2) projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>) iepirkuma(-u) priekšmets(-i) neatbilst MK noteikumos Nr.353 noteiktajām grupām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62E49054" w14:textId="7E8A228E" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="311" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3) </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
@@ -12251,51 +12508,69 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9779" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2E6B40" w14:textId="52104072" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ja projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-ie) iepirkuma(-u) priekšmets(-i) atbilst MK noteikumos Nr.353 minētajām prasībām, taču projekta iesniegums neparedz piemērot MK noteikumos noteiktās zaļā publiskā iepirkuma prasības un kritērijus, </w:t>
+              <w:t>Ja projekta iesniegumā (plānoto darbību aprakstā), būvdarbu izmaksu pamatojošā un tehniskajā dokumentācijā vai projekta iesniegumam pievienotajā projekta iepirkumu plānā ietvertais(-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) iepirkuma(-u) priekšmets(-i) atbilst MK noteikumos Nr.353 minētajām prasībām, taču projekta iesniegums neparedz piemērot MK noteikumos noteiktās zaļā publiskā iepirkuma prasības un kritērijus, </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>vērtējums ir “Jā, ar nosacījumu”</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>, izvirza atbilstošus nosacījumus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="5B6D1E79" w14:textId="77777777" w:rsidTr="00D321EC">
         <w:trPr>
           <w:trHeight w:val="416"/>
@@ -12439,51 +12714,73 @@
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DAFAC6" w14:textId="1855294A" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Horizontālais princips “Klimatdrošināšana”</w:t>
+              <w:t>Horizontālais princips “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Klimatdrošināšana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="438B3007" w14:textId="77777777" w:rsidTr="00D321EC">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3AFD900E" w14:textId="45615403" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
@@ -12494,51 +12791,69 @@
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2C8C354A" w14:textId="3B24B95A" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Projekta iesniegumā ietvertie pasākumi paredz nepieciešamo prasību horizontālā principa “Klimatdrošināšana” ievērošanu attiecībā uz klimata pārmaiņu mazināšanu un pielāgošanos klimata pārmaiņām.</w:t>
+              <w:t>Projekta iesniegumā ietvertie pasākumi paredz nepieciešamo prasību horizontālā principa “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Klimatdrošināšana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>” ievērošanu attiecībā uz klimata pārmaiņu mazināšanu un pielāgošanos klimata pārmaiņām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="19E5274F" w14:textId="535739CD" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
@@ -13110,51 +13425,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vismaz 1 specifiskā</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> HP darbība, kas risinās identificētās mērķa grupas vajadzības un problēmas un veicinās vienlīdzību, iekļaušanu, nediskrimināciju un pamattiesību </w:t>
+              <w:t xml:space="preserve"> HP darbība, kas risinās identificētās mērķa grupas vajadzības un problēmas un veicinās vienlīdzību, iekļaušanu, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>nediskrimināciju</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un pamattiesību </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ievērošanu “Objektu skaits, kuros ERAF/KF ieguldījumu rezultātā ir nodrošināta vides un informācijas pieejamība” (VINPI_12)</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rStyle w:val="Vresatsauce"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="20"/>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
@@ -13488,51 +13823,71 @@
           </w:p>
           <w:p w14:paraId="271D8130" w14:textId="63FEF195" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="310" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">vadlīnijas piekļūstamības izvērtējumam pieejamas: </w:t>
+              <w:t xml:space="preserve">vadlīnijas piekļūstamības </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>izvērtējumam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pieejamas: </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="00306093">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="24"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.varam.gov.lv/lv/wwwvaramgovlv/lv/pieklustamiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40B9DF3E" w14:textId="2F317C32" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
@@ -13633,51 +13988,71 @@
           </w:p>
           <w:p w14:paraId="1389B27E" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="310" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>projektā tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo iekļautību, nodrošinātu piekļūstamību pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
+              <w:t xml:space="preserve">projektā tiks īstenots sociāli atbildīgs iepirkums, pērkot ētiski ražotus produktus un pakalpojumus un izmantojot publiskās iepirkumu procedūras, lai radītu darbvietas, pienācīgus darba apstākļus, sekmētu sociālo un profesionālo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>iekļautību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, nodrošinātu piekļūstamību pakalpojuma sniegšanas vietai/videi/objektam/pasākuma norises vietai, kā arī veicinātu labākus darba nosacījumus cilvēkiem ar invaliditāti un nelabvēlīgākā situācijā esošiem cilvēkiem.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DDA1BB7" w14:textId="51D87ECB" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -13908,51 +14283,71 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>attiecībā uz pārvietošanos uz ielas</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - ietves tiks veidotas ar lēzenu nobraukumu/ uzbraukumu, izvairoties no kāpnēm vai, ja tādas ir, tad ar pielāgojumiem, lai būtu izmantojamas, pārvietojoties ar bērnu ratiņiem. Svarīga ir arī soliņu izbūve pie ietvēm, kas ir būtiska ne tikai vecākai paaudzei, bet arī vecākiem ar bērniem (atbilstošais HP rādītājs VINPI_12).</w:t>
+              <w:t xml:space="preserve"> - ietves tiks veidotas ar lēzenu nobraukumu/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>uzbraukumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, izvairoties no kāpnēm vai, ja tādas ir, tad ar pielāgojumiem, lai būtu izmantojamas, pārvietojoties ar bērnu ratiņiem. Svarīga ir arī soliņu izbūve pie ietvēm, kas ir būtiska ne tikai vecākai paaudzei, bet arī vecākiem ar bērniem (atbilstošais HP rādītājs VINPI_12).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27C6A9D1" w14:textId="77777777" w:rsidR="00F96F34" w:rsidRPr="00306093" w:rsidRDefault="00F96F34" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>HP rādītājs, kas ir obligāts visiem projektu iesniedzējiem:</w:t>
             </w:r>
@@ -14918,51 +15313,71 @@
             <w:r w:rsidR="1EB98EBF" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="001A3856" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="1EB98EBF" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">pirmo reizi reģistrēto Tl skaits”, </w:t>
+              <w:t xml:space="preserve">pirmo reizi reģistrēto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="1EB98EBF" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Tl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="1EB98EBF" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaits”, </w:t>
             </w:r>
             <w:r w:rsidR="1EB98EBF" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>pieejams:</w:t>
             </w:r>
             <w:r w:rsidR="00BD4A03" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00BD4A03" w:rsidRPr="00306093">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>https://csdd.lv/cck?Itemid=327&amp;collection=fails&amp;file=doc_fails&amp;id=4473&amp;task=download&amp;xi=4</w:t>
               </w:r>
             </w:hyperlink>
@@ -16475,158 +16890,266 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="052ADD66" w14:textId="2669B1BF" w:rsidR="00FB3DC7" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="00AF1B9E">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="743"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>ir paziņojums par būvniecību (nav attiecināms uz būvdarbiem tādām plānotajām darbībām, kuras kvalificējamas kā komercdarbības atbalsts);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5664E4C5" w14:textId="77777777" w:rsidR="003F16BA" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="008555AB">
+          <w:p w14:paraId="5664E4C5" w14:textId="5CD69364" w:rsidR="003F16BA" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="322" w:hanging="322"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – ja visām projekta ietvaros plānotajām būvniecības darbībām </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7591F12C" w14:textId="77777777" w:rsidR="00D63CAC" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="003F16BA">
+              <w:t xml:space="preserve"> – ja </w:t>
+            </w:r>
+            <w:ins w:id="2" w:author="Kristīne Šmite" w:date="2025-12-19T09:46:00Z" w16du:dateUtc="2025-12-19T07:46:00Z">
+              <w:r w:rsidR="00254846">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve">par </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>visām projekta ietvaros plānotajām būvniecības darbībām</w:t>
+            </w:r>
+            <w:ins w:id="3" w:author="Kristīne Šmite" w:date="2025-12-19T09:46:00Z" w16du:dateUtc="2025-12-19T07:46:00Z">
+              <w:r w:rsidR="00254846">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> uz projekta iesnieguma</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="4" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidR="00254846">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> iesniegšanas dienu:</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7591F12C" w14:textId="153734D9" w:rsidR="00D63CAC" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="003F16BA">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="743"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">sagatavots projektēšanas uzdevums, </w:t>
-            </w:r>
+              <w:t>sagatavots projektēšanas uzdevums</w:t>
+            </w:r>
+            <w:del w:id="5" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidRPr="00306093" w:rsidDel="006D458D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">, </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="6" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidR="006D458D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> un ir</w:t>
+              </w:r>
+              <w:r w:rsidR="006D458D" w:rsidRPr="00306093">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="7" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidRPr="00D321EC" w:rsidDel="006D458D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:delText xml:space="preserve">veikts </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="8" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidR="006D458D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>izsludināts</w:t>
+              </w:r>
+              <w:r w:rsidR="006D458D" w:rsidRPr="00D321EC">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidRPr="00D321EC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>veikts iepirkums par būvniecības ieceres dokumentu sagatavošanu</w:t>
+              <w:t>iepirkums par būvniecības ieceres dokumentu sagatavošanu</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">, kā arī līgumu par būvniecības ieceres dokumentu sagatavošanu paredzēts noslēgt līdz vienošanās par projekta īstenošanu noslēgšanai ar sadarbības iestādi, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11452968" w14:textId="357F7400" w:rsidR="00D63CAC" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="00491007">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="743"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>un</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="587C32A6" w14:textId="4FABEA37" w:rsidR="00FB3DC7" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="00491007">
+          <w:p w14:paraId="587C32A6" w14:textId="14502A39" w:rsidR="00FB3DC7" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="00491007">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="743"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00306093">
-[...3 lines deleted...]
-              <w:t>iesniegta indikatīva būvdarbu izmaksu aplēse (tāme);</w:t>
+            <w:del w:id="9" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidRPr="00306093" w:rsidDel="00551412">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:delText xml:space="preserve">iesniegta </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="10" w:author="Kristīne Šmite" w:date="2025-12-19T09:47:00Z" w16du:dateUtc="2025-12-19T07:47:00Z">
+              <w:r w:rsidR="00551412">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t>sagatavota</w:t>
+              </w:r>
+              <w:r w:rsidR="00551412" w:rsidRPr="00306093">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>indikatīva būvdarbu izmaksu aplēse (tāme);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43F7E737" w14:textId="3714D4FA" w:rsidR="001625FB" w:rsidRPr="00306093" w:rsidRDefault="00FB3DC7" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="322" w:hanging="322"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
@@ -16697,50 +17220,51 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Sabiedriskā transporta savienojuma </w:t>
             </w:r>
             <w:r w:rsidR="009D2844" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">punkta </w:t>
             </w:r>
             <w:r w:rsidR="004E0F7F" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">attīstības </w:t>
             </w:r>
             <w:r w:rsidR="0003762A" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kritērijs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16749,50 +17273,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15B56B7E" w14:textId="785B4835" w:rsidR="00242A1B" w:rsidRPr="00306093" w:rsidRDefault="00D31009" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BE97226" w14:textId="022521C8" w:rsidR="00242A1B" w:rsidRPr="00306093" w:rsidRDefault="0050398C" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -16906,102 +17431,102 @@
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>projekta</w:t>
             </w:r>
             <w:r w:rsidR="0038159A" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> iesnieguma iesniegšanas brīdī </w:t>
+              <w:t xml:space="preserve"> iesnieguma iesniegšanas </w:t>
+            </w:r>
+            <w:r w:rsidR="0038159A" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">brīdī </w:t>
             </w:r>
             <w:r w:rsidR="00B71A9C" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">plānotā sabiedriskā transporta savienojuma punkta </w:t>
             </w:r>
             <w:r w:rsidR="00351053" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vietā ir pabeigta</w:t>
             </w:r>
             <w:r w:rsidR="00555732">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> v</w:t>
             </w:r>
             <w:r w:rsidR="00CF7DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">ai </w:t>
-[...10 lines deleted...]
-              <w:t>plānota</w:t>
+              <w:t>ai plānota</w:t>
             </w:r>
             <w:r w:rsidR="0038159A" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006428A7" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>paaugstināta peron</w:t>
             </w:r>
             <w:r w:rsidR="00351053" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
@@ -17386,51 +17911,69 @@
               </w:rPr>
               <w:t>, ja projekta īstenošanas vietā</w:t>
             </w:r>
             <w:r w:rsidR="00085262" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta iesniedzējs ir veicis inve</w:t>
             </w:r>
             <w:r w:rsidR="0081235C" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">stīcijas </w:t>
             </w:r>
             <w:r w:rsidR="00796A5B" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>savienojošā mikromobilitātes infrastruktūrā</w:t>
+              <w:t xml:space="preserve">savienojošā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00796A5B" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>mikromobilitātes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00796A5B" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infrastruktūrā</w:t>
             </w:r>
             <w:r w:rsidR="0081235C" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75CD108A" w14:textId="384A3E9F" w:rsidR="000C2699" w:rsidRPr="00306093" w:rsidRDefault="00D31009" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="323" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -17450,50 +17993,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> punktu</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="0081235C" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, ja projekta īstenošanas vietā </w:t>
             </w:r>
             <w:r w:rsidR="00085262" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">projekta iesniedzējs ir veicis </w:t>
             </w:r>
             <w:r w:rsidR="0081235C" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">investīcijas </w:t>
             </w:r>
             <w:r w:rsidR="000C2BBB" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>autostāvvietu izveidē</w:t>
             </w:r>
             <w:r w:rsidR="00C169E4" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -17685,51 +18229,65 @@
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">vietā ir pabeigta </w:t>
             </w:r>
             <w:r w:rsidR="00CF7DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">vai plānota </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>paaugstināta perona izbūve</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (projekta iesniedzējam jāiesniedz apliecinājums no LDz kā projekta iesnieguma pielikums).</w:t>
+              <w:t xml:space="preserve"> (projekta iesniedzējam jāiesniedz apliecinājums no </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>LDz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kā projekta iesnieguma pielikums).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33277F9E" w14:textId="70377F70" w:rsidR="00605417" w:rsidRPr="00306093" w:rsidRDefault="00EA4A73" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="314"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>0 punkti</w:t>
             </w:r>
             <w:r w:rsidR="00605417" w:rsidRPr="00306093">
@@ -17850,52 +18408,60 @@
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">vai </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B0CCFD1" w14:textId="5E3C227B" w:rsidR="00EA4A73" w:rsidRPr="00306093" w:rsidRDefault="007B2B6C" w:rsidP="00E1514C">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>ja projektam nav pievienots apliecinājums no LDz</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ja projektam nav pievienots apliecinājums no </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>LDz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00EA4A73" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EDF74C8" w14:textId="77777777" w:rsidR="00C26EFD" w:rsidRPr="00306093" w:rsidRDefault="00C26EFD" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="760A20EB" w14:textId="15545221" w:rsidR="00C26EFD" w:rsidRPr="00306093" w:rsidRDefault="00C26EFD" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -17943,109 +18509,145 @@
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="323" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, ja projekta īstenošanas vietā pēdējo piecu gadu laikā projekta iesniedzējs ir veicis investīcijas sabiedriskā transporta integrēšanā (piemēram, izbūvētas pasažieru platformas, nojumes, labiekārtotas uzgaidāmās telpas, sakārtoti pievadceļi, u.c.);</w:t>
+              <w:t xml:space="preserve">, ja projekta īstenošanas vietā pēdējo piecu gadu laikā projekta iesniedzējs ir veicis investīcijas sabiedriskā transporta integrēšanā (piemēram, izbūvētas pasažieru platformas, nojumes, labiekārtotas uzgaidāmās telpas, sakārtoti </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>pievadceļi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, u.c.);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B573B82" w14:textId="77777777" w:rsidR="008D0365" w:rsidRPr="00306093" w:rsidRDefault="00C26EFD" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="323" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, ja projekta īstenošanas vietā pēdējo piecu gadu laikā projekta iesniedzējs ir veicis investīcijas savienojošā mikromobilitātes infrastruktūrā (gājēju/ velosipēdu ceļi u.c.);</w:t>
+              <w:t xml:space="preserve">, ja projekta īstenošanas vietā pēdējo piecu gadu laikā projekta iesniedzējs ir veicis investīcijas savienojošā </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>mikromobilitātes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> infrastruktūrā (gājēju/ velosipēdu ceļi u.c.);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57007E56" w14:textId="4030478C" w:rsidR="00242A1B" w:rsidRPr="00306093" w:rsidRDefault="00C26EFD" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="323" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2 punktus</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja projekta īstenošanas vietā pēdējo piecu gadu laikā projekta iesniedzējs ir veicis investīcijas autostāvvietu izveidē.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="60B05ABE" w14:textId="77777777" w:rsidTr="00E908E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D5B460B" w14:textId="30147C90" w:rsidR="001D6C29" w:rsidRPr="00306093" w:rsidRDefault="00E17CC4" w:rsidP="008555AB">
@@ -18433,91 +19035,84 @@
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, ja projektā paredzētais projekta iesniedzēja līdzfinansējums ir no 15,01% līdz 20% no projekta kopējām attiecināmām izmaksām;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70718640" w14:textId="190C2C26" w:rsidR="001D6C29" w:rsidRPr="00306093" w:rsidRDefault="00B22C1D" w:rsidP="008555AB">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="324" w:hanging="324"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4)</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 punkt</w:t>
             </w:r>
             <w:r w:rsidR="00824172" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>us</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, ja projektā paredzētais projekta iesniedzēja līdzfinansējums ir 15% </w:t>
-[...7 lines deleted...]
-              <w:t>no projekta kopējām attiecināmām izmaksām.</w:t>
+              <w:t>, ja projektā paredzētais projekta iesniedzēja līdzfinansējums ir 15% no projekta kopējām attiecināmām izmaksām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CF730C3" w14:textId="77777777" w:rsidR="00D30B47" w:rsidRPr="00306093" w:rsidRDefault="00D30B47" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
@@ -18888,51 +19483,60 @@
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E384B5F" w14:textId="0D6E6230" w:rsidR="001417EC" w:rsidRPr="00306093" w:rsidRDefault="001417EC" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Vēršam uzmanību, ka līgumā būs ietverta norma, ka projekta iesniegumā (uz projekta apstiprināšanas brīdi) norādītā līdzfinansējuma likme (intensitāte) projekta īstenošanas laikā, kā arī pēc projekta pabeigšanas, nedrīkstēs tikt samazināta.</w:t>
+              <w:t xml:space="preserve">Vēršam uzmanību, ka līgumā būs ietverta norma, ka projekta iesniegumā (uz projekta apstiprināšanas brīdi) norādītā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>līdzfinansējuma likme (intensitāte) projekta īstenošanas laikā, kā arī pēc projekta pabeigšanas, nedrīkstēs tikt samazināta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003227EF" w:rsidRPr="00306093" w14:paraId="42AEB44B" w14:textId="77777777" w:rsidTr="00E908E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4A60FC7F" w14:textId="626FEAC9" w:rsidR="00AD0AD3" w:rsidRPr="00306093" w:rsidRDefault="00AD0AD3" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-111" w:right="-112"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -19584,92 +20188,104 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārējām stacijām</w:t>
             </w:r>
             <w:r w:rsidR="000A4995" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>, pieturas punktiem vai autoostām</w:t>
+              <w:t xml:space="preserve">, pieturas </w:t>
+            </w:r>
+            <w:r w:rsidR="000A4995" w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>punktiem vai autoostām</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B9BCC7F" w14:textId="165E59D8" w:rsidR="00AD0AD3" w:rsidRPr="00306093" w:rsidRDefault="00AD0AD3" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kritērija vērtēšanai izmanto projekta iesniegumam pievienoto SIA “Autotransporta direkcija” izziņu par</w:t>
             </w:r>
             <w:r w:rsidR="007F66B3" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ar dzelzceļu</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārvadāto pasažieru skaitu</w:t>
             </w:r>
             <w:r w:rsidR="0058343F" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -19824,69 +20440,71 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3358DD65" w14:textId="77777777" w:rsidR="00910ED2" w:rsidRPr="00306093" w:rsidRDefault="00910ED2" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73322B3A" w14:textId="43E27847" w:rsidR="00910ED2" w:rsidRPr="00306093" w:rsidRDefault="00910ED2" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> = K</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -19969,69 +20587,71 @@
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>kur:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33056FB9" w14:textId="3D2A0934" w:rsidR="00910ED2" w:rsidRPr="00306093" w:rsidRDefault="00910ED2" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Kvalitātes kritēriju kopsumma;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F3BFF6" w14:textId="755376D6" w:rsidR="00910ED2" w:rsidRPr="00306093" w:rsidRDefault="00910ED2" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -20262,62 +20882,73 @@
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Projektu iesniegumu vērtēšanas rezultātā katra</w:t>
             </w:r>
             <w:r w:rsidR="009D6079" w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>s atlases</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ietvaros tiek veidots projektu saraksts, kuros iesniegtie projekti saranžēti no efektīvākā (ar lielāko kopējā kritērija (K</w:t>
+              <w:t xml:space="preserve"> ietvaros tiek veidots projektu saraksts, kuros iesniegtie projekti saranžēti no efektīvākā (ar lielāko kopējā kritērija (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00306093">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00306093">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>) vērtību) līdz vismazāk efektīvajam (ar mazāko kopējā kritērija vērtību) projektam.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40C3C407" w14:textId="77777777" w:rsidR="00910ED2" w:rsidRPr="00306093" w:rsidRDefault="00910ED2" w:rsidP="008555AB">
             <w:pPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B219AE8" w14:textId="72CC5798" w:rsidR="00282864" w:rsidRPr="00306093" w:rsidRDefault="00A65406" w:rsidP="008555AB">
             <w:pPr>
@@ -20690,71 +21321,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A7669" w:rsidRPr="00306093" w:rsidSect="00E025F2">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="568" w:right="678" w:bottom="568" w:left="709" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72C4FD0C" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5" w:rsidP="00AF5352">
+    <w:p w14:paraId="5A62716D" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="701308EC" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5" w:rsidP="00AF5352">
+    <w:p w14:paraId="40F2DD9F" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2B1C9486" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5">
+    <w:p w14:paraId="18DA99A9" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20909,71 +21540,71 @@
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0046DD98" w14:textId="3DFC9A1F" w:rsidR="00B0543B" w:rsidRDefault="00B0543B">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5F6D5446" w14:textId="77777777" w:rsidR="00B0543B" w:rsidRDefault="00B0543B">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="027CD4AA" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5" w:rsidP="00AF5352">
+    <w:p w14:paraId="17F1AD27" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B25BC99" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5" w:rsidP="00AF5352">
+    <w:p w14:paraId="7FB2CBF4" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46" w:rsidP="00AF5352">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B11DDEF" w14:textId="77777777" w:rsidR="000307F5" w:rsidRDefault="000307F5">
+    <w:p w14:paraId="0DDAB9B9" w14:textId="77777777" w:rsidR="003B7A46" w:rsidRDefault="003B7A46">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3C217AAA" w14:textId="27A3EAB7" w:rsidR="0008002C" w:rsidRPr="007B185D" w:rsidRDefault="0008002C" w:rsidP="0008002C">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="426" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
@@ -20991,87 +21622,99 @@
         </w:rPr>
         <w:t>nolikumā noteikto.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="74395ACA" w14:textId="7B81E2A6" w:rsidR="00740C3E" w:rsidRPr="007B185D" w:rsidRDefault="00740C3E" w:rsidP="00740C3E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="426" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kritērijā lieto N/A, ja kopumā </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B185D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kritērijā lieto N/A, ja kopumā </w:t>
       </w:r>
       <w:r w:rsidR="00F8753B" w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>SAM</w:t>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> šis kritērijs ir iekļauts, bet konkrētajā projektā šis kritērijs nav jāvērtē.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="294A82F2" w14:textId="4CE21029" w:rsidR="00975607" w:rsidRPr="007B185D" w:rsidRDefault="00975607" w:rsidP="00975607">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:left="426" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 202</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B185D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 202</w:t>
       </w:r>
       <w:r w:rsidR="00266FDD" w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. gada </w:t>
       </w:r>
       <w:r w:rsidR="00266FDD" w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -21092,51 +21735,57 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.–2027.gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="782263DF" w14:textId="4CFEDEEC" w:rsidR="00F96F34" w:rsidRPr="007B185D" w:rsidRDefault="00F96F34">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007B185D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B185D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="6E82C4AA" w14:textId="77777777" w:rsidR="00335B25" w:rsidRPr="009B4632" w:rsidRDefault="00335B25" w:rsidP="00335B25">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4632">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009B4632">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
@@ -21153,122 +21802,140 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="29BF9430" w14:textId="77777777" w:rsidR="00335B25" w:rsidRPr="009B4632" w:rsidRDefault="00335B25" w:rsidP="00335B25">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4632">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009B4632">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Informāciju var izgūt arī izmantojot Kohēzijas politikas fondu vadības informācijas sistēmā pieejamo funkcionalitāti – e-izziņas par nodokļu nomaksas statusa izgūšana.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4632">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t>Informāciju var izgūt arī izmantojot Kohēzijas politikas fondu vadības informācijas sistēmā pieejamo funkcionalitāti – e-izziņas par nodokļu nomaksas statusa izgūšana.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="4FB52F40" w14:textId="529E2A17" w:rsidR="00F96F34" w:rsidRPr="00C749B0" w:rsidRDefault="00F96F34" w:rsidP="00D41105">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2024. gada </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C749B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vienotie izvēles kritēriji apstiprināti Eiropas Savienības fondu uzraudzības komitejā 2024. gada </w:t>
       </w:r>
       <w:r w:rsidR="00F8352A" w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidR="00F8352A" w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">septembrī </w:t>
       </w:r>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(Vienotie kritēriji un vienotie izvēles kritēriji apstiprināti kopā ar vadošās iestādes izstrādāto Eiropas Reģionālās attīstības fonda, Eiropas Sociālā fonda plus, Kohēzijas fonda un Taisnīgas pārkārtošanās fonda projektu iesniegumu atlases metodiku 2021.–2027.gadam).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="5798F90D" w14:textId="2DA7CA35" w:rsidR="00CF4AFA" w:rsidRPr="00C749B0" w:rsidRDefault="00CF4AFA">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Atbilstoši Komisijas 2014. gada 17. jūnija Regulai (ES) Nr. 651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu. Tomēr regulu Nr. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C749B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atbilstoši Komisijas 2014. gada 17. jūnija Regulai (ES) Nr. 651/2014, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu. Tomēr regulu Nr. </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00C749B0">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>651/2014</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C749B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>izņēmuma kārtā var piemērot uzņēmumiem, kuri 2019. gada 31. decembrī nebija nonākuši grūtībās, taču kļuva par grūtībās nonākušiem uzņēmumiem laikā no 2020. gada 1. janvāra līdz 2021. gada 31. decembrim, ja tas ir arī expressis verbis paredzētas attiecīgajos MK noteikumos par SAM īstenošanu un ja to pieļauj ES fondu normatīvais regulējums. Eiropas Reģionālās attīstības fonda (turpmāk – ERAF) un Kohēzijas fonda (turpmāk – KF) gadījumā atbilstību Eiropas Parlamenta un Padomes 2021.gada 24.jūnija regulas Nr. 2021/1058, par Eiropas Reģionālās attīstības fondu un Kohēzijas fondu 7. panta 1. punkta d) apakšpunktā noteiktajam.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
@@ -26677,53 +27344,63 @@
   <w:num w:numId="45" w16cid:durableId="25647490">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="804198046">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="237636844">
     <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="556281059">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="561137108">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1124152513">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="352923145">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Kristīne Šmite">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Kristine.Smite@cfla.gov.lv::b0e79a73-38a1-4d81-b4d6-2857e77a86cd"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF5352"/>
@@ -26950,50 +27627,51 @@
     <w:rsid w:val="00094259"/>
     <w:rsid w:val="00095B22"/>
     <w:rsid w:val="00095C5D"/>
     <w:rsid w:val="00095CD0"/>
     <w:rsid w:val="00096226"/>
     <w:rsid w:val="000962BC"/>
     <w:rsid w:val="0009666F"/>
     <w:rsid w:val="00096737"/>
     <w:rsid w:val="000968E4"/>
     <w:rsid w:val="00096ABE"/>
     <w:rsid w:val="00096C8F"/>
     <w:rsid w:val="00096DE9"/>
     <w:rsid w:val="000A12A4"/>
     <w:rsid w:val="000A140E"/>
     <w:rsid w:val="000A2766"/>
     <w:rsid w:val="000A2A04"/>
     <w:rsid w:val="000A2F97"/>
     <w:rsid w:val="000A3364"/>
     <w:rsid w:val="000A3495"/>
     <w:rsid w:val="000A3E84"/>
     <w:rsid w:val="000A4995"/>
     <w:rsid w:val="000A51FC"/>
     <w:rsid w:val="000A52E0"/>
     <w:rsid w:val="000A5973"/>
     <w:rsid w:val="000A670C"/>
+    <w:rsid w:val="000A7BEB"/>
     <w:rsid w:val="000A7E20"/>
     <w:rsid w:val="000B052C"/>
     <w:rsid w:val="000B0808"/>
     <w:rsid w:val="000B1442"/>
     <w:rsid w:val="000B1799"/>
     <w:rsid w:val="000B1A1A"/>
     <w:rsid w:val="000B25AC"/>
     <w:rsid w:val="000B2B60"/>
     <w:rsid w:val="000B2ECD"/>
     <w:rsid w:val="000B4471"/>
     <w:rsid w:val="000B4DCB"/>
     <w:rsid w:val="000B4EFD"/>
     <w:rsid w:val="000B521E"/>
     <w:rsid w:val="000B56B9"/>
     <w:rsid w:val="000B5C13"/>
     <w:rsid w:val="000B68BA"/>
     <w:rsid w:val="000B6DE2"/>
     <w:rsid w:val="000B6F37"/>
     <w:rsid w:val="000B739B"/>
     <w:rsid w:val="000B7A08"/>
     <w:rsid w:val="000B7CC1"/>
     <w:rsid w:val="000C0941"/>
     <w:rsid w:val="000C0A76"/>
     <w:rsid w:val="000C1B6D"/>
     <w:rsid w:val="000C1C05"/>
@@ -27571,50 +28249,51 @@
     <w:rsid w:val="0024326E"/>
     <w:rsid w:val="00243A42"/>
     <w:rsid w:val="00243B12"/>
     <w:rsid w:val="00243B35"/>
     <w:rsid w:val="00243D7D"/>
     <w:rsid w:val="002441E2"/>
     <w:rsid w:val="002454D9"/>
     <w:rsid w:val="00245769"/>
     <w:rsid w:val="00245E64"/>
     <w:rsid w:val="0024670E"/>
     <w:rsid w:val="0024695D"/>
     <w:rsid w:val="0024715C"/>
     <w:rsid w:val="0024745D"/>
     <w:rsid w:val="00247631"/>
     <w:rsid w:val="00247DE4"/>
     <w:rsid w:val="00247FA8"/>
     <w:rsid w:val="00250225"/>
     <w:rsid w:val="00250280"/>
     <w:rsid w:val="002508FE"/>
     <w:rsid w:val="00250B7F"/>
     <w:rsid w:val="00250C24"/>
     <w:rsid w:val="00252477"/>
     <w:rsid w:val="0025332D"/>
     <w:rsid w:val="0025391B"/>
     <w:rsid w:val="002546E9"/>
+    <w:rsid w:val="00254846"/>
     <w:rsid w:val="0025510C"/>
     <w:rsid w:val="0025539B"/>
     <w:rsid w:val="002554DF"/>
     <w:rsid w:val="002558CB"/>
     <w:rsid w:val="00255A18"/>
     <w:rsid w:val="00255DBA"/>
     <w:rsid w:val="00255EBB"/>
     <w:rsid w:val="00256701"/>
     <w:rsid w:val="00256FB2"/>
     <w:rsid w:val="00257297"/>
     <w:rsid w:val="0025786D"/>
     <w:rsid w:val="002579E9"/>
     <w:rsid w:val="00257CF4"/>
     <w:rsid w:val="00257D73"/>
     <w:rsid w:val="00260826"/>
     <w:rsid w:val="0026095F"/>
     <w:rsid w:val="00260DB3"/>
     <w:rsid w:val="00261113"/>
     <w:rsid w:val="00261685"/>
     <w:rsid w:val="002619EE"/>
     <w:rsid w:val="00262436"/>
     <w:rsid w:val="002625F2"/>
     <w:rsid w:val="00264069"/>
     <w:rsid w:val="0026427D"/>
     <w:rsid w:val="002645A9"/>
@@ -28114,50 +28793,51 @@
     <w:rsid w:val="003A6C6C"/>
     <w:rsid w:val="003A7051"/>
     <w:rsid w:val="003A72D3"/>
     <w:rsid w:val="003A7669"/>
     <w:rsid w:val="003A7906"/>
     <w:rsid w:val="003B052E"/>
     <w:rsid w:val="003B08AC"/>
     <w:rsid w:val="003B0B7E"/>
     <w:rsid w:val="003B17F1"/>
     <w:rsid w:val="003B1FE3"/>
     <w:rsid w:val="003B2294"/>
     <w:rsid w:val="003B2FE7"/>
     <w:rsid w:val="003B3232"/>
     <w:rsid w:val="003B3283"/>
     <w:rsid w:val="003B377B"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B418D"/>
     <w:rsid w:val="003B4872"/>
     <w:rsid w:val="003B4C71"/>
     <w:rsid w:val="003B4D74"/>
     <w:rsid w:val="003B5658"/>
     <w:rsid w:val="003B65A9"/>
     <w:rsid w:val="003B6937"/>
     <w:rsid w:val="003B6A19"/>
     <w:rsid w:val="003B72C1"/>
+    <w:rsid w:val="003B7A46"/>
     <w:rsid w:val="003B7D2A"/>
     <w:rsid w:val="003C0666"/>
     <w:rsid w:val="003C0694"/>
     <w:rsid w:val="003C138D"/>
     <w:rsid w:val="003C1AED"/>
     <w:rsid w:val="003C1D4E"/>
     <w:rsid w:val="003C21FC"/>
     <w:rsid w:val="003C25C9"/>
     <w:rsid w:val="003C2AB4"/>
     <w:rsid w:val="003C300C"/>
     <w:rsid w:val="003C46D4"/>
     <w:rsid w:val="003C4ABA"/>
     <w:rsid w:val="003C4AEF"/>
     <w:rsid w:val="003C522D"/>
     <w:rsid w:val="003C56EE"/>
     <w:rsid w:val="003C56FC"/>
     <w:rsid w:val="003C586B"/>
     <w:rsid w:val="003C674C"/>
     <w:rsid w:val="003C6CB2"/>
     <w:rsid w:val="003C70A5"/>
     <w:rsid w:val="003C7688"/>
     <w:rsid w:val="003C7E20"/>
     <w:rsid w:val="003D0266"/>
     <w:rsid w:val="003D0E5B"/>
     <w:rsid w:val="003D10C6"/>
@@ -28509,50 +29189,51 @@
     <w:rsid w:val="004A0065"/>
     <w:rsid w:val="004A06C4"/>
     <w:rsid w:val="004A08E4"/>
     <w:rsid w:val="004A0925"/>
     <w:rsid w:val="004A0C5D"/>
     <w:rsid w:val="004A0C77"/>
     <w:rsid w:val="004A1398"/>
     <w:rsid w:val="004A15BE"/>
     <w:rsid w:val="004A1ADE"/>
     <w:rsid w:val="004A1D57"/>
     <w:rsid w:val="004A1F51"/>
     <w:rsid w:val="004A34E2"/>
     <w:rsid w:val="004A3724"/>
     <w:rsid w:val="004A38E4"/>
     <w:rsid w:val="004A3BC9"/>
     <w:rsid w:val="004A520B"/>
     <w:rsid w:val="004A5346"/>
     <w:rsid w:val="004A5867"/>
     <w:rsid w:val="004A5D08"/>
     <w:rsid w:val="004A5DD8"/>
     <w:rsid w:val="004A6342"/>
     <w:rsid w:val="004A66E6"/>
     <w:rsid w:val="004A6735"/>
     <w:rsid w:val="004A6891"/>
     <w:rsid w:val="004A6A2C"/>
+    <w:rsid w:val="004A6C8B"/>
     <w:rsid w:val="004A7547"/>
     <w:rsid w:val="004A7557"/>
     <w:rsid w:val="004A7CC6"/>
     <w:rsid w:val="004A7CEF"/>
     <w:rsid w:val="004A7FCD"/>
     <w:rsid w:val="004B02C9"/>
     <w:rsid w:val="004B06C8"/>
     <w:rsid w:val="004B1584"/>
     <w:rsid w:val="004B15D5"/>
     <w:rsid w:val="004B1BD2"/>
     <w:rsid w:val="004B224F"/>
     <w:rsid w:val="004B2ED3"/>
     <w:rsid w:val="004B2EFA"/>
     <w:rsid w:val="004B2FCE"/>
     <w:rsid w:val="004B3916"/>
     <w:rsid w:val="004B4C4A"/>
     <w:rsid w:val="004B4D69"/>
     <w:rsid w:val="004B512B"/>
     <w:rsid w:val="004B53FC"/>
     <w:rsid w:val="004B557C"/>
     <w:rsid w:val="004B579E"/>
     <w:rsid w:val="004B5D97"/>
     <w:rsid w:val="004B6455"/>
     <w:rsid w:val="004B6D2C"/>
     <w:rsid w:val="004B71C5"/>
@@ -28767,50 +29448,51 @@
     <w:rsid w:val="00541898"/>
     <w:rsid w:val="00541A35"/>
     <w:rsid w:val="00541E16"/>
     <w:rsid w:val="005423E7"/>
     <w:rsid w:val="00542494"/>
     <w:rsid w:val="00542C80"/>
     <w:rsid w:val="00543743"/>
     <w:rsid w:val="00544286"/>
     <w:rsid w:val="00544965"/>
     <w:rsid w:val="00544ECC"/>
     <w:rsid w:val="005451FC"/>
     <w:rsid w:val="00545545"/>
     <w:rsid w:val="00545BC2"/>
     <w:rsid w:val="00545F20"/>
     <w:rsid w:val="005461E4"/>
     <w:rsid w:val="00546B1E"/>
     <w:rsid w:val="00546BF1"/>
     <w:rsid w:val="00547465"/>
     <w:rsid w:val="005504B2"/>
     <w:rsid w:val="00550579"/>
     <w:rsid w:val="0055063F"/>
     <w:rsid w:val="00550CE2"/>
     <w:rsid w:val="00550CE9"/>
     <w:rsid w:val="00551033"/>
     <w:rsid w:val="005513E2"/>
+    <w:rsid w:val="00551412"/>
     <w:rsid w:val="00551D74"/>
     <w:rsid w:val="00552552"/>
     <w:rsid w:val="00552657"/>
     <w:rsid w:val="0055270B"/>
     <w:rsid w:val="00552869"/>
     <w:rsid w:val="00553619"/>
     <w:rsid w:val="005549C2"/>
     <w:rsid w:val="00555054"/>
     <w:rsid w:val="00555281"/>
     <w:rsid w:val="00555732"/>
     <w:rsid w:val="00555A70"/>
     <w:rsid w:val="00556002"/>
     <w:rsid w:val="005560D2"/>
     <w:rsid w:val="00556F70"/>
     <w:rsid w:val="00557CE3"/>
     <w:rsid w:val="0056010B"/>
     <w:rsid w:val="005603E3"/>
     <w:rsid w:val="00561269"/>
     <w:rsid w:val="005614C1"/>
     <w:rsid w:val="005616CF"/>
     <w:rsid w:val="005621A8"/>
     <w:rsid w:val="005627F7"/>
     <w:rsid w:val="00562BB3"/>
     <w:rsid w:val="00563527"/>
     <w:rsid w:val="00564646"/>
@@ -29354,50 +30036,51 @@
     <w:rsid w:val="006C31A8"/>
     <w:rsid w:val="006C35CA"/>
     <w:rsid w:val="006C39FE"/>
     <w:rsid w:val="006C3AF9"/>
     <w:rsid w:val="006C3D20"/>
     <w:rsid w:val="006C3EFA"/>
     <w:rsid w:val="006C45DD"/>
     <w:rsid w:val="006C47B0"/>
     <w:rsid w:val="006C4DB6"/>
     <w:rsid w:val="006C6752"/>
     <w:rsid w:val="006C6EB8"/>
     <w:rsid w:val="006C6FB2"/>
     <w:rsid w:val="006C751E"/>
     <w:rsid w:val="006C7782"/>
     <w:rsid w:val="006C79F0"/>
     <w:rsid w:val="006C7F83"/>
     <w:rsid w:val="006C7FF5"/>
     <w:rsid w:val="006D1777"/>
     <w:rsid w:val="006D1796"/>
     <w:rsid w:val="006D1A13"/>
     <w:rsid w:val="006D1A85"/>
     <w:rsid w:val="006D2DCE"/>
     <w:rsid w:val="006D32B8"/>
     <w:rsid w:val="006D3EC1"/>
     <w:rsid w:val="006D42BE"/>
+    <w:rsid w:val="006D458D"/>
     <w:rsid w:val="006D5ADF"/>
     <w:rsid w:val="006D6373"/>
     <w:rsid w:val="006D642A"/>
     <w:rsid w:val="006D6E1C"/>
     <w:rsid w:val="006D741E"/>
     <w:rsid w:val="006D746C"/>
     <w:rsid w:val="006D7568"/>
     <w:rsid w:val="006E00E7"/>
     <w:rsid w:val="006E0DBE"/>
     <w:rsid w:val="006E1E4F"/>
     <w:rsid w:val="006E1FBD"/>
     <w:rsid w:val="006E2807"/>
     <w:rsid w:val="006E2CB2"/>
     <w:rsid w:val="006E37E7"/>
     <w:rsid w:val="006E3AB3"/>
     <w:rsid w:val="006E3D45"/>
     <w:rsid w:val="006E4AA6"/>
     <w:rsid w:val="006E514A"/>
     <w:rsid w:val="006E5625"/>
     <w:rsid w:val="006E5EE6"/>
     <w:rsid w:val="006E77C0"/>
     <w:rsid w:val="006F050A"/>
     <w:rsid w:val="006F2054"/>
     <w:rsid w:val="006F2355"/>
     <w:rsid w:val="006F241A"/>
@@ -34935,51 +35618,51 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1133213184">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="120"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-savienibas-kohezijas-politikas-programma-2021-2027-gadam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csdd.lv/cck?Itemid=327&amp;collection=fails&amp;file=doc_fails&amp;id=4473&amp;task=download&amp;xi=4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651?locale=LV" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/wwwvaramgovlv/lv/pieklustamiba" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pieklustamiba.varam.gov.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/media/18838/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/eiropas-savienibas-kohezijas-politikas-programma-2021-2027-gadam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://csdd.lv/cck?Itemid=327&amp;collection=fails&amp;file=doc_fails&amp;id=4473&amp;task=download&amp;xi=4" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/vadlinijas-horizontala-principa-vienlidziba-ieklausana-nediskriminacija-un-pamattiesibu-ieverosana-istenosanai-un-uzraudzibai-2021-2027" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651?locale=LV" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv/wwwvaramgovlv/lv/pieklustamiba" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pieklustamiba.varam.gov.lv" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lm.gov.lv/lv/metodiskie-materiali" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651?locale=LV" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vid.gov.lv/lv/nodoklu-maksataju-reitinga-sistema" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -35254,83 +35937,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...31 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="81a6793cb9d799be2cf56460a42ef44c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25ce1e1fd3b31c1fe806c05066683953" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -35340,147 +35992,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -35525,132 +36177,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName>Santa Ozola-Tīruma</DisplayName>
+        <AccountId>45</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ED57FAA-DDFA-43BD-8EDD-367B63B3CBBC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEBC49AB-CC6B-4F0B-B7A1-85F5799CC9EC}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F70BC5D-4819-476E-BA47-9D62417C261C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59980F77-C93F-4BCB-9BD8-EDBF6B0DA786}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F70BC5D-4819-476E-BA47-9D62417C261C}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ED57FAA-DDFA-43BD-8EDD-367B63B3CBBC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>35</Pages>
-  <Words>45217</Words>
-  <Characters>25774</Characters>
+  <Words>45266</Words>
+  <Characters>25802</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>214</Lines>
+  <Lines>215</Lines>
   <Paragraphs>141</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>70850</CharactersWithSpaces>
+  <CharactersWithSpaces>70927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Grinberga</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="PublishingExpirationDate">