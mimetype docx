--- v0 (2025-11-08)
+++ v1 (2026-02-09)
@@ -1,130 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3DCA9813" w14:textId="77777777" w:rsidR="001E5A34" w:rsidRDefault="001E5A34" w:rsidP="004E3EAA">
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="2B4597EC" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00F2159F" w:rsidRDefault="000D7736" w:rsidP="424BDFEE">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>APSTIPRINU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00F2159F" w:rsidRDefault="000D7736" w:rsidP="009077C4">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B7B117A" w14:textId="77777777" w:rsidR="001E5A34" w:rsidRDefault="001E5A34" w:rsidP="004E3EAA">
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="4303FD1A" w14:textId="50E428F9" w:rsidR="000D7736" w:rsidRPr="00F2159F" w:rsidRDefault="00384D0E" w:rsidP="009077C4">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7736" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>rojektu atlases departamenta direktore</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="21CD3802" w14:textId="71187C8C" w:rsidR="00A47B24" w:rsidRPr="00F2159F" w:rsidRDefault="00CD49EF" w:rsidP="004E3EAA">
+    <w:p w14:paraId="183594BD" w14:textId="1884DCD1" w:rsidR="00202C7E" w:rsidRPr="00F2159F" w:rsidRDefault="00202C7E" w:rsidP="005F226A">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005822F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(elektroniskais paraksts)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abu-Junese</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A97D1DA" w14:textId="77777777" w:rsidR="00202C7E" w:rsidRPr="00F2159F" w:rsidRDefault="00202C7E" w:rsidP="005F226A">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (datums skatāms laika zīmogā)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CD3802" w14:textId="2D16B545" w:rsidR="00A47B24" w:rsidRPr="00F2159F" w:rsidRDefault="00CD49EF" w:rsidP="004E3EAA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF374B9" wp14:editId="743A40A9">
@@ -245,51 +313,51 @@
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata r:id="rId13" o:title="" croptop="5084f" cropbottom="4164f" cropleft="4802f"/>
                 </v:shape>
                 <v:shape id="Picture 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274D656B" w14:textId="63E642C2" w:rsidR="000A0BC7" w:rsidRPr="00F2159F" w:rsidRDefault="00D667C4" w:rsidP="0098459D">
+    <w:p w14:paraId="274D656B" w14:textId="722AF621" w:rsidR="000A0BC7" w:rsidRPr="00F2159F" w:rsidRDefault="00D667C4" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas </w:t>
       </w:r>
       <w:r w:rsidRPr="00866BA3">
@@ -318,73 +386,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifiskā atbalsta mērķa </w:t>
       </w:r>
       <w:r w:rsidR="004E3EAA" w:rsidRPr="00866BA3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00874DCB" w:rsidRPr="00866BA3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Veicināt ilgtspējīgu </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> mobilitāti pilsētās</w:t>
+        <w:t>Veicināt ilgtspējīgu daudzveidu mobilitāti pilsētās</w:t>
       </w:r>
       <w:r w:rsidR="004E3EAA" w:rsidRPr="00866BA3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00BB2DB7" w:rsidRPr="00866BA3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.3.1.2.pasākuma</w:t>
       </w:r>
       <w:r w:rsidR="008A3E97" w:rsidRPr="00866BA3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
@@ -687,69 +733,51 @@
               </w:rPr>
               <w:t>726</w:t>
             </w:r>
             <w:r w:rsidR="00C92860" w:rsidRPr="00625649">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AC3737" w:rsidRPr="00625649">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00CB22D6" w:rsidRPr="00625649">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.3.1. specifiskā atbalsta mērķa “Veicināt ilgtspējīgu </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> mobilitāti </w:t>
+              <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.3.1. specifiskā atbalsta mērķa “Veicināt ilgtspējīgu daudzveidu mobilitāti </w:t>
             </w:r>
             <w:r w:rsidR="00CB22D6" w:rsidRPr="00CB22D6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pilsētās” 2.3.1.2. pasākuma “Multimodāls sabiedriskā transporta tīkls” īstenošanas noteikumi</w:t>
             </w:r>
             <w:r w:rsidR="00AC3737" w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00C92860" w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -848,319 +876,211 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>701</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">370,00 </w:t>
-[...17 lines deleted...]
-              <w:t>, tai skaitā elastības finansējums – 13</w:t>
+              <w:t>370,00 euro, tai skaitā elastības finansējums – 13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>990</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">452,00 </w:t>
-[...17 lines deleted...]
-              <w:t>, ko veido Eiropas Reģionālās attīstības fonda (turpmāk – ERAF) finansējums – 75</w:t>
+              <w:t>452,00 euro, ko veido Eiropas Reģionālās attīstības fonda (turpmāk – ERAF) finansējums – 75</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>396</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">164,00 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (no tā elastības finansējums – 11</w:t>
+              <w:t>164,00 euro (no tā elastības finansējums – 11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>891</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">884,00 </w:t>
-[...17 lines deleted...]
-              <w:t>) un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā 13</w:t>
+              <w:t>884,00 euro) un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā 13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>305</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">206,00 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (no tā elastības finansējums – 2</w:t>
+              <w:t>206,00 euro (no tā elastības finansējums – 2</w:t>
             </w:r>
             <w:r w:rsidR="00671C14">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>098</w:t>
             </w:r>
             <w:r w:rsidR="00671C14">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B7329E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">568,00 </w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>568,00 euro)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26BB856C" w14:textId="5121C1BD" w:rsidR="0083552C" w:rsidRPr="00F2159F" w:rsidRDefault="00BE2B89" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1186,162 +1106,116 @@
               </w:rPr>
               <w:t>61 056 250</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00D316AF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, tai skaitā ERAF finansējums – </w:t>
+              <w:t xml:space="preserve"> euro, tai skaitā ERAF finansējums – </w:t>
             </w:r>
             <w:r w:rsidR="00193A81">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>52 663 505</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00193A81">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
+              <w:t xml:space="preserve"> euro un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
             </w:r>
             <w:r w:rsidR="00193A81">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8 392 744</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00193A81">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
             <w:r w:rsidR="00251ACF" w:rsidRPr="00251ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00346120" w:rsidRPr="00BE2B89">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00470818" w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DF53603" w14:textId="77777777" w:rsidR="00AE494C" w:rsidRPr="00AE494C" w:rsidRDefault="00AE494C" w:rsidP="00AE494C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
@@ -1402,137 +1276,83 @@
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20 352 083,40</w:t>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, tai skaitā ERAF finansējums – </w:t>
+              <w:t xml:space="preserve"> euro, tai skaitā ERAF finansējums – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17 554 501,74</w:t>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
+              <w:t xml:space="preserve"> euro un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2 797 581,66</w:t>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t>;</w:t>
+              <w:t xml:space="preserve"> euro;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D1207E8" w14:textId="143DA6DC" w:rsidR="00AE494C" w:rsidRPr="00E1622B" w:rsidRDefault="00AE494C" w:rsidP="00F70504">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="344" w:hanging="344"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">sabiedriskā transporta savienojumu punktu attīstībai </w:t>
             </w:r>
@@ -1555,130 +1375,84 @@
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20 352 083,40</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, tai skaitā ERAF finansējums – </w:t>
+              <w:t xml:space="preserve"> euro, tai skaitā ERAF finansējums – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17 554 501,74</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
+              <w:t xml:space="preserve"> euro un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2 797 581,66</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77C61D0E" w14:textId="557D2DC8" w:rsidR="00AE494C" w:rsidRPr="00E1622B" w:rsidRDefault="00AE494C" w:rsidP="00F70504">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="344" w:hanging="344"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E1622B">
@@ -1698,359 +1472,223 @@
               </w:rPr>
               <w:t>pārējās stacijās</w:t>
             </w:r>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20 352 083,40</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, tai skaitā ERAF finansējums – </w:t>
+              <w:t xml:space="preserve"> euro, tai skaitā ERAF finansējums – </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>17 554 501,74</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
+              <w:t xml:space="preserve"> euro un nacionālais (pašvaldību un privātais) finansējums - ne mazāk kā </w:t>
             </w:r>
             <w:r w:rsidR="00404962">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2 797 581,66</w:t>
             </w:r>
             <w:r w:rsidR="00404962" w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E1622B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C389B4" w14:textId="77777777" w:rsidR="00E1622B" w:rsidRDefault="00AE494C" w:rsidP="00AE494C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE494C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projekta iesnieguma minimālais kopējo attiecināmo izmaksu apmērs nav mazāks par 200 000,00 </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (ieskaitot).</w:t>
+              <w:t>Projekta iesnieguma minimālais kopējo attiecināmo izmaksu apmērs nav mazāks par 200 000,00 euro (ieskaitot).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21389477" w14:textId="77777777" w:rsidR="003C1BC9" w:rsidRPr="003C1BC9" w:rsidRDefault="003C1BC9" w:rsidP="003C1BC9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesniegumam pieejamais maksimālais ERAF finansējums ir:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12A45939" w14:textId="31B234E9" w:rsidR="003C1BC9" w:rsidRPr="003C1BC9" w:rsidRDefault="003C1BC9" w:rsidP="00F70504">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="344" w:hanging="344"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">sabiedriskā transporta savienojumu punktu attīstībai simetrijas mezglos – līdz 4 000 000,00 </w:t>
-[...17 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>sabiedriskā transporta savienojumu punktu attīstībai simetrijas mezglos – līdz 4 000 000,00 euro;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45FF97D4" w14:textId="67A17D16" w:rsidR="003C1BC9" w:rsidRPr="003C1BC9" w:rsidRDefault="003C1BC9" w:rsidP="00F70504">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="344" w:hanging="344"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">sabiedriskā transporta savienojumu punktu attīstībai pārsēšanās punktos – līdz 2 000 000,00 </w:t>
-[...17 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>sabiedriskā transporta savienojumu punktu attīstībai pārsēšanās punktos – līdz 2 000 000,00 euro;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79707BBA" w14:textId="2DD487F4" w:rsidR="003C1BC9" w:rsidRPr="003C1BC9" w:rsidRDefault="003C1BC9" w:rsidP="00F70504">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="344" w:hanging="344"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">sabiedriskā transporta savienojumu punktu attīstībai pārējās stacijās – līdz 1 000 000,00 </w:t>
-[...17 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>sabiedriskā transporta savienojumu punktu attīstībai pārējās stacijās – līdz 1 000 000,00 euro.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B4774FF" w14:textId="77777777" w:rsidR="003C1BC9" w:rsidRPr="003C1BC9" w:rsidRDefault="003C1BC9" w:rsidP="003C1BC9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maksimālais attiecināmais ERAF finansējuma apmērs ir līdz 85 % un nacionālais līdzfinansējums (pašvaldību un privātais finansējums) nav mazāks par 15 % no projektam plānotā kopējā attiecināmā finansējuma. ERAF finansējumu piešķir </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> veidā.</w:t>
+              <w:t>Maksimālais attiecināmais ERAF finansējuma apmērs ir līdz 85 % un nacionālais līdzfinansējums (pašvaldību un privātais finansējums) nav mazāks par 15 % no projektam plānotā kopējā attiecināmā finansējuma. ERAF finansējumu piešķir granta veidā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75DB9BDD" w14:textId="00AB0011" w:rsidR="00470818" w:rsidRPr="00F2159F" w:rsidRDefault="003C1BC9" w:rsidP="009B056A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izmaksas ir attiecināmas, ja tās nav radušās agrāk par 2022. gada 25. novembri, izņemot komercdarbības atbalstu. Komercdarbības atbalsta gadījumā līgumus noslēdz un ar ieguldījumiem saistītos darbus uzsāk pēc projekta iesnieguma iesniegšanas atbilstoši regulas </w:t>
             </w:r>
             <w:r w:rsidRPr="003C1BC9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -2518,81 +2156,59 @@
                   <w:color w:val="auto"/>
                   <w:szCs w:val="24"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00112152" w:rsidRPr="00792DBD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00792DBD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> par Līguma par ES darbību 107. un 108. panta piemērošanu </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00792DBD">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>de</w:t>
+              <w:t>de minimis</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00792DBD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> atbalstam</w:t>
             </w:r>
             <w:r w:rsidR="008319DE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00575CD9" w:rsidRPr="00F2159F" w14:paraId="587F7DED" w14:textId="77777777" w:rsidTr="00F64838">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2841,110 +2457,132 @@
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001F429E" w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>novembra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="1C60A608" w:rsidR="00575CD9" w:rsidRPr="005C593F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
+          <w:p w14:paraId="0BC16238" w14:textId="090F4DE8" w:rsidR="00575CD9" w:rsidRPr="005C593F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">līdz </w:t>
             </w:r>
             <w:r w:rsidR="008B0F08" w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2026.</w:t>
             </w:r>
             <w:r w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">gada </w:t>
+              <w:t>gada</w:t>
             </w:r>
-            <w:r w:rsidR="005C593F" w:rsidRPr="005C593F">
-[...22 lines deleted...]
-            </w:r>
+            <w:del w:id="0" w:author="Jevgeņija Arehtova" w:date="2026-01-21T16:06:00Z" w16du:dateUtc="2026-01-21T14:06:00Z">
+              <w:r w:rsidRPr="005C593F" w:rsidDel="000251A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="1" w:author="Jevgeņija Arehtova" w:date="2026-01-21T16:06:00Z" w16du:dateUtc="2026-01-21T14:06:00Z">
+              <w:r w:rsidR="000251A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>9. martam</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="2" w:author="Jevgeņija Arehtova" w:date="2026-01-21T16:06:00Z" w16du:dateUtc="2026-01-21T14:06:00Z">
+              <w:r w:rsidR="005C593F" w:rsidRPr="005C593F" w:rsidDel="000251A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>9</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="005C593F" w:rsidDel="000251A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>.</w:delText>
+              </w:r>
+              <w:r w:rsidR="001F429E" w:rsidRPr="005C593F" w:rsidDel="000251A0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>februārim</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidRPr="005C593F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71C558D5" w14:textId="77777777" w:rsidR="005F2FFD" w:rsidRPr="00F2159F" w:rsidRDefault="005F2FFD" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AEDD0DA" w14:textId="1811253A" w:rsidR="005F2FFD" w:rsidRPr="00F2159F" w:rsidRDefault="00C87C2E" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -3853,67 +3491,51 @@
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008261C5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projektā paredzētas darbības, kurām piemērojami komercdarbības atbalsta nosacījumi, </w:t>
       </w:r>
       <w:r w:rsidR="00013567">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
       <w:r w:rsidRPr="008261C5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, ja projekta kopējās izmaksas pārsniedz 1 000 000 </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (ieskaitot PVN)</w:t>
+        <w:t>, ja projekta kopējās izmaksas pārsniedz 1 000 000 euro (ieskaitot PVN)</w:t>
       </w:r>
       <w:r w:rsidR="00262979">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="008261C5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1099">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izmaksu un ieguvumu analīzi</w:t>
       </w:r>
       <w:r w:rsidRPr="008261C5">
@@ -4000,67 +3622,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="009A7CF7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE1099">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta komunikācijas plānu</w:t>
       </w:r>
       <w:r w:rsidRPr="009A7CF7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">, kas paredz nodrošināt vismaz viena plašāka mēroga publicitātes pasākumu mediju intereses un sabiedrības uzmanības piesaistīšanai projekta atklāšanas, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> vai noslēguma fāzē saskaņā ar </w:t>
+        <w:t xml:space="preserve">, kas paredz nodrošināt vismaz viena plašāka mēroga publicitātes pasākumu mediju intereses un sabiedrības uzmanības piesaistīšanai projekta atklāšanas, vidusposma vai noslēguma fāzē saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="007764A5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MK</w:t>
       </w:r>
       <w:r w:rsidRPr="009A7CF7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikumu 34. punktu</w:t>
       </w:r>
       <w:r w:rsidR="00D13A9E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B3139F" w14:textId="1D4F62BD" w:rsidR="00C1521D" w:rsidRDefault="00C1521D" w:rsidP="00F70504">
       <w:pPr>
@@ -4226,113 +3832,56 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ja projekta ietvaros plānoti ieguldījumi atbilstoši 27.9., 27.13. un 27.15. apakšpunktam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08600641" w14:textId="2B64C7B5" w:rsidR="00BE0A8A" w:rsidRDefault="002330E3" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002330E3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>de</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> atbalsta uzskaitei un piešķiršanai vai projekta iesniegumā norāda sistēmā aizpildītās veidlapas identifikācijas numuru komercdarbības atbalsta gadījumā (ja plānots attiecināt MK noteikumu 27.1.1., 27.1.2., 27.1.3., 27.1.4. un 27.11. apakšpunktā minētās izmaksas un tās radušās pirms projekta iesnieguma iesniegšanas, un nepieciešamas MK noteikumu 27.13. un 27.9. apakšpunktā minēto darbību īstenošanai)</w:t>
+        <w:t>de minimis atbalsta uzskaites sistēmā (turpmāk - sistēma) sagatavotās veidlapas izdruku par sniedzamo informāciju de minimis atbalsta uzskaitei un piešķiršanai vai projekta iesniegumā norāda sistēmā aizpildītās veidlapas identifikācijas numuru komercdarbības atbalsta gadījumā (ja plānots attiecināt MK noteikumu 27.1.1., 27.1.2., 27.1.3., 27.1.4. un 27.11. apakšpunktā minētās izmaksas un tās radušās pirms projekta iesnieguma iesniegšanas, un nepieciešamas MK noteikumu 27.13. un 27.9. apakšpunktā minēto darbību īstenošanai)</w:t>
       </w:r>
       <w:r w:rsidR="00BE0A8A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1306F44D" w14:textId="66179660" w:rsidR="00BE0A8A" w:rsidRDefault="00E164EA" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E164EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -4868,77 +4417,59 @@
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikum</w:t>
       </w:r>
       <w:r w:rsidR="445D3849" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
       <w:r w:rsidR="7F828B8C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> norāda precīzi, nodrošinot to </w:t>
-[...8 lines deleted...]
-        <w:t>identificējam</w:t>
+        <w:t xml:space="preserve"> norāda precīzi, nodrošinot to identificējam</w:t>
       </w:r>
       <w:r w:rsidR="281F401B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>ību</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ību.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="08EF4D21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404EE33C" w14:textId="58F64AA6" w:rsidR="004C2582" w:rsidRPr="00F2159F" w:rsidRDefault="00313F21" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
@@ -5433,61 +4964,59 @@
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a iesniegumā summas norāda </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz </w:t>
       </w:r>
       <w:r w:rsidR="00660A2C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">diviem </w:t>
       </w:r>
       <w:r w:rsidR="00DB7526" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">cipariem </w:t>
       </w:r>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
@@ -5662,66 +5191,64 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F07F3D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aģentūrā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="06B31755" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nosūt</w:t>
       </w:r>
       <w:r w:rsidR="00086513" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="06B31755" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00142693">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projektu portāl</w:t>
       </w:r>
       <w:r w:rsidR="00F07F3D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00142693">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -5784,76 +5311,76 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="06B31755" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma iesniegšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00F2159F" w:rsidRDefault="00A01D52" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="473A255F" w14:textId="0D0A138A" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref172292401"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00F12066">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00F2159F">
@@ -5988,51 +5515,51 @@
       </w:r>
       <w:r w:rsidR="00402F7A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="12545E31" w14:textId="7C03350F" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
@@ -6173,51 +5700,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nav precizējams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE2849" w14:textId="7EF9E3A0" w:rsidR="00D537C1" w:rsidRPr="008325AC" w:rsidRDefault="00B60437" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beig</w:t>
       </w:r>
       <w:r w:rsidR="00840CF9" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -6321,51 +5848,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="009771A3" w:rsidRPr="009771A3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6322088E" w14:textId="1DE71989" w:rsidR="001B7BC7" w:rsidRPr="00F2159F" w:rsidRDefault="27F7F099" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Pirms</w:t>
@@ -7207,51 +6734,51 @@
       <w:r w:rsidR="5C7BFBEE" w:rsidRPr="005214AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Arial" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:color w:val="414142"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18. punktā minētajām pazīmēm, komercdarbības atbalsts netiek piešķirts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCBB967" w14:textId="76BFCDF3" w:rsidR="0020379A" w:rsidRPr="00293E72" w:rsidRDefault="34A7FB25" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Ref120489080"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="005214AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē, vispirms</w:t>
       </w:r>
       <w:r w:rsidRPr="1A0581C6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izvērtējot visus neprecizējamos </w:t>
       </w:r>
       <w:r w:rsidR="00B658BE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0070193A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ja attiecināms, </w:t>
@@ -7407,51 +6934,51 @@
       </w:r>
       <w:r w:rsidR="00A3440B" w:rsidRPr="1A0581C6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pēc </w:t>
       </w:r>
       <w:r w:rsidRPr="00293E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">tam </w:t>
       </w:r>
       <w:r w:rsidR="0096102C" w:rsidRPr="1A0581C6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>vērtē</w:t>
       </w:r>
       <w:r w:rsidRPr="00293E72">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> precizējamos kritērijus šādā secībā: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="2E3CECE5" w14:textId="0FD17E3F" w:rsidR="0020379A" w:rsidRPr="008551AC" w:rsidRDefault="00DB6821" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008551AC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie kritēriji </w:t>
       </w:r>
@@ -7690,52 +7217,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2146F0" w14:textId="519BB196" w:rsidR="00CB578C" w:rsidRPr="009533DA" w:rsidRDefault="009445B4" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref120485120"/>
-      <w:bookmarkStart w:id="5" w:name="_Ref172293667"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref120485120"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref172293667"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projektu </w:t>
       </w:r>
       <w:r w:rsidRPr="009533DA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegumos pieprasītais finansējums ir lielāks nekā </w:t>
       </w:r>
       <w:r w:rsidR="00D55691">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>specifiskā</w:t>
@@ -7822,107 +7349,96 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00584C43" w:rsidRPr="009533DA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Prioritārā secība tiek veidota, </w:t>
       </w:r>
       <w:r w:rsidR="0017579D" w:rsidRPr="009533DA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ievērojot šādus nosacījumus</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00CB578C" w:rsidRPr="009533DA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="0E33A2CD" w14:textId="77777777" w:rsidR="00CF1DB7" w:rsidRPr="00E16A4C" w:rsidRDefault="00CF1DB7" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prioritārā secība tiek veidota, dodot priekšroku projektam ar lielāko kvalitātes kritēriju summu: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Prioritārā secība tiek veidota, dodot priekšroku projektam ar lielāko kvalitātes kritēriju summu: K</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="lv-LV"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> = K</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -7990,71 +7506,69 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kur:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1216A942" w14:textId="77777777" w:rsidR="00CF1DB7" w:rsidRPr="00E16A4C" w:rsidRDefault="00CF1DB7" w:rsidP="00CF1DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1077" w:firstLine="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Kvalitātes kritēriju kopsumma;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6809A5" w14:textId="7DF8E540" w:rsidR="00CF1DB7" w:rsidRPr="00E16A4C" w:rsidRDefault="00CF1DB7" w:rsidP="00CF1DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1077" w:firstLine="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16A4C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -8354,91 +7868,91 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vērā visus atlases ietvaros vērtēto projektu vērtējumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="36592662" w14:textId="654E5133" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00A95198" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00A95198">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Gadījumā, ja projekta iesniegums ir apstiprināts ar nosacījumu un projekta iesniedzējs veic lēmumā norādītos precizējumus, tad, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00F31B42" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -8485,161 +7999,161 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> tika izvirzīti nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
       <w:r w:rsidR="001A2736" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E93123" w14:textId="435CC849" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="00270018" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref120490735"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="002A370A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="0093766F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
@@ -8723,101 +8237,101 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Pirms nolikuma</w:t>
       </w:r>
       <w:r w:rsidR="521EB46B" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk194918642"/>
-      <w:bookmarkStart w:id="12" w:name="_Hlk194918477"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk194918642"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk194918477"/>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521412 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="004B2FEB" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005214AD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>25.1</w:t>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="521EB46B" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="521EB46B" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>apakš</w:t>
       </w:r>
       <w:r w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>punktā noteiktā</w:t>
       </w:r>
       <w:r w:rsidR="521EB46B" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> lēmuma pieņemšanas vai </w:t>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0071048C" w:rsidRPr="00842741">
@@ -9522,51 +9036,51 @@
       <w:r w:rsidR="00E2621D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">otrās </w:t>
       </w:r>
       <w:r w:rsidR="003C2265" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>atlases kārtas ietvaros ir pieejams finansējums projekta īstenošanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F924CA5" w14:textId="251F15B8" w:rsidR="00E860CF" w:rsidRPr="00F2159F" w:rsidRDefault="00327553" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref121924665"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref121924665"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma </w:t>
       </w:r>
       <w:r w:rsidRPr="000B24BE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>apstiprināšanu ar nosacījumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņem, ja projekta iesniedzējam nepieciešams veikt </w:t>
       </w:r>
       <w:r w:rsidR="00FB778B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>aģentūras</w:t>
       </w:r>
@@ -9590,51 +9104,51 @@
       </w:r>
       <w:r w:rsidR="00BE4EF7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>tādus precizējumus projekta iesniegumā, kādi</w:t>
       </w:r>
       <w:r w:rsidR="001E4627" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir noteikt</w:t>
       </w:r>
       <w:r w:rsidR="00BE4EF7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="001E4627" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="608CBD1F" w14:textId="1DE50CD6" w:rsidR="0087168E" w:rsidRPr="00F2159F" w:rsidRDefault="0087168E" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta </w:t>
       </w:r>
       <w:r w:rsidR="00847788" w:rsidRPr="00F2159F">
         <w:rPr>
@@ -9857,180 +9371,180 @@
       <w:r w:rsidR="00397220" w:rsidRPr="00397220">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>iesniedzējs nav veicis nolikuma 29. punktā minētajā lēmumā norādītus precizējumus lēmumā noteiktajā termiņā</w:t>
       </w:r>
       <w:r w:rsidR="00397220">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1873AD67" w14:textId="49C8E6A0" w:rsidR="00796C8C" w:rsidRPr="00F2159F" w:rsidRDefault="00080D8C" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref172293780"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref172293780"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projektu iesniegumu atlases kārtas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>ietvaros nav pieejams finansējums projekta īstenošanai</w:t>
       </w:r>
       <w:r w:rsidR="00931EA7" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="51E4C4FD" w14:textId="458EAA72" w:rsidR="00796C8C" w:rsidRPr="00F2159F" w:rsidRDefault="00080D8C" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs ir radījis mākslīgus apstākļus vai sniedzis faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai </w:t>
       </w:r>
       <w:r w:rsidR="00D267FD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņemtu tam labvēlīgu lēmumu</w:t>
       </w:r>
       <w:r w:rsidR="00045CD5" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49181C9D" w14:textId="389A6176" w:rsidR="009153EE" w:rsidRPr="00F2159F" w:rsidRDefault="009153EE" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref128053469"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref128053469"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas, pamatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, </w:t>
       </w:r>
       <w:r w:rsidR="00D267FD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> izdod</w:t>
       </w:r>
       <w:r w:rsidR="009E55B3" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="3D0E8F6C" w14:textId="5C6E9FF3" w:rsidR="009153EE" w:rsidRPr="00F2159F" w:rsidRDefault="009153EE" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref120521482"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref120521482"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="4FDF6AFC" w14:textId="4F0BB0E3" w:rsidR="009153EE" w:rsidRPr="00F2159F" w:rsidRDefault="009E55B3" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="009153EE" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja </w:t>
       </w:r>
@@ -10125,51 +9639,51 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2856B86C" w14:textId="1F3FD8E7" w:rsidR="00A629DB" w:rsidRPr="00F2159F" w:rsidRDefault="00E96538" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk31356483"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk31356483"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="006D58B3" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ēmumus par projektu iesniegumu apstiprināšanu, apstiprināšanu ar nosacījumu un noraidīšanu </w:t>
       </w:r>
       <w:r w:rsidR="002723C7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00413B4E" w:rsidRPr="00F2159F">
@@ -10334,77 +9848,63 @@
       </w:r>
       <w:r w:rsidR="006B2588" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E83B89" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00D96259" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">noteiktajai projektu iesniegumu rindošanas prioritārajai secībai ir nākamais,  bet par kuru ir pieņemts lēmums par projekta iesnieguma noraidīšanu nepietiekama finansējuma dēļ. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk31356474"/>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk31356474"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00AA125A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00E26E5B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projekta iesniedzējam </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> vēstuli ar lūgumu apliecināt gatavību īstenot projektu. </w:t>
+        <w:t xml:space="preserve"> projekta iesniedzējam nosūta vēstuli ar lūgumu apliecināt gatavību īstenot projektu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19DEEC0E" w14:textId="77777777" w:rsidR="00F94888" w:rsidRDefault="00E26E5B" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniedzējs </w:t>
       </w:r>
       <w:r w:rsidR="00AA125A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
@@ -10426,51 +9926,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atceļ iepriekš pieņemto lēmumu par attiecīgā projekta iesnieguma noraidīšanu un pieņem lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu vai apstiprināšanu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F8D4121" w14:textId="1E360808" w:rsidR="00E26E5B" w:rsidRPr="00F2159F" w:rsidRDefault="00E26E5B" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Ja finansējums projektu iesniegumu apstiprināšanai ir pietiekams, minētā kārtība var tikt piemērota attiecībā uz vairākiem projektu iesniedzējiem vienlaicīgi, kuru projektu iesniegumi tika noraidīti nepietiekama finansējuma dēļ.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="537366BC" w14:textId="50A2C6D8" w:rsidR="00211D41" w:rsidRPr="00B368D5" w:rsidRDefault="001775DB" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informāciju par apstiprināt</w:t>
       </w:r>
       <w:r w:rsidR="00D2169E" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -10804,71 +10304,51 @@
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> elektroniski jautājuma uzdevējam.</w:t>
+        <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem nosūta elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6172EC0A" w14:textId="3A8325D3" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00F70504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tehnisk</w:t>
@@ -11769,133 +11249,122 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09584E15" w14:textId="77777777" w:rsidR="009F6EF1" w:rsidRPr="00F2159F" w:rsidRDefault="009F6EF1" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11AD4F62" w14:textId="4F2A8839" w:rsidR="003B2CA4" w:rsidRPr="009533DA" w:rsidRDefault="009533DA" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009533DA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>K.Šmite</w:t>
-[...9 lines deleted...]
-        <w:t>, 20391910</w:t>
+        <w:t>K.Šmite, 20391910</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A007A1" w14:textId="3364D831" w:rsidR="009533DA" w:rsidRPr="009533DA" w:rsidRDefault="009533DA" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00A81838">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>kristine.smite@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009533DA" w:rsidRPr="009533DA" w:rsidSect="00307BC0">
       <w:headerReference w:type="default" r:id="rId39"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="639C3D52" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692">
+    <w:p w14:paraId="05C148F0" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4244361B" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692">
+    <w:p w14:paraId="236CBBC5" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1FBEC876" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692" w:rsidP="00152F67"/>
+    <w:p w14:paraId="5ABBCEFC" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -11908,99 +11377,99 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48BE49C9" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692" w:rsidP="00F25516">
+    <w:p w14:paraId="7DA3A845" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D44B74E" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692" w:rsidP="00F25516">
+    <w:p w14:paraId="38258148" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2862ABAF" w14:textId="77777777" w:rsidR="009E3692" w:rsidRDefault="009E3692" w:rsidP="00152F67"/>
+    <w:p w14:paraId="79AD682D" w14:textId="77777777" w:rsidR="003A22C1" w:rsidRDefault="003A22C1" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6F174530" w14:textId="04354273" w:rsidR="00882BB7" w:rsidRPr="00A41B85" w:rsidRDefault="00882BB7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A41B85">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A41B85">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F6E38" w:rsidRPr="00A41B85">
         <w:rPr>
@@ -12055,213 +11524,109 @@
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A41B85">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41B85" w:rsidRPr="00A41B85">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Gauja,</w:t>
       </w:r>
       <w:r w:rsidR="00A41B85">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00722C46" w:rsidRPr="00722C46">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inčukalns**, Līgatne**, Ieriķi**, </w:t>
-[...76 lines deleted...]
-        <w:t>Zasulauk</w:t>
+        <w:t>Inčukalns**, Līgatne**, Ieriķi**, Amatciems*, Lode**, Valka*, Ikšķile, Lielvārde, Skrīveri, Koknese, Nīcgale**, Stirniene**, Viļāni**, Ludza**, Tīraine, Medemciems, Olaine, Dalbe, Ozolnieki, Biksti**, Brocēni*, Skrunda**, Smārde, Brasa, Šmerlis, Berģi*, Jaunogre, Biznesa augstskola “Turība”, Cukurfabrika, Lielupe, Bulduri, Asari, Zemitāni, Ziemeļblāzma, Carnikava, Sigulda, Aizkraukle, Līvāni, Krāslava, Majori, Sloka, Dobele, Vangaži, Salaspils, Torņakalns, Zasulauk</w:t>
       </w:r>
       <w:r w:rsidR="00B77C40">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="665F23DA" w14:textId="58409C11" w:rsidR="009364B7" w:rsidRPr="009364B7" w:rsidRDefault="009364B7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009364B7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009364B7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Finansējuma saņēmējs nostiprina tiesības Zemesgrāmatā par infrastruktūras objektu, kurā plānots veikt ieguldījumus, ja to nosaka normatīvie akti (neattiecas uz patapinājuma līgumu)</w:t>
+        <w:t xml:space="preserve"> Finansējuma saņēmējs nostiprina tiesības Zemesgrāmatā par infrastruktūras objektu, kurā plānots veikt ieguldījumus, ja to nosaka normatīvie akti (neattiecas uz patapinājuma līgumu)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="5B34D639" w14:textId="3DA943FC" w:rsidR="007764A5" w:rsidRPr="007764A5" w:rsidRDefault="007764A5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007764A5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007764A5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Daugavpils, Jelgava, Liepāja, Ogre, Rīgas centrālā stacija, Valmiera)</w:t>
+        <w:t xml:space="preserve"> MK noteikumu ietvaros, par stratēģiski svarīgiem projektiem, ir noteikti projekti, kas tiks īstenoti simetrijas mezglu stacijās Latvijas valstspilsētās (Daugavpils, Jelgava, Liepāja, Ogre, Rīgas centrālā stacija, Valmiera)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="3F19A4D3" w14:textId="35480ACC" w:rsidR="00DB1B71" w:rsidRPr="00E116BD" w:rsidRDefault="00DB1B71">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E116BD">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E116BD">
@@ -12340,59 +11705,51 @@
   <w:footnote w:id="8">
     <w:p w14:paraId="37B833DE" w14:textId="5F564858" w:rsidR="005F0EA6" w:rsidRPr="003B74AE" w:rsidRDefault="005F0EA6" w:rsidP="00E73943">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju</w:t>
+        <w:t xml:space="preserve"> Valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju</w:t>
       </w:r>
       <w:r w:rsidR="008627C8" w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai sadarbības partneri</w:t>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar filiāli saistītās darbībās.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="57DFA17B" w14:textId="35851824" w:rsidR="00702951" w:rsidRPr="003B74AE" w:rsidRDefault="00702951" w:rsidP="002F44E2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
@@ -12512,65 +11869,51 @@
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Valdes</w:t>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai padomes loceklis, patiesais labuma guvējs, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> persona vai prokūrist</w:t>
+        <w:t xml:space="preserve"> vai padomes loceklis, patiesais labuma guvējs, pārstāvēttiesīgā persona vai prokūrist</w:t>
       </w:r>
       <w:r w:rsidR="005F0EA6" w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>, vai person</w:t>
       </w:r>
       <w:r w:rsidR="005F0EA6" w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003B74AE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, kura ir pilnvarota pārstāvēt projekta iesniedzēju </w:t>
       </w:r>
@@ -12593,57 +11936,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="3E494BFD" w14:textId="165F043B" w:rsidR="00AE133D" w:rsidRPr="000B2BE2" w:rsidRDefault="00AE133D" w:rsidP="00AE133D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ministru kabineta </w:t>
+        <w:t xml:space="preserve"> Ministru kabineta </w:t>
       </w:r>
       <w:r w:rsidR="00945422" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB778B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AA3BC3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB778B">
         <w:rPr>
@@ -12753,129 +12090,93 @@
         </w:rPr>
         <w:t>Lī</w:t>
       </w:r>
       <w:r w:rsidR="00DD121B" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">gums/ </w:t>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>Vienošanās par projekta īstenošanu tiek parakstīt</w:t>
       </w:r>
       <w:r w:rsidR="00DD121B" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t>/ -</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>/ -ta</w:t>
+      </w:r>
+      <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0064684C" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Projektu portālā</w:t>
+      </w:r>
+      <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un netiek noformēt</w:t>
+      </w:r>
       <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t>ta</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>s/ -t</w:t>
+      </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0064684C" w:rsidRPr="000B2BE2">
+        <w:t xml:space="preserve">a atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota </w:t>
+      </w:r>
+      <w:r w:rsidR="003319D9" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Projektu portālā</w:t>
+        <w:t xml:space="preserve">Līguma/ </w:t>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un netiek noformēt</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
+        <w:t>Vienošanās par projekta īstenošanu standartformas priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00C6622E" w:rsidRDefault="00763C7B">
         <w:pPr>
           <w:pStyle w:val="Header"/>
@@ -13679,100 +12980,108 @@
   <w:num w:numId="1" w16cid:durableId="353505437">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="937326553">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="403066133">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1360277866">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2056810416">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1326325341">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1189758470">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Jevgeņija Arehtova">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Jevgenija.Arehtova@cfla.gov.lv::28a2eb10-6569-4fed-a640-96d1c4c09589"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000CD6"/>
     <w:rsid w:val="000032A1"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00006DDE"/>
     <w:rsid w:val="00006FE6"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="000112D3"/>
     <w:rsid w:val="00012854"/>
     <w:rsid w:val="000132DD"/>
     <w:rsid w:val="00013567"/>
     <w:rsid w:val="00015244"/>
     <w:rsid w:val="00015B54"/>
     <w:rsid w:val="000173F1"/>
     <w:rsid w:val="000203A1"/>
     <w:rsid w:val="0002328E"/>
     <w:rsid w:val="00023927"/>
     <w:rsid w:val="00023BC4"/>
     <w:rsid w:val="00024585"/>
     <w:rsid w:val="00024845"/>
     <w:rsid w:val="00024BE0"/>
+    <w:rsid w:val="000251A0"/>
     <w:rsid w:val="00025592"/>
     <w:rsid w:val="000302C3"/>
     <w:rsid w:val="00030AA6"/>
     <w:rsid w:val="00030D64"/>
     <w:rsid w:val="00035E59"/>
     <w:rsid w:val="0003761A"/>
     <w:rsid w:val="00040A30"/>
     <w:rsid w:val="00041330"/>
     <w:rsid w:val="00042E34"/>
     <w:rsid w:val="0004362D"/>
     <w:rsid w:val="0004459A"/>
     <w:rsid w:val="00045BF2"/>
     <w:rsid w:val="00045CD5"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00047EA5"/>
     <w:rsid w:val="00051087"/>
     <w:rsid w:val="00051445"/>
     <w:rsid w:val="00051815"/>
     <w:rsid w:val="00053A8B"/>
     <w:rsid w:val="00055741"/>
     <w:rsid w:val="0005607E"/>
     <w:rsid w:val="0005668D"/>
     <w:rsid w:val="000570CE"/>
     <w:rsid w:val="00060FFB"/>
     <w:rsid w:val="00061AB8"/>
@@ -14019,51 +13328,50 @@
     <w:rsid w:val="001D1268"/>
     <w:rsid w:val="001D18D5"/>
     <w:rsid w:val="001D2898"/>
     <w:rsid w:val="001D28A9"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="001D31CA"/>
     <w:rsid w:val="001D335D"/>
     <w:rsid w:val="001D3741"/>
     <w:rsid w:val="001D39BB"/>
     <w:rsid w:val="001D4D1D"/>
     <w:rsid w:val="001D5901"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001D7219"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E1167"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E21CB"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E4627"/>
     <w:rsid w:val="001E480A"/>
     <w:rsid w:val="001E4D38"/>
     <w:rsid w:val="001E53DD"/>
-    <w:rsid w:val="001E5A34"/>
     <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E7424"/>
     <w:rsid w:val="001F02C0"/>
     <w:rsid w:val="001F15DF"/>
     <w:rsid w:val="001F2114"/>
     <w:rsid w:val="001F26BB"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F4078"/>
     <w:rsid w:val="001F429E"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F518A"/>
     <w:rsid w:val="001F5218"/>
     <w:rsid w:val="001F587A"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="00200C1B"/>
     <w:rsid w:val="00201025"/>
     <w:rsid w:val="002018E4"/>
     <w:rsid w:val="0020208A"/>
     <w:rsid w:val="00202C7E"/>
     <w:rsid w:val="0020379A"/>
     <w:rsid w:val="0020412F"/>
     <w:rsid w:val="002046C5"/>
     <w:rsid w:val="00204E40"/>
     <w:rsid w:val="002064F9"/>
@@ -14298,169 +13606,171 @@
     <w:rsid w:val="00365B60"/>
     <w:rsid w:val="003754B9"/>
     <w:rsid w:val="0037586E"/>
     <w:rsid w:val="00375AF7"/>
     <w:rsid w:val="00375DFB"/>
     <w:rsid w:val="00377117"/>
     <w:rsid w:val="00380588"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="003842C3"/>
     <w:rsid w:val="00384684"/>
     <w:rsid w:val="00384D0E"/>
     <w:rsid w:val="00384FE0"/>
     <w:rsid w:val="003870B3"/>
     <w:rsid w:val="00387379"/>
     <w:rsid w:val="00390A92"/>
     <w:rsid w:val="00392C90"/>
     <w:rsid w:val="0039377F"/>
     <w:rsid w:val="00393D63"/>
     <w:rsid w:val="003947B6"/>
     <w:rsid w:val="0039527A"/>
     <w:rsid w:val="00397220"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
     <w:rsid w:val="003A0EBC"/>
+    <w:rsid w:val="003A22C1"/>
     <w:rsid w:val="003A2CD1"/>
     <w:rsid w:val="003A3B93"/>
     <w:rsid w:val="003A468B"/>
     <w:rsid w:val="003A4FBD"/>
     <w:rsid w:val="003A52C9"/>
     <w:rsid w:val="003A5783"/>
     <w:rsid w:val="003A5C2A"/>
     <w:rsid w:val="003A6982"/>
     <w:rsid w:val="003A6AD5"/>
     <w:rsid w:val="003A6F0C"/>
     <w:rsid w:val="003A7479"/>
     <w:rsid w:val="003A7BDD"/>
     <w:rsid w:val="003B0938"/>
     <w:rsid w:val="003B099F"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B1646"/>
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B31A9"/>
     <w:rsid w:val="003B3EA9"/>
     <w:rsid w:val="003B483A"/>
     <w:rsid w:val="003B4913"/>
     <w:rsid w:val="003B727A"/>
     <w:rsid w:val="003B7399"/>
     <w:rsid w:val="003B74AE"/>
     <w:rsid w:val="003B7A70"/>
     <w:rsid w:val="003C1BC9"/>
     <w:rsid w:val="003C1F8C"/>
     <w:rsid w:val="003C2265"/>
     <w:rsid w:val="003C27D7"/>
     <w:rsid w:val="003C2CBE"/>
     <w:rsid w:val="003C2E47"/>
     <w:rsid w:val="003C31D0"/>
     <w:rsid w:val="003C3AC7"/>
     <w:rsid w:val="003C3CE9"/>
     <w:rsid w:val="003C4CF7"/>
     <w:rsid w:val="003C675D"/>
     <w:rsid w:val="003C7DD0"/>
     <w:rsid w:val="003D03B5"/>
     <w:rsid w:val="003D1CCA"/>
     <w:rsid w:val="003D2528"/>
     <w:rsid w:val="003D270C"/>
     <w:rsid w:val="003D2C25"/>
     <w:rsid w:val="003D2F9A"/>
     <w:rsid w:val="003D31C4"/>
     <w:rsid w:val="003D382B"/>
     <w:rsid w:val="003D3E38"/>
     <w:rsid w:val="003D4081"/>
     <w:rsid w:val="003D4091"/>
-    <w:rsid w:val="003D4286"/>
     <w:rsid w:val="003D42EA"/>
     <w:rsid w:val="003D7034"/>
     <w:rsid w:val="003D7C86"/>
     <w:rsid w:val="003E0F25"/>
     <w:rsid w:val="003E0F47"/>
     <w:rsid w:val="003E3776"/>
     <w:rsid w:val="003E43EE"/>
     <w:rsid w:val="003E5E2E"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E7D44"/>
     <w:rsid w:val="003F010B"/>
     <w:rsid w:val="003F01DE"/>
     <w:rsid w:val="003F1815"/>
     <w:rsid w:val="003F1C3C"/>
     <w:rsid w:val="003F2B2B"/>
     <w:rsid w:val="003F3809"/>
     <w:rsid w:val="003F4B13"/>
     <w:rsid w:val="003F63A7"/>
     <w:rsid w:val="003F6E3F"/>
     <w:rsid w:val="003F7ED7"/>
     <w:rsid w:val="0040006D"/>
     <w:rsid w:val="00400399"/>
     <w:rsid w:val="004004EC"/>
     <w:rsid w:val="0040085E"/>
     <w:rsid w:val="00401790"/>
     <w:rsid w:val="00401EC8"/>
     <w:rsid w:val="00402A7F"/>
     <w:rsid w:val="00402F7A"/>
     <w:rsid w:val="004036AF"/>
     <w:rsid w:val="004044A7"/>
     <w:rsid w:val="00404962"/>
     <w:rsid w:val="00404D7C"/>
+    <w:rsid w:val="004056B2"/>
     <w:rsid w:val="004057A7"/>
     <w:rsid w:val="00405898"/>
     <w:rsid w:val="0040656C"/>
     <w:rsid w:val="0040687C"/>
     <w:rsid w:val="00407EBB"/>
     <w:rsid w:val="004101F8"/>
     <w:rsid w:val="00410AE1"/>
     <w:rsid w:val="004113B3"/>
     <w:rsid w:val="00411490"/>
     <w:rsid w:val="004136FE"/>
     <w:rsid w:val="00413905"/>
     <w:rsid w:val="00413956"/>
     <w:rsid w:val="00413B4E"/>
     <w:rsid w:val="0041408B"/>
     <w:rsid w:val="0041472D"/>
     <w:rsid w:val="00414C2A"/>
     <w:rsid w:val="00415305"/>
     <w:rsid w:val="00415600"/>
     <w:rsid w:val="004157EF"/>
     <w:rsid w:val="004171FE"/>
     <w:rsid w:val="004176EC"/>
     <w:rsid w:val="00420755"/>
     <w:rsid w:val="00421071"/>
     <w:rsid w:val="004228CD"/>
     <w:rsid w:val="00422E4D"/>
     <w:rsid w:val="0042371D"/>
     <w:rsid w:val="00424049"/>
     <w:rsid w:val="00424481"/>
     <w:rsid w:val="00424C30"/>
     <w:rsid w:val="004250F8"/>
     <w:rsid w:val="00425ABD"/>
     <w:rsid w:val="00425EA9"/>
     <w:rsid w:val="00426525"/>
     <w:rsid w:val="00426550"/>
     <w:rsid w:val="00426656"/>
     <w:rsid w:val="004266CD"/>
     <w:rsid w:val="0042748D"/>
+    <w:rsid w:val="00430B59"/>
     <w:rsid w:val="00431FDB"/>
     <w:rsid w:val="00432D59"/>
     <w:rsid w:val="0043374A"/>
     <w:rsid w:val="0043459A"/>
     <w:rsid w:val="0043465C"/>
     <w:rsid w:val="0043516C"/>
     <w:rsid w:val="00435889"/>
     <w:rsid w:val="0043778E"/>
     <w:rsid w:val="00437D66"/>
     <w:rsid w:val="0044052E"/>
     <w:rsid w:val="004406D2"/>
     <w:rsid w:val="004461C7"/>
     <w:rsid w:val="00446498"/>
     <w:rsid w:val="0044681D"/>
     <w:rsid w:val="00446954"/>
     <w:rsid w:val="004469DA"/>
     <w:rsid w:val="00446CC4"/>
     <w:rsid w:val="00446F28"/>
     <w:rsid w:val="0044746D"/>
     <w:rsid w:val="00447C4F"/>
     <w:rsid w:val="00447D3D"/>
     <w:rsid w:val="00453217"/>
     <w:rsid w:val="0045589B"/>
     <w:rsid w:val="00456DC1"/>
     <w:rsid w:val="004605BB"/>
@@ -14589,50 +13899,51 @@
     <w:rsid w:val="00535A0A"/>
     <w:rsid w:val="00535F93"/>
     <w:rsid w:val="0053706B"/>
     <w:rsid w:val="005371A5"/>
     <w:rsid w:val="00544AF2"/>
     <w:rsid w:val="00544CBC"/>
     <w:rsid w:val="00545316"/>
     <w:rsid w:val="0054619B"/>
     <w:rsid w:val="00546640"/>
     <w:rsid w:val="00547495"/>
     <w:rsid w:val="00547D4E"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="00550B5F"/>
     <w:rsid w:val="00552324"/>
     <w:rsid w:val="005527C1"/>
     <w:rsid w:val="00553415"/>
     <w:rsid w:val="0055595A"/>
     <w:rsid w:val="0055666A"/>
     <w:rsid w:val="00563D33"/>
     <w:rsid w:val="00563DE3"/>
     <w:rsid w:val="0056546E"/>
     <w:rsid w:val="00566A08"/>
     <w:rsid w:val="005672CD"/>
     <w:rsid w:val="00567495"/>
     <w:rsid w:val="00570354"/>
+    <w:rsid w:val="005706A0"/>
     <w:rsid w:val="00571551"/>
     <w:rsid w:val="00571CF0"/>
     <w:rsid w:val="0057212D"/>
     <w:rsid w:val="00574569"/>
     <w:rsid w:val="00575CD9"/>
     <w:rsid w:val="00576215"/>
     <w:rsid w:val="0057690F"/>
     <w:rsid w:val="00576FB1"/>
     <w:rsid w:val="00577D70"/>
     <w:rsid w:val="00577F74"/>
     <w:rsid w:val="00580A5A"/>
     <w:rsid w:val="00582061"/>
     <w:rsid w:val="005822F7"/>
     <w:rsid w:val="00583BA5"/>
     <w:rsid w:val="00584C43"/>
     <w:rsid w:val="00584E6D"/>
     <w:rsid w:val="00584EED"/>
     <w:rsid w:val="00584F0B"/>
     <w:rsid w:val="00586587"/>
     <w:rsid w:val="00586819"/>
     <w:rsid w:val="00587D77"/>
     <w:rsid w:val="005922B8"/>
     <w:rsid w:val="0059268A"/>
     <w:rsid w:val="00593C80"/>
     <w:rsid w:val="00594244"/>
@@ -15362,51 +14673,50 @@
     <w:rsid w:val="009B4F31"/>
     <w:rsid w:val="009B5CD7"/>
     <w:rsid w:val="009C0B19"/>
     <w:rsid w:val="009C1751"/>
     <w:rsid w:val="009C1759"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C6E28"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D2C7E"/>
     <w:rsid w:val="009D37EC"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D6786"/>
     <w:rsid w:val="009D6CDC"/>
     <w:rsid w:val="009E0969"/>
     <w:rsid w:val="009E0F9D"/>
     <w:rsid w:val="009E141D"/>
     <w:rsid w:val="009E1864"/>
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1E4B"/>
-    <w:rsid w:val="009E3692"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="009E4CCC"/>
     <w:rsid w:val="009E55B3"/>
     <w:rsid w:val="009E59C2"/>
     <w:rsid w:val="009E5AFF"/>
     <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E6F43"/>
     <w:rsid w:val="009E74A0"/>
     <w:rsid w:val="009F0A58"/>
     <w:rsid w:val="009F19F0"/>
     <w:rsid w:val="009F31CD"/>
     <w:rsid w:val="009F3475"/>
     <w:rsid w:val="009F5567"/>
     <w:rsid w:val="009F5D0D"/>
     <w:rsid w:val="009F6024"/>
     <w:rsid w:val="009F6EF1"/>
     <w:rsid w:val="009F6FDD"/>
     <w:rsid w:val="009F76D1"/>
     <w:rsid w:val="00A01D52"/>
     <w:rsid w:val="00A01F8B"/>
     <w:rsid w:val="00A02E8E"/>
     <w:rsid w:val="00A03FAA"/>
     <w:rsid w:val="00A04B67"/>
     <w:rsid w:val="00A04B72"/>
@@ -16073,50 +15383,51 @@
     <w:rsid w:val="00E20E5E"/>
     <w:rsid w:val="00E225A8"/>
     <w:rsid w:val="00E22C3F"/>
     <w:rsid w:val="00E2316D"/>
     <w:rsid w:val="00E239DA"/>
     <w:rsid w:val="00E2621D"/>
     <w:rsid w:val="00E26401"/>
     <w:rsid w:val="00E26E5B"/>
     <w:rsid w:val="00E30774"/>
     <w:rsid w:val="00E30A45"/>
     <w:rsid w:val="00E32119"/>
     <w:rsid w:val="00E3369A"/>
     <w:rsid w:val="00E3436E"/>
     <w:rsid w:val="00E346C1"/>
     <w:rsid w:val="00E349B9"/>
     <w:rsid w:val="00E36987"/>
     <w:rsid w:val="00E37BB4"/>
     <w:rsid w:val="00E37F17"/>
     <w:rsid w:val="00E40126"/>
     <w:rsid w:val="00E4112F"/>
     <w:rsid w:val="00E42FF1"/>
     <w:rsid w:val="00E433F2"/>
     <w:rsid w:val="00E43C74"/>
     <w:rsid w:val="00E4482E"/>
     <w:rsid w:val="00E44BEB"/>
+    <w:rsid w:val="00E45D44"/>
     <w:rsid w:val="00E46E6C"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E478B9"/>
     <w:rsid w:val="00E5181E"/>
     <w:rsid w:val="00E51BEB"/>
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E52599"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E54DB8"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E56BA1"/>
     <w:rsid w:val="00E57614"/>
     <w:rsid w:val="00E6096D"/>
     <w:rsid w:val="00E60B1A"/>
     <w:rsid w:val="00E6123D"/>
     <w:rsid w:val="00E613D5"/>
     <w:rsid w:val="00E61463"/>
     <w:rsid w:val="00E61984"/>
     <w:rsid w:val="00E61DA7"/>
     <w:rsid w:val="00E62CB6"/>
     <w:rsid w:val="00E70307"/>
     <w:rsid w:val="00E70501"/>
     <w:rsid w:val="00E70542"/>
@@ -19249,51 +18560,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32013R1407" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-3-1-2-k-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-2-3-1-specifiska-atbalsta-merka-veicinat-ilgtspejigu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-3-1-2-k-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristine.smite@cfla.gov.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32013R1407" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-3-1-2-k-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-2-3-1-specifiska-atbalsta-merka-veicinat-ilgtspejigu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/356556" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eur-lex.europa.eu/eli/reg/2014/651/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-3-1-2-k-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristine.smite@cfla.gov.lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -19562,52 +18873,72 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="577fd68e924bce6afd137616fea3f61a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa8ffa63de612d33f1fb2d0d4a53db59" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -19617,147 +18948,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -19802,131 +19133,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DF33AC0-AFB6-4821-8834-A86633E2C6AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C0387AB-D107-44A7-8D57-65A823C90D64}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>20479</Words>
-  <Characters>11674</Characters>
+  <Words>20584</Words>
+  <Characters>11733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>97</Lines>
   <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32089</CharactersWithSpaces>
+  <CharactersWithSpaces>32253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>