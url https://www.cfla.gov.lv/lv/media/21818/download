--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -1,232 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0504FC09" w14:textId="77777777" w:rsidR="002C2105" w:rsidRPr="00F2159F" w:rsidRDefault="002C2105" w:rsidP="00C37D55">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="283"/>
-        <w:rPr>
-[...163 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00F2159F" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -316,77 +152,77 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1600199" y="28575"/>
                             <a:ext cx="1078173" cy="1390650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...2 lines deleted...]
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2BF2EE4C" id="Group 1618416861" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:26.75pt;width:210.85pt;height:116.25pt;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:margin" coordsize="26783,14763" o:gfxdata="UEsDBBQABgAIAAAAIQCm5lH7DAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hjQnp77LSVoKJIXdoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0x0gXTfXV/V25wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crvcmYDpKHvd9eRSn2mR+LnKF/ckEGPEEEt6PWoqYtmOT&#10;VSdmxcGqTOTSg4P2eJPUz0zIld9WPwccuJf0nEErIK8ixGdhkjtTARmsXOtk+X9GljRYuK7TEso2&#10;4Gahjk7nspX7sgGmS8PbhL3BdExny6c23wAAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL9D52q1AgAA1wcAAA4AAABkcnMvZTJvRG9jLnhtbNRVW2vbMBR+H+w/&#10;CL23vqS2E9OkjHUtg24L68aeFVm2Ra0LkhKn/35HspM2yWClsMIe4uhyztF3vvMd6fJqKzq0YcZy&#10;Jec4OY8xYpKqistmjn/+uDmbYmQdkRXplGRz/Mgsvlq8f3fZ65KlqlVdxQyCINKWvZ7j1jldRpGl&#10;LRPEnivNJGzWygjiYGqaqDKkh+iii9I4zqNemUobRZm1sHo9bOJFiF/XjLpvdW2ZQ90cAzYXviZ8&#10;V/4bLS5J2RiiW05HGOQVKAThEg7dh7omjqC14SehBKdGWVW7c6pEpOqaUxZygGyS+CibW6PWOuTS&#10;lH2j9zQBtUc8vTos/bq5NfpeLw0w0esGuAgzn8u2NsL/A0q0DZQ97iljW4coLKZ5URSzDCMKe8lF&#10;kU+KbCCVtsD8iR9tPz15TidFeuIZ7Q6ODuBoTkv4jRzA6ISDv2sFvNzaMDwGES+KIYh5WOszKJcm&#10;jq94x91jkB4UxoOSmyWnSzNMgM6lQbya4zzL4yzNZhhJIkD4YOTPRqlnx/t508GR+MTuFH2wSKqP&#10;LZEN+2A1SBcY9dbRoXmYHpy66ri+4V2HjHK/uGvvW6LhyCQo0m+OCYPuj3TzB84GTV4ruhZMuqHJ&#10;DOsgdyVty7XFyJRMrBgkaT5XASEpraHfAbFvs2KSQtMD+KLICoygzfJJdjGIwjrDHG13Se2AD4xY&#10;UCFa9V9UBeDJ2qmA/yUqTLI8myXQ30cq3GsJKDbW3TIlkB8AcgAbwpPNnXUez5OJ17xUnlBYJ2Un&#10;DxbA0K+EKnjE4xBqNGQBg/9GpJO3VKdn8R+LMTTXXoyheqPi/OE1VNSLdKj2fiNU8hVKTPI4TmbQ&#10;4HDzpdNsd+/tbsYkLqZJAQwHTU5mcZ6F5+atNRmuUXg9gsTHl84/T8/nMH7+Hi9+AwAA//8DAFBL&#10;AwQUAAYACAAAACEAXjHPDfRnAAB4jQIAFAAAAGRycy9tZWRpYS9pbWFnZTEuZW1mrHllWFRRt/Ag&#10;AhLSICilICAxxNAgQ4rSJZ1KiHR3CNJS0i0hITB0N9IztAJDSs0IQwgjMeQd3ve+7733z/d9z/fc&#10;8zxr733OWWevdfbaeyUOAABwwMK/LjwcAIAQC6c3Nze3oEYJABRggUVR7QUAgAPwibsDoMIiY1H+&#10;xxVCAACI3QUADLAv+v7HGwCgB4wHmDy+A8BOAODBAgsWsNNx48jgABiwY3Is3CHvWbyd0+c/4RZX&#10;UwEAUMDCLS6/zJ1/4GFJYK8Q8BOZuwCSf4wBAC4ZAIANO6b7x30I+D8fY7v/GgvKAHD+Reu/3ofJ&#10;AwDh8v8v3z+V+Sef/6QPADDL4P6bPpMM4b/HbP+Nr8cyBP9+/t9p9GQTiv+Lh/8+vicDwDuTAwB2&#10;sfCv9fgX3r/62zWK1lRXuk/0kAg7vP/qpYI2Vhr4WCC6h20Bf04vlLAdjru2khwAMs6wjb25ayur&#10;JgsA1CYQX1riYe8JXV4augMAlB63gLNiw+wDAMi9eaUgq+tjtmdKkEGtuMBEPp9bE1uYMZ6Dzpxw&#10;YcLv2y9+GkaEr0kS5fflurQwioJcwFJmPnc7c/kpYajhhKT61AyIor+S8wsdeTRX6/XpVZutl40t&#10;bZpi4jJmBembD9/b2YFAIH6oiupvFSZE4XIFmpzU/ztdTETI/Uciu+1BV+daFgyfuFJHqwaVfzQb&#10;53xrDnw7liXMQR8uV6sGsMzY0O3ce1ShXy3NFG26VmxcoOmg+AXSuXX7lIuEaKBJvpMmQhg1m133&#10;AAySHxoTOVW7lCnXnU061YUJOQf+LdKpd/hhbGnQ+r5K/Hdo9KDnOeeGhP8n7fJKbg2ffpL4MZf3&#10;aXF+3CTdMnTx7QEx8ALT/jM5ga/ahkptRnG0UEkaLhJl63idcNlyXRvN/422Vc0QIMINEcqzkLJv&#10;cbv4QhTmll1nOGXgDnv6HQbJVaoQcxjStdR0Avk9vksdMT1im/knTjRj0HHI9rkGZgjLSOvYPHVh&#10;jf6p0tg08xJivI500HN2sxL57MbnGz9nM71pFUfWePMl41OY9crZ6uMSFqvMgGDFWffUYJ7XdCnd&#10;ktsWHgSjcRVjd6NkQ6niUA1IGFXy+GC2W6b5A2GQkolUX8u1iPBeDnsNV52pTqtjed8X2KhUw6an&#10;J6ngflLnPiiddO/teHtR/rbI74cz22nXiFDJi6zW/IP3MGfg2yDPzLrScWpz+eZFiMByr5k8n+hT&#10;UVNbou9pZ6x1pv46xSzlOu7Q2zlZuJ8G4kh681To4I2R6Wak5b7IVuJooMDht+/d+qUcqdJr/YuP&#10;JQH9QK+fI3/PMsb5LFKMs97UW+dvaPhamd1UgeqAJTF2HlVWbmrj5bXDEPHrusfDUFfDiUU6eOqX&#10;nz37sqeLEBFi2gby7lBDHG1y7VYikz3B1Il8p5MIutqLpL2sRsu3/Yxi3yrsgtGeJQJtT+HjWrPx&#10;XCSjQiK8TPYnks7Fhm2Tjn5krarnV/DxivvPBCH1+UKRJn9CfBHgIX3De4RaIcd/Nk7xEHX+fAKS&#10;DYz6HBTKiafrwjZjC0NSgl1Vrrloq9x2VmUafGvhtvE8qzbSttmMYyB6U4UDegMfX2RoG/dZaHjk&#10;Uu/IqElHuV4zbm0WdEz3USN1itDoIXx9LiLOgjcnYMDU5niU3WZ2N7BfI4kMyrHYOqqmE/44cgSI&#10;q4RDaRW7J2H/mR6E4dksgQZgMBCExjJT+qzocUfH+mjlXEV0g0SEkeXbWRmS3z7FMmImYs5K7mcD&#10;rCJQoy+ePeIU5Xbrvwe3aqQy9n+CRQVKzTwjXXMxugviOTG5e36jqt/4Nzmfk4d3tj23ie/0yBAv&#10;Q8ojepjIsgPHA38w/PRvwezEmu4SfeoKrvYHgto9H7KubWp1HoAizT2Cq8Y8JJ5480RnaIAXcJ2H&#10;rRETjpZ+S66p9M8xDq3SCaZ9QOJ+DuPLnWLO3QW7huKLRGKmFKG94OuX9RO+CRmiq+LzXex3371s&#10;6N9dcf0k3vNKdAaW9JmX/nD46S1T2xjwtzkX9BNVjDDUm587CCaqQusHqztYfl0iHRSMqaWP9x+r&#10;O1iy2TsaRNhHDWKaT+VjTZ8VAeCQXGUj4gHRJU6aE/gNgzNp55+gbSMhJ8lxE8GGBMNWngnVYBR/&#10;R32t9na9KWuqx/vr8sWikr/loLGdp2owPrAwSCVp/+uq77e2Z78W8h9B0X/Odr6qwSgvzUSPAlqV&#10;HPeTUbqWw5bTAbaoi8mzJ4tyBmRuYgJrDGzin2XqmXkvsg+Y2K584hl+vKD2UddZ2miayh37E8PS&#10;xkJD2cyyqxoiYV8njs6Stdnh5oh6WeufuCdRXsxc+Kzt7r7M0uVqETLLPE0oucFaTCTTSZqqr+vM&#10;TXRmDYFTIjC9TvhttUDklvZCKskV2n23fDRHiYWmMouf52LEMWKwT2x1oVKLKFNfkzJVK5q9LMVh&#10;r0KSzrdzuf2T4EUht0zty/sV0R34uanUaSBI11jH8fUHQzxHGp7wI+R1DHCadV3hJ1BhD3veqGey&#10;EM9tH0PMpzgDu3DOUbWlE4nKw7SdQFaC7CzFEWUzY62XX0U/euSLDzB4b2vW55h+0dUKSwW9RQSJ&#10;kb1pwnNndUvFatQN4qKjHEwKvdZ+s+2zutCqeu4HmMNI/yxTiXg4EOxT+HQStc8NOzd//E5VdEaD&#10;gO3a7DCwS/wslOArNIUXUmeD1XRfFZ21KAUOurrBbhQ0O5FSILbplQ7JDUAKfjocQByqk2ov6VZT&#10;9ZL7o7rKeDM5GHda3C3A+NAwqubD3POlDe/M2CR7rJpVBt/kXOMmhQFBqO+BY5lzK+9NgrOfVPCk&#10;qtk9HVJ6Dl8Q6vNtdJVw4p4m9JVJiIR9y8/KCif2FlomMOdF88/zthY1FBmQzayI9Qk5gcyuiLNf&#10;0UQwcFxsm7yyU/DtUfXZpq73R3LsbvffK/peQ8H1U5jMxKqk27MMXo/aeGNq1T7OLEu08JoVKFh9&#10;c0DurlrtPyD4haY3WjUgQh33Ilvc/USw9KRTXj924fYwisE/i/BFZ4ng4j80n2TqU72fbqmo20MF&#10;bFdiJ/458Kql8XfES9czj1MgOahYQFiV4Rs5AWkYk9fUlcRzP9Ct8NxG+bkDm7QIapnIu2qTwsGh&#10;qtxVYQ7fvxC6sYUXaqZPpZiUEMnjsnH3nehFo6hEhTuyiHUt31lYzYXEFu8uFegOFJAWT4Tn5zbv&#10;CrGXojXCCz4kSYf6v5XV8biKq3N51eSeAn+l9bWRf2fEHWanv5w3Q6pCE4GvsKhkkVkt7WwXofB9&#10;cbkjbC/3r/4usb3lABkGkUXAB3N5h6B8TfeQ/NldR0i74eDBzcXJY/KYFleUknwje6TkBOOShjS7&#10;P6axSJFuvnHYy0m+lEj+Odvz3QbSh70/tqRwr0e192ylHJ3of9KI9058RcNcAyNG77C75eVIyrY9&#10;bDWap7K6roX2xOSzKaQmt42W5DzDnF6FIhA9eWRr8zN2yK3Rv+9pIvxexvR1IaXfjJ9fVCFSuA8E&#10;OUyDEniW/Ka3vLM1wPDv14OWjdAlRjvn+JY/OIQcEy3nXn9zD/glmxI2/6rKjAf/EqUuyL6eyFm+&#10;0XNHNIYlioapGRsYo7uW4GZwvzgoCdPMSM6nAGsxw78J2TBzV6bqqcnbFWT6zAw61FkfRaqDUPoi&#10;gqg0YZFu3vc2elc/it+r3bl0MtjpOyw5OTQ3sTkUlXaH16hole0RymAVGfHmtEekHH9+ppeUctyV&#10;WngUTua59TPw6LqArWkkcxcvP3I1KNUA6yMtCri1cvdGSzYwQIJ+PTH0ZkE94aYmLNXsBvuD3Y1W&#10;JYuhSajvGXiWKiX+otzfhHCZduz0LlNsY+V35PgIBW/IB8nqSfc/QPDaqBZnTp8Yx3KRHGdEDyir&#10;d+94oVdPSUUeBdmlmJVNnV/VtWRW5v0olC+P19Ytyg1OhplDWqAdh/uPbXArqxsuwyaB5109JHRw&#10;eYWP0lkOc3ZR2L0FKA47rL7Cz34dm11ifL/CFHHcTJq6DfOQ3mn4tWt1jXfjGmbYHkDQzp1UwzDb&#10;BmtBaghDQBxQTRvgVj52q7JEwt9RctByJlkvYETPh2Jpz6yOkQuVpRkVKYrvuWIqAu7DJCVcpuLO&#10;bJyI4RC+ubQ8fcsypAfBrvXU9fFg0jBOOua4tMTmD5UpTOdGaupE8svPdjcfPtPKYvxpilaVIW2Q&#10;+6z052DwOB//1f6eY8k16i4m/07vfR833htduh1xcUgQ7Oup8oN1NJ83aA/SrYUAbT7QH37zFDUn&#10;LDhxeSE285vBPy7cYW7Yepp+0S+k8+VY94oEpa+46lGCZZjSIkb0cKA7g9ENZlfRpzkx8jrVya+y&#10;3Zc2NTh/P4GN8ZPgB4Iqk6EPV2OSBwfO8SiQgtThzw2kBOZ5f2dtou+baXidjogSYws+Oy+hhJfk&#10;6vRqh9TVu/rghEhRfwLIuSp2U6s3vcnpaNC5EJxpMT1XAjPYl2oyeE3dc7dIiMTK/WEeqhhvYGvv&#10;WdYSurAtTOuITM7VZYLAeuWe94Fy3Gpied8kgDM2qUdumPYFO0Lqd5mCl5tzXNxrP6IXkOhvRGHa&#10;5TCs//p/bOWf2wDVWjBFIwVm6g+hqZbmWKZUge55UG4BRxW3vOEgZIKQv2cwDwdCqIz/h7xbE+uD&#10;R63dhQb9lm+Ts1OM1ccTN0VpmuP2rfpEzZw1siFe6vJFt8e/21fscp0CgTzoKBnau/qEcjANsbb/&#10;bK9wJEkEhIKlmHQt51eSKvpkHv9+vikoVaviVe70w09uvPqyQ3iErOrabcuU0wKIlW4X+4S509L9&#10;DuLSvprc5OWP7IobVjTsbgTU2kS4YLwS/gAMHHL0OLFirH9TvC6vQIJdNNuDazpY5vFLzTTEDQqE&#10;0LM1vKYBb8mz7ae8zteeeJsnyhacQPTdS/WcknQHkyh+WOcPW3uwzLfYyjy/YemuvCoJO0VnQZXV&#10;KoKc3rStejVWTve7fL54hXWofGbtuezZFT+Ya7kZXidXdxgfXflsPk1HBF8FRy5USDyeiByQQ9zb&#10;REenr7Iic1YOSP94zRTKG4YZ1suGW0qyGwfqHQV3BhUb1nKuXvJ3t2JOKnJhGqtn32Y9TT7o7V4E&#10;GIbutvtKZlnHLiG+k91Y3bnxDrP7pvfdJmkWnmfKLFrEkesYZDoNqzRJsU0LQAmrdKN1t07d0g3r&#10;fQjQoHg+w9/CFWlCAqswZ0sI3cqizx1Xmog9nNbJVIs5i240kwCVmRSeRlToiCdhK+Rt4ZfPJoA0&#10;lNSTgPPFyEydi5VoqUlFw52+/qVElNIJPypNtAmdg8lta5B68OnrcUjNhPTqWEPnPvu2uhC1Fstr&#10;uib3ulWo8krxsoH7yKQ0IttX8qtzzDr1D2tw21jn4ZfDwp+jeNWY2Td9Ez2pBRoHovOqF6sUdeUa&#10;nthQj23iU15AGrwITVVHpy5vLHKrZvkNDTT8x01EdinbG9/IqlHPHgNBbiaShhU151wKo20zP9/H&#10;iJec8hta6FfWKQSx3pgHovhdVae130Vhqvo0NV4mnJJWcWREDtKOjE68WTlKl3xa9eLBHbxUPCEw&#10;gc2WI7fbGKzruz/cN6etUur62u7DHAMcJU0fN0zb3KUTXpCXmNYDZBzKqAav4mnsCKp0oYetsFZl&#10;Rf7a/Mqdyv2IxnvExabpbHSsiMPA6Sh2MOuZSQQzpt3L7i2onyj7FV+u1YWvxVfToIOndRYOTWfH&#10;uVgl/HF3yKvtK3glHgo7d2GGp40fz5WOXSPBDiXq9acyLdzTsiIaI7Tmrb4OJCq/aogP0oH9l9Xe&#10;IoxObepHacY/lw1npyqNZ4Y7zhFrgtx1j4MkC/o0yYadFJJnqazpHPu4SzNMJeLUgVQT0k5MRKhE&#10;g2hf63MtG30DmkuimnPhlOyhF46D2fbMLT0df87zrVPfGeF78C9Aj+SLCa6XO8Bvwe6bA6fCw6Zd&#10;WD2JI07SpFIqUPJTOMyqMkc+gzDyQfDXmqY8i/G2E71aFl26phwY2v2cLGUs5FlXuWVdpdRHDDYi&#10;4FeSoXtYaK50u353Eg3wpY1bxDgsr0WKa/+Cszx4nHahPyM6Kjv+Lxron/oJ69ZE8jyafi+3mLWE&#10;kZi7Nb04n9+iTBQljDPcZhzMKIXxCpbGwVh3ZdBG8e3Y1umJSKmJr23Y1ZGzfZLeHQ4hV66/temk&#10;yfQl8HEo3jd+IZY64l54Qr3tgSNWZ/sf+RNZ773Umm99W555OjCOCABC878Tr5Rh8UScQL0506fq&#10;9X6KVOi+4PjU1/keMR578HtyCydt2dbL4Yd8OVkzfd+wuyyT319n+/1xSutRl9kwYbrhZZWG9NEa&#10;qXI5UuhH61U2dAfDwVyYKwwnqVVmu5G+siLDuMTRGuz4tn4Oxm6IRJ4f7T2by/WLGzalJxT1rAZ0&#10;Tf1rZwvGkQvE3yFumdLfgcJqLCQkq7VsT2yO8skjkTbtTpBEzBxlalACpOgzZmgDlk9ff9Ko//4O&#10;1ufi473hpIZ178zZY+10WeSmfiBB70M6AvdTNJ+XaL30/FAH2B0Msj+Rtrn6PHiy8JHbFBGJCUcs&#10;n5Lxg2z27aXPzzQQyQmn5ENZou8usMG/5IPhat2E/cBq33NzjoyJxGCQ7QE3RvQirHPs/Ot4X/Vw&#10;t6/5vgOSuX99Q+NEyF16ScULUOQ5Nel9rW1ZVlo8lJMNVQ3aYpMSJzrCT7SnYqfledoKZDMGf7w5&#10;cgeBfq3lUeq3UzWJMfiP8KOPUFjT2swESwser7tc4vg7XRBYLNnrSwqHwBPLsOs8ckw/f+O4ZNOx&#10;7W/OV//O8kOnhV2hZrI69HQBq6ySgd3G55OCQwULjW6pJlvi3S19S3+GfW2mvIe7dy48+W9cdlv1&#10;E4Qjzc5CeEizudPSsPaIg1viVIvkagMfvUhpm4lW6DXbEnTucq9RnZ8qgKpqs9jhuMCvbl36Rqj3&#10;y9V63Nm+H/rqCnP3kQ2ZiccP72NjovshDiO3EXKnAFH4B0R1/SZmacIoRicuKNrB1T2XmgB45Pd9&#10;GL3rpP/k5l2grMFqdm23mKe7o2HQrZU/8YabBx19TU7C5YSRf0w3kxwMOD/c9+qmL3Fplp3LeNEm&#10;+Vpvev2o54nP9uuhOYClz8nqUDaeu3HUasT4Sye3xZe8+DQR5wq3HnCcUPdlhq1e1bvQ6yPMur9Y&#10;2ZA8Am439FjfZDDLLwLIbY67bSvWNKFZS5sG9IIiGnI4vTwO1rB+G1nS5SOttfTUgkcLIh6Pbo00&#10;RyDBnLTPh8wLX5WZppux6apfLg+Nxa5JgSirrus3tu7DeGQxUVbtL4DJM3nOj5YNI57cuGFMPwev&#10;e/cc9rn8kBKDzMNyGqvhjejfOUaBxlg1kNwOinTuWLl1YZ79iNaLC7TNHPMeV5ixtAi+zZ/96T6n&#10;1x6JVoeVEh+09e2SVXD/lIVuqCU1L5kXbvBeja0Nm9Ngf9RPXmLwt0GxcE+fyfOc8HyE4GnRMG0e&#10;yur6MJsSYdmk8ZOKueQ1eGXyNk+lLLHFyQXva7LdecLdTYbNoNFbDayTql6++LLyWrDhvHWTbckI&#10;G0eWJMnJ1J+3RU6IDh3TG1XT+heMgH+tMSF+VOxPKr5vSrzNK033NtmXTtmsICWzYw9aO1Z49OTM&#10;AYy1JsU2k1S5AxTZe1LWe2W3Ka1wGVpuww1BKvNLlc5yi5wez4XXzdnHFQ9Hngg3+LmtvS2tUsRG&#10;meyMny6Vk1kfso0561c8s4mieeHUBlviM8oCe/qrRhx+RoYE//27s7PNnrlvz9SiOd3pUTDE0F+F&#10;qi82viJrxMon/nPVtjRS+n38jmf+p7UDgv2fVwLuf/DIsjLrT5MO7r4T/ivnXWgdKUjIQR/UP8C6&#10;+b2yTYLd7mSuMVQQOPNsW3pVnSr/7cF+Qpb36ioYkzu8yrxrZ9Sk8cp7IhKWFKXDx/gtGPCazi3F&#10;QTGh06PM97g7Mjs/+E+Wc/fCK1r2NecjVN8WsP5u1UEHn5cAcZeDJW2gsUVXdnfRtmRHui6kLSBU&#10;VZYFRZlezLxWQ6yU8aCE0T7ommL72o8DxLx9beMU+01RT68FNsp89HkbKzk59DI2pisZassMZTAv&#10;Lmm6TYaMitLwt3LcoNk6PHXLPFnm2F6aVn40fzTtFxItHWxG7L7/q2KAp1Q8fy8r+81G04bagT8w&#10;mSZlZ+GpZdup+AEFVebCaEbjy0dg2o25ROHi7D4lKEd1S1/L1Y532X3sn+VUluVg5k67YsdOV0Wa&#10;uXUL3ZLKHFD6QljJSQ8wzG889l/wNDX2Dw7PODJ5H6+nZMqYndP77Dpxlgqm6G3uhAjsdJ/1cJZp&#10;yw8+NvCQjIB2/qA39MemNvYSIozUBG4Tp7O8keJ5bQYj79MzjyaoFKWaPGo/D5bBhsxFFIyOYmw1&#10;RCV/+RlPr5b+7FN8H+PcMnXZ1GLYJlbpmhnc7coGSZAz04gwaea4zZZg05TOzZ92sloNRpyBmY8m&#10;O9ie3PnMGyRS54nAvKqjlA9wCiwkXkmBBoC8Oer907VOjt7/HId6dWYNe7h/mL1fwSDrnpOgKjmn&#10;O18FpToS0G1qGc3Cno+UNFHmVKT5TIICsFC7IDQu+FoXPVDaPnIjNBIL6a6d5eWrClnWeowpF0z/&#10;xjEgeK9/TKWaMddEpgTNG5wOUV1nAE512c5pnUQppaH0OAYi1X+UWky9bHt8byMfPBDwp3elaeLu&#10;+qTrr5Ac47S909tgw2gvGdKiUhl+0M1NrcR4sWkSft66PfTE1hRRUKt4ROjtqHpjo5iKmEgnBW2w&#10;AJ0nxCZVLw4oEKnbStmiK9L9lWZL/U5wy1SejHbQx/WJN0cawRf86HP/yKwgVuBnrbCFTwyThH7Y&#10;U/ArSzKDRuUI1khmwmm3VHFRZDMNPYnRoxJ7hYKNGG5w25fcMvNj8YW34MG4RM9ttisDaXKfvgQc&#10;3z41ShYXPnYBOgG1FwlX72XdVXtMWmru2e57cYX7x4blrkMvXO0Vo7iFfngREUmk5pJISX2lhuEi&#10;BZm6xc6NJpmh1danoLDkCouZdFnXNl9db5DtuFkd6wPeWIc5TZtSLN35rdlulXzwz92Sgw9ofJ/K&#10;3+fZsMcPpC2OcBtPQfxMxteSoxIZW7HomdysZ+t/VmBXY6sGtZZfJycS94zgwwVDXr/Xh98RtomX&#10;L5OZRc69FQPjXxTZ2s+KYndKeM4jGYph2sF93EAcz8z2HqLt80VqDw1gPZKm2IjE3gTRfcAUiuZp&#10;fzNXeJE4GlqznFtWPq3DmeEU8xGoXe97W7rwrNva9x167aUfqoeLF0pV/ufG+ICBjZWitUnq4kSd&#10;Bn9L72k7ZQ7uIYN+pdclibMcSZCJJst1uGe3kIii6I+gfvlWR6weXPpWXB48iVVHNLFH/dot9ZVh&#10;h2fQMXNIB7QDNOOlSppAgI0SQFiOmx/Ch5DDvZ5kp/xo5IGDxJKUzPWDbtyPX6yHBEocRjPrjGkZ&#10;89tijk/kb0kXBSjSc4oi7+/bXgeM8NOrq3ryT2d9ca9B5gZa+/qTupYM6l+73v7Fa7dXXuqvSu5Z&#10;EZe6aDKcqck3uWwx/2MKW8cSUe5mPizp1FGS/91WhNPSgNBS7M9tpWphA1vZocOWovSZwNP/Vamq&#10;mKsE4bIeZBJHdtoAGQ/bsKUsVv8V4TGpC0RAqQ28rLnviyZnE5MuHTWRIv5OHH+lYT1Cgc2rKtkJ&#10;W1Gj+dAm8r3cb1HUQoAhrj+IFKjLlWqcuvphQuK18wW+QiUh5SLlklq5rtPzQshe/Cqt+k+d/++K&#10;XxNTQG+M6VFY0ckI37PFxZn9w+cmwJlhwoUdznu6DLu89MFC26QKN5sMK4INMZv+l7VPNPi9cjmo&#10;O0eoeA7gMGfGLp10wrHOp9Yt+q01vq+slDgi5ArKSL05RcaNtVuHqSBnvY8abFokVpFeoe8VZIcf&#10;ak5aXtLl5PeGkiYPtoQdJufoiBI5859ryUZGl3yZsdq4r5jvQjpHPxaTL9ZP1WB2mvoJ1EVK9cmk&#10;Ha27cX9w5e/dIsfANbcNbnr7gL2hNQOMr3pDDu4jHGfOkyhRk0zM9ULCd+ddoH6FrFrODE3rPe/h&#10;LL357WcbqDM2LluHJG6x0Y27P+/prmtknwYsU+ddTJCIdP9S2yB+weeqvszJQsLMHv64ZasPoFXG&#10;8/uy4TB8veyyCaBJ5xJQVzosEX9zsZDwYOpPxFuk5JQb6b7MwAhebr5AOFIDGhD8vGTjamB28shN&#10;XX/zyZIsauuOLnX5y9755kYK/Fq6he9v7g280EciDEjIE8lcGHVYCq2e7zNAHvW9JXK50bAYiXr9&#10;i9Aw3/fOlLRvgcFBh4yhpMdr9ZNw7k81xZSnsfmofpj4ZrOaAQnNuGTDtxVm3gjNXfVGOjcGT4qI&#10;VeLuUv7dJXtlHNVf1Zo1lk9VBVZChHsI6z4guUgGSJUT5dY/clLH7MxTWlpAk811z+cCguF2+29Q&#10;CvpY2eV8EWqJfVLa8j013V/uMHvpw/Q4pKnI2tr83vddEst3wlWERudUR7GspUiCKh17tn3U/f74&#10;z+jFVMaDk/TULwkdNYAJrUnXwsMz1gRE8yN3rgNeG4Hcz44qNzx/wa4OaL1n40OFSLRP3hLVxPpD&#10;ITUjFY/M+L8pKacnd9ebfeS2HtBEvGBmQ86FBNxkBC4HVfQ/ijLfIBzEX8+EHOOt52bjjZJiT7i8&#10;bK1nFJ+mV0R1WQMNWju+sdkrwnOmlypm+TdvucJlHcil5UVkTftxxnNLRjxLnGP03Upjlqi5c7mt&#10;p3jCSyAa6pde5VI4S9wGQcJX/FwZRL1p93C51k3/UkTZMTWkIfC4SF1C7+Z5HT6XWjs65CxDGWBe&#10;nQtqjkgrPD4petPNyhsQw++S0v+ghjYmmZ+uIpOcGrtlSyrKGr7ykWfzIUv342Hucls1DIWoo5hC&#10;AjnO+Kpy7ikp6sXVSHQxMeUniOOCiN8drnnGsgwokYR6XW6G6tuReebOD/d4knZYRcMe+l/Ogslv&#10;jF39JCa4DmX6jT82kHrSPM9AKpDL+OTx/O5x53gUtabmi1PRKKp7HT3RymyHdAyIaf8d3Znz7pVP&#10;mPVV55qrOWZhIy+XPUzjgyrfjFHrvQkXZ73aFxJLH87I8+QpGmdC/KcIsMeRZdU8q36ZJzyMlzJC&#10;8y+THsMilNk4j4uEgVTBMjjMplP3BQUgByq3eixONFLN2cIdsNZCPVrMTx3nHO1Ryfn7yKPO7R7F&#10;BGR+Sw4Dps7dJopbuY+8MZrcMpTksVoT5/lYVPeHbh9Owlt/D3cgLOWvXpxyFP/HyvsMYzJts3IM&#10;0l9m6r4QD6OGOx0E1m/2C+sSqV6HoKtVNsM2v+oK5sSOviemqKTbxB1/9FuBwkc+aUS7gGKCKuY/&#10;AGUgmt98hHuvLOz2gj2iwmsknhV5gfuPQyXfwYnK93Y5n03O5T1D1lrk4SKmU/6n5UTHa6BsJIXL&#10;iQZQxKJjCzrhvfAcvo8keV8K/dgNSOvFTgRFLuL3sxhiS1KFgS0gW7BEQUWh/djrt/p5/LHeEIQI&#10;4/hKUGkYjkqQEAZXUbwQZnglLI1XvKHYSw6fx72eRSv/m135EQfX9gStcqa3IBjvj2s9iGss5TVZ&#10;0VBRpuEaA5Gu210QqcKNOB8dYVgrYXJtDp/G3vMGI305wuIOxp5jZbHTOoniMdmJajvygtaqQoid&#10;+DaC8bfcgdgVSFtPCNStuM5iSRPyCel729VnVFMnqm0xUAAgZvIOgrH1qLTDWSmZt4i7Sp5X8tf6&#10;tVkwcphEbDXBB4vrEzvvYeUEouN86Aahu7anJxjnsOy/Cro+m/C1/OItih4j8QCfP3pZQnQKYGkg&#10;H57HM17mC0Yux9+2BSfWWGxJISwtJ5oi17BVhAH9VFxrTuK6KHDzC1qn93khEqPsSlFNGGzAVGcr&#10;V2Wyo6I9gBZ9XdLCCMbfYVfFCXa5etzrRRq+lIIN0UDa+jshAvT1z6iVMLBShMs/Z9/dCXa5TuOI&#10;R/w7u4VlZYr91wmx/QpB625cs9wbrnipabvokU6QAJX8fskjpAtp+sLVaqTPCUoRBlRSVHA3Kq0T&#10;JIBl8oRYIo7l4PaX/oXHPV0iuzO/+RysxPmh2A0SwYEvOGoXX6hipCcU/b/8YMVfKSROkAtCMcN+&#10;L3hOPkeKULG7guvOt607WDJ+63onSJFr2BrCkFcS2Q8VbZW0lGxh/WUZcxTcxWNO9NECkHMyhCEN&#10;aBFvZEEWUbAr5oKCdmMOdYIFTmWxRyXQ4tNicYIEaL3/WhthkLQEojEnKAkce1McpR3Gcyj0Xedw&#10;jaBgFARjIdzneTpERSAD0QUtYBE5p1QJQ5j5F11O/4oTJPAEyy5hJWW6IFbGHbaFgd00uwIjTzhn&#10;A/kCK2uWL2CNpKVSPW8SoOVAy0MEpQPeSyDS3QlKAvlm+z1o4QSsF1K7L4ocwtYQBk8g9mdaAqz0&#10;LNjoP/eWCNWAivLJpoYrvf7SHnId3ENa3VD5svzi0ac7wUl4OsT32GJhoEghPZ5g5B9OUBI4Vsln&#10;rUkYPP6Ru8Ni6I48GYN7zfaFY99Lq0s/Q9ByhMGan00YbNM9+r4r+HRa3vtCZSWs9JLeFGEAGsG6&#10;uD3hJxDBdPJRKnQovhR58T93KN6PXTMnDtIY6WkLDcWkgj6Pd/D+n3WHrOeF6DJ5QrF5IpCS17HP&#10;dJQiR7E1hCFfzHaav06FDkc7S4RqQAs3a2PC4C0ua4P4KyVtcp2Kdc3ajQk7wWn4fYSB4sMKnDkr&#10;0huKWDUJA9J5nrf9uK+kYqJfX9D1eUkDKvvnpOSFLQxZLQbbCrJedfV5N2nWExCGjhKX6U0XBhlZ&#10;8BZHh3lLxi2S0YjEO+QzgPxfulSh+HRfUWlLRqHvImF54XklXNJK/0iCTD+svMLOTyP91lJXZ3to&#10;WZFj2BrCUBCoOBgFb4NUQlyb4+sSIRUs2MGo7RPIIgycmwDrYImkDZVCKk81v0Eqfk9h8AXiHZyg&#10;JFCJY9mEgVOtcd/VNL/lG41AdJ4nWHE9fjvgGQvx7JdKJWULHEQL3CbmdaJWE4bo9OpDixsVBgcy&#10;JFwytjeuPRXPtgB5tDrpl6D/pvNU4w5Yt/FchJ1nWwy8Jn0/0UdgITBu3wSR3l485guN7SMCWW2I&#10;VZEjSBOGUOwbHKr115U1CQM99ejrLivAcRZStFSTJEIKmrUpLUZFWiOVvpow5PvL98X1PpWhM/ah&#10;SyrXo789yAnOit9VGIKxTk5QEjUJA7pDd0rLi3j0fezoH7OvEyRARRsh8Vghg7E5rs7jkx+p1VkY&#10;eF6ryI5o+Y/wFEeL5RjAL0jz8ZzI70HIi+V8Vrl2ICrOUp9/9OFI4y+8Hu/r8Vs9JWIKxOma4qxU&#10;5CiSwsBKEbR+QAE9hjPiOCsvg+ExhzYPlB7A2YaMW5MwcCYhhGEaCx8LpzdcuQwVxC9hBExbTzD2&#10;qsStNipBsxct1XRp9einYP87YL2Q1y6yX0a62o05dGenD/yHCQO/SERaxSIIWV+mtrA7tR7SHPnw&#10;IbtL4h/5nSyG/EDkfE+ofBEsqt9okeUHrAslQgqQLsd/gzwOWC87h3E89j9bqDiZy/qcQ5xOkCuv&#10;zRP7I1/meUMVy2GFfACBuc4JUuQaksLAShi0NqBA0XG1JCvDlUtRmD5JrJ1QozAAMKU7S3824TiU&#10;CU3RxzzByM24xmy2sklzN0UY+NGTD+avpEcYR1hsMfhjWlroYAtXLHUH4uK/+KOEAc9zPfvl8hxS&#10;+aNTkD+dcbwn0vyaiKNYPbAogtZ3LbukDB3WURgoikj/cj6nc92fIaaDC4Kxi0n8b+E519gjPhTY&#10;Kucv8uUCSROux/TiXXyAfPu7Lxi/Es/9vrxPPKPtn4gm80iRY3Cj5S5ERZQKJS0MCipbQPmtRjqk&#10;AtYv+R1tcxkFZxidVAxDJViVVzQ2bUKMJxB5RAovChoLsH2Nqaaw67MszN94A5GFLIiFXZ5BfKuM&#10;cfJCVj/OWLTT45AVsnqaaL7jWvmhuLSW9uQe6/tC3I+TjTz+aFrXAxXhb3bF5rWY3ngPJ8jVHIJW&#10;IJWI153EsK5OUBKeUHQcn7UQIgAxneMcdnESENK+wBY623SXKcqcNYn0oSJ+y4rtzCiE6JS2cqJC&#10;WCPP8NmZ/xCUdzKEIRzpwutJemkZtB9zqhPkovjgeivtKdB4Jjy3TU6Lxi+PcYKTPzIx7bpdJuyA&#10;e9lWDq+dGlfyx7mfv2yoE0ORi3CjJYSZ+xUq9pebZEnlXFTot9g6My4qxABYBV95Syp4fCb6t/vI&#10;RRNoNagJzNGB3pKxc0UYUPh8MFNheUzih0UooKUQja9gDuP+0TsZJR+tlLfDxE2nJxyfC4thrjtY&#10;IdOTvR1iuyINr6HFn+vr+ORXbr91JY8nUFhsnYhWF3FApBeCmJzWvJMsXGJ9Js/RvnIuV4BygpKA&#10;yN3HZ2VewWKY6hwW8AMspOV1X6h8rTwjxaGkcgGueW9e0eMHohv1iq99Jb9p+NobiF7jRKOwPsJn&#10;5zVh0YxPnWxEeErK2slzIl0e/HpKIsc6QQLOdsQ9X4QgLRRRYuVmpQ7GViGPP3KHYoNdp2RZeAfv&#10;hd98QCznIC/XcAo3hQJ/r/XgmNsfT8s7RQ5CJsvwewN+jLQJsvLx6z/XIGPPvUd/mXF5XCbn1DAZ&#10;hnE9/kgAAtGNcxycw2ypd5L4YMJXwBWkapee8S29bWK70p8h8VyDGhd2Ht9CBALxM0ZXThjVVL7D&#10;YDyck+ZtR7p5TYlbPcwB05dIK9PtHK4CKhsrKp8RrXk40d0SJPIpVLlb2pJyRfHCxDU5bRtH0h2/&#10;SEcivfzlMzghaeCEMghwW96bXTh3UfyU1BmWNaLzeDe/JoUYd4WoduPXpanOUYVCoVAoFAqFQqFQ&#10;KBQKhUKhUCgUCoVCoVAoFAqFQqFQKBQKhUKx/aNVZEduluMtGXsmv8DM4y5VCsXWBhcF9QatF3zh&#10;8mm+YOzfm2Qo/m9fuGIalwF3LuHKKxm7X+I4f7lqkBOkqCO8/uhZ3lD8SV84PgfvZz2/LORXkB7u&#10;zdC+cponXDlwu9gqf9Cgxt5A7PGC8LhpBe3HT8Pf9zgh2xwUTXeniSe6w1YGPe0rTuD3JL5ArE9B&#10;x0mJtD7mRFVUhzdUeaR8+db5Kfn0Vj7tlU+Ia2DnybLBCJcEcy7Baxwjn9d2nmrkO/niyjZOkKIO&#10;4LLqeCfr7E+N7WXXuJBK8jNvvCMfwrzB+MxmbZ29HP4oyGfSsU8Luzwrn5NDxF51QrY5PFy7g5v4&#10;OPmVJL8mRZ7xi1WIwZ2F3V+UT+s9odjHTlRFdfj8lrOcVoUs5iGLdnDxjcSiIdUpi4WMNx5/7CLn&#10;Ei5vSfnRPn7Pz096+VltoKK1E6TYTOQVRdvKugik5LesrLTcK2s1xn6U/Ce58ApE2OOPTP9D1z2E&#10;MCBdH0mjwAYDVqUTss3hDVlP+jpOWukLWekMl69Enq1EY9bOF7BuSQgu8vUdJ6qiOqqEgRV+HCyB&#10;2H9wrCM3O4XZ1SUb0Sp047qHziVko1O8lGu50g5/3R3iGfsYKmoBqWTRSbJmAkQBXYnF3oB1bX7J&#10;2L3ZbWA+5/vjXdGN+54bwIiAQ6TzA7GM/Re2GdiV4BoVIWsAROE6VMQSJ2Sbg2tKejtMkk/sC9uO&#10;blHYdnwLfuqe/JS9y4Rm6A4PV2GoBVKFQTYbDVhjnKDfCaYRC7yrS5cd7N2bgBNGNZVFQVPWPsgA&#10;XmLTQOwob6C0tZxXw7f+SaCAVt3HQatBTdyhyCn5XJWotsuMByp2cgeiJ/O+7mDZSegm7eaEbBSs&#10;vPmBsjPoG2gaih5ZtQ5D7SHrLQStxYl3wT0cnaA0eIqjl/g6Pw0TGV2/ri/gncWHOEEZ4CrN3H3b&#10;Gypr4wmWHe8KT8nch4EWR1XepewjmQU8z4Xz5Lf2C/MK2sS8fB++oNXKXbSpxoNlJfM+7taVe4r/&#10;pbjs6GR52gzAYhhRJQwpS+Ahn7zFsbNluzz7npsEG0eWLeTt2U2Zns1YwXy7R7owyO4+ESeo1igs&#10;GnsguiAz0crN9IXKZ+Kln+QEcd3FbjCLZ6JfPBN/D+EL9YbK30BruI6LeqK1+Q8XIXFOd+WdU3qA&#10;J1QxAnG41t9S7jFAU9oXHjsbLcH9nnaPV2375oDOTrRUMwtKKnmPN7iCE9c0hBk+C/+vRmu2Ac/3&#10;Ba47suCch3d2oqWBqxz5wpXPe0sqPsf9frPva/2GtH6FtE73FJcGnVOrgALk9pddCbP+PTz/Nzh/&#10;PU18xF+Ce8/BPcuypbcmMB/QT5buAn0JXuYn3o8TnEReAHkUjD+Kc2/1th97DfIwufdjAr5AaQek&#10;+y1vOD4P6ZLVrpEPMKkrPsHfz3kCo09wTuUybB3w7ubw3SGfZ3DRGicoDT5/9P6C9hOQz+ORz9Fn&#10;EhUTlkKlD8d8CEO6HpaTU8DNbjyh+EhveBw3xl2Nd8WVshYgba9z4RbntCqcMt6N8ybyeiQXlpGd&#10;s8IVUxBvvuRxyFqG50NaSzM2C0JYP3RrpTyiC/bf1O0HYfHel2IxvMoFa7zBigjK2zx2o1EXlnnC&#10;8VmeUKwPTs8UPnt1qWvxbt6D9bEQ6ZQ9Q/G7lKtS4Xgkv6Rsb+fs+otMYYjFpPVFBmQlW26Gp4A+&#10;BnFcMsOr+Rjwkq6VTUK4I3LQmsG1A6U/yvUbcQwZ+gYqmKz5l19ktRIzWV5cwhHqkP/TsRmKfeZp&#10;W1WoCbSIrcRJh3h42Ws8geiTstAo12bktXgvkvGDFKV0KyCvKHIOXuqKRPrlV/6ehPtynclJ7POv&#10;cxdVLbdGQHwekPMkbXhGPifJdQ2dY75g/IOMJeVqAvIV/eBKicfKI0u+x3/Csbg7GGsvQ5W1aM3w&#10;/H3YxbAdxnweZ51F/i35II7LJZ5AheQjV7jGe1rF8+hARGWdIBdKgazkFIgtYdpkTcyAvQampDkY&#10;+4jrQhZm8TEUBMoORh7I4rr2O0WakulBviI97mDkbud0G61G+lAuvuD1mGZ3IPIM/p9b2O15KTO8&#10;jl1enxTHoicQSTrCCU8oel9htxflHsxHT6A0aZkmhEF8akFrPvLqYyknci+kjfnD69NiC0Tuc6Il&#10;4QmUPejL+ixO3iIf0B38SFa9qs+oEgY6F8u5Ku/3HJbEsf/gZbxanciQ6VD/tBWOvTKyIfsryDW8&#10;/vKznCAuB95XPMOyuxC3KpvAVY7X4/hPUkADkQE8j8t/4Z7fMYPtvrOsaPwp7vks+JlsloLjHP3A&#10;y/yKG5zKDQB2S6jaEo8KjpeGlp7xn8N9oqhY30sa6LBDxUXBr3Ciyga3uO+XXPTUvqe1HHFK0Qrf&#10;g1/GXyfp7siVna1XEl2a/HbWqWiR1sm+jzgHhWg8zr0a17oKeVguaUU6Cs/7F9OL+1VtgLsxcPky&#10;WC6/ST7xmVgBmCclEImAtRx5/x93IHan2x/L2NyFKAhUHAwxkUouzxyMfcO1G/FcQ8E35B3xebgQ&#10;ayDyiBPN5Q7GR0lFxX2Q/sXVWz3urG2HSzlZm7w/hArP/a5doaQVfk6OE+zT+8umSVr4bmwrbCpa&#10;8WH4fVdWvKavBPHcqb4JdDnwHmdTlEUgeQ6uj/f5AuINgYi9LXH5PpEmHHsztavpDVt3yz3xrAhb&#10;YXc7bCSFwSkvPA/POxuVeTjuORb3s1fjpuOX6eLGPA5oSXFrf2mERJCsORDC4Yj/AN7NJ5JOPCMF&#10;C0Le14lWP5EmDPISWBDZ0mQnlRiZkbZBi7eWwiDDbrAImhWV+dk/w707JjZKReWxV2zmqAjOY4bv&#10;1HpUc7lIUbwQ/W2YsazcdqGGqZcs1GnCYI+e/IrWLbmNGxd2RQWZw8JrF5bY6kQrImZ5yHoFlsQC&#10;dG2W5vtL05Yk9wRicWlBGA/mK3dq5nE+l11heRzmZ+rO1oDHH7sfFXw20jwGFbVHbVr6BDxFZb28&#10;JZXLEoU7UanECpKWClZZKL4efKqw7ei0CU/5/ujf8BzvIH0LYX0tThMQVFTk2yv2NZDXwSrLwI5X&#10;vp75R+uPVocThBZ8WhMU/mkSTyq/9WryeTYiDLAEOnFFailbIjixgU6Qy4V3i3x7iXE4ooVrvpsc&#10;XUkVBqdcIW7VHhKMK/tP8NryPpdwTw8ntNbCIO81FHvRxXVCHeD882A9/iKiwXwO4FmddEEIeuFZ&#10;ZiHdS5CeOa4UyzO/7di9ca2FbCgYj+XXCaqfSBeGxHBlgiyQ6XQUttyJLqi1MNgqm7EdHJR4d7wQ&#10;ZCqXYpdzXnGCqiAFMCKbwEj/O2gtYDwGpQoDw6HyGX4StLJdYHWsly3dUTAgNE5BQ0vODWpoObR5&#10;dFf7mAMeg8ksBdQugCsSK1C7g9HLaL3Y+VWxAab5q75A/Ca0wmfWxfFYHU2Kyk7CvUfj3Sy2KyuF&#10;mdYU35Pc0271g7FP8trE9neiEY1cRwxqxsrjamWLWBJc3DYYm5qYr4LKl9zohd1EtORv2qLBihp9&#10;zQmhOHIT4A0JYYLFVSUaGxEGpP0x5jXDcPwL53ASTYqtEyGe6+29MqxV+Wc5u2SlCgPiojX/QLqx&#10;KYCoDbLzA+WSlTFoJZeur5UwMB9Lxv4mC8xWA97tC/KcjB+wlnB0ww5hWRmUL41Dq0i+fYwwjQrb&#10;Rw+khStlGO8KjexIJ7B+ItXHIC11wHqZhRuV8BwU9kyGxreBaXqkE11QO2HAC0SrQW+/E5QEMr+1&#10;XbFR8PBCC2rYYQiCdL2PrQSvhULDNPJ4lTDgZVM0QtHkngwJ0HmFwvYD0yCtZcga4QQlQetBhgP9&#10;seuQ7v+B3ybF0haG5e7wGNkZqZnkW/lKKUA4R3wRLIwwRb3h+NewWJ7PL7a6Fba9b4s2XaVzzBOo&#10;aEeB8obLX8IzrGFXSfKA96U4cM8LZ/etVNApCUvgXC7Tjvf6Ia01W1hoglcTBgD5eTVFQZ4Vzwbh&#10;leXgUVGGSmHne0SeyNBfAjULQyNUytckX2hiB625SE9X5Ev3KkYG4JxV3CoQ6drgDlR0kZgpwmC3&#10;vplbCMJaulb2A6mjMIjo4B7VBYdAft1ZZY1Yv+aF0oRXkF8SO41WKfJ1JAT1c7Em+RyStw1MGFjI&#10;oXqlTlCtsTnCkF2hYyG0HHIOXygK0FVOUBrQcl2QuIctYmWyrVxSGGj14Hhaf9WBLAWPwslweXEB&#10;60EnyJUHcxx993Go0D+LMHFXZXFG0dy21tnXThcGwutHQS8Zu1i2k3cKkpD3YOXFcW9JxScJAas1&#10;2De3R2oy/BIUZXeofDBEQsxdSVcgtjxhPRH57cq4m/fLqDy/iaPXeR7xvcioQEIYov90ogjEcuOU&#10;axFP7ukZ/wdHHiDIso2dVNKULpygJmHoM6opzOmP7O6f00VlOlLpOBLFgunynEFZvFXiVheGUIpP&#10;yAEq41XJclUnYUBeOHtmVgfe67l8HilPeP8csXKCuP1ed4jm22gsNhR0eQbPYTsuJS0haxUbkQYq&#10;DJblBNUatReGSsN5605QEqjg7WzzOCEMVj8nKA0oyJclr4VCCLVux+MZFkMgkmWb+Mrd0NrNZ7i8&#10;uKD1AI+7A4/9CZbQR+KUZCsSiq9G2L/doeiduL4fYvSQFG4pZKiATlciAbYmntDYmxD2P+TjMqZL&#10;Kh3zQiogui2wVGozhOX2W/18HZ9EhS5/B5XqE3r0naAMeALRCSI+TFfA+pUb9crxYPx4CMLSRKsI&#10;AVmGd/qsJxwbSEsQ140zfbYwWC/IxVKA530sIXQ4dxrzmN0vydtwxXrmtXOqjZqEAS0x8nuW5B3e&#10;F66zGO/1JbT+/0wQ577I85H+l7zhsdOR9kskbpowiHMxY26Nl3mVKAt1EgYIeTA6M9tcCLy3KxJC&#10;j/irmhVbh/C4OxBBd7RyveQfw0Px7+inQR5f7SuJn4FzYSHx/TdEYajDPAbvFgoDWryjkJGctpoo&#10;sBlj4QSsGdm6jOehdf/F287u0qQKA58hm+MHFekEu5W1uysomLJFHM1ZEQW0Dt5wxUpcq5tEcID8&#10;uC1ZAWkupsy5EJzQh95wezwffXEvug8eFAoUkm/tyoR8QaVJiNjGAAG5WVpSFjy09G5/2e1OUAZQ&#10;IMttsx/pRuFNjNIgvWWJSoEK/R03bJEIDpBPD8jQKvvZQavSOZyETNIKV64RP07I+hH59Bbfnfgd&#10;2MKmeP8FG/MxBKNTmHdyPBB93zm8aWwDYXDe969NUS6coCSQ1kjynQetZfTN0I/A52d67LyJv1XN&#10;t4O8td62hQF5FYoOcw7XT1QXBhTOuHhhN0ZuK5Y6PLSFwsBr4b6yy7G8sFB8efWWSWa7hSvQj2PF&#10;liFL9I9tta8SBhRg9meh5OweSEQHNIHlew4nHXnONm8UEeky8GUHovPk5BSgcD+XKgwF59gebDcE&#10;w1cyLu4NVXyIPniaSU6w+2DnB8QBafL441knDaWClRsF8TfGY78bQraEVkv6UKdp5CkuDyIvxCkp&#10;6Ua/n1N/GQpheN22CETkn5coCUiFi82ROQ6oHLjXRCckBagAEAOnRZTn5i/zgBaNc1IVNiIMHnQN&#10;7ArKPKhcWb0b6Q5aV3pLxk3Hc47C+7wvOfa/LYTB6U5JeU8BR3noR5HulDyPNYP+G3vaf+wbigLj&#10;e4oidrfHAe+B94F6hPLJxs3fYEYl7EqNivITMutd9NPfq4me9mNnewLxpPPOu6XCAHDrdNupZlck&#10;xGM6buawGX5vxf+LedzXHi+bFS0YLXaipgmDvHBcB+d/hEp1Kb8jQCV9FBaGXcBpcQSisxNeZbz4&#10;u2RCkYSXr8N1B4oZzC3hAta9Cd+HXchiy/GsUnjxd7Tw3H9K4bErfnRkXlH0QPatfcHIYbh33K4Q&#10;nKRUbmTKbC1AH49YMHweyc+K9bjWK55A5AZhMPZPpHO9hPFZO0+lYN3hRKcwPC/PKHlR/qvXX9qD&#10;z8MhW08wMl7y2KkUqHxpzscEOOVarkFhkHTYcxtS/StJbEQY7F2vYyv4/u1WtvxT7v4tsw39peei&#10;AfiRlUyGwAOxn5KfkW8jYZCyRgH1Ryz6Djz+yEV4ztlOl1IsS5St/ozXkpOuQtbH9vuWMvFNflFp&#10;K+at7A0KC0LCJG+R5lA03RdT3yDCEIz9mihoonh8IRuhPfMt9pJzCUcYWHk4wQMtfoYw0HtsV5Ka&#10;hIFAy1sqL43n41wpnMhsKcS8NjO+/QSTX1x2oxNFkCYMslV+9FcpGE5LLy0+wuyXOu43VP7kWhKI&#10;24pDZnwuic/0B6Ofo0AtlEpHYQjazjMc+00qP8B5C7jnjEQBZNpQcH6GOfk1LQsZv2eBRTgq9ohs&#10;3u9s4JAp8uwdESu7AEq6eR0hn8HJSwoIKtSrrrZV34Hwq1c7vxCXwoR8QWH/DGlfSmdZorKzIuPY&#10;V4l5JKmQ7wZC8W+k4vFc3BfWwignOB0UhkDsPU7IEkGuZqXg/wGSHhEHuxzgvj/az4DryzsdtypV&#10;6B1h+ECemw7cLA5xWxiccsVrpwpDKHqPnX9sYKyV6cLAbyXwzpCvaHSW4T5ruEu65BeuZ/tEIAqS&#10;tzKHodCJimeJ3MsyIeVErh39Fen+DO98rX2c+W03PigDT6dbevUM9HJL4ZPtyvlyN035lj0YT7Y2&#10;tZoSjeMMd4ezz9gTSCGzBqBl4Q7TiON4rEH+D/P5C6h6xtz4pDCwIoTjG3hPvNTxbA34kiQ+0xUq&#10;n+8OjLGHxFLgLo70hRWynDPWJJ3cOh+FB4XqzXy/1ROt9PeyFT8Iy+D/nGj2VOJgfApM4XX286Hi&#10;8jypwKgk4colbn90aEa/fFPwj9wdXZRSFLQVvE51yuhCqGKJJ1z5uK/6XAXkISyLERC7Dfbz4Pll&#10;RALPH4xNRv71tCs7BBhhiS5VdSD/Hk+OzLDS+KN/c4LSwfttZEo0gRb5auTvt0y3pIf5w1++01D8&#10;y4zvJWRKdOyLwi64ZtfnKGxp82YIvJv+yXLVGRU9peuZPiUawpg2JdoaWdjtBckTXPc1iFp3X6hi&#10;YaLsSlmhaIbjz2RYSK1HNYcQTJJ6IO8bcZi3yB9OwMvzR2+XmZFSdmJrmgUqanQeb/fYDersDcTP&#10;9JZkmbNQEztNPIeONucS9jUYv2QsGD8ndbdlfkWXOM7fFkXxpALXBLZYnIrKfide3lgUtvs5i052&#10;j86CNGGA4nuCpWh9TCNewx2MPQGhsDzBiktSp1FXBx2ZnlD5/+G5KvjBD1rIjokdmWnleEsm4rmf&#10;PgdCmvHBknyFGSzviz7zKElvwHrQEyzvyS6Fc0qd4A2MOYrXQZoekXRJ2qwRqEznbura+e3GnMph&#10;TVSScTDnh+UVx852glA54mfIOwmPa82p6M7hNPCzZfu9jT0nv3h0xhBzFSSfT7bPRblw5j5UB+eR&#10;5AfLz8O7fAisxDPc6wuUdvaeneWbAohNARoQuSbKGq1aJyQJjsLY97TLVXKWLCCTjTo9Jcc5EsNu&#10;gBNkTxmXsKq0UuBRfq6gAOHdj8DxohotPByndYP3cr8n7H1vcFTZlV8/2EajSYRGOzRjZREY14gd&#10;CKi2lG5FIVjDMgwuw5jMQiPXmt3IhUjhGnkLQTOIXY23hVS7M4O3zCIq2cS1tYXYL8x8mEJT+VOx&#10;q+zWOllwvgBxJa6UU3YTpczUVmUE5WQsl10o53fPO+/e99Td6G93033UPN5795577rm/e8655713&#10;330bfuNB4180/+9f/sXN3x77Bz/4D/8pOXH/qz/a8/ArP/1g+tIfvP13f5M/cDEzSvO1PvjMK5/6&#10;8u93//azf/KZL05NDrUe+8o/+838hX9HU7nif7L1j/+0+3b3h3cffX56/ec6N/0Z0fzw9V//H1de&#10;+fNzs7cbPpfq3p5YmaUZAi7XPxj8j4+3/ODfvPvfvvHj//5zWoIi9vlXD+//YN+XR+nwmb3eM7J+&#10;h6x7IetsgBR/v7E3FqN/sSRtWANjDW30913eeB2PtSYpNkK7kdy//dnnsce29w9+/vmtdPAMbSdo&#10;w7oh4CFpm+n4U7TJ3zrKfJa2BCWAFrK4x1ibZANt4Jc+/PrroP8dOv6onf7z/2QdFTmXvfB+nRJ+&#10;i7YR2r7il/vT2McxyX+J0uXYM9JSQpE/WqalSI4mKwKKwIIR6F4A5Z4F0CyET2maHe+/9Ok117qv&#10;7fj0jljsW2uux0Y+/eya0dHR7rWXgvqzv+oebHj42YfZwWzMm2v4uZcb7JuauvX2Ww0/DmjmHnfP&#10;Ns++PDv3i7mR5rnLc2P5C3PT33twea75cUDzZrp7cMtbn33rzKOpXMMPb21Zmx88c3/qVsMPN2PB&#10;JP67EOt+2EN/D3/2vXzz2ExzQ/5C/q/Hpi+//Vc9QhIbjHUP7tm8Z9PgYDy3xbvV0PDwTM4jeRr+&#10;0vKZjXXPdq/v3vx49ru59WvvzDTP/oLkmb48dvk7IT7dm7s3bTmTjcUapuYaBs/MPZq61bC24VcB&#10;zR/dMHx6/t7PqB0vj3x3ffcf/t00ybN21LYL+GzatGdT7MxdwmekYdOeM7n7kGfEyjP3q+7Z71C7&#10;Zn/5vZG1c5cv9+y5cH96+nuXL39jc1AX4ZPd8tbLb7356Ie5hv/b0Ldp0+CbUz+/9fZPmt8KaAif&#10;ucuz/3T25TzhfG3t4+6eC9mxubHLj5utzIOxT30xfrfl7pbc12LNnver39v0epv3k/jbvxd/GPCZ&#10;jcVGaUwYeXbkmdj6tbkblPFM7FKs+ZnYtYBm0CyExacNDSN08BxOaAEu+5d9bPWreW6EMi7QtmXG&#10;UsRihE9w2mBGkEHQPAgS6YD0Jzhda6AFn2c/CBL1oPoQeOedkZfeeeedZ/A3MvJS7EYBEb/4O3vf&#10;/NwXN2x4bsOWM3u//DVvsADN3Gx+bmbur3q692R/kZ+eG7OmZYmzvyBT+AnM7M1Huelbt35ss4Kj&#10;2Xemp2f+y2bi85D4jN35RpBjDwa96amp3KZN3ZsGz+TyDbdsjj16GJu+OJ3vIT5/9Ciff/kb79us&#10;4Ah8cg8hT9+j3H3yeEGOPQCf/CzkaSZ5Hl829mGzzZHhs4fdx/3puw0h6/JpiQ+Js7mnZ89vPbo/&#10;Pdq8PsIDp4Pe/Vv/ue/3N332ra89+n/3b739zwvQzMbuE85z33l59uX7c9Nzbz8uQDPo5b92ay77&#10;l//k4ZapW1NZ72EBmoexa9v/1/WekZeuPTtyfWSH4zIs8SCFvrmYdYA2xx7NrvnIy8c2f8dPWfOR&#10;zQqOBhtmic+W/+knrLVuLiCJPVx7g/gEI83aQnrI1HFbSI8UgZVDgNxgsb8Rv5aGoeJ/IkgDXWIV&#10;+wv4FCOgdKFpXgBNqbpWSh7hUy3yKD4Uvy1AN6qlv1R/SveX4qP4FDNn8XWl7F31R/VH9Wc+AmIX&#10;pWxH7au07Sg+is98y+IUta/SuqH4KD7FbGcxflXHr8Ioqn2pfRXWDHsPrZTtqP4sTH/Wfrv4n/gx&#10;wVL3ioAiIAhgntfDT/uzz+h4IfO8XiK6C9j8cn8beyeY24U8O8/rOTor/DeX1Z8ioAgoAoqAIqAI&#10;KAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgo&#10;AoqAIqAIKAKKgCKgCKwUAscaj8XPN64UN+XzNCOQjEMbkvGnuQ0q+8ogAE04pn5B32IiBNgvrIxe&#10;KZfVRQA2W2xDzZInUhSz8TSNAsjD3v0da0wHfiHKC3RJv34p1xvxIVKmWL3huiADtI/kiPDBKIW0&#10;lC9fIX6LSYvS4tyNi1CfS4M8VyZpp8jrtgPHbjrKubyitCtzzh4cXjy8DVHt/EPkdyzoXxy7LbZU&#10;x+K9AQ9JxR49k4yjpwvlU64pd76xN44Wp+O9If4kFZ33+rxdvvOPpQ1cDzhbmiRFLEg/T5uph/bS&#10;G0KFvCjiUXnQw+CDDe1KBjhBE6gNTp3gJ1il40N0jNL8G/JpITPzkhzeIx38IA9jZMuGKVfqLG1s&#10;KE01GpQa7Z7a4bcSaeFjQjNoE0uCVh9r7KUf9mGU4RdQD9OY/IA31UzpqJ/ai9Jmj34D37Qpg3yU&#10;B29BNtr+f+TwJwTpB57gx5TcBtSNekgSww/HlhPTMPo21dTbCO3BL83t8+XkXpQ8Kk+cbY/ZOlGS&#10;2y+0adPLZCFmD7nQVltWMEG7h3xMXVmtfCt5xNoA3MObtSkgZqVkNMMScBrbfpr60R0VxC/ABsEF&#10;9QFRQQUISCuhA+AFWfBjFGxdjK49d4+YD5dFPYYPbM/vxV6nnjRpoCsD80Ea1+/y5d63KUYGXz7w&#10;GaIykos8qQ9pLlZRPiwvXV/5uIBW/BT44tzytXmSthp7qtfoXXHebj4fWz1BKW5lOujBtG+Tggpr&#10;BnSE6xAe4CK+QGonXsbmDN8IIlwPUBJqu2eeaIubhvNk/E1KA1egL7mgd8+hp6wt6aBHmDYZwoc8&#10;SqQOtJ8pIZ/rt0ReyXfLcrtdXm49OCZpfL5JgydaINKv1h59KPpYuA5I5qKIc5eSWyEtRg6jIGX8&#10;/KAf2F6kTvaGlh+PKPZcjtJGc6J1cy61gNrQG2iblEHvohx+PGpIDo/5rszUL75fCNt22mgkl+N2&#10;WR7RI2iY1Ic84CZYQUYXx6g8RBnkR+uJnkfrXZlz9oqEf6h3w7zRQmkRH0dbjLEuWsamueWZCggx&#10;z6PUf2wv1GvEg9Mtguw7oK2gD4+pbo2wcZFR0gnBwMegF6gecw461IMyQkt2aM59PIIePe8lUTf9&#10;QIk60mbjkQ7ntl5QhXlCZosd2ik4S33PxUQCRJ5uPuQjOzWyGhmIl6VdnSNufSne3GKhcFvPacjv&#10;DVBFGqwRKNh8OeYUyg35ItgM4mr4CoNyUFKuPZif+BLmUvp/3OmM+hipB22ArUnPgBPkhU3Pk43S&#10;pReQB/kgKzb0nvFHfi8JD5HMxSpq2yhrddFIENTD8kB7uQ7UuZi2S/2L3TPKaC3rIFBBD1g+rm7z&#10;cRRF2Kulx5Hr+dmWbD5Hl+QjnTJs/9x7QBDUoGM+8K6Q0/IodcTxCnoQ5cOUprcpHfxcG0bPCH/3&#10;mH2B5IEflSSeoOWNEPHrQG+79UWxcvkiHpB2ioSUEsiANMGEtSiMl5RZ2T35IaPr7B+AEja2Ea6J&#10;06RWzpcz3oPe1fGwDTA/Nx88XG1zuaGXREvE8wvaLl2hY24DbBV2j55zaw2XMG10etHW4csreSXj&#10;hSg2Lm6wKORzvfBJbu+7eaBIO/FCWFJYadiPRvNX5pzRIzmoNvJIuPI2++iVkrQIdLQFtoB0ukZG&#10;im21ybfX6WzTqINl5vLoLbZ9lIW94sd80vGjlCd00lLOk7P5e7Y1bgvbGHkWv072RUnCm8uBl2gK&#10;6Z5pv2gg6kVPMSW0Fil8RtYZtAPScz0BT1AG+Sjl9v55tNPng1GV87ksWw/7HKSELY7lExm4xGr8&#10;z9qAHkXb7F5QYy8pyLCUkBzlxLZJVkbTlE8Fxyxvks5BS72PfKLFHRZBhe+2SL2gtT4Gx4FcZvwf&#10;CrQmigXToneSxkehLveHfNZcyEBSkAzSKvSoS+/2eNjHYfTztZjwEp5SD/cg88JIxThxLvORGpkP&#10;ZEC93Adoe8ApwEG0WLAWitXYAxWry4Vq4AiGc2Ax8BnsC1zbpxiK+JDu096mo5Sco+XIx962Gogi&#10;3fokNw/0lGfyhU8hGVGr9JrV4jAl2in1EC/izPnQRnvHnXvmPNXK2oqRxtLCMkgmh4+tA5iwpgwR&#10;Rmgn6Gw+ok2pE/JCc9JUAnfUcOb2NmSitKAe109bjit9RNpLtZbmCqmFAq0BShynSyrOGUXoubRY&#10;cuXctB75ATem4HQgQ1skz6T56cJH+No9+5NofpSXW4/QomVIx15+SeoFyQcPOZZ8wwcYRHBD7ws/&#10;tnUpQdj49UgKeppx5PqR7/7AR9oercelW7ljltiOU0/ivMW5Ho72KMqyLRXnEm2xUB7zuGyxVj+R&#10;r7Eh4cZ72FvUnlK+JvdSfcv5FWvHeZ9vyvRk8Rpg9/AhQpGMaJWko55idQnNyu2j+luIc/mkKVT7&#10;wtKMdw6wJVsjC4WdLqx0aarVaP95+IUVka607IvJRbwA1LDHBu8oe+ZD42Vo3FsM93LRUgt8uXmk&#10;4XbYCHXpcph4gXgvnQPHGDQWBzhjVEDEkqwyXSCpTJSC8cvdbNSDCGZl7Gs5eD6pLOJtyMlawG1Z&#10;Xg9yjRRNhSLLJ8lRKB88RC7sQYNIsrr8glyxsG8g6zK6iz18A7eLW1GojdWVxvcbWSPkmmL5EgIL&#10;/JbH6Tz1P3ig97EHpk+K2JdXo5ZWBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAE&#10;ahcBmWcgz+NlL+mydxFAmtzvl/yz/jyApP8cQPb/2E8XeuGT8unkPJovfJ+UH6WL8kV50ETphK88&#10;b3hzmfMjhN/TvUcvABEzJ8fsqadpj58g5bYQT8PwlEbKSS/iiS7zsfxcPu6THaRLOfAWOqlHeNtz&#10;PM/0+VMtUraYfFLO8Dby8pwk0Ls/8MGz3mi6S1M/xzyPz87To6fIZr6ioM3zAC0e8pR5yMwvxDNG&#10;nmdonpPzE2hK4TPMo+BeBt1Q8H4FnvmhHqmDz20dMg+RU9JEi83ISHMKTFkz2wzzDOhJcsAX9OAr&#10;Wkc6Y+rh+RyYfxCeH+HzDOQt5jusZLV+ZOzN2BzPKpGn4mh39EmyPCE3Xtd/f0CQN/OUxHZ9ftLb&#10;4CN04Mt8BFk8ZcbMETkP2yr4gk/S+CzYN9t4IflABd7MCRrIvsTQ+vOmpB74MdN2ny/mhVgJ6vEo&#10;beYXQQt8/Py9nPcS8tKjsGTYcKHzJCEL+5WeSBIfoeMesjbJPEJ8Ap6m10w93KOsjdaH83kynjLj&#10;O/sLkRVlw/KFZwlDemiHpSNt8Ps/rJ2MRf39H7VJFwHRFE4j5GCTjvUAweL2bjmBz3lfy5AaRp75&#10;WmruUakHGibHoIF2Su+zfG5J8OLedlNxzP7OlkVbClNGS9bLOWylGHrAAGOq2DfmIbk9yvZOuhT4&#10;FPYNrnaAB/e8Hdft+5OMMtu6RRzn0ABOgbZxD6KesLyoz9bPdVl5hSO0neMixBecymngF96kTH3u&#10;YR/Sm1EExCNzOtucS4v8cM+DBsiHOUXp5vsFWK0tY3o/0AV+ewcz5nk2qpWX5bPlwvECnTWmjCZx&#10;fdAwqYV5IarEPEZs0cjS5Vofx9Rv1HOC0Pw2o1ekZ6E1csyU6PlwWtTmLd3S4gWRiLWA33OCvKkm&#10;5JSOF3A9As3E/xwp0ppwwf0OaCwiS7QBG85pNKrr+wwGgYgdBz0Q0hQgRmOsQ4ueD/sFlITNWdvl&#10;PntyvOD6G+OrHD8h8hjuVKfoLvWf6UnJD59DXmzwD0Jh96YtTh3QeuFrqerpiBChX3EMzjt2D/Sg&#10;OYIse2hKiSAt6daHoEdsvAAezIuRZo2yPYw8Gy9gPE8HfUa8HXk5PnHrQTk5Bx9XUyUdtYKL227Q&#10;no+0o570gNsKFKK9KShwr1pNwXgriMK/Ak1BG/0FPtgjHW+dBWl+ucJXcODJfLi871f8/ifPY8Z5&#10;SFEoXoCMUi/ng5J/GBnkDPcPbLyAGITbgrLAwNUMKV9fe+pPg8LRIuOk6xcQmbHd4R7eeVOOUaRx&#10;mJDFPUrQcxmM5Rh/kU57ysc9Stie7zeoPGPN2gg6iuVMr4TtGfyQjlpBa+0XdUATTN2mPvS45ctv&#10;FVk/1Ov4MMjDfGlv5IZW1PcPSBVDQTTFRQi9QX1COmSidusXqEfQK3ajXvJtWdLE9rCXHjNc6Bx1&#10;gKvwLlgn6nV6DPKJX0I56utIPts851kfIbyD+hyekld/e+pZ+okfnd9+5ERzoQWsPfDspEs+kqAz&#10;eaZfbTlEAqgFdMkCqKNc2i+DnnZ7WySS9Gie4emUFVmkHPZStlSeS1+/x7DzQigtBBF4e7HLUvSg&#10;s569FKXmVQ4BeFn4hULxAnpZvHnhHjf2HvLKhVsCz83enX0Kjvm8MH15UtlfoA2FfVF5pKimWs5T&#10;r4iHduVKN16gaG4ofoG2ocY/LODb4dkXZu+4FuAIjq8tqkET6ErCtI3bdyEY6VwM6uuYewUj9vyf&#10;+ASMIIU9PGJxNzafz0NSUA8iOF47yvoJya/EXjQS7YvGIZWQp37qdCPE+mm1tlQRUAQUAUVAEVAE&#10;FAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQU&#10;AUVAEVAEgMA393V3/G5Xd6du1YtBd+ee4+XQ1n/Z8rz3vJekbYPuqxSH/xr71oEy6MLwv29NevLe&#10;su7d97qr53iDVxZdyJIu+Ktg8FtpeB8Q7yHpvnpweN77dpn8wvPqF0jzq9knPl9Gv6A+oHp8QCGf&#10;TH7hoMYL1W2v5fIlGi9Ut62W05dqvKA+QfyOxgt6LSO+R+MF9QviFzRe0HhBrik0XlC/IH5B4wWN&#10;FzReUH8g/kD2Gi9ovKDxgvoF8Qey13hhkfECff8n5VlfQt+KMetGi209zXu9v7A4/5CKN3VMtiY8&#10;rBxO9uSlPJzXxtwMjResjS/EphPeV3tGM807Et6xeMI713T7yFgm04Tv/CyOTzXS6/2FxfqFsy0T&#10;w/nspQPJ+GTb/lP57LsHUvTlERlzn+a9xguLixcQH6w7ns/ms6+eujiE/Uw7+YiamKOl8cJibTrh&#10;dXTmsznSAvzaT5G359jhqfcNGi8ca0x54WsBuk4oOv6n4hu9Xb4uQB/aTx1rhF8oNv6DV9qZ12nO&#10;zTdxqs+XaLyQjK/vONokY36KIsKZ9vGWwrZOvR5/Y9/UcI78Av/y2f2n7m5NGG0qFCvMtJ9tCfO+&#10;0grNK0Rb6TSNF7q8N/b9i4HJ1o0UAXbR9v6B/QPnmlKOLYvNp7x7WxEt4ieawMdf34fvEQmd3Xd5&#10;h3afPH2zDXzpvkT86/teGRhPkG+oyvhC44WEN9mWz14f2tW50buSWNeXz753MLh/4NqvN9l6q3f/&#10;qXj/tv4X+6dMxHAis64v3td+6sX+13aTBsy3d288cS07lT20O+GdbXrwpXz2QS/xrtL50BovULwQ&#10;39YP+37Q25/JZ+/TlQHseL7tZprONZH9m9ggTjqTz67vMDZOX/rJUE66oC9pMFcdD3pPnkaJj7d3&#10;0X2q4vFFoXrLRa/xQpKiwTd64PV5e2WgmN1inOdtozewL58dHeI4A2kFfILxKRu9nU6keYLuS1Xv&#10;PUqNF46RLjTvEE3IZxuOp7wn2W4qPtmaz9460mVihFK2vJEi0QmjZahhWz/HJPN9Trlsv1Q99R4v&#10;0PWk99pu3DXiaBD/P/jS2RZEksX8A6XTmL9/4DWKAkrQkA9J0PXnKI07lve6viuJJ/AuVe+q5tV3&#10;vJCKn23h8Zz9AvosT7+xIYoEStp8ytvVxVeHxWw8Fc+03D4Cbvjl/C2f/ZvhXZ3Mu5SNlvI1q1Wu&#10;nuOFVPxKa3v/xNDo0InM6BDb7sQwHWcuUtrOLv9ZZHFbJG0p5hdS8TN0TRLhnUU94D3QU6xcJdPr&#10;O1642jKeuNpytiVD+5MDsN9dnemmsy1IH2/FNcNSbTBJXuFK4moCvDNNrxreh3Yz77MtHxrelbD9&#10;Uu2p+3iBZqZgXN/ovXsgnz1xOtNk7iHiPmLJWGAh9gsemPmy0TvUlc9eHB5PgDfqI94lfMpCeK8G&#10;TX3HC/Y6P+E9bKc7DF+iu8xL9gXFbC5B9yvz2XV9he5lVpNvqOd4wbWtVPxo44nMrk7cZXLTV+SY&#10;fMD+gTd6qvX6QdpY3/GC9QG4i3Ro94dtuI+48rYK3vcM72K+oxrS6z1eEJvg/VEaH1bBL1Tp84dw&#10;25NxjRdc37AaPsHyrwbbL+Xz6iBeQNwexACYeZJ0zqO2Uf7zDWH56Jqm/DIwPrUeL6TiM9vHE8Hz&#10;BUK6eceV1vBco1K2suq23Lir82yLlS/lNXeMJyojX63HC3Rtv3ssc2crYniaX+Rd2nciM55Y/r2D&#10;lbLdFM2kodkuwUya9w5iJk1l5Kv1eCHlXW2ZoDkJh3rw7AEzVT7q3bgq1wpLiwtS3of0xHNqeGdX&#10;F90Rf5VmTb1/EPc4KuGraj1eOEb3+DCfKJ+N9/Wfxv7/bJf5hytl28vhQ/LFoaH57E+/xE8072yt&#10;lHy1Hi+kaQ5jU8d9//ljPtuf4bmMqx4HLHTuUiONYj38HBMasd/MpFmaj1muL6n1eCEV/yQ2s/3a&#10;MNDOEdbtp9KNq3JvcYn3ECDf+g5+Rgr5Go7jHU173bMcn7PYsjUdL9BMxoT3hd3XzUwVtr0cve80&#10;2YZIsjK2F64Xvf7VnrB82/pw3ROmK0/8UMvxQio+nuCZKuwV2DNQpEbzkhdrM6tBj/kT2/owMoTl&#10;mxjeaWa7rEadpXjWbrxAmtDyUW//6ZMD+wdOnob/zWWvD+8/tX+A0k6/trs8tpYuGjeQJiQaKJ51&#10;5RsbEvl2dSKqLK/vqul4oekoZqrTLxlvN7PeYW84P0pz2CszJrt2eS6Q7yjNnoR3aKKZdZWTr5bj&#10;BbIr2BY9gaSZ6TSbZMLMJsF5+W2ukI278l2imTT9p+kah97Sq5R8tRwvWBuk2SRtOcwmIaQr7w+s&#10;XCKLP5Omwu9U1W68EI4HUt7J0wM9wX3/FZ+7lC4aF4TlKEJHI8NYpqmjsvLVdLzgXPOn4ju7Jtsq&#10;9wxwvi8Qn8B7zHap9LpPtRwvzLPBKl33gOVEzLggH7JqPq0+4gXfBqsyVnD8Q4Xlq5d4YZ6PWN74&#10;vmq2WUk56yVeeNJ4rfk63zFZ5nt71VxfXcULznWF+gEnTvFx0XihsrF7JeODqI/SeGG+fdSrz6jJ&#10;+ws0b8HVeV5Zp7zP/Nz6F277YbnT9GRiaXyW5utqMl5ouruVnjvIewY0T+jO1qstwXnwrkTV2X/8&#10;ztY0vb8hcm30ztK7/+XzW7UYLyS87x950HuO3p7nNV0vHdjWf/QpWMs9QasFraNZTZinnaJ5mh9v&#10;34/VIMvmG2oxXgCK+ewrA3e3fhKjefDH89k39mFWm9hbte5T3pkErQ6XmdmOdRreoJXi4v3QhHLJ&#10;W4vxQip+rukErZg1Mfz+QcyDz2Unq/4dZ8QFiGt+SvP3c/RFgp/2Ym7LF7rgIxYebywtThD+NRkv&#10;0IzX9w4CS/6100p6FD+Uzb6WbscYJXK+1DlayeWKGSGWzm9xba7FeCEZf8HMYwKq2N47+AL53OXZ&#10;jNjO6u5pFeJWXl0Ycrf3d9F7f+WTu/biBayHtLNT1mXLkTZMDL9LX4Gx8Xm57Gyx9Wz0bra190Ni&#10;/k1lbxzG+lGL5bNU+lqLF/D+5AMz1uZ9RPPG57b336N308pnYzQqLWqch9861HPfyMqawHL3n37Y&#10;Xi65ayxeoLXc430Tw6O0huLFIWCKCBJnU8OvDMy0V+89hkzTjcNTJOv14YvDrAvX6Ozi8BRdV7zW&#10;VZ54p9bihfGWyTZam5HWVbzXNmrel1rfgdUbxxOTrVcSi7PVxdr2cugzLXe3TrbRr3WSxgn4hPcP&#10;ksx0fm/rzTZ6C78M8U6txQuyfmLKS5j3q/szeLuW11ks57X6YsdsvO0HmVPeJzGsQT81fJPe9PPT&#10;ynQNVGvxgrXNLvNdqHcPdoW+92Tzq9VHdNG3DvG+Na6Cyxvf1Fi84NxDSHjjiYmh9Z3li8MX6wuK&#10;05/IYEWO4vmLu2+wUD61Fi+kHVtKx98/eLaF7ctNr3bfkPC+vm+Gvj9TbjlrLV4I28DZlqdxvUas&#10;JpRpWR3bD+MTrqN24wXEA4gWqzUuKCFXwW/alaB3fOFy2lu78UJY50vZg+YxVrUcLyzHRtIrZGtP&#10;E5/ajhfUNyzG59V2vFDe6/OnyQcU8pkaL6jvEN+h8YL6DvERtR8vYD6Da/v0BDh07uZV4niePBWT&#10;r/bjhcm2tPO+BO5MV9O9yHQjzcV07oMkvKuJTEtlfFWtxwtdtMLuur6zTbiji2eB63e8eGqyNVX2&#10;e/0yJkf3Kfr+3e3D/GVjI19HvG+8AvccIVetxwtYhz2XHcvMtL9A2vB1Wi1tXV+ijHOLn3RtkTLf&#10;v9vWP9kq8q3Ot/CeJAfyaz1eQKywjeaGTNE7ErwG7E6aZ16JuKBwnfj+HdZ2xHdyWb71OyolX+3H&#10;C100zxxzH3n+4MWhqy3VNSd6Y2j+/mgmUzH5aj1eSDd+Eru79RppAs9+bD9VuXXYo7ECn2Mde2gq&#10;y/eA1ngMX/cU9ieFeS2PtsbjBVrx9d7WF0/h+xGM9RTNIzxKXw1YyPiZXP1nnCQf5jda+a4PfZW+&#10;gFOZuVi1HC/Avvg9JNYE1gbMH7tJ79Qtz4ZWwi5JPhq/JobzvqaKfA3Hz7ZUQr4ajhfoS/Mf9ebo&#10;W1MTFDmKF75Gx3laL35nF1/Dl8H2i70ngS8a9HEUA23gjc+vDzV1HCNNLu99hlqOFzItd2ie+c3W&#10;ydabrfytqUv7xhN03naz7V5b5b9RO56Yab+79c5WbGMZaMMb+ybbcI508ltlvj9a2/EC3kfETPMX&#10;PMwznxj+kOaZI6W87ykW9z1dJBu2jd7tI7iuvEprL3Baud6VSju+p5bjBTumJ7yZdnxrinqlzLZm&#10;ZSgVn9D90A6+C1ZuX+DKV8PxgjtOkwaMZS4dKP/c4uI+wZ2/iNmuU9nXdldWvlqOF1ydT8XfPTDT&#10;Xv53DlwZSh2n4jcO363wOva1HS9Y20vSWi1HaR12d3xcmM2WK5a/2lJp+eojXuCxujpjBRtHVFq+&#10;OokX6IlscZ/As0ls/krG8Ph2lPtdCNTlnpeSq9w+rF7ihWJjNUaAu+2Y2yC+I0FrOPBsl2JlFpM+&#10;2XaUvifm2z7NnxinN/+lrsXwKQdtvcQLxW2MosqDDceP+rNdUnRXuL1/pZ4V0jPSrvZTV1pxfYCZ&#10;Ks0drwzcq9o15eopXihsWwnvLt17ODlwZ+tG72gj7vl8/zBdb6zMfQhvvOVaFneUMScB3x1s70+Y&#10;lYIKy2Jjh0rka7yA8RuzSaZoVcVXaZ/PzrSv3HV+yuMZKu8d5GcPh+geQnEfVa5rlsL11Hu8APvb&#10;SHMO7ZOhVwbSK/hN241eU6flzV9LrYTNL6ROjReO0WyX5h32OeFHvfTMolSsT6OHveYgG4+eh65Z&#10;aH5CqzyVxtNys2JQuHyIvpI+o97jBZ57zCsF58w8gonhS7QaZBD7U0+FbYrmFtg16InuaFOxtRLA&#10;+y7NpIFfwA/7j3rPNiF2CPOsjvP6jhdo5mnT9w8jRuCe4h7LZ189dbOt8LieojVT3juAXsaYu5H6&#10;uqGPrxJDvgK2Tv5ioGeKZqpY/jgay3y8HVeV8+grfk+0nuOFVPxKYl0f1oW9ODzhr6o4kb04hGN8&#10;URg9FrXfLu8OXXWsOz6e+CSW8nZ2TtGVQSEfkoofabp9JEcRqeWNFZ7Be2L40G5oSpR3pc/rO17I&#10;tEy2XqX3qK62XEmMZWC1uzrPNdE5rQeJr3jMt11EEhhRRjMdnbeNR9nVBR8RHefx/OOKz/tsy6s0&#10;TuTpOkV4f9hajfceNV7A+5aYTXKDevbEaay/TP4AWxG7TXi4TyC/0aHi9xGZT4p47+zKZ69l79Fz&#10;SFl/stI+oFD99R0v2Otsnk2ykHeWXjCjRI60Adu6vievQZ+iuc657MnT5AtIw+b7kKhPqdR5PccL&#10;rm1gNsnE8K5O3GVy06PH+AbUuuOIMfl3fWhnJ2bNRelC5+R39g/cOFit1w8ia33HC9ZGyV5ptgt/&#10;f6a47XbRXLS/plWm4RPww1E++6CXnl+Y6wrLL2zbXXRF0byjUFwRpitWvjzp9R4viE1gn6HZJKWe&#10;Q5xrunFQ9EC0gTWi//QMrezv8pp/TDNVisYgpX3RfF6rQ6/xgrW5J7xnSe8z7Opq6ljfsX5HR2e/&#10;ueq4fWRmO5137Or6eDvHHsV9iq2nmnyBK6/GCwu3MVxvyFruuJ6cyF6hOex+WpXb/EJ8i8YL9lrC&#10;tZHStktxww48f8Z3JJdSvjp9hMYLC/cLjm15GbrquHSgeudVO7KWvC5y6TReWJqNpuLfp1gBd6SW&#10;Vr4ay2m8sCS/QDPWriQyKzjPwbXPSh1rvLDE8Z4ihWq07dJxTmkfpvHC0vxCpWx3NevVeKG0rdSa&#10;7Zdqj8YL6hfE12i8sMR4oYbuK4iv0HhB/YL4BY0XNF6Qaw+NF9QviF/QeEHjBY0X1B+IP5C9xgsa&#10;L2i8oH5B/IHsNV7QeEHjBfUL4g9kr/GCxgvljhf+VeJnsQ3e855u1YvBD2Lf3DeXXf3fL498+8C3&#10;Dvzo4LcO0qb7qsThmwf++NTqa4LWoAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKg&#10;CCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAopAtSNw&#10;IBaLbaDtGdrSh19/vcGLxT5Dx3+ftjn6Q/6/pu3PaHv1Cwf+4Yt7OY9OYzvo+EXafwonsZGXzS5y&#10;vBCabXtjseeo3K+ZsiTL3jW/Bp6QYc1zuR8heS2RJPeuMWk4f422kzjw/+IkdyNt8reOjp+lbXvs&#10;fUmifWEZHYLQYRSHTZT7HG3AYc1ei8N6SttAG/6eow3H/x8AAP//AwBQSwMEFAAGAAgAAAAhAEq9&#10;P2S1XwAAAG0BABQAAABkcnMvbWVkaWEvaW1hZ2UyLmVtZux49VccXbPuDC7Bg3twC+4JDAQbLDC4&#10;OwR3DxYgCcEHBncGCB48OMESHAaHBIJbwgR35pLznfec79xf7vkD7l7r6Xp2V3VV7d1VvdZuIAAA&#10;cHnAPwP+QBAPuEChUH8RiQ8ADBACAEyKGkoAABAAcAUCyB70D+x/jHBsAEACAwAwfFD0/g8NANAj&#10;iwmYPEMDPDgA8D6A6QEP7niAICCA7oETPwCNuGf5r8+A/8RfW3UFAAD0gL+2AiC0/7B7CPEwwmWf&#10;gDAAj/6DAwDcIACA9YFT/cc8XPY/bz+I/+ZCIADwn1j/rWd7AQDovPjfPM8G+lee/4oPADCC0P8r&#10;PgMI978467/lxQzC/q/7/x6jJxtX8p8c/p3jgACYp/IAwO4D/tmPf+z+kX/3KEZLU5kAjwbvgRKA&#10;VRQgD7LkAdM4WA/Xn1rTfwXQG6IsD6gZp9t7mGA4yGnIAQB1ifi3VpgPc1wPFSNvAIDU5y+AK/aM&#10;AQCAvDlYQU43wPx3LnZO6sDV18SwoKKI5Ysf0hUKkR43Xe1MdFSi0RnWcWzsSjaxMZ1sgyukBK9+&#10;8ekTf2539U/VAdbxkPQndNooE2PWMSOWURe5F2am5+fhG4SGvnkTDjLtN4fSwhOjt9uBeZmB9qWj&#10;iMHitqez6Qm/rov1FmuWaysOEN0DzLN2PRXaP0IbK2q8UcrObWfLWzH7++5RYJP6RitbOcfyzW9v&#10;EJChZMySEigLvqoamzJFappqAi8nH4zOSMuYW7K+oFHX638a+iI+1e+7x+219fm/9a24P8TAlDEh&#10;fe9tZIdEsrUT3Z7D6yMsDKC/36TGpjy4bYLYGC3OC8HuNppysW6tFOZDsee4ZvyqZQrYIiSGau4I&#10;Vf3oPh283yV8DgjMeK39EK9RX76NTVqP0WK59ZpE9NgZHL1EgbUOb98NTt/HFc29QVpMO5fx9W3G&#10;Qv+6J903iA/Wdi3bj7aZmYz/4WcoapzPh9vf6lhJrz/rUxNaXOp8djR0GCIVNUTJ9rBCZzYXsOgh&#10;E3hYkks0wJggb8ZBDc2z3gwbMOyg7FMuE7QgNvv7H98QBk4HdAGaDiriOYr3Kbigq7iHiPp/V/W/&#10;3qz/b/h/1dKpIpad6859opFWKK7jSXg9SnSjZclxdszk92enxp5ZxOSC6zu9Fp9VXPDVG0BXNuZW&#10;epwYNqeO2XX+7KTvTQv5jutA/gqi4LY0Ufd26end13nfg4tpPXTs0OfqS4j0iAfb6R/X5xN+K/ef&#10;dHfu37FLX0jDS+ScbibV538T1e4h3C+y3EKkibh5broFHNUssJboCjralBPdZyWkXY02TpfqBfdd&#10;pxAeub2zyb+7iZDxdnYW+ClNp3aFY0BVtbQ51f93f/z7K//bIDWgQPDDitXcfzX3VWS3/37V4WFM&#10;+l7YrZLeYNavPM98ugSF+68CNamf8VL1Y7z8bVu2v8HGxQj2O0QZV5yEz2MgKDAfOuBRQHWp2ll1&#10;30NzaP2rB/iMnCTXrCLLNFzTf9/M+NBNhr140bYcft9E33LyuCje7saYA1ctjddo6WNjRVXVj7+N&#10;K5IWuPqI0ai+8Qj3JwE37aVvePqvlbvlR59xiofv3JqSFxL36ZCU5e+7R94THq34G5zfM6AEdTyU&#10;ExlW0T59cKcP5muij/+40Ca0dSnt8CTmBaIGVZt6YJbv1TFFjXnXxfY76GIPhX36q7Bx40e1wFvU&#10;KS/M625k2u12s001bOKasO7QCprG25SzL3XzA2CNOCOaaLuPRluRuAsV+n2JtDcNmx2bWqkc5P4O&#10;9yiWtxGxQlsN1KSqXg0KS17vLL+8EJG4h12HuiDAt8dYLRU6GTA2tTGy4j/qW2LkUBd08nGSgsN0&#10;1lvdAtOnMS2QVQPgtypaCz1GrC7Kt6Io/HXiFpl9fkoJypLcy0i0nfLyDwHuM68zOtnUNLjIj5on&#10;FDpReEk6mB+NINMjSX42j5WUZLGNCW0PyALSAwjw4DbwMlCNjz3O7oZdLMPCJ72iZ7ZfoCXhELOW&#10;39CqP4SkOO5Q2xsmrYFOggw8uTkKYHjRNmweDzyuvP+kLqxUBIS3WHeqx6400EQyoabcKdxQcxE3&#10;Uwl8xN1ClbEkxCQ35AyXV/JzMmMN3fujUsRTfJv0XK1EXUTXanJjTsy8nabMAAU/IEhuDFLeD1SM&#10;1D29BpCCSALEP9Ge9O2gKGOzGb16FEocvl+qCTHe55X/MiM5diif2W3b7eET2tLzxKIn0EaJc4mf&#10;mywGtx87dhkEdf8MO9d7pz2XvRCcy514pXojBC6/qDtTwmxekULvQe/oyG8Q92ZB5oxJcDfKzmNn&#10;YPzSi94KQsXoNjqlJ2molYBYupCKiK0j+hRt91Vd1tA0pe4+SIJ/Q7h3e9dq8s3MtzPNxbCNKwvQ&#10;88rxPV/L+u+oOsCSoLpT9Yzhtmtho6aBFNJ6mblaZJcTjwoNgO5RSP+tnZHz0Nnxa7DS62e8DBwH&#10;F7adNxl5zzm6ViCGAI+YFpnmvfigxAnj+XYX+HSl97eKkjFFiNFqO/M+SsDskD7T51nEeHa1ktmT&#10;pjZ1wKRlQetPvukdUqCNpoRjiGppPXdXjWPa4PH+uaO4X+FxwEuEo52lshhmQvKHNe/y+ZeBslv9&#10;DElR9EUTOnax93rIX+Y7g6HGIyIQRRf+kmBD7vX8av+vH+n4uQ6fRcMGEBNEKhaslb0b1ByhWt+c&#10;yHoJx5WCXq/6/OSrzBG85p0lrr8dYIFn9/jCexeq4ImsC0U5UWvCuq6KL+6DjTi6DOOlzdYoItb5&#10;+5oXS42+mtGI6axI5yVcooY/r5CFo8Gya92uZFRBNNU70De1nKbMfxi1dk7pkiDYNNoktRjfeSWt&#10;CT9hgB1UmpHTzAf6vpAlwTR6YRLUk5KLJyc5AGHZxNseb9b9V+JfbG9Ex3yrSLRr39U9N+Lyuq0k&#10;r/lXckVthDFRNEFJrH3TIt/iwz34COZNf94lu1nOY8YfyKZBjV/qn1/LZehpt6216+VCE8I+SfVr&#10;fDgBnjO9Jo479blthcxvvNGcbnegqlbUNUleULJ7prr9bQbr6LNYDDjPpjhEH3d0420LstM3o58m&#10;SjcNo8vsWSf/ioz2EiPMCcfo3nqSFQyDk9VCPqtCj57T4DOJYCvl7ST6zJ/lZRak4SbFDWIR1f4y&#10;avT07ufWFFo6+VrRf0Bu/xbx4dS+vMUiO6Y/FD5vLIoQ16SrtwLr2Iez2nveD9EO8cuwz6oMU5xI&#10;DUvQ/JSswz67V5WyrtFUFYzidRdo6gsUe1bkVjyRIiiOw1SCsC98m41uC6g3ZY5clfx5xHvRLkDo&#10;iBVJuZiljZStsnlnRMkmBXYdaF7mvO9GaN76+qa2ok3BqIFt1XThDR9DxPVrn6XFwacf/9EoMP3z&#10;tCs/HU+2eUGVaEXFMQJi/xWvUVWLsoRaPm1eo1If1kTLFazi91KWDn3/yZGFWgXd+7WaN3nwCVkO&#10;u44ylhgLUd2gZaLfba7pAk7ZxM4j4HlZwb0gJNOUwJ9Yca1nPh4C3gFB2yFwAR3EwfOQp8pFmzOu&#10;dZdK63thot99RNd/vj0/MB9OeX6JjkWNNqBdpfYucTmK3Wf/9IdPv7R5xYWwfuyHI/UXaKow9yyp&#10;r1wEuUFtVqezrJ8Oq86zivzTRA3OIbjMIwO4xc+owb+Y9k5vfGZka1ZicisHq1PgNLW9GpMXX0+v&#10;EnofiX7bQBv9ofo4vcqFnaYb1J04itPx8btSrW9C1dB7lDLwsDBITwY99Vb+PSPLWkANcmQWbC52&#10;23pPADHZaTguWt1RWTdNjwtq2b8RibaTjEnOpwCWB3oruhPodhiI/lnIPmF7ISaG7xhenzgsmlhe&#10;Im+OK6lVQWCOCOaASxtIWs3MnkZjsTl9Vaf3eX+hz/wSMtGuE88C3uCzjKqU5ytZ6/skVIZ3lRc8&#10;Lg2lo5kNUn/3jCPGt5P11+EeH7ZEnFhf1VysAAEkWcZMt5wL6KUoCNMo3pW8Csvy2kjZn4mgqsrQ&#10;rlZqlRjdpnMRNutkQNs7+uCfGJCt/N26x1a3GkX58Zf4mgdJfYORyrNbTTsTDk69Vf5sMWdMzvLl&#10;nL2+4FZkNW7076bmnnbmEWBmhIKiNXYE0lSvt9MpVZycgiXCi4fodRkajj2cGqtrJ++EEEmKVrru&#10;rcf8knvMmbU6dA6q4+jcsksCa7zJ5j6bFSSHzzcSbxZPGEG3DeqhLH9EtS2u+kv5RcIDaApFPAQj&#10;v7LvYUHTSQrDFKh8G7Ryp50nzoAlAYroOc+qyPezvU5kt7VNMAW0eGt7QStRSXbkHd+RaR/6iWCP&#10;qYuxsqLNMImBtPwUarYhaORpamp7ozpbCbW+leeW4/yjQdVRlHHcXtBLQ6ge8GT6LT/C3YP0REfz&#10;9eORd1aNZ0WpJnq5c0zyexmS47eNuBG/92uh1NA0rulg7xzJGgonA55gs9vXbWLZpENPtTQHSqoX&#10;SPfbQGAz0tRBjuvnGogr6oFA7kuXwCSB4KzLYfcKGU99c2B+9BVFFHmQf6bV5/F4V55POXywG7S4&#10;rXAVTlJPUSoviFDS24PQfJ8+vNYU3HVfINlQdcIxtt62y7Nm/Omxo/I36tudIeI/TT3A86ucz8ob&#10;08j1jQu6+rvhIpFVY3UlaeSES+x7AfhTOFe3Wycxj8mp3CodV9uRBfVyGlKJ+6+qC0abEntO4cfX&#10;iT0hPrkiUSsOEUUDEUcYNEqO+ZwFI10Xacyi+Cdsm3+YGXY4UcqjrNVxV7F6BZJo86ozIEHP7Fiq&#10;cIHL8YaJ/LB7xgm8DbLL1Y/+4l0qVz/Ml78gyeaMtFX9j5shEVhcr4dfScnyHTPxhaT/2M8dgto8&#10;fEBTP7gsK5J7FmIpCyelXXVg26Xged3ZIZhYskz4FjNmerK6NhK1i58SjCyzAtiLl1hC/RYoBjTS&#10;fSOgIvKunrHD1ym2N4f0VCaN7HHzAO2zlvZj28nWIsn7tXcojHXsGYqvsD0rfdkVpU6xFm75vh4B&#10;TMYXiT6dW9yb2Ko/zaIvkmzRFh36HZC4TkQeFKUp+OKC9aKRpO5akVKKhu4aODdayLjp9lijtpGX&#10;kdoBc4/aOr5Ob92793LylVpqZFC/XUBXsRnOyifawilNv41h+WG4apV9+YYNhmT1zcgc7t7dlGz2&#10;6JTBrChByBgUmPV+dJ68fiNEfkZjtP+ouCkL6vaLsWJ6D49nrUFg1XTFUilwvn6G236jpWLKoVeL&#10;mdOxYAK43VmMYphqR4sR18XsABVctXDbEaOzRJyoBlVgsaVE+qOfUhIy4QAL1kfIkZKlpvL32UkI&#10;WfXArkIR3QLRaUGx1I2QquSjSRdbaf64erkoglIRd6rf7BTQiSxf4kdw3ZUdIRIUv0q4wJISm8uQ&#10;bbC7dCZBi9acNejJ5qWeWUeUjjJVJ261OKcZ0r6EhazA97xhTXbf97FFcXn39mVZKLDqz4nMyQ92&#10;ocEuqi75iB9+9sOYAlj8PEUu1CzxRSuYix8W+J1zzHMd+3Ehdh8bTEEhCMtyzRgn5vvXdpdPoHGN&#10;eNTMAL+tpjd2jdbklqVv6FAdyVP9H7SqqwhF0KBmqJcGbIyLxhOkpeWIqcujigwDsHQ32pUrzcjR&#10;qr75jtb9Q9olPq3q6e/9ywN6kgPiE6CMH5VDnpIkuX2s3YXhFIszH3WD5Ya+17hMRyI0f+1951W3&#10;ysOgM+ifh8zexe+9QuZHTQ14zKAKFVC4UPXEvQFYZbKraU3GIPi2qsumKti7ojDJ6dSNc+vQzq0h&#10;I0INyThgXLdhke17I7ooZrxcp6yLIoikFHbIoEzHojGZetf7bLlAc3YpNvEVgMDvXB+71SKrZ2H2&#10;KnDKErqbr2rtoNRY6OScQNOyWBrCvk//JFxdZ9FABFslj7bJYZQTCdq27mPNmizFKvmSuiFuT48S&#10;RrjVPBqk8OvAXD/YZI99/GKJYziFFwbO5UkmIrdKo1lfJ2ji/wZSp6+UHxfZrw3PnNipXRdfK+Dx&#10;7FZiozLgmR8BJL1OIuZkmmaBEKTYEfkRFDe+XSrf0Kv0QqCVsJ5kFSjY7HpHB+Sm+q3f9UnQRntY&#10;2QyJ0Z4hOSa0SCkI7LPGjiiHq77VjNA66rwhfZcUN+38Ehcm7nizDQB3OlV90iU9o270oArRkF+H&#10;85B2Q/pMy3AoHZZqf+jYm+nusF+XP2HgnVsujwKkroQ4ctQZdDngAzBZ0X5oAIQsEDVA0rtVpQJe&#10;mxM9xNnT4im8CFDowrLTws4fXaLiRkmgim5euFj0NfPmSTJ+q5RWZ33QuSWieilEfb5mFTeFS/WS&#10;1fb7wsaMg5tAFiPVZnzKefKerzS7mTNoMTxFtb9doWOchz0JJzXi9exgg12p6ZtWUiV3Vd6hKZD9&#10;4xlV6/KXPdQlDNO2gGT0kowglYmLCYPnOWzlbxfJeo7NQycIafoBtl0r1CsUr+VFNVfHVVHr1gWs&#10;UZVcyJ+uZEqOOr1H6UECuQsavI5u7FGgEAGoXbzsXr+m84JTpa9UfNWIL4EOd44RtcGO/pkzASds&#10;AgmbKMbjyTow3HTc1jdzd9J4OEqciRKYaPjmhi3EXz23u3U8KThl/KZAdrMdCZXTCXnMsXQ5UwD8&#10;EI44k9EuNp3A4Y+b4xZi8fgq4cbLN9eezLoPQs4rWXfjFTdSE/CsloZUPLl3gOft2yl6I6ItAf2o&#10;hG5Dmt/HZ7P29gPj8XdgT03L1MprE5YZHpwqDq7E5725ybSbHySqdMqQqoY5lZon1DQ1hl+Hmwql&#10;GOxU1i7JlFYv+zdbuN3hvUXboHKUWx/50+4yj2BndhpZ3fAQL76CnLJh+iX9gqjU87UKONuCU+ut&#10;FxD2riLZltvtxoWJwMY5SrdZam3TmkHr6gtAiIpu3OAziWy0QCaUSdgydYxe3QZThnRgWC7YOvSj&#10;jMWw1MpUtrqqvBHHlFrntrmgFXvoiRxunwDHTzbnU3OqAS2AqjdkkSybNJVm8y7woRZpoU37k4fm&#10;SspjtcW3oLvMoCQuVhn3wUJ4CYMBbTZnIiiwVD163gA/940XMYB3ayb8qWj9iwkN/15sHjaJO7xn&#10;01RclPpifrTL1BC3W9Jxm0fF1EumBaNtK8BsvNTRvSfMop+DAlIP+EtksrBtJXatytjVEh4OfCbS&#10;BM2CnCPlzDX+E1SL/T5F1naFcUq0CrcvRXuuguurrhyrxMqWzmNcdfcMgHnytLiDHr/ny6hOXuIU&#10;V5WqjWY5ruOcSTUIuuiEk0pTBFdKZgthbOU0A9juC9fvOJUWU+NvU/1TnuGmin5i7pxgZVYeGWeg&#10;YteBPJ7J9w/XvVimczCs4sUQDu/jnz86TBuqn7IXyiKGQCxvYjMCtAuHSAv3zmgywb6yRRPPe19V&#10;DlURt3ZeGLx4Xk+h1bwHcuBM6H86TTWgvOrKzGUUVLlHfJCXcF3GNbbDZeDNLc3JEY/DhE4LiYTl&#10;9sJVE/Z5SHFnX8YHoD4b3m29MYrx7swsf3WLdPHELXY3LVo/KLrXPHXSq6pLwaPGZ02+iOG+Hq6a&#10;diYIJpUXtXvSGca6/ZU8v+wRawmCqrerUMC4cjcoXhNmPhWoeiyCGL3E1Hf9BO/1GzTVlqp11Grw&#10;cp2WiSBwPDaPG97m3D87k/tBBz+XAL3uZstLr9XwxS5NFhf9FGPS4tS4ost41lz89Zt5jtnowlYL&#10;NUxyJQXq1V7/lkHJLFIp7eIINv5RXouUMye8wZBcEDjfIKBaiZOPaKRt10cEBspwDuHnlbuUj7+D&#10;wGibRd8Iv4dWJbXeS8cVZNNmkn4UB/CcRNutLMVLWq1S2KZFFa9gVrTD7PnaVTI9RgtTuEankM4p&#10;q67tdaAGW/3I74YWQrovxkuUJwuu4qYi0W6GsktWvDTrOlmJEWLTXRdzcaNAFSt0aI1RiEeHg4Qb&#10;W1zzF4VQI/FznZIQFvLsbhisQ6th3Y6ZW7dZJ/aE9iikFrtSUdWZPZxHxAHvBO8kWK3DtCah3SxD&#10;fQiSa7T7/keZ5rJC+CbaVunvlARUuNTVobNJmbtwBQmTXvk8jku+ZYY4LAloU4+ezgw2WiYspmDb&#10;rmHV4Gfis9ndKVHcEMysjpjhgXq0N/mxflAO5IZEE7gkWA9hEwROcelmMr5qDAixp39NCZ0JmdBl&#10;9WuFrzxC4Ood02wNbaWgw3tQb0GBDNh/3IXIWyKi7mrb1j7DohsD6+pJONulboZTyWhDzWjHM0TU&#10;Mj+uKlvSPYGdMEDjV4rMu7B0VDQzlNgc6MNAVL7VrEz5BX8ECfR206lpRoUXyMxcinXVcLR4quUq&#10;FhKHOFbZ19u1d+rRZ3E1W1sxd0Dro09ojyGzY+o0JZJc8gLhelo/OsqVGL5/P+IpUcAh7GjsRymU&#10;3h0f8MlqPY3wVRT74Fzgn1rk1hHJM/qoixVOc3qNNR+W3zQqjwsGuSR6bUCT7tGbyA+61TnAgQWg&#10;2xyEQGjelSPi/bUtTz8VnWwvJ63CF+ZrcxrpmowocRbkx4vP8M2aofqIA13pGXz6lx1mJYMB2AI1&#10;+EkYEXk/iiNNuOPFKUV9KvyEt18puEvRt0hqYbFnd2MQGJVpB1F1/o75IG4OqmeeLWBM8SzcfQum&#10;MR5EQjpPiCspnaVnq5IQ5Ef0yVVoJ+uv/etNl7A+koRRTL8MoIieMlY49RMeQl4mbsOvsq481pWQ&#10;MLSt6uK2s0srqmqj3uWhhTIaQTXu12iJY6IUZ9FgG8BBQG1x/ZEiQQp3YNEdW9IhqUA6xlJVgGR8&#10;duHBmKZSx4uaw6kNE6vTZo5HHqLbxIsq3tQakNboUQAraJH4DLnTcz14fIbN2p8pwT0KdvpJ9II/&#10;l31PWGBK+kVKbpD+34wWXNEmtCJQLAFjtYaAIfeIfZZOby7xN9FTWWym/alz1euBMt5x0aQyspsE&#10;QSvqaV+xvPGNHgp3uiDCjk7ML0kK0Y4D760nedMmnOuVGYUIoSGuTl+csxYabyc/ksXBobYTo92T&#10;H9heThJAL74OYybQpT07/yLKo16kyHqzvwN9MvHJs+oThxcgVGLsjzG3sa+S2sXEp3qoj3VZOa87&#10;xcGeigC36NZg6X73HXXJO+1YyFzMHeRMwBxgrvqOK7XtKuJaMFzkprhTuIuTW1q5V67WljX0uVOr&#10;pBYkdCYI2pBjilyltauno6yUml99ST60pTiCr+eUQJKHL5CvkpVQ7luJ1WzvEzcCO95ImiBK/nbV&#10;syZdMQVg2n9eKDdhQdts2C1HdAipmCRLHT+B64xus5gB/aibrdq89Rryfvinnl3qD+81NCQnQfHG&#10;4j/h/olVYCDXeF1xUfZJ9ho/IMhVWrduKavN5AuoNMAosm8w4ynCMqCMo2Jkye+Y0aS8Bh2dKEyI&#10;ABOExwYkZ/jomeB+juhjrTE5SBN5/5pnvVu/i+hxwxWOCl0mzkj//Aka0lPiV/21tkRur3tew9Pa&#10;C80XaLE7RTtkR3HHu52UkrsFkok5llpkNyW/uMf1LKJSwN7hrFF7T+c5UYc+jU7IQVcx9UgXTet6&#10;01zH91K/pQiptDql7hGpZO2lC+X01UUjhi78F4RayM8vYW1RydbMEpZPHm9UNdoaUuAXt2SNigHF&#10;QzMB7qXvPgCnVRxCPhDNLTdkvvensBSa1iORHcQKDjnkY8rjwhU1BgRpIDO9R/DLsjnVXvWF8p6F&#10;MjvJ2NoRyKNjkH1dwch5lPGST51HFgM965K0BKWQe5A7asrnJ3zBl/WiY4npEc9Fs/VQ4xB7lVhR&#10;ZQm5BJbQXkAKLU9WSyYXj29hW6gE2RGKSsmdVkjGC7II1dXRzRx59ZqGLx/IqmrJ4uniWSXTRKLJ&#10;Na2CLFsv1Laq84Rw/mTOTyw4uvN/+GMvo6daPXNNHOEVl3wcNI4a07ACBAjb/GSn4LrHiDuRj8Ff&#10;w+nFqg2ab1cuMF0xdRgi2uShzcQH5GlN/hyWFd/DO63xB5tg+taPYLxVg52PM1e6qg7tAmDL3fK+&#10;4jwZYbzm9ksRch+7LL6XtugLmNS+YWDiYqIVkhCDEyeJYMVzslPu+j+n7XrcNMahTG2b8cIIPdjP&#10;jgk2txkNmIxbmuSAPblPJztlFH+RUYx/1S3BVHehjrSQyzzSlVeL4q1i/96YOn5fkeKgx6FBlzFP&#10;jpYHKGsdeqMjI/B8ibUAYjfR4OSn9M0tm8Q1vIdkIhFRns0jPKHHz9M/UaWr+GvC6nSOjGMBD0An&#10;FpYfFCm59FmLNCkQQOheHsqh/H5NT5HQwIln3YUGXNunu+AYEWJE9+hZpAEr2S3JrtbtOLBZgBDI&#10;Zzn8yo9vMEFOLcqoVs5+b5Lu50++nzhZ2wjnp5PJQ7FvXQ/CXwKeDc1c+/9NYz73Y3UiKfsKl5ii&#10;8re+qMbS1Z51VapO3/7vZsMx+YXqDCMS0KTBAAuypAV3FZWQ8ccqb+dcNu8mJa11yFhky7l80yxb&#10;BX+6jw07gntqNjfNI+xiXMbbdbbuSZx1JL8weMqWC+RjcaZtb+MBUsY5Yvz0/wbdwNjyjG38hiYV&#10;aLWCsQTksPBdarETumvSSGi1GqkI6pV0yrF/bvzNMG4tCyXPvY5qqG5ubY5KReXtPyKbYXHYvYHY&#10;owNUEnas9xf/VCelFEnuFYmkqZGNqijeKd213LSZnhpJaC2+A5OO3lSEI1zcPa2/fhxl1P46hgvM&#10;E2/DtbdgL+FeskQRePtX/Pqievm7p8sp68rpbOcSCR+5+0Kz5TtOgPFJ8rKr8ItAXV7UAVmwvMiC&#10;BAyPWJYxlt97Fwi8XyMP30brPtHr6tq4GydBEDmnhu7/Gc7olnmqZ6GoxZ6bp1dRuTZj5g0RMlgN&#10;cpCSMM5XezSnKkp/7fey1fOZ3UpRUV9/rD0vbnShDB/9Ua1OJAOfYEhHuOfxWwxwq46otSwz+dk5&#10;8Cez9IGGvVQ0C3h44ys8d0HgSFZxTa/kjoQF5FJVBxlbMDr1OIq12PQ5CnMPmbmpPb4LNoPvz8PJ&#10;2Fs1rysioOW1ceql8I3nsYtYYh+2NLpmlHM3fry18aocpKTLTBZJxwkU/kDw6viFpYkTnDJH7eot&#10;jX1bz835WyxwpT/GsfjMNxbJp6y2jpHvg/0kFpjIYu5YDgJQJPmLVRvieJfx3KtUR9JP/rievnxx&#10;5/3KgKpJ0dZFdb62LM+t+vv4pV+a6meN2++QReWe97mU9ctO1vc6Z3rLTNWkr7LW2ekLZlAueDcv&#10;K3fARyskAnGRPNztAn32vftcaXMYcEqm/wNIILffV1r/YykqZGmDCYddVp84fiZ3RGEusJUX9cz/&#10;rVn6TEnNq2GYC3xVgyx1TjpoaQTZ1u9Jkr2Hn2nIbquIJVS1zR5qoycYcdNmYfuvEYwWYgou6j2F&#10;1gujbzipMMcpcNpqCJLiGecHmOP91gZGzhRGhZ60SbdctoJYMuOgBW66GG3WvP2SCfBTr092TYbs&#10;torwXBI2LpTZMxtzqDlQYjYo//mSkleNcpv3E1hvki12DKcakHhz9sLGCkF+Zp5zYltISkttSzJ/&#10;fq62eUzCanE2Ggij/PYj8Mw4XmCrR+J/aJP9N2mn6jjZDG9jE+QM5U0VyE9gpED3f1Ek5VeFOKmE&#10;LSBqmwU46haCMRcY/Ai8i6Txxqe33LBbe5sQI2gkJYhHffO5qUJb25SW2o7Y4y7blCuimxzxnQuY&#10;YAgWfX8+61Yd0WZnwgeeLpwG6/8vzWm15nPTBA0YlB9ODfHLRpbH/JAlS5uZmHOW9jxdNiL3g6/1&#10;Wme8hYyUlC2peG2zzMwe60xF/NcZJ/574+6lz00VAney2F6o7i+gs+uXksy8ZGXPrQW0hsAlsPg4&#10;A6AGA1b/Aw1yzmWkHibRegpWVAZ+HYfczRWYyqF3hixZ2oyECsbxRVLymTEhKIuZXrnTMGT+3cre&#10;pDC6JUttTzjkaHAzRoMXs4sUux+JCDhzgd9sPRYoV8j8+rdG3EU9qixZajVxo5qkJAMcNsstV/iU&#10;IPCtDuF85IJRwS7Px+vd2G/D6JYstT1xCULKTfxMwLtC0nKkwFdTGKSua/WZzkS869NO/Jgv0tZg&#10;S19AYnyBTcl6N6tC7CYtFoIb0bbtgiN0a5ZsLVmyZMmSJUuWLFmyZMmSJUuWNiOxW2/E9+KVTIOs&#10;60bYLyLh48jGQHaeXue18bk+XxZirZ05rkFb9HRZRQgfr0FsaeCsnXTnAc6gtnAcbYbIP1Ue/9No&#10;t3cq5fjDa934wEkDN/4Vc42e981hnbytuGPRXH3seL/gltx01P9N2on3v6IsuIkt8HT3B2Sd+J+z&#10;bvxP2Y6eR1yTyHpQ4777fi3lxn6bcf3USNdLpyub3l1kScTNEOlI7LCx0d5nJp3Y79lPE/61mnBl&#10;UwMdpwY6Rb18o93hhxQRGK8ZH9w4sSzlxI9urqO0JWUj23+/zo3vZs5FD1ZP0mmBBjewjJM4b8j3&#10;gvPVORhB/50iUD2Wxt2vwjuoJX6Lg9TB2N2Id/i4CnOq7qDwL0v5xE3+AsDDd1ZuN08VPoWbbAv3&#10;fte7sf0yrveSGuz9ZNQ/OHzc5oTqzrjxf6jR3xIoXlBef9wUHksAi12VAslQ5Xu36uE243HjepMk&#10;ES/jNBDeMyeWuP5Fqoe5+p+dn8c1d6RMM9SOI7hNXNebkXTix4TPLeUT22HVCK9P7NgPLxQOJr0t&#10;PBxrNWUi3qEC5cd4qSC9wseriW2cLHdxMdP6NBLv4IjKJfv7lu27emkMALKXu86tOiIV9Q5lU1ix&#10;PcvkxfF9/y2SFx0KTxnl8YMcmNg1yR062KnNHeDPhn02oNVFvb+qHIclHe8gVK2AU4VLH+8k2/f6&#10;gcB0iQD8cdLx35bU+3theWs7bhelHgrLlqMR5qYK/4g6hUx507uATNnEK7x/ZZcNqXQB8RlzIFM0&#10;vO7C8Ydlyj+/rCntxDhga6aeL05F44fybERXL2LOmnRix2TVULKzaiRpMg1u4mLZZAc1KF3AYBIQ&#10;YXtxfIjSODgbiV8ikHMs9lCFf+Jxz5F+NH6yomoHpXumuTfR3BIbpEEj1USqdgnvU7xBDSu7rLfU&#10;bfyYZKRqh9wNvMPKyr6hQQS39l6SdP0LFQ4XwM5UvklJ4BuSEe+cmg5Vu3NtXyiF26Wi/g+VJttX&#10;OZjhEkmy/yqcr3A0W0OS3QPgNbLOnCcp6aAc100Ho8yqxzMF2GuS7HN340NUJ2cOi8R+lX+kN/cc&#10;Ka9/KZ0T2CLMM7Yd4xGkvE5X/OHpiF8vjXG96mgQpyKv666jLx3lQHljRW9c7ZeFoPxEz67KhLZU&#10;Wuo7BOUiKolndV1i2zIY0XuzVXkfaQDwnip0bn2wCX62Gum/uW0VOA7XCsANxrPF/0AVvgTJW+/G&#10;54U+gS8BnoYtql1OylBeHwtUc2i4q3vs+i2kkd4/Smljy61Q+p/pHQ7sX6j0Fuj3WAYoeFwzYhcf&#10;5yruXL2zPATQHAFyXsaJs6lqudJ5WJ9HABYkq2zJPwncz+jdhYr7rvKYBX/65D7GKbXRxD4M9nCO&#10;kIS8MExTKjh+WOA0YS6kmqZnn6k8H5CftMo81eUKfU7Eq586oC64qpr3VL632JdNR2RgJX7uUd6L&#10;sqo78T1D9ck1dRx9/WSdE9uLuF8ZMndDO96zAFKV8bIa+W1VBnuHjc3EIIBtElSUfi/OSK0Sz5xV&#10;juuU678g0NbXO7Fzlc5Veuc5dkcqPmDlAqEyc2OsG7thVDT+idJZqXee1P/DBZLRNH5wnJ2XpYPI&#10;VDhJaXLyxwKFU9nJxyhcjTh1rDqOpB4NOkHvD1Ej3q+0AKmA6Y9kZAzQMuJF7yxgfzQ86/8HlSbS&#10;Z5KeL7wxmliu+IAlJvbaZZzeewqUL8K7pP5lKSd2ngAzQb8XCCyLxddI7nQcI9WsMp+v56tBOUz5&#10;Kc0D9GyKnk1GGitcpP8mCGxLb4n24d6am0d+p685Ckf5Hik+KO9cwMrUEB1Y/HGI6wfKf0gysKsv&#10;VzzZtbEbuDKGuF8ZorJVIc+psTnUNKMwSLbUixw9okp5qMbxfidJhku+1JW3EIlGvODKOm97jiwe&#10;Ean6dV2HXonaqN9HkmSw3vsIoKlBL+LkNKW/h9KdJqnB4aRjZXPthy3L6bwc7zw6Gr9S6R+IJJJN&#10;JRVqJMQcTpcw/Jk0/YWNbnyO0r+W83Fkx/biemWuc9P7SOePUOXYdIrL8YnzFeapXBpJ+3sko322&#10;y0b9XcTHBM40Eh/v5BobVZ6KJPZR2fZPO736m5M3nNjvxf+9bFtV3k9xkUF6yypH389bDUrlRyfA&#10;fkRS1wlkxgdS8ZnaUr4TOdpQ776qcv2EvNA0ir9I+c9Qve6ekf0oc+WOYL+2qeMz0Co1FVU7qp5+&#10;in3a5ueUlzrR6Kp8bhdYqcr5D5UgKXFWo5uYq+eo9PGq3HpV2LuqsM8yoU2J2mOjG9NIquTT9O7Z&#10;kiin6J0aVA+gxKar3UIg0X9KH0/pVwWKA/IvFuI7h/zzndG38sH+m690ZpuBRHnvXfV7jHj4FEAV&#10;nuGeVuOpgV8fFzXTSFdzOBcSVs/YLvyWyrNb+KohVLvKxMnCM3Kg5LaNbCSxg+l8sveSbkw2nzdI&#10;7z6g30zdPF4MlCrvMQCGjXYMkpg2y0QSZ1MfChcq/mSBmpN0X0bbkJeeH6xgQAnwTYeISvq6vjqV&#10;ORvqUUnHOvH4T2mlfRkYYXMS9ytDOVCqElalo/ELGEnT8zHU9Xz5SDch6eZ/qEpcrobgpDQzJcQo&#10;UUBjCmWGVPA7+v6WKvV1/X5HEnGxOWtbDTjS6dtZ/11jQM85mpK8GmYXnebBvmoKSm9XpdOodD/R&#10;wKJmqEbA4euGuM5N7796T2U/JHODwNVV7yJtOV7wFTXw6hNsVw3iukD/X/p/qdJ/iwGSGfFL2iuN&#10;+2V2mMO+9N+bCm+oTj7Su0rHkw0q0BVKSoE42b57B85c17MnFXeW6u1tlQHT5y3qbXQ0wXnjL6Bx&#10;4EHPDSgF1JkC7H7K//9GaAAoANdK8nIO0Vyp89n1XOdseImPRvoq6ldnM18+KFVRlw7r1MlMnptG&#10;cPzbVMnmhobQPluEikN1Z2WkU/lqCI67uzXjJo5SZR4kgA5SWm/yPpKS+3QykfhZeu9DNaSA5p+d&#10;f14i3tOocgYM3HggiYKUAZRzDCiDi5pS4u1Tpfdwbd4+FAYf3KCm/2eZzVOyabkmRcCRpDQHf02r&#10;jW7bJ3zdvK93z1ZYIrX+OlLXnAVKB3T8JeL7OYHw3wLCn8Xv/jJNxusTqfp4PigV5opHSf3EUdil&#10;+n8oJ1cIWOzNZiB0sOIdLn7G1Du+bOD4S4WgVD4zqS+eDasu+4YZcEb93yjPv2Sd2GCl8xgqXWku&#10;RANt1GvrSo3WkJQy8nMrFGaawknsJXA8JMm3fKxRjxjjsT8FoPSPU2PMzWpEK0lzBdMqirO1pMax&#10;qsi3ApsydjmrNNkO5g7vx9gKqoZ4Vg15Yk1w5w3XjFymUXQDU0vDK3turYY8Re9yAen7SXOUYK9e&#10;TJUo7/nhIaE3Kuyh3zsr7pH10fjErJ5rhPoa+9eZquKaFL1jJGWdW7X6ElNAqTjn6D8NPvzXsIlv&#10;EN8qPyYKqnOyeP4tKjU8+3IMnU5xnigEJWljU5KG6uGmWyr6wNs0eONMcv3XX/9lRjlxBksvFwMl&#10;o2/SDGxZAVmdhLlLzunEFmbAaC5JlcnRkuXMLzwxQFGlvRZIQu+q/Dk1vqcj8eP1/PnxAqW50UqV&#10;x3+SeAwaHhegNPpFLUv9mNM9vJc5xjBspOtMOpyF4/oXIy01ulyq9GYrDuruBX3/TGCVavZqNRLt&#10;p99nKh4j1s+U5qlS6d9OVZqbECbqvXAnn/eyJPLj+uRmWqZ4mL65eBi3uaozKe75nO+pcr0tc2T1&#10;GfBGUgpUlEP/zcpKfev9iow6j55/IJ4WqJPdpbRu0O/byYt0ZNs9lXR6/XyYpL7KfRG8KW9mI47L&#10;djanvl0+xhX4zHN/nN65QuW9RXl8MMHUg/d6blpHNuch4ej7/ayAyoBNgx+N9OMfqrM+KTCONSrb&#10;8Z9WWov13kwktynAV4WYJJfaeJXN7oCyyQoFAxUakjlMDsByY4fxnB6uijwTYAmcrAQtCBtquiTg&#10;Inq4/htqEhHVKB81lAYR/mNqrJWoJiSB4s1pcP0kkqihU08XUApw2HwLNNI+jbX4K7p2/Q4OEg2O&#10;f7V4YbC0AuAj3RVezka8SyTdzJq8ud5FwDFpu/70QlCKt3Mph9J5L1Pu72SWNnG+cCSBzXZVVrUw&#10;NfynFP890pFEWw1K/Yd61shedrTjHwvPde62P9V7kvbMMfqLFRdJKhvbf9VcW+IyKIr9Hh4Apd4x&#10;oMxNCenzYj2bpnqZp+fMFS/Ub3hgmukMbmYzBfiqUO0WPQDdsdiCGamNYkd+YDcJIKer0s7OHzig&#10;slXhBzANpIq8WI10utI5Ss9OkjRgammNfcjXyt5DjbFiI6l3vvI9T/GOQFqHr6iT9NoJ9ZuUymYg&#10;wlbT8C+zRFcrqaF0/ykgnQ8/skn3Y1kut0YOyJTuzklsQ9mk+cdVs2wH+ImncAL2rHmOJDdH7Xkn&#10;j3ETAp33HzPJHVwLco4k6eHGla6s63ey5uJU/zRMC5ZjyQ97z3gYSXIq3YvUWS8gfXWOv8hMwUY+&#10;DolIXqkO8d4ydzTY8k+kXlmxquuQkLaKMYF/iurjwpGkoToSIH/HNFmhL4IlS5YsWbJkyZIlS5Za&#10;QWa1o3v3b7PKw/wlAQeEcO/MBq8whD6P386lSWAqh9Exo2fWrxmVMgD5Ihr5xgWvfZ8OqrfOTDnh&#10;Vpdzk6OM3G2ZX3YC5SZekIKlZomRb7aiagfc/pOuf7hGlEdohHhM2o0PbO4y+PWhRk+jXfwmzVqz&#10;d2TaTRxppkccf4CZ/zQ+iczzeQdc0tp7YDYDBc7A8ZM16r5DoY5VKSa/Bw0s+3q2oz+AkT3lxjc1&#10;o3rFnyBd7v+GO8K/UiNtJBxgwgmADU+Fe1+YqjD3+Dj+zjgo8IwlxyxTFcbx1b8m7SSuFYDqcF/L&#10;OVGsjZB0DVzAFKnaGy8apB/Pa3o5W5rVDMe/ViAcSkhH4udwerEBqOM/m3K4hjn+74vzJvO/KMQU&#10;T8aNZ8J52BnJqHcIc62DvLJvpisSe2WcxBWmPt34ZerkuPtdnXG8vxHvywTKdqg/NoGhCnJzdjlS&#10;Qb/Ospl6bF3G8R9Qhf0Dp4vwb6NOUyzNRbyXBYzMiPbBjWOo2Ppozx8DwiRuZJH437Ouf0Km0vuF&#10;iSjat6zsa4CYvPF9DB8bwvs8E8WBwXsE30nxsCvbEcy8XtT/cdaJH21WjBRwtMVTB+mohnpQcd7P&#10;uN5JQ9onyikbnjiF6RcSKhA+UJ14oIePi1E7TJJhnXq6fIbP1kbtKCch/G28m0IV3ST+8HIuncJZ&#10;xbjgPZ90vINQ2/yn+ujDpLvKeGY6Gj/TzP+qHrJO4pes2+dAyWfOMRiiTRtVz2O6epF17Chtadna&#10;lLgU9OtqqI5M4kr87yeVd6LAdWid03NAbmVmkNSGGqon6leV9LRU8CeqkLQAsm8NFyN13bYL1zGr&#10;196EF7gq7FlV4t9qJU31TkcKxvo468q1rr8H+2YmqPFJm4IHrmMxqeH4yclyf/9UeR+ftV8qD3ct&#10;VfitkgRm/VedYjAOu0xom3vM3d49kaDJitgvh3fp0dXYWuaC+wCUAuggwJuJePtmIvF/qAz717nb&#10;bZu/d4XGM65nlEWSlol7AeHoBrfK5KPGXEPyjOvep0O6Y6/+4u1gw7PjH1znJvqxiEB9hq/lkxp5&#10;py1NfVQkdshUVsX5jvME+ZAOQBuUd+Ou2ffkxoeovvHgf7beSRwIKOG7pmOsO3UJnywwCJjHpyti&#10;RoswER8mUYbQqKmI74gwYftvumO8v7TWYQgUtfdva7r16lwofNZWtk2y3wfQCQy7SQ0MH+XG75OK&#10;fVkNP0tq4JWRbvxe/b6soVPPKrOfmdUB15sq0LF8JeDF32tw48/o/etYWcB+U5y5ema8UuoFIAFp&#10;JI2MxNGzPW+K9rlV74/HAYH8aQjyGBNV3jg3OP67yvulTMSfqMaqpbKV5/V6/iHp6nOx8sAlbEoq&#10;6v9FUs2tK/d3knQeknFj19R1quqHZDBLfhFPaXoCsjdVad8pHl9UwD3uOX2ORYLiomb4EEjgY6Sb&#10;uEvv8v8s5fHm6Gh8Cg7A2WjVLkhQvdqOFRTZrYNHRxP3KI1pAc/+KyOjiclKI1sX7dXkqpZBZYP+&#10;Lx3py4rWhcrjbkn3W9Vp79D7T6g+puvzZfF8VzJSdQ53WtIJGvBJVdnFiwElrnF0bgSHeBslYE3U&#10;c7ZfvCrN84TSGIuzc/6+KFaqlM/dev9WmTp46E9S4OKv6eL/YbX9DQLpTyepIwFm4zcQ9S5Ys2zx&#10;V1S+ycrn6nqBO0x645HZfVehnipGBcr3xexjKuiDVHJ9NI4X+Typ3bNwTlXlnU0lChSf6ftynHAb&#10;ov40SaQRZjnP9e5WhX+gRseLZ4FAyQWk4yQN9makrUINvquyr7nNSu/sj2RSPufp+6ejonGOPX5M&#10;lfCA3ntaFfIGvKgRBycDn8wP1Rnw2FmoPGYYoDHAUWepi8QPU6XPVnwuO90fNa33dlY6ADG80i2G&#10;B/mLyo+16HncgqvP6XrvWCQy3tmkSacS708pvYfgQ7/nq8Gx6cbQ2HRi2dOnZh1vjv5brPTYkjFF&#10;/z8pvl5XHTyrZ3sGtfs50VFqy72fKN3Jt1ZstwpnYtJVufC7fEblnaH0VqnOPhJIrmUbbn2Hvt31&#10;juzvAJQ4Y2CGqFP8S7zNMT6X3MHpePc3uP400lMbzmRpFJOJfFmKpL5vVMCBRPXzocr5nHhWh+O+&#10;HLP/aBi3R7D+nq3A+8nsWzJl039T1M5PKY/X9fsOlkdNgTYmobbSnWN9JXWuUGP8VxJsn5ST+F3G&#10;xfPZY6CAK9YDZk3V+Pxp5Eyh8LKJxEcirdi+QKFoWFXgLUg0FeZFgfWUVKeqagqLilA659EggXrX&#10;QEnqSY1xH40RANI7us7pvSe+jZKgxyqt/eoqeiX0/HeKe6fSZIPXq5KiF2FXYjvRqaSWDxE/M1Vp&#10;r8BnDpSKd4/SWKn/FqeisVGMzINRucrpemyoWiHQP4BURc1pFHuGnl+arcDZVgMJRrSud5caGsn/&#10;AZKqtiKxjZ7dHPAsiS5pyy5KOgNueOqAByv/rcPqXU2AEokuvu5hx6fyBhB3q0zHpcoTv9XvE/V7&#10;qgDEQfgzMFnqtoxtq/8FSu9j0xbRBNdVb8l1MPp/sJ6fg51Jmfiu8A5pIxxoD/JVZzwVzy3juiZ+&#10;lcZ58Cs+jlW9PBxqtbfUwXeT8Omhd8bnl03/mbKl3aojzdaOSJ8upkAbm+hVZj8HNl1E9kY0fqgY&#10;/qcab4qYZHPUWyr4XwJHhES1nktN+R+qwi5Mfd//Yc4mMUe3qBKNv6IkDXafHq+2V1QR53FqhWkQ&#10;7ETZmKqMSfgxKp9ZKryM+sSRZkQtfpBKBswa0StuUmG+gnqvd6BUjbFHzcAs4v1V/EpKUunePp9L&#10;So8NYfP1/GYB7ZfM86GiGiq23UYNIGAaL/ZFAIPOmazs9YOaitjvlfdf09EEaR6hskrlrb5J7UhA&#10;qcHUzUbKGTc1L018OgN5Yj8X2mgQoGSrr9K8B8mlOC8SBymNM4XxbIr4JyqfN5UmG9jM1mC9j2mk&#10;uhYo3cQBtBXTQtn2Vf1UZwdgh2fNoM4fLDX7ktnLI3BnKoPtHop/Ao7DBHWqi81OSqVBvmghpOVo&#10;aSAznSTbXB30jqD9zC5OUzZc41KRbbfHu4l6MgXamATQ6CHqcaeoQsar8Kju28XMbarkV1Qhq0HJ&#10;+8PZzGRuFvM/0KBgcG56JkeKdyWFUtwpzKWFjw3pmQEljSxA/smMcAGhG5+qNFcqX3YevqL/J0pN&#10;cAE9UqciE+3bQ8+H6515Co9LUuwdJrlWUCo8rDA3K1uY2YQwiiENitjQtcR4mkvKDFE+ycqq/dVA&#10;Sf2WbR2fYPwRXbYweCuR7nr/hGDXYfxPatD79Rv3NLbPvqG8J410/TrFPZn922E2q8lIyqhsX5Ut&#10;0CTeHYX7sNE0sgm5se1jdYbzGbwpj89BGUnsAyADbyA25nk3692J+v8W/Y/UfSPoPP6jAjxbH8qQ&#10;dlx5p+dG0puMQtLvwwElm/vUEY83e/CZHcEkUN0omLIJlHcpnes1NjiUI2fC6BuPOHxdvQ0b5V2p&#10;KfYaG+dUFZJbAxjEsKdGvTdwymUUJ6bZYvqRQHQufpImoZAU72ruatHng0jV8LEhPfsPoAykTMw4&#10;nBpgVsSPUR6jVMGTlM/TDKAAgfh4Wc9/V1+RSCivWvEyT88eU2cw3tcQvb55UDL69lF9VzERHUYx&#10;VBP1DtF/iwXCZZIO5xvp7PpP6zd+jE8pvaH6vELPZDZ4S2XrrRIQTyeuWS1SJ61z4xm99z/x/YTy&#10;nqnOuEJgmE8DsyXDZBRSDpR6/97RXD+tTitVvNpHE6KjqJzYs58hxbDf9L4BJW2RjPT+I25yAsel&#10;em+x/vtAvN8udc024VqV9xm2nej5owCcNFXG0xACSuMFRtsmo5Ckxo8DlHj3M0DimbTTD2SOodpT&#10;iiPAe08ozVm0merhdaRyYdnanNhmChhCO+JuMf4zNerWbD2QrZZRZbCPmwMEAk/xCqlSQIl3tBob&#10;X0g9Rl0ZlcWzQD15z4ZGcbucOlNDnIcnOQWkcKhSfCBRNahy9pcwraNKTBnJROPI1jK2quONUL7z&#10;xMeTqqz9ctMeOUmp9zD6X15DfRuJ5wt0/lNqvINC1dNOaorTJZKAUnlpoObLPuMObDza/XfEx5mo&#10;aXMpEqdsRPz51I94OMUs/YlPvM1xOGYKycyVakCi8i4yzryufzlTbPCXI0BZgzpWpw8O3vLZ5XlE&#10;OCBpx7SYAH25OsUivcMephPxA9U71yEAKLeAejBnNKlcdxsP/6jMk3L/N9iPkuwDlebtSEq9PzUH&#10;SjpSDpQcvsWzHDFll7M39f+JlI0NdLLnd8qVje8aG9TQHiHgLyosW5sT+zlUmDuDDJkCiJ8hI/9A&#10;STIOBchtBJvJvCXvMz+m33fRu1SQaXp+vRr99GyH+O6oSBp4DP8Zu8hL6/9L9P5JqHkV6J+5gQ6D&#10;Dubh9H9GI8cb1RBSVxpNR6uOo9KDvTneQmxMpIMa/jQ9/1jSCGl5iyr6bDMoo5OIN6X9tvh4FTsN&#10;UDJ40XsTAUkAFG+qynmFzJCL9O44SasPaSzlW6vR+68Bn97hpI35aqwRAp4GW4m/Kc3bNapeiXTT&#10;92NHSZIo/lA9G6f3L1U4Sr+PkLQaCyCwjxn9Xl1gLuRAKZDcwX5xIwSCznIVgxbVd0rqfyYdWjw9&#10;SefEDFCZh+g3Wzqeo12SkQTH0dxhgB31X2EzmGkv4xTsv2X22bve4zlQKv0z4Et5vcIAxzATEgsZ&#10;1PNY4kg6MtpXGteOdOI3SXtezKKETLu/M6WETYoGVKc/q7BsbU6NQr16gtSn7BCAFMzPSW17z+s7&#10;DbdIny8ijXjfSCHZM2NkkOu/lUGFec9nIvFB7Oirl4pQBT2q/z6V5P0YKaNgTpGggAbMklBUEL2R&#10;DiFQIgEx7pUme5v92TIl3lY+N7O8SL5G9UW8iQIl+2vYczJDcVOpCu93SBA9e0FxnxWo9zbS00gO&#10;T7axx9QUE+hMqyyGH31fJpDN0eddSTe+O+oYaaf3b8WE0XuzqQOlyUkfc8gTKagyHc6WAmxNgQrp&#10;ZfZdK/Ae5s8spXkPk9jwnE/5khKbu96Jzxdg2GrMgHEuHYR89P8UAe0Ys6DAmUNR72r9D/+PM1mu&#10;slUoPw5ewN7/VHXNXOJTeme6vn/IHh+B6H7qi3x5V/8tUXhaHXYN9a3OcIw67HKBbQXr5w3udtvq&#10;/QkCMcfScODDTIXpivsh03DqDLexyBFG33hkpoTKq7dS5kcqZFVR96pRbhMDV6mirlGPuUUVVZuK&#10;Vu0SRjFHtNQ7sdP1nEafongapSUOZBBgpFQ0sa8KJZvEm6j07lalnceor74itpcalymY2+nJxoXf&#10;je0maX25Kjg01mN3qtEx4M/B2SJ3Ci8jccAnnlLKd7J6/h1qpAtSlf7OjKz13zClcUM62vMnqEQk&#10;qH5LJXs3qVKv5D9TtmBS/i7xdxEVnDs97bpodAtUIWpYZf4fZRPIsRlZ5qvXswkC216YDcrr5+rI&#10;F4jHsSYtQsQfxzOVdediy3KAMhxN3wsAVdbnFI+RfYP4Y+pqor7fwEIDdUicbJdE1zQHEzheo/6/&#10;jjoLlyV/YFZwOFwhmItlc1lKKl8mRFDe4ZV9zPnsXX+QXXdVv7ubuDtpzQ9MTIFNF2pbQjoamdYh&#10;Y4G3cfI2LcS6lY2mMxlTJG8zqExbbUxtwX1D0ZYKQWDQMjpOgIJxy6T/SSaO7VbSRgFprePIj8Ks&#10;xZFYZpKMAq5Jm+f5nPM99/vj/n7vJZu19725+/11fn7Ouef+eO/dfcdX17zzJ9/z6de/atlvXv6W&#10;az70P5Ov/uTm6Vt+680LT3/h41++8sg9s3s+svnPv/7t2evfNdf44pF3PzPw/e8++uz03mtv+dSb&#10;9973+cHZoftu/eqPWs89/BevfXx2xc+ce8077njpgfcujx5e8Q+/99LDO4f/44af+s6PfuPw+a/v&#10;m7r2b0dv/NDOoc9ffc/6Z9808q7ok1/51uWfvyG6bvdzVx382NF7t89f2X7vvqsfuu3Rfc988Xtv&#10;uuPm7de/5fDlX/30Vd/+8Ka1m4+/O3r61z71d//5479zeN31a1742Ft+ecO9K74+O3z9/nXf/8qf&#10;3PadLz174pHbP/Hq1r+//6/nPz796fvffvC3hzbM7dtxzf6V+7/w1m+s+LNH//Lfvnzd8E0jv3/0&#10;41/7wr1/9fz/nnv+rq9cPzS+sPe+I/fsveGZ83e/eM0XHx+7cuu3V73zjd973Sc++82Db/1M9MmF&#10;95340RtWLdx+28e+98gvfeONd1zxj8/96R/819YPfeQN7/nd4fv+6UtP/PRt3/zB1Mjbp972mte/&#10;dO4dO1qtzqpr33X8j+84eCWewRHd3Lxl25FfuP0D1B0ZHxjRZ3foMy/0GRsgxeu14/QcEGpvoA3P&#10;vxikjV5PyCbP8BjiqahNTfvQvZ+6GS2227cdv/n11Bmh7ddpwzNDIEPnrqT+FbTpix+kQYN1tIEW&#10;trh9PJdkLW2QN3XL5OSPkbBbqX8TJs3rEWqf04HTquxJmvtZ2tq0/f1P0B96/WF0Sh7iQf2NtCnt&#10;AFsLivQXPaLFX5j3h/FoPO5R5/DIxg+0Dz/Ynl3RfvGhFQ+NHJbFgam1a5tbb103PrUu2rls3bZl&#10;UzI/dP5t50//97knzp1vtDsHG6dWGp3Du+/ef/yupzbcemLn3P7j+49fvl3oVx05Of/iuT96/MaD&#10;17VPnjp3auVH27wwvPvOrU/eNbR2w7+upwe77D8+ul7l3z5/+rv3H91C8udP3Xhq5VmZj4j+qa1P&#10;jY7+yt3R1uPLT4zeLfODjy+cPPXo9x9fOHK2fe7Uo888/mKbF4Z27r/rxIF3jt019XPRgW1v3r77&#10;gNAPnT238NlzLzReONtoP3Gw8dGFt8l8NH7neNScGx0fXxYtW7Ysosa8Tr5w6P6HjrZHRqKRlZva&#10;HG1ZGZiMlnMOR8NIi/g1eCgaPMqjFUS/+K/2Zw5v2rhpZOPs4dnDJrowauDJJ1/as/r9o6sPrD6w&#10;xqCJ+aH7Tx/tHO0c3NI5dvpvzmNGXgNPnRj9lw1PPf/qExtOjA7rLNE/c/ro/LHvfm3L6aOnjx5p&#10;xwsDJ7a/f3zN1udJ+oHVrvzHXjg2f+NnD27ZfPSxYxpd4hp4fm70yQ1PPn/F9tHtG+ZiMdHQwqkF&#10;suejC5B/ys4PnNl+J5m+/s6719ztyT/zwqFNG39+xaHZLcc2HnPo50joahqvHeVGVwbm5+l5RTQ6&#10;v4WbeB6dK2ibWs2PJtJ5bkG/aaNH760vlcGgKaChvQM7wxkZX9Zppy4MdOZS54c68zy/bNu2beMO&#10;hdI3qGgJhVk0ozGan3Poo5lneZSkP8PzexL0Mh/TD87S6zAdKRaYfkzpBw7Qi7JzzKW/7Fg0RAQd&#10;yv6GoX95587xaP3L4wOYf4noaaPXqvPtdhSRD0q/WfaYYZTFgZnOGaVfL/RDnUO0x3Q6Z5V+ldnD&#10;ZuaiaJgkKz0LIBmdk6SELInpTQBg7/rOr3YGZn64c+cUeImYXg3aoxpnr+u0O+evuup10NXGdDRM&#10;+veQNXN7xBANwCpaJx2d+YYQasAGSB7ZNDNnBA/AQHphnXxozF9GHbxMI8TR2NxA51meN/RRZyEi&#10;yY2Tg9TBCw7hNXZmYAZ/o5kf8HjmDDfR5rNMfyZqCDImAOQATCL6sZeZcI+wIQIkf/NCtFkcaIh/&#10;0UDH0A93xsFgAkYO3E+CVy2wJzRvAmbpBzpnQL/KyImIvg16eIJ5E7Boxsg3DmgAQM/yjQMagGjm&#10;SbE/GutEyycjl17kUygaMKtNWpYR+iqfKMntAXZjJZlxP8lpnEEoDjH9PNGPWfupN8f0czT/xEna&#10;Yxl/GlCQ4cY8dWd+iNQhvjMYnEEzgy4nPejnMRB6zM8g6Smke+YwsPQN7CQkkYU+sdA4OzvLMK3v&#10;dM6YlICxY5SkMwvEelmH4t84KU42Foi9w/S0q8xFYz9YTq4xvc5HjxH4jfOPMSgOPZ8Fru/MdFDK&#10;SX5MD/5VMGoL9vWGN78cTryP7ffmad9aGCI9nYCejBoniygh1u2k1yRk86vRObSq8+Jmdlrn0C6f&#10;orC+vIdc8V8rDsOmToKeqHh/96l5NAj6dsrCTKcjO0Cw1uByFUzScJiKUHKWzpw7tBunvXZmlH49&#10;M0zj6XVuFQUs7TVGAUt79Yt+/RKSPzKSRAL2r1mTnAc+afElPCnh5hIMQj+fmCf5lehr+QJhFp41&#10;Pq8kfOh+gHll5UO9f+Xnw4XBZ+3n+DSDVF8Y+Rr1S11+cX5m1ys6S085naHLvNTjxQgdvNLoCalU&#10;eiD4iqbHfcTRV9kAPULjovuIG4nmHtoeWSN8T0cPxvcOsWbvI66mUfqLzqj/X72bk9NTzcnF8IkS&#10;+P8VkvBmcZDs0HVqEZawTDeX1rXYXffmdyQ9U9q9tOZ63gzGqkvptfXmiedpw2fnJS+VvmVytDnl&#10;26Lr21QvtWoD26Xz8B9rRo7qSbZFWKpGbVVC3li1Ko2O2cIgMrrm0upcqMudd+mVTlt3LeTJo3Fp&#10;QafjVmCzygjbfCybk63JJr+n6S/6wt+cwhhvaMQ8NjOmaiVxbFHP0E3BHsQXNC3aMK+82oIea7QR&#10;vZFBY7xBb+ugjInGmVPPZA5rzBfXThmH9pPc2F5QqBTYpPmNtmXkiR+Wyu3lYWmlWcngpfldgoRI&#10;mphSrby2Wy2yrdAbXsc70IsMX1dynnk9PUJDUY3liaTOzPQux54pV3esa1eLI8n2si8s30ESUiZ2&#10;GXqqDrI+vatl+jLj/83GMs6RWCtiA+3axho8bybUE1NjCCUTU8sLTvZmh8pCK7mKtSZz2FbmJli/&#10;9LHmr2Ne1gS9Dxpk/BwHD+lC3sf81GdbrX6WY6KANSPXs1Fm3b/ZWEIrSTcV2/fU1+rGiujiOIsF&#10;LCdGGx7Yt5UjntkVksM8tk3K4bWUPJkI5lSnbVV2UqZaANnTjhyxL7kPKD3aPCxVE7IEXksskVFq&#10;FSSotyq1SfsPa94BHpePaQNeQ+vkpJHJUeQ+51CanCbkx1GK9QdzTS/3hUp9ce0LZVH1MJUMNkI/&#10;7FctaW0+lqrZRyGp1UqmtTgvVbtrgVoFDl2XvlirktLooNfQmpxVar/FvqRv8Kh+be0a+xXbS3U/&#10;7jOfkaM1OeRXOdrmY6neIgPUO4npBMcJUtTalolZXC+NF1KLiI5rEuQQb1xLMYaMUH7LkY91q0fy&#10;TNbVPvXG2EOI6Dq1cW00c7FuyGxNTvBxyMj3aDUX3YrQmZnIzM18LEkaxUYtbrFHNOYzIjuvaIon&#10;+3ZrndF5p2WEUM8gk46VDmKoT4qAmx+uHsWMvFO7TO7oCkvdpXunpcO86GQK1mvtEm6ygPOS/XXO&#10;DyydtVc4/L/5WIoUeCixaXFM0Y9jZtZkHbLVS+mDDu8YJfAm9jpLA3qhBb9Ez/DHEQAqkIG3laV+&#10;Sc5DhtnIZrbFkSv2g59odD0+9wWfL1dye4LmVUtam4+lWuFziiV2Ll+DzQeOd3CUUSmuzFBeOLY8&#10;2ktvQ76isUoJ6Yrmdb0MlkorreZNHE+KlmrfplXAiV/L6YNSadHazcb8mpS9Fpojkz9qjerXcdh+&#10;8CZ/JowW6+b9zKfLGun9g6z1onOibL6sFViI6oy26K1Igs71tIiv2/WWqfOiz0ayW3khX/W8DCW4&#10;46qxVjQZySDvXLn96KsuyGp5+0Q/pENGf7Hsl1VLU06NZf/iVmNZY9k/BPonqc7LSwlLHB/dt3u8&#10;1L62SsfXJs51jJ6Xeus41jrHdlePK4/7Rhb3zTmj0ittvJazrvq7a3vNSzqbie+twAIa01W1tQVj&#10;PuNx6MQ73KPGFaPQassyeF6u4nRe5Lhy3b7S2is/5WN59oo35erVntu6PFZ6+V5vWDZxj9K5TuFr&#10;Ir2vzte/ghYjoXf8+X4irnmxxSg4qGLOXxdEaM7kqfLJfBNyjLzWJD5X1GuzFnKbr9ypJb24J8T7&#10;hKLL1+Auf3nkkpS9Yckx9WJN95DiPPU91nlBHznAm4mEoIGzaBsdrLcYVdYToy0ITnNGK5+Zc2yJ&#10;o5hljyfP8Me0SaSKZ3rDUvPHWIL8oLth5EWcG4g5kKB8iFGjPuMg1kmtNHTMJ/wsEzlsagZQiz/L&#10;NggbvYwg3xeNkRd5vG4qidiqtjnrbJ/NivA6Xqws87c3LMWClkGGkTSWGS8NksgR596gg6TaqOgK&#10;8joL+ftulzlbC0W2paG6a9CEHpl3W2uXlaHrIkv43DkrvXyvNyyRK7CA85Dv5GKcEXPKy2s57+y6&#10;2hnLceSJly0/n4lf5i0qMgbqeBO95raDKtuo67BX9XDf8Bk/REM3f3vD0rXKqYfGC9cest7UIps7&#10;WG/Fe77mBrVmDuvWa5+PPgOPtWg+EW2iXooMscTaYOW2YruEppe/vWEZ54JfvygDyFrv8z/PS/IY&#10;b6Aj81LLHI+ZF+t4x/MJPqyIHG0nmN7na5k5aime18I2k5fC76zH8RGd1f72hiVbRfZZpMQ6sUEt&#10;TqzHRwPLp4gJv+QgH8ViJC0CKlc9Vfm+DLWB+Uw9VQ7MuX2NqJ3rptcblnJ8xt7r7nHICrEFrW6u&#10;dToX0imNoqXrmHd5iuaV3/KZ3NN6yzVVtIlczWe1oJu2NyzhoRxnrW6ba3auuOeiU0ydpFCkdcVF&#10;U+fctld9rizt947l9G6KuYk3pLIXzlg15bVuvcyjS1sTXuwLknugwSgPraL1ND3Fc71jWayjDIV7&#10;XC5D79JoTrrouX2XVvvu9ZnO9dr2imWv+oWfcjk+m+lGIqOZqIHZkooqQDZn3sqlgWWehUtnrcay&#10;f7Gqsayx7B8C/ZNU52WNZf8Q6J+kOi9rLPuHgCtpwrnjgfmiM36Xt/4+kY+GoMdn/hl3ZUJ6d1zv&#10;44oGflcp1/S444dre24rXI/VWCqW0vLVLH9+hKva6Sn6bUVpNGssXSw5HwVJzU1CMv+ek+V3sdRK&#10;221rpS7dHucl32nBHi65qXgUeSVYOvVB60SFFrWlSM/SWRcE43ppEC1jv+aljYHGokpbRtPSoXGw&#10;YCTxe6Uy2aJ5Scg5FdeRxhU4d2x+4bR0sMq3lH/jzp/uxbkJDErsecASmDtomayO60XRuPRxLt+H&#10;S2cVWLTiWsk4mM/2822M8xKI0RbHwoxLIUq0+Vq6XYVc/cWfRFwjX72FnDJvfNPBZJbFg4/mRdxB&#10;vQSCnNFBi7mcrUhL9+tmn+FokQ09tuXtkPPKOJPI92JezUvNxzA3Ma9reW2xJkEFMhB3bfP5EEH6&#10;3e8u/qQL30bsYWM5JT8fdTJJ/S+BppOX9D0eLyeZWzwv3qPyMVF+/BaXPnEUdBjVFiObze3sD0Tv&#10;2Vd1XAINa0eot8XY2PW0nmLJNcKxTnOQ5oNYRuNpcrLnJAdVXrzXQBdtmJccTZPAa/4x1eFT/pJt&#10;CTTUBvluMSLn2U26lSKttViGaGp9TOMqPyd5TbIk58k6L7ec+XSZAT2QhIyuWv1OXbomf5bttjaz&#10;vqKjl4tliCbHhPeMMDd9vdkj9losIms0xmGrSEO/L0tQC+m7HFfIS1jRJIt9/fqtR99GO/KxlHmS&#10;4Mae0bQc5Xskx3wHzsrjukNeSf0J5gMkocmRwbkh3lk+VGDkfImWfpNQ3nZHt+o1+1C2jCSWvrWc&#10;A5KbKZ5my9Uc93KI5GCsGxAJ132JZj2kc2SorBItUK/gA+uOv+vs2unbaEdJLGWNECXNcV2qZAUk&#10;wOoJPmrEcuLf83AtovUwN5FfobdCyzJcewhN0VG1tZ4X9wwGrt6Efa6UdCybZKtFk2PCUsrWTctr&#10;jrEGJUXKIsDRgi7aSA/QD84b5PvFQJPtEDqONI0NrX5OU9S6npfpix+eXtKfxZmOpVA7iCA2uTFx&#10;5bdIG9cvL7ddCts3OiAfiJrWrqMnyCdys7Q9vrRqo8S+k4NDNpb8m7LYO44NWW9zIcumdL7OzNUZ&#10;8RQUNfaSf4iG+24SzoK00nFL9uDtUva3b31RvRTxzPti2ViKVeQBf4Pa5EypXLC0mmv5HpalT9KV&#10;31fyLcheRaRoHzOR1DadPh9Lst6RormA51SmS8Ms54q9VmHavTn0wiP5KGhBT1I+5uw67IrtSaVP&#10;SuhuxkRQ9Zk2TVY+lsJB0vzcLDhPs9q5xpXy1Kmv9NlfmqWxLRQdlcstRysN/Wwp1VYCfZNZ9hVj&#10;aePv5gJlX3C8VftIc4kYKrW01lrONb7zOlIpN8meFHpfS3cj9t8/z5ToJfwvxtJ4S2c1dEwjizkX&#10;2Ns02+yemE8X8lo0kaHQE1LYsaFFfqo9FzQ3SQ/2y1hfi/vWHu2VwxI5aKVpnaK5RGwCOsQzhUa1&#10;a0uyFRXT5mGpOtgOold7mtRXif1txfdQX6ijHJbCRRL9upliOWvlM3NGJzN/QzsYTeEz8Q8p/LF4&#10;Z3NFxkDZp+vHCDJDfbi2D3WVx9LGHyhpLuAZxb69otXEkPISvw8vetu8V7nTpCGby3oX5srEBclN&#10;qZmx3/CfI+5bWB5L4TPxIWnpdQ3zTl0t7ZmVx7nG9c+3NDliW+w+AO+YL8yXJGf1GZHN+xqjSOPE&#10;PlcNS5LAKPqttcyfB61dK+oRr7GScq18nSWeMDeblfQW2YV1ux84ucnHdpe7GpZcN4LPhVxpXl0x&#10;yPjrWSOOgs2xRMxz+HBfERHWKBfeZ8ySlT8/TU8+0Win7ztVsVS0TC6w99YGW0d5ndCUmFqK7J7k&#10;pcotn1vMxzkS5wzpLc+fbZG/4tnnHC8sVXUsFc302IjGOEdK723EhwqsuVU6L+GJ0Wn2A2tXlQpj&#10;EcnuhXpwxHB1VMdSYu7mgNUORIxGtKWRdBAhnlbpeqmaRSfxsU5uL0xuMnqqB0iir1ZUxzLOA1hu&#10;ckGlxWuYT6xZqmSPUeiiXqok1mf5RX+QN0qrrVYgtFnX2EqLFjoS9zOdewfVsWSv42Onn3v9q5cU&#10;7xLXS6GnRr/kNkfTzRtL3SQKRt/uR4S+Xc/qBfKNDKV2sSwjDXxObBIWmNippYl11Ru24HPqZWk+&#10;V45Bh3jjSkPHdJfC9o0+PuaTXvomiV3L6xEf1XJfvuJmsYR0nS2QZqxFzH0e+9kMtNE6HV/zZOma&#10;zWfDR9bqWpWWvUwc07F3+lJS9JX1XWo5o6n+I8chX7EUK3xkfP0yEvS0FuJ3Bj4Vr9u6Vfp4bPWz&#10;7FKe+ZrT7RN7k5SsjzNBcgzX12XeIs/6T+PYxygCpjZOwBobzQX1qmXpDA1ZkVLdRRvHjNY1Zvl2&#10;gsrhYyRD/fkS7KojR+xMuYMX6DO6rYy8XlJ+i/jBgbzkVZtL5AliJXuG31I8HLpWsIdDntBrbqHN&#10;s8uuuXKlbtq1qj2nnhuUxB9XjiAiOSn+u6v5fVT2gJ/xQl4SrrwKfFk6xvRdRx03xaIYRZ232e3q&#10;NvKIB3T5nw0pH+mlPSWWWzoCyu+2Rg7JUHlJGywN/GW60jpTPpukDGtRzpi8FLSc+mFwV/zd1tJm&#10;1BhBRmJOOUL0rq/JPtadWJf2KilJZmC76OX8gb1xTVMemlM/uC1bL8GfIp9tlmOPPDsSmuNYQoNu&#10;afM0l44Sy4hzWr1RH5KtyFG9hj6o1Umu7JlrKMKUO8Y+k3M0cusvjRhB6y/owadVKqPldSOT/ec+&#10;S2tO2uM4uElivCerNckW52N5ucZynBwPj/UhDh496w8pqo7pno7vByPlSjE6DaIGSaBZavNzmmRB&#10;TowlSWHMDZVYgthisxpjC0Wra53bFz6NmbXUpUFf8kLpNN4hVfUx6XfqL+Ris3JMPhrfVD/7qj7n&#10;tYyczWnl17xUPRKXGEFF0XDrvFJnty2JghOJJPqOLo8uW2rZFe+ek/HB53UyRH3MQy9tTfm0nQqx&#10;FI+Nl0SFN3DXLYmIb6OMUo91JjdEtuakRgfyKf/JZqz3+iZZJjosl/porVRoERpep34/2iSWVqP2&#10;XCt0rqgFj3NsZsu1zpqcoLvU7LHxGiOM0yVnzadTV66XBtm4mnU1LoNlur1Fs/ba3Iu5yRGgljaf&#10;LpXRL3lsl+dih/Khy8q2tsV0ak8P7YXDUqrBRJB7Zu8ji/0coJz0vLV+Qw4/XyBz3aVF3+hwcytx&#10;3sH6rW2wp+ftQmIJrybgUXBMBWqJnCRPQkyIX54b7HgJmUk6d0ZQCeSTBO/8kp/3rzkJ2n5sFxZL&#10;8Zy9wz1C5AFtdE3CrYyz0QFqJl8kxziPXNySfaIX2vjoo/nm04psta8/7YXGUjywcQ9zEvmA/5Tg&#10;e4oRZZJBBTSMkGkxb70X2pie1pTebZPy+z9zcbAUu10EtJ/nESGIX5MCQezl2ppns2BsEeV1vh6L&#10;6ZQ+USvzdPaydvGwvIn+X6PrfSslF11PYvQYTTfHDFqmUvBVL+/9mE+h4yi4ki9U/+Jh2Z0HyEmu&#10;r35uas45RyUvd+16xr2s7qzJ57q0sZR7BLj/CKTCnCsaG3RLnpfm41Rm9dLGUjwAkvSmupeae5qD&#10;fmvuZaGqXKz3UsASddbUQqmLOTnKaPN9bua5aDmJeC0NLOP8pNxjZMM66Y1bF+1o42f8UsJSzwOa&#10;2JvNZ1J81oQzf5w9AVGDtu/lxRktLSw1PxXV9PbiIJfUshSxFC+mTS3kYz31dZz08WLNLF0sLxZC&#10;5fXUWJbHqoiyxrIIofLri4fl9I59dNSlDW3aNvkAzZf3ZPEpFwvLaULqgakHdu2jLb190PlPe4uP&#10;UxkLFgtLHHeRl8g95GVKS6t1XpaJIaMIJDO2fZS1SwvJxbyG5FzkepmSk5yzyNcycblUaBZrH8d3&#10;qLNy0szXeVn6DlddL/u1PxXkJO37db0sj3VdL8tjlU9Z18t8fKqt1vWyGl7Z1HW9zMam+kqv9TL8&#10;dV44rm5RrxxL9fxSf+OXaBfx7H6xsOz+epyrQ9r1u17X4ypgURBdLCy7rZfTkw/ivhK/6R5TSrt4&#10;95cWC0vkDu5s4Jq72vW4nMVn8+2bwlqvta8b/sXCstvzS8pnworQz97ou1zdINE7z2JheSHr5Ssv&#10;L3NzK/N6vCgvuQK8AvMSaCKHqNVjsNvyWnLPq+tliEldL0NEehl3ez3OR52sXI7PDXqxrFvexTr2&#10;5ByH+Rgte3LSq7peJjGpzy/TMOlurq6X3eGWzlXXy3Rcqs/W9bI6Ztkc9fV4NjbVVup6WQ2vfOq6&#10;XubjU361rpflsSqmrOtlMUblKOp6WQ6nclR1vSyHUzFVXS+LMSpPUdfL8ljlU9b1Mh+faqt1vayG&#10;VzZ1XS+zsam+UtfL6pilc9T1Mh2X7mbretkdbkmuul4mMel+pq6X3WPnc9b10sejt1FdL3vDz3LX&#10;9dJi0Xuvrpe9YygS6nrZLyQhp66X/UKzrpf9QlLysv7+ZX/wrOtlf3AUKXW97Beadb3sF5KQU59f&#10;9gvNul72C0nJS/oNBX7x5P52wv0eOq2m/X5MePL4SO4r7HdnhEb2b8fq3/eUfgZMXS/7uod3+Xwi&#10;yuX695CJnK3PL/uVm3m1Emv173uqIF2fX1ZBK4+2Pr/MQ6fqWl0vqyKWRV/Xyyxkupmv62U3qKXx&#10;1PUyDZVu5+p62S1yIV9dL0NEehnX9bIX9Fzeul66aPTar+tlrwgqf10vFYl+tHW97AeKkFHXy34h&#10;yWjic576857Efd3qGNf1sjpm2RxxvdTcTLTpnyfWz3MLMUVe0lNV8f97Up6tSp/p0FraJ7PEV3/e&#10;k6gLcn6J3MvYMp77KzX2gZzP1dPzOYxm/8eL9Tw3eKJ5l9mmPMeyKC+5AqTw9R+5pMTFw3Jf8N+s&#10;FVG1sbVNe35b10sfj+5HRXmJdZy7LsZ78fKyW2/retktciFfUV6+MutliFLZcV0vyyJVRFeUl3W9&#10;LELQXa/rpYtGL/2ivKzrZRV063pZBa082qK8rOtlHnrhWl0vQ0S6HRflZV0vqyB7KdfLiSiK1tI2&#10;QtvULZOTwwNRdBX1L6etQy+sP0zbh2lr/uLEdVePyxoNo03Uv5raKzCI2g1ugn4ZmmvHo2g18S1j&#10;XrJlfHAZZMKGwdVz38L0EJHcMD7IcxjvoG0vOub1CLXP6YDaz9H2z7S9MZp1ZtNtdAi8bojDKK2u&#10;pg04DI5bHFbS3Fra8FpNG/r/BwAA//8DAFBLAwQUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJamqJeSmlqKci2Aqlt9fsaxKa3Q3ZbZL+e9eT&#10;HocZZr7JV5NuxcC9a6xBiGcRCDalVY2pEL73709LEM6TUdRawwg3drAq7u9yypQdzRcPO1+JUGJc&#10;Rgi1910mpStr1uRmtmMTvLPtNfkg+0qqnsZQrluZRNFCampMWKip403N5WV31QgfI43refw2bC/n&#10;ze24Tz8P25gRHx+m9SsIz5P/C8MvfkCHIjCd7NUoJ1qEcMQjpPMURHCfk/gFxAkhWS4ikEUu//MX&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzvJDLCsIwEEX3gv8QZm/TdiEipt2I4FbqBwzJtA02D5Io+vcGRLAguHM5M9xzD7Nr72Zi&#10;NwpROyugKkpgZKVT2g4Czt1htQEWE1qFk7Mk4EER2ma52J1owpRDcdQ+skyxUcCYkt9yHuVIBmPh&#10;PNl86V0wmPIYBu5RXnAgXpflmodPBjQzJjsqAeGoamDdw+fm32zX91rS3smrIZu+VHBtcncGYhgo&#10;CTCkNL6WdUGmB/7dofqPQ/V24LPnNk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAKbmUfsMAQAAFQIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv0Pn&#10;arUCAADXBwAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;XjHPDfRnAAB4jQIAFAAAAAAAAAAAAAAAAAAdBQAAZHJzL21lZGlhL2ltYWdlMS5lbWZQSwECLQAU&#10;AAYACAAAACEASr0/ZLVfAAAAbQEAFAAAAAAAAAAAAAAAAABDbQAAZHJzL21lZGlhL2ltYWdlMi5l&#10;bWZQSwECLQAUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAAAAAAAAAAAAAAAqzQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAAAAAAAAAAAAAAAANs4AAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAAMM8AAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 2" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
-                  <v:imagedata cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId17"/>
+                <v:shape id="Picture 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:imagedata r:id="rId13" o:title="" croptop="5084f" cropbottom="4164f" cropleft="4802f"/>
                 </v:shape>
-                <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
-                  <v:imagedata o:title="" r:id="rId18"/>
+                <v:shape id="Picture 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="21CD3802" w14:textId="6860A7FB" w:rsidR="00A47B24" w:rsidRPr="00F2159F" w:rsidRDefault="00A47B24" w:rsidP="00CD49EF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="274D656B" w14:textId="72029E28" w:rsidR="000A0BC7" w:rsidRPr="00F2159F" w:rsidRDefault="00D667C4" w:rsidP="4468FF5B">
@@ -518,51 +354,51 @@
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="008E6F2E" w:rsidRPr="4468FF5B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>olikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F388C24" w14:textId="77777777" w:rsidR="008E6F2E" w:rsidRPr="00F2159F" w:rsidRDefault="008E6F2E" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2866"/>
         <w:gridCol w:w="2974"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C92860" w:rsidRPr="00F2159F" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="4468FF5B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00F2159F" w:rsidRDefault="00C92860" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -598,118 +434,118 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1F501DD1" w14:textId="5B47A1A3" w:rsidR="00C92860" w:rsidRPr="00A24E52" w:rsidRDefault="67FD2288" w:rsidP="4468FF5B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ministru kabineta </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19">
+            <w:hyperlink r:id="rId15">
               <w:r w:rsidR="397C7526" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2025. </w:t>
               </w:r>
               <w:r w:rsidR="7AE66FAB" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>g</w:t>
               </w:r>
               <w:r w:rsidR="10C0700E" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>a</w:t>
               </w:r>
               <w:r w:rsidR="00C92860" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>da</w:t>
               </w:r>
               <w:r w:rsidR="421E9610" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 7. oktobra</w:t>
               </w:r>
               <w:r w:rsidR="00C92860" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> noteikum</w:t>
               </w:r>
               <w:r w:rsidR="00D917B5" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>i</w:t>
               </w:r>
               <w:r w:rsidR="00C92860" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Nr.</w:t>
               </w:r>
               <w:r w:rsidR="77C753E2" w:rsidRPr="00A24E52">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hipersaite"/>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 598</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="454105A6" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="09CB00C6" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="36572727" w:rsidRPr="00A24E52">
               <w:rPr>
@@ -820,51 +656,51 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="329B4D07" w14:textId="2B79088F" w:rsidR="00167064" w:rsidRPr="00A24E52" w:rsidRDefault="64DB7151" w:rsidP="00A24E52">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pasākuma ietvaros plānotais un pieejamais kopējais finansējums ir 118 659 230 euro, tai skaitā Kohēzijas fonda finansējums – 100 860 345 euro un valsts budžeta līdzfinansējums – 17 798 885 euro, no tā:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="529D2C57" w14:textId="72BAE9DB" w:rsidR="00A24E52" w:rsidRPr="00A24E52" w:rsidRDefault="64DB7151" w:rsidP="00BC721B">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">vilcienu kustības ātruma palielināšanai plānotais un pieejamais kopējais finansējums – 40 000 000 euro, </w:t>
             </w:r>
             <w:r w:rsidR="00F11139" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -881,71 +717,70 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Kohēzijas fonda finansējums – 34 000 000 euro un </w:t>
             </w:r>
             <w:r w:rsidR="00F11139" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">valsts budžeta </w:t>
             </w:r>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>līdzfinansējums – 6 000 000 euro;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2240E84E" w14:textId="5659732A" w:rsidR="00920638" w:rsidRDefault="64DB7151" w:rsidP="00BC721B">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>dzelzceļa publiskās infrastruktūras (peronu) modernizācijai plānotais un pieejamais kopējais finansējums – 50 659 230</w:t>
             </w:r>
             <w:r w:rsidR="00791620" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> euro</w:t>
             </w:r>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, tai skaitā Kohēzijas fonda finansējums – 43 060 345</w:t>
             </w:r>
             <w:r w:rsidR="00F11139" w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
@@ -979,70 +814,71 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>598</w:t>
             </w:r>
             <w:r w:rsidR="004A59F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A24E52">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>885 euro;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="243D37D1" w14:textId="6B8EA469" w:rsidR="00167064" w:rsidRPr="00920638" w:rsidRDefault="64DB7151" w:rsidP="00BC721B">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="Sarakstarindkopa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00920638">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>dzelzceļa sakaru un informācijas sistēmu projektiem plānotais un pieejamais kopējais finansējums – 28 000 000 euro, tai skaitā Kohēzijas fonda finansējums – 23 800 000 euro un valsts budžeta līdzfinansējums – 4 200 000 euro.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="460CD887" w14:textId="157CE890" w:rsidR="007D2E8F" w:rsidRPr="00A24E52" w:rsidRDefault="00733A0B" w:rsidP="00A24E52">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Maksimālais attiecināmais Kohēzijas fonda finansējums ir ne lielāks par 85 % un valsts budžeta līdzfinansējums – 15 % no projektam plānotā kopējā attiecināmā finansējuma.</w:t>
             </w:r>
           </w:p>
@@ -1286,51 +1122,51 @@
               </w:rPr>
               <w:t xml:space="preserve">2025. gada </w:t>
             </w:r>
             <w:r w:rsidR="007E697B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001710A1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. novembra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="2D307531" w:rsidR="00575CD9" w:rsidRPr="00F2159F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
+          <w:p w14:paraId="0BC16238" w14:textId="01CD4F7A" w:rsidR="00575CD9" w:rsidRPr="00F2159F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">līdz </w:t>
             </w:r>
             <w:r w:rsidR="001710A1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
@@ -1338,107 +1174,129 @@
             </w:r>
             <w:r w:rsidR="00A824C4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001710A1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00201237">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="007E697B">
-[...6 lines deleted...]
-            </w:r>
+            <w:del w:id="0" w:author="Kristīne Šmite" w:date="2026-02-05T16:08:00Z" w16du:dateUtc="2026-02-05T14:08:00Z">
+              <w:r w:rsidR="007E697B" w:rsidDel="00015BE3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>3</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="1" w:author="Kristīne Šmite" w:date="2026-02-05T16:08:00Z" w16du:dateUtc="2026-02-05T14:08:00Z">
+              <w:r w:rsidR="00015BE3">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>16</w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="00201237" w:rsidRPr="00201237">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>. februārim</w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:del w:id="2" w:author="Kristīne Šmite" w:date="2026-02-05T16:07:00Z" w16du:dateUtc="2026-02-05T14:07:00Z">
+              <w:r w:rsidR="00201237" w:rsidRPr="00201237" w:rsidDel="00C46856">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>februārim</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="3" w:author="Kristīne Šmite" w:date="2026-02-05T16:07:00Z" w16du:dateUtc="2026-02-05T14:07:00Z">
+              <w:r w:rsidR="00C46856">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>martam</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00575CD9" w:rsidRPr="00F2159F" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="4468FF5B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E9FE417" w14:textId="3171139C" w:rsidR="00575CD9" w:rsidRPr="00F2159F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">Termiņš projekta iesnieguma iesniegšanai </w:t>
+              <w:t>Termiņš projekta iesnieguma iesniegšanai priekšizskatīšanā</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26FE0AD7" w14:textId="06642B50" w:rsidR="00575CD9" w:rsidRPr="00F2159F" w:rsidRDefault="00575CD9" w:rsidP="00575CD9">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2159F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
@@ -1559,51 +1417,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AEDD0DA" w14:textId="0E1691DF" w:rsidR="005F2FFD" w:rsidRPr="00F2159F" w:rsidRDefault="00C87C2E" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Prasības projekta iesniedzējam</w:t>
       </w:r>
       <w:r w:rsidR="007C2284" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4482EE17" w14:textId="41C73413" w:rsidR="004B56A5" w:rsidRPr="00AC4EFC" w:rsidRDefault="00C92860" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="437"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5CFC97D6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009A1D0A" w:rsidRPr="5CFC97D6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1646,51 +1504,51 @@
       <w:r w:rsidR="3DB421B9" w:rsidRPr="5CFC97D6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pasākuma ietvaros projekta iesniedzējs īstenos trīs projektus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51642327" w14:textId="5F0F7CF3" w:rsidR="00693EE8" w:rsidRPr="00F2159F" w:rsidRDefault="00693EE8" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D3596D" w14:textId="402115D3" w:rsidR="001C5742" w:rsidRPr="00AC4EFC" w:rsidRDefault="00264C06" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="008945CD" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1708,72 +1566,72 @@
       </w:r>
       <w:r w:rsidR="0035605F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portāls</w:t>
       </w:r>
       <w:r w:rsidR="003E7D44" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00405898" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId16">
         <w:r w:rsidR="00067BB2" w:rsidRPr="0040687C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C5742" w:rsidRPr="0040687C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F369651" w14:textId="30D182E8" w:rsidR="0039527A" w:rsidRPr="00F2159F" w:rsidRDefault="00D56FA0" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="001C5742" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>uridisk</w:t>
       </w:r>
@@ -1833,81 +1691,81 @@
       </w:r>
       <w:r w:rsidR="001706E2" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="001C5742" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D224DF" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstoši tīmekļvietnē</w:t>
       </w:r>
       <w:r w:rsidR="001C5742" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidR="008D0661" w:rsidRPr="00F2159F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D224DF" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
       <w:r w:rsidR="0039527A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="79B601E7" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5A73F1" w14:textId="7259B8E2" w:rsidR="001C5742" w:rsidRPr="00F2159F" w:rsidRDefault="005F011E" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ja j</w:t>
       </w:r>
       <w:r w:rsidR="0039527A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>uridiska</w:t>
       </w:r>
@@ -1979,93 +1837,92 @@
       </w:r>
       <w:r w:rsidR="006A4986" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, anulēt</w:t>
       </w:r>
       <w:r w:rsidR="0098519A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai piešķirt </w:t>
       </w:r>
       <w:r w:rsidR="002533D1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">lietotāju tiesības, </w:t>
       </w:r>
       <w:r w:rsidR="00620C60" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">tā iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidR="00620C60" w:rsidRPr="4D613A06">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00620C60" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
       <w:r w:rsidR="00D224DF" w:rsidRPr="4D613A06">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21FB1771" w14:textId="08B001F3" w:rsidR="000203A1" w:rsidRPr="00F2159F" w:rsidRDefault="00184A1C" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidR="00CE1E23" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>aizpilda projekta iesnieguma datu laukus un pi</w:t>
       </w:r>
       <w:r w:rsidR="001C5742" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>evieno</w:t>
       </w:r>
       <w:r w:rsidR="008945CD" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> šādus</w:t>
       </w:r>
       <w:r w:rsidR="007A390F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2117,87 +1974,88 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>projekta numuru</w:t>
       </w:r>
       <w:r w:rsidR="0066279D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00B73DE1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C73ADD" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="662AB467" w14:textId="77777777" w:rsidR="00BF0BCC" w:rsidRDefault="00BF0BCC" w:rsidP="00BF0BCC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Izmaksu un ieguvumu analīze;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BA62E5" w14:textId="6EE59210" w:rsidR="00DF4CE0" w:rsidRPr="00F2159F" w:rsidRDefault="76D9897A" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>projekta budžetā (projekta iesnieguma sadaļā “</w:t>
       </w:r>
       <w:r w:rsidR="00FF26CB" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>udžeta kopsavilkums”) norādīto izmaksu apmēru pamatojoš</w:t>
       </w:r>
       <w:r w:rsidR="001B1D3A" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
@@ -2215,51 +2073,51 @@
       </w:r>
       <w:r w:rsidR="5B384C07" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ja attiecināms)</w:t>
       </w:r>
       <w:r w:rsidR="003B1E7F" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0E133F" w14:textId="32421ABF" w:rsidR="00E07D8E" w:rsidRPr="00F2159F" w:rsidRDefault="491B4D93" w:rsidP="00BF0BCC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1475"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> paredzēto materiā</w:t>
       </w:r>
       <w:r w:rsidR="67D51E7F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -2305,51 +2163,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ja attiecināms)</w:t>
       </w:r>
       <w:r w:rsidR="00BF0BCC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767928AD" w14:textId="1562140B" w:rsidR="00DA4EE8" w:rsidRPr="00F2159F" w:rsidRDefault="534CBC5F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>uzņēmuma</w:t>
       </w:r>
       <w:r w:rsidR="55330C80" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -2400,51 +2258,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>tml.) (ja attiecināms</w:t>
       </w:r>
       <w:r w:rsidR="00BF0BCC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C99B92D" w14:textId="22FA5A1D" w:rsidR="001B1D3A" w:rsidRPr="008B0F17" w:rsidRDefault="4642874D" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">paredzēto būvdarbu izmaksu </w:t>
       </w:r>
       <w:r w:rsidR="001B1D3A" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tāmes, aplēses vai citus </w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
@@ -2484,200 +2342,200 @@
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="3A1D2D10" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ja attiecināms)</w:t>
       </w:r>
       <w:r w:rsidR="66F850D5" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360BB6AE" w14:textId="277A2C79" w:rsidR="0C6D4A0B" w:rsidRDefault="0C6D4A0B" w:rsidP="67F98795">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apliecinājums (iesniegts brīvā formā), ka projekta ietvaros radītā infrastruktūra būs vienlīdzīgi un bez diskriminācijas pieejama visiem potenciālajiem lietotājiem un par piekļuvi šai infrastruktūrai tiks noteikta adekvāta samaksa;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C24B30C" w14:textId="583E5259" w:rsidR="63F58946" w:rsidRDefault="63F58946" w:rsidP="67F98795">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumenti, kuros norādīta informācija par objekta (zeme, būve), kurā ir plānots veikt investīcijas, īpašumtiesību statusu, tādējādi pierādot, ka attiecīgais īpašums ir projekta iesniedzēja īpašumā vai valdījumā, vai arī būvniecības iecere ir saskaņota atbilstoši Būvniecības likumam </w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>( ja attiecināms)</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E025B55" w14:textId="77777777" w:rsidR="00F32DA0" w:rsidRPr="00F32DA0" w:rsidRDefault="00F32DA0" w:rsidP="67F98795">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B59A8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>papildu informācija, kas nepieciešama projekta iesnieguma vērtēšanai, ja to nav iespējams integrēt projekta iesniegumā (ja attiecināms</w:t>
       </w:r>
       <w:r w:rsidRPr="009B59A8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B849A6" w14:textId="16FE1F45" w:rsidR="782619E8" w:rsidRDefault="782619E8" w:rsidP="67F98795">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(ja projekta iesniegumā nav sniegta informācija) </w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>detalizēts skaidrojums brīvā formā, kā projekta īstenošanas rezultātā tiks veicināta siltumnīcefekta gāzu emisiju samazināšanu vai CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00A74D0C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> piesaistes palielināšana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B572A76" w14:textId="5746BF8D" w:rsidR="782619E8" w:rsidRPr="00A74D0C" w:rsidRDefault="782619E8" w:rsidP="00A74D0C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ja projekta iesniegumā nav sniegta informācija)</w:t>
       </w:r>
       <w:r w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -2713,51 +2571,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ka iepirkuma plānā ietvertais iepirkuma priekšmets </w:t>
       </w:r>
       <w:r w:rsidR="24876152" w:rsidRPr="67F98795">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atbilst Ministru kabineta 2017.gada 20.jūnija noteikumos Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” (turpmāk – MK noteikumi Nr. 353) noteiktajām grupām un tam(tiem) piemērotas MK noteikumos Nr.353 noteiktie zaļā publiskā iepirkuma prasības un kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="00A74D0C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A81AF97" w14:textId="737B7890" w:rsidR="00CF6E17" w:rsidRPr="00F2159F" w:rsidRDefault="1E477A8E" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="445D3849" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
@@ -2790,51 +2648,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ību.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="08EF4D21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404EE33C" w14:textId="58F64AA6" w:rsidR="004C2582" w:rsidRPr="00F2159F" w:rsidRDefault="00313F21" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lai kvalitatīv</w:t>
       </w:r>
       <w:r w:rsidR="00FF6161" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i aizpildītu</w:t>
       </w:r>
@@ -2873,51 +2731,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidR="00E16155" w:rsidRPr="00E16155">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="683B756D" wp14:editId="4C14D154">
             <wp:extent cx="219106" cy="200053"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="744531427" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="744531427" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23"/>
+                    <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="219106" cy="200053"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00AC397C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ie</w:t>
@@ -2939,51 +2797,51 @@
       <w:r w:rsidR="00D14CBD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DE5065" w14:textId="4E4D9D97" w:rsidR="0077328F" w:rsidRPr="00F2159F" w:rsidRDefault="0077328F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Izmaksu plānošanā ņem vērā Finanšu ministrijas 202</w:t>
       </w:r>
       <w:r w:rsidR="00C54890">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
@@ -3024,206 +2882,197 @@
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadlīnijas Nr.</w:t>
       </w:r>
       <w:r w:rsidR="006873C6">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.-2027.gada plānošanas periodā”, kas pieejamas tīmekļa vietnē – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="009F5567" w:rsidRPr="009F5567">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidR="00C72E1B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nr. 1.1. Vadlīnijas par vienkāršoto izmaksu izmantošanas iespējām un to </w:t>
-[...9 lines deleted...]
-        <w:t>piemērošana Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam ietvaros -</w:t>
+        <w:t>Nr. 1.1. Vadlīnijas par vienkāršoto izmaksu izmantošanas iespējām un to piemērošana Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam ietvaros -</w:t>
       </w:r>
       <w:r w:rsidR="00C72E1B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00C72E1B">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C72E1B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="EE0000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7051C9" w14:textId="750B68BA" w:rsidR="00636A89" w:rsidRPr="00F2159F" w:rsidRDefault="00636A89" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Informācija par aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm,</w:t>
       </w:r>
       <w:r w:rsidR="004469DA" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, ko projekta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="000A6B93" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmanto sagatavojot projekta iesniegumu, pieejama</w:t>
       </w:r>
       <w:r w:rsidR="006C4589">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="006C4589">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE335CF" w14:textId="62CD2312" w:rsidR="00446CC4" w:rsidRPr="00F2159F" w:rsidRDefault="3AEC74B1" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="1B389443" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
@@ -3321,51 +3170,51 @@
       </w:r>
       <w:r w:rsidR="1EE2A303" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai notariāli apliecinātu tulkojumu valsts valodā</w:t>
       </w:r>
       <w:r w:rsidR="6DE0719E" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BD4AD8" w14:textId="57496A7C" w:rsidR="00411490" w:rsidRPr="00F2159F" w:rsidRDefault="00030AA6" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -3395,51 +3244,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">diviem </w:t>
       </w:r>
       <w:r w:rsidR="00DB7526" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">cipariem </w:t>
       </w:r>
       <w:r w:rsidR="00313F21" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aiz komata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40019846" w14:textId="3686EB0B" w:rsidR="001306D9" w:rsidRPr="00F2159F" w:rsidRDefault="0042748D" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FA3DD6" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3469,51 +3318,51 @@
       </w:r>
       <w:r w:rsidR="00FA3DD6" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
       <w:r w:rsidR="00CD335B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
       <w:r w:rsidR="00FA3DD6" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="183B9305" w14:textId="15661849" w:rsidR="001306D9" w:rsidRPr="00F2159F" w:rsidRDefault="002B6657" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts pēc projektu iesniegumu iesniegšanas </w:t>
       </w:r>
       <w:r w:rsidR="00404D7C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
@@ -3532,51 +3381,51 @@
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00AA1B48" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> par to informē projekta iesniedzēju</w:t>
       </w:r>
       <w:r w:rsidR="0013188F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4725E35F" w14:textId="15802B11" w:rsidR="00916ED5" w:rsidRPr="007B5CAF" w:rsidRDefault="68672EE0" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējam pēc projekta iesnieguma </w:t>
       </w:r>
       <w:r w:rsidR="2EAD6D44" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
@@ -3719,66 +3568,66 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Konsultatīvais atbalsts</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F418E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pirms projekta iesnieguma iesniegšanas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E33464" w14:textId="32C8D672" w:rsidR="009D55CA" w:rsidRPr="001825E3" w:rsidRDefault="008E372B" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref120492295"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref120492295"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
       <w:r w:rsidR="003006B8" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="00ED6CC8" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4004,55 +3853,55 @@
       </w:r>
       <w:r w:rsidR="001825E3" w:rsidRPr="001825E3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007B5CAF" w:rsidRPr="001825E3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.janvārim</w:t>
       </w:r>
       <w:r w:rsidR="00723777" w:rsidRPr="001825E3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="760F9B36" w14:textId="0FE55B07" w:rsidR="00F714F3" w:rsidRPr="00F2159F" w:rsidRDefault="00723777" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -4345,51 +4194,51 @@
       </w:r>
       <w:r w:rsidR="008C76AE" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>komentāriem</w:t>
       </w:r>
       <w:r w:rsidR="00F714F3" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir rekomendējošs raksturs</w:t>
       </w:r>
       <w:r w:rsidR="00D30F5A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D55E861" w14:textId="514BDF37" w:rsidR="00723777" w:rsidRDefault="00690AC3" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc priekšizskatīšanas </w:t>
       </w:r>
       <w:r w:rsidR="00652D3A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesnie</w:t>
@@ -4451,85 +4300,84 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A068AF5" w14:textId="42646105" w:rsidR="009F418E" w:rsidRPr="00F2159F" w:rsidRDefault="009F418E" w:rsidP="00FC5FE8">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Konsultatīvais atbalsts </w:t>
       </w:r>
       <w:r w:rsidR="00FC5FE8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pēc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesnieguma iesniegšanas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B75B470" w14:textId="7DB9F5DB" w:rsidR="00916ED5" w:rsidRPr="00F2159F" w:rsidRDefault="00970461" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref120490924"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref120490924"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja pēc projekta iesnieguma iesniegšanas </w:t>
       </w:r>
       <w:r w:rsidR="00B2696F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="0008339D" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -4634,103 +4482,114 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidR="00582061" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ziņojuma </w:t>
       </w:r>
       <w:r w:rsidR="004C2AE4" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>veidā informē</w:t>
+        <w:t xml:space="preserve">veidā </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2AE4" w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>informē</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="004C2AE4" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="58A8C74D" w14:textId="7E414F97" w:rsidR="001F6058" w:rsidRPr="00F2159F" w:rsidRDefault="48D7B61A" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120491921"/>
-      <w:bookmarkStart w:id="3" w:name="_Ref172292878"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref120491921"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref172292878"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="4F1684EB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
       <w:r w:rsidR="7DCC3368" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -4822,115 +4681,115 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktajā termiņā </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
       </w:r>
       <w:r w:rsidR="701A7D08" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="77B2BBFA" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00187AE8" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="369D170B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EC6F73" w14:textId="17DE4FDC" w:rsidR="002927C4" w:rsidRPr="00F2159F" w:rsidRDefault="006204AD" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref188435005"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref188435005"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="006D2D4B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
       <w:r w:rsidR="00920415" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00E53419">
@@ -5094,63 +4953,63 @@
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="489965A3" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0B9A16" w14:textId="18C1158C" w:rsidR="009B5CD7" w:rsidRPr="00F2159F" w:rsidRDefault="00916ED5" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="00D25D08" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -5264,76 +5123,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
       <w:r w:rsidR="00B54A16" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00F2159F" w:rsidRDefault="00A01D52" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="473A255F" w14:textId="0D0A138A" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref172292401"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00F12066">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00F2159F">
@@ -5429,94 +5288,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="003C2CBE" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2509</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00F2159F">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61.</w:t>
       </w:r>
       <w:r w:rsidR="00402F7A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="12545E31" w14:textId="7C03350F" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši </w:t>
       </w:r>
@@ -5571,67 +5430,67 @@
         <w:t xml:space="preserve">par </w:t>
       </w:r>
       <w:r w:rsidR="008B1741" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">objektivitātes un </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konfidencialitātes ievērošanu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373EF6E2" w14:textId="55F6F4E1" w:rsidR="001B7BC7" w:rsidRPr="00357BCC" w:rsidRDefault="00B60437" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beig</w:t>
       </w:r>
       <w:r w:rsidR="00840CF9" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -5734,51 +5593,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas </w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00D963EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="009771A3" w:rsidRPr="00D963EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008325AC" w:rsidRPr="00D963EA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanu </w:t>
       </w:r>
       <w:r w:rsidR="008325AC" w:rsidRPr="00A9103A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">var uzsākt pēc </w:t>
       </w:r>
       <w:r w:rsidR="008325AC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
@@ -5815,76 +5674,76 @@
       </w:r>
       <w:r w:rsidR="00446498">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="008325AC" w:rsidRPr="00A9103A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iesniegšanas termiņa beigām</w:t>
       </w:r>
       <w:r w:rsidR="00446498">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DCBB967" w14:textId="70E42810" w:rsidR="0020379A" w:rsidRPr="00D44DA5" w:rsidRDefault="34A7FB25" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref120489080"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē šādā secībā: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="2E3CECE5" w14:textId="366AEFEF" w:rsidR="0020379A" w:rsidRPr="00D44DA5" w:rsidRDefault="00DB6821" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie kritēriji </w:t>
       </w:r>
       <w:r w:rsidR="00F67318" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -5935,344 +5794,353 @@
       </w:r>
       <w:r w:rsidR="009D6E4B" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>locekļi)</w:t>
       </w:r>
       <w:r w:rsidR="00646CDC" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720C01FA" w14:textId="30CC67B3" w:rsidR="0020379A" w:rsidRPr="00D44DA5" w:rsidRDefault="00DB6821" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienotie izvēles kritēriji </w:t>
       </w:r>
       <w:r w:rsidR="00F26DDE" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(vērtē visi balsstiesīgie vērtēšanas komisijas locekļi)</w:t>
       </w:r>
       <w:r w:rsidR="00646CDC" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="483A7FDC" w14:textId="721805ED" w:rsidR="002B2C8E" w:rsidRPr="00D44DA5" w:rsidRDefault="00DB6821" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="00646CDC" w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vērtē visi balsstiesīgie vērtēšanas komisijas locekļi).</w:t>
       </w:r>
       <w:r w:rsidRPr="00D44DA5">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00F2159F" w:rsidRDefault="00D537C1" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="36592662" w14:textId="6414E800" w:rsidR="00D537C1" w:rsidRPr="00F2159F" w:rsidRDefault="00F31B42" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas </w:t>
       </w:r>
       <w:r w:rsidR="001B661D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūrā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
+        <w:t xml:space="preserve"> komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2159F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
       <w:r w:rsidR="001A2736" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E93123" w14:textId="435CC849" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="00270018" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref120490735"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="002A370A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="0093766F" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
@@ -6599,157 +6467,158 @@
       <w:r w:rsidR="009E55B3" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00F2159F" w:rsidRDefault="008C6C65" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref120521487"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00F2159F" w:rsidRDefault="009E55B3" w:rsidP="00BC721B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
+        <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
       <w:r w:rsidR="00E349B9" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">vai vērtēšanas komisijai pieejamās </w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327368D3" w14:textId="63F3010E" w:rsidR="00E225A8" w:rsidRPr="00F2159F" w:rsidRDefault="005A65DD" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi</w:t>
       </w:r>
       <w:r w:rsidR="006964B3" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> va</w:t>
       </w:r>
       <w:r w:rsidR="00B947B6" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i neizpildi</w:t>
       </w:r>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED58D9" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sagatavo elektroniska </w:t>
+        <w:t xml:space="preserve"> sagatavo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7ED35CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">elektroniska </w:t>
       </w:r>
       <w:r w:rsidR="00767AAC" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dokumenta formātā</w:t>
       </w:r>
       <w:r w:rsidR="00767AAC" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par</w:t>
       </w:r>
       <w:r w:rsidR="729B875C" w:rsidRPr="7ED35CD7">
         <w:rPr>
@@ -6760,51 +6629,51 @@
       </w:r>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>slēgšanas proce</w:t>
       </w:r>
       <w:r w:rsidR="002A628D" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537366BC" w14:textId="3F391E6A" w:rsidR="00211D41" w:rsidRPr="00F2159F" w:rsidRDefault="0093766F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Informāciju par </w:t>
       </w:r>
       <w:r w:rsidR="009E0969" w:rsidRPr="00A62229">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apstiprinātajiem projektu iesniegumiem</w:t>
       </w:r>
@@ -6828,221 +6697,221 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">publicē </w:t>
       </w:r>
       <w:r w:rsidR="00700F0A" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tīmekļa vietnē</w:t>
       </w:r>
       <w:r w:rsidR="00211D41" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidR="00211D41" w:rsidRPr="00F2159F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00103090" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00F2159F" w:rsidRDefault="0014261A" w:rsidP="00524B9B">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5254F8DF" w14:textId="1C92DAD1" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00ED2F50" w:rsidRPr="00391207">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv/lv/3-1-1-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00ED2F50">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006262C6" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00CA5F7D" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId25">
         <w:r w:rsidR="009E5AFF" w:rsidRPr="00ED2F50">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:color w:val="auto"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00ED2F50" w:rsidRPr="00ED2F50">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E5AFF" w:rsidRPr="00ED2F50">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="009E55B3" w:rsidRPr="00F2159F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">  vai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DC5702" w14:textId="611C68D6" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērsties </w:t>
       </w:r>
       <w:r w:rsidR="00C714C3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7068,51 +6937,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">+371 </w:t>
       </w:r>
       <w:r w:rsidR="2D1D59C7" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22099777</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4002B2F4" w14:textId="5E8AFBE7" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs jautājumus par konkrēto projektu iesniegumu atlasi iesniedz ne vēlāk kā </w:t>
       </w:r>
       <w:r w:rsidR="00FE7205" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -7140,86 +7009,86 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu </w:t>
       </w:r>
       <w:r w:rsidR="481D1306" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42982291" w14:textId="41873947" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem nosūta elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6172EC0A" w14:textId="3A8325D3" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tehnisk</w:t>
       </w:r>
       <w:r w:rsidR="005B74DF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
@@ -7288,125 +7157,125 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> oficiālajā darba laikā, aizpildot pieteikumu </w:t>
       </w:r>
       <w:r w:rsidR="0D2C99A5" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC7FBB5" wp14:editId="60481F4F">
             <wp:extent cx="238858" cy="253786"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="964020630" name="Picture 964020630"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31">
+                    <a:blip r:embed="rId27">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="238858" cy="253786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, rakstot uz </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="00F2159F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vis@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz </w:t>
       </w:r>
       <w:r w:rsidR="00524B9B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>+371</w:t>
       </w:r>
       <w:r w:rsidR="00FE7205" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20003306.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0491A020" w14:textId="3A2B64E6" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="00402A7F" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktuālā informācija par projektu iesniegumu atlasi </w:t>
       </w:r>
       <w:r w:rsidR="0BC00C7B" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un atbildes uz uzdotajiem jautājumiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
@@ -7416,132 +7285,132 @@
       </w:r>
       <w:r w:rsidR="59F3CEBA" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> tīmekļa vietn</w:t>
       </w:r>
       <w:r w:rsidR="007B0B2C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidR="00ED2F50">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00ED2F50" w:rsidRPr="00391207">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv/lv/3-1-1-1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00ED2F50">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED2F50" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00ED2F50" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidR="00ED2F50" w:rsidRPr="00ED2F50">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:color w:val="auto"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="61B8AD7C" w14:textId="59C51946" w:rsidR="00402A7F" w:rsidRPr="00F2159F" w:rsidRDefault="003BCB04" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Līguma</w:t>
       </w:r>
       <w:r w:rsidR="00402A7F" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta īstenošanu projekta teksts </w:t>
       </w:r>
       <w:r w:rsidR="2E50AE52" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">līguma </w:t>
       </w:r>
       <w:r w:rsidR="00402A7F" w:rsidRPr="7ED35CD7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">slēgšanas procesā var tikt precizēts atbilstoši projekta specifikai. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397D67ED" w14:textId="736794FE" w:rsidR="001C2119" w:rsidRPr="00F2159F" w:rsidRDefault="00EE455A" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="009946CB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
@@ -7574,200 +7443,219 @@
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pantu </w:t>
       </w:r>
       <w:r w:rsidR="00780B48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidR="001C2119" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB57500" w14:textId="681F39A1" w:rsidR="001C2119" w:rsidRPr="00F2159F" w:rsidRDefault="001C2119" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A12DAF3" w14:textId="26C77A3F" w:rsidR="001C2119" w:rsidRPr="00F2159F" w:rsidRDefault="001C2119" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">īstenojot projektu, apzināti sniegusi </w:t>
       </w:r>
       <w:r w:rsidR="007C225C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aģentūrai</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574CC56F" w14:textId="1820F64C" w:rsidR="00250B8A" w:rsidRPr="005C635A" w:rsidRDefault="001C2119" w:rsidP="00BC721B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai </w:t>
       </w:r>
       <w:r w:rsidR="007C225C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
       <w:r w:rsidR="005C635A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C635A" w:rsidRPr="005C635A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Skaidrojošs materiāls par mākslīgu apstākļu Eiropas Savienības fondu atbalsta saņemšanai radīšanu un vērtēšanu pieejams aģentūras tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="005C635A" w:rsidRPr="005C635A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/maksligo-apstaklu-radisana-un-vertesana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005C635A" w:rsidRPr="005C635A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F896676" w14:textId="77777777" w:rsidR="00A43B5E" w:rsidRPr="00F2159F" w:rsidRDefault="00A43B5E" w:rsidP="001C2119">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00F2159F" w:rsidRDefault="00C70414" w:rsidP="00196D54">
+    <w:p w14:paraId="691F4B18" w14:textId="77777777" w:rsidR="00834EDE" w:rsidRDefault="00834EDE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="851" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B09204A" w14:textId="56DFF74E" w:rsidR="00C70414" w:rsidRPr="00F2159F" w:rsidRDefault="00C70414" w:rsidP="00196D54">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24215070" w14:textId="4D5D24C5" w:rsidR="0004362D" w:rsidRPr="00F2159F" w:rsidRDefault="0004362D" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28C77EFD" w14:textId="54023D21" w:rsidR="004B20D5" w:rsidRPr="00F2159F" w:rsidRDefault="3BFC1435" w:rsidP="19ECFF32">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="19ECFF32">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -7872,51 +7760,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3924DB5C" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Līguma </w:t>
       </w:r>
       <w:r w:rsidR="008A35FB" w:rsidRPr="004F3C21">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par projekta </w:t>
       </w:r>
       <w:r w:rsidR="008A35FB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>īstenošanu</w:t>
       </w:r>
       <w:r w:rsidR="00214F24" w:rsidRPr="19ECFF32">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="008A35FB" w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekts</w:t>
       </w:r>
       <w:r w:rsidR="004F3C21">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="460C83F4" w14:textId="77777777" w:rsidR="00C12D3C" w:rsidRPr="00C12D3C" w:rsidRDefault="00C12D3C" w:rsidP="00C12D3C">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -8012,262 +7900,262 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, 27074306</w:t>
       </w:r>
       <w:r w:rsidR="00567BBC" w:rsidRPr="00C12D3C">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EC4BF8A" w14:textId="1B7C843E" w:rsidR="00C12D3C" w:rsidRPr="00C12D3C" w:rsidRDefault="00C12D3C" w:rsidP="00C12D3C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId32" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00C12D3C">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>Gunta.svarce@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1BACA181" w14:textId="77777777" w:rsidR="00567BBC" w:rsidRPr="00C12D3C" w:rsidRDefault="00567BBC">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00567BBC" w:rsidRPr="00C12D3C" w:rsidSect="00C12D3C">
-      <w:headerReference w:type="default" r:id="rId37"/>
+      <w:headerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31076AA9" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC">
+    <w:p w14:paraId="564D6681" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3020E932" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC">
+    <w:p w14:paraId="3F4C4537" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60EA3D3A" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC" w:rsidP="00152F67"/>
+    <w:p w14:paraId="1104471A" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1767F62E" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC" w:rsidP="00F25516">
+    <w:p w14:paraId="01A75424" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06C68CAE" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC" w:rsidP="00F25516">
+    <w:p w14:paraId="21CC43B6" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14F80A94" w14:textId="77777777" w:rsidR="004920FC" w:rsidRDefault="004920FC" w:rsidP="00152F67"/>
+    <w:p w14:paraId="3B7538F5" w14:textId="77777777" w:rsidR="00104D08" w:rsidRDefault="00104D08" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="321F8AFC" w14:textId="7DE33B66" w:rsidR="00FB4B0B" w:rsidRPr="000B2BE2" w:rsidRDefault="00FB4B0B" w:rsidP="00702951">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A914FE" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam. Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00A914FE" w:rsidRPr="000B2BE2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD2BDF" w:rsidRPr="00723334">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="7CCD445F" w14:textId="237CACEC" w:rsidR="00214F24" w:rsidRPr="000B2BE2" w:rsidRDefault="00214F24" w:rsidP="00F055BF">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2BE2">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000570CE" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Lī</w:t>
       </w:r>
       <w:r w:rsidR="00DD121B" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>gums</w:t>
       </w:r>
       <w:r w:rsidR="249C5527" w:rsidRPr="000B2BE2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
@@ -8365,92 +8253,92 @@
         <w:t xml:space="preserve"> priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00C6622E" w:rsidRDefault="00763C7B">
         <w:pPr>
-          <w:pStyle w:val="Header"/>
+          <w:pStyle w:val="Galvene"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00C6622E">
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E43C74">
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00C6622E">
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000E2D63" w:rsidRPr="00E43C74">
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="00C6622E">
           <w:rPr>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7EEEB220" w14:textId="77777777" w:rsidR="00763C7B" w:rsidRDefault="00763C7B">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Galvene"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDF4575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A820848A"/>
     <w:lvl w:ilvl="0" w:tplc="0A687E34">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Headinggg1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2062" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -8981,91 +8869,100 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="353505437">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="937326553">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="403066133">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2056810416">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1292252295">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Kristīne Šmite">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Kristine.Smite@cfla.gov.lv::b0e79a73-38a1-4d81-b4d6-2857e77a86cd"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000CD6"/>
     <w:rsid w:val="000032A1"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00006DDE"/>
     <w:rsid w:val="00006FE6"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="000112D3"/>
     <w:rsid w:val="00012854"/>
     <w:rsid w:val="000132DD"/>
     <w:rsid w:val="00015244"/>
     <w:rsid w:val="00015B54"/>
+    <w:rsid w:val="00015BE3"/>
     <w:rsid w:val="000203A1"/>
     <w:rsid w:val="0002328E"/>
     <w:rsid w:val="00023927"/>
     <w:rsid w:val="00023BC4"/>
     <w:rsid w:val="00024585"/>
     <w:rsid w:val="00024845"/>
     <w:rsid w:val="00024BE0"/>
     <w:rsid w:val="00025592"/>
     <w:rsid w:val="000302C3"/>
     <w:rsid w:val="00030AA6"/>
     <w:rsid w:val="00030D64"/>
     <w:rsid w:val="00035E59"/>
     <w:rsid w:val="0003761A"/>
     <w:rsid w:val="00040509"/>
     <w:rsid w:val="00040A30"/>
     <w:rsid w:val="00041330"/>
     <w:rsid w:val="00042E34"/>
     <w:rsid w:val="0004362D"/>
     <w:rsid w:val="0004459A"/>
     <w:rsid w:val="00045BF2"/>
     <w:rsid w:val="00045CD5"/>
     <w:rsid w:val="000471FC"/>
     <w:rsid w:val="00051445"/>
     <w:rsid w:val="00051815"/>
     <w:rsid w:val="00053A8B"/>
@@ -9146,50 +9043,51 @@
     <w:rsid w:val="000D41B1"/>
     <w:rsid w:val="000D4B09"/>
     <w:rsid w:val="000D500A"/>
     <w:rsid w:val="000D5DCC"/>
     <w:rsid w:val="000D7736"/>
     <w:rsid w:val="000D7D1C"/>
     <w:rsid w:val="000E103D"/>
     <w:rsid w:val="000E2D63"/>
     <w:rsid w:val="000E2DB3"/>
     <w:rsid w:val="000E3050"/>
     <w:rsid w:val="000E3159"/>
     <w:rsid w:val="000E31F7"/>
     <w:rsid w:val="000E38A2"/>
     <w:rsid w:val="000E71B7"/>
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F4732"/>
     <w:rsid w:val="000F5201"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="00100728"/>
     <w:rsid w:val="00101D1D"/>
     <w:rsid w:val="00101F04"/>
     <w:rsid w:val="00103090"/>
     <w:rsid w:val="00104010"/>
+    <w:rsid w:val="00104D08"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111893"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="00112152"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="00112952"/>
     <w:rsid w:val="001137F2"/>
     <w:rsid w:val="00113CA9"/>
     <w:rsid w:val="00114608"/>
     <w:rsid w:val="00114B82"/>
     <w:rsid w:val="00114F2E"/>
     <w:rsid w:val="001150D2"/>
     <w:rsid w:val="0011591C"/>
     <w:rsid w:val="0011592D"/>
     <w:rsid w:val="00115A49"/>
     <w:rsid w:val="00115A64"/>
     <w:rsid w:val="001212FF"/>
     <w:rsid w:val="001215AE"/>
     <w:rsid w:val="00123632"/>
     <w:rsid w:val="0012412B"/>
     <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="0012608B"/>
     <w:rsid w:val="001306D9"/>
@@ -9752,50 +9650,51 @@
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A59F1"/>
     <w:rsid w:val="004A7374"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B4334"/>
     <w:rsid w:val="004B453C"/>
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B788C"/>
     <w:rsid w:val="004B79A6"/>
     <w:rsid w:val="004B7A33"/>
     <w:rsid w:val="004C1D71"/>
     <w:rsid w:val="004C1F9C"/>
     <w:rsid w:val="004C2582"/>
     <w:rsid w:val="004C2AE4"/>
     <w:rsid w:val="004C37AF"/>
     <w:rsid w:val="004C3C94"/>
+    <w:rsid w:val="004C668C"/>
     <w:rsid w:val="004C7F24"/>
     <w:rsid w:val="004D1E1E"/>
     <w:rsid w:val="004D45A8"/>
     <w:rsid w:val="004D46FF"/>
     <w:rsid w:val="004D5026"/>
     <w:rsid w:val="004D551B"/>
     <w:rsid w:val="004D5E5B"/>
     <w:rsid w:val="004D68EF"/>
     <w:rsid w:val="004D6C1B"/>
     <w:rsid w:val="004D72E9"/>
     <w:rsid w:val="004D7AF0"/>
     <w:rsid w:val="004D7C6B"/>
     <w:rsid w:val="004E0922"/>
     <w:rsid w:val="004E0B13"/>
     <w:rsid w:val="004E10E2"/>
     <w:rsid w:val="004E3E56"/>
     <w:rsid w:val="004E402D"/>
     <w:rsid w:val="004E7231"/>
     <w:rsid w:val="004F005C"/>
     <w:rsid w:val="004F015B"/>
     <w:rsid w:val="004F061C"/>
     <w:rsid w:val="004F0D37"/>
     <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F1F7C"/>
     <w:rsid w:val="004F2705"/>
@@ -10309,50 +10208,51 @@
     <w:rsid w:val="0081094F"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
     <w:rsid w:val="00815ECF"/>
     <w:rsid w:val="0081653D"/>
     <w:rsid w:val="00816E21"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="00821628"/>
     <w:rsid w:val="0082272F"/>
     <w:rsid w:val="00823A19"/>
     <w:rsid w:val="00824FAC"/>
     <w:rsid w:val="008258ED"/>
     <w:rsid w:val="00825EA0"/>
     <w:rsid w:val="00825F2F"/>
     <w:rsid w:val="0082696C"/>
     <w:rsid w:val="0082799F"/>
     <w:rsid w:val="00830F0F"/>
     <w:rsid w:val="008318BC"/>
     <w:rsid w:val="00831F13"/>
     <w:rsid w:val="00832323"/>
     <w:rsid w:val="008325AC"/>
     <w:rsid w:val="008326F1"/>
     <w:rsid w:val="00832CA4"/>
     <w:rsid w:val="00833C34"/>
+    <w:rsid w:val="00834EDE"/>
     <w:rsid w:val="00835139"/>
     <w:rsid w:val="0083552C"/>
     <w:rsid w:val="00835AA1"/>
     <w:rsid w:val="00835D63"/>
     <w:rsid w:val="0084031A"/>
     <w:rsid w:val="00840CF9"/>
     <w:rsid w:val="008418E1"/>
     <w:rsid w:val="008429D0"/>
     <w:rsid w:val="00843329"/>
     <w:rsid w:val="008437E8"/>
     <w:rsid w:val="00844DD7"/>
     <w:rsid w:val="008455C0"/>
     <w:rsid w:val="008455D7"/>
     <w:rsid w:val="00846D57"/>
     <w:rsid w:val="00847422"/>
     <w:rsid w:val="00847788"/>
     <w:rsid w:val="00850AEB"/>
     <w:rsid w:val="00852364"/>
     <w:rsid w:val="0085402D"/>
     <w:rsid w:val="008545B1"/>
     <w:rsid w:val="00854FAA"/>
     <w:rsid w:val="00856795"/>
     <w:rsid w:val="00857113"/>
     <w:rsid w:val="008579A8"/>
     <w:rsid w:val="00857C02"/>
@@ -10810,50 +10710,51 @@
     <w:rsid w:val="00B85E8D"/>
     <w:rsid w:val="00B87185"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B947B6"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B95A9F"/>
     <w:rsid w:val="00B95B27"/>
     <w:rsid w:val="00B96374"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA549A"/>
     <w:rsid w:val="00BA58F3"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BA775F"/>
     <w:rsid w:val="00BA7867"/>
     <w:rsid w:val="00BA7A7F"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB129C"/>
     <w:rsid w:val="00BB2567"/>
     <w:rsid w:val="00BB33A9"/>
     <w:rsid w:val="00BB37CB"/>
+    <w:rsid w:val="00BB3AAF"/>
     <w:rsid w:val="00BB5140"/>
     <w:rsid w:val="00BB5178"/>
     <w:rsid w:val="00BB5240"/>
     <w:rsid w:val="00BB6CDC"/>
     <w:rsid w:val="00BB7921"/>
     <w:rsid w:val="00BB7EC0"/>
     <w:rsid w:val="00BC022F"/>
     <w:rsid w:val="00BC3562"/>
     <w:rsid w:val="00BC5D0F"/>
     <w:rsid w:val="00BC5DCE"/>
     <w:rsid w:val="00BC61B5"/>
     <w:rsid w:val="00BC64AE"/>
     <w:rsid w:val="00BC6D65"/>
     <w:rsid w:val="00BC707B"/>
     <w:rsid w:val="00BC721B"/>
     <w:rsid w:val="00BD01B0"/>
     <w:rsid w:val="00BD03F9"/>
     <w:rsid w:val="00BD0847"/>
     <w:rsid w:val="00BD18FA"/>
     <w:rsid w:val="00BD1E1C"/>
     <w:rsid w:val="00BD2BDF"/>
     <w:rsid w:val="00BD5148"/>
     <w:rsid w:val="00BD5A30"/>
     <w:rsid w:val="00BD5D8D"/>
     <w:rsid w:val="00BD5EE9"/>
@@ -10899,50 +10800,51 @@
     <w:rsid w:val="00C21109"/>
     <w:rsid w:val="00C2235D"/>
     <w:rsid w:val="00C223D6"/>
     <w:rsid w:val="00C2314E"/>
     <w:rsid w:val="00C23D9A"/>
     <w:rsid w:val="00C302A2"/>
     <w:rsid w:val="00C321FC"/>
     <w:rsid w:val="00C322FE"/>
     <w:rsid w:val="00C32D3F"/>
     <w:rsid w:val="00C3446D"/>
     <w:rsid w:val="00C35CC7"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43370"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C449AB"/>
     <w:rsid w:val="00C45388"/>
+    <w:rsid w:val="00C46856"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C50092"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C53E25"/>
     <w:rsid w:val="00C54890"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C603FD"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C64BAC"/>
     <w:rsid w:val="00C6622E"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C712BA"/>
     <w:rsid w:val="00C714C3"/>
     <w:rsid w:val="00C72559"/>
     <w:rsid w:val="00C72E1B"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73ADD"/>
     <w:rsid w:val="00C76341"/>
     <w:rsid w:val="00C800E8"/>
     <w:rsid w:val="00C82626"/>
@@ -11407,50 +11309,51 @@
     <w:rsid w:val="00F309FE"/>
     <w:rsid w:val="00F317C7"/>
     <w:rsid w:val="00F31B42"/>
     <w:rsid w:val="00F31BAB"/>
     <w:rsid w:val="00F31EE7"/>
     <w:rsid w:val="00F3222C"/>
     <w:rsid w:val="00F32B14"/>
     <w:rsid w:val="00F32DA0"/>
     <w:rsid w:val="00F32F13"/>
     <w:rsid w:val="00F34F43"/>
     <w:rsid w:val="00F3681C"/>
     <w:rsid w:val="00F374CE"/>
     <w:rsid w:val="00F37A93"/>
     <w:rsid w:val="00F37E25"/>
     <w:rsid w:val="00F40466"/>
     <w:rsid w:val="00F40771"/>
     <w:rsid w:val="00F412BB"/>
     <w:rsid w:val="00F414CF"/>
     <w:rsid w:val="00F415B2"/>
     <w:rsid w:val="00F429A4"/>
     <w:rsid w:val="00F4346B"/>
     <w:rsid w:val="00F444FB"/>
     <w:rsid w:val="00F45FBE"/>
     <w:rsid w:val="00F467A5"/>
     <w:rsid w:val="00F47EE4"/>
+    <w:rsid w:val="00F50740"/>
     <w:rsid w:val="00F51525"/>
     <w:rsid w:val="00F52790"/>
     <w:rsid w:val="00F55825"/>
     <w:rsid w:val="00F559E8"/>
     <w:rsid w:val="00F57699"/>
     <w:rsid w:val="00F57CDE"/>
     <w:rsid w:val="00F61530"/>
     <w:rsid w:val="00F61C83"/>
     <w:rsid w:val="00F61F5A"/>
     <w:rsid w:val="00F6365C"/>
     <w:rsid w:val="00F63828"/>
     <w:rsid w:val="00F63FB6"/>
     <w:rsid w:val="00F645ED"/>
     <w:rsid w:val="00F64837"/>
     <w:rsid w:val="00F64838"/>
     <w:rsid w:val="00F65986"/>
     <w:rsid w:val="00F65CD7"/>
     <w:rsid w:val="00F65F83"/>
     <w:rsid w:val="00F661A5"/>
     <w:rsid w:val="00F67318"/>
     <w:rsid w:val="00F673CF"/>
     <w:rsid w:val="00F67F32"/>
     <w:rsid w:val="00F714F3"/>
     <w:rsid w:val="00F71ADD"/>
     <w:rsid w:val="00F71C48"/>
@@ -12273,704 +12176,704 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="SarakstarindkopaRakstz"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...2 lines deleted...]
-    <w:link w:val="ListParagraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
+    <w:name w:val="Saraksta rindkopa Rakstz."/>
+    <w:aliases w:val="H&amp;P List Paragraph Rakstz.,2 Rakstz.,Strip Rakstz.,Normal bullet 2 Rakstz.,Bullet list Rakstz.,List Paragraph1 Rakstz.,Saraksta rindkopa1 Rakstz.,Colorful List - Accent 12 Rakstz.,List1 Rakstz.,Akapit z listą BS Rakstz."/>
+    <w:link w:val="Sarakstarindkopa"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
     <w:name w:val="tv2131"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c14">
     <w:name w:val="c14"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyText2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts2Rakstz"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyText2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
+    <w:name w:val="Pamatteksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...3 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:aliases w:val="Footnote Rakstz.,Fußnote Char Rakstz.,Fußnote Char Char Rakstz.,Fußnote Char Char Char Char Char Char Rakstz.,Fußnote Rakstz.,-E Fußnotentext Rakstz.,footnote text Rakstz.,Fußnotentext Ursprung Rakstz.,single space Rakstz.,f Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A1D0A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="ListParagraph"/>
+    <w:basedOn w:val="Sarakstarindkopa"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
-    <w:next w:val="BodyText2"/>
+    <w:next w:val="Pamatteksts2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
-    <w:basedOn w:val="ListParagraphChar"/>
+    <w:basedOn w:val="SarakstarindkopaRakstz"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E476F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00152F67"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Izclums">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="FootnoteReference"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Vresatsauce"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextIndentChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="PamattekstsaratkpiRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
-[...2 lines deleted...]
-    <w:link w:val="BodyTextIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
+    <w:name w:val="Pamatteksts ar atkāpi Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamattekstsaratkpi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Nosaukums"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mention">
+  <w:style w:type="character" w:styleId="Piemint">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00614668"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
     <w:name w:val="Headinggg1"/>
-    <w:basedOn w:val="ListParagraph"/>
+    <w:basedOn w:val="Sarakstarindkopa"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00A76ED0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:rsid w:val="00A76ED0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="38435739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -14399,51 +14302,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cfla.gov.lv/lv/3-1-1-1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cfla.gov.lv/lv/3-1-1-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gunta.svarce@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/363602" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/maksligo-apstaklu-radisana-un-vertesana" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cfla.gov.lv/lv/3-1-1-1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cfla.gov.lv/lv/3-1-1-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gunta.svarce@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/363602" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/maksligo-apstaklu-radisana-un-vertesana" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14719,65 +14622,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ca66fe658f6e7c48fa3a82a2102fbdd4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f677f4bdca950af14c1d8dea0a88e849" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -14972,111 +14862,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5852AD45-F024-4058-B824-A1E039882E5E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6FDAA08-9DA1-4ACE-BF9B-A7436F83A433}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>12580</Words>
-  <Characters>7171</Characters>
+  <Words>12482</Words>
+  <Characters>7116</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>59</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19712</CharactersWithSpaces>
+  <CharactersWithSpaces>19559</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>