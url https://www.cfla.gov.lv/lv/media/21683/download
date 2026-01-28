--- v0 (2025-10-22)
+++ v1 (2026-01-28)
@@ -1,157 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4B8E1661" w14:textId="79F7C10A" w:rsidR="005F49AE" w:rsidRPr="006C3CDC" w:rsidRDefault="005F49AE" w:rsidP="005F49AE">
-[...35 lines deleted...]
-    <w:p w14:paraId="2825E691" w14:textId="3F467268" w:rsidR="005F49AE" w:rsidRPr="006C3CDC" w:rsidRDefault="005F49AE" w:rsidP="005F49AE">
+    <w:p w14:paraId="32719C8D" w14:textId="7BCEBC85" w:rsidR="005F49AE" w:rsidRPr="006C3CDC" w:rsidRDefault="005F49AE" w:rsidP="005F49AE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4FE709E2">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2910F60C" w14:textId="5876CC6F" w:rsidR="475B1622" w:rsidRPr="006C3CDC" w:rsidRDefault="475B1622" w:rsidP="475B1622">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US" w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="476E2FCC" w14:textId="260F11D1" w:rsidR="007F6E14" w:rsidRPr="006C3CDC" w:rsidRDefault="7E2E3CC4" w:rsidP="475B1622">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3CDC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
@@ -230,51 +141,51 @@
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1600199" y="28575"/>
                             <a:ext cx="1078173" cy="1390650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
             <w:pict xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w14:anchorId="2AED73B5">
               <v:group xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" id="Group 1618416861" style="position:absolute;margin-left:124pt;margin-top:35.6pt;width:210.85pt;height:116.25pt;z-index:251658240;mso-position-horizontal-relative:margin;mso-width-relative:margin" coordsize="26783,14763" o:spid="_x0000_s1026" w14:anchorId="42315333" o:gfxdata="UEsDBBQABgAIAAAAIQCm5lH7DAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hjQnp77LSVoKJIXdoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0x0gXTfXV/V25wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crvcmYDpKHvd9eRSn2mR+LnKF/ckEGPEEEt6PWoqYtmOT&#10;VSdmxcGqTOTSg4P2eJPUz0zIld9WPwccuJf0nEErIK8ixGdhkjtTARmsXOtk+X9GljRYuK7TEso2&#10;4Gahjk7nspX7sgGmS8PbhL3BdExny6c23wAAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL9D52q1AgAA1wcAAA4AAABkcnMvZTJvRG9jLnhtbNRVW2vbMBR+H+w/&#10;CL23vqS2E9OkjHUtg24L68aeFVm2Ra0LkhKn/35HspM2yWClsMIe4uhyztF3vvMd6fJqKzq0YcZy&#10;Jec4OY8xYpKqistmjn/+uDmbYmQdkRXplGRz/Mgsvlq8f3fZ65KlqlVdxQyCINKWvZ7j1jldRpGl&#10;LRPEnivNJGzWygjiYGqaqDKkh+iii9I4zqNemUobRZm1sHo9bOJFiF/XjLpvdW2ZQ90cAzYXviZ8&#10;V/4bLS5J2RiiW05HGOQVKAThEg7dh7omjqC14SehBKdGWVW7c6pEpOqaUxZygGyS+CibW6PWOuTS&#10;lH2j9zQBtUc8vTos/bq5NfpeLw0w0esGuAgzn8u2NsL/A0q0DZQ97iljW4coLKZ5URSzDCMKe8lF&#10;kU+KbCCVtsD8iR9tPz15TidFeuIZ7Q6ODuBoTkv4jRzA6ISDv2sFvNzaMDwGES+KIYh5WOszKJcm&#10;jq94x91jkB4UxoOSmyWnSzNMgM6lQbya4zzL4yzNZhhJIkD4YOTPRqlnx/t508GR+MTuFH2wSKqP&#10;LZEN+2A1SBcY9dbRoXmYHpy66ri+4V2HjHK/uGvvW6LhyCQo0m+OCYPuj3TzB84GTV4ruhZMuqHJ&#10;DOsgdyVty7XFyJRMrBgkaT5XASEpraHfAbFvs2KSQtMD+KLICoygzfJJdjGIwjrDHG13Se2AD4xY&#10;UCFa9V9UBeDJ2qmA/yUqTLI8myXQ30cq3GsJKDbW3TIlkB8AcgAbwpPNnXUez5OJ17xUnlBYJ2Un&#10;DxbA0K+EKnjE4xBqNGQBg/9GpJO3VKdn8R+LMTTXXoyheqPi/OE1VNSLdKj2fiNU8hVKTPI4TmbQ&#10;4HDzpdNsd+/tbsYkLqZJAQwHTU5mcZ6F5+atNRmuUXg9gsTHl84/T8/nMH7+Hi9+AwAA//8DAFBL&#10;AwQUAAYACAAAACEAXjHPDUVhAAB4jQIAFAAAAGRycy9tZWRpYS9pbWFnZTEuZW1mrHkFVJRBu/Ai&#10;AhLSICgpCEgssTTIkqJ0dyoh0t2gIC0l3SkhsHQ30ru0AktKLcISwkos+S/3++797r3nP+e/5z93&#10;znnmnXdm3nnmnaefwQIAAA6AfxUcLAAAHwNnt7e3d6BKDgAUYIBJQfUlAIAF8Im9B6AA3LX+a/mA&#10;BwCI3gcADDADff9trAeMA5g8uQfALADgxgATBjDLcWFJYwHoMG1SDNwj7Vm8W9Pnn3A3V0MeAJCX&#10;/8dcPul7/zbv/j+wgZ9K3wcQ/XN9TmkAgBXzpPnn2L/j/c9tAWkA1r/j+lcJlQMAwuT+J98/k/7H&#10;t//ADwAwSmP/B34Gafz/aLP+p30xS+P9X/fYk4Uv9s/u/9J+IA3AOZcFAPZk/3Ue/73c9UVpqCk+&#10;JHhMgGk+fP1KXgvTi4sBggeYGvDn7FLxbp67lqIsADJOt4N5uW8royoDANTGE15Z4mDe8V1eGboD&#10;AOQed4C1YsOIOXHZN6/lZXR8zPZN8dIpFRYYSOdzamIK08ezURkTLgy4fQfFz0IJcDWIIv3yb0oL&#10;I8lI+S2l53N2Mpaf4YcYTkioTc2AyPorOfJpSKM4W2/OrttsvWxsqVMVEpbRK9u+efD93V0IBOKH&#10;rKj+VmFCECZboMFB+b/ziA7/8PCJ8F570PWFpgXdZ86U0apBpR/NxtnfmgPfjmUKsdOGydaqAizT&#10;N3Q6959U6FdLMUSZrhUbF2g4KORDOrfuejmJCAaa5DqpwoWQs1l1j8AguaEx4TPVK+lyndnEMx2Y&#10;oHPg3yLteocfxpYGre+rxH6HRA16XnBsiPt/1iqv5FL36SeKG3N5nxrrx0XULU0T1x4QDS8w7T+X&#10;5f+qZajYZhRLDZWg4iRSso7TDpMp17HR+N+oW1UNAcJcEMFcC0n7FrfLfIJQt6w6wykDd9iz7zBI&#10;jmKFqMOQjqWGE8iP+T5l+PSIbcafWJH0Qcch2xfq6CHMRlrH5ikLa/TPFMemGZcQ43XEg56zm5Xb&#10;z299vvFxNNOaVrFnjjdf0T+DWa+crzKXMFllBAQrzLqnBHPr0iR3S+xYeOCNxlaM3Y+UCaGIRTZs&#10;wyiSxgez3DLMHwmBFE0k+1puhIX2s9lqOOtMtVsdy/vyYaOSDZuensQCB4mdB6A04v234+1FeTvC&#10;vx/P7KTeIEIkLjNb8w7fw5yBb4M8M+pKxynN5ZoXIfzLvWZyvCLPRExtCb6nnrPUmfprFzOVa7tD&#10;79Zk4noWiCXhzV2hjTNGopOemvMyS5G9gQyLz75365dShHKv9S9epnjUI71+9rx9y2jn8whRjnpT&#10;b+2/IWFrZXZTBSoDloSYdVRYuCiNl9eOPojd1DEPQ10NJxZp4Cn5P3sOZM4WIcKE1A2k3SGGWFqk&#10;Wq0EJvsCKRN5TqfhNLWXifuZjZZv++lFv1XYBaM8S/jbnsHHNWfjOIlGBYV5GOxPJZyLDdsmHf1I&#10;WlUuruHjFQ+fC0Dq8wQjTP588EWAh/QNH+Brfjj5s3GGg6jz5+WXaKDXZydTSjhbF7IZWxiSFOiq&#10;cs1BWeW0syhR4VoLtY3nWrURt82mnwBRm8rs0Fv4+CJd27jPQsMTl3pHeg0a8vWacWuzoBOaT+op&#10;U/hGj+Hrc+GxFjzZAQOmNiejbDaze4H96okkUPbF1lFV7TDmiBEgtiIWuVXMvrj9F1oQmnuzBBqA&#10;RkMQ6ssMabMiJx0d66OVcxVRDeLhRpZvZ6WJfvsUS4uaiDorup8PsAhDjfI9e8TIyu3Wfw9u1Uim&#10;H/wEi/CXmnlGuOagdRbEsqNz9v1GVb7xbXK8IA3rbHthE9fpkS5Wti2H6GEgyQocD/xB99O/Bb0b&#10;Y7pH8LkruNofCGr3fMyytqnZeQiKMPcIrhrzEH/qzR2Vrg5ewHYetkZMOFr6Lbmm0L5AO7RKxZv2&#10;AQn72Y2vdos59hbsGoovEwgZkgX3g29e1U/4xqeLrIrNd7Hdf/eqoX9vxfWzWM9rkRlY4hce2qPh&#10;Z3eb2kGDv825oJ6qoIWg3nxcQTARZWo/WN3hsm6JVFAwupY2zn+s7nDJZv94EGEfOYhuPpOLMX1e&#10;BIBDcpSMCAdEljioTuG3dM7EnX+CdowEnSTGTQQa4g1buSdUgpF8HfW1Wjv1piwpHu9vyheLSv6W&#10;g8Z2n6nCeMFCIOXEg6+rvt/anv9ayHsCRf053/2qCiO/MhM5DmhVdDxIQupYDltOB9giLyfPny7K&#10;GpC4ifKv0bGKfZGuZ+S5zDpkYL32iaP78ZLSR017aaNpKmfsTzRTGxMVeTPTnsoHcfs6MVSmjM0u&#10;F3vkq1r/hH3x8mLGwudt9w+kl65Wi7YzzVMFkxqsRYUznKQo+rrO3URm1hBYJfzT6/jfVguE73Av&#10;pBBdo9z3ykezFZmoKjP5uC9HHMMH+0RXFyo1CTL0NchTNKPYypId9iskaHw7l9s/C1wWcknXvnpY&#10;EdWBm5NCmQqCdI11nNx8NMRxpOIOO96+iQZOs6zL/wTK72PkjXImE/HClhliPsUR2IV1gawtnUhQ&#10;GqbuBLLgZWUqjCiZGWu++iryySNPbIDOe0ejPts0X0czNAX0FhEkSvKmCcedxS0Fo1E3CIuOs9HJ&#10;tJoHzbbP60Kq6rkeoY8i/DNNxePgQLBP4bNJ5AEX7MKc+Z2KyIw6HuuN2VFgl9h5CN5XaDIPpM4G&#10;o+m+KjhrkvMfdnWD3ciodiMkQazTKx0SG4Bk3DQ4gDBEO8Vewq2m6hXXJzXl8WZSMPa0mFuA8ZFh&#10;ZM3HuRdLG94ZMYn2GDWrBL7NvsFODAWCkN8DxzLmVt6bBGc9reBOUbV7NqT4Ar4g2Ofb6CruxDWN&#10;7ysdHwH7lpeZGUboLbiMZ86D4pvnaS1qKDIgmVkR7RN0ApldE2a9pgqnY7/cMXltJ+/bo+KzQ1nv&#10;v82+t9P/oOh7DRnnTyESE6uSbs8yeD1y442pVfs4owzBgi4LUKD69pDUXaXaf0Agn6o3SiUgXA37&#10;MkvM/VSg9LRTTj9m4U4YReFfhHmjMoWxcR+bTzL0qTxMs1TQ6aEAtiuyEf4ceN3S+Dv8leu5xxmQ&#10;FFTML6RC940UjziUwWvqWvyFH+iOeG6jfFyBTZp4tQykXbWJYeAQFa6qUIfv+fhurGGFGmlTySYl&#10;BHLYrFx9p3pRSAoRoY5MQh3LdxZWcx9iiveWCnQGCoiLJ8Lycpr3BNlKUephBR8TpUL838poe1zH&#10;1rm8bnJPhr/W/NrItzviDrPTX86dIVamCseVX1S0yKiWcrYLl/++uNwRup/zV3+P0N5ygASNyMTj&#10;hbm8Q5Dr0jwmfX7fEdJuOHh4e3nKTBrd4opUlGtki5CYoF9Sl2LzRzcWKdDMNw57OcmVEsi9YH2x&#10;10D8uPfHliT2zajWvq2koxPtTyqx3omvKJhrYPjoPTa33GwJmbbHrUbzFFY3tdCe6DxW+ZSkttGS&#10;7Ofos+sQBKInl2RtfsZue2v073uqcL9X0X1d21Jvxi8uqxDJXIcC7KZB8dxLftNb3lnqYPj3m0HL&#10;RugSvZ1zXMsfLHz2iZYLr785h3wSTfGbf1Wkx4N/iVAWZN1MZC/f6rkjGkMTREJVjQ2MUV1LcDO4&#10;XyyUiGFmJPtzgLWo4d/4LJi5K0P11OTdCTJ8YQQdaa+PbquBkPrCAshUIeFunvc2etc/it+r3rty&#10;MtjtOyo5PTI3sTkSkXKH1yhrlu3jS2MUGeHmtEeELF9ehpekUuy1algkVsaF9XPw6Dq/rWkEYxcP&#10;3/ZqUIoBxkda5Hdr5eqNkmiggwT9emrozYR8ykWJX6rRDfYHuxutShRDE5Hf03EslUv8Rbi+CWIz&#10;7NrpXSXbxsjtyvLiC9ySDpLUEx98hOC0USzOnD01juEkOkmPGlBS6971Qq2eEQs/CbJLNiuburiu&#10;a8mozP1RKFcep6VTlBOcBDOHtEA7jg6YbbArqxuuQieBF109RDRwOflPUpkOc3aRGN4CFIceVV/j&#10;ZunGZJUYP6wwRZw0E6fswDykdht+7Vnd4Ny6hhq2B+C1cyXW0M22wVq21YUgIHaohg1wKw/DqkwR&#10;8Hfk7NQcidYLaJGLoRjqc6uT7YXK0vSKZIX3nNEVAQ9hEuIuU7HnNk6EcAjvXGquvmXZtgfenvXU&#10;zclg4jBWGvqktMTmD4UpTPtWcupUIv9nu5sPr2llMe40WavykBbIfVbqSzB4nJfv+mDfseQGeR+d&#10;d6/3oY8bz60Oza6YGCQI9vVM6dE6itcbtA/p1kSANh/pD795hpwTEpi4uhSd+U3nHxvmMDdsPU27&#10;6Peh89VY94o4ua+YynG8ZajiIlrkaKA7nd4NZlfRpzExopvi5FfZ7kudEpx3EM9K/1ngI16VydDH&#10;6zGJw0PnOCRIXvLo58a2OPpFf2dtgu+baXidtrAifQsuGw++uJfE6vRqh+T1u/rg+AgRfzzIhQqG&#10;qdWa3mR3NGhfCsy0mF4ogunsSzXovKYeuFvER2Do/jgXWYwzsLX/PHMJVdgWqnlMIuvqMoFnvfLA&#10;+1ApdjWhvG8SwBGT2CM7TP2SDSH5u0zey805NlbXj+AlJOobQahWOSz//1HLvbABqragi0YKzNQe&#10;Q1MszTGbUgG650K5+B2V3XKHg7bjBf09g7nZEYJlfD/k3JpYHj1p7S406Ld8m5SVbKw2nrApQtUc&#10;e2DVJ2LmrJ4F8VKTK7oT/25f0at1MsT2YUfJ0P71Z6SD6Qdr+y/28scSBEAoWJJBx3J+JbGiT5r5&#10;94tNAclaZa9ypx9+suPVVx1CIyRVN25bphwWQAx1u9gmzJ2WHnYQlvbV5CQtf2JT2LCiYnPDo9Qi&#10;wAbjlPAFoOGQY+aEirH+TbG63AJxNpEsD87pYGnmVxqpiFskCKFna3hDBd6SYz1I1s3TmnibK8Ia&#10;HE/w3Uvlgpx4F50gdlTnD1t7tMy72Mo4v2HprrQqATtDZUKVVCuCnN60rXo1Vk73u3y5fI1xqHxm&#10;7Tnt2RQ+mmu6Gd4kVXcYH1/7bD5LQwRfB0csVIgzT0QMyCIebKKi0lZZtrNXDon/eM0UyhmGGtbL&#10;hFlKsBkH6h0HdwYVG9ZyrF7xdbeiTytyYOqr599mPU0+6u1dBhiG7LX7SmRaxywhvpPcWt279Q61&#10;+6b33SZxFp5ryihSxJ7jGGQ6Das0SbZNDUAKKXejdLbO3NIM633wUKA4XsPfQhWpgvyrMGdLCM3K&#10;os89V6rwfazWyRSLOYtuFAM/hZkkjnpkyIgnfivkbWH+FxNAKlLyacDFYkSG9uVKlOSkguFuX/9S&#10;AlLxlA+ZKtKEykbntDVIPvr89eRDzYTU6lhD5wHbjpogpSaTLk2Te90qVGmleNnAfWRSCpHlK/HV&#10;OXqd8oc1uG2s8yj/qPDnKE41evZN30RPSoH6oci8yuUqWV25uicm1GOd+JwbkAovQlHU0ajJGQvf&#10;qVk+QwN1/3ET4T3y9sY3MqqUsydAkJuJhGFFzQWn/GjbzM/30WIlZ3yGFvqVdfJBLLfmgUg+V5Vp&#10;rXeR6Ko+DfVX8WfEVezpEYPUI6MTb1aO0ySeVb18dA8nBUcQjGez5cjlNgbr+u4P981uq5S8ubH7&#10;OEcHR0rRxg5TN3dphxXkJqT2AOmH0qvBqzjquwLKXahhK4xVWZG7Mb92p3A/pvIecbFpOh8dK2I3&#10;cDqOGcx8bhLOiG73snsL6ifIes2bY3Xpa/HVNOjwWZ2FQ9P5SQ5GCX/aG/Jq+wpeiYPCLlwY4anj&#10;J3OlYzfbYIcStfoz6RauaRlh9RFq81ZfByLlXzWEh2nA/qtqb2F6pza141Tjn8uGs1OVxjPDHReI&#10;NQGuOuYgiYI+DZJhJ/mkWQprGsc+rtJ0U/FYNSDFhJQTAwEywSDK1/pC00bfgOqKoOZCKDlr6KXj&#10;YJY9Y0tPx5+LPOuUd0a4HnwL0GO5Yryb5Q7wW7D75sCZ0LBpF0ZPYokRNSmX8pf8FAq1qsyWS8eP&#10;eBT8taYp12K87VSvlkmHpikbhnK/IEke+/C8q9yyrlLyExoTEfApStM8LjRXvDu/ewkGuFLGLaLs&#10;ljfCxbV/wZke3E570J/hHZUd/zM9hM0awf1k+r3sYuYSWnzuzvRifXmLNFEQN053m3EwIxfCKVga&#10;B2PclUEbhbdjW2enwqUmvrah18fO9ol699gFXTn/1qYRJ9GWwMehON/4BJnqCHvh8fW2h44Yne1/&#10;7E9gvf9Kc771bXnG2cA4IgAIzftOuFKGmSfsBOrNnj5Tq/dToED1Bcel6OZ5RHvswx/ILpy2ZVkv&#10;hx3xZmfO9H3DcFkGn7/2zvuT5NbjLrNh/DTDqyp1qeM1YqXybcEfrddZ0F00O2NhjhCcqFaJ9Vbq&#10;2ooE7RJLbbDr2/olGMMQCdw/2ns2l+sXN2xKT8nqWQxomvrXzheMIxYIv0PcMqS+A4VUmYiIVmtZ&#10;n9oc55FGbNu0O0ES0HPkKUHxkKIv6KENWB5t/Wmj/vt7GJ+Ll+eWgxLWvTtnj7HTZRGb+oF4vY9p&#10;8NzPULxeIvVS80MdYHcwyP5Uyub6y+DpwicuU0QEOgyxfEbCB7I5sJe6OFdHJMWfkQ5liry7xAT/&#10;Eo+Gq3XiDwKrfS/M2dMnEoJBtodcaJHL0M6xi6/jfdXD3b7mBw7bjP3rG+qngu5SS8pegCLPqUnv&#10;Gy3LstLioewsqErQFqukGMExboI9BRs197NWIKsx+NPtsTsI9Gstl1y/naJJlM5/hA91jMSY1mYG&#10;WGrweN3VEvvf6YLAYoleX2I4BJ5QhjnnkRPa+VvHJZuOHX9z3vp3lh87LewKNZLUoGcLGGWVBOw2&#10;vpgUGCpYaHRLMdkS627pW/oz7Gsz5T3cvXvpyXfrsteqHy8UYXb+gZs4iys1FWOP2LnEzzSJrjdw&#10;UYvkthko+V6zLQHnLvcalfmpAqiKFpMdlgv8+s6lb4R6v1qtx57t+6GvJj/3cLshI+Hk8UNMTPTw&#10;g8PIXYTcyU8Q9hFRXb+JXpowitaODYpycHXPocQDHvt9H0btOek/vX0XKGOwmlXbLerp7mgYdGfl&#10;T73h5kHHX5MSsTlgpJ/SzCQGAy6ODry6aUtcmmXm0l+2SejqTa8f9zz12dEdmgNY+pyuDmXhuBtH&#10;roaPv3JyW3zFg0sVfiF/5wHHCnZfpdvqVb0LuTlGr/uLlg3JIeB2Q8z6JoOZfuFALnPsHVvRpgmN&#10;WupUoBcU0ZDN4eVxuIbx20gSr55orqWlFDxZEPZ4cmek2QPx5qR8PmZc+irPNN2OTVf9cnlsLHpD&#10;DERadd28sXUfxiGJjrRqfwlMmsl1frJsGP701g1t+iV43bvnqM/lh6QoZB6W3VgNb0T9zjYKNMao&#10;gaR2UIRzx8qdC/P8R5RebKBtxpj3uPyMpUXwXf7sT/cFrdZIlBqslPCwrW+PpILrpwx0QzWxecm8&#10;cIPnemxt2JwK86N+cuKDvw2KhXr6TF5kh+UhBM6KhqlzkVY3R1nkCMsm9Z8UjCW64JXJuzyVkvgW&#10;Bye8r8l29ylXN4kuTTKt1cA6scrVy/wVXYGGi9ZN1iUjTBxZkigrXX/RFjEhMnRCa1RN7V8wAv61&#10;xoD4UXEwqfC+KeEurzTd22RfOmWzsi2RFXPY2rHCrSdrDqCvNSm2maTIGSDL2pe03i+7S2mFSVNz&#10;GW4IUJhfKXeWW2T3eC7oNmedVDweeSrU4Oe29ra0SgETZbLRf75SSmJ5zDrmrF/x3CaS6qVTG2yJ&#10;1ygT7OmvEn70ZftD8N+/u7s7bBkH9gwtGtOdHgVDdP1VyPpi42uSRgx94r5U7UhtS72P2/XM+7x2&#10;iHfw85rf/Q8OSWZG/Vni4f13Qn9lvQutIwTw2WmD+gdYNr9Xtomz2Z3ONYYIAGee70itqlHkvT08&#10;iM/0Xl0Fo3OGVxn37Iya1F97T0TAEiO1eem/BQN0adySHRTiOz3KfE+6I7Lygv9kOncvvKZmW3M+&#10;RvZtAevvVx128HrxE3Y5WFIHGlt0ZXUX7Uh0pOlA2gJCVGSYkORpxYxrNYSK6Y9K6O2Dbsh2bvzY&#10;QYw7NzZOMd8U9PRaYKOMx192MJSTRS1jYrqSobaMEDrz4pKmu2TIqAgVXyv7LYq1w1OnzJNpjvWV&#10;aeUn8yfTfh+ipILNCN0PflUMcJeK5e1nZr3ZaNpQPfQHJlEl7y48s2w7Ezsko8hYGE1vfPUETL0x&#10;lyBUnNWnCGWvbulrud71LnuI+bPsyrJs9NxZV8zY2apwM5dOoVtimQNSXxBDOakBuvkNZv8FT1Nj&#10;/+Cw9GOT93F6iqb0Wdm9z28SZilgCt7mTojATvdZD2fptrzgEwMPiXBo5w9aQ/9vfBz78eFGqvx3&#10;idNZngix3DaDkfdpGccTFAqSTR61XwbLYEPmwvJGx9G26iISv/yMp1dLf/YpvI92bpm6amoxbBOt&#10;dM0I7nZlhcTLmqmHmzSz32VLcBB1zs2fdzNbDUacgRlPJjtYn977whMkXOeJQL+uI5cLcAosJFxJ&#10;hgaAvNnr/dM0T4/f/xyHenVmDnu4f5x9WEEn454dryIxpzNfBaU45tdpahnNxMhHcqoIY8q2+Uy8&#10;PLBQqyAkNvhGBzVQ2j5yKzgSA+muneXhrfqwrMmMLhdI+8Y+IPCgf0y5mj7HRLoExROcBlFZpwNO&#10;ddnOaZ5GKqYi9dgHItR+lFpMvWpjfrCRBx4I+NO70jRxf33S9deHbOPU/bM7Y260nwRpUa4MO+zm&#10;olSkv9w0Cbto3Rl6amuKKKhVOMb3dlS5tVFIQUykEYM2mIDOE6KTKpeHZIiUHcUskRWp/kqzpX4n&#10;uGUKd3o76NP6xJtj9eBLPtSFf0RmEAvwi2bowme6SXw/jBT8ypRIp1I+hjWSmHDYLVVcFtlMQ0+j&#10;9ShEXyNhI4YbXPYld5v5sfjSW+BwXLznLtuVvm3ykLYEHNc+NUoSGzZ2CToFtRcJVe9n3ldlJi41&#10;92z3vbzG/mPDdN+hF676ml7MQj+siIAoQmNJuKS+Ut1wkYxEzWL3VoPE0Grrc1BoUoXFTJqMa5uv&#10;jjfIdtysjuURT4zDnIZNKQbv/NZst3Ie+OdeyeFHFK5P5e+LLBjzIymLY+zGMxAfg/GNxKh4+lYM&#10;aiYn8/n6nxXY9diqQa3l18mJhH0j+HDBkNfv9eF3+G1i5cskZhFzb0XBuJdFtvazIhhOCct+Ik02&#10;TD14gB2I5ZnR3kOwc7FI6aEOrN+mKjYisjdBdB8yhKC429/MFV4mjIbULOeUlU9rc6Q7RX8CatX7&#10;3l1deNZtHfgO6Xrph+hh44RQlP+5NT6kY2Uha22SvDxVo8Ld0nvWTp6NfUSnX+l1ReQsSxRkosF0&#10;E+bZLSisIPIjqF+u1RGjB5e+FZcHT2LUEVXMcb9WS31l6NE5dMwc0gHtAM14qRDH42GiBNDdncdj&#10;+ND2cK8nyRkfavvQQXxJUvrmUTf2p3zrIf4Sh9GMOmNq+ry26JNTuTvURQEKtBwi2w8PbG8CRvho&#10;1VQ8+aYz891rtnMCrX39iV1LBvVvXO/+QtfttZfa65IHVoSlLhp056pyTS5bjP+2hK1jiQhXMy8G&#10;dcoo0f9uLcxhaYBvKfrn7qZqYWPQc5bmq5ahPgN4+l83VRVzlSBslsMMwohOGyD9UZtWeSWL/4rQ&#10;mOQlIqDUBl7W3JevwdHEoENDSaCAuxvLV2lYj5Bn9apKcgqTraX62Cb8vdxvUcSCny62P4gYqMOZ&#10;Ypyy+nFCXNf5Ele+Ep98kXxJtVzH6UUhZD9ulVrtp/b/9x1fE0NAb7TpcWjR6Qjv88XFmYOjFybA&#10;mWH8hV2OBzp0ezy0wYI7xPK3m3QrAg3Rm/5XtU/V+bxy2Ck7Ryi4D+EwZ/ou7TT8sc5n1i36rTW+&#10;r60U2cNlC8qIvTmEx421WocpIOe9TxpsWsRXt71C3svLDD/WmLS8osnO6w0hThpsCT1KytYWIXDm&#10;u9CUiYgqyZ+x2niokOdCPEc7Fp0n2k/RYHaW8hnURUzx2aQdpbPxcHDl7/0ix8A1tw0uWvuA/aE1&#10;A7SvWkM29hMsZ47TSBGTDPTNQvx35z2gfoWMavYMVesD7+FMvfmd5xvIc1ZOW4dELtHRjfs/H+is&#10;q2edBSxT5l5OEAl3/1LdIHzJ66q2zMFExMgWxtyy1QfQLOP+fdVwFLZedtUE0KBxCagrHRaPu71c&#10;iH809Sf87bbElBvxgfTACE5OHn/Ytjo0IPhFycb1wOzksZua/ubTJRnk1j0dyvJXvfPNjWS4tTQL&#10;3988GHipv40wICJNIHGh12YqtHpxQAd50veWwOVW3WIkUvcXvmGe770pKd8Cg8MOaUMJD1210zCu&#10;zzXF5Gcxech+mNhms6oBEdW4RMO3FUaecI09tUYaNzpPsvBVwu5Svr0leyUslV/VGjWWz1T4Vz4I&#10;9eDXfdzmJBogVkqQXf/EQRm9O09uaQFNMte5mAsIhtsdvEHK62Nol50v2BLztLTle0qav+xR1tLH&#10;6XFIU5G1tfmD73tElu+EqvCNLiiOY1hKt/GqtO1ZD5AP++O+oBZT6A9P01Ly4ztqABOak66FR+cs&#10;8YjmJ+6chzw2/DlfHJVvuf+CXR1Qes/Hhwq3UT65SxQT648FVY2UPTLi/iYnn53eX2/2kd16RBX+&#10;kpF1e+5DwG164HJQRf+TSPMN/EHc9QzICc56ThbOKDFGwuVkaj0jeTW8wqvLGqhQWnGNzV7hnjO9&#10;FNHLv3nK5a/qQC4tLyNq2k/SX1jS41hinaDuVxozRc5dyG49wxFaAlFRvvIql8Ra4jIIErrm40wn&#10;6E19gM25bvqXLNKOoSEVgcNJ7BJyP9fr6IXk2vERRxnSAP36QkBjREqe+bToTTcLT0A0n0ty/6Ma&#10;6ugkPpqKDFJKDMuWVJQ1fOUlzeLdLj2Ig7nLbtXQFSKPowvxZDniqsq5piQpF1cjUMWE5J8hjgvC&#10;fvc45+nL0qEE4mp1Oekqb0fmGTs/PuBO3GURCX3sfzULJr01dvUTn+A8ku43/tRA7En1In1bnlTa&#10;J5f7d487+5PINVVfrIpGEZ2bqIlWRrttx4Do9t9RndnvXvuEWl93rrmaoxc2cnPYQtU/qvDOGLU+&#10;mHBx1qt9Kb708Zw0V46sceaD/xQeRhyZVs0z65e5w0J5yMM1/jLo0S1CGY1zOYnoiOUtg0NtOnVe&#10;kgGyobKrJ2IEI9UcLVwBay2Uo8V8lLHOUR6VHL+PPercHpBNQOa3ZNFgypwdgtiVh9u3RpNbhhLc&#10;Vmti3J+K6v7QHMCJeOofYA+EJv/Vi1WK5PtU+ZBuTLptVpZOKn+mLp9wGDnc6cC/fntQWJdAofsB&#10;Va28Gbr5VUcgO2b0PSFZJc0m9viT3/JkPnKJI1oFZBMU0f8HTSCy33yEe68s7PaCPaLCaySeFXmB&#10;+49DJd/Bicr3djmfTc7lPUPWWuThIqZT/qflRMdroGwkhcuJBlDEomMLOuG98By+jyR5Xwr92A1I&#10;68VOBEUu4vezGGJLUoWBLSBbsERBRaH92Ou3+nn8sd4QhAjj+EpQaRiOSpAQBldRvBBmeCUsjVe8&#10;odhLDp/HvZ5FK/+bXfkRB9f2BK1yprcgGO+Paz2IayzlNVnRUFGm4RoDka7bXRCpwo04Hx1hWCth&#10;cm0On8be8wYjfTnC4g7GnmNlsdM6ieIx2YlqO/KC1qpCiJ34NoLxt9yB2BVIW08I1K24zmJJE/IJ&#10;6Xvb1WdUUyeqbTFQACBm8g6CsfWotMNZKZm3iLtKnlfy1/q1WTBymERsNcEHi+sTO+9h5QSi43zo&#10;BqG7tqcnGOew7L8Kuj6b8LX84i2KHiPxAJ8/ellCdApgaSAfnsczXuYLRi7H37YFJ9ZYbEkhLC0n&#10;miLXsFWEAf1UXGtO4roocPMLWqf3eSESo+xKUU0YbMBUZytXZbKjoj2AFn1d0sIIxt9hV8UJdrl6&#10;3OtFGr6Ugg3RQNr6OyEC9PXPqJUwsFKEyz9n390JdrlO44hH/Du7hWVliv3XCbH9CkHrblyz3Buu&#10;eKlpu+iRTpAAlfx+ySOkC2n6wtVqpM8JShEGVFJUcDcqrRMkgGXyhFgijuXg9pf+hcc9XSK7M7/5&#10;HKzE+aHYDRLBgS84ahdfqGKkJxT9v/xgxV8pJE6QC0Ixw34veE4+R4pQsbuC6863rTtYMn7reidI&#10;kWvYGsKQVxLZDxVtlbSUbGH9ZRlzFNzFY0700QKQczKEIQ1oEW9kQRZRsCvmgoJ2Yw51ggVOZbFH&#10;JdDi02JxggRovf9aG2GQtASiMScoCRx7UxylHcZzKPRd53CNoGAUBGMh3Od5OkRFIAPRBS1gETmn&#10;VAlDmPkXXU7/ihMk8ATLLmElZbogVsYdtoWB3TS7AiNPOGcD+QIra5YvYI2kpVI9bxKg5UDLQwSl&#10;A95LINLdCUoC+Wb7PWjhBKwXUrsvihzC1hAGTyD2Z1oCrPQs2Og/95YI1YCK8smmhiu9/tIech3c&#10;Q1rdUPmy/OLRpzvBSXg6xPfYYmGgSCE9nmDkH05QEjhWyWetSRg8/pG7w2LojjwZg3vN9oVj30ur&#10;Sz9D0HKEwZqfTRhs0z36viv4dFre+0JlJaz0kt4UYQAawbq4PeEnEMF08lEqdCi+FHnxP3co3o9d&#10;MycO0hjpaQsNxaSCPo938P6fdYes54XoMnlCsXkikJLXsc90lCJHsTWEIV/Mdpq/ToUORztLhGpA&#10;CzdrY8LgLS5rg/grJW1ynYp1zdqNCTvBafh9hIHiwwqcOSvSG4pYNQkD0nmet/24r6Riol9f0PV5&#10;SQMq++ek5IUtDFktBtsKsl519Xk3adYTEIaOEpfpTRcGGVnwFkeHeUvGLZLRiMQ75DOA/F+6VKH4&#10;dF9RaUtGoe8iYXnheSVc0kr/SIJMP6y8ws5PI/3WUldne2hZkWPYGsJQEKg4GAVvg1RCXJvj6xIh&#10;FSzYwajtE8giDJybAOtgiaQNlUIqTzW/QSp+T2HwBeIdnKAkUIlj2YSBU61x39U0v+UbjUB0nidY&#10;cT1+O+AZC/Hsl0olZQscRAvcJuZ1olYThuj06kOLGxUGBzIkXDK2N649Fc+2AHm0OumXoP+m81Tj&#10;Dli38VyEnWdbDLwmfT/RR2AhMG7fBJHeXjzmC43tIwJZbYhVkSNIE4ZQ7BscqvXXlTUJAz316Osu&#10;K8BxFlK0VJMkQgqatSktRkVaI5W+mjDk+8v3xfU+laEz9qFLKtejvz3ICc6K31UYgrFOTlASNQkD&#10;ukN3SsuLePR97Ogfs68TJEBFGyHxWCGDsTmuzuOTH6nVWRh4XqvIjmj5j/AUR4vlGMAvSPPxnMjv&#10;QciL5XxWuXYgKs5Sn3/04UjjL7we7+vxWz0lYgrE6ZrirFTkKJLCwEoRtH5AAT2GM+I4Ky+D4TGH&#10;Ng+UHsDZhoxbkzBwJiGEYRoLHwunN1y5DBXEL2EETFtPMPaqxK02KkGzFy3VdGn16Kdg/ztgvZDX&#10;LrJfRrrajTl0Z6cP/IcJA79IRFrFIghZX6a2sDu1HtIc+fAhu0viH/mdLIb8QOR8T6h8ESyq32iR&#10;5QesCyVCCpAux3+DPA5YLzuHcTz2P1uoOJnL+pxDnE6QK6/NE/sjX+Z5QxXLYYV8AIG5zglS5BqS&#10;wsBKGLQ2oEDRcbUkK8OVS1GYPkmsnVCjMAAwpTtLfzbhOJQJTdHHPMHIzbjGbLaySXM3RRj40ZMP&#10;5q+kRxhHWGwx+GNaWuhgC1csdQfi4r/4o4QBz3M9++XyHFL5o1OQP51xvCfS/JqIo1g9sCiC1nct&#10;u6QMHdZRGCiKSP9yPqdz3Z8hpoMLgrGLSfxv4TnX2CM+FNgq5y/y5QJJE67H9OJdfIB8+7svGL8S&#10;z/2+vE88o+2fiCbzSJFjcKPlLkRFlAolLQwKKltA+a1GOqQC1i/5HW1zGQVnGJ1UDEMlWJVXNDZt&#10;QownEHlECi8KGguwfY2pprDrsyzM33gDkYUsiIVdnkF8q4xx8kJWP85YtNPjkBWyeppovuNa+aG4&#10;tJb25B7r+0Lcj5ONPP5oWtcDFeFvdsXmtZjeeA8nyNUcglYglYjXncSwrk5QEp5QdByftRAiADGd&#10;4xx2cRIQ0r7AFjrbdJcpypw1ifShIn7Liu3MKITolLZyokJYI8/w2Zn/EJR3MoQhHOnC60l6aRm0&#10;H3OqE+Si+OB6K+0p0HgmPLdNTovGL49xgpM/MjHtul0m7IB72VYOr50aV/LHuZ+/bKgTQ5GLcKMl&#10;hJn7FSr2l5tkSeVcVOi32DozLirEAFgFX3lLKnh8Jvq3+8hFE2g1qAnM0YHekrFzRRhQ+HwwU2F5&#10;TOKHRSigpRCNr2AO4/7ROxklH62Ut8PETacnHJ8Li2GuO1gh05O9HWK7Ig2vocWf6+v45Fduv3Ul&#10;jydQWGydiFYXcUCkF4KYnNa8kyxcYn0mz9G+ci5XgHKCkoDI3cdnZV7BYpjqHBbwAyyk5XVfqHyt&#10;PCPFoaRyAa55b17R4weiG/WKr30lv2n42huIXuNEo7A+wmfnNWHRjE+dbER4SsrayXMiXR78ekoi&#10;xzpBAs52xD1fhCAtFFFi5WalDsZWIY8/codig12nZFl4B++F33xALOcgL9dwCjeFAn+v9eCY2x9P&#10;yztFDkImy/B7A36MtAmy8vHrP9cgY8+9R3+ZcXlcJufUMBmGcT3+SAAC0Y1zHJzDbKl3kvhgwlfA&#10;FaRql57xLb1tYrvSnyHxXIMaF3Ye30IEAvEzRldOGNVUvsNgPJyT5m1HunlNiVs9zAHTl0gr0+0c&#10;rgIqGysqnxGteTjR3RIk8ilUuVvaknJF8cLENTltG0fSHb9IRyK9/OUzOCFp4IQyCHBb3ptdOHdR&#10;/JTUGZY1ovN4N78mhRh3hah249elqc5RhUKhUCgUCoVCoVAoFAqFQqFQKBQKhUKhUCgUCoVCoVAo&#10;FAqFQrH9o1VkR26W4y0Zeya/wMzjLlUKxdYGFwX1Bq0XfOHyab5g7N+bZCj+b1+4YhqXAXcu4cor&#10;Gbtf4jh/uWqQE6SoI7z+6FneUPxJXzg+B+9nPb8s5FeQHu7N0L5ymidcOXC72Cp/0KDG3kDs8YLw&#10;uGkF7cdPw9/3OCHbHBRNd6eJJ7rDVgY97StO4PckvkCsT0HHSYm0PuZEVVSHN1R5pHz51vkp+fRW&#10;Pu2VT4hrYOfJssEIlwRzLsFrHCOf13aeauQ7+eLKNk6Qog7gsup4J+vsT43tZde4kEryM2+8Ix/C&#10;vMH4zGZtnb0c/ijIZ9KxTwu7PCufk0PEXnVCtjk8XLuDm/g4+ZUkvyZFnvGLVYjBnYXdX5RP6z2h&#10;2MdOVEV1+PyWs5xWhSzmIYt2cPGNxKIh1SmLhYw3Hn/sIucSLm9J+dE+fs/PT3r5WW2gorUTpNhM&#10;5BVF28q6CKTkt6ystNwrazXGfpT8J7nwCkTY449M/0PXPYQwIF0fSaPABgNWpROyzeENWU/6Ok5a&#10;6QtZ6QyXr0SerURj1s4XsG5JCC7y9R0nqqI6qoSBFX4cLIHYf3CsIzc7hdnVJRvRKnTjuofOJWSj&#10;U7yUa7nSDn/dHeIZ+xgqagGpZNFJsmYCRAFdicXegHVtfsnYvdltYD7n++Nd0Y37nhvAiIBDpPMD&#10;sYz9F7YZ2JXgGhUhawBE4TpUxBInZJuDa0p6O0yST+wL245uUdh2fAt+6p78lL3LhGboDg9XYagF&#10;UoVBNhsNWGOcoN8JphELvKtLlx3s3ZuAE0Y1lUVBU9Y+yABeYtNA7ChvoLS1nFfDt/5JoIBW3cdB&#10;q0FN3KHIKflclai2y4wHKnZyB6In877uYNlJ6Cbt5oRsFKy8+YGyM+gbaBqKHlm1DkPtIestBK3F&#10;iXfBPRydoDR4iqOX+Do/DRMZXb+uL+CdxYc4QRngKs3cfdsbKmvjCZYd7wpPydyHgRZHVd6l7COZ&#10;BTzPhfPkt/YL8wraxLx8H76g1cpdtKnGg2Ul8z7u1pV7iv+luOzoZHnaDMBiGFElDClL4CGfvMWx&#10;s2W7PPuemwQbR5Yt5O3ZTZmezVjBfLtHujDI7j4RJ6jWKCwaeyC6IDPRys30hcpn4qWf5ARx3cVu&#10;MItnol88E38P4Qv1hsrfQGu4jot6orX5DxchcU535Z1TeoAnVDECcbjW31LuMUBT2hceOxstwf2e&#10;do9XbfvmgM5OtFQzC0oqeY83uIIT1zSEGT4L/69Ga7YBz/cFrjuy4JyHd3aipYGrHPnClc97Syo+&#10;x/1+s+9r/Ya0foW0TvcUlwadU6uAAuT2l10Js/49PP83OH89TXzEX4J7z8E9y7KltyYwH9BPlu4C&#10;fQle5ifejxOcRF4AeRSMP4pzb/W2H3sN8jC592MCvkBpB6T7LW84Pg/pktWukQ8wqSs+wd/PeQKj&#10;T3BO5TJsHfDu5vDdIZ9ncNEaJygNPn/0/oL2E5DP45HP0WcSFROWQqUPx3wIQ7oelpNTwM1uPKH4&#10;SG94HDfGXY13xZWyFiBtr3PhFue0Kpwy3o3zJvJ6JBeWkZ2zwhVTEG++5HHIWobnQ1pLMzYLQlg/&#10;dGulPKIL9t/U7Qdh8d6XYjG8ygVrvMGKCMrbPHajUReWecLxWZ5QrA9OzxQ+e3Wpa/Fu3oP1sRDp&#10;lD1D8buUq1LheCS/pGxv5+z6i0xhiMWk9UUGZCVbboangD4GcVwyw6v5GPCSrpVNQrgjctCawbUD&#10;pT/K9RtxDBn6BiqYrPmXX2S1EjNZXlzCEeqQ/9OxGYp95mlbVagJtIitxEmHeHjZazyB6JOy0CjX&#10;ZuS1eC+S8YMUpXQrIK8ocg5e6opE+uVX/p6E+3KdyUns869zF1Utt0ZAfB6Q8yRteEY+J8l1DZ1j&#10;vmD8g4wl5WoC8hX94EqJx8ojS77Hf8KxuDsYay9DlbVozfD8fdjFsB3GfB5nnUX+LfkgjsslnkCF&#10;5CNXuMZ7WsXz6EBEZZ0gF0qBrOQUiC1h2mRNzIC9BqakORj7iOtCFmbxMRQEyg5GHsjiuvY7RZqS&#10;6UG+Ij3uYORu53QbrUb6UC6+4PWYZncg8gz+n1vY7XkpM7yOXV6fFMeiJxBJOsIJTyh6X2G3F+Ue&#10;zEdPoDRpmSaEQXxqQWs+8upjKSdyL6SN+cPr02ILRO5zoiXhCZQ96Mv6LE7eIh/QHfxIVr2qz6gS&#10;BjoXy7kq7/cclsSx/+BlvFqdyJDpUP+0FY69MrIh+yvINbz+8rOcIC4H3lc8w7K7ELcqm8BVjtfj&#10;+E9SQAORATyPy3/hnt8xg+2+s6xo/Cnu+Sz4mWyWguMc/cDL/IobnMoNAHZLqNoSjwqOl4aWnvGf&#10;w32iqFjfSxrosEPFRcGvcKLKBre475dc9NS+p7UccUrRCt+DX8ZfJ+nuyJWdrVcSXZr8dtapaJHW&#10;yb6POAeFaDzOvRrXugp5WC5pRToKz/sX04v7VW2AuzFw+TJYLr9JPvGZWAGYJyUQiYC1HHn/H3cg&#10;dqfbH8vY3IUoCFQcDDGRSi7PHIx9w7Ub8VxDwTfkHfF5uBBrIPKIE83lDsZHSUXFfZD+xdVbPe6s&#10;bYdLOVmbvD+ECs/9rl2hpBV+To4T7NP7y6ZJWvhubCtsKlrxYfh9V1a8pq8E8dypvgl0OfAeZ1OU&#10;RSB5Dq6P9/kC4g2BiL0tcfk+kSYcezO1q+kNW3fLPfGsCFthdztsJIXBKS88D887G5V5OO45Fvez&#10;V+Om45fp4sY8DmhJcWt/aYREkKw5EMLhiP8A3s0nkk48IwULQt7XiVY/kSYM8hJYENnSZCeVGJmR&#10;tkGLt5bCIMNusAiaFZX52T/DvTsmNkpF5bFXbOaoCM5jhu/UelRzuUhRvBD9bZixrNx2oYaplyzU&#10;acJgj578itYtuY0bF3ZFBZnDwmsXltjqRCsiZnnIegWWxAJ0bZbm+0vTliT3BGJxaUEYD+Yrd2rm&#10;cT6XXWF5HOZn6s7WgMcfux8VfDbSPAYVtUdtWvoEPEVlvbwllcsShTtRqcQKkpYKVlkovh58qrDt&#10;6LQJT/n+6N/wHO8gfQthfS1OExBUVOTbK/Y1kNfBKsvAjle+nvlH649WhxOEFnxaExT+aRJPKr/1&#10;avJ5NiIMsAQ6cUVqKVsiOLGBTpDLhXeLfHuJcTiihWu+mxxdSRUGp1whbtUeEowr+0/w2vI+l3BP&#10;Dye01sIg7zUUe9HFdUId4PzzYD3+IqLBfA7gWZ10QQh64VlmId1LkJ45rhTLM7/t2L1xrYVsKBiP&#10;5dcJqp9IF4bEcGWCLJDpdBS23IkuqLUw2CqbsR0clHh3vBBkKpdil3NecYKqIAUwIpvASP87aC1g&#10;PAalCgPDofIZfhK0sl1gdayXLd1RMCA0TkFDS84Namg5tHl0V/uYAx6DySwF1C6AKxIrULuD0cto&#10;vdj5VbEBpvmrvkD8JrTCZ9bF8VgdTYrKTsK9R+PdLLYrK4WZ1hTfk9zTbvWDsU/y2sT2d6IRjVxH&#10;DGrGyuNqZYtYElzcNhibmpivgsqX3OiF3US05G/aosGKGn3NCaE4chPgDQlhgsVVJRobEQak/THm&#10;NcNw/AvncBJNiq0TIZ7r7b0yrFX5Zzm7ZKUKA+KiNf9AurEpgKgNsvMD5ZKVMWgll66vlTAwH0vG&#10;/iYLzFYD3u0L8pyMH7CWcHTDDmFZGZQvjUOrSL59jDCNCttHD6SFK2UY7wqN7EgnsH4i1ccgLXXA&#10;epmFG5XwHBT2TIbGt4FpeqQTXVA7YcALRKtBb78TlAQyv7VdsVHw8EILathhCIJ0vY+tBK+FQsM0&#10;8niVMOBlUzRC0eSeDAnQeYXC9gPTIK1lyBrhBCVB60GGA/2x65Du/4HfJsXSFobl7vAY2RmpmeRb&#10;+UopQDhHfBEsjDBFveH417BYns8vtroVtr1vizZdpXPME6hoR4HyhstfwjOsYVdJ8oD3pThwzwtn&#10;961U0CkJS+BcLtOO9/ohrTVbWGiCVxMGAPl5NUVBnhXPBuGV5eBRUYZKYed7RJ7I0F8CNQtDI1TK&#10;1yRfaGIHrblIT1fkS/cqRgbgnFXcKhDp2uAOVHSRmCnCYLe+mVsIwlq6VvYDqaMwiOjgHtUFh0B+&#10;3VlljVi/5oXShFeQXxI7jVYp8nUkBPVzsSb5HJK3DUwYWMiheqVOUK2xOcKQXaFjIbQccg5fKArQ&#10;VU5QGtByXZC4hy1iZbKtXFIYaPXgeFp/1YEsBY/CyXB5cQHrQSfIlQdzHH33cajQP4swcVdlcUbR&#10;3LbW2ddOFwbC60dBLxm7WLaTdwqSkPdg5cVxb0nFJwkBqzXYN7dHajL8EhRld6h8MERCzF1JVyC2&#10;PGE9Efntyrib98uoPL+Jo9d5HvG9yKhAQhii/3SiCMRy45RrEU/u6Rn/B0ceIMiyjZ1U0pQunKAm&#10;YegzqinM6Y/s7p/TRWU6Uuk4EsWC6fKcQVm8VeJWF4ZQik/IASrjVclyVSdhQF44e2ZWB97ruXwe&#10;KU94/xyxcoK4/V53iObbaCw2FHR5Bs9hOy4lLSFrFRuRBioMluUE1Rq1F4ZKw3nrTlASqODtbPM4&#10;IQxWPycoDSjIlyWvhUIItW7H4xkWQyCSZZv4yt3Q2s1nuLy4oPUAj7sDj/0JltBH4pRkKxKKr0bY&#10;v92h6J24vh9i9JAUbilkqIBOVyIBtiae0NibEPY/5OMypksqHfNCKiC6LbBUajOE5fZb/Xwdn0SF&#10;Ln8HleoTevSdoAx4AtEJIj5MV8D6lRv1yvFg/HgIwtJEqwgBWYZ3+qwnHBtISxDXjTN9tjBYL8jF&#10;UoDnfSwhdDh3GvOY3S/J23DFeua1c6qNmoQBLTHye5bkHd4XrrMY7/UltP7/TBDnvsjzkf6XvOGx&#10;05H2SyRumjCIczFjbo2XeZUoC3USBgh5MDoz21wIvLcrEkKP+KuaFVuH8Lg7EEF3tHK95B/DQ/Hv&#10;6KdBHl/tK4mfgXNhIfH9N0RhqMM8Bu8WCgNavKOQkZy2miiwGWPhBKwZ2bqM56F1/8Xbzu7SpAoD&#10;nyGb4wcV6QS7lbW7KyiYskUczVkRBbQO3nDFSlyrm0RwgPy4LVkBaS6mzLkQnNCH3nB7PB99cS+6&#10;Dx4UChSSb+3KhHxBpUmI2MYAAblZWlIWPLT0bn/Z7U5QBlAgy22zH+lG4U2M0iC9ZYlKgQr9HTds&#10;kQgOkE8PyNAq+9lBq9I5nIRM0gpXrhE/Tsj6Efn0Ft+d+B3YwqZ4/wUb8zEEo1OYd3I8EH3fObxp&#10;bANhcN73r01RLpygJJDWSPKdB61l9M3Qj8DnZ3rsvIm/Vc23g7y13raFAXkVig5zDtdPVBcGFM64&#10;eGE3Rm4rljo8tIXCwGvhvrLLsbywUHx59ZZJZruFK9CPY8WWIUv0j221rxIGFGD2Z6Hk7B5IRAc0&#10;geV7Dicdec42bxQR6TLwZQei8+TkFKBwP5cqDAXn2B5sNwTDVzIu7g1VfIg+eJpJTrD7YOcHxAFp&#10;8vjjWScNpYKVGwXxN8ZjvxtCtoRWS/pQp2nkKS4PIi/EKSnpRr+fU38ZCmF43bYIROSflygJSIWL&#10;zZE5DqgcuNdEJyQFqAAQA6dFlOfmL/OAFo1zUhU2IgwedA3sCso8qFxZvRvpDlpXekvGTcdzjsL7&#10;vC859r8thMHpTkl5TwFHeehHke6UPI81g/4be9p/7BuKAuN7iiJ2t8cB74H3gXqE8snGzd9gRiXs&#10;So2K8hMy613009+riZ72Y2d7AvGk8867pcIAcOt026lmVyTEYzpu5rAZfm/F/4t53NceL5sVLRgt&#10;dqKmCYO8cFwH53+ESnUpvyNAJX0UFoZdwGlxBKKzE15lvPi7ZEKRhJevw3UHihnMLeEC1r0J34dd&#10;yGLL8axSePF3tPDcf0rhsSt+dGReUfRA9q19wchhuHfcrhCcpFRuZMpsLUAfj1gwfB7Jz4r1uNYr&#10;nkDkBmEw9k+kc72E8Vk7T6Vg3eFEpzA8L88oeVH+q9df2oPPwyFbTzAyXvLYqRSofGnOxwQ45Vqu&#10;QWGQdNhzG1L9K0lsRBjsXa9jK/j+7Va2/FPu/i2zDf2l56IB+JGVTIbAA7Gfkp+RbyNhkLJGAfVH&#10;LPoOPP7IRXjO2U6XUixLlK3+jNeSk65C1sf2+5Yy8U1+UWkr5q3sDQoLQsIkb5HmUDTdF1PfIMIQ&#10;jP2aKGiieHwhG6E98y32knMJRxhYeTjBAy1+hjDQe2xXkpqEgUDLWyovjefjXCmcyGwpxLw2M779&#10;BJNfXHajE0WQJgyyVX70VykYTksvLT7C7Jc67jdU/uRaEojbikNmfC6Jz/QHo5+jQC2USkdhCNrO&#10;Mxz7TSo/wHkLuOeMRAFk2lBwfoY5+TUtCxm/Z4FFOCr2iGze72zgkCny7B0RK7sASrp5HSGfwclL&#10;Cggq1KuutlXfgfCrVzu/EJfChHxBYf8MaV9KZ1misrMi49hXiXkkqZDvBkLxb6Ti8VzcF9bCKCc4&#10;HRSGQOw9TsgSQa5mpeD/AZIeEQe7HOC+P9rPgOvLOx23KlXoHWH4QJ6bDtwsDnFbGJxyxWunCkMo&#10;eo+df2xgrJXpwsBvJfDOkK9odJbhPmu4S7rkF65n+0QgCpK3Moeh0ImKZ4ncyzIh5USuHf0V6f4M&#10;73ytfZz5bTc+KANPp1t69Qz0ckvhk+3K+XI3TfmWPRhPtja1mhKN4wx3h7PP2BNIIbMGoGXhDtOI&#10;43isQf4P8/kLqHrG3PikMLAihOMbeE+81PFsDfiSJD7TFSqf7w6MsYfEUuAujvSFFbKcM9Ykndw6&#10;H4UHherNfL/VE63097IVPwjL4P+caPZU4mB8CkzhdfbzoeLyPKnAqCThyiVuf3RoRr98U/CP3B1d&#10;lFIUtBW8TnXK6EKoYoknXPm4r/pcBeQhLIsRELsN9vPg+WVEAs8fjE1G/vW0KzsEGGGJLlV1IP8e&#10;T47MsNL4o39zgtLB+21kSjSBFvlq5O+3TLekh/nDX77TUPzLjO8lZEp07IvCLrhm1+cobGnzZgi8&#10;m/7JctUZFT2l65k+JRrCmDYl2hpZ2O0FyRNc9zWIWndfqGJhouxKWaFohuPPZFhIrUc1hxBMknog&#10;7xtxmLfIH07Ay/NHb5eZkVJ2YmuaBSpqdB5v99gN6uwNxM/0lmSZs1ATO008h4425xL2NRi/ZCwY&#10;Pyd1t2V+RZc4zt8WRfGkAtcEtlicisp+J17eWBS2+zmLTnaPzoI0YYDie4KlaH1MI17DHYw9AaGw&#10;PMGKS1KnUVcHHZmeUPn/4bkq+MEPWsiOiR2ZaeV4SybiuZ8+B0Ka8cGSfIUZLO+LPvMoSW/AetAT&#10;LO/JLoVzSp3gDYw5itdBmh6RdEnarBGoTOdu6tr57cacymFNVJJxMOeH5RXHznaCUDniZ8g7CY9r&#10;zanozuE08LNl+72NPSe/eHTGEHMVJJ9Pts9FuXDmPlQH55HkB8vPw7t8CKzEM9zrC5R29p6d5ZsC&#10;iE0BGhC5JsoarVonJAmOwtj3tMtVcpYsIJONOj0lxzkSw26AE2RPGZewqrTsXW9sHMd1vxWzOp/a&#10;I321ljYTUjIDU7FUkQjY2yvLKpRKUwxMKaojUjRqJ2UgqmAgOhDFk3RK6GQpEoklObBKCm3aIAhE&#10;5UNlfTBEo39QB4jJuK3kfhHVoDWKtMmxLCwhQE0Kbm0aMXSdN2/nZnZv73gSj3fHu7c/Ps7t7uyb&#10;t7Mzb97Mvpk9GP/it1675Jv/zwszdy9/snFX7V+dHP9w+M3PbP7U7cD3qv7719+79gfjn/zZ3/1D&#10;eGr+hZ/vWvrqu68tnP/aS7/6abzzTHRs86a9r336qce+8uWWP9j07U8/Ozsdqzn01T/8TPz03zy2&#10;eZP+7fpvfaflRsvrc3efXqj8fHPtd1mcd575rX+feOpPTyzf8H/ebNlu5HSFhk3fvvza0N/f2/qz&#10;vzz3r6/84t8+hIUsnt57oOO19q+M8XUvtIfE2hhi3QuxzobYPrXH52N/vrC9BsYGPPwmEq7jUYHH&#10;RoFm/vr9p8XvPV/78Ol69uMhRocZwZocwEMc2+ITa3/gtpGd3MTIsOOCLOpvWJtks31tz4FnnoH4&#10;X2S/7zRIHmIdFfcmeD/Dfn/WhwJ+1b7uO773kuefVOJqKautOLdEIpHxPG200ZbF1rJyFN+ulaNk&#10;xSdznB1Xn3x8w6WWSzse3+HzvbHhsm/08U0bxsbGWirOJ+NYH7cM+Zc+t2QNWT4t4f9Qmxnqm529&#10;/tKL/l8k4yTutSxXLe9eTnyUGK1KXEiMx08nFt66fSFRdS8Z52RPy9DWFz/34vG7szP+d65vrYgP&#10;HZ+fve5/ZwssmITbaV/LUhvblt5/K141vljlj5+O/2h84cJLP2xLxhnytQzt2rKrdmhIn9mqXff7&#10;l47PaEwe/w8kn2Vfy3JLZcuWe8tvzlRW3FysWv6IybNwYfzCTxx8Wra01G49bvl8/tmEf+h44i6T&#10;p8L/cTLON65wPm2/8T67j92jb1a2fP1XC0yeijF5X5A/tbW7an3H51j+jPprdx2fmQd5RqU8iY9b&#10;ln/C7mv512+NViQuXGjbdXp+YeGtCxdegUYBN5Y/1tYXd7948u47M/7/9ffV1g6dnP3w+ku/rHox&#10;GYflT+LC8u8v746zfL5Uca+l7bQ1nhi/cK9Kyjzke+xZfS40t3Xmm74qTfv4S7XP1Gm/1F/6kr6U&#10;jLPs842xNmF00+hDvsqKmSs+aGXO+6oe8l1S+Dyc/O33j/rsRa38yYNss+7J8lWVgDiwqNbWRUec&#10;j2UcP29BhiDObTVOQuFTwbMW+Gx6TY1DW5FtZ8+OPnn27NmHYBsdfdIHpci9PfvFPSc//+zmzQ9v&#10;3np8z1e+qQ15xEksxxOLiR+2teyyPoovJMZl1ZKb9RGrCr+Eanby7szC9etS9cht+ezCwuI/b2F8&#10;lhif8ZuveMQZ0hZmZ2dqa1tqh47PxP3XPaL4lnwLZxbibYzPN+7G47tfueoRB/jMLIE8fXdn5pnG&#10;84gDfOLLIE8Vk+feBV4/XBvnswvVx/zCnN9Ru+yN8WHibGlr2/XZu/MLY1WVHnGGtPnr/9j35drP&#10;vfjNu/83f/2lP/aIs+ybZ/mc+Mnu5d3ziYXES175PKTFv3k9Yf3g95a2zl6ftbQljzhLvkvb/+ty&#10;2+iTlzaNXh7doagMuQ0xc3KGr7qXflvecEeL+7YIjbzhjkecIf8y47P1P+zdCqnm5LZUcYXxSbY0&#10;FV7lEDdYlI422nK+nU2/jdpR/LH0m2DjT6TfknyyiFOVRZxMfHIlj+BTlSFOPuURcaqyiEP5kzkO&#10;5U/mOJQ/meNQ/mSOQ/mTOQ7lT+Y4lD+Z41D+ZI5D+ZM5DuVP5jiUP5njUP5kjkP5kzkO5U/mOJQ/&#10;meNQ/mSOQ/mTOU428lT8OP0m+NBGG23uDfy8lh63vc982fl5gS8X/66Vfd0/+c6m8fN6OJWRvSUs&#10;AoFAIBAIBAKBQCAQCAQCgUAgEAgEAoFAIBAIBAKBQCAQCAQCgUAgEAi5wqHAIf1UYPV8COsfYR1K&#10;Q1hfPSfCegeUhEOkFwiW0Aur50NYe0CdTUfqeTW+F3p0PAehk39PUi+4eQHC9jFxXa/rvFueTMB4&#10;UPoYP3c6Oh4z7XS8+N3PMfdx2FftIkhPjQPnVJnEfQp5U9OQx+G6tdetqMFTKZZMGSw/Wa/ht5cl&#10;yK7Se5PXq2fgjsI6PGmv82H7ulOBXh3uuEfvdfAHvnAOr01N1yGDzR/jAmc1nbCdziFMh8dzXg/n&#10;3Gm45YEnDHxEGlCS5fW9/D5VfuLaHj3GfkurKWbHlfI600WLu5cfxzxaa4urh5c9qLc8lwB2CP8x&#10;jvr0RG676z7mYm9APG01l4E/pINxOCV59/AnDemDHOxqHsJzw7OYm3g9Pknv+/gdhf8pLgfwBH5O&#10;uZE/3Bvwc9ZHPI+5L8HTDYj6DCUI5ceWD2QS5zDX5BOTaSIfUQqRD6TDaggPIQ7cq7xW5Ancd8zB&#10;Zy2BpQE1tEqyTuHTEXteGk08QbxWlC7n9VA6UEvDHcpcgRwQcaEMCD4AzAU1nfQ5gnzwWtTOmNMi&#10;HfXJQwlUZbC585xX75XH9ZLBjgF8Yq6nr/J0anknH5T3ENcrQl5Rg4CvO8/dOmwtgDohU5nz0gsO&#10;Dna5Fk+wx66Tsr7APpQRJw/gInSBwiu5784Ru056yirqlvOpYd06GfCus+o+1n8sxc5cxycm+Lpb&#10;EV6LlKet6i0hryz1aj7Cfau81HTgN5NG1BDU20kdt3aAZ5i5zK2kF/Au1PqAuSCusc8r+a6Wc9SG&#10;6jloEVKlwLY1VSfhObAnelPGMODpinSx1VDPueow1xUe98JLpP07i1rjvk+pi7BVkOk75QkrJd+d&#10;zkrp5gb23SfrsBe89ILzjqGtc18jj6XWZVkHunXRzoNGF3FlDqLugNKK9d5ZlyXUlkZA1TEQoh2E&#10;8dx6AewE2E+WBvvMKQ3tBVlfUcdhS4e1RMmbDPYC6gWpKzG9h5XVU5znhZ0kak7+SkOmGNnohV7H&#10;E4LaCHcjz7taFW4Xq/u9OtjVcIzncvJK0fdAfvfTZsJIp1vHiHSw5LnbdiwBKbIpTwHOoTWHfODp&#10;cX2kPMG0esH1NOFaZ7l2tz5QejENtJzVuGsDzGXR7mGdcfbxPfWC43yqXlA1v7sdR+tS2hM8TrIF&#10;gLjCXoDcgH14ek4emYD2CuoXt1z8advpOO32dDaB1GF2X4DLLfIJdIH6tB29YVdepdoLzrLgrvsi&#10;T7AUOfNrbQD2glPjObVkdv0IZxl31gHkp55X7QU31LosNH/2pQDT4nYCLwneLQqmo/bwPOQV5zLa&#10;C+68ceoFZ9/FbS848xHT8ZbXaywk93COL/RCz5uH7p6SSy8o/Xbg4bSJsZ2W/XTRxio8eJ2AJ4E6&#10;QuYg8unRu5N1zlsOL2Bdw3sRLYt8onYpV9IRJQVqg1oyuPTJdFV7wW3xCTtGXufKK4f8bntBzUcx&#10;biHPqyVF6Dmxv1ZIji/wJyPDTOML2Na6+8N2exswHU9Xji+I8Qe4Vvb7cbRFpOvUIeIJ4XVwLpYy&#10;yiXlgrjwdHCkyh1P5Cbyg9yV/Q7ep3DUZ/nEvcYFOA8srY5zqk4FWVSbxNm3EjoPxx7dVijkvsgH&#10;UYqLY3wBLRj8DTUGdAbqArXu45gjtKdgTan8xD7azk6dYV/r0EnOnAfbHM+7+arA9hTvI917MNQF&#10;mA6XVimNcsQdn8wpFgufIrfgFJmw3yP5qNfBMcibGAPqCNV+QKtVyou16hTE5brHxYvrHJGOqqfX&#10;DiuPL2B5l7/tOsHLqxLHLt9cp7j4yRywz6fUWTiObby7PgtbxouvBNZH9/lU3SDTEXHhzuC4mtdh&#10;hZf3/aBuSD2OdRnPu+0BZz5yXWSXXJEvKrhO8OCzdshmfEHFVqU/7FX/VuKTVsNrQuumuW4lvq46&#10;CID65q5Ppl2Se7XM/FZCuvs4ZfOFd6GZZIZ6r1q2wq5JicdbifR8cotsyl3+pHlwcO2syIl6Kzd+&#10;E2tx/9ySLLJ8BXsBcg1CYTs4bQjVXihWhLn1ivciepbcMlu13DjiszotjeMkss8m7Kt82AD3A8gx&#10;aLvcJJ++03+hWIEjU2h/A6m9vdXxdVqWD8pDyCV0lfBfKB4k+90pJHtV+enbrh443ij8BHIlM9pT&#10;q+V1yrZAhSWKpXV1PAkEAoFAIBAIBAKBQCAQCAQCgUAoV4j3guJ9fNLf0BW6r5E+RhgO234Abj6/&#10;ax93vx8AvwQVKV4tWZ53x3PzFXHSvf8U7xtOrtI/ojQg3sAIXyThuwNI5yMEb2nUNzeApH+kwk/l&#10;4/Dad/FN9Zty+iDg2zbhfynfwqWTz70vfJLc7xnhWrfvZPlCzBOU/ovoryhyGP0AZXzxljnG/Qul&#10;n6E925u/I3Tw4bkM8WKKz7CYG67uyzSEH6K9x30JbJ9F/j4T32si35hrHgLwVT18hRzC/9IV13Hf&#10;q/edWO8Q3iTSfxHfgsO51DnLeA7rGM4fkPMspZ+j5IPn3PMFnD7E+MZdfRJqXRVzLtCfEN9uyxbC&#10;/aZbyo4lUPpOJb35FT2W1DWcj3MuWfkB6o54ugC3vaB6mKBfgPd+mOsI9EcQfJxPW9ZJ6SWi7isy&#10;cb5qaZQ6XHiqm7x9R32hliInX6eXMOos5CtaHTn/Qi2d5Qp3nVQhSgru2fXK0Y475wGky1HU1uni&#10;IV81vpoO9zZTzoq2X/BNrxeccOsF+O0ds1yBdTt9nqB9gL/BD8npR4k+RFKnoG5w+//gk5ftupw/&#10;KfZT9ALnI9JIWn5c16jyyvmSMq1U/yj0+QK7COwL9RjqLpXKG2pdccM5d0jaCup555PHtt+dq9nY&#10;C2p5VO0FOA5WH3jMCy/Z7OwFKJ2m7UeJ10mLFHmBVSnmYLsty/KDsxVIhcte8Mh5d5121nkZ78Hs&#10;BXkMdQtaksxeCPKjGe0FnCvG51ByH2Y4jnaG0AvSUhZ+5T1lPc5wv/aCsC75eY8WAeuc8wllYy+4&#10;n2i6Pr+qQ9wlOVVeTEeVWU3DrYvK2364H3sB65wyFxrrd0q/XBx39SNc60E57RCYHZvU31yby7Lg&#10;6ke47AW1RXLuAx9ny6T+dt43pinPlyeytxecK+uAflX7EfC8uIWnY73nc7PFMfs67x4c1l/gg9fb&#10;eiVZ93H2GkjhZS8IHYRpIS/BWczhxjSds+BEq2FbpI7ryhNCq3anaSdVvSDrHYzhnbI1MJ43A3xd&#10;QzGGx/UH7w1qcBznIMEYJdQ9W2846i+ch7FMtE+c9Rn4wXGca63WX2Ev4JqKck0YwVesOCr0kDpG&#10;ifMy4DyOTaavEeWD7O0FEd+e46TzGi31AtcFKmHdVo8JXl56gR/n/JC3Z5qOkonyifSxtKgthtBR&#10;oiQ552Y70iv7UgBYyV6AM6k5iJrV7vvL8QXIeTiXbM0xtEd5eDwvK45r/6Qmd7bryTTt4+5znKdy&#10;rVepFtdlOkcAZLIXVkLq+EL6eGSZFTsy2Qv4Zhq1ufcTl/bCiqnY8VCnpGr7QgB1gm3VUkm10q8r&#10;0BM4zSyymH6aUSzwdc+8gpKUTX3Hd5po2Yk2vPC538vvDe/vNL2xztibEnUGcsn7iePaSNnkorDg&#10;cO0oqScKCSED9ipXz4+QLVQLkUAgEAgEAoFAIBAIBAKBQCAQCAQCgUAgEAgEAoFAIBAIBAKBQCCU&#10;F77f3tL0R5GWZqLipZbmXc+v/kmvjD8LPaI9ooUZbaawSMN/8b3RufonvSJG/rYmrKXOaSYqJtqs&#10;5aUsWKws2KtgiDWHKCy28BHtx3nSC4+QXihyeiSPeqGQZZ7ClUOmF7pW/6RXBNkL64DIXqBQhGQv&#10;EAkie4FCEZK9QCSI7AUKRUj2ApEgshcoFCHZC0SCyF6gUIRkLxAJInvhPsOAqZua3A/rZsnYQWQv&#10;3B+ZerBpusbQ7O9iaqYG+6Vxb2Qv3F9oaC+0jUWrdhjaId3QTgRvHByPRoPwnZ/1fV8Qkr1wf2Tq&#10;w6Gpkbh1vjOsT9d1DMStc52mVni5ckFkL9xfCKVh4/NxK27tHTgTg3CxwVDsh/Uckr1wv2RoTc1x&#10;a8aCchC3GgZYTopvaq9zInvhUMDUnH0B1k9Iq8NMvVprtMsCUMMA2BDp+QOvlH3+TZziyweyF8J6&#10;ZVN3ULT5JrMIFxsmQ951HSzGo+2zIzOWQNzqGJirN3hp8uK92DAccvKeqEkXt9BE9kJEO9r+J4PT&#10;NdXsiUUYXe3sGDwRND3im9qterAWAaIk4O+X2+GrM6n8I9q+1iPHrtUBX5Ph5fanBicNdXyimEKy&#10;Fwxtui5uXY41NldrE8bGvrj1aldy/EAlbbrmem/HgN6/rf+J/lleEg5HN/bpfQ0DT/Tvbw172Q3a&#10;pHHJmrX2tRracPD2c3Hrdq9RtPqR7AWwAbb1Q/2+3dsfjVvzrGcA9Tg1XjR4Iijaer0Prqhs4nWc&#10;IRrE7864rzM1P+913O49cgzC97ZHtFzLn6uQ7IUwswaPtklr8KnBdPGgnUeq1gbb49ZYDO0Mbnmm&#10;sQGqtZ2KpXk4Gg0Wb3+K7IVD7HlV7RBPK275nze1lequqU/XxK3rByOO7817hdXMWpyy7Yu4ta0f&#10;bZKizIeytxdYf1Lb3wqjRrJvcPu54RBYkhmuY/fSMbi/NXPbD/2GxuaxqMp7Y9+EsQLvglF52wsw&#10;ooztOeoF0TcYjzFLIGOdN7XGCPYO0/E39WjoxkHsachWIm79dKSxuTjfbZazvWDqEzUN/VOxsdjh&#10;6FgMS8LUCPsdPcOO7Yx49CWclOG8qR9nfRIXbwt+A+/BtlzeR66ovO2Fi6FJ42JoOBRl4ZFBqLWN&#10;zT3B4RAcn6yBPsOD8g8zrTBhXDSAdzS4l/Pe14q8h0Ovc965u4/chGVvL4DFwNr1au1cJ7Pzj0WD&#10;fAyR0+p5Ax+T8d4XiVtnRiYN4M1HvL3GLwpONL6AoaEtNcSZ1bgW7xwN7VZ9nFmNXmOZxRTS+AKS&#10;qXcHDkcbm6HHl3P+TAd0DB5tK9b+gyAaX8AQSsO+1tfrYBwx9/yB9y3OO7d8cxvS+wiVugPF2I7n&#10;i8hekKGgQqVf6LAM7AWHbwFYctBaFUgWD9rslE8v3HvMUrcXTH1x+6SRfL/Acrpqx0SN09eooGGg&#10;sXk4JOUztaqmSaMw8pW6vcD69q3j0Zv1YMObWlg73344OmkUj+1iakfbjxy7lvSkebULPGkKI1+p&#10;2wumdjE0Zc1b+9rg3QN4qtzprV6TvsKDyvd6TdyaHdkZiegTNXsH4tbVrkz+k2sZlrq9cEgPa+BP&#10;FLf0vn7uTfI/24tpPgP4PUAJjVvvPodvNG/WF0q+0h9fiGjBpvmkb2J/FH0Z8y9HmjDAWjHbkwbQ&#10;wT1pCiNPqdsLpv6Bb3H7pRHhTdIw0BNYk7HFBySQr7JJeDeAJw3M0SyMLCVtLwTgrdMXWi9zTxVB&#10;ewem68BSK0zdc4bw1F9oc8q3rQ/6PYWQp5TtBVOfNNBTRXoWwW/wS863LF4E/hPbuK3glG9qZCf3&#10;dsm3PKVrL7CSELrT23/syGDH4JFjWOcuj3QMdAyyY8f2t+a3znnJN2H4+5zyjceEfI3N+Z+7XdL2&#10;QrAbPNUD8LuBe71DfYP97kA0mGdZPOhEUr7uQAf3dgk2FVK+UrYXwrzHdoj7sO+MgO4FbxLYL471&#10;EsKKfOc7WR/nGOvjFFC+8vBfMLRbdeCDjLNmCydHOrI9aQo8p6pc/BdM7cixwbainbPEnsV4NNhU&#10;WPnKxX/B1HdGpuuKdy4jeLsUet2nsvJfKNJ1DzAEm7GwcpSVv2Ox+ywVWD7yd6RQhOTvSCSI/B0p&#10;FCHNjyASRPYChSIke4FIUEnaCwHn+gb2KjpFWRedoVvO/MpdkvZCcK4e/Bztfc3UbtZfDK0DvaTf&#10;rId3E2K/WhsOTRr5S78U7QVDe/vg7d4TQfAnhhnu5zu39Xevg7XcDW1/68a+SQP8tE09or23vQNW&#10;g8yb3KVoL0Auwnpsc/Uf+IZDsJL30fZin+MMZGrHjbg1Fl3cDus0HG2PW3p/Pv2bStFeMPUTwcNR&#10;8Fe42gV+8DPWdNHPcYYQ7Jp3nwN5z3e+2wu+LV+IgI7IV/olaS/ohvZqF/oRAhr6w+tkLXdoJYR3&#10;/Ix1ZmSCtxD5Sr80xxce5X5Mwrf41a5HtWJfEwXDam2iBlcX5v77/RH+bat8pV969gJYizubxdpp&#10;gKmRc53hAs5fzpaqtWt1Df1S7lnrygFYPypf6ZeavQDzJ2/ztlb4mYt24lZ9PuvY/Yagt/a1zafI&#10;3X9sqSFfcpeYvaBN1+h9UyNjMVhHEXMU92ZHnhpcbCjeMYZo8MqBWSbr5ZEz9tcpLrG9MyOzrF+x&#10;PxLOi71TavbCZGi6btKYNIZDt+rG+HykyiZYvXHSmK6ZMNY+/QcNo6G5+uk6hprpOvTfv9rFZGb7&#10;t+qv1Z0IQpy1lqPU7AWxfqKpGXx+dX8UZtfiOouFmIuULcFsP5DZ1D7wwRr0syPX6qr5fvpv1uSa&#10;Std/IcK/C3WuK7LO/CYiOnzbpGMQx0nzmX7p+i8Y2qQxFatsLv7+QyodjsKKHPlOt5T9F3r0q13D&#10;/Cti+U13taGhvdy+uD3/c61L239hOLQe12uE1YSiofynW9r+juvFb8EVen7Tbu1D8nckEkT+jhSK&#10;kPwdiQTR/AgKRUj2ApEgshcoFGHp2wvu9xDFtjZLijwFk6/07YXpOnW+BIxMF9NYZE9gus5UxkEM&#10;7aIRDRVGnlK3FyLavraNfcNBGNGFd4GVO54YmK4xi8Z2MbVznTcO4BrxXL4mvW+yAGOOQCX//Qjt&#10;9ZoZazy62PAoy+2XO+F7cGvxrbkHDU2+ate2/ukaId/afAsvm7D014MO69v6Ya3Xo+24BuzOSDHN&#10;lYDv38HajvCdXJSvckeh5Ct9eyGi7W9Fv2LAmdjFUHH5RFc7/PfHotGCyVf64wsf+ObqL9kepbBO&#10;fOHWYfcmWMceveDhP6zxWCj/qxK3F1itu1X/xAB8PwLzeta62tUdKJp1Hpl84N8o5bsce6HN1Avj&#10;i1XK9gLUL5yHJOccgB7uGLxWVwy6Afwy97dO2d+2kPL5nx8OFUK+ErYX9GjoTu+MNW9NWWIuEnia&#10;z0LtG9kZwbh5lCdFvknD3yfsBJRP7F2OBZvI3zGXFA3drJ+uu1YzXXOtBr81db590mD7ddfqbtUV&#10;/hu1k8Ziw1z9zXqg8SiUhKPt03WwD8fDeV/vsbTtBZiPCF7lj2rgZz418npdtQZH8jtPMYN8TDag&#10;au3GQehXXjSq+X5EK4R85eG/YGiLDbwPUaTzrWG8EUfBCqmrysR/geXwePR8Z2G+47RyCN6us9b+&#10;1sLKVy7+C6Z+rnOxoZjXib9yYK7A69iXi/8C/6JPoHDprxxeDBVavnLydyz2tVkKLR/5O8K7Qqc/&#10;Qy5tePh2lPpdCEirWL9jUe7+jpALcw04Rsn3dUObrkFvl1zwn67rDibHEBnvyZr8rsF0P0T+jsyq&#10;7PI/3217u5ja/taG/ly9K4xo+yMNAxM1wlOlqumpwVtFu6YczY8wtLmGuHVk8GZ9tdYdgDGftw/k&#10;rJ+vTYYu8RFl8EmA7w429IOnSk5455zIXoD2G7xJZq3znXv5F0MXG3LXzzc19FB5tQvfPexrLdpv&#10;4dH8iAB4k5zrlG+GnhrsyeE3Y6u1YLPkjV9LzRXvXBPZC4cCH/iqdsj3hHd6qzX4knDa+O77yHhf&#10;1cwSFW+l4W05XzFolfKuVVju9gL6HuNKwYipkfOd4J+c7prhEPgdJK/XuoPp1koA3nP1TwwI3hDe&#10;6R0OFuva1OVtL5h6d/DtA9J/QHiT7B24Vufdrpvay+2vdsJThmPV7Fn7+7CXmMKfHRtsmx1x+yeM&#10;R9/bXpzrQpSzvWDqE8bGPtAEZ0am7FUVp6wzMfgNXxT2GgeIaDdZr2Pj85PGBz5T29k8y3oGXjrE&#10;1A8GbxyEtVslb1jhGX5PjexrLcYx0PK2F6Kh6ZqLxnDoYmjCGI9CrW1sPhFk+wasCOl1HVgS0KKM&#10;RZuab3CN0hjxms8A7z8mbN7Dob0D3JOmU/B+vaYYxx7JXoD5luBNcoU92cPHYP1lsAfSjw0aGowT&#10;CIzF0o8jIh+T8YaVyi9Zt+qAN64/uVb3sxqi8QUM0ZskmzlLj/JWQrT/G/tWXoPe1KbrZqwjxwq1&#10;DlO2IY0vIIE3ydRIYzP0+DLFg29AbXxetP8z1uXYzmbwmsvIn+mdjsErXcX+bRsaX8CQkX6uE78/&#10;kz5ehGmPH8WwXyD6HDC/JRpa4TrWo6jaUUzzOL1Ceh8hKRrK7Bt9IniFz3YTYwUCsLL/YsNKc7e7&#10;eQuRS3lzTWQvyHCFdl+fNBojwabKpsodTc39vNdx4+Didrbf1Bh5bzvGXUv51jokeyF7Utdyh/7k&#10;lDVh5Hst97UkshceJGR2ww54/7yiLllXIdkLD0RaNATvLdbjGvTpieyFBwtN/W1mKxTne4UHDcle&#10;eDCCdxnRHPo5FAORvfCAobI2XKmEZC8QCSJ7gUIRkr1AJIjsBQpFSPYCkSCyFygUIdkLRILIXqBQ&#10;hGQvEAkie4FCEZK9QCSI7AUKRUj2ApEgshcoFGG+7IU/N973bdYe0YiKl37m+377qp90Fvj1wR93&#10;vtH58643uhhRWJTh9zu/NbD6J00gEAgEAoFAIBAIBAKBQCAQCAQCgUAgEAgEAoFAIBAIBAKBQCAQ&#10;CAQCgUAgEAjrHZ0+n28zo4cY9Rx45hm/5vN9mv3+TUYJtsH5v2D0XUZ7v9D520/swXOw7WC/n2Dh&#10;Y3xvdLd92PE7mzjbWJyHWfgJe/+hPRs+AfEhnQ0Pz/wcjlWwKOE9G5Jp72d0RDLz6UzugCb3N7Lf&#10;mxht911VYnmnn25z50OtD+WEfNiwR+ZDpQ/zEDY4D7//HwAA//8DAFBLAwQUAAYACAAAACEASr0/&#10;ZHhYAAAAbQEAFAAAAGRycy9tZWRpYS9pbWFnZTIuZW1m7HdlVJTf1/YMHdLSLV3SrTAgNZQwdDdI&#10;d0sJqEgPDN0MIC0tjZTSMDQoSJcy0s28+Pz+T673w/N+f/da1332Oec6+9rnrLPvtQ4QAAC4AP7T&#10;4A9APOAChUL9RSQ+ADBACAAwKWooAQBAAMAVCCAD/Jv33ywcGwCQwAAADB8mev/HXI8sJmDyDA3w&#10;EADA+wCmBzyE4wGCgAC6B5/4AWjEPct/Ywb8C3+56goAAEjhH64ACO3feBj/qMk+AWEAHv0rPjcI&#10;AGB9aKn+Nffvuv/VFwIBgP+u9Z/G9gIA0Hnxv1nPBvpn7T/6AAAjCP0/9BlAuP/hs/6XvJhB2P/X&#10;HHuycSX/NfzffBwQAPNUHgDYlf/P8/if9ncsRktTmQCPBu/BJQCrKEAe2pIHTONgPXx/ak3/bYDe&#10;EGV5QM043d5DB8NBTkMOAKhLxL+1wnzo43qoGHkDAKQ+fwFcsWd8OHF5c7CCnG6A+e9c7JzUgauv&#10;iWFBRRHLFz+kKxQiPW662pnoqESjM6zj2NiVbGJjOtkGV0gJXv3i0yf+3O7qn6oDrOMh6U/otFEm&#10;xqxjRiyjLnIvzEzPz8M3CA198yYcZNpvDqWFJ0ZvtwPzMgPtS0cRg8VtT2fTE35dF+st1izXVhwg&#10;ugeYZ+16KrR/hDZW1HijlJ3bzpa3Yvb33aPAJvWNVrZyjuWb394gIEPJmCUlUBZ8VTU2ZYrUNNUE&#10;Xk4+GJ2RljG3ZH1Bo67Xfyf6Ij7V77vH7bX1+b/1rbg/xMCUMSF9721kh0SytRPdnsPrIywMoL/f&#10;pMamPLCbIDZGi/NCsLuNplysWyuF+VDsOa4Zv2qZArYIiaGaO0JVP7pPB+93CZ8DAjNeaz/oNerL&#10;t7FJ6zFaLLdek4geO4Ojlyiw1uHtu8Hp+7iiuTdIi2nnMr6+zVjo3/Ck+wbxwdquZfvRNjOT8T/8&#10;DEWN8/lw+1sdK+n1Z31qQotLnc+Ohg5DpKKGKNkedujM5gIWPWQCD0tyiQYYE+TNOKihedabYQOG&#10;HZR9ymWCFsRmf/97bAgDpwO6AE0HFfEcxfsUXNBV3MOo/t9d/a8P6/8T/wfxVBHLznXnPtFIKxTX&#10;8SS8HiW60bLkODtm8vuzU2PPLGJywfWdXovPKi746g2gKxtzKz1ODJtTx+w6f3bS96aFfMd1IH8F&#10;UXBbmqh7u/T07uu878HFtB46duhz9SVEesQDd/rH9fmE38r9J92d+3fs0hfS8BI5p5tJ9fnfRLV7&#10;CPeLLLcQaSJunptuAUc1C6wluoKONuVE91kJaVejjdOlesF91ymER27vbPLvbiJkvJ2dBX5K06ld&#10;4RhQVS1tTvX/bfN/C6QGFAh+2LGa+6/mvors9t+vOjyMSd8Lu1XSG8z6leeZT5egcP+5oCb1M16q&#10;foyXv23L9jfYuBjBfoco44qT8HkMBAXmQwU8CqguVTur7nsoDq1/aoDPyElyzSqyTMM1/ffNjA/d&#10;ZNiLF23L4fdN9C0nj4vi7W6MOXDV0niNlj42VlRV/fhbuCJpgauPGI3qG49wfxJw0176hqf/Wrlb&#10;fvQZp3j4zq0peSFxnw5JWf6+e+Q94dGKv8H5PQNKUMdDOZFhFe3TB3f6YL4m+viPC21CW5fSDk9i&#10;XiBqULWpB2b5Xh1T1Jh3XWy/gy72UNinvwobN35UC7xFnfLCvO5Gpt1uN9tUwyauCesOraBpvE05&#10;+1I3PwDWiDOiibb7aLQVibtQod+XSHvTsNmxqZXKQe7vcI9ieRsRK7TVQE2q6tWgsOT1zvLLCxGJ&#10;e9h1qAsCfHuM1VKhkwFjUxsjK/6jviVGDnVBJx8nKThMZ73VLTB9GtMCWTUAfquitdBjxOqifCuK&#10;wl8nbpHZ56eUoCzJvYxE2ykv/xDgPvM6o5NNTYOL/Kh5QqEThZekg/nRCDI9kuRn81hJSRbbmND2&#10;gCwgPYAAD24DLwPV+Njj7G7YxTIsfNIremb7BVoSDjFr+Q2t+kNIiuMOtb1h0hroJMjAk5ujAIYX&#10;bcPm8cDjyvtP6sJKRUB4i3WneuxKA00kE2rKncINNRdxM5XAR9wtVBlLQkxyQ85weSU/JzPW0L0/&#10;KkU8xbdJz9VK1EV0rSY35sTM22nKDFDwA4LkxiDl/UDFSN3TawApiCRA/BPtSd8OijI2m9GrR6HE&#10;4fulmhDjfV75LzOSY4fymd223R4+oS09Tyx6Am2UOJf4uclicPuxY5dBUPfPsHO9d9pz2QvBudyJ&#10;V6o3QuDyi7ozJczmFSn0HvSOjvwGcW8WZM6YBHej7Dx2BsYvveitIFSMbqNTepKGWgmIpQupiNg6&#10;ok/Rdl/VZQ1NU+rugyT4N4R7t3etJt/MfDvTXAzbuLIAPa8c3/O1rP+OqgMsCao7Vc8YbrsWNmoa&#10;SCGtl5mrRXY58ajQAOgehfTf2hk5D50dvwYrvX7Gy8BxcGHbeZOR95yjawViCPCIaZFp3osPSpww&#10;nm93gU9Xen+rKBlThBittjPvowTMDukzfZ5FjGdXK5k9aWpTB0xaFrT+5JveIQXaaEo4hqiW1nN3&#10;1TimDR7vnzuK+xUeB7xEONpZKothJiR/WPMun38ZKLvVz5AURV80oWMXe6+H/GW+MxhqPCICUXTh&#10;Lwk25F7Pr/b/+pGOn+vwWTRsADFBpGLBWtm7Qc0RqvXNiayXcFwp6PWqz0++yhzBa95Z4vrbARZ4&#10;do8vvHehCp7IulCUE7UmrOuq+OI+2IijyzBe2myNImKdv695sdToqxmNmM6KdF7CJWr48wpZOBos&#10;u9btSkYVRFO9A31Ty2nK/IdRa+eULgmCTaNNUovxnVfSmvATBthBpRk5zXyg7wtZEkyjFyZBPSm5&#10;eHKSAxCWTbzt8WbdfyX+xfZGdMy3ikS79l3dcyMur9tK8pp/kitqI4yJoglKYu2bFvkWH+7BRzBv&#10;+vMu2c1yHjP+QDYNavxS//xaLkNPu22tXS8XmhD2Sapf48MJ8JzpNXHcqc9tK2R+443mdLsDVbWi&#10;rknygpLdM9XtbzNYR5/FYsB5NsUh+rijG29bkJ2+Gf00UbppGF1mzzr5V2S0lxhhTjhG99aTrGAY&#10;nKwW8lkVevScBp9JBFspbyfRZ/4sL7MgDTcpbhCLqPaXUaOndz+3ptDSydeK/gNy+7eID6f25S0W&#10;2TH9ofB5Y1GEuCZdvRVYxz6c1d7zfoh2iF+GfVZlmOJEaliC5qdkHfbZvaqUdY2mqmAUr7tAU1+g&#10;2LMit+KJFEFxHKYShH3h22x0W0C9KXPkquTPI96LdgFCR6xIysUsbaRslc07I0o2KbDrQPMy5303&#10;QvPW1ze1FW0KRg1sq6YLb/gYIq5f+ywtDj79+I9Ggemfp1356XiyzQuqRCsqjhEQ+694japalCXU&#10;8mnzGpX6sCZarmAVv5eydOj7T44s1Cro3q/VvMmDT8hy2HWUscRYiOoGLRP9bnNNF3DKJnYeAc/L&#10;Cu4FIZmmBP7Eims98/EQ8A4I2g6BC+ggDp6HPFUu2pxxrbtUWt8LE/3uI7r+8+35gflwyvNLdCxq&#10;tAHtKrV3ictR7D77pz98+qXNKy6E9WM/HKm/QFOFuWdJfeUiyA1qszqdZf10WHWeVeSfJmpwDsFl&#10;HhnALX5GDf7FtHd64zMjW7MSk1s5WJ0Cp6nt1Zi8+Hp6ldD7SPTbBtroD9XH6VUu7DTdoO7EUZyO&#10;j9+Van0Tqobeo5SBh4VBejLoqbfy7xlZ1gJqkCOzYHOx29Z7AojJTsNx0eqOyrppelxQy/6NSLSd&#10;ZExyPgWwPNBb0Z1At8NA9M9C9gnbCzExfMfw+sRh0cTyEnlzXEmtCgJzRDAHXNpA0mpm9jQai83p&#10;qzq9z/sLfeaXkIl2nXgW8AafZVSlPF/JWt8noTK8q7zgcWkoHc1skPq7Zxwxvp2svw73+LAl4sT6&#10;quZiBQggyTJmuuVcQC9FQZhG8a7kVViW10bK/kwEVVWGdrVSq8ToNp2LsFknA9re0Qf/xIBs5e/W&#10;Pba61SjKj7/E1zxI6huMVJ7datqZcHDqrfJnizljcpYv5+z1Bbciq3Gjfzc197QzjwAzIxQUrbEj&#10;kKZ6vZ1OqeLkFCwRXjxEr8vQcOzh1FhdO3knhEhStNJ1bz3ml9xjzqzVoXNQHUfnll0SWONNNvfZ&#10;rCA5fL6ReLN4wgi6bVAPZfkjqm1x1V/KLxIeQFMo4iEY+ZV9DwuaTlIYpkDl26CVO+08cQYsCVBE&#10;z3lWRb6f7XUiu61tgimgxVvbC1qJSrIj7/iOTPvQTwR7TF2MlRVthkkMpOWnULMNQSNPU1PbG9XZ&#10;Sqj1rTy3HOcfDaqOoozj9oJeGkL1gCfTb/kR7h6kJzqarx+PvLNqPCtKNdHLnWOS38uQHL9txI34&#10;vV8LpYamcU0He+dI1lA4GfAEm92+bhPLJh16qqU5UFK9QLrfBgKbkaYOclw/10BcUQ8Ecl+6BCYJ&#10;BGddDrtXyHjqmwPzo68oosiD/DOtPo/Hu/J8yuGD3aDFbYWrcJJ6ilJ5QYSS3h6E5vv04bWm4K77&#10;AsmGqhOOsfW2XZ4140+PHZW/Ud/uDBH/aeoBnl/lfFbemEaub1zQ1d8NF4msGqsrSSMnXGLfC8Cf&#10;wrm63TqJeUxO5VbpuNqOLKiX05BK3H9VXTDalNhzCj++TuwJ8ckViVpxiCgaiDjCoFFyzOcsGOm6&#10;SGMWxT9h2/zDzLDDiVIeZa2Ou4rVK5BEm1edAQl6ZsdShQtcjjdM5IfdM07gbZBdrn70F+9Sufph&#10;vvwFSTZnpK3qf9wMicDiej38SkqW75iJLyT9x37uENTm4Qea+sFlWZHcsxBLWTgp7aoD2y4Fz+vO&#10;DsHEkmXCt5gx05PVtZGoXfyUYGSZFcBevMQS6rdAMaCR7hsBFZF39Ywdvk6xvTmkpzJpZI+bB2if&#10;tbQf2062Fkner71DYaxjz1B8he1Z6cuuKHWKtXDL9/UIYDK+SPTp3OLexFb9aRZ9kWSLtujQ74DE&#10;dSLyoChNwRcXrBeNJHXXipRSNHTXwLnRQsZNt8catY28jNQOmHvU1vF1euvevZeTr9RSI4P67QK6&#10;is1wVj7RFk5p+m0Myw/DVavsyzdsMCSrb0bmcPfupmSzR6cMZkUJQsagwKz3o/Pk9Rsh8jMao/1H&#10;xU1ZULdfjBXTe3g8aw0Cq6YrlkqB8/Uz3PYbLRVTDr1azJyOBRPA7c5iFMNUO1qMuC5mB6jgqoXb&#10;jhidJeJENagCiy0l0h/9lJKQCQdYsD5CjpQsNZW/z05CyKoHdhWK6BaITguKpW6EVCUfTbrYSvPH&#10;1ctFEZSKuFP9ZqeATmT5Ej+C667sCJGg+FXCBZaU2FyGbIPdpTMJWrTmrEFPNi/1zDqidJSpOnGr&#10;xTnNkPYlLGQFvucNa7L7vo8tisu7ty/LQoFVf05kTn6wCw12UXXJR/zwsx/GFMDi5ylyoWaJL1rB&#10;XPywwO+cY57r2I8LsfvYYAoKQViWa8Y4Md+/trt8Ao1rxKNmBvhtNb2xa7Qmtyx9Q4fqSJ7q/6BV&#10;XUUoggY1Q700YGNcNJ4gLS1HTF0eVWQYgKW70a5caUaOVvXNd7TuH9Iu8WlVT3/vXx7QkxwQnwBl&#10;/Kgc8pQkye1j7S4Mp1ic+agbLDf0vcZlOhKh+WvvO6+6VR4GnUH/PGT2Ln7vFTI/amrAYwZVqIDC&#10;haon7g3AKpNdTWsyBsG3VV02VcHeFYVJTqdunFuHdm4NGRFqSMYB47oNi2zfG9FFMePlOmVdFEEk&#10;pbBDBmU6Fo3J1LveZ8sFmrNLsYmvAAR+5/rYrRZZPQuzV4FTltDdfFVrB6XGQifnBJqWxdIQ9n36&#10;J+HqOosGItgqebRNDqOcSNC2dR9r1mQpVsmX1A1xe3qUMMKt5tEghV8H5vrBJnvs4xdLHMMpvDBw&#10;Lk8yEblVGs36OkET/zeQOn2l/LjIfm145sRO7br4WgGPZ7cSG5UBz/wIIOl1EjEn0zQLhCDFjsiP&#10;oLjx7VL5hl6lFwKthPUkq0DBZtc7OiA31W/9rk+CNtrDymZIjPYMyTGhRUpBYJ81dkQ5XPWtZoTW&#10;UecN6bukuGnnl7gwccebbQC406nqky7pGXWjB1WIhvw6nIe0G9JnWoZD6bBU+0PH3kx3h/26/AkD&#10;79xyeRQgdSXEkaPOoMsBH4DJivZDAyBkgagBkt6tKhXw2pzoIc6eFk/hRYBCF5adFnb+6BIVN0oC&#10;VXTzwsWir5k3T5LxW6W0OuuDzi0R1Ush6vM1q7gpXKqXrLbfFzZmHNwEshipNuNTzpP3fKXZzZxB&#10;i+Epqv3tCh3jPOxJOKkRr2cHG+xKTd+0kiq5q/IOTYHsH8+oWpe/7KEuYZi2BSSjl2QEqUxcTBg8&#10;z2Erf7tI1nNsHjpBSNMPsO1aoV6heC0vqrk6ropaty5gjarkQv50JVNy1Ok9Sg8SyF3Q4HV0Y48C&#10;hQhA7eJl9/o1nRecKn2l4qtGfAl0uHOMqA129M+cCThhE0jYRDEeT9aB4abjtr6Zu5PGw1PiTJTA&#10;RMM3N2wh/uq53a3jScEp4zcFspvtSKicTshjjqXLmQLgh3DEmYx2sekEDn/cHLcQi8dXCTdevrn2&#10;ZNZ9EHJeybobr7iRmoBntTSk4sm9Azxv307RGxFtCehHJXQb0vw+Ppu1tx8Yj78De2paplZem7DM&#10;8OBUcXAlPu/NTabd/CBRpVOGVDXMqdQ8oaapMfw63FQoxWCnsnZJprR62b/Zwu0O7y3aBpWj3PrI&#10;n3aXeQQ7s9PI6oaHePEV5JQN0y/pF0Slnq9VwNkWnFpvvYCwdxXJttxuNy5MBDbOUbrNUmub1gxa&#10;V18AQlR04wafSWSjBTKhTMKWqWP06jaYMqQDw3LB1qEfZSyGpVamstVV5Y04ptQ6t80FrdhDT+Rw&#10;+wQ4frI5n5pTDWgBVL0hi2TZpKk0m3eBD3eRFtq0P3lorqQ8Vlt8C7rLDEriYpVxHyyElzAY0GZz&#10;JoICS9Wj5w3wc994EQN4t2bCn4rWv5jQ8O/F5mGTuMN7Nk3FRakv5ke7TA1xuyUdt3lUTL1kWjDa&#10;tgLMxksd3XvCLPo5KCD1gL9EJgvbVmLXqoxdLeHhwWciTdAsyDlSzlzjP0G12O9TZG1XGKdEq3D7&#10;UrTnKri+6sqxSqxs6TzGVXfPAJgnT4s76PF7vozq5CVOcVWp2miW4zrOmVSDoItOOKk0RXClZLYQ&#10;xlZOM4DtvnD9jlNpMTX+NtU/5Rluqugn5s4JVmblkXEGKnYdyOOZfP9w3YtlOgfDKl4M4fA+/vmj&#10;w7Sh+il7oSxiCMTyJjYjQLtwiLRw74wmE+wrWzTxvPdV5VAVcWvnhcGL5/UUWs17IAfOhP6n01QD&#10;yquuzFxGQZV7xAd5CddlXGM7XAbe3NKcHPE4TOi0kEhYbi9cNWGfhxR39mV8AOqz4d3WG6MY787M&#10;8le3SBdP3GJ306L1g6J7zVMnvaq6FDxqfNbkixju6+GqaWeCYFJ5UbsnnWGs21/J88sesZYgqHq7&#10;CgWMK3eD4jVh5lOBqsciiNFLTH3XT/Bev0FTbalaR60GL9dpmQgCx2PzuOFtzv2zM7kfdPBzCdDr&#10;bra89FoNX+zSZHHRTzEmLU6NK7qMZ83FX7+Z55iNLmy1UMMkV1KgXu31bxmUzCKV0i6OYOMf5bVI&#10;OXPCGwzJBYHzDQKqlTj5iEbadn1EYKAM5xB+XrlL+fg7CIy2WfSN8HtoVVLrvXRcQTZtJulHcQDP&#10;SbTdylK8pNUqhW1aVPEKZkU7zJ6vXSXTY7QwhWt0CumcsuraXgdqsNWP/G5oIaT7YrxEebLgKm4q&#10;Eu1mKLtkxUuzrpOVGCE23XUxFzcKVLFCh9YYhXh0OEi4scU1f1EINRI/1ykJYSHP7obBOrQa1u2Y&#10;uXWbdWJPaI9CarErFVWd2cN5RBzwTvBOgtU6TGsS2s0y1IcguUa773+UaS4rhG+ibZX+TklAhUtd&#10;HTqblLkLV5Aw6ZXP47jkW2aIw5KANvXo6cxgo2XCYgq27RpWDX4mPpvdnRLFDcHM6ogZHqhHe5Mf&#10;6wflQG5INIFLgvUQNkHgFJduJuOrxoAQe/rXlNCZkAldVr9W+MojBK7eMc3W0FYKOrwH9RYUyID9&#10;x12IvCUi6q62be0zLLoxsK6ehLNd6mY4lYw21Ix2PENELfPjqrIl3RPYCQM0fqXIvAtLR0UzQ4nN&#10;gT4MROVbzcqUX/BHkEBvN52aZlR4gczMpVhXDUeLp1quYiFxiGOVfb1de6cefRZXs7UVcwe0PvqE&#10;9hgyO6ZOUyLJJS8Qrqf1o6NcieH79yOeEgUcwo7GfpRC6d3xAZ+s1tMIX0WxD84F/qlFbh2RPKOP&#10;uljhNKfXWPNh+U2j8rhgkEui1wY06R69ifygW50DHFgAus1BCITmXTki3l/b8vRT0cn2ctIqfGG+&#10;NqeRrsmIEmdBfrz4DN+sGaqPONCVnsGnf9lhVjIYgC1Qg5+EEZH3ozjShDtenFLUp8JPePuVgrsU&#10;fYukFhZ7djcGgVGZdhBV5++YD+LmoHrm2QLGFM/C3bdgGuNBJKTzhLiS0ll6tioJQX5En1yFdrL+&#10;2r/edAnrI0kYxfTLAIroKWOFUz/hIeRl4jb8KuvKY10JCUPbqi5uO7u0oqo26l0eWiijEVTjfo2W&#10;OCZKcRYNtgEcBNQW1x8pEqRwBxbdsSUdkgqkYyxVBUjGZxcejGkqdbyoOZzaMLE6beZ45CG6Tbyo&#10;4k2tAWmNHgWwghaJz5A7PdeDx2fYrP2ZEtyjYKefRC/4c9n3hAWmpF+k5Abp/81owRVtQisCxRIw&#10;VmsIGHKP2Gfp9OYSfxM9lcVm2p86V70eKOMdF00qI7tJELSinvYVyxvf6OHiThdE2NGJ+SVJIdpx&#10;4L31JG/ahHO9MqMQITTE1emLc9ZC4+3kR7I4ONR2YrR78gPby0kC6MXXYcwEurRn519EedSLFFlv&#10;9negTyY+eVZ94vAChEqM/THmNvZVUruY+FQP9bEuK+d1pzjYUxHgFt0aLN3vvqMueacdC5mLuYOc&#10;CZgDzFXfcaW2XUVcC4aL3BR3Cndxcksr98rV2rKGPndqldSChM4EQRtyTJGrtHb1dJSVUvOrL8mH&#10;thRH8PWcEkjy8AXyVbISyn0rsZrtfeJGYMcbSRNEyd+uetakK6YATPvPC+UmLGibDbvliA4hFZNk&#10;qeMncJ3RbRYzoB91s1Wbt15D3g//1LNL/eG9hobkJCjeWPwn3D+xCgzkGq8rLso+yV7jBwS5SuvW&#10;LWW1mXwBlQYYRfYNZjxFWAaUcVSMLPkdM5qU16CjE4UJEWCC8NiA5AwfPRPczxF9rDUmB2ki71/z&#10;rHfrdxE9brjCUaHLxBnpnz9BQ3pK/Kq/1pbI7XXPa3hae6H5Ai12p2iH7CjueLeTUnK3QDIxx1KL&#10;7KbkF/e4nkVUCtg7nDVq7+k8J+rQp9EJOegqph7pomldb5rr+F7qtxQhlVan1D0ilay9dKGcvrpo&#10;xNCF/4JQC/n5JawtKtmaWcLyyeONqkZbQwr84pasUTGgeGgmwL303QfgtIpDyAeiueWGzPf+FJZC&#10;03oksoNYwSGHfEx5XLiixoAgDWSm9wh+WTan2qu+UN6zUGYnGVs7Anl0DLKvKxg5jzJe8qnzyGKg&#10;Z12SlqAUcg9yR035/IQv+LJedCwxPeK5aLYeahxirxIrqiwhl8AS2gtIoeXJasnk4vEtbAuVIDtC&#10;USm50wrJeEEWobo6upkjr17T8OUDWVUtWTxdPKtkmkg0uaZVkGXrhdpWdZ4Qzp/M+YkFR3f+0263&#10;Mnqq1TPXxBFeccnHQeOoMQ0rQICwzU92Cq57jLgT+Rj8NZxerNqg+XblAtMVU4chok0e2kx8QJ7W&#10;5M9hWfE9vNMaf7AJpm/9CMZbNdj5OHOlq+rQLgC23C3vK86TEcZrbr8UIfexy+J7aYu+gEntGwYm&#10;LiZaIQkxOHGSCFY8Jzvlrv9z2q7HTWMcytS2GS+M0IP97Jhgc5vRgMm4pUkO2JP7dLJTRvEXGcX4&#10;V90STHUX6kgLucwjXXm1KN4q9u+NqeP3FSkOehwadBnz5Gh5gLLWoTc6MgLPl1gLIHYTDU5+St/c&#10;sklcw3tIJhIR5dk8whN6/Dz9E1W6ir8mrE7nyDgW8AB0YmH5QZGSS5+1SJMCAYTu5aEcyu/X9BQJ&#10;DZx41l1owLV9uguOESFGdI+eRRqwkt2S7GrdjgObBQiBfJbDr/z4BhPk1KKMauXs9ybpfv7k+4mT&#10;tY1wfjqZPBT71vUg/CXg2dDMtf/fNOZzP1YnkrKvcIkpKn/ri2osXe1ZV6Xq9O3/bjYck1+ozjAi&#10;AU0aDLAgS1pwV1EJGX+s8nbOZfNuUtJah4xFtpzLN82yVfCn+9iwI7inZnPTPMIuxmW8XWfrnsRZ&#10;R/ILg6dsuUA+Fmfa9jYeIGWcI8ZP/6/oBsaWZ2zjNzSpQKsVjCUgh4XvUoud0F2TRkKr1UhFUK+k&#10;U479c+NvhnFrWSh57nVUQ3Vza3NUKipv/xHZDIvD7g3EHh2gkrBjvb/4pzoppUhyr0gkTY1sVEXx&#10;Tumu5abN9NRIQmvxHZh09KYiHOHi7mn99eMoo/bXMVxgnngbrr0Fewn3kiWKwNu/4tcX1cvfPV1O&#10;WVdOZzuXSPjI3ReaLd9xAoxPkpddhV8E6vKiDsiC5UUWJGB4xLKMsfzeu0Dg/Rp5+DZa94leV9fG&#10;3TgJgsg5NXT/z3BGt8xTPQtFLfbcPL2KyrUZM2+IkMFqkIOUhHG+2qM5VVH6a7+XrZ7P7FaKivr6&#10;Y+15caMLZfjoj2p1Ihn4BEM6wj2P32KAW3VErWWZyc/OgT+ZpQ807KWiWcDDG1/huQsCR7KKa3ol&#10;dyQsIJeqOsjYgtGpx1GsxabPUZh7yMxN7fFdsBl8fx5Oxt6qeV0RAS2vjVMvhW88j13EEvuwpdE1&#10;o5y78eOtjVflICVdZrJIOk6g8AeCV8cvLE2c4JQ5aldvaezbem7O32KBK/0xjsVnvrFIPmW1dYx8&#10;H+wnscBEFnPHchCAIslfrNoQx7uM516lOpJ+8sf19OWLO+9XBlRNirYuqvO1ZXlu1d/HL/3SVD9r&#10;3H6HLCr3vM+lrF92sr7XOdNbZqomfZW1zk5fMINywbt5WbkDPlohEYiL5OFuF+iz793nSpvDgFMy&#10;GRijbLi4H6Rx35np/x8AJCDb3584fiZ3RGEusJUX9cz/rVn6TEnNq2GYC3xVgyx1TjpoaQTZ1u9J&#10;kr2Hn2nIbquIJVS1zR5qoycYcdNmYfuvEYwWYgou6j2F1gujbzipMMcpcNpqCJLiGecHmOP91gZG&#10;zhRGhZ60SbdctoJYMuOgBW66GG3WvP2SCfBTr092TYbstorwXBI2LpTZMxtzqDlQYjYo//mSkleN&#10;cpv3E1hvki12DKcakHhz9sLGCkF+Zp5zYltISkttSzJ/fq62eUzCanE2Ggij/PYj8Mw4XmCrR+J/&#10;aJP9N2mn6jjZDG9jE+QM5U0VyE9gpED3f1Ek5VeFOKmELSBqmwU46haCMRcY/Ai8i6Txxqe33LBb&#10;e5sQI2gkJYhHffO5qUJb25SW2o7Y4y7blCuimxzxnQuYYAgWfX8+61Yd0WZnwgeeLpwG6/8vzWm1&#10;5nPTBA0YlB9ODfHLRpbH/JAlS5uZmHOW9jxdNiL3g6/1Wme8hYyUlC2peG2zzMwe60xF/NcZJ/57&#10;4+6lz00VAney2F6o7i+gs+uXksy8ZGXPrQW0hsAlsPg4A6AGA1b/Aw1yzmWkHibRegpWVAZ+HYfc&#10;zRWYyqF3hixZ2oyECsbxRVLymTEhKIuZXrnTMGT+3crepDC6JUttTzjkaHAzRoMXs4sUux+JCDhz&#10;gd9sPRYoV8j8+rdG3EU9qixZajVxo5qkJAMcNsstV/iUIPCtDuF85IJRwS7Px+vd2G/D6JYstT1x&#10;CULKTfxMwLtC0nKkwFdTGKSua/WZzkS869NO/Jgv0tZgS19AYnyBTcl6N6tC7CYtFoIb0bbtgiN0&#10;a5ZsLVmyZMmSJUuWLFmyZMmSJUuWNiOxW2/E9+KVTIOs60bYLyLh48jGQHaeXue18bk+XxZirZ05&#10;rkFb9HRZRQgfr0FsaeCsnXTnAc6gtnAcbYbIP1Ue/9Not3cq5fjDa934wEkDN/4Vc42e981hnbyt&#10;uGPRXH3seL/gltx01P9N2on3v6IsuIkt8HT3B2Sd+J+zbvxP2Y6eR1yTyHpQ4777fi3lxn6bcf3U&#10;SNdLpyub3l1kScTNEOlI7LCx0d5nJp3Y79lPE/61mnBlUwMdpwY6Rb18o93hhxQRGK8ZH9w4sSzl&#10;xI9urqO0JWUj23+/zo3vZs5FD1ZP0mmBBjewjJM4b8j3gvPVORhB/50iUD2Wxt2vwjuoJX6Lg9TB&#10;2N2Id/i4CnOq7qDwL0v5xE3+AsDDd1ZuN08VPoWbbAv3fte7sf0yrveSGuz9ZNQ/OHzc5oTqzrjx&#10;f6jR3xIoXlBef9wUHksAi12VAslQ5Xu36uE243HjepMkES/jNBDeMyeWuP5Fqoe5+p+dn8c1d6RM&#10;M9SOI7hNXNebkXTix4TPLeUT22HVCK9P7NgPLxQOJr0tPBxrNWUi3qEC5cd4qSC9wseriW2cLHdx&#10;MdP6NBLv4IjKJfv7lu27emkMALKXu86tOiIV9Q5lU1ixPcvkxfF9/y2SFx0KTxnl8YMcmNg1yR06&#10;2KnNHeDPhn02oNVFvb+qHIclHe8gVK2AU4VLH+8k2/f6gcB0iQD8cdLx35bU+3theWs7bhelHgrL&#10;lqMR5qYK/4g6hUx507uATNnEK7x/ZZcNqXQB8RlzIFM0vO7C8Ydlyj+/rCntxDhga6aeL05F44fy&#10;bERXL2LOmnRix2TVULKzaiRpMg1u4mLZZAc1KF3AYBIQYXtxfIjSODgbiV8ikHMs9lCFf+Jxz5F+&#10;NH6yomoHpXumuTfR3BIbpEEj1USqdgnvU7xBDSu7rLfUbfyYZKRqh9wNvMPKyr6hQQS39l6SdP0L&#10;FQ4XwM5UvklJ4BuSEe+cmg5Vu3NtXyiF26Wi/g+VJttXOZjhEkmy/yqcr3A0W0OS3QPgNbLOnCcp&#10;6aAc100Ho8yqxzMF2GuS7HN340NUJ2cOi8R+lX+kN/ccKa9/KZ0T2CLMM7Yd4xGkvE5X/OHpiF8v&#10;jXG96mgQpyKv666jLx3lQHljRW9c7ZeFoPxEz67KhLZUWuo7BOUiKolndV1i2zIY0XuzVXkfaQDw&#10;nip0bn2wCX62Gum/uW0VOA7XCsANxrPF/0AVvgTJW+/G54U+gS8BnoYtql1OylBeHwtUc2i4q3vs&#10;+i2kkd4/Smljy61Q+p/pHQ7sX6j0Fuj3WAYoeFwzYhcf5yruXL2zPATQHAFyXsaJs6lqudJ5WJ9H&#10;ABYkq2zJPwncz+jdhYr7rvKYBX/65D7GKbXRxD4M9nCOkIS8MExTKjh+WOA0YS6kmqZnn6k8H5Cf&#10;tMo81eUKfU7Eq586oC64qpr3VL632JdNR2RgJX7uUd6Lsqo78T1D9ck1dRx9/WSdE9uLuF8ZMndD&#10;O96zAFKV8bIa+W1VBnuHjc3EIIBtElSUfi/OSK0Sz5xVjuuU678g0NbXO7Fzlc5Veuc5dkcqPmDl&#10;AqEyc2OsG7thVDT+idJZqXee1P/DBZLRNH5wnJ2XpYPIVDhJaXLyxwKFU9nJxyhcjTh1rDqOpB4N&#10;OkHvD1Ej3q+0AKmA6Y9kZAzQMuJF7yxgfzQ86/8HlSbSZ5KeL7wxmliu+IAlJvbaZZzeewqUL8K7&#10;pP5lKSd2ngAzQb8XCCyLxddI7nQcI9WsMp+v56tBOUz5Kc0D9GyKnk1GGitcpP8mCGxLb4n24d6a&#10;m0d+p685Ckf5Hik+KO9cwMrUEB1Y/HGI6wfKf0gysKsvVzzZtbEbuDKGuF8ZorJVIc+psTnUNKMw&#10;SLbUixw9okp5qMbxfidJhku+1JW3EIlGvODKOm97jiweEan6dV2HXonaqN9HkmSw3vsIoKlBL+Lk&#10;NKW/h9KdJqnB4aRjZXPthy3L6bwc7zw6Gr9S6R+IJJJNJRVqJMQcTpcw/Jk0/YWNbnyO0r+W83Fk&#10;x/biemWuc9P7SOePUOXYdIrL8YnzFeapXBpJ+3sko322y0b9XcTHBM40Eh/v5BobVZ6KJPZR2fZP&#10;O736m5M3nNjvxf+9bFtV3k9xkUF6yypH389bDUrlRyfAfkRS1wlkxgdS8ZnaUr4TOdpQ776qcv2E&#10;vNA0ir9I+c9Qve6ekf0oc+WOYL+2qeMz0Co1FVU7qp5+in3a5ueUlzrR6Kp8bhdYqcr5D5UgKXFW&#10;o5uYq+eo9PGq3HpV2LuqsM8yoU2J2mOjG9NIquTT9O7Zkiin6J0aVA+gxKar3UIg0X9KH0/pVwWK&#10;A/IvFuI7h/zzndG38sH+m690ZpuBRHnvXfV7jHj4FEAVnuGeVuOpgV8fFzXTSFdzOBcSVs/YLvyW&#10;yrNb+KohVLvKxMnCM3Kg5LaNbCSxg+l8sveSbkw2nzdI7z6g30zdPF4MlCrvMQCGjXYMkpg2y0QS&#10;Z1MfChcq/mSBmpN0X0bbkJeeH6xgQAnwTYeISvq6vjqVORvqUUnHOvH4T2mlfRkYYXMS9ytDOVCq&#10;Elalo/ELGEnT8zHU9Xz5SDch6eZ/qEpcrobgpDQzJcQoUUBjCmWGVPA7+v6WKvV1/X5HEnGxOWtb&#10;DTjS6dtZ/11jQM85mpK8GmYXnebBvmoKSm9XpdOodD/RwKJmqEbA4euGuM5N7796T2U/JHODwNVV&#10;7yJtOV7wFTXw6hNsVw3iukD/X/p/qdJ/iwGSGfFL2iuN+2V2mMO+9N+bCm+oTj7Su0rHkw0q0BVK&#10;SoE42b57B85c17MnFXeW6u1tlQHT5y3qbXQ0wXnjL6Bx4EHPDSgF1JkC7H7K//9GaAAoANdK8nIO&#10;0Vyp89n1XOdseImPRvoq6ldnM18+KFVRlw7r1MlMnptGcPzbVMnmhobQPluEikN1Z2WkU/lqCI67&#10;uzXjJo5SZR4kgA5SWm/yPpKS+3QykfhZeu9DNaSA5p+df14i3tOocgYM3HggiYKUAZRzDCiDi5pS&#10;4u1Tpfdwbd4+FAYf3KCm/2eZzVOyabkmRcCRpDQHf02rjW7bJ3zdvK93z1ZYIrX+OlLXnAVKB3T8&#10;JeL7OYHw3wLCn8Xv/jJNxusTqfp4PigV5opHSf3EUdil+n8oJ1cIWOzNZiB0sOIdLn7G1Du+bOD4&#10;S4WgVD4zqS+eDasu+4YZcEb93yjPv2Sd2GCl8xgqXWkuRANt1GvrSo3WkJQy8nMrFGaawknsJXA8&#10;JMm3fKxRjxjjsT8FoPSPU2PMzWpEK0lzBdMqirO1pMaxqsi3ApsydjmrNNkO5g7vx9gKqoZ4Vg15&#10;Yk1w5w3XjFymUXQDU0vDK3turYY8Re9yAen7SXOUYK9eTJUo7/nhIaE3Kuyh3zsr7pH10fjErJ5r&#10;hPoa+9eZquKaFL1jJGWdW7X6ElNAqTjn6D8NPvzXsIlvEN8qPyYKqnOyeP4tKjU8+3IMnU5xnigE&#10;JWljU5KG6uGmWyr6wNs0eONMcv3XX/9lRjlxBksvFwMlo2/SDGxZAVmdhLlLzunEFmbAaC5JlcnR&#10;kuXMLzwxQFGlvRZIQu+q/Dk1vqcj8eP1/PnxAqW50UqVx3+SeAwaHhegNPpFLUv9mNM9vJc5xjBs&#10;pOtMOpyF4/oXIy01ulyq9GYrDuruBX3/TGCVavZqNRLtp99nKh4j1s+U5qlS6d9OVZqbECbqvXAn&#10;n/eyJPLj+uRmWqZ4mL65eBi3uaozKe75nO+pcr0tc2T1GfBGUgpUlEP/zcpKfev9iow6j55/IJ4W&#10;qJPdpbRu0O/byYt0ZNs9lXR6/XyYpL7KfRG8KW9mI47Ldjanvl0+xhX4zHN/nN65QuW9RXl8MMHU&#10;g/d6blpHNuch4ej7/ayAyoBNgx+N9OMfqrM+KTCONSrb8Z9WWov13kwktynAV4WYJJfaeJXN7oCy&#10;yQoFAxUakjlMDsByY4fxnB6uijwTYAmcrAQtCBtquiTgInq4/htqEhHVKB81lAYR/mNqrJWoJiSB&#10;4s1pcP0kkqihU08XUApw2HwLNNI+jbX4K7p2/Q4OEg2Of7V4YbC0AuAj3RVezka8SyTdzJq8ud5F&#10;wDFpu/70QlCKt3Mph9J5L1Pu72SWNnG+cCSBzXZVVrUwNfynFP890pFEWw1K/Yd61shedrTjHwvP&#10;de62P9V7kvbMMfqLFRdJKhvbf9VcW+IyKIr9Hh4Apd4xoMxNCenzYj2bpnqZp+fMFS/Ub3hgmukM&#10;bmYzBfiqUO0WPQDdsdiCGamNYkd+YDcJIKer0s7OHzigslXhBzANpIq8WI10utI5Ss9OkjRgammN&#10;fcjXyt5DjbFiI6l3vvI9T/GOQFqHr6iT9NoJ9ZuUymYgwlbT8C+zRFcrqaF0/ykgnQ8/skn3Y1ku&#10;t0YOyJTuzklsQ9mk+cdVs2wH+ImncAL2rHmOJDdH7Xknj3ETAp33HzPJHVwLco4k6eHGla6s63ey&#10;5uJU/zRMC5ZjyQ97z3gYSXIq3YvUWS8gfXWOv8hMwUY+DolIXqkO8d4ydzTY8k+kXlmxquuQkLaK&#10;MYF/iurjwpGkoToSIH/HNFmhL4IlS5YsWbJkyZIlS5ZaQWa1o3v3b7PKw/wlAQeEcO/MBq8whD6P&#10;386lSWAqh9Exo2fWrxmVMgD5Ihr5xgWvfZ8OqrfOTDnhVpdzk6OM3G2ZX3YC5SZekIKlZomRb7ai&#10;agfc/pOuf7hGlEdohHhM2o0PbO4y+PWhRk+jXfwmzVqzd2TaTRxppkccf4CZ/zQ+iczzeQdc0tp7&#10;YDYDBc7A8ZM16r5DoY5VKSa/Bw0s+3q2oz+AkT3lxjc1o3rFnyBd7v+GO8K/UiNtJBxgwgmADU+F&#10;e1+YqjD3+Dj+zjgo8IwlxyxTFcbx1b8m7SSuFYDqcF/LOVGsjZB0DVzAFKnaGy8apB/Pa3o5W5rV&#10;DMe/ViAcSkhH4udwerEBqOM/m3K4hjn+74vzJvO/KMQUT8aNZ8J52BnJqHcIc62DvLJvpisSe2Wc&#10;xBWmPt34ZerkuPtdnXG8vxHvywTKdqg/NoGhCnJzdjlSQb/Ospl6bF3G8R9Qhf0Dp4vwb6NOUyzN&#10;RbyXBYzMiPbBjWOo2Ppozx8DwiRuZJH437Ouf0Km0vuFiSjat6zsa4CYvPF9DB8bwvs8E8WBwXsE&#10;30nxsCvbEcy8XtT/cdaJH21WjBRwtMVTB+mohnpQcd7PuN5JQ9onyikbnjiF6RcSKhA+UJ14oIeP&#10;i1E7TJJhnXq6fIbP1kbtKCch/G28m0IV3ST+8HIuncJZxbjgPZ90vINQ2/yn+ujDpLvKeGY6Gj/T&#10;zP+qHrJO4pes2+dAyWfOMRiiTRtVz2O6epF17ChtadnalLgU9OtqqI5M4kr87yeVd6LAdWid03NA&#10;bmVmkNSGGqon6leV9LRU8CeqkLQAsm8NFyN13bYL1zGr196EF7gq7FlV4t9qJU31TkcKxvo468q1&#10;rr8H+2YmqPFJm4IHrmMxqeH4yclyf/9UeR+ftV8qD3ctVfitkgRm/VedYjAOu0xom3vM3d49kaDJ&#10;itgvh3fp0dXYWuaC+wCUAuggwJuJePtmIvF/qAz717nbbZu/d4XGM65nlEWSlol7AeHoBrfK5KPG&#10;XEPyjOvep0O6Y6/+4u1gw7PjH1znJvqxiEB9hq/lkxp5py1NfVQkdshUVsX5jvME+ZAOQBuUd+Ou&#10;2ffkxoeovvHgf7beSRwIKOG7pmOsO3UJnywwCJjHpytiRoswER8mUYbQqKmI74gwYftvumO8v7TW&#10;YQgUtfdva7r16lwofNZWtk2y3wfQCQy7SQ0MH+XG75OKfVkNP0tq4JWRbvxe/b6soVPPKrOfmdUB&#10;15sq0LF8JeDF32tw48/o/etYWcB+U5y5ema8UuoFIAFpJI2MxNGzPW+K9rlV74/HAYH8aQjyGBNV&#10;3jg3OP67yvulTMSfqMaqpbKV5/V6/iHp6nOx8sAlbEoq6v9FUs2tK/d3knQeknFj19R1quqHZDBL&#10;fhFPaXoCsjdVad8pHl9UwD3uOX2ORYLiomb4EEjgY6SbuEvv8v8s5fHm6Gh8Cg7A2WjVLkhQvdqO&#10;FRTZrYNHRxP3KI1pAc/+KyOjiclKI1sX7dXkqpZBZYP+Lx3py4rWhcrjbkn3W9Vp79D7T6g+puvz&#10;ZfF8VzJSdQ53WtIJGvBJVdnFiwElrnF0bgSHeBslYE3Uc7ZfvCrN84TSGIuzc/6+KFaqlM/dev9W&#10;mTp46E9S4OKv6eL/YbX9DQLpTyepIwFm4zcQ9S5Ys2zxV1S+ycrn6nqBO0x645HZfVehnipGBcr3&#10;xexjKuiDVHJ9NI4X+Typ3bNwTlXlnU0lChSf6ftynHAbov40SaQRZjnP9e5WhX+gRseLZ4FAyQWk&#10;4yQN9makrUINvquyr7nNSu/sj2RSPufp+6ejonGOPX5MlfCA3ntaFfIGvKgRBycDn8wP1Rnw2Fmo&#10;PGYYoDHAUWepi8QPU6XPVnwuO90fNa33dlY6ADG80i2GB/mLyo+16HncgqvP6XrvWCQy3tmkSacS&#10;708pvYfgQ7/nq8Gx6cbQ2HRi2dOnZh1vjv5brPTYkjFF/z8pvl5XHTyrZ3sGtfs50VFqy72fKN3J&#10;t1ZstwpnYtJVufC7fEblnaH0VqnOPhJIrmUbbn2Hvt31juzvAJQ4Y2CGqFP8S7zNMT6X3MHpePc3&#10;uP400lMbzmRpFJOJfFmKpL5vVMCBRPXzocr5nHhWh+O+HLP/aBi3R7D+nq3A+8nsWzJl039T1M5P&#10;KY/X9fsOlkdNgTYmobbSnWN9JXWuUGP8VxJsn5ST+F3GxfPZY6CAK9YDZk3V+Pxp5Eyh8LKJxEci&#10;rdi+QKFoWFXgLUg0FeZFgfWUVKeqagqLilA659EggXrXQEnqSY1xH40RANI7us7pvSe+jZKgxyqt&#10;/eoqeiX0/HeKe6fSZIPXq5KiF2FXYjvRqaSWDxE/M1Vpr8BnDpSKd4/SWKn/FqeisVGMzINRucrp&#10;emyoWiHQP4BURc1pFHuGnl+arcDZVgMJRrSud5caGsn/AZKqtiKxjZ7dHPAsiS5pyy5KOgNueOqA&#10;Byv/rcPqXU2AEokuvu5hx6fyBhB3q0zHpcoTv9XvE/V7qgDEQfgzMFnqtoxtq/8FSu9j0xbRBNdV&#10;b8l1MPp/sJ6fg51Jmfiu8A5pIxxoD/JVZzwVzy3juiZ+lcZ58Cs+jlW9PBxqtbfUwXeT8Omhd8bn&#10;l03/mbKl3aojzdaOSJ8upkAbm+hVZj8HNl1E9kY0fqgY/qcab4qYZHPUWyr4XwJHhES1nktN+R+q&#10;wi5Mfd//Yc4mMUe3qBKNv6IkDXafHq+2V1QR53FqhWkQ7ETZmKqMSfgxKp9ZKryM+sSRZkQtfpBK&#10;Bswa0StuUmG+gnqvd6BUjbFHzcAs4v1V/EpKUunePp9LSo8NYfP1/GYB7ZfM86GiGiq23UYNIGAa&#10;L/ZFAIPOmazs9YOaitjvlfdf09EEaR6hskrlrb5J7UhAqcHUzUbKGTc1L018OgN5Yj8X2mgQoGSr&#10;r9K8B8mlOC8SBymNM4XxbIr4JyqfN5UmG9jM1mC9j2mkuhYo3cQBtBXTQtn2Vf1UZwdgh2fNoM4f&#10;LDX7ktnLI3BnKoPtHop/Ao7DBHWqi81OSqVBvmghpOVoaSAznSTbXB30jqD9zC5OUzZc41KRbbfH&#10;u4l6MgXamATQ6CHqcaeoQsar8Kju28XMbarkV1Qhq0HJ+8PZzGRuFvM/0KBgcG56JkeKdyWFUtwp&#10;zKWFjw3pmQEljSxA/smMcAGhG5+qNFcqX3YevqL/J0pNcAE9UqciE+3bQ8+H6515Co9LUuwdJrlW&#10;UCo8rDA3K1uY2YQwiiENitjQtcR4mkvKDFE+ycqq/dVASf2WbR2fYPwRXbYweCuR7nr/hGDXYfxP&#10;atD79Rv3NLbPvqG8J410/TrFPZn922E2q8lIyqhsX5Ut0CTeHYX7sNE0sgm5se1jdYbzGbwpj89B&#10;GUnsAyADbyA25nk3692J+v8W/Y/UfSPoPP6jAjxbH8qQdlx5p+dG0puMQtLvwwElm/vUEY83e/CZ&#10;HcEkUN0omLIJlHcpnes1NjiUI2fC6BuPOHxdvQ0b5V2pKfYaG+dUFZJbAxjEsKdGvTdwymUUJ6bZ&#10;YvqRQHQufpImoZAU72ruatHng0jV8LEhPfsPoAykTMw4nBpgVsSPUR6jVMGTlM/TDKAAgfh4Wc9/&#10;V1+RSCivWvEyT88eU2cw3tcQvb55UDL69lF9VzERHUYxVBP1DtF/iwXCZZIO5xvp7PpP6zd+jE8p&#10;vaH6vELPZDZ4S2XrrRIQTyeuWS1SJ61z4xm99z/x/YTynqnOuEJgmE8DsyXDZBRSDpR6/97RXD+t&#10;TitVvNpHE6KjqJzYs58hxbDf9L4BJW2RjPT+I25yAselem+x/vtAvN8udc024VqV9xm2nej5owCc&#10;NFXG0xACSuMFRtsmo5Ckxo8DlHj3M0DimbTTD2SOodpTiiPAe08ozVm0merhdaRyYdnanNhmChhC&#10;O+JuMf4zNerWbD2QrZZRZbCPmwMEAk/xCqlSQIl3tBobX0g9Rl0ZlcWzQD15z4ZGcbucOlNDnIcn&#10;OQWkcKhSfCBRNahy9pcwraNKTBnJROPI1jK2quONUL7zxMeTqqz9ctMeOUmp9zD6X15DfRuJ5wt0&#10;/lNqvINC1dNOaorTJZKAUnlpoObLPuMObDza/XfEx5moaXMpEqdsRPz51I94OMUs/YlPvM1xOGYK&#10;ycyVakCi8i4yzryufzlTbPCXI0BZgzpWpw8O3vLZ5XlEOCBpx7SYAH25OsUivcMephPxA9U71yEA&#10;KLeAejBnNKlcdxsP/6jMk3L/N9iPkuwDlebtSEq9PzUHSjpSDpQcvsWzHDFll7M39f+JlI0NdLLn&#10;d8qVje8aG9TQHiHgLyosW5sT+zlUmDuDDJkCiJ8hI/9ASTIOBchtBJvJvCXvMz+m33fRu1SQaXp+&#10;vRr99GyH+O6oSBp4DP8Zu8hL6/9L9P5JqHkV6J+5gQ6DDubh9H9GI8cb1RBSVxpNR6uOo9KDvTne&#10;QmxMpIMa/jQ9/1jSCGl5iyr6bDMoo5OIN6X9tvh4FTsNUDJ40XsTAUkAFG+qynmFzJCL9O44SasP&#10;aSzlW6vR+68Bn97hpI35aqwRAp4GW4m/Kc3bNapeiXTT92NHSZIo/lA9G6f3L1U4Sr+PkLQaCyCw&#10;jxn9Xl1gLuRAKZDcwX5xIwSCznIVgxbVd0rqfyYdWjw9SefEDFCZh+g3Wzqeo12SkQTH0dxhgB31&#10;X2EzmGkv4xTsv2X22bve4zlQKv0z4Et5vcIAxzATEgsZ1PNY4kg6MtpXGteOdOI3SXtezKKETLu/&#10;M6WETYoGVKc/q7BsbU6NQr16gtSn7BCAFMzPSW17z+s7DbdIny8ijXjfSCHZM2NkkOu/lUGFec9n&#10;IvFB7Oirl4pQBT2q/z6V5P0YKaNgTpGggAbMklBUEL2RDiFQIgEx7pUme5v92TIl3lY+N7O8SL5G&#10;9UW8iQIl+2vYczJDcVOpCu93SBA9e0FxnxWo9zbS00gOT7axx9QUE+hMqyyGH31fJpDN0eddSTe+&#10;O+oYaaf3b8WE0XuzqQOlyUkfc8gTKagyHc6WAmxNgQrpZfZdK/Ae5s8spXkPk9jwnE/5khKbu96J&#10;zxdg2GrMgHEuHYR89P8UAe0Ys6DAmUNR72r9D/+PM1muslUoPw5ewN7/VHXNXOJTeme6vn/IHh+B&#10;6H7qi3x5V/8tUXhaHXYN9a3OcIw67HKBbQXr5w3udtvq/QkCMcfScODDTIXpivsh03DqDLexyBFG&#10;33hkpoTKq7dS5kcqZFVR96pRbhMDV6mirlGPuUUVVZuKVu0SRjFHtNQ7sdP1nEafongapSUOZBBg&#10;pFQ0sa8KJZvEm6j07lalnceor74itpcalymY2+nJxoXfje0maX25Kjg01mN3qtEx4M/B2SJ3Ci8j&#10;ccAnnlLKd7J6/h1qpAtSlf7OjKz13zClcUM62vMnqEQkqH5LJXs3qVKv5D9TtmBS/i7xdxEVnDs9&#10;7bpodAtUIWpYZf4fZRPIsRlZ5qvXswkC216YDcrr5+rIF4jHsSYtQsQfxzOVdediy3KAMhxN3wsA&#10;VdbnFI+RfYP4Y+pqor7fwEIDdUicbJdE1zQHEzheo/6/jjoLlyV/7F19cFXHdb9PEpUGUwQZqOxE&#10;WDHFBMO0NAMdM7Xj9+hIAtsqfa6fUjHDFNzwpEnbjKGB4tpx9Sak9UcSHDvjFk87HRw7rio8+L9a&#10;Q6cgGjBt7AbqTqdOgj0K7tQUzwimdVwFYb3u2Y+7Zz/u13srCeG9h+W+u/fs2d1zfvu7d/e+d7Xj&#10;87s2bLvl4NfLX956z+rtKzuL7/zk2Uff+Nm9byy+/xe++Pwtn2j6/QV33vrE/xVvenZt/5Y/uH3i&#10;tZef+f7NRx4a3v7NtX/11tvD6x4Yzb965Atncu+/e/hs/86VW567fecjLzUMNz5y3xsflt88+Nef&#10;OjY8/5cnP3nvg1cf+9K84OD8f/7jqwd7m/9r/S++8+HvDU29NVBa+Q/tdzzR2/jSiofazn625YHg&#10;2dd/vOCl9cGabW8uP/D0yMObxm6ufGlgxZNbDw+cefW9zz5496Z1dw4teOP55W9/Y/WStSe/ELz2&#10;O8/943///JeHlq5bfP7pO39r2cPz3xpuXrd36fuv//nWd7539vSLO759U/k/H/27sWf6n99/z4E/&#10;bFw2OtBz696Fe1/+3A/n/+Xhv/nJ99c0b275k5FnfvDyw3977meT53a/vq6xMLHzkSMP7Vx/ZmrP&#10;xVtfPdZx88a3W++/7b1Pf/uFHx343HeCZye+cvrDz7RO7Nj69Hsv/uYPb3vwxn958y/+9H82PvHN&#10;z3zxj5of+dfvHf+lrT/6oNRyT+muT95ydfLennK52rrygZPfevDAzfAOjuDuri2dR359x1fpOy9y&#10;LeK9GOKdF+IdG2L7VCEIyL9gPbzXAvRY9nGW2Ds8GlleBdKhh5+7W3ze0Xny7lvIhxaSfpckeB8H&#10;2BB5NwfivR9soy/SIGkp14W24M/wXpIlvGxpS7H4c8TYfeTzZsjkm3iHir4J20WSfiVgDfwneJkK&#10;2f4sGA/Pr0K6OeNNK+pWrVbVjDGrGnNguA21rPpqZejxyvD8ysUn5z/ZMsSyc6UlS7o23re0UFoa&#10;9DYt7WwqsfzGqbumLv3v5PHJqXyleiA/vpDX2bxtz96Tu08tu+907+jek3tPLtjE8luPXBi7OPn1&#10;Y3ccWFO5MD45vvCpCtfftfHE7sYly/6jLSh07j3Z3ibs7xi79O7+kQ3E/tj4HeMLr/B2Ev1TG0+1&#10;t39+T7Dx5LzT7XtYdsOxiQvjh98/NnHkSmVy/PCZYxeZ/cbevbtP77u/Y3fpV4N9nbdv2raP278y&#10;OfHC5Pn8+Sv5yvED+acm7uL2C7sKQddoe6HQFDQ1NQWFEHkXzh/a/+RIpaUlaFm4ukKjzbZcMZhH&#10;MRw0AyzCreFQ0DBCP80n+rO/Vb4ztHrV6pZVw0PDQzy6sOVOnLi6fdGj7Yv2Ldq3mHsTtsb9l0aq&#10;I9UDG6pHL/39FNI/dbr935edOnfT6WWn25uR/plLI2NH3/3Bhksjl0aOVKT+6U2PFhZvPEes71uE&#10;7b9y/ujYHS8c2LB25JWjIrqgf260/cSyE+du3NS+adko0p8YnyDteWoC7I8j/cubdpGmt+3as3iP&#10;Yv/y+UOrV/3a/EPDG46uOor0R0fZe3uWtCuv/smNjQXBBvJhagPdhfnwH/BBaRF9NZGygeLqVYr+&#10;nNwaOIHqW67Xnn9DtWLNz1VHrfmN1TG6b+rs7CygfKGfJ6TFNPjGjzpIPtPg2+DZCP3LdLfd0Gf5&#10;oX7DMNkI+o9P0PzQfm4f2Qh6OrD+DUdJw8lG0J/n+h/19haCto8KOci/SjKu0vzWqUoFmHdM6K9l&#10;I6YZaDE3WL0s9NuYfmP1EPxXvSL0W/kIGxyFQtWrQp8aIFv1AtEhmqE+DwC0t63629Xc4E97e0tS&#10;P38F0ppqpTq1fPmnoS6m30xsbietGd3OGiICAPZIHdWxPFMUActVaZsGR7nhHDSQnyd9yI/dwBVF&#10;OKhy0DGaq54Vx+z8REAs5y80VJknoUOwdVzODdJuDH7A9C+z/LVXqP7lIM88wwNAOgBNIvodH9Hj&#10;7awYRIDor50I1rIO5Fn/SAe4fnO1QOvj+Y3V/eDGCdFTHjCpn2OQauX6AdGvgD70hNbH8we5Pu+A&#10;CADoU/u8AyIAweAJrt9RDeYVFX1mn4QiD80C/SZkn2jSZhVI/kLQJ/nEP4Alqj9G8jtk+yG0VH+U&#10;5B+/QEYs9T/UNAbOpPqDPwXocNgPXqbdgI8UZKAPSlyfqgAoSUi3g1Gkn6f6Y8zo8Yn8leFh6qa2&#10;KinGIAGN7SAgHYT8G6ok/vkLrJP5CRhuVJ8MFQKeD+ZRpxB9kR+8QpyTn3pF16c3MW3VwSpQOdaH&#10;DcYLUPNxrE+2edCJr9D2K/lkbE00knqqmj5pVIG0iABiaS/ZiiKf9PpQa/XiWgH9cJtXIsH6aLvB&#10;hfOHoE0ac7GNjnczO2iA/IrlBIkEGwDaRiNh2ZoHOUVqG6ngkC0/6I2gfnFnOB1bq73tZKiIUahu&#10;rvTb5pB9cgNqbGB/8WK7vi2+HfQCMxqhP2bkt2XU9/bj9b39eP3ry76crnv/sO3asL/ku+KK6/GZ&#10;RV9urdUrVn0yzbPqt5CLl00/oDdAo7b8j7c+rCO2f0IGKM064qqAvS/5xcWs3GvB4xHriIsslthG&#10;7qivK+kq9pe6ivXbyS7Xny/Bm/XbqEWSfQktE0nP13WM/B57OUg7e1R90NXLY329DfSYlHmNl5P5&#10;DJcilYX9kr3NnaJeaCuyhdtj64cpSb6M7UmCN+PKxenqrU5jJ0pfLxOnY6sXpBxTF5Z4X3YVy8Uu&#10;Kv1F9pnnl+AYROgIPThH9jSO5RIrR6QE7SF5PXAEupAvyoY2SqEtos9toPolD8r2mNzI8sJyqAxr&#10;n9p+sg/bK89LO7o91g+7xPlSHS1KT/pwnLpLit42Pc5CH9sU5/V8nAx9pR6eeB6W/j6kV8J1y/aA&#10;T3h7jfPCSnefqBeV459tEu1LiTdRK8aQvbcg3aInnGNCbKKyILQ3PdgmwyqzKfQRlord6LNIKpZ4&#10;e6h3viZ0FYzzPeSF5cV5WT8rxxET8iYdG0Z9UhJwWRSMrfZUtYhjhePMjlVva7E3vIPsoBFmt0OP&#10;LTjp1vL0uuNs4vr7lX6pujZJ4ksozXklxJTEltRBx3085j0ijlLfiH2IFT2fRZF+phiy2aHtiuBL&#10;dKxg31Zv+FktJ3Cp8Ltalypp7i/13pq1Yl2Vf/QWqHbkOas3DTsMKRhXNtHaEzEmQpthe7sVbpWY&#10;xzwdJ0m4FElgU8QJcxerqSxaFDK/xpvhtbKb85M4ttnHGJKeZHbkeVsPmXcQFkNuFOMF2ywXu+l1&#10;SHgP64r2qFe87kiPxvsS8yW6z6J3FGYvWYsGtgmeka0I97Qc8BnTV7HeH/bEjm3pNYYZ1hZLq/vE&#10;6JR6wlbYL81LzKq8P8H3B3r7oyQNX9IYMeyx610JxYyfQzXj1of3cZiTzFEndVReLNMy/JzilZDH&#10;Tb4Mr9k8hddhjHXUrnDeI9og+xvapFGWY9EuaflSPda5LV35uNjifLO+eLtRkmQnq92k+rKvbWDe&#10;Yccg7HMn9ZZaK2BLlpW6Qo8lGfNbI+6GA33erR3r8rXNmr7tapZqns1ErB9Ei+t1ImgZsHOaFmKv&#10;J3GRCylzngfBkXQlbn2ZNdayR/0hb02XYM/BWHHvzetx/XK2xPvSnXhfuhPvS3fifelO6velfh1U&#10;73Ts10t6rUfzGHFfqpzn9wS2eow60EwXz7eNNvBnOlHn65N6fYnnzvyYP4+Qx3ymqc2xYY3aPtdh&#10;M091rmzM6ow6VB3tPJtdWGev+LwsU4vU50u6RqmscJE5UbhOpK21iBX/cJ1HznvVOYlYA1Dnxerc&#10;GufTeXloE54rirkZRJU+z4F9D1sTwmvobA6Oy6frt10c4FKJtfp8RVlr4fnq2hN6lsJ7L6PDjvmM&#10;1bK+ictZ6hPlotpjeA7r1iJ14pJjgX3mIxNGqPIMkX8OPaTGn3GlwA63E67dQDlpP3yWra75cGzD&#10;nF54Hs37wxVCPk7CdVRRXiRmR5/HpxcXuGR9xb0KjxGm0NqgJfZ6z2T+wA7cU10fpByue5v8i8vq&#10;Y0jauib4MuQdiD+Pe1TMCS5Xapgw7CB7LF/Ds4UvZT0gKh+qbeDncT16fl1rAg5wKVon+dAS36jz&#10;4hmm4k31eY3SeyH9fYwvmU6oa+VDlIe5k54v18mRWOrFpYipwl88xgIDFK+4l2JNPMzXyvexsjrG&#10;zXJKfXQPnCnaJc6jdhC/rdQio5yvy6tu7i/tXIZ6qa34m/lqeX7eWG+0Y1RGxNaG+PNR5WsRB9dx&#10;eheERxzGhExqOTXf7Kl5NcBlkvL1Ea7zIV5jZecFntV2ZpP6ccmus1JUDKa3k72MXt4WjTh91+Jg&#10;jG9j106Uk3mNvB6ukvexmHPl2LCXiT9fm9Tvy/rKC8HX5awSNfJjy6D5mSu5Ntbc9KtT9vI2DozT&#10;j2eA2sSvX7oT70t34n3pTrwv3Yn3pTvxvnQn3pfuxPsSi/6d32z3oN6XquA5VNbVDu9LIfC7yvCZ&#10;kNxnmI95X6pCZ7P0+RFL4jd1acT7EgtfjwUvCmzytfw0pbEv8cpALfvrQQQemTfF53RlmS8tPJFh&#10;X+9zkmtLmPeUfqb0psAlikcNKU1Nc0d0bMLvldL0UeBSZdxMif/C6XoR+h0j+tQOX8vTrFSDL9l9&#10;lBqLDPvrEpdl1R+p1uBDXEbwYSqPThsuwa74xV+9Sf8ldGSdtD7RN+6HUpprucaXMdiLS0m11C58&#10;zNCe1L9PXy+7r8w29vTruI5NkWyYxfvkmlhvmK7cJ5Uhd8vwS1F40lVnonZSPh9FSBL9TOFNhEt0&#10;lypjkTYlCcdHCX4LS39Hy7+TUU4oj/Av2lXrPtP40esV36WLE3mvrtYuMFc1vvsVFOIt6qJiW+kh&#10;z4/GNT2nXlNr32eYDbLvFoO+0u7IdjJR5z31xdImAo/aHZe0H+ZHlXeCSbqPe4eLtd2yzbR80tVL&#10;nY+rtUueqPV7idSOOr+17IVHzdEeXy7jPgMuWd0gSjsT7oxsaxtaTGvGJqtdjS3lHXiDgRbzKD5C&#10;NkR7lD0I2Eux78PvdcnQfumHhGiYvlRbi7CZ0aNqTIUdwY/4WK1HtWHVQzYypMy4hDK2eqNKRK25&#10;aRjIjE3Q7w5/p8NGSFl7T4eOTVtvQ741MCntZEnZ+mDUmxGXzArlChObtd6faXwoeyd0Qj3jO3L8&#10;O8IWDJdDXfGcJmmfVSz11oBLaSk7NstF+k4VLaaxdRiYU3WyY8SVGGMnpt5oX/L3XmnYlFjIVq46&#10;uCLamyjmrA6IhqojxomOTZD49tQjsi9h+8L3HZmS9IyiS7+WpWi5iSE3+qbe9GMT7PervF8DLpkl&#10;KzZje0CxIucqVHdnKm9iXrTpWPkrUt+VaP3ne5tmmmdnXcZ9VqI+xk6qniJ+jZ1fRGFzZrzJ9lHt&#10;S/aljL/GUxG8mS6GRhlsn84vWjJhc/p4k91f6PUBl+qaaZ/p8rmK8GrkbEq75qb+TjiOPeOnRN0Z&#10;wybrh6yvzOvTJZ0v+W8MNWzaYqPp8XeiJtpXGIHhLEF/hrFpq0/XyvJdAx4fBQsWHbH2E47WlLbF&#10;Kggvm6g/Y9jUxhofO2Zd6X1p5034NYmuh2JIcAm/D0+0ra4X0jrKsaM8Civd04JNNsaU6wBto6qV&#10;9TswamxM/EA+4tXUPZP2ojFvK4PGwDRjU6nHOuay+VKzZnhLO58JI7JcJp61YNM9b6JRLrFpzH9q&#10;wKX2XMg4L3glKy6x3WzXf4Znic2Mq2vphNxX0reyRI+d7N9zU7CgtVpiA13rs3gltJseW8x7M4FN&#10;2xjAGrV8Z1DFnvUcGumpbRYRX2b6rSJqj4KZ6fGmrIfN1eT5WnAJYo+N6sXp50u17Axgk3pP1CM+&#10;i7N14NKKPRS7zLishS9RefOansCbAruQ0nxDBmyazwLk+Zr4UsTewJ47vsyGS6O80g6bLh1bBisk&#10;16HYD/vIRH0+nmwNBMXGaAGPXaYWinJZ7y9tNgwPReCN1yefUWozjpg6jDUz0VblexspYyNaa+HL&#10;8NmM5L1kixjPMuZpypl2OKa19pkRN+pL23eLfcHL5veJEq0psTf/JgmLNT9f63y8JlxyOyY2raMc&#10;8z2bX9doP+xjELC4YX5hHKPzFSDM4AuL96UdOC9iltRCwV8IS7V/V0TWT8eGyumW+lLj0m6f+Yvh&#10;kp5Vr4HMm0ZS9cqWFoR6GfGF7SatXyaJ5dmhxZsadjN8p8N8xsrsAy5p7HCM4LhPfT8b9mKoZx3B&#10;EgsU46m8yWxlx4jdFh5jtB2WiAudsD/po24+m6TzrhCXMj7qZ1tKjCXzDMduCozBefy8px5PMnv6&#10;WpUZddQPus/yXSOLfdpm8b3gbj2WwudR+SGyzZoEh8TroZaZdut43x/8PQuCHRVz5Eh9h5KdL8W7&#10;ZCKT/M0ktk+tdRXlddzkw6g93I8leEfBcNKcQtF3ssYDzwq1MZTEl3EeNJLVL6Evhc/5WWXEoRrD&#10;FjKrUcL0tZhHYVjFvANP0voR/4o68HkbtpQ+xyXcXrTX55AhPsMSts/JvSkbkTC9iepS9OoXZc3J&#10;alfrW1ov6h5Vytu+f4mRDCLiymKbprfWax0qz5IFGyWoL9l+Yv2q3bBueV7nSxf7dN/bSNaxldHv&#10;wwTP8uM+y/lIXGZrQ2a+dLKvZc0tncR+bzIyP8IW6KW8trP3Yuv2NVzKdQO9PXXsp8+XDEscHxpG&#10;zJjGzXXgfHeGuZDFvv3+Ur3C1p2m05fQ4m7ek1i+gdiWrNd5BT+Qkkc7t6faJznK/SV937/Qc5Wm&#10;15foWk1/x0D34W8p2HG0d9B1nnuEeTO+PgX/6LPNtts03b5kImOnYxKS+rf6ZBmMHeoVnkBkD5hu&#10;qB9RT7b21iYz40smtljG64vfTaoYk9dobIvyH17zFnvn71+Nkpnz5ebNqhdtWMSCRrYFa3zE42TF&#10;pPT69MtM4rIWAW/Y1yPDPJzM8xl/a1aPXNu+5Osy3FM2Hozbc6/WseaUTa51XIKAV9icyYo9+x79&#10;zeaZkrngS8GdZXR3HYtF+f2iGcMkyNzwJRPmLYbTuFSesauNKnPJl9p9pHyXBhvRKddWp0/mli+Z&#10;2O5T096zTqfMRV8y6edcSK/1PfJ49mTu+vLaE+9Ld+J96U5mz5f9PQPkqksS7G2p+Fhx9jkwi8yW&#10;L8FTj5Ue6xsgyb5/vI6/6DM7Mtu4BOwBDi17EI/LFEK9GJMGCGrnlidnF5fgtQhMhlxafz0zJ7OH&#10;y0RselymFs+XrsTzpUvxfOlKPF+6FM+XrsTzpUuply/1p7Uz+fTWLnOVL8Vc3djPIpbnHl+yMnHl&#10;Zsujc40v+4uPwzoSlQHrfvbWl+YeXzIvR5cbKNnLTb/MNb6E/IGkch9DXAL2IjBZF19+/HAZi60Y&#10;vozHJS3n+dLzZY3i+dKleL50JQmY9HyZSTxfuhLPly7F86UrScCk58tM4vnSlXi+dCmeL11JAiY9&#10;X2YSz5euxPOlS/F86UoSMOn5MpN4vnQlni9diudLV5KASc+XmcTzpSvxfOlSPF+6kgRMer7MJJ4v&#10;XYnnS5fi+dKVJGDS82Um8XzpSjxfuhTPl64kAZOeLzOJ50tX4vnSpXi+dCUJmPR8mUk8X7oSz5cu&#10;xfOlK0nApOfLTOL50pV4vnQpni9dSQImPV9mEs+XrsTzpUvxfOlKEjDp+TKTeL50JZ4vXYrnS1eS&#10;gEnPl5nE86Ur8XzpUjxfupIETHq+zCSeL12J50uX4vnSlSRg0vNlJgkxJLBp7O348nypC3iM/72e&#10;qHes9nm+TCsSexEJrk6eL1OK6HHk3oIvz5c2GdDeh65jqdwZUc7zpSPxfOlSPF+6Es+XLsXzpSvx&#10;fOlSPF+6Es+XLsXzpSvxfOlSPF+6Es+XLuVa5svuIAiWkNRCUmlLsdicC4Ll5PMCkqpkg/MHSfoG&#10;SV2/0b1mRYGdg201+byC7G+kR5U8z1Y+p9FZSXQWkX0TP24pNDSBPtTTsGj0x5DXSFTWFxrCuntI&#10;2imNBS+S9CY6/i5J/0bSbcEwyrXXH7XpfmgPWDvBDw0F6YeFAfMhbHAePv8/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAgNzS8OIAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBTE74LfYXmCN7v5&#10;o0mNeSmlqKdSsBXE2zZ5TUKzb0N2m6Tf3vWkx2GGmd/kq1l3YqTBtoYRwkUAgrg0Vcs1wufh7WEJ&#10;wjrFleoME8KVLKyK25tcZZWZ+IPGvauFL2GbKYTGuT6T0pYNaWUXpif23skMWjkvh1pWg5p8ue5k&#10;FASJ1Kplv9ConjYNlef9RSO8T2pax+HruD2fNtfvw9PuaxsS4v3dvH4B4Wh2f2H4xffoUHimo7lw&#10;ZUWHED0u/ReHkIYRCB9IkucUxBEhDuIUZJHL/xeKHwAAAP//AwBQSwMEFAAGAAgAAAAhAH9CMuLD&#10;AAAApQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJDLCsIwEEX3gv8QZm/TdiEipt2I&#10;4FbqBwzJtA02D5Io+vcGRLAguHM5M9xzD7Nr72ZiNwpROyugKkpgZKVT2g4Czt1htQEWE1qFk7Mk&#10;4EER2ma52J1owpRDcdQ+skyxUcCYkt9yHuVIBmPhPNl86V0wmPIYBu5RXnAgXpflmodPBjQzJjsq&#10;AeGoamDdw+fm32zX91rS3smrIZu+VHBtcncGYhgoCTCkNL6WdUGmB/7dofqPQ/V24LPnNk8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAKbmUfsMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv0PnarUCAADXBwAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXjHPDUVhAAB4jQIAFAAAAAAAAAAAAAAAAAAd&#10;BQAAZHJzL21lZGlhL2ltYWdlMS5lbWZQSwECLQAUAAYACAAAACEASr0/ZHhYAAAAbQEAFAAAAAAA&#10;AAAAAAAAAACUZgAAZHJzL21lZGlhL2ltYWdlMi5lbWZQSwECLQAUAAYACAAAACEAgNzS8OIAAAAK&#10;AQAADwAAAAAAAAAAAAAAAAA+vwAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAH9CMuLD&#10;AAAApQEAABkAAAAAAAAAAAAAAAAATcAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAcABwC+AQAAR8EAAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId13"/>
                 </v:shape>
                 <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
@@ -604,60 +515,70 @@
             </w:r>
             <w:r w:rsidR="00C92860" w:rsidRPr="00C64F6F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>noteikum</w:t>
             </w:r>
             <w:r w:rsidR="00D917B5" w:rsidRPr="00C64F6F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidR="00EB7A55">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...8 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="00EB7A55">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00EB7A55">
+              <w:instrText>HYPERLINK "https://likumi.lv/ta/id/362069"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00EB7A55">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00EB7A55" w:rsidRPr="003C2B33">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Nr.471</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7A55">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidR="00EB7A55">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AC3737" w:rsidRPr="00C64F6F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="000C0694" w:rsidRPr="00C64F6F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.1. specifiskā atbalsta mērķa “Veicināt ilgtspējīgu ūdenssaimniecību”</w:t>
             </w:r>
             <w:r w:rsidR="00251FF6" w:rsidRPr="00C64F6F">
@@ -802,148 +723,160 @@
           </w:tcPr>
           <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00D671A0" w:rsidRDefault="00167064" w:rsidP="007F2493">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="380C0973" w14:textId="6166B7D4" w:rsidR="00440CC0" w:rsidRPr="003B0277" w:rsidRDefault="004E4E27" w:rsidP="000E0071">
+          <w:p w14:paraId="380C0973" w14:textId="0C31ECA0" w:rsidR="00440CC0" w:rsidRPr="003B0277" w:rsidRDefault="004E4E27" w:rsidP="000E0071">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2.1.1. pasākuma “Notekūdeņu un to dūņu apsaimniekošanas sistēmas attīstība piesārņojuma samazināšanai” </w:t>
             </w:r>
             <w:r w:rsidR="00126E53" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(turpmāk – pasākums) </w:t>
             </w:r>
             <w:r w:rsidR="0036385D" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">trešajai </w:t>
             </w:r>
             <w:r w:rsidR="00126E53" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atlases kārtai pieejamais </w:t>
             </w:r>
             <w:r w:rsidR="009B2763" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējais attiecināmais finansējums ir </w:t>
             </w:r>
-            <w:r w:rsidR="00A5124D" w:rsidRPr="4FE709E2">
-[...46 lines deleted...]
-            </w:r>
+            <w:del w:id="0" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="00A5124D" w:rsidRPr="4FE709E2" w:rsidDel="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>33</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="00A5124D" w:rsidRPr="4FE709E2" w:rsidDel="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>005</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="00A5124D" w:rsidRPr="4FE709E2" w:rsidDel="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>565</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="1" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="00C30E14">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>33</w:t>
+              </w:r>
+              <w:r w:rsidR="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t> 009 087 </w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="003B727A" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidR="00AC4642" w:rsidRPr="001726AF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00AC4642" w:rsidRPr="001726AF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
@@ -995,157 +928,195 @@
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidR="007429EB" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ERAF)</w:t>
             </w:r>
             <w:r w:rsidR="007D1747" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00167064" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">finansējums </w:t>
             </w:r>
-            <w:r w:rsidR="00B4749D" w:rsidRPr="4FE709E2">
-[...33 lines deleted...]
-            </w:r>
+            <w:del w:id="2" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="00B4749D" w:rsidRPr="4FE709E2" w:rsidDel="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>21</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="00B4749D" w:rsidRPr="4FE709E2" w:rsidDel="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>453</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="00B4749D" w:rsidRPr="4FE709E2" w:rsidDel="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>617</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="3" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="00144E34">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>21 455 906</w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="001726AF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003B727A" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidR="00440CC0" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>privātais vai pašvaldības līdzfinansējums</w:t>
             </w:r>
             <w:r w:rsidR="001726AF">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>– ne mazāks kā 11</w:t>
+              <w:t xml:space="preserve">– ne mazāks kā </w:t>
             </w:r>
-            <w:r w:rsidR="001726AF">
-[...26 lines deleted...]
-            </w:r>
+            <w:del w:id="4" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2" w:rsidDel="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>11</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2" w:rsidDel="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>551</w:delText>
+              </w:r>
+              <w:r w:rsidR="001726AF" w:rsidDel="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText> </w:delText>
+              </w:r>
+              <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2" w:rsidDel="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>948 </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="5" w:author="Kristīne Jucīte" w:date="2026-01-05T13:07:00Z" w16du:dateUtc="2026-01-05T11:07:00Z">
+              <w:r w:rsidR="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:ins w:id="6" w:author="Kristīne Jucīte" w:date="2026-01-05T13:08:00Z" w16du:dateUtc="2026-01-05T11:08:00Z">
+              <w:r w:rsidR="009824DD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>1 553 181 </w:t>
+              </w:r>
+            </w:ins>
             <w:r w:rsidR="000E0071" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:r w:rsidR="00440CC0" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56D51288" w14:textId="1774FF5E" w:rsidR="00D83825" w:rsidRPr="00A5124D" w:rsidRDefault="00D83825" w:rsidP="00D83825">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
@@ -1224,69 +1195,69 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>% no projekta kopējā attiecināmā finansējuma.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2627A999" w14:textId="77777777" w:rsidR="000E0C5D" w:rsidRPr="00A5124D" w:rsidRDefault="000E0C5D" w:rsidP="000E0C5D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Finansējumu pasākuma ietvaros izmaksā granta veidā.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48681CF4" w14:textId="51954B25" w:rsidR="00CA223A" w:rsidRPr="00A5124D" w:rsidRDefault="006F25BD" w:rsidP="00CA223A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Viena p</w:t>
             </w:r>
             <w:r w:rsidR="00A54454" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">rojekta </w:t>
             </w:r>
             <w:r w:rsidR="00CA223A" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">maksimālais </w:t>
             </w:r>
             <w:r w:rsidR="002F1093" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ERAF</w:t>
             </w:r>
             <w:r w:rsidR="00CA223A" w:rsidRPr="4FE709E2">
               <w:rPr>
@@ -1518,60 +1489,70 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>gada 20.</w:t>
             </w:r>
             <w:r w:rsidR="003D4C91" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>decembra lēmums Nr. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
-[...8 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText>HYPERLINK "https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" \t "_blank"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="4FE709E2">
+              <w:rPr>
+                <w:rStyle w:val="Hipersaite"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2012/21/ES</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidR="00FB75E5" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rStyle w:val="Hipersaite"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>par Līguma par ES darbību 106.</w:t>
             </w:r>
             <w:r w:rsidR="003D4C91" w:rsidRPr="4FE709E2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="4FE709E2">
@@ -2366,158 +2347,188 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniegumu iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk</w:t>
       </w:r>
       <w:r w:rsidR="009C5ECF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">– Projektu portāls) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://projekti.cfla.gov.lv/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>https://projekti.cfla.gov.lv/</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0FC604" w14:textId="0D35D4EC" w:rsidR="001531B0" w:rsidRPr="005D67CC" w:rsidRDefault="001531B0" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:hanging="651"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">juridiska persona, kura nav </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu portāla</w:t>
       </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> e-vides lietotāja, iesniedz līguma un lietotāju tiesību veidlapas atbilstoši tīmekļvietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.cfla.gov.lv/lv/par-e-vidi" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005D67CC">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2C481E" w14:textId="659698C6" w:rsidR="001531B0" w:rsidRPr="005D67CC" w:rsidRDefault="001531B0" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:ind w:hanging="651"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ja juridiskai personai, kura ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu portāla</w:t>
       </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> e-vides lietotāja, nepieciešams labot, anulēt vai piešķirt lietotāju tiesības, tā iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.cfla.gov.lv/lv/par-e-vidi" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005D67CC">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75AC9E6F" w14:textId="77777777" w:rsidR="0060353D" w:rsidRPr="005D67CC" w:rsidRDefault="0060353D" w:rsidP="4FE709E2">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
@@ -3632,59 +3643,69 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> potenciālo piegādātāju un pakalpojumu sniedzēju izpētes dokumentāciju, izmaksu aprēķina atšifrējumu, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms), u.c. informāciju;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8A4A93" w14:textId="22ECBEF2" w:rsidR="0060353D" w:rsidRDefault="0060353D" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="45062DB4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumenti, kas apliecina tiesības nekustamajā īpašumā veikt projektā paredzētās darbības (attiecināms, ja īpašumtiesības ir iegūtas un dokumenti nav pieejami Valsts vienotajā datorizētajā zemesgrāmatā </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "http://www.zemesgramata.lv" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="45062DB4">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>www.zemesgramata.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="45062DB4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBB9F60" w14:textId="5949BFDE" w:rsidR="003933FE" w:rsidRPr="00DF0BF8" w:rsidRDefault="767FF9AD" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:hanging="708"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="29ADB919">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
@@ -4318,106 +4339,116 @@
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3CD3264D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projekta iesniegumu sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir citā valodā, atbilstoši Valsts valodas likumam pievieno Ministru kabineta 2000.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="3CD3264D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">gada 22. augusta noteikumu </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://likumi.lv/ta/id/10127" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="3CD3264D">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>Nr. 291</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="3CD3264D">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” noteiktajā kārtībā vai notariāli apliecinātu tulkojumu valsts valodā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4303D147" w14:textId="77777777" w:rsidR="0060353D" w:rsidRPr="005D67CC" w:rsidRDefault="0060353D" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref199931558"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref199931558"/>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumā summas norāda </w:t>
       </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz 2 cipariem aiz komata.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="35D46E2B" w14:textId="77777777" w:rsidR="0060353D" w:rsidRPr="005D67CC" w:rsidRDefault="0060353D" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Projekta iesniegumu iesniedz līdz projekta iesnieguma iesniegšanas beigu termiņam.</w:t>
       </w:r>
     </w:p>
@@ -4512,51 +4543,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="45062DB4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projekta iesnieguma vērtēšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBAF5DB" w14:textId="13257902" w:rsidR="007C73F7" w:rsidRPr="007C73F7" w:rsidRDefault="3C4B4FED" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref199924270"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref199924270"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="57F954CB" w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar rīkojumu izveido Eiropas Savienības fondu 2021.–2027. gada plānošanas perioda vadības likuma (turpmāk – Likums) 21. panta prasībām atbilstošu projektu iesniegumu vērtēšanas komisiju (turpmāk – vērtēšanas komisija), vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
@@ -4571,51 +4602,51 @@
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Regulas 2024/2509</w:t>
       </w:r>
       <w:r w:rsidR="00F231BA" w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61. pantā noteikto.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="1F260522" w14:textId="35A7F05C" w:rsidR="00F231BA" w:rsidRPr="007C73F7" w:rsidDel="00164C6D" w:rsidRDefault="00F231BA" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="359E99C1">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nepieciešamības gadījumā vērtēšanas komisija kā neatkarīgus ekspertus </w:t>
       </w:r>
       <w:r w:rsidRPr="359E99C1">
         <w:rPr>
@@ -4698,51 +4729,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši Latvijas Republikas un Eiropas Savienības normatīvajiem aktiem, kā arī ir atbildīgi par objektivitātes un konfidencialitātes ievērošanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A8DC26" w14:textId="63FA6F63" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisija pēc projekta iesnieguma iesniegšanas vērtē projekta iesniegumu</w:t>
       </w:r>
       <w:r w:rsidR="004948BD" w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> saskaņā ar projekta iesnieguma vērtēšanas kritērijiem, ievērojot projekta iesnieguma vērtēšanas kritēriju piemērošanas metodikā noteikto (nolikuma</w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
@@ -4766,51 +4797,51 @@
         </w:rPr>
         <w:t>. pielik</w:t>
       </w:r>
       <w:r w:rsidRPr="009A1B13">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ums</w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">) un Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>aizpildot projekta iesnieguma vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3E1276BF" w14:textId="774BDA1D" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="00E5258E">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Pirms šī nolikuma</w:t>
       </w:r>
       <w:r w:rsidR="00D127C3">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5050,162 +5081,162 @@
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63BA21AD" w14:textId="20C284C5" w:rsidR="184B14C8" w:rsidRDefault="184B14C8" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:ind w:hanging="651"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Ref210921803"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref210921803"/>
       <w:r w:rsidRPr="33071B10">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>kvalitātes kritēriji (</w:t>
       </w:r>
       <w:r w:rsidR="56500718" w:rsidRPr="33071B10">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">vērtē visi balsstiesīgie projektu iesniegumu vērtēšanas komisijas locekļi, izņemot nozares ministrijas pārstāvi, kas vērtē tikai kvalitātes kritērijus </w:t>
       </w:r>
       <w:r w:rsidR="56500718" w:rsidRPr="009F2DC9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>4.1., 4.2., 4.3., 4.4., 4.5. un 4.6.</w:t>
       </w:r>
       <w:r w:rsidR="56500718" w:rsidRPr="33071B10">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="0D981511" w14:textId="40D92797" w:rsidR="004D44C8" w:rsidRPr="004D44C8" w:rsidRDefault="004D44C8" w:rsidP="00AD68D5">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref120485120"/>
-      <w:bookmarkStart w:id="5" w:name="_Ref172293667"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref120485120"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref172293667"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projektu iesniegumos pieprasītais finansējums ir lielāks nekā </w:t>
       </w:r>
       <w:r w:rsidR="2C5DF3D5" w:rsidRPr="00926217">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma 3.</w:t>
       </w:r>
       <w:r w:rsidR="001607F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="2C5DF3D5" w:rsidRPr="00926217">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kārtā</w:t>
       </w:r>
       <w:r w:rsidRPr="00926217">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pieejamais finansējums, pēc projektu iesnieg</w:t>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>umu izvērtēšanas vērtēšanas komisija projektu iesniegumus sarindo prioritārā secībā, lai noteiktu, kuru projektu īstenošanai finansējums ir pietiekams. Prioritārā secība tiek veidota, ievērojot šādus nosacījumus</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="2087B206" w14:textId="3A44D1DB" w:rsidR="002C709D" w:rsidRPr="002C709D" w:rsidRDefault="002C709D" w:rsidP="00E8617C">
       <w:pPr>
         <w:pStyle w:val="Style4teksts"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:hanging="651"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1CE40C45">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">vienāda punktu skaita gadījumā priekšroka tiek dota projekta iesniegumam ar lielāku punktu skaitu kritērijā </w:t>
       </w:r>
       <w:r w:rsidR="00ED70F3" w:rsidRPr="33071B10">
         <w:rPr>
@@ -5635,137 +5666,137 @@
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>Pēc precizētā projekta iesnieguma saņemšanas aģentūrā komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu Projektu portālā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="00F231BA">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref199927742"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref199927742"/>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmuma pieņemšanas un paziņošanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="1E9AD00E" w14:textId="6A13EBA9" w:rsidR="45E0CDDA" w:rsidRDefault="45E0CDDA" w:rsidP="001F503D">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref209007423"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref209007423"/>
       <w:r w:rsidRPr="001726AF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>Aģentūra,</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2DC9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu (turpmāk</w:t>
       </w:r>
       <w:r w:rsidR="001607F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>– lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="620EEF71" w14:textId="1390C84F" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="0064653B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1134" w:hanging="766"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref199928026"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref199928026"/>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="0064653B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1134" w:hanging="766"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="0064653B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
@@ -5775,174 +5806,174 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:ind w:left="1134" w:hanging="766"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9FD22" w14:textId="141E6C58" w:rsidR="00F231BA" w:rsidRPr="00AA1D4B" w:rsidRDefault="00F231BA" w:rsidP="7198B247">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref210899017"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref210899017"/>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="220C1B05" w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņem </w:t>
       </w:r>
       <w:r w:rsidR="0CE940DD" w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> mēneš</w:t>
       </w:r>
       <w:r w:rsidR="0EBECD6A" w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā pēc projekta iesnieguma iesniegšanas termiņa beigu datuma.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="02A0D7C0" w14:textId="4B17977A" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="7198B247">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="60" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Pirms nolikuma</w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk194918642"/>
-      <w:bookmarkStart w:id="11" w:name="_Hlk194918477"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk194918642"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk194918477"/>
       <w:r w:rsidR="006314F8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F7782">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="008F7782">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref199928026 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008F7782">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008F7782">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00DF3463">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>23.1</w:t>
       </w:r>
       <w:r w:rsidR="008F7782">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>apakšpunktā noteiktā lēmuma pieņemšanas vai</w:t>
       </w:r>
       <w:r w:rsidR="00B54445">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C6115">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007C6115">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref209007124 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="007C6115">
@@ -6118,70 +6149,70 @@
       <w:r w:rsidR="001E1B10">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>. punktā noteiktā atzinuma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F818CCE" w14:textId="18C2E41A" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="001F503D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref199924334"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref199924334"/>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu </w:t>
       </w:r>
       <w:r w:rsidR="199E32E3" w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>aģentūra</w:t>
       </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņem, ja tiek izpildīti visi turpmāk minētie nosacījumi:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="2BE7D3C2" w14:textId="5E7572B2" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="0078726B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1276" w:hanging="766"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4FE709E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uz projekta iesniedzēju nav attiecināms neviens no Likuma 22. pantā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210BE43E" w14:textId="77777777" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="0078726B">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
@@ -6449,142 +6480,142 @@
         <w:ind w:left="1134" w:hanging="624"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējs ir radījis mākslīgus apstākļus vai sniedzis faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai aģentūra pieņemtu tam labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223670F7" w14:textId="42704478" w:rsidR="12D5A2D0" w:rsidRDefault="12D5A2D0" w:rsidP="007E056F">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref209008167"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref209008167"/>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas, pamatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, aģentūra izdod atzinumu par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0FD24D77" w14:textId="0393A65E" w:rsidR="12D5A2D0" w:rsidRDefault="12D5A2D0" w:rsidP="007E056F">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref209007124"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref209007124"/>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="747C0E2E" w14:textId="641F879D" w:rsidR="12D5A2D0" w:rsidRDefault="12D5A2D0" w:rsidP="007E056F">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018E62D2" w14:textId="60F5DF81" w:rsidR="12D5A2D0" w:rsidRPr="00CE10B7" w:rsidRDefault="12D5A2D0" w:rsidP="007E056F">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref210899030"/>
+      <w:bookmarkStart w:id="22" w:name="_Ref210899030"/>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi vai neizpildi aģentūra sagatavo elektroniska dokumenta formātā un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
       <w:r w:rsidRPr="001726AF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">līguma/vienošanās </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE10B7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>slēgšanas procesu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="757E4CD6" w14:textId="2804A87F" w:rsidR="12D5A2D0" w:rsidRPr="00CE10B7" w:rsidRDefault="12D5A2D0" w:rsidP="002A01BE">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE10B7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi vai neizpildi aģentūra sagatavo elektroniska dokumenta formātā un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
       <w:r w:rsidRPr="001726AF">
@@ -7156,62 +7187,72 @@
       <w:r w:rsidR="1CD9EE44" w:rsidRPr="002878E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>noteikumos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ACA35CD" w14:textId="5260C1D3" w:rsidR="7198B247" w:rsidRPr="00B36D31" w:rsidRDefault="12D5A2D0" w:rsidP="002878E1">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">Informāciju par apstiprinātajiem projektu iesniegumiem publicē tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
-[...10 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "http://www.esfondi.lv/" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="7198B247">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>www.esfondi.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="00F231BA" w:rsidRPr="005D67CC" w:rsidRDefault="00F231BA" w:rsidP="00F231BA">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
@@ -7241,94 +7282,114 @@
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623F0624" w14:textId="3AEA7425" w:rsidR="1CB2D2F6" w:rsidRDefault="1CB2D2F6" w:rsidP="0D6C10C1">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0D6C10C1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="0011676A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0011676A">
+        <w:instrText>HYPERLINK "https://www.cfla.gov.lv/lv/2-2-1-1-k-3"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0011676A">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0011676A" w:rsidRPr="000D7477">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>https://www.cfla.gov.lv/lv/2-2-1-1-k-3</w:t>
+      </w:r>
+      <w:r w:rsidR="0011676A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="002878E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>, kur tiks publicēta atlases informācija</w:t>
       </w:r>
       <w:r w:rsidR="00490849">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> un n</w:t>
       </w:r>
       <w:r w:rsidRPr="0D6C10C1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">orādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
-[...9 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:pasts@cfla.gov.lv" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0D6C10C1">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="0000FF"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>pasts@cfla.gov.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="0D6C10C1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BBEA5F0" w14:textId="1E6F1F5B" w:rsidR="1CB2D2F6" w:rsidRDefault="1CB2D2F6" w:rsidP="00294C83">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
@@ -7403,102 +7464,122 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="716EE1FF" w14:textId="4B7AB918" w:rsidR="1CB2D2F6" w:rsidRDefault="1CB2D2F6" w:rsidP="00294C83">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehnisko atbalstu par projekta iesnieguma aizpildīšanu Projektu portāla e-vidē sniedz aģentūras oficiālajā darba laikā, aizpildot pieteikumu, rakstot uz </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-[...10 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:vis@cfla.gov.lv" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="7198B247">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>vis@cfla.gov.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="7198B247">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz +371 20003306.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344A5FD5" w14:textId="0932B9A9" w:rsidR="1CB2D2F6" w:rsidRPr="002878E1" w:rsidRDefault="1CB2D2F6" w:rsidP="00294C83">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0D6C10C1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktuālā informācija par projektu iesniegumu atlasi un atbildes uz uzdotajiem jautājumiem ir pieejamas tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00490849">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00490849">
+        <w:instrText>HYPERLINK "https://www.cfla.gov.lv/lv/2-2-1-1-k-3"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00490849">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00490849" w:rsidRPr="000D7477">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="lv"/>
+        </w:rPr>
+        <w:t>https://www.cfla.gov.lv/lv/2-2-1-1-k-3</w:t>
+      </w:r>
+      <w:r w:rsidR="00490849">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="002878E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>, kur tiks publicēta atlases informācija</w:t>
       </w:r>
       <w:r w:rsidR="00490849" w:rsidRPr="002878E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:val="lv"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01568890" w14:textId="79815624" w:rsidR="1CB2D2F6" w:rsidRDefault="1CB2D2F6" w:rsidP="00294C83">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
@@ -7998,115 +8079,130 @@
       <w:r w:rsidRPr="005D67CC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Kalere</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DB8F64" w14:textId="5171DED9" w:rsidR="00F231BA" w:rsidRPr="0010166F" w:rsidRDefault="00F231BA" w:rsidP="00F231BA">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27">
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "mailto:inguna.kalere@cfla.gov.lv" \h</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="4FE709E2">
+        <w:rPr>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>inguna.kalere@cfla.gov.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F91CA63" w14:textId="7168C30F" w:rsidR="009F6EF1" w:rsidRPr="006C3CDC" w:rsidRDefault="00F231BA" w:rsidP="002878E1">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Beiguvresatsauce"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D67CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>20395541</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="006C3CDC" w:rsidSect="00D0388E">
-      <w:headerReference w:type="default" r:id="rId28"/>
+    <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="006C3CDC" w:rsidSect="00701E7A">
+      <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
+      <w:sectPrChange w:id="23" w:author="Kristīne Jucīte" w:date="2026-01-06T11:05:00Z" w16du:dateUtc="2026-01-06T09:05:00Z">
+        <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="006C3CDC" w:rsidSect="00701E7A">
+          <w:pgMar w:top="1702" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+        </w:sectPr>
+      </w:sectPrChange>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70081EE6" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B">
+    <w:p w14:paraId="06324F7B" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AE8AC0E" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B">
+    <w:p w14:paraId="073B97D4" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2703D6EF" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B" w:rsidP="00152F67"/>
+    <w:p w14:paraId="6A86CCFE" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Walbaum Display SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -8166,112 +8262,115 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="613782EA" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B" w:rsidP="00F25516">
+    <w:p w14:paraId="21DDB957" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67CBF463" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B" w:rsidP="00F25516">
+    <w:p w14:paraId="16EECC9D" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="320A0E83" w14:textId="77777777" w:rsidR="0060335B" w:rsidRDefault="0060335B" w:rsidP="00152F67"/>
+    <w:p w14:paraId="58DA7E74" w14:textId="77777777" w:rsidR="00626586" w:rsidRDefault="00626586" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="2324442B" w14:textId="0EE0C8DB" w:rsidR="00D61018" w:rsidRPr="007D18E2" w:rsidRDefault="00F43021" w:rsidP="002878E1">
+    <w:p w14:paraId="2324442B" w14:textId="6D888C8F" w:rsidR="00D61018" w:rsidRPr="007D18E2" w:rsidRDefault="00F43021" w:rsidP="002878E1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="009041D7">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00BF280B" w:rsidRPr="007D18E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ministru kabineta 2025. gada 22. jūlija noteikumi Nr. 471 “Eiropas Savienības kohēzijas politikas programmas 2021.– 2027. gadam 2.2.1. specifiskā atbalsta mērķa "Veicināt ilgtspējīgu ūdenssaimniecību" 2.2.1.1. pasākuma "Notekūdeņu un to dūņu apsaimniekošanas sistēmas attīstība piesārņojuma samazināšanai" trešās projektu iesniegumu atlases kārtas īstenošanas noteikumi”. Pieejami</w:t>
       </w:r>
       <w:r w:rsidR="00AD5796" w:rsidRPr="007D18E2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00D61018" w:rsidRPr="007D18E2">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00A06639">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1279EBD3" w14:textId="4157E370" w:rsidR="00F43021" w:rsidRDefault="00F43021" w:rsidP="006F19B7">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="39E85E09" w14:textId="60862F81" w:rsidR="00D9743B" w:rsidRPr="00A72868" w:rsidRDefault="00D9743B" w:rsidP="00D9743B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:sz w:val="20"/>
@@ -8538,100 +8637,308 @@
       </w:r>
       <w:r w:rsidRPr="00D115D7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieejams: </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>https://eur-lex.europa.eu/eli/dec/2012/21/oj/?locale=LV</w:t>
+          <w:t>https://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>eur-lex.europa.eu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>eli</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>dec</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/2012/21/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>oj</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/?</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>locale</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00D115D7" w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>=LV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D115D7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="0A8818D4" w14:textId="74045EB2" w:rsidR="00CE4A7E" w:rsidRPr="00D115D7" w:rsidRDefault="00CE4A7E" w:rsidP="00CE4A7E">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D115D7">
         <w:rPr>
           <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00D115D7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pieejams: </w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D115D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pieejams: </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="00D115D7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>https://eur-lex.europa.eu/eli/dec/2012/21/oj/?locale=LV</w:t>
+          <w:t>https://</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>eur-lex.europa.eu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>eli</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>dec</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/2012/21/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>oj</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>/?</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>locale</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00D115D7">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>=LV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="39BCDB62" w14:textId="2C383455" w:rsidR="0060353D" w:rsidRPr="005148FD" w:rsidRDefault="0060353D" w:rsidP="0060353D">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F44F7">
         <w:rPr>
@@ -9177,51 +9484,59 @@
     <w:p w14:paraId="17B26287" w14:textId="77777777" w:rsidR="0060353D" w:rsidRPr="002F44F7" w:rsidRDefault="0060353D" w:rsidP="0060353D">
       <w:pPr>
         <w:pStyle w:val="Vresteksts"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F44F7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002F44F7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Vadlīnijas pieejamas: </w:t>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F44F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vadlīnijas pieejamas: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="002F44F7">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F44F7">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="0C42022E" w14:textId="77777777" w:rsidR="00F231BA" w:rsidRPr="0026489A" w:rsidRDefault="00F231BA" w:rsidP="00F231BA">
       <w:pPr>
@@ -11384,97 +11699,106 @@
   <w:num w:numId="11" w16cid:durableId="763957182">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="882180922">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="254018823">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="955403708">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1293562395">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1283994197">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="952400501">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Kristīne Jucīte">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::kristine.jucite@cfla.gov.lv::3c00507a-acc6-4cbd-b9da-160d6044cc19"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000072"/>
     <w:rsid w:val="000001E9"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00002743"/>
     <w:rsid w:val="000032A1"/>
     <w:rsid w:val="00003FBC"/>
     <w:rsid w:val="00004AE2"/>
     <w:rsid w:val="00004CAC"/>
     <w:rsid w:val="00004E9F"/>
     <w:rsid w:val="00005114"/>
     <w:rsid w:val="0000529D"/>
     <w:rsid w:val="00007ED0"/>
     <w:rsid w:val="000109CD"/>
     <w:rsid w:val="00010DB3"/>
     <w:rsid w:val="00010E90"/>
     <w:rsid w:val="000112D3"/>
     <w:rsid w:val="00011421"/>
     <w:rsid w:val="00012179"/>
     <w:rsid w:val="00012854"/>
+    <w:rsid w:val="00012894"/>
     <w:rsid w:val="000132DD"/>
     <w:rsid w:val="00014700"/>
     <w:rsid w:val="00014DDE"/>
     <w:rsid w:val="00015244"/>
     <w:rsid w:val="00015B54"/>
     <w:rsid w:val="000160E7"/>
     <w:rsid w:val="00017D6C"/>
     <w:rsid w:val="000202FB"/>
     <w:rsid w:val="000203A1"/>
     <w:rsid w:val="0002173A"/>
     <w:rsid w:val="000220E2"/>
     <w:rsid w:val="00022CC6"/>
     <w:rsid w:val="0002328E"/>
     <w:rsid w:val="00023927"/>
     <w:rsid w:val="00024585"/>
     <w:rsid w:val="00024845"/>
     <w:rsid w:val="00024BE0"/>
     <w:rsid w:val="00024E20"/>
     <w:rsid w:val="00025592"/>
     <w:rsid w:val="00025606"/>
     <w:rsid w:val="00026A21"/>
     <w:rsid w:val="000302C3"/>
     <w:rsid w:val="00030AA6"/>
     <w:rsid w:val="00030D64"/>
     <w:rsid w:val="00031D5D"/>
@@ -11622,53 +11946,55 @@
     <w:rsid w:val="000C6A49"/>
     <w:rsid w:val="000C6A60"/>
     <w:rsid w:val="000C6CE3"/>
     <w:rsid w:val="000C712D"/>
     <w:rsid w:val="000C760E"/>
     <w:rsid w:val="000C784F"/>
     <w:rsid w:val="000D02C2"/>
     <w:rsid w:val="000D1BA9"/>
     <w:rsid w:val="000D1BDE"/>
     <w:rsid w:val="000D282A"/>
     <w:rsid w:val="000D3278"/>
     <w:rsid w:val="000D3289"/>
     <w:rsid w:val="000D32CA"/>
     <w:rsid w:val="000D3B17"/>
     <w:rsid w:val="000D3D7B"/>
     <w:rsid w:val="000D41B1"/>
     <w:rsid w:val="000D4B09"/>
     <w:rsid w:val="000D4FF7"/>
     <w:rsid w:val="000D500A"/>
     <w:rsid w:val="000D5493"/>
     <w:rsid w:val="000D5DCC"/>
     <w:rsid w:val="000D73D3"/>
     <w:rsid w:val="000D760F"/>
     <w:rsid w:val="000D7736"/>
     <w:rsid w:val="000D7D1C"/>
+    <w:rsid w:val="000D7ED2"/>
     <w:rsid w:val="000D7FC5"/>
     <w:rsid w:val="000E0071"/>
     <w:rsid w:val="000E0C5D"/>
+    <w:rsid w:val="000E0CED"/>
     <w:rsid w:val="000E1188"/>
     <w:rsid w:val="000E2D63"/>
     <w:rsid w:val="000E2DB3"/>
     <w:rsid w:val="000E3050"/>
     <w:rsid w:val="000E31F7"/>
     <w:rsid w:val="000E38A2"/>
     <w:rsid w:val="000E3EC2"/>
     <w:rsid w:val="000E42E7"/>
     <w:rsid w:val="000E5661"/>
     <w:rsid w:val="000E71B7"/>
     <w:rsid w:val="000E782B"/>
     <w:rsid w:val="000F07BB"/>
     <w:rsid w:val="000F0961"/>
     <w:rsid w:val="000F252F"/>
     <w:rsid w:val="000F28D3"/>
     <w:rsid w:val="000F2C8B"/>
     <w:rsid w:val="000F2F29"/>
     <w:rsid w:val="000F4732"/>
     <w:rsid w:val="000F4A57"/>
     <w:rsid w:val="000F579F"/>
     <w:rsid w:val="000F586E"/>
     <w:rsid w:val="000F619D"/>
     <w:rsid w:val="000F772C"/>
     <w:rsid w:val="000F7D48"/>
     <w:rsid w:val="001003A7"/>
@@ -11686,135 +12012,138 @@
     <w:rsid w:val="001059FF"/>
     <w:rsid w:val="00105BB2"/>
     <w:rsid w:val="0010631D"/>
     <w:rsid w:val="001064F0"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001115F5"/>
     <w:rsid w:val="00111652"/>
     <w:rsid w:val="00111EFD"/>
     <w:rsid w:val="0011210A"/>
     <w:rsid w:val="00112211"/>
     <w:rsid w:val="00112308"/>
     <w:rsid w:val="0011260C"/>
     <w:rsid w:val="00112952"/>
     <w:rsid w:val="001137F2"/>
     <w:rsid w:val="00113CA9"/>
     <w:rsid w:val="00114608"/>
     <w:rsid w:val="00114B6A"/>
     <w:rsid w:val="00114B82"/>
     <w:rsid w:val="0011505A"/>
     <w:rsid w:val="001150D2"/>
     <w:rsid w:val="00115217"/>
     <w:rsid w:val="001155C3"/>
     <w:rsid w:val="00115809"/>
     <w:rsid w:val="00115A49"/>
     <w:rsid w:val="001161AB"/>
+    <w:rsid w:val="001162A8"/>
     <w:rsid w:val="0011673F"/>
     <w:rsid w:val="0011676A"/>
     <w:rsid w:val="00116855"/>
     <w:rsid w:val="001179B7"/>
     <w:rsid w:val="00117D89"/>
     <w:rsid w:val="001215AE"/>
     <w:rsid w:val="00122DBD"/>
     <w:rsid w:val="00122E56"/>
     <w:rsid w:val="00123632"/>
     <w:rsid w:val="0012412B"/>
     <w:rsid w:val="00125122"/>
     <w:rsid w:val="0012524E"/>
     <w:rsid w:val="00125402"/>
     <w:rsid w:val="00125D8C"/>
     <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="001264BE"/>
     <w:rsid w:val="00126E53"/>
     <w:rsid w:val="001271FA"/>
     <w:rsid w:val="001306D9"/>
     <w:rsid w:val="001307AE"/>
     <w:rsid w:val="00130DEE"/>
     <w:rsid w:val="0013188F"/>
     <w:rsid w:val="0013193C"/>
     <w:rsid w:val="00132867"/>
     <w:rsid w:val="001329BC"/>
     <w:rsid w:val="00132A4A"/>
     <w:rsid w:val="00132DAD"/>
     <w:rsid w:val="00133046"/>
     <w:rsid w:val="00133621"/>
     <w:rsid w:val="00133A2C"/>
     <w:rsid w:val="00133DA8"/>
     <w:rsid w:val="00134340"/>
     <w:rsid w:val="00134AE4"/>
     <w:rsid w:val="00136887"/>
     <w:rsid w:val="00136D14"/>
     <w:rsid w:val="0013770D"/>
     <w:rsid w:val="00137B16"/>
     <w:rsid w:val="00137CB0"/>
     <w:rsid w:val="00140512"/>
     <w:rsid w:val="00140787"/>
     <w:rsid w:val="0014089D"/>
     <w:rsid w:val="00140A85"/>
     <w:rsid w:val="00140F12"/>
     <w:rsid w:val="00140F96"/>
     <w:rsid w:val="001422B6"/>
     <w:rsid w:val="0014261A"/>
     <w:rsid w:val="00143317"/>
     <w:rsid w:val="00144211"/>
+    <w:rsid w:val="00144E34"/>
     <w:rsid w:val="0014518C"/>
     <w:rsid w:val="00145E2A"/>
     <w:rsid w:val="00146620"/>
     <w:rsid w:val="00146DFB"/>
     <w:rsid w:val="00151D6E"/>
     <w:rsid w:val="00151EFA"/>
     <w:rsid w:val="001525D1"/>
     <w:rsid w:val="00152F67"/>
     <w:rsid w:val="001531B0"/>
     <w:rsid w:val="00156804"/>
     <w:rsid w:val="00156AA0"/>
     <w:rsid w:val="0015783B"/>
     <w:rsid w:val="001607F0"/>
     <w:rsid w:val="00161469"/>
     <w:rsid w:val="00161C7C"/>
     <w:rsid w:val="00161EC8"/>
     <w:rsid w:val="0016374F"/>
     <w:rsid w:val="00165D55"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="00166AB9"/>
     <w:rsid w:val="00167064"/>
     <w:rsid w:val="00167134"/>
     <w:rsid w:val="00167D77"/>
     <w:rsid w:val="00170385"/>
     <w:rsid w:val="00170484"/>
     <w:rsid w:val="00170694"/>
     <w:rsid w:val="001706E2"/>
     <w:rsid w:val="001707C5"/>
     <w:rsid w:val="00171079"/>
     <w:rsid w:val="0017132E"/>
     <w:rsid w:val="001726AF"/>
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="00173578"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="00174672"/>
     <w:rsid w:val="001747D0"/>
     <w:rsid w:val="00174D33"/>
+    <w:rsid w:val="00174D96"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="0017579D"/>
     <w:rsid w:val="001758CE"/>
     <w:rsid w:val="0017662F"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="0018052A"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00181A21"/>
     <w:rsid w:val="00181BB5"/>
     <w:rsid w:val="00181C14"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="00182219"/>
     <w:rsid w:val="0018293F"/>
     <w:rsid w:val="00182D75"/>
     <w:rsid w:val="00184853"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00186D0D"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="00191026"/>
     <w:rsid w:val="001924DF"/>
     <w:rsid w:val="001931FB"/>
@@ -11883,50 +12212,51 @@
     <w:rsid w:val="001D03C5"/>
     <w:rsid w:val="001D06B9"/>
     <w:rsid w:val="001D0AE5"/>
     <w:rsid w:val="001D10CA"/>
     <w:rsid w:val="001D15B0"/>
     <w:rsid w:val="001D182D"/>
     <w:rsid w:val="001D2898"/>
     <w:rsid w:val="001D28A9"/>
     <w:rsid w:val="001D2D92"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="001D3152"/>
     <w:rsid w:val="001D31CA"/>
     <w:rsid w:val="001D5901"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001E0387"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0624"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E0E9A"/>
     <w:rsid w:val="001E1167"/>
     <w:rsid w:val="001E1B10"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E372D"/>
+    <w:rsid w:val="001E3A9D"/>
     <w:rsid w:val="001E3B1F"/>
     <w:rsid w:val="001E41A0"/>
     <w:rsid w:val="001E4399"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E4627"/>
     <w:rsid w:val="001E480A"/>
     <w:rsid w:val="001E4F00"/>
     <w:rsid w:val="001E5DA1"/>
     <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E7424"/>
     <w:rsid w:val="001E7EE0"/>
     <w:rsid w:val="001F02C0"/>
     <w:rsid w:val="001F02ED"/>
     <w:rsid w:val="001F15DF"/>
     <w:rsid w:val="001F1F40"/>
     <w:rsid w:val="001F2114"/>
     <w:rsid w:val="001F30B3"/>
     <w:rsid w:val="001F30F0"/>
     <w:rsid w:val="001F383D"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F3D44"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4B19"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F503D"/>
@@ -12335,50 +12665,51 @@
     <w:rsid w:val="00390E59"/>
     <w:rsid w:val="00391162"/>
     <w:rsid w:val="003928F4"/>
     <w:rsid w:val="00392C62"/>
     <w:rsid w:val="00392C90"/>
     <w:rsid w:val="003933FE"/>
     <w:rsid w:val="00393573"/>
     <w:rsid w:val="00394062"/>
     <w:rsid w:val="003947B6"/>
     <w:rsid w:val="0039527A"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
     <w:rsid w:val="003A05A7"/>
     <w:rsid w:val="003A0EBC"/>
     <w:rsid w:val="003A1704"/>
     <w:rsid w:val="003A2CD1"/>
     <w:rsid w:val="003A3763"/>
     <w:rsid w:val="003A3841"/>
     <w:rsid w:val="003A3B93"/>
     <w:rsid w:val="003A4914"/>
     <w:rsid w:val="003A498F"/>
     <w:rsid w:val="003A4B42"/>
     <w:rsid w:val="003A4E1A"/>
     <w:rsid w:val="003A4FBD"/>
+    <w:rsid w:val="003A520A"/>
     <w:rsid w:val="003A52C9"/>
     <w:rsid w:val="003A54F5"/>
     <w:rsid w:val="003A5575"/>
     <w:rsid w:val="003A5783"/>
     <w:rsid w:val="003A5C2A"/>
     <w:rsid w:val="003A6827"/>
     <w:rsid w:val="003A6982"/>
     <w:rsid w:val="003A6F0C"/>
     <w:rsid w:val="003A7BDD"/>
     <w:rsid w:val="003A7F3E"/>
     <w:rsid w:val="003B0277"/>
     <w:rsid w:val="003B099F"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B1450"/>
     <w:rsid w:val="003B149E"/>
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B21D3"/>
     <w:rsid w:val="003B21FD"/>
     <w:rsid w:val="003B285C"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B31A9"/>
     <w:rsid w:val="003B3EA9"/>
     <w:rsid w:val="003B4913"/>
     <w:rsid w:val="003B4C72"/>
     <w:rsid w:val="003B5C81"/>
@@ -12585,50 +12916,51 @@
     <w:rsid w:val="00484753"/>
     <w:rsid w:val="00485091"/>
     <w:rsid w:val="004857B6"/>
     <w:rsid w:val="00486B6F"/>
     <w:rsid w:val="00490637"/>
     <w:rsid w:val="00490685"/>
     <w:rsid w:val="00490849"/>
     <w:rsid w:val="0049196D"/>
     <w:rsid w:val="0049384B"/>
     <w:rsid w:val="00494350"/>
     <w:rsid w:val="004943A1"/>
     <w:rsid w:val="0049458D"/>
     <w:rsid w:val="00494742"/>
     <w:rsid w:val="004948BD"/>
     <w:rsid w:val="00494942"/>
     <w:rsid w:val="00494CEF"/>
     <w:rsid w:val="004956A2"/>
     <w:rsid w:val="00495A98"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004960CA"/>
     <w:rsid w:val="00496409"/>
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="00497F93"/>
     <w:rsid w:val="004A01CA"/>
     <w:rsid w:val="004A0355"/>
+    <w:rsid w:val="004A2257"/>
     <w:rsid w:val="004A2A6F"/>
     <w:rsid w:val="004A2EED"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4298"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A5402"/>
     <w:rsid w:val="004A6C46"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B1203"/>
     <w:rsid w:val="004B14EF"/>
     <w:rsid w:val="004B17B5"/>
     <w:rsid w:val="004B18C6"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B3023"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B43E7"/>
     <w:rsid w:val="004B453C"/>
     <w:rsid w:val="004B484D"/>
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B5EC4"/>
@@ -12644,50 +12976,51 @@
     <w:rsid w:val="004C37AF"/>
     <w:rsid w:val="004C3C94"/>
     <w:rsid w:val="004C4868"/>
     <w:rsid w:val="004C52D6"/>
     <w:rsid w:val="004C7537"/>
     <w:rsid w:val="004C7700"/>
     <w:rsid w:val="004D0B17"/>
     <w:rsid w:val="004D1165"/>
     <w:rsid w:val="004D1CEC"/>
     <w:rsid w:val="004D44C8"/>
     <w:rsid w:val="004D45A8"/>
     <w:rsid w:val="004D4617"/>
     <w:rsid w:val="004D46FF"/>
     <w:rsid w:val="004D5026"/>
     <w:rsid w:val="004D68EF"/>
     <w:rsid w:val="004D6C1B"/>
     <w:rsid w:val="004D72E9"/>
     <w:rsid w:val="004D7AF0"/>
     <w:rsid w:val="004D7C6B"/>
     <w:rsid w:val="004E003C"/>
     <w:rsid w:val="004E03C3"/>
     <w:rsid w:val="004E0437"/>
     <w:rsid w:val="004E0922"/>
     <w:rsid w:val="004E0B13"/>
     <w:rsid w:val="004E10E2"/>
+    <w:rsid w:val="004E1A2A"/>
     <w:rsid w:val="004E1A2E"/>
     <w:rsid w:val="004E28AC"/>
     <w:rsid w:val="004E3C8C"/>
     <w:rsid w:val="004E3E56"/>
     <w:rsid w:val="004E402D"/>
     <w:rsid w:val="004E4E27"/>
     <w:rsid w:val="004E52CC"/>
     <w:rsid w:val="004E57C2"/>
     <w:rsid w:val="004E7C97"/>
     <w:rsid w:val="004F015B"/>
     <w:rsid w:val="004F02FE"/>
     <w:rsid w:val="004F061C"/>
     <w:rsid w:val="004F07BD"/>
     <w:rsid w:val="004F0C95"/>
     <w:rsid w:val="004F0D37"/>
     <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F1F7C"/>
     <w:rsid w:val="004F2136"/>
     <w:rsid w:val="004F3034"/>
     <w:rsid w:val="004F33E8"/>
     <w:rsid w:val="004F38C3"/>
     <w:rsid w:val="004F43D0"/>
     <w:rsid w:val="004F451B"/>
     <w:rsid w:val="004F4B51"/>
     <w:rsid w:val="004F54E4"/>
@@ -12840,50 +13173,51 @@
     <w:rsid w:val="00593C80"/>
     <w:rsid w:val="00594031"/>
     <w:rsid w:val="00594244"/>
     <w:rsid w:val="00595021"/>
     <w:rsid w:val="00595D66"/>
     <w:rsid w:val="00597116"/>
     <w:rsid w:val="00597C56"/>
     <w:rsid w:val="005A0161"/>
     <w:rsid w:val="005A0989"/>
     <w:rsid w:val="005A1C12"/>
     <w:rsid w:val="005A1C4D"/>
     <w:rsid w:val="005A2519"/>
     <w:rsid w:val="005A2556"/>
     <w:rsid w:val="005A2566"/>
     <w:rsid w:val="005A2F9B"/>
     <w:rsid w:val="005A3434"/>
     <w:rsid w:val="005A47A7"/>
     <w:rsid w:val="005A49B2"/>
     <w:rsid w:val="005A5259"/>
     <w:rsid w:val="005A65DD"/>
     <w:rsid w:val="005A6EF2"/>
     <w:rsid w:val="005A7341"/>
     <w:rsid w:val="005A7803"/>
     <w:rsid w:val="005B0207"/>
     <w:rsid w:val="005B0831"/>
+    <w:rsid w:val="005B0C46"/>
     <w:rsid w:val="005B0FBA"/>
     <w:rsid w:val="005B19A3"/>
     <w:rsid w:val="005B1F1C"/>
     <w:rsid w:val="005B337D"/>
     <w:rsid w:val="005B363D"/>
     <w:rsid w:val="005B3E7E"/>
     <w:rsid w:val="005B3E80"/>
     <w:rsid w:val="005B43E7"/>
     <w:rsid w:val="005B4A92"/>
     <w:rsid w:val="005B4DBA"/>
     <w:rsid w:val="005B4F3E"/>
     <w:rsid w:val="005B549A"/>
     <w:rsid w:val="005B7650"/>
     <w:rsid w:val="005B79D7"/>
     <w:rsid w:val="005C00A8"/>
     <w:rsid w:val="005C031D"/>
     <w:rsid w:val="005C0366"/>
     <w:rsid w:val="005C0840"/>
     <w:rsid w:val="005C1638"/>
     <w:rsid w:val="005C1703"/>
     <w:rsid w:val="005C2085"/>
     <w:rsid w:val="005C2517"/>
     <w:rsid w:val="005C3100"/>
     <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C39A4"/>
@@ -12935,130 +13269,131 @@
     <w:rsid w:val="005E5F1A"/>
     <w:rsid w:val="005E643D"/>
     <w:rsid w:val="005E6C3E"/>
     <w:rsid w:val="005E6C68"/>
     <w:rsid w:val="005F011E"/>
     <w:rsid w:val="005F0401"/>
     <w:rsid w:val="005F19AE"/>
     <w:rsid w:val="005F1C7D"/>
     <w:rsid w:val="005F2FFD"/>
     <w:rsid w:val="005F3919"/>
     <w:rsid w:val="005F39FE"/>
     <w:rsid w:val="005F40B0"/>
     <w:rsid w:val="005F41A0"/>
     <w:rsid w:val="005F49AE"/>
     <w:rsid w:val="005F5156"/>
     <w:rsid w:val="005F5B2B"/>
     <w:rsid w:val="005F7FD8"/>
     <w:rsid w:val="00600151"/>
     <w:rsid w:val="006004B0"/>
     <w:rsid w:val="00600A4A"/>
     <w:rsid w:val="00600C91"/>
     <w:rsid w:val="00601969"/>
     <w:rsid w:val="00601EF4"/>
     <w:rsid w:val="0060303F"/>
     <w:rsid w:val="0060322C"/>
-    <w:rsid w:val="0060335B"/>
     <w:rsid w:val="006034EC"/>
     <w:rsid w:val="0060353D"/>
     <w:rsid w:val="00603C85"/>
     <w:rsid w:val="00605007"/>
     <w:rsid w:val="006057A3"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00607601"/>
     <w:rsid w:val="00607E8A"/>
     <w:rsid w:val="00610DCA"/>
     <w:rsid w:val="0061118D"/>
     <w:rsid w:val="006112FD"/>
     <w:rsid w:val="00612A05"/>
     <w:rsid w:val="00612E86"/>
     <w:rsid w:val="0061309B"/>
     <w:rsid w:val="006136CE"/>
     <w:rsid w:val="00613BD3"/>
     <w:rsid w:val="006142F5"/>
     <w:rsid w:val="00614668"/>
     <w:rsid w:val="006149AF"/>
     <w:rsid w:val="00614FE8"/>
     <w:rsid w:val="00616CCC"/>
     <w:rsid w:val="00617026"/>
     <w:rsid w:val="00617830"/>
     <w:rsid w:val="00620219"/>
     <w:rsid w:val="006204AD"/>
     <w:rsid w:val="00620C60"/>
     <w:rsid w:val="00620D5D"/>
     <w:rsid w:val="00621732"/>
     <w:rsid w:val="00621D86"/>
     <w:rsid w:val="00621FEA"/>
     <w:rsid w:val="00622BC3"/>
     <w:rsid w:val="0062331D"/>
     <w:rsid w:val="00624C26"/>
     <w:rsid w:val="0062525B"/>
     <w:rsid w:val="00625A50"/>
     <w:rsid w:val="00625E94"/>
+    <w:rsid w:val="00626586"/>
     <w:rsid w:val="006279A4"/>
     <w:rsid w:val="006312BB"/>
     <w:rsid w:val="006314F8"/>
     <w:rsid w:val="006315B8"/>
     <w:rsid w:val="006315E2"/>
     <w:rsid w:val="00632DED"/>
     <w:rsid w:val="006337C3"/>
     <w:rsid w:val="00633941"/>
     <w:rsid w:val="00633C03"/>
     <w:rsid w:val="00634059"/>
     <w:rsid w:val="00634F97"/>
     <w:rsid w:val="0063568F"/>
     <w:rsid w:val="00635D97"/>
     <w:rsid w:val="00635E32"/>
     <w:rsid w:val="00636A89"/>
     <w:rsid w:val="00636D2A"/>
     <w:rsid w:val="00636DC7"/>
     <w:rsid w:val="00637B90"/>
     <w:rsid w:val="00640B34"/>
     <w:rsid w:val="0064101F"/>
     <w:rsid w:val="0064385A"/>
     <w:rsid w:val="00644324"/>
     <w:rsid w:val="006444CD"/>
     <w:rsid w:val="00644CA9"/>
     <w:rsid w:val="006451EE"/>
     <w:rsid w:val="00645622"/>
     <w:rsid w:val="00645C5B"/>
     <w:rsid w:val="0064615B"/>
     <w:rsid w:val="0064653B"/>
     <w:rsid w:val="00646CB7"/>
     <w:rsid w:val="00646CCF"/>
     <w:rsid w:val="00646D84"/>
     <w:rsid w:val="0064721C"/>
     <w:rsid w:val="0065033D"/>
     <w:rsid w:val="006507F9"/>
     <w:rsid w:val="00651913"/>
     <w:rsid w:val="00651AE4"/>
     <w:rsid w:val="00651D33"/>
     <w:rsid w:val="00652024"/>
     <w:rsid w:val="00652D3A"/>
     <w:rsid w:val="00653245"/>
     <w:rsid w:val="006535DA"/>
     <w:rsid w:val="00653CDD"/>
+    <w:rsid w:val="006541A7"/>
     <w:rsid w:val="0065445B"/>
     <w:rsid w:val="00655ED8"/>
     <w:rsid w:val="006560BE"/>
     <w:rsid w:val="006561B7"/>
     <w:rsid w:val="00656398"/>
     <w:rsid w:val="006568AF"/>
     <w:rsid w:val="006613D0"/>
     <w:rsid w:val="0066160F"/>
     <w:rsid w:val="00662403"/>
     <w:rsid w:val="0066262B"/>
     <w:rsid w:val="006636B3"/>
     <w:rsid w:val="00663846"/>
     <w:rsid w:val="00663A68"/>
     <w:rsid w:val="006641BD"/>
     <w:rsid w:val="00664A93"/>
     <w:rsid w:val="00664F23"/>
     <w:rsid w:val="00665D51"/>
     <w:rsid w:val="0066674A"/>
     <w:rsid w:val="0066720B"/>
     <w:rsid w:val="00667C79"/>
     <w:rsid w:val="006707EA"/>
     <w:rsid w:val="00670CCB"/>
     <w:rsid w:val="00671356"/>
     <w:rsid w:val="006721FB"/>
     <w:rsid w:val="0067236E"/>
@@ -13113,109 +13448,112 @@
     <w:rsid w:val="006A13A8"/>
     <w:rsid w:val="006A1DB6"/>
     <w:rsid w:val="006A2790"/>
     <w:rsid w:val="006A371C"/>
     <w:rsid w:val="006A3A61"/>
     <w:rsid w:val="006A4790"/>
     <w:rsid w:val="006A4986"/>
     <w:rsid w:val="006A5DCA"/>
     <w:rsid w:val="006A600C"/>
     <w:rsid w:val="006A6469"/>
     <w:rsid w:val="006A66A6"/>
     <w:rsid w:val="006A69E0"/>
     <w:rsid w:val="006A7E89"/>
     <w:rsid w:val="006B168E"/>
     <w:rsid w:val="006B18B1"/>
     <w:rsid w:val="006B34ED"/>
     <w:rsid w:val="006B377D"/>
     <w:rsid w:val="006B3987"/>
     <w:rsid w:val="006B3B18"/>
     <w:rsid w:val="006B4CE4"/>
     <w:rsid w:val="006B4DB3"/>
     <w:rsid w:val="006B57B7"/>
     <w:rsid w:val="006B58C0"/>
     <w:rsid w:val="006B59AE"/>
     <w:rsid w:val="006B6936"/>
+    <w:rsid w:val="006B7DCB"/>
     <w:rsid w:val="006C016F"/>
     <w:rsid w:val="006C085F"/>
     <w:rsid w:val="006C0A91"/>
     <w:rsid w:val="006C0FAC"/>
     <w:rsid w:val="006C25CA"/>
     <w:rsid w:val="006C2A5A"/>
     <w:rsid w:val="006C3376"/>
     <w:rsid w:val="006C346C"/>
     <w:rsid w:val="006C3A5C"/>
     <w:rsid w:val="006C3CDC"/>
     <w:rsid w:val="006C490C"/>
     <w:rsid w:val="006C76DE"/>
     <w:rsid w:val="006C7F90"/>
     <w:rsid w:val="006D0500"/>
     <w:rsid w:val="006D1149"/>
     <w:rsid w:val="006D1A78"/>
     <w:rsid w:val="006D2410"/>
     <w:rsid w:val="006D2D4B"/>
     <w:rsid w:val="006D377B"/>
     <w:rsid w:val="006D4D37"/>
     <w:rsid w:val="006D5C89"/>
     <w:rsid w:val="006D5DCB"/>
     <w:rsid w:val="006D5E82"/>
     <w:rsid w:val="006D5EA8"/>
     <w:rsid w:val="006D5FD3"/>
     <w:rsid w:val="006D628E"/>
     <w:rsid w:val="006D7302"/>
     <w:rsid w:val="006D7578"/>
     <w:rsid w:val="006D7DB4"/>
+    <w:rsid w:val="006E0378"/>
     <w:rsid w:val="006E1557"/>
     <w:rsid w:val="006E17A6"/>
     <w:rsid w:val="006E2038"/>
     <w:rsid w:val="006E2283"/>
     <w:rsid w:val="006E2365"/>
     <w:rsid w:val="006E2DF5"/>
     <w:rsid w:val="006E3911"/>
     <w:rsid w:val="006E4542"/>
     <w:rsid w:val="006E476F"/>
     <w:rsid w:val="006E5CF6"/>
     <w:rsid w:val="006E6460"/>
     <w:rsid w:val="006E689A"/>
     <w:rsid w:val="006F0283"/>
     <w:rsid w:val="006F181F"/>
     <w:rsid w:val="006F19B7"/>
     <w:rsid w:val="006F25BD"/>
     <w:rsid w:val="006F2964"/>
     <w:rsid w:val="006F2AB6"/>
     <w:rsid w:val="006F3A5D"/>
     <w:rsid w:val="006F48FF"/>
     <w:rsid w:val="006F4977"/>
     <w:rsid w:val="006F4A5B"/>
     <w:rsid w:val="006F6742"/>
     <w:rsid w:val="006F6DD2"/>
     <w:rsid w:val="006F7692"/>
     <w:rsid w:val="00700101"/>
     <w:rsid w:val="00700D2C"/>
     <w:rsid w:val="00700F0A"/>
     <w:rsid w:val="00701AEB"/>
     <w:rsid w:val="00701CB3"/>
+    <w:rsid w:val="00701E7A"/>
     <w:rsid w:val="00701F18"/>
     <w:rsid w:val="0070226E"/>
     <w:rsid w:val="007022BB"/>
     <w:rsid w:val="00702951"/>
     <w:rsid w:val="00702F3D"/>
     <w:rsid w:val="00702F90"/>
     <w:rsid w:val="007031AA"/>
     <w:rsid w:val="00704970"/>
     <w:rsid w:val="00704A8C"/>
     <w:rsid w:val="00704B8B"/>
     <w:rsid w:val="00705832"/>
     <w:rsid w:val="007075E8"/>
     <w:rsid w:val="00707615"/>
     <w:rsid w:val="00707C1A"/>
     <w:rsid w:val="0071048C"/>
     <w:rsid w:val="007108F9"/>
     <w:rsid w:val="00710F3E"/>
     <w:rsid w:val="0071140C"/>
     <w:rsid w:val="0071183C"/>
     <w:rsid w:val="00711AA8"/>
     <w:rsid w:val="00711C00"/>
     <w:rsid w:val="00711EC7"/>
     <w:rsid w:val="0071311F"/>
     <w:rsid w:val="00713904"/>
     <w:rsid w:val="00715AFF"/>
@@ -13257,50 +13595,51 @@
     <w:rsid w:val="00733D8C"/>
     <w:rsid w:val="00734269"/>
     <w:rsid w:val="0073458D"/>
     <w:rsid w:val="00734899"/>
     <w:rsid w:val="007353F9"/>
     <w:rsid w:val="007361E1"/>
     <w:rsid w:val="00736959"/>
     <w:rsid w:val="00736CCD"/>
     <w:rsid w:val="0074052A"/>
     <w:rsid w:val="00740E98"/>
     <w:rsid w:val="00740F71"/>
     <w:rsid w:val="00742043"/>
     <w:rsid w:val="00742920"/>
     <w:rsid w:val="007429EB"/>
     <w:rsid w:val="007436A3"/>
     <w:rsid w:val="00743768"/>
     <w:rsid w:val="007446B8"/>
     <w:rsid w:val="00744B2C"/>
     <w:rsid w:val="00744C0D"/>
     <w:rsid w:val="00744FF4"/>
     <w:rsid w:val="00745483"/>
     <w:rsid w:val="007454FE"/>
     <w:rsid w:val="0074562D"/>
     <w:rsid w:val="00745C4B"/>
     <w:rsid w:val="00746A32"/>
+    <w:rsid w:val="00746A77"/>
     <w:rsid w:val="007470A2"/>
     <w:rsid w:val="00747985"/>
     <w:rsid w:val="00750727"/>
     <w:rsid w:val="00752B81"/>
     <w:rsid w:val="00752F9B"/>
     <w:rsid w:val="007531F2"/>
     <w:rsid w:val="00753386"/>
     <w:rsid w:val="0075371E"/>
     <w:rsid w:val="007542A1"/>
     <w:rsid w:val="00755005"/>
     <w:rsid w:val="007550E4"/>
     <w:rsid w:val="007554F1"/>
     <w:rsid w:val="00755649"/>
     <w:rsid w:val="007560D7"/>
     <w:rsid w:val="0075637E"/>
     <w:rsid w:val="00756434"/>
     <w:rsid w:val="007565EA"/>
     <w:rsid w:val="00756CF1"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="00757E89"/>
     <w:rsid w:val="00757EB8"/>
     <w:rsid w:val="007607E5"/>
     <w:rsid w:val="00761517"/>
     <w:rsid w:val="007630F8"/>
     <w:rsid w:val="007637C7"/>
@@ -13330,50 +13669,51 @@
     <w:rsid w:val="00774C57"/>
     <w:rsid w:val="00774D86"/>
     <w:rsid w:val="0077630A"/>
     <w:rsid w:val="0077757A"/>
     <w:rsid w:val="00780BA4"/>
     <w:rsid w:val="00781BFB"/>
     <w:rsid w:val="00782546"/>
     <w:rsid w:val="00782A0C"/>
     <w:rsid w:val="00783042"/>
     <w:rsid w:val="007833D7"/>
     <w:rsid w:val="00783635"/>
     <w:rsid w:val="00783645"/>
     <w:rsid w:val="00783CB7"/>
     <w:rsid w:val="00783D14"/>
     <w:rsid w:val="00783F13"/>
     <w:rsid w:val="007843F7"/>
     <w:rsid w:val="00784C2E"/>
     <w:rsid w:val="00784CE6"/>
     <w:rsid w:val="00786059"/>
     <w:rsid w:val="00786BAE"/>
     <w:rsid w:val="00786CD5"/>
     <w:rsid w:val="0078726B"/>
     <w:rsid w:val="007877D7"/>
     <w:rsid w:val="007908A3"/>
     <w:rsid w:val="00790A97"/>
+    <w:rsid w:val="00791154"/>
     <w:rsid w:val="00791620"/>
     <w:rsid w:val="00791B79"/>
     <w:rsid w:val="00791C1B"/>
     <w:rsid w:val="00792CE4"/>
     <w:rsid w:val="00792F17"/>
     <w:rsid w:val="00795D94"/>
     <w:rsid w:val="00795EB9"/>
     <w:rsid w:val="00795F72"/>
     <w:rsid w:val="00796C8C"/>
     <w:rsid w:val="007971B0"/>
     <w:rsid w:val="00797480"/>
     <w:rsid w:val="00797776"/>
     <w:rsid w:val="007A12FD"/>
     <w:rsid w:val="007A28F3"/>
     <w:rsid w:val="007A2BCA"/>
     <w:rsid w:val="007A2D1E"/>
     <w:rsid w:val="007A36DA"/>
     <w:rsid w:val="007A38C9"/>
     <w:rsid w:val="007A390F"/>
     <w:rsid w:val="007A3E26"/>
     <w:rsid w:val="007A3F79"/>
     <w:rsid w:val="007A49F6"/>
     <w:rsid w:val="007A57D1"/>
     <w:rsid w:val="007A5937"/>
     <w:rsid w:val="007A5965"/>
@@ -13658,72 +13998,72 @@
     <w:rsid w:val="008D7348"/>
     <w:rsid w:val="008D7FDE"/>
     <w:rsid w:val="008E0640"/>
     <w:rsid w:val="008E1061"/>
     <w:rsid w:val="008E10BF"/>
     <w:rsid w:val="008E16A3"/>
     <w:rsid w:val="008E192A"/>
     <w:rsid w:val="008E372B"/>
     <w:rsid w:val="008E4044"/>
     <w:rsid w:val="008E444F"/>
     <w:rsid w:val="008E47E5"/>
     <w:rsid w:val="008E56A9"/>
     <w:rsid w:val="008E6F2E"/>
     <w:rsid w:val="008E765A"/>
     <w:rsid w:val="008F14CC"/>
     <w:rsid w:val="008F1C26"/>
     <w:rsid w:val="008F2B48"/>
     <w:rsid w:val="008F2DA4"/>
     <w:rsid w:val="008F3197"/>
     <w:rsid w:val="008F341C"/>
     <w:rsid w:val="008F5011"/>
     <w:rsid w:val="008F58D4"/>
     <w:rsid w:val="008F5D12"/>
     <w:rsid w:val="008F5E1F"/>
     <w:rsid w:val="008F6D09"/>
-    <w:rsid w:val="008F6F78"/>
     <w:rsid w:val="008F740A"/>
     <w:rsid w:val="008F759C"/>
     <w:rsid w:val="008F7782"/>
     <w:rsid w:val="00900723"/>
     <w:rsid w:val="0090151B"/>
     <w:rsid w:val="00901E23"/>
     <w:rsid w:val="009032B8"/>
     <w:rsid w:val="00903565"/>
     <w:rsid w:val="00904110"/>
     <w:rsid w:val="00904126"/>
     <w:rsid w:val="009041D7"/>
     <w:rsid w:val="00904895"/>
     <w:rsid w:val="00904A76"/>
     <w:rsid w:val="00904BE4"/>
     <w:rsid w:val="009052BD"/>
     <w:rsid w:val="00905608"/>
     <w:rsid w:val="00905C58"/>
     <w:rsid w:val="00906507"/>
     <w:rsid w:val="00906A9D"/>
     <w:rsid w:val="009077C4"/>
     <w:rsid w:val="00910551"/>
+    <w:rsid w:val="00911630"/>
     <w:rsid w:val="009119DB"/>
     <w:rsid w:val="00911C0F"/>
     <w:rsid w:val="00912186"/>
     <w:rsid w:val="00912EA6"/>
     <w:rsid w:val="00913470"/>
     <w:rsid w:val="00913F7A"/>
     <w:rsid w:val="00914A91"/>
     <w:rsid w:val="00914A9F"/>
     <w:rsid w:val="009153EE"/>
     <w:rsid w:val="00915CE3"/>
     <w:rsid w:val="00916EB5"/>
     <w:rsid w:val="00916ED5"/>
     <w:rsid w:val="00917821"/>
     <w:rsid w:val="00917C2D"/>
     <w:rsid w:val="00920415"/>
     <w:rsid w:val="00920691"/>
     <w:rsid w:val="0092126B"/>
     <w:rsid w:val="00921E8C"/>
     <w:rsid w:val="00921F75"/>
     <w:rsid w:val="009221C6"/>
     <w:rsid w:val="00922290"/>
     <w:rsid w:val="00923075"/>
     <w:rsid w:val="00923255"/>
     <w:rsid w:val="009234E0"/>
     <w:rsid w:val="00923C58"/>
@@ -13750,94 +14090,97 @@
     <w:rsid w:val="00935DC6"/>
     <w:rsid w:val="00935F1E"/>
     <w:rsid w:val="0093766F"/>
     <w:rsid w:val="00937A77"/>
     <w:rsid w:val="00937CB5"/>
     <w:rsid w:val="00940316"/>
     <w:rsid w:val="00940771"/>
     <w:rsid w:val="00940821"/>
     <w:rsid w:val="00940DA7"/>
     <w:rsid w:val="0094272B"/>
     <w:rsid w:val="00943415"/>
     <w:rsid w:val="00943418"/>
     <w:rsid w:val="00943D60"/>
     <w:rsid w:val="009445B4"/>
     <w:rsid w:val="009458F8"/>
     <w:rsid w:val="00945D73"/>
     <w:rsid w:val="00946ABC"/>
     <w:rsid w:val="00946F71"/>
     <w:rsid w:val="0095033C"/>
     <w:rsid w:val="00951578"/>
     <w:rsid w:val="00951DED"/>
     <w:rsid w:val="009527B2"/>
     <w:rsid w:val="00952879"/>
     <w:rsid w:val="00953095"/>
     <w:rsid w:val="009536F3"/>
+    <w:rsid w:val="00953FAF"/>
     <w:rsid w:val="00954434"/>
     <w:rsid w:val="00954476"/>
     <w:rsid w:val="00954834"/>
     <w:rsid w:val="0095489E"/>
     <w:rsid w:val="00954AE4"/>
     <w:rsid w:val="0095584B"/>
     <w:rsid w:val="00955BB4"/>
     <w:rsid w:val="00957457"/>
     <w:rsid w:val="009577BF"/>
     <w:rsid w:val="00957CB1"/>
     <w:rsid w:val="00960F1C"/>
     <w:rsid w:val="00961024"/>
     <w:rsid w:val="009619E6"/>
     <w:rsid w:val="00961FF7"/>
     <w:rsid w:val="0096251D"/>
     <w:rsid w:val="0096271C"/>
     <w:rsid w:val="00963CB3"/>
     <w:rsid w:val="009645AF"/>
     <w:rsid w:val="0096530C"/>
     <w:rsid w:val="0096546B"/>
     <w:rsid w:val="00965B65"/>
     <w:rsid w:val="0096739E"/>
     <w:rsid w:val="009673A0"/>
     <w:rsid w:val="0096745E"/>
     <w:rsid w:val="009674AB"/>
     <w:rsid w:val="00970461"/>
     <w:rsid w:val="0097062A"/>
     <w:rsid w:val="00970E3B"/>
     <w:rsid w:val="00970EA1"/>
     <w:rsid w:val="0097182E"/>
     <w:rsid w:val="00971A6E"/>
     <w:rsid w:val="00971A88"/>
     <w:rsid w:val="00972EFD"/>
     <w:rsid w:val="009737AF"/>
     <w:rsid w:val="00974B69"/>
     <w:rsid w:val="0097596E"/>
     <w:rsid w:val="00975F4A"/>
     <w:rsid w:val="0097644D"/>
+    <w:rsid w:val="00976562"/>
     <w:rsid w:val="00976878"/>
     <w:rsid w:val="00976E07"/>
     <w:rsid w:val="009800AB"/>
     <w:rsid w:val="009818D3"/>
     <w:rsid w:val="00981D7D"/>
     <w:rsid w:val="00981E8F"/>
+    <w:rsid w:val="009824DD"/>
     <w:rsid w:val="0098269A"/>
     <w:rsid w:val="00982821"/>
     <w:rsid w:val="00983747"/>
     <w:rsid w:val="009840C8"/>
     <w:rsid w:val="0098459D"/>
     <w:rsid w:val="00984673"/>
     <w:rsid w:val="00984C50"/>
     <w:rsid w:val="0098519A"/>
     <w:rsid w:val="00985217"/>
     <w:rsid w:val="00985CBA"/>
     <w:rsid w:val="0098678C"/>
     <w:rsid w:val="00986920"/>
     <w:rsid w:val="00986D62"/>
     <w:rsid w:val="009873F6"/>
     <w:rsid w:val="00987859"/>
     <w:rsid w:val="0099095D"/>
     <w:rsid w:val="00990EE3"/>
     <w:rsid w:val="00991BBE"/>
     <w:rsid w:val="0099205C"/>
     <w:rsid w:val="00992906"/>
     <w:rsid w:val="009930F5"/>
     <w:rsid w:val="009946CB"/>
     <w:rsid w:val="00994A3A"/>
     <w:rsid w:val="00995218"/>
     <w:rsid w:val="00995793"/>
@@ -13922,65 +14265,67 @@
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1CD1"/>
     <w:rsid w:val="009E1E4B"/>
     <w:rsid w:val="009E26B1"/>
     <w:rsid w:val="009E30DB"/>
     <w:rsid w:val="009E344E"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="009E4CCC"/>
     <w:rsid w:val="009E55B3"/>
     <w:rsid w:val="009E5AFF"/>
     <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E74A0"/>
     <w:rsid w:val="009E75A9"/>
     <w:rsid w:val="009E7AFA"/>
     <w:rsid w:val="009F012F"/>
     <w:rsid w:val="009F069F"/>
     <w:rsid w:val="009F0A58"/>
     <w:rsid w:val="009F19F0"/>
     <w:rsid w:val="009F1E54"/>
     <w:rsid w:val="009F2096"/>
     <w:rsid w:val="009F2CC4"/>
     <w:rsid w:val="009F2DC9"/>
     <w:rsid w:val="009F31CD"/>
     <w:rsid w:val="009F3475"/>
+    <w:rsid w:val="009F3850"/>
     <w:rsid w:val="009F5D0D"/>
     <w:rsid w:val="009F5E88"/>
     <w:rsid w:val="009F5F99"/>
     <w:rsid w:val="009F6024"/>
     <w:rsid w:val="009F6EF1"/>
     <w:rsid w:val="009F6FDD"/>
     <w:rsid w:val="00A01D52"/>
     <w:rsid w:val="00A01F2D"/>
     <w:rsid w:val="00A02BA0"/>
     <w:rsid w:val="00A02E43"/>
     <w:rsid w:val="00A02E8E"/>
     <w:rsid w:val="00A03FAA"/>
     <w:rsid w:val="00A04B72"/>
     <w:rsid w:val="00A053E0"/>
     <w:rsid w:val="00A063A6"/>
+    <w:rsid w:val="00A06639"/>
     <w:rsid w:val="00A06E79"/>
     <w:rsid w:val="00A07BDE"/>
     <w:rsid w:val="00A104E5"/>
     <w:rsid w:val="00A11013"/>
     <w:rsid w:val="00A111C6"/>
     <w:rsid w:val="00A11651"/>
     <w:rsid w:val="00A11DF2"/>
     <w:rsid w:val="00A11ED8"/>
     <w:rsid w:val="00A125E1"/>
     <w:rsid w:val="00A1470F"/>
     <w:rsid w:val="00A151EE"/>
     <w:rsid w:val="00A151F4"/>
     <w:rsid w:val="00A167F4"/>
     <w:rsid w:val="00A174F8"/>
     <w:rsid w:val="00A1778B"/>
     <w:rsid w:val="00A17C91"/>
     <w:rsid w:val="00A2028E"/>
     <w:rsid w:val="00A203C8"/>
     <w:rsid w:val="00A20495"/>
     <w:rsid w:val="00A20917"/>
     <w:rsid w:val="00A213EF"/>
     <w:rsid w:val="00A223BF"/>
     <w:rsid w:val="00A23E4F"/>
     <w:rsid w:val="00A24441"/>
     <w:rsid w:val="00A247D1"/>
@@ -14005,50 +14350,51 @@
     <w:rsid w:val="00A42CB4"/>
     <w:rsid w:val="00A43B5E"/>
     <w:rsid w:val="00A43C2C"/>
     <w:rsid w:val="00A43EC2"/>
     <w:rsid w:val="00A442CF"/>
     <w:rsid w:val="00A44A0E"/>
     <w:rsid w:val="00A44C96"/>
     <w:rsid w:val="00A4523C"/>
     <w:rsid w:val="00A46AF4"/>
     <w:rsid w:val="00A46B0B"/>
     <w:rsid w:val="00A46C61"/>
     <w:rsid w:val="00A47B24"/>
     <w:rsid w:val="00A47BBD"/>
     <w:rsid w:val="00A5026A"/>
     <w:rsid w:val="00A50F30"/>
     <w:rsid w:val="00A5124D"/>
     <w:rsid w:val="00A51443"/>
     <w:rsid w:val="00A51A11"/>
     <w:rsid w:val="00A5225F"/>
     <w:rsid w:val="00A52875"/>
     <w:rsid w:val="00A52E88"/>
     <w:rsid w:val="00A53C4F"/>
     <w:rsid w:val="00A5410D"/>
     <w:rsid w:val="00A54443"/>
     <w:rsid w:val="00A54454"/>
+    <w:rsid w:val="00A57EBB"/>
     <w:rsid w:val="00A60B62"/>
     <w:rsid w:val="00A60F85"/>
     <w:rsid w:val="00A611D6"/>
     <w:rsid w:val="00A6286A"/>
     <w:rsid w:val="00A63413"/>
     <w:rsid w:val="00A63BB3"/>
     <w:rsid w:val="00A63CAE"/>
     <w:rsid w:val="00A63CDD"/>
     <w:rsid w:val="00A646F3"/>
     <w:rsid w:val="00A64F10"/>
     <w:rsid w:val="00A6610F"/>
     <w:rsid w:val="00A66714"/>
     <w:rsid w:val="00A66C40"/>
     <w:rsid w:val="00A66C51"/>
     <w:rsid w:val="00A66D03"/>
     <w:rsid w:val="00A67136"/>
     <w:rsid w:val="00A70173"/>
     <w:rsid w:val="00A7104B"/>
     <w:rsid w:val="00A713A4"/>
     <w:rsid w:val="00A718D8"/>
     <w:rsid w:val="00A7190F"/>
     <w:rsid w:val="00A71CD6"/>
     <w:rsid w:val="00A71FEA"/>
     <w:rsid w:val="00A720BF"/>
     <w:rsid w:val="00A725B1"/>
@@ -14264,85 +14610,85 @@
     <w:rsid w:val="00B47E94"/>
     <w:rsid w:val="00B50507"/>
     <w:rsid w:val="00B513CE"/>
     <w:rsid w:val="00B514F7"/>
     <w:rsid w:val="00B51534"/>
     <w:rsid w:val="00B51651"/>
     <w:rsid w:val="00B520C1"/>
     <w:rsid w:val="00B52CC7"/>
     <w:rsid w:val="00B5388C"/>
     <w:rsid w:val="00B54445"/>
     <w:rsid w:val="00B54A16"/>
     <w:rsid w:val="00B57E03"/>
     <w:rsid w:val="00B60437"/>
     <w:rsid w:val="00B60AD9"/>
     <w:rsid w:val="00B60E11"/>
     <w:rsid w:val="00B616A1"/>
     <w:rsid w:val="00B61E0C"/>
     <w:rsid w:val="00B61F84"/>
     <w:rsid w:val="00B62163"/>
     <w:rsid w:val="00B6253E"/>
     <w:rsid w:val="00B62552"/>
     <w:rsid w:val="00B63234"/>
     <w:rsid w:val="00B63A2A"/>
     <w:rsid w:val="00B64A39"/>
     <w:rsid w:val="00B6558E"/>
+    <w:rsid w:val="00B67EC2"/>
     <w:rsid w:val="00B726C6"/>
     <w:rsid w:val="00B73342"/>
     <w:rsid w:val="00B7371F"/>
     <w:rsid w:val="00B73D3C"/>
     <w:rsid w:val="00B73DE1"/>
     <w:rsid w:val="00B73F38"/>
     <w:rsid w:val="00B745A1"/>
     <w:rsid w:val="00B754AE"/>
     <w:rsid w:val="00B756E2"/>
     <w:rsid w:val="00B75942"/>
     <w:rsid w:val="00B76E80"/>
     <w:rsid w:val="00B77AA5"/>
     <w:rsid w:val="00B77CB9"/>
     <w:rsid w:val="00B77F43"/>
     <w:rsid w:val="00B80F7F"/>
     <w:rsid w:val="00B81759"/>
     <w:rsid w:val="00B81764"/>
     <w:rsid w:val="00B81E10"/>
     <w:rsid w:val="00B822B9"/>
     <w:rsid w:val="00B82469"/>
     <w:rsid w:val="00B82A09"/>
     <w:rsid w:val="00B82D7C"/>
     <w:rsid w:val="00B8303A"/>
     <w:rsid w:val="00B873D5"/>
     <w:rsid w:val="00B8756D"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B9093E"/>
     <w:rsid w:val="00B9163E"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B95121"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B9565F"/>
     <w:rsid w:val="00B95A77"/>
-    <w:rsid w:val="00B96053"/>
     <w:rsid w:val="00B96B18"/>
     <w:rsid w:val="00B97E86"/>
     <w:rsid w:val="00BA0D8A"/>
     <w:rsid w:val="00BA13C2"/>
     <w:rsid w:val="00BA157A"/>
     <w:rsid w:val="00BA1D39"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA52B0"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BA7CEA"/>
     <w:rsid w:val="00BA7D08"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB11C5"/>
     <w:rsid w:val="00BB1B6E"/>
     <w:rsid w:val="00BB2BC4"/>
     <w:rsid w:val="00BB33A9"/>
     <w:rsid w:val="00BB37CB"/>
     <w:rsid w:val="00BB3E6C"/>
     <w:rsid w:val="00BB5140"/>
     <w:rsid w:val="00BB5178"/>
     <w:rsid w:val="00BB51E6"/>
     <w:rsid w:val="00BB53B8"/>
@@ -14422,50 +14768,51 @@
     <w:rsid w:val="00C121FE"/>
     <w:rsid w:val="00C123BB"/>
     <w:rsid w:val="00C1298B"/>
     <w:rsid w:val="00C13EB3"/>
     <w:rsid w:val="00C15A36"/>
     <w:rsid w:val="00C16122"/>
     <w:rsid w:val="00C17A24"/>
     <w:rsid w:val="00C17EDE"/>
     <w:rsid w:val="00C201F4"/>
     <w:rsid w:val="00C21109"/>
     <w:rsid w:val="00C212A6"/>
     <w:rsid w:val="00C21E99"/>
     <w:rsid w:val="00C2235D"/>
     <w:rsid w:val="00C223D6"/>
     <w:rsid w:val="00C22685"/>
     <w:rsid w:val="00C22BAC"/>
     <w:rsid w:val="00C233FA"/>
     <w:rsid w:val="00C2375C"/>
     <w:rsid w:val="00C23822"/>
     <w:rsid w:val="00C25AE9"/>
     <w:rsid w:val="00C26CE0"/>
     <w:rsid w:val="00C27D77"/>
     <w:rsid w:val="00C302A2"/>
     <w:rsid w:val="00C30D86"/>
     <w:rsid w:val="00C30DE2"/>
+    <w:rsid w:val="00C30E14"/>
     <w:rsid w:val="00C31683"/>
     <w:rsid w:val="00C32183"/>
     <w:rsid w:val="00C321FC"/>
     <w:rsid w:val="00C322FE"/>
     <w:rsid w:val="00C323FA"/>
     <w:rsid w:val="00C32D3F"/>
     <w:rsid w:val="00C33D08"/>
     <w:rsid w:val="00C3446D"/>
     <w:rsid w:val="00C35AD2"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C36081"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C37877"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C43DAE"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C46335"/>
     <w:rsid w:val="00C46AA2"/>
@@ -14815,121 +15162,125 @@
     <w:rsid w:val="00DA7D09"/>
     <w:rsid w:val="00DA7EC7"/>
     <w:rsid w:val="00DB11DB"/>
     <w:rsid w:val="00DB1F8D"/>
     <w:rsid w:val="00DB2AEA"/>
     <w:rsid w:val="00DB3919"/>
     <w:rsid w:val="00DB3B92"/>
     <w:rsid w:val="00DB4DAD"/>
     <w:rsid w:val="00DB59F0"/>
     <w:rsid w:val="00DB6821"/>
     <w:rsid w:val="00DB6864"/>
     <w:rsid w:val="00DB68A1"/>
     <w:rsid w:val="00DB6B48"/>
     <w:rsid w:val="00DB72AF"/>
     <w:rsid w:val="00DB7526"/>
     <w:rsid w:val="00DC054D"/>
     <w:rsid w:val="00DC065E"/>
     <w:rsid w:val="00DC0855"/>
     <w:rsid w:val="00DC085E"/>
     <w:rsid w:val="00DC14BA"/>
     <w:rsid w:val="00DC1DDF"/>
     <w:rsid w:val="00DC2343"/>
     <w:rsid w:val="00DC26C3"/>
     <w:rsid w:val="00DC2A1F"/>
     <w:rsid w:val="00DC3A75"/>
+    <w:rsid w:val="00DC3BB1"/>
     <w:rsid w:val="00DC45B1"/>
     <w:rsid w:val="00DC500F"/>
     <w:rsid w:val="00DC5838"/>
     <w:rsid w:val="00DC5C0C"/>
     <w:rsid w:val="00DC5FFB"/>
     <w:rsid w:val="00DC6633"/>
     <w:rsid w:val="00DC696F"/>
     <w:rsid w:val="00DC7EA8"/>
     <w:rsid w:val="00DD2852"/>
     <w:rsid w:val="00DD2956"/>
     <w:rsid w:val="00DD2EB8"/>
     <w:rsid w:val="00DD38EF"/>
     <w:rsid w:val="00DD45F3"/>
     <w:rsid w:val="00DD468A"/>
     <w:rsid w:val="00DD524D"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD68EF"/>
     <w:rsid w:val="00DD7912"/>
     <w:rsid w:val="00DE06F7"/>
     <w:rsid w:val="00DE12D2"/>
     <w:rsid w:val="00DE1EDA"/>
     <w:rsid w:val="00DE265A"/>
+    <w:rsid w:val="00DE2802"/>
     <w:rsid w:val="00DE352E"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3B49"/>
     <w:rsid w:val="00DE3C1B"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE52B2"/>
     <w:rsid w:val="00DE5DE1"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DE71D5"/>
     <w:rsid w:val="00DF072A"/>
     <w:rsid w:val="00DF0AF3"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF0BF8"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF2655"/>
     <w:rsid w:val="00DF2AC1"/>
     <w:rsid w:val="00DF2C6C"/>
     <w:rsid w:val="00DF312E"/>
     <w:rsid w:val="00DF3220"/>
     <w:rsid w:val="00DF3463"/>
     <w:rsid w:val="00DF3717"/>
     <w:rsid w:val="00DF3A46"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF4103"/>
     <w:rsid w:val="00DF4CE0"/>
+    <w:rsid w:val="00DF528C"/>
     <w:rsid w:val="00DF55A2"/>
     <w:rsid w:val="00DF6899"/>
     <w:rsid w:val="00E0034F"/>
     <w:rsid w:val="00E00D8D"/>
     <w:rsid w:val="00E02038"/>
     <w:rsid w:val="00E020D9"/>
     <w:rsid w:val="00E0434F"/>
     <w:rsid w:val="00E04914"/>
     <w:rsid w:val="00E04D68"/>
     <w:rsid w:val="00E04EF3"/>
     <w:rsid w:val="00E053CE"/>
     <w:rsid w:val="00E06FCE"/>
     <w:rsid w:val="00E07D8E"/>
     <w:rsid w:val="00E10612"/>
     <w:rsid w:val="00E106AA"/>
     <w:rsid w:val="00E10EB1"/>
     <w:rsid w:val="00E10ED1"/>
     <w:rsid w:val="00E1168C"/>
     <w:rsid w:val="00E11D93"/>
     <w:rsid w:val="00E120ED"/>
     <w:rsid w:val="00E12DED"/>
+    <w:rsid w:val="00E1317E"/>
     <w:rsid w:val="00E13779"/>
     <w:rsid w:val="00E13A8E"/>
     <w:rsid w:val="00E13AC6"/>
     <w:rsid w:val="00E148A9"/>
     <w:rsid w:val="00E14A47"/>
     <w:rsid w:val="00E154F0"/>
     <w:rsid w:val="00E16110"/>
     <w:rsid w:val="00E217EA"/>
     <w:rsid w:val="00E225A0"/>
     <w:rsid w:val="00E225A8"/>
     <w:rsid w:val="00E22B1B"/>
     <w:rsid w:val="00E22C3F"/>
     <w:rsid w:val="00E22C73"/>
     <w:rsid w:val="00E2316D"/>
     <w:rsid w:val="00E233E8"/>
     <w:rsid w:val="00E23D59"/>
     <w:rsid w:val="00E23DCE"/>
     <w:rsid w:val="00E24F6C"/>
     <w:rsid w:val="00E25B5F"/>
     <w:rsid w:val="00E26401"/>
     <w:rsid w:val="00E26E5B"/>
     <w:rsid w:val="00E30763"/>
     <w:rsid w:val="00E30EBD"/>
     <w:rsid w:val="00E32119"/>
     <w:rsid w:val="00E3369A"/>
@@ -14948,89 +15299,91 @@
     <w:rsid w:val="00E45284"/>
     <w:rsid w:val="00E468CC"/>
     <w:rsid w:val="00E46E8A"/>
     <w:rsid w:val="00E46EC7"/>
     <w:rsid w:val="00E47719"/>
     <w:rsid w:val="00E50A53"/>
     <w:rsid w:val="00E5181E"/>
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E5258E"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E532A4"/>
     <w:rsid w:val="00E538E5"/>
     <w:rsid w:val="00E53C94"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E54155"/>
     <w:rsid w:val="00E545A1"/>
     <w:rsid w:val="00E5546E"/>
     <w:rsid w:val="00E55DC9"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E56D28"/>
     <w:rsid w:val="00E57614"/>
     <w:rsid w:val="00E57FE4"/>
     <w:rsid w:val="00E60A5A"/>
     <w:rsid w:val="00E60B1A"/>
+    <w:rsid w:val="00E60EA2"/>
     <w:rsid w:val="00E6123D"/>
     <w:rsid w:val="00E61463"/>
     <w:rsid w:val="00E61DA7"/>
     <w:rsid w:val="00E622FB"/>
     <w:rsid w:val="00E62362"/>
     <w:rsid w:val="00E63698"/>
     <w:rsid w:val="00E63BA1"/>
     <w:rsid w:val="00E64F46"/>
     <w:rsid w:val="00E661E5"/>
     <w:rsid w:val="00E669F7"/>
     <w:rsid w:val="00E66AF6"/>
     <w:rsid w:val="00E67413"/>
     <w:rsid w:val="00E70501"/>
     <w:rsid w:val="00E70542"/>
     <w:rsid w:val="00E70785"/>
     <w:rsid w:val="00E70A7A"/>
     <w:rsid w:val="00E71EBF"/>
     <w:rsid w:val="00E7299C"/>
     <w:rsid w:val="00E72BFF"/>
     <w:rsid w:val="00E72F5C"/>
     <w:rsid w:val="00E73C16"/>
     <w:rsid w:val="00E73E28"/>
     <w:rsid w:val="00E73FE1"/>
     <w:rsid w:val="00E74506"/>
     <w:rsid w:val="00E765BF"/>
     <w:rsid w:val="00E8029C"/>
     <w:rsid w:val="00E8170D"/>
     <w:rsid w:val="00E817AD"/>
     <w:rsid w:val="00E823E9"/>
     <w:rsid w:val="00E83381"/>
     <w:rsid w:val="00E83977"/>
     <w:rsid w:val="00E84BFF"/>
     <w:rsid w:val="00E84E0C"/>
     <w:rsid w:val="00E855FC"/>
     <w:rsid w:val="00E85DCF"/>
     <w:rsid w:val="00E85EC6"/>
     <w:rsid w:val="00E85FBE"/>
     <w:rsid w:val="00E860CF"/>
     <w:rsid w:val="00E8617C"/>
+    <w:rsid w:val="00E868F4"/>
     <w:rsid w:val="00E904FE"/>
     <w:rsid w:val="00E911EA"/>
     <w:rsid w:val="00E9123B"/>
     <w:rsid w:val="00E93D77"/>
     <w:rsid w:val="00E94356"/>
     <w:rsid w:val="00E94F3A"/>
     <w:rsid w:val="00E95168"/>
     <w:rsid w:val="00E96601"/>
     <w:rsid w:val="00E97AA0"/>
     <w:rsid w:val="00EA01BD"/>
     <w:rsid w:val="00EA0DB3"/>
     <w:rsid w:val="00EA142D"/>
     <w:rsid w:val="00EA2AF0"/>
     <w:rsid w:val="00EA2FC1"/>
     <w:rsid w:val="00EA3373"/>
     <w:rsid w:val="00EA360D"/>
     <w:rsid w:val="00EA3B28"/>
     <w:rsid w:val="00EA3B8D"/>
     <w:rsid w:val="00EA552A"/>
     <w:rsid w:val="00EA5A45"/>
     <w:rsid w:val="00EA5F3C"/>
     <w:rsid w:val="00EA682D"/>
     <w:rsid w:val="00EA75F0"/>
     <w:rsid w:val="00EB069E"/>
     <w:rsid w:val="00EB1A7B"/>
@@ -15624,50 +15977,51 @@
     <w:rsid w:val="2ECF543A"/>
     <w:rsid w:val="2EE49877"/>
     <w:rsid w:val="2F1953C5"/>
     <w:rsid w:val="2F4CCA31"/>
     <w:rsid w:val="2F82CDE8"/>
     <w:rsid w:val="2F859185"/>
     <w:rsid w:val="2F998379"/>
     <w:rsid w:val="2FA2758A"/>
     <w:rsid w:val="2FCAA8EF"/>
     <w:rsid w:val="2FDEEA46"/>
     <w:rsid w:val="2FF4494A"/>
     <w:rsid w:val="30019805"/>
     <w:rsid w:val="3062C595"/>
     <w:rsid w:val="306BDBE4"/>
     <w:rsid w:val="306EBEF8"/>
     <w:rsid w:val="3095CFC1"/>
     <w:rsid w:val="30EB1BD6"/>
     <w:rsid w:val="30F70C16"/>
     <w:rsid w:val="30FD8722"/>
     <w:rsid w:val="31238EBD"/>
     <w:rsid w:val="313D4174"/>
     <w:rsid w:val="318BD481"/>
     <w:rsid w:val="319419AD"/>
     <w:rsid w:val="31AF96B7"/>
     <w:rsid w:val="31ED6233"/>
+    <w:rsid w:val="322FCD18"/>
     <w:rsid w:val="3271B8C1"/>
     <w:rsid w:val="33071B10"/>
     <w:rsid w:val="332DBA0E"/>
     <w:rsid w:val="3348DB3A"/>
     <w:rsid w:val="33802618"/>
     <w:rsid w:val="33C4F566"/>
     <w:rsid w:val="33DC931C"/>
     <w:rsid w:val="3432BDC7"/>
     <w:rsid w:val="34526768"/>
     <w:rsid w:val="347E2543"/>
     <w:rsid w:val="34A7FB25"/>
     <w:rsid w:val="34B7B644"/>
     <w:rsid w:val="352AC845"/>
     <w:rsid w:val="3545C94B"/>
     <w:rsid w:val="3576AD19"/>
     <w:rsid w:val="35824EC0"/>
     <w:rsid w:val="358AF7F2"/>
     <w:rsid w:val="35990734"/>
     <w:rsid w:val="359D70D5"/>
     <w:rsid w:val="359E99C1"/>
     <w:rsid w:val="36509AE9"/>
     <w:rsid w:val="366758D5"/>
     <w:rsid w:val="3667CDB5"/>
     <w:rsid w:val="369D170B"/>
     <w:rsid w:val="3792EFE2"/>
@@ -15770,77 +16124,79 @@
     <w:rsid w:val="489A9852"/>
     <w:rsid w:val="48AD5A57"/>
     <w:rsid w:val="48B41C78"/>
     <w:rsid w:val="48C3DF64"/>
     <w:rsid w:val="48D7B61A"/>
     <w:rsid w:val="48E5D3FF"/>
     <w:rsid w:val="4903A52A"/>
     <w:rsid w:val="491B08BE"/>
     <w:rsid w:val="491B4D93"/>
     <w:rsid w:val="4946F5D5"/>
     <w:rsid w:val="49891F10"/>
     <w:rsid w:val="49960BE7"/>
     <w:rsid w:val="49B19F19"/>
     <w:rsid w:val="49F257AD"/>
     <w:rsid w:val="4A479F45"/>
     <w:rsid w:val="4A995267"/>
     <w:rsid w:val="4AA380E0"/>
     <w:rsid w:val="4BB2674C"/>
     <w:rsid w:val="4BDB3B0E"/>
     <w:rsid w:val="4C2E6EBB"/>
     <w:rsid w:val="4C63A294"/>
     <w:rsid w:val="4C71E8D0"/>
     <w:rsid w:val="4C75359F"/>
     <w:rsid w:val="4C7B80F5"/>
     <w:rsid w:val="4C91E457"/>
+    <w:rsid w:val="4CEA28AE"/>
     <w:rsid w:val="4CED398B"/>
     <w:rsid w:val="4D17F676"/>
     <w:rsid w:val="4D1CACB0"/>
     <w:rsid w:val="4DE9C0C8"/>
     <w:rsid w:val="4DF33880"/>
     <w:rsid w:val="4E189002"/>
     <w:rsid w:val="4E867B36"/>
     <w:rsid w:val="4EA85D7A"/>
     <w:rsid w:val="4F147BC9"/>
     <w:rsid w:val="4F1684EB"/>
     <w:rsid w:val="4F1F8C8B"/>
     <w:rsid w:val="4F3A500A"/>
     <w:rsid w:val="4F5A4DE1"/>
     <w:rsid w:val="4F60CF17"/>
     <w:rsid w:val="4F6F7D8B"/>
     <w:rsid w:val="4F742A20"/>
     <w:rsid w:val="4F750B0F"/>
     <w:rsid w:val="4F8ED82B"/>
     <w:rsid w:val="4FE5558D"/>
     <w:rsid w:val="4FE709E2"/>
     <w:rsid w:val="500C1658"/>
     <w:rsid w:val="501EA3DE"/>
     <w:rsid w:val="506E6037"/>
     <w:rsid w:val="5106625F"/>
     <w:rsid w:val="51356860"/>
     <w:rsid w:val="51CC502C"/>
     <w:rsid w:val="521EB46B"/>
+    <w:rsid w:val="5291B6A2"/>
     <w:rsid w:val="52E440EF"/>
     <w:rsid w:val="533F29BC"/>
     <w:rsid w:val="534CBC5F"/>
     <w:rsid w:val="5385A358"/>
     <w:rsid w:val="53F37F70"/>
     <w:rsid w:val="54034187"/>
     <w:rsid w:val="54AAAFE5"/>
     <w:rsid w:val="54CB2501"/>
     <w:rsid w:val="54D89742"/>
     <w:rsid w:val="55330C80"/>
     <w:rsid w:val="55B83350"/>
     <w:rsid w:val="55D2069B"/>
     <w:rsid w:val="56132E94"/>
     <w:rsid w:val="562C91A3"/>
     <w:rsid w:val="56500718"/>
     <w:rsid w:val="567B814B"/>
     <w:rsid w:val="5697FB58"/>
     <w:rsid w:val="56AFA32B"/>
     <w:rsid w:val="56BE662D"/>
     <w:rsid w:val="570A2D59"/>
     <w:rsid w:val="5722A5BE"/>
     <w:rsid w:val="5778EE34"/>
     <w:rsid w:val="57CD8B8A"/>
     <w:rsid w:val="57F954CB"/>
     <w:rsid w:val="587A2062"/>
@@ -15937,50 +16293,51 @@
     <w:rsid w:val="6833226B"/>
     <w:rsid w:val="68672EE0"/>
     <w:rsid w:val="687CB785"/>
     <w:rsid w:val="68953223"/>
     <w:rsid w:val="68D8B769"/>
     <w:rsid w:val="69876DF9"/>
     <w:rsid w:val="699FFEDE"/>
     <w:rsid w:val="69AF30B1"/>
     <w:rsid w:val="69D99B14"/>
     <w:rsid w:val="6A552B9F"/>
     <w:rsid w:val="6A57B455"/>
     <w:rsid w:val="6AA51081"/>
     <w:rsid w:val="6AE41140"/>
     <w:rsid w:val="6AFBAA41"/>
     <w:rsid w:val="6B020585"/>
     <w:rsid w:val="6B556D70"/>
     <w:rsid w:val="6B6423A2"/>
     <w:rsid w:val="6BB5EDAE"/>
     <w:rsid w:val="6C04FE31"/>
     <w:rsid w:val="6C28831C"/>
     <w:rsid w:val="6C6F61ED"/>
     <w:rsid w:val="6C7187AF"/>
     <w:rsid w:val="6D2E93B3"/>
     <w:rsid w:val="6D6E9EFF"/>
     <w:rsid w:val="6D737A59"/>
+    <w:rsid w:val="6D760E23"/>
     <w:rsid w:val="6DA02325"/>
     <w:rsid w:val="6DE0719E"/>
     <w:rsid w:val="6E075B44"/>
     <w:rsid w:val="6E3A925B"/>
     <w:rsid w:val="6E6C74BF"/>
     <w:rsid w:val="6E6F8D01"/>
     <w:rsid w:val="6E792E5E"/>
     <w:rsid w:val="6E8310AD"/>
     <w:rsid w:val="6EAB256A"/>
     <w:rsid w:val="6EEBAD46"/>
     <w:rsid w:val="6EF6CE89"/>
     <w:rsid w:val="6F39C770"/>
     <w:rsid w:val="6F5F3338"/>
     <w:rsid w:val="6F718D8F"/>
     <w:rsid w:val="6FC60047"/>
     <w:rsid w:val="7001FFB5"/>
     <w:rsid w:val="701052EB"/>
     <w:rsid w:val="701A7D08"/>
     <w:rsid w:val="704DAE8B"/>
     <w:rsid w:val="70718213"/>
     <w:rsid w:val="709B98B8"/>
     <w:rsid w:val="7198B247"/>
     <w:rsid w:val="71C3E474"/>
     <w:rsid w:val="71FA5381"/>
     <w:rsid w:val="720F7667"/>
@@ -15993,50 +16350,51 @@
     <w:rsid w:val="72EA810B"/>
     <w:rsid w:val="7361BE51"/>
     <w:rsid w:val="7381F84F"/>
     <w:rsid w:val="73894B08"/>
     <w:rsid w:val="738FC7A3"/>
     <w:rsid w:val="739858EE"/>
     <w:rsid w:val="73FDF8D5"/>
     <w:rsid w:val="741DB081"/>
     <w:rsid w:val="746CE179"/>
     <w:rsid w:val="746EB982"/>
     <w:rsid w:val="74BBF166"/>
     <w:rsid w:val="74C07A29"/>
     <w:rsid w:val="74E6E510"/>
     <w:rsid w:val="74F2222B"/>
     <w:rsid w:val="751608B1"/>
     <w:rsid w:val="751BDDC2"/>
     <w:rsid w:val="7530F54A"/>
     <w:rsid w:val="7540659E"/>
     <w:rsid w:val="754517E7"/>
     <w:rsid w:val="7558B9F6"/>
     <w:rsid w:val="7614050B"/>
     <w:rsid w:val="7633587C"/>
     <w:rsid w:val="764414E3"/>
     <w:rsid w:val="7657A4A7"/>
     <w:rsid w:val="767FF9AD"/>
+    <w:rsid w:val="769A1C8B"/>
     <w:rsid w:val="76D9897A"/>
     <w:rsid w:val="771595A0"/>
     <w:rsid w:val="7792C618"/>
     <w:rsid w:val="779493B0"/>
     <w:rsid w:val="77B2BBFA"/>
     <w:rsid w:val="780F49C5"/>
     <w:rsid w:val="780F7661"/>
     <w:rsid w:val="782B6295"/>
     <w:rsid w:val="78547CD7"/>
     <w:rsid w:val="7898EEBC"/>
     <w:rsid w:val="790F85DA"/>
     <w:rsid w:val="791BFEF8"/>
     <w:rsid w:val="792094BE"/>
     <w:rsid w:val="7929CC41"/>
     <w:rsid w:val="796E0D16"/>
     <w:rsid w:val="798A0BC7"/>
     <w:rsid w:val="798BA76D"/>
     <w:rsid w:val="79D48EFF"/>
     <w:rsid w:val="7A10CF1F"/>
     <w:rsid w:val="7A116171"/>
     <w:rsid w:val="7A6C65A4"/>
     <w:rsid w:val="7A72D9AF"/>
     <w:rsid w:val="7B517081"/>
     <w:rsid w:val="7B967B45"/>
     <w:rsid w:val="7BD413C6"/>
@@ -18851,51 +19209,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-1-1-k-3" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/10127" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX%3A32012D0021" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zemesgramata.lv" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/362069" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2-2-1-1-k-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inguna.kalere@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec/2012/21/oj/?locale=LV" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A02014R0651-20230701" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m.likumi.lv/ta/id/362069-eiropas-savienibas-kohezijas-politikas-programmas-20212027-gadam-221-specifiska-atbalsta-merka-veicinat-ilgtspejigu-udenssaimniecibu-2211-pasakuma-notekudenu-un-to-dunu-apsaimniekosanas-sistemas-attistiba-piesarnojuma-samazinasanai-tresas-projektu-iesniegumu-atlases-kartas-istenosanas-noteikumi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/dec/2012/21/oj/?locale=LV" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -19169,52 +19527,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29df6500465c31a816bdfed27ff4cf55">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -19410,125 +19768,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E53FA58E-2BF0-4101-A1AE-DF3B99022FE2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E943E9E7-283E-4A7D-AE0A-02E4B1CB840B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3549</Words>
-  <Characters>26655</Characters>
+  <Words>3537</Words>
+  <Characters>26567</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>493</Lines>
-  <Paragraphs>175</Paragraphs>
+  <Lines>491</Lines>
+  <Paragraphs>171</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30029</CharactersWithSpaces>
+  <CharactersWithSpaces>29933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>