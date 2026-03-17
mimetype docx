--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -1,88 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5126C24F" w14:textId="77777777" w:rsidR="00615ED0" w:rsidRDefault="00615ED0" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="120" w:line="257" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="755AD818" w14:textId="7B824F3D" w:rsidR="00D102B3" w:rsidRPr="00255C26" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="120" w:line="257" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk214980156"/>
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Atbildes uz jautājumiem par</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39210994" w14:textId="1E9E2F2D" w:rsidR="00D102B3" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
@@ -127,100 +129,137 @@
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> kārt</w:t>
       </w:r>
       <w:r w:rsidR="00FD457E">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F6EFE3" w14:textId="65FB1FDE" w:rsidR="00DF43E3" w:rsidRDefault="00CB6C5C" w:rsidP="0087161B">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="35F6EFE3" w14:textId="35D34D99" w:rsidR="00DF43E3" w:rsidRDefault="00CB6C5C" w:rsidP="0087161B">
       <w:pPr>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Aktualizēts 2</w:t>
+        <w:t xml:space="preserve">Aktualizēts </w:t>
       </w:r>
-      <w:r w:rsidR="768275EE">
+      <w:r w:rsidR="007F1F70">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004336EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>.10.2025.</w:t>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9659C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.2025.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6B68C2" w14:textId="133366AE" w:rsidR="00D102B3" w:rsidRPr="00255C26" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496"/>
           <w:kern w:val="0"/>
@@ -476,73 +515,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Pasākums</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 4.2.4. specifiskā atbalsta mērķis “Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti” 4.2.4.1. pasākums “Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai”</w:t>
+        <w:t xml:space="preserve"> – Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam 4.2.4. specifiskā atbalsta mērķis “Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un pārkvalifikācijas iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti” 4.2.4.1. pasākums “Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7523666A" w14:textId="3C22A075" w:rsidR="00EA1D78" w:rsidRPr="00255C26" w:rsidRDefault="00EA1D78" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C26">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">PI </w:t>
@@ -601,51 +618,51 @@
           <w:r w:rsidRPr="0049725C">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2F5496"/>
               <w:kern w:val="0"/>
               <w:u w:val="single"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:t>S</w:t>
           </w:r>
           <w:r w:rsidRPr="008B2F7F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="2F5496"/>
               <w:kern w:val="0"/>
               <w:u w:val="single"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:t>aturs</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="74E0AD32" w14:textId="656BAF92" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="00D102B3">
+        <w:p w14:paraId="74E0AD32" w14:textId="7768541C" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="00D102B3">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008B2F7F">
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="0"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
@@ -730,73 +747,73 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc176268927 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="0049725C" w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0049725C" w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C267D9">
+            <w:r w:rsidR="00A702F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="0049725C" w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A613BA4" w14:textId="1945600A" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="6A613BA4" w14:textId="3E14BAD0" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc176268928" w:history="1">
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -851,73 +868,73 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc176268928 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C267D9">
+            <w:r w:rsidR="00A702F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F39F2BF" w14:textId="733A5AC7" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="2F39F2BF" w14:textId="3239D6CA" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc176268929" w:history="1">
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -972,73 +989,73 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc176268929 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C267D9">
+            <w:r w:rsidR="00A702F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5D226001" w14:textId="77552C98" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="5D226001" w14:textId="6B262D6A" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc176268930" w:history="1">
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1093,73 +1110,73 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc176268930 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C267D9">
+            <w:r w:rsidR="00A702F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AC9DF4F" w14:textId="2512380C" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
+        <w:p w14:paraId="0AC9DF4F" w14:textId="68427B2D" w:rsidR="0049725C" w:rsidRPr="008B2F7F" w:rsidRDefault="0049725C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="480"/>
               <w:tab w:val="right" w:leader="dot" w:pos="13948"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="lv-LV"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc176268931" w:history="1">
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
@@ -1214,59 +1231,59 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc176268931 \h </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C267D9">
+            <w:r w:rsidR="00A702F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="008B2F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="7D23BAD5" w14:textId="7D887E1C" w:rsidR="00D102B3" w:rsidRPr="00FC678F" w:rsidRDefault="00D102B3" w:rsidP="00D102B3">
           <w:pPr>
             <w:spacing w:line="256" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="0"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008B2F7F">
@@ -1274,58 +1291,58 @@
               <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:kern w:val="0"/>
               <w14:ligatures w14:val="none"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="717"/>
         <w:gridCol w:w="6737"/>
-        <w:gridCol w:w="6536"/>
+        <w:gridCol w:w="6494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="2C17749E" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="2C17749E" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EDDF042" w14:textId="77777777" w:rsidR="001C767C" w:rsidRPr="00357F86" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="17" w:right="17"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
@@ -1387,51 +1404,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jautājumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D2A554F" w14:textId="77777777" w:rsidR="00D102B3" w:rsidRPr="00357F86" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
@@ -1448,72 +1465,72 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D102B3" w:rsidRPr="00357F86" w14:paraId="5C930A6E" w14:textId="77777777" w:rsidTr="00FF4733">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AE19EBA" w14:textId="77777777" w:rsidR="00D102B3" w:rsidRPr="00357F86" w:rsidRDefault="00D102B3" w:rsidP="003404D8">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Toc46148086"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="_Toc176268927"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc46148086"/>
+            <w:bookmarkStart w:id="2" w:name="_Toc20918679"/>
+            <w:bookmarkStart w:id="3" w:name="_Toc176268927"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Vispārīgi jautājumi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="239CBA76" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="239CBA76" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="037F01FD" w14:textId="448F5DA2" w:rsidR="00EA1D78" w:rsidRPr="00357F86" w:rsidRDefault="00203107" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -1525,78 +1542,78 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A7BF451" w14:textId="1DDA7096" w:rsidR="00D102B3" w:rsidRPr="00357F86" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4058A41D" w14:textId="7AA918B3" w:rsidR="00A87EAE" w:rsidRPr="00357F86" w:rsidRDefault="00A87EAE" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="1A9EF485" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="1A9EF485" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="34ED6DB4" w14:textId="54EB168A" w:rsidR="00D102B3" w:rsidRPr="00357F86" w:rsidRDefault="00EA1D78" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -1608,125 +1625,125 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="139658D4" w14:textId="6329A5AB" w:rsidR="00D102B3" w:rsidRPr="00357F86" w:rsidRDefault="00D102B3" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09DA669B" w14:textId="41C66110" w:rsidR="007829E8" w:rsidRPr="00357F86" w:rsidRDefault="007829E8" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:before="60" w:beforeAutospacing="1" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A01554" w:rsidRPr="00357F86" w14:paraId="00E6F334" w14:textId="77777777" w:rsidTr="003404D8">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="43467442" w14:textId="5B3D0EAA" w:rsidR="00A01554" w:rsidRPr="00357F86" w:rsidRDefault="002F611A" w:rsidP="003404D8">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Toc176268928"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc176268928"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Īstenošanas no</w:t>
             </w:r>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>sacījumi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="0A2A26DF" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="0003383F" w:rsidRPr="00357F86" w14:paraId="0A2A26DF" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21A12938" w14:textId="0FDFFA38" w:rsidR="0003262B" w:rsidRPr="00357F86" w:rsidRDefault="0003262B" w:rsidP="00597336">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
@@ -1743,73 +1760,95 @@
           </w:tcPr>
           <w:p w14:paraId="0E190AFA" w14:textId="77777777" w:rsidR="0003262B" w:rsidRPr="00357F86" w:rsidRDefault="0003262B" w:rsidP="00CE1738">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06DAEC73" w14:textId="7C55830A" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
+          <w:p w14:paraId="06DAEC73" w14:textId="73FCEA05" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Es vēlējos par šo atbalsta programmu uzzināt. Cik noprotu, kā biedrība varam mūsu komersantiem, tad plānot prasmju apmācības, kas mums reāli būtu ļoti svarīgi. es tikai nesaprotu par biedrībām un atsauci par </w:t>
+              <w:t xml:space="preserve">Es vēlējos par šo atbalsta programmu uzzināt. Cik noprotu, kā biedrība varam mūsu komersantiem, tad plānot prasmju apmācības, kas mums reāli būtu ļoti svarīgi. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D10CA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00357F86">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s tikai nesaprotu par biedrībām un atsauci par </w:t>
             </w:r>
             <w:r w:rsidR="00F94489" w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Arodbiedrības </w:t>
             </w:r>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>likumu, vai tas izriet, ka mēs nevaram vai es</w:t>
             </w:r>
             <w:r w:rsidR="00F94489" w:rsidRPr="00357F86">
               <w:rPr>
@@ -1863,51 +1902,63 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7A4548AA" w14:textId="77777777" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un </w:t>
+              <w:t xml:space="preserve">ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00357F86">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">profesionālās tiesības un intereses nozaru un starpnozaru līmenī un </w:t>
             </w:r>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>kas darbojas saskaņā ar Arodbiedrību likumu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F019E37" w14:textId="77777777" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -1917,210 +1968,133 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C1F7295" w14:textId="77777777" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jo biedru kopējais apgrozījums ir virs 300 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Jo biedru kopējais apgrozījums ir virs 300 milj.eur. mums ir 468 milj.eur apgrozījums.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7B865C" w14:textId="43A028FC" w:rsidR="00CE1738" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>milj.eur</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lūgums man šo par to arodbiedrības likumu, lai saprotu, ka varam, startēt priekš ārstniecības iestādēm. Jo nepieciešams gan pacientu apkalpošanā, konfliktu situāciju risināšanā visiem med.prof.līmeņiem, tad svešvalodu apmācības u.c.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB7018A" w14:textId="145608E6" w:rsidR="0003262B" w:rsidRPr="00357F86" w:rsidRDefault="00CE1738" w:rsidP="00CE1738">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">. mums ir 468 </w:t>
-[...102 lines deleted...]
-              </w:rPr>
               <w:t>Liels paldies, jo sāku iet cauri visiem dokumentiem, lai saprotu, ka visam atbilstam un varam gatavot pieteikumu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4139092E" w14:textId="7AF6DCFC" w:rsidR="00722D2F" w:rsidRPr="00357F86" w:rsidRDefault="00EE06CD" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466367">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="00E87DF5" w:rsidRPr="00466367">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>MK noteiktum</w:t>
             </w:r>
             <w:r w:rsidR="004A2865" w:rsidRPr="00466367">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>u 14.punktā</w:t>
             </w:r>
             <w:r w:rsidR="00E87DF5" w:rsidRPr="00466367">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteiktajam,</w:t>
@@ -2159,60 +2133,60 @@
             </w:r>
             <w:r w:rsidR="00F67D8F" w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00F67D8F" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kas apvieno Latvijas Republikā reģistrētus nozares komersantus</w:t>
             </w:r>
             <w:r w:rsidR="00F67D8F" w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kuru kopējais Latvijā reģistrēto dalībnieku un to biedru (sīko (mikro), mazo un vidējo, lielo komersantu) apgrozījums pēdējā noslēgtajā pārskata gadā pārsniedz 300 miljonus </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F67D8F" w:rsidRPr="00D10CA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00F67D8F" w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73D14141" w14:textId="54FC0ED1" w:rsidR="00F67D8F" w:rsidRPr="0029269D" w:rsidRDefault="00F67D8F" w:rsidP="005F042C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -2253,212 +2227,123 @@
             <w:r w:rsidR="007B6B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> un 16.</w:t>
             </w:r>
             <w:r w:rsidR="00290E25" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>punkts)</w:t>
             </w:r>
             <w:r w:rsidR="003474F2" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="478EB4A7" w14:textId="0AD3034D" w:rsidR="003474F2" w:rsidRPr="0029269D" w:rsidRDefault="00A77B7A" w:rsidP="005F042C">
+          <w:p w14:paraId="478EB4A7" w14:textId="0AD3034D" w:rsidR="003474F2" w:rsidRPr="0029269D" w:rsidRDefault="00A77B7A" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto nozares ministriju vai Ekonomikas ministriju.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E54E548" w14:textId="77777777" w:rsidR="006A2134" w:rsidRPr="00357F86" w:rsidRDefault="00A77B7A" w:rsidP="006A2134">
+          <w:p w14:paraId="6E54E548" w14:textId="77777777" w:rsidR="006A2134" w:rsidRPr="00357F86" w:rsidRDefault="00A77B7A" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas </w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> un intereses nozaru un starpnozaru līmenī un kas darbojas saskaņā ar </w:t>
+              <w:t>ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un kas darbojas saskaņā ar </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="00212395">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="23"/>
                   <w:szCs w:val="23"/>
                 </w:rPr>
                 <w:t>Arodbiedrību likumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006A2134" w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="365487A9" w14:textId="49ECE33B" w:rsidR="00A30A5A" w:rsidRPr="00357F86" w:rsidRDefault="00895F02" w:rsidP="006A2134">
+          <w:p w14:paraId="365487A9" w14:textId="49ECE33B" w:rsidR="00A30A5A" w:rsidRPr="00357F86" w:rsidRDefault="00895F02" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kā sadarbības partnerus, ja nepieciešams, var iesaistīt arī citas Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētas biedrības vai nodibinājumus, kas apvieno vienas nozares Latvijas Republikā reģistrētus komersantus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="068880DB" w14:textId="77777777" w:rsidR="00751F72" w:rsidRDefault="00275B53" w:rsidP="001E25C5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
@@ -2492,106 +2377,88 @@
             <w:r w:rsidR="00074E07" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">projekta iesniedzējam kā sadarbības </w:t>
             </w:r>
             <w:r w:rsidR="0045635C" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>partneris jāpiesaista</w:t>
             </w:r>
             <w:r w:rsidR="00751F72">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="493A9DA8" w14:textId="77777777" w:rsidR="00CA2C94" w:rsidRPr="00CA2C94" w:rsidRDefault="00CA2C94" w:rsidP="00CA2C94">
+          <w:p w14:paraId="493A9DA8" w14:textId="77777777" w:rsidR="00CA2C94" w:rsidRPr="00CA2C94" w:rsidRDefault="00CA2C94" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2C94">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ekonomikas ministrija, vai nozares ministrija</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2C94">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kas atbild par plānotā prasmju fonda jomas </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="68BF0F1E" w14:textId="77777777" w:rsidR="00CA2C94" w:rsidRPr="00CA2C94" w:rsidRDefault="00CA2C94" w:rsidP="00CA2C94">
+              <w:t>, kas atbild par plānotā prasmju fonda jomas cilvēkkapitāla attīstību;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68BF0F1E" w14:textId="77777777" w:rsidR="00CA2C94" w:rsidRPr="00CA2C94" w:rsidRDefault="00CA2C94" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="41"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA2C94">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Arodbiedrība</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2C94">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -2771,147 +2638,156 @@
             <w:r w:rsidR="007B6B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>am</w:t>
             </w:r>
             <w:r w:rsidR="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta iesniegumam jāpievieno</w:t>
             </w:r>
             <w:r w:rsidR="00290E25">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="370C739C" w14:textId="402CB64E" w:rsidR="00290E25" w:rsidRPr="0029269D" w:rsidRDefault="00290E25" w:rsidP="0029269D">
+          <w:p w14:paraId="370C739C" w14:textId="402CB64E" w:rsidR="00290E25" w:rsidRPr="0029269D" w:rsidRDefault="00290E25" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto nozares ministriju vai Ekonomikas ministriju</w:t>
             </w:r>
             <w:r w:rsidR="007B6B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, MK n</w:t>
             </w:r>
             <w:r w:rsidR="007B6B1B" w:rsidRPr="00212395">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>oteikumu </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:anchor="p16" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="007B6B1B" w:rsidRPr="00212395">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="23"/>
                   <w:szCs w:val="23"/>
                 </w:rPr>
                 <w:t>16.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007B6B1B" w:rsidRPr="00212395">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t> punktā minētā sadarbības partnera (ja attiecināms)</w:t>
+              <w:t xml:space="preserve"> punktā minētā sadarbības partnera (ja </w:t>
+            </w:r>
+            <w:r w:rsidR="007B6B1B" w:rsidRPr="00212395">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>attiecināms)</w:t>
             </w:r>
             <w:r w:rsidR="007B6B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> noslē</w:t>
             </w:r>
             <w:r w:rsidR="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>gtu</w:t>
             </w:r>
             <w:r w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> līdzdarbības līgumu(-s) par pārvaldes uzdevuma īstenošanu, kas saistīts ar sociālajā dialogā balstītu sistēmas nozares cilvēkresursu konkurētspējas attīstību ātrai un efektīvai darbaspēka pielāgošanai tautsaimniecības vajadzībām;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="715BDDDC" w14:textId="23F50521" w:rsidR="00EE06CD" w:rsidRPr="0029269D" w:rsidRDefault="00290E25" w:rsidP="006A71E6">
+          <w:p w14:paraId="715BDDDC" w14:textId="23F50521" w:rsidR="00EE06CD" w:rsidRPr="0029269D" w:rsidRDefault="00290E25" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="23"/>
+                <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>apliecinājumu</w:t>
             </w:r>
             <w:r w:rsidR="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, ka</w:t>
             </w:r>
@@ -2947,141 +2823,51 @@
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00290E25">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai nodibinājum</w:t>
             </w:r>
             <w:r w:rsidR="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00290E25">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kas </w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> un intereses nozaru un starpnozaru līmenī un kas </w:t>
+              <w:t xml:space="preserve">, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un kas </w:t>
             </w:r>
             <w:r w:rsidR="0029269D" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>darbojas saskaņā ar </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="0029269D" w:rsidRPr="0029269D">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                   <w:sz w:val="23"/>
                   <w:szCs w:val="23"/>
                 </w:rPr>
                 <w:t>Arodbiedrību likumu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0029269D" w:rsidRPr="0029269D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -3213,79 +2999,80 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007B6B1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006A71E6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="55570CCD" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="55570CCD" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C3F4E5F" w14:textId="5637019B" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">2.2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E280F3D" w14:textId="162469A3" w:rsidR="00957EB1" w:rsidRPr="00B96C4C" w:rsidRDefault="00957EB1" w:rsidP="5D5468A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -3311,51 +3098,51 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1D487694">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Saprotu</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, ka jābūt tādam konsorcijam. Vai ne?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6B660390" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRDefault="00957EB1" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
@@ -3394,55 +3181,55 @@
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> tiek veidota </w:t>
             </w:r>
             <w:r w:rsidRPr="007129A0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>prasmju fonda partnerība</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> starp:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43A390EA" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="00957EB1" w:rsidP="001D45E6">
+          <w:p w14:paraId="43A390EA" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="00957EB1" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="24"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">vismaz vienu </w:t>
             </w:r>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
@@ -3458,88 +3245,88 @@
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>as</w:t>
             </w:r>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu</w:t>
             </w:r>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kas apvieno Latvijas Republikā reģistrētus komersantus,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74FB4688" w14:textId="699D401D" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="27524BA7" w:rsidP="001D45E6">
+          <w:p w14:paraId="74FB4688" w14:textId="699D401D" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="27524BA7" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="24"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5D5468A9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">vienu Latvijas biedrību un nodibinājumu reģistrā reģistrētu </w:t>
             </w:r>
             <w:r w:rsidR="00957EB1" w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju intereses,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66CDD454" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="00957EB1" w:rsidP="001D45E6">
+          <w:p w14:paraId="66CDD454" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00337999" w:rsidRDefault="00957EB1" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="24"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>attiecīgās nozares ministriju vai Ekonomikas ministriju</w:t>
             </w:r>
             <w:r w:rsidRPr="00337999">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
@@ -3597,101 +3384,116 @@
             </w:pPr>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Lai nodrošinātu, ka prasmju fonda pilotprojekti tiek īstenoti augstas gatavības līmenī, projekta iesniegumam, atbilstoši SAM MK noteikumu 21.2. apakšpunktam, jāpievieno </w:t>
             </w:r>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">līdzdarbības līgums(i) </w:t>
+              <w:t xml:space="preserve">līdzdarbības </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005211A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">līgums(i) </w:t>
             </w:r>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ar nozares ministriju vai Ekonomikas ministriju. Līgumos jābūt skaidri definētiem:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66903D35" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="005211A2" w:rsidRDefault="00957EB1" w:rsidP="001D45E6">
+          <w:p w14:paraId="66903D35" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="005211A2" w:rsidRDefault="00957EB1" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>uzdevumiem, kurus attiecīgā nozares ministrija vai Ekonomikas ministrija nodod projekta iesniedzējam;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46891A62" w14:textId="5FEF73B6" w:rsidR="00957EB1" w:rsidRPr="005211A2" w:rsidRDefault="00957EB1" w:rsidP="00917EE1">
+          <w:p w14:paraId="46891A62" w14:textId="5FEF73B6" w:rsidR="00957EB1" w:rsidRPr="005211A2" w:rsidRDefault="00957EB1" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="25"/>
+                <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">uzdevumiem, kurus tā nodod </w:t>
             </w:r>
             <w:r w:rsidR="297DD5F9" w:rsidRPr="005211A2">
               <w:rPr>
@@ -3918,79 +3720,80 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="005211A2">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00126C7D" w:rsidRPr="00357F86" w14:paraId="174C2E7B" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00126C7D" w:rsidRPr="00357F86" w14:paraId="174C2E7B" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="546ABE7E" w14:textId="1962EE1E" w:rsidR="00126C7D" w:rsidRPr="00357F86" w:rsidRDefault="00126C7D" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DA198E2" w14:textId="7C12B02B" w:rsidR="00126C7D" w:rsidRDefault="00126C7D" w:rsidP="00126C7D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -4061,286 +3864,179 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Atbilstoši MKN 404  15. punktam:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E6769FE" w14:textId="77777777" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00D87465">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Finansējuma saņēmējs īsteno projektu sadarbībā ar šādiem sadarbības partneriem:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="205A0D64" w14:textId="77777777" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>15.1.ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto nozares ministriju vai Ekonomikas ministriju;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29025029" w14:textId="28852B62" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">15.2.ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas </w:t>
-[...92 lines deleted...]
-          <w:p w14:paraId="579BF6E3" w14:textId="4324BA1C" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00FB1908">
+              <w:t>15.2.ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un kas darbojas saskaņā ar Arodbiedrību likumu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579BF6E3" w14:textId="13808639" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Biedrībai </w:t>
             </w:r>
             <w:r w:rsidR="00580E72">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir izveidojusies veiksmīga ilglaicīga sadarbība ar SIA  “</w:t>
             </w:r>
             <w:r w:rsidR="00993DAD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>”, kas darbojas IKT nozares un starpnozaru līmenī, izstrādājot risinājumus citām nozarēm, tostarp drošības jomā.  </w:t>
+              <w:t>”, kas darbojas IT nozares un starpnozaru līmenī, izstrādājot risinājumus citām nozarēm, tostarp drošības jomā.  </w:t>
             </w:r>
             <w:r w:rsidRPr="446ED3A3">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir sava arodbiedrība, kur apvienojas L darbinieki, kā arī L uzņēmumu un saistīto uzņēmumu darbinieki. Balstoties uz iepriekšējām iestrādnēm, mēs labprāt projekta īstenošanā kā partneri darba ņēmēju interešu aizstāvībai piesaistītu  L</w:t>
             </w:r>
             <w:r w:rsidR="00946663">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> arodbiedrību, kas ļautu gan nozares, gan </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> līmenī aprobēt projekta ievaros izstrādāto prasmju fonda konceptu.</w:t>
+              <w:t xml:space="preserve"> arodbiedrību, kas ļautu gan nozares, gan pārnozaru līmenī aprobēt projekta ievaros izstrādāto prasmju fonda konceptu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="155B3C02" w14:textId="74404CAF" w:rsidR="00126C7D" w:rsidRPr="008E1D93" w:rsidRDefault="00126C7D" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E1D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Šajā sakarā lūdzam CFLA viedokli sekojošā jautājumā: </w:t>
             </w:r>
             <w:r w:rsidRPr="008E1D93">
@@ -4349,198 +4045,209 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">vai ir atbalstāms kā projekta partneri piesaistīt L darbinieku arodbiedrību? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E1ACAFB" w14:textId="77777777" w:rsidR="00126C7D" w:rsidRPr="00B96C4C" w:rsidRDefault="00126C7D" w:rsidP="5D5468A9">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1231E15B" w14:textId="01D2C5B7" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">tbilstoši </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>MK</w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumos noteiktajam, projekts īstenojams sadarbībā ar šādiem sadarbības partneriem (MK noteikumu 15. un 16. punkts):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9F2897" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="1E9F2897" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto nozares ministriju vai Ekonomikas ministriju;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AE4FC19" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="5AE4FC19" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB46DB">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī</w:t>
+              <w:t xml:space="preserve">biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB46DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>tiesības un intereses nozaru un starpnozaru līmenī</w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> un kas darbojas saskaņā ar </w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Arodbiedrību likumu</w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DA843B8" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="1DA843B8" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="31"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kā sadarbības partnerus, ja nepieciešams, var iesaistīt arī citas Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētas biedrības vai nodibinājumus, kas apvieno vienas nozares Latvijas Republikā reģistrētus komersantus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="753BC73B" w14:textId="58C935E8" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -4650,157 +4357,157 @@
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>askaņā ar </w:t>
             </w:r>
             <w:r w:rsidR="000C280C" w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Arodbiedrību likuma 12. pantu</w:t>
             </w:r>
             <w:r w:rsidR="000C280C" w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, arodbiedrībām, pārstāvot un aizstāvot strādājošo darba, ekonomiskās, sociālās un profesionālās intereses:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="552F2C1A" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="552F2C1A" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ir tiesības veikt kolektīvas pārrunas, saņemt informāciju un konsultēties ar darba devējiem, darba devēju organizācijām un to apvienībām;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DBBBDE9" w14:textId="0F51E887" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="0DBBBDE9" w14:textId="0F51E887" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">ir tiesības piedalīties normatīvo aktu un politikas plānošanas dokumentu projektu izstrādē un sniegt atzinumus par tiem, ja tie skar vai var skart strādājošo </w:t>
             </w:r>
             <w:r w:rsidR="00C83B95">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>darba</w:t>
             </w:r>
             <w:r w:rsidR="00063C05">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">, ekonomiskās, sociālās un profesionālās </w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>tiesības un intereses;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76714CA9" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="76714CA9" w14:textId="77777777" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ir tiesības pieprasīt un saņemt no valsts institūcijām informāciju, kas nepieciešama savu funkciju veikšanai un mērķu sasniegšanai;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7396F85C" w14:textId="671C00D6" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
+          <w:p w14:paraId="7396F85C" w14:textId="671C00D6" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>savas kompetences ietvaros bez īpaša pilnvarojuma pārstāv</w:t>
             </w:r>
             <w:r w:rsidR="00A527BA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -4850,51 +4557,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Savukārt </w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Arodbiedrību likuma 15. pants</w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t> paredz arodbiedrību pārstāvību sociālajā dialogā ar darba devējiem, darba devēju organizācijām un to apvienībām, kas īstenojama, pamatojoties uz arodbiedrību vienošanos ar šīm organizācijām vai to apvienībām.</w:t>
+              <w:t xml:space="preserve"> paredz arodbiedrību pārstāvību sociālajā dialogā ar darba devējiem, darba devēju organizācijām un to apvienībām, kas īstenojama, pamatojoties </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C280C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>uz arodbiedrību vienošanos ar šīm organizācijām vai to apvienībām.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C900649" w14:textId="2A044B04" w:rsidR="000C280C" w:rsidRPr="000C280C" w:rsidRDefault="000C280C" w:rsidP="000C280C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Tādējādi MK noteikumu </w:t>
             </w:r>
             <w:r w:rsidRPr="000C280C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -5332,79 +5049,80 @@
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="002619BA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D6AE0" w:rsidRPr="00357F86" w14:paraId="562325C1" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="001D6AE0" w:rsidRPr="00357F86" w14:paraId="562325C1" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="347E4A89" w14:textId="3EC41265" w:rsidR="001D6AE0" w:rsidRDefault="00221BE1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14AD07A0" w14:textId="39A579B6" w:rsidR="00B3397F" w:rsidRDefault="00B3397F" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
@@ -5418,87 +5136,60 @@
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07C0D38C" w14:textId="21FCA969" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Esmu iepazinusies ar atbalsta pasākuma nosacījumiem un redzu lielu potenciālu nozaru </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Esmu iepazinusies ar atbalsta pasākuma nosacījumiem un redzu lielu potenciālu nozaru cilvēkkapitāla attīstībai. Tomēr arī ir radusies baža par vienu no galvenajiem projekta rezultāta </w:t>
+            </w:r>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>cilvēkkapitāla</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> par vienu no galvenajiem projekta rezultāta rādītājiem attiecībā uz kvalifikāciju ieguvušo skaitu (01.07.2025. MK noteikumu Nr. 404 5.punkts).</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>rādītājiem attiecībā uz kvalifikāciju ieguvušo skaitu (01.07.2025. MK noteikumu Nr. 404 5.punkts).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B806333" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Jautājums ir šāds</w:t>
             </w:r>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -5599,516 +5290,1030 @@
               </w:rPr>
               <w:t xml:space="preserve">), kas ņemtu vērā arī starptautisku kompetentu iestāžu atzītus dokumentus (ņemot arī projektā paredzēto iespēju par apmācību norisi ārvalstīs)? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A307750" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Vēršam uzmanību, ka: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605E1A38" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
+          <w:p w14:paraId="605E1A38" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Ņemot vērā prasību, ka "5.2.1. dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju (personu skaits), – 3602". Ja iesaistītajām personām ir jābūt vismaz 4740, tad “ar iegūtu kvalifikāciju” jābūt aptuveni 76% no dalībniekiem. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1520AE3D" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
+          <w:p w14:paraId="1520AE3D" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00753125" w:rsidRDefault="001D6AE0" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00753125">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Tajā pašā laikā mūsu nozarē daudzas no nepieciešamākajām un vērtīgākajām apmācībām ir ļoti specifiskas, īsas vai starptautiskas, piemēram, kursi darbam ar jaunām tehnoloģijām vai standartu apguve eksporta tirgiem. Šādas apmācības noslēdzas ar starptautiski atzītu sertifikātu, kas Latvijā netiek formāli uzskatīts par "kvalifikāciju", un, iespējams, arī netiek uzskatītas par “formālu kvalifikāciju” attiecīgajā valstī. Tādējādi pat pie plašās (c) interpretācijas tas ir ļoti augts un ierobežojošs kritērijs, kas izslēdz, piemēram, ražotāju apmācības un citas specializētas mācības, par kurām netiek neizsniedz valsts atzītus dokumentus.</w:t>
+              <w:t xml:space="preserve">Tajā pašā laikā mūsu nozarē daudzas no nepieciešamākajām un vērtīgākajām apmācībām ir ļoti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00753125">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>specifiskas, īsas vai starptautiskas, piemēram, kursi darbam ar jaunām tehnoloģijām vai standartu apguve eksporta tirgiem. Šādas apmācības noslēdzas ar starptautiski atzītu sertifikātu, kas Latvijā netiek formāli uzskatīts par "kvalifikāciju", un, iespējams, arī netiek uzskatītas par “formālu kvalifikāciju” attiecīgajā valstī. Tādējādi pat pie plašās (c) interpretācijas tas ir ļoti augts un ierobežojošs kritērijs, kas izslēdz, piemēram, ražotāju apmācības un citas specializētas mācības, par kurām netiek neizsniedz valsts atzītus dokumentus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BFE34FF" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRPr="00126C7D" w:rsidRDefault="001D6AE0" w:rsidP="00FB1908">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="77"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30458EEE" w14:textId="77777777" w:rsidR="0068699E" w:rsidRPr="0068699E" w:rsidRDefault="0068699E" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rādītājs “Dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju (personu skaits)”  ietver 4.2.4.1.pasākuma otrās kārtas dalībniekus, kuri saņēmuši Eiropas Sociālā fonda Plus atbalstu un ir ieguvuši kvalifikāciju. </w:t>
             </w:r>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Kvalifikācija ir formāls vērtēšanas un apstiprināšanas procesa rezultāts, kas tiek iegūts, kad kompetentā iestāde nosaka, ka indivīds ir sasniedzis mācīšanās rezultātus atbilstoši noteiktajiem standartiem</w:t>
+              <w:t xml:space="preserve">Kvalifikācija ir formāls vērtēšanas un apstiprināšanas procesa rezultāts, kas tiek </w:t>
             </w:r>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iegūts, kad kompetentā iestāde nosaka, ka indivīds ir sasniedzis mācīšanās rezultātus atbilstoši noteiktajiem standartiem</w:t>
+            </w:r>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>ietvarstruktūra</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>. Avots: Eiropas Komisija, Eiropas kvalifikāciju ietvarstruktūra - https://ec.europa.eu/ploteus/glossary.</w:t>
+            </w:r>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> - https://ec.europa.eu/ploteus/glossary.</w:t>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="0068699E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:vertAlign w:val="superscript"/>
-[...8 lines deleted...]
-                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24B1FD23" w14:textId="77777777" w:rsidR="00AF513C" w:rsidRPr="00AF513C" w:rsidRDefault="00AF513C" w:rsidP="00DD718E">
+          <w:p w14:paraId="2BAE9977" w14:textId="77777777" w:rsidR="00415380" w:rsidRDefault="00AF513C" w:rsidP="00DD718E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:ins w:id="5" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:40:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF513C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ņemot vērā Latvijas kvalifikāciju </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Ņemot vērā Latvijas kvalifikāciju ietvarstruktūru, tās sasaisti ar Eiropas kvalifikāciju ietvarstruktūru un Eiropas Komisijas rādītāja definīciju, attiecīgais </w:t>
+            </w:r>
             <w:r w:rsidRPr="00AF513C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>rādītājs  aptver visas izglītības pakāpes (pamatizglītība, vidējā izglītība, augstākā izglītība) un visus izglītības veidus (vispārējā izglītība, profesionālā izglītība, akadēmiskā izglītība), kā arī ārpus formālās izglītības sistēmas iegūto profesionālo kvalifikāciju</w:t>
-[...138 lines deleted...]
-            <w:pPr>
+              <w:t>rādītājs  aptver</w:t>
+            </w:r>
+            <w:ins w:id="6" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:40:00Z">
+              <w:r w:rsidR="00033D1C">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="41AA827D" w14:textId="6E3138B1" w:rsidR="00683A38" w:rsidRPr="00683A38" w:rsidRDefault="00AF513C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="7" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:41:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="8" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:41:00Z">
+              <w:r w:rsidRPr="00683A38" w:rsidDel="00415380">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00683A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>visas izglītības pakāpes (pamatizglītība, vidējā izglītība, augstākā izglītība)</w:t>
+            </w:r>
+            <w:ins w:id="9" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:51:00Z">
+              <w:r w:rsidR="00DF5DF0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>;</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="10" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:51:00Z">
+              <w:r w:rsidRPr="00683A38" w:rsidDel="00DF5DF0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> un</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00683A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165DFA45" w14:textId="77777777" w:rsidR="005152DB" w:rsidRPr="00717B6E" w:rsidRDefault="00AF513C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="11" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00683A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>visus izglītības veidus (vispārējā izglītība, profesionālā izglītība, akadēmiskā izglītība)</w:t>
+            </w:r>
+            <w:ins w:id="12" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+              <w:r w:rsidR="005152DB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="24B1FD23" w14:textId="668B7741" w:rsidR="00AF513C" w:rsidRPr="005152DB" w:rsidRDefault="00AF513C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:rPrChange w:id="13" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                  <w:rPr/>
+                </w:rPrChange>
+              </w:rPr>
+            </w:pPr>
+            <w:del w:id="14" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+              <w:r w:rsidRPr="00683A38" w:rsidDel="005152DB">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText>,</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="15" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:41:00Z">
+              <w:r w:rsidRPr="005152DB" w:rsidDel="00683A38">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:rPrChange w:id="16" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:rPrChange>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="17" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:55:00Z">
+              <w:r w:rsidRPr="005152DB" w:rsidDel="0025776D">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:rPrChange w:id="18" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                    <w:rPr>
+                      <w:b/>
+                    </w:rPr>
+                  </w:rPrChange>
+                </w:rPr>
+                <w:delText>kā</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="005152DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:rPrChange w:id="19" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                  <w:rPr>
+                    <w:b/>
+                  </w:rPr>
+                </w:rPrChange>
+              </w:rPr>
+              <w:t xml:space="preserve"> arī ārpus formālās izglītības sistēmas iegūto profesionālo kvalifikāciju</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005152DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:rPrChange w:id="20" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                  <w:rPr/>
+                </w:rPrChange>
+              </w:rPr>
+              <w:t xml:space="preserve">, ko apliecina profesionālās kvalifikācijas apliecība. </w:t>
+            </w:r>
+            <w:del w:id="21" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:42:00Z">
+              <w:r w:rsidRPr="005152DB" w:rsidDel="00945988">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:rPrChange w:id="22" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:43:00Z">
+                    <w:rPr/>
+                  </w:rPrChange>
+                </w:rPr>
+                <w:delText>Profesionālajā izglītībā tas aptver arī profesionālās tālākizglītības un profesionālās pilnveides izglītības programmas. Šīs atbalsta programmas kontekstā rādītājs aptver arī profesionālās izglītības programmas daļas vai profesionālās izglītības moduļa vai moduļu kopu apgūšanu, kas ir atvasināti no programmām un pakļaujas tiem pašiem kvalitātes prasībām un īstenošanas nosacījumiem.</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="3A356518" w14:textId="77777777" w:rsidR="002B3DC0" w:rsidRPr="002B3DC0" w:rsidRDefault="002B3DC0" w:rsidP="008A2DAF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="23" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="24" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z">
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Programmas ietvaros rādītājs attiecināms arī uz:</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="2D742309" w14:textId="77777777" w:rsidR="002B3DC0" w:rsidRPr="002B3DC0" w:rsidRDefault="002B3DC0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="25" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="26" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z">
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>profesionālās tālākizglītības programmām</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="5B70D786" w14:textId="77777777" w:rsidR="002B3DC0" w:rsidRPr="002B3DC0" w:rsidRDefault="002B3DC0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="27" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="28" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z">
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>profesionālās pilnveides izglītības programmām</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>,</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="130925EB" w14:textId="77777777" w:rsidR="002B3DC0" w:rsidRPr="002B3DC0" w:rsidRDefault="002B3DC0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="29" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="30" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z">
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>profesionālās izglītības programmas daļām, moduļiem vai moduļu kopām</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t xml:space="preserve">, kas ir atvasināti no akreditētu izglītības iestāžu licencētām programmām un </w:t>
+              </w:r>
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:lastRenderedPageBreak/>
+                <w:t>tiek īstenoti atbilstoši tiem pašiem kvalitātes nosacījumiem;</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="132B6C03" w14:textId="25D3ED5F" w:rsidR="002B3DC0" w:rsidRPr="000E2E8A" w:rsidRDefault="002B3DC0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:ins w:id="31" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:ins w:id="32" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:52:00Z">
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>studiju programmas moduļiem vai kursiem</w:t>
+              </w:r>
+              <w:r w:rsidRPr="002B3DC0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>, kas ir atvasināti no akreditēta studiju virziena licencētām studiju programmām un atbilst tiem pašiem kvalitātes un vērtēšanas nosacījumiem.</w:t>
+              </w:r>
+            </w:ins>
+          </w:p>
+          <w:p w14:paraId="3538F5A3" w14:textId="24956AB5" w:rsidR="00DD718E" w:rsidRPr="00DD718E" w:rsidRDefault="00DD718E" w:rsidP="00DD718E">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gadījumā, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja mācības tika īstenotas ārvalstīs, tad rādītājā ieskaita tās </w:t>
+            </w:r>
+            <w:ins w:id="33" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:49:00Z">
+              <w:r w:rsidR="00C11F40">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>programmas</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="34" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:49:00Z">
+              <w:r w:rsidRPr="00DD718E" w:rsidDel="00C11F40">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText>kvalifikācijas</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kuras </w:t>
+            </w:r>
+            <w:ins w:id="35" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:49:00Z">
+              <w:r w:rsidR="002D0CD1">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t xml:space="preserve">atbilst augstāk minētajiem nosacījumiem un </w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="36" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:49:00Z">
+              <w:r w:rsidRPr="00DD718E" w:rsidDel="00587829">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText>var pielīdzināt Latvijas kvalifikāciju ietvar</w:delText>
+              </w:r>
+            </w:del>
+            <w:del w:id="37" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:50:00Z">
+              <w:r w:rsidRPr="00DD718E" w:rsidDel="00587829">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText>struktūrai</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:ins w:id="38" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:50:00Z">
+              <w:r w:rsidR="0025463E" w:rsidRPr="0025463E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t xml:space="preserve">papildus ir iesniegts apliecinājums, ka attiecīgās programmas rezultātā iegūtās </w:t>
+              </w:r>
+              <w:r w:rsidR="0025463E" w:rsidRPr="0025463E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>prasmes vai kompetences (</w:t>
+              </w:r>
+              <w:r w:rsidR="0025463E" w:rsidRPr="0025463E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>kvalifikācija</w:t>
+              </w:r>
+              <w:r w:rsidR="0025463E" w:rsidRPr="0025463E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t xml:space="preserve">) </w:t>
+              </w:r>
+              <w:r w:rsidR="0025463E" w:rsidRPr="0025463E">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> ir pielīdzināmas Latvijas kvalifikāciju ietvarstruktūrai.</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:del w:id="39" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:47:00Z">
+              <w:r w:rsidRPr="00DD718E" w:rsidDel="00880E82">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:delText>(piem., izglītības programmas profesionālās kvalifikācijas iegūšanai).</w:delText>
+              </w:r>
+            </w:del>
+          </w:p>
+          <w:p w14:paraId="65342BCE" w14:textId="77777777" w:rsidR="00DD718E" w:rsidRDefault="00DD718E" w:rsidP="00C32A81">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD718E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Vienlaikus jāņem vērā, ka atbilstoši MK 01.07.2025. noteikumu Nr. 404 26.5.apakšpunktam 4.2.4.2. pasākuma otrās kārtas ietvaros atbalsts finansējuma saņēmējam, sadarbības partnerim vai komersantam netiek sniegts mācībām augstākās izglītības studiju programmās pirmā līmeņa profesionālās augstākās izglītības diploma, bakalaura, maģistra vai doktora diploma ieguvei.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1307F5C6" w14:textId="77777777" w:rsidR="00BC0988" w:rsidRPr="00DD718E" w:rsidRDefault="00BC0988" w:rsidP="00DD718E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6702A0B6" w14:textId="77777777" w:rsidR="00BC0988" w:rsidRPr="00BC0988" w:rsidRDefault="00BC0988" w:rsidP="00BC0988">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0988">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Papildus informējam, ka atbilstoši MK 01.07.2025. noteikumu Nr. 404 23.punktam viena projekta ietvaros mācībās jāiesaista vismaz 1 580 nodarbinātas personas (unikālas personas), tostarp pašnodarbinātas personas. Attiecīgi viena projekta ietvaros  līdz 2029. gada 31. decembrim sasniedzami šādi rezultāta rādītāji:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADC4367" w14:textId="77777777" w:rsidR="00BC0988" w:rsidRPr="00BC0988" w:rsidRDefault="00BC0988" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="556" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0988">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju (personu skaits), – 1200;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F12A5BB" w14:textId="77777777" w:rsidR="00BC0988" w:rsidRPr="00BC0988" w:rsidRDefault="00BC0988" w:rsidP="00BC0988">
+          <w:p w14:paraId="1F12A5BB" w14:textId="77777777" w:rsidR="00BC0988" w:rsidRPr="00BC0988" w:rsidRDefault="00BC0988" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="42"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="556" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0988">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>dalībnieki, kuri sešus mēnešus pēc aiziešanas (pēc dalības projektā) atrodas labākā darba tirgus situācijā (personu skaits), – 290.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12440291" w14:textId="296CAC36" w:rsidR="001D6AE0" w:rsidRDefault="00BC0988" w:rsidP="00BC0988">
+          <w:p w14:paraId="294711C0" w14:textId="77777777" w:rsidR="001D6AE0" w:rsidRDefault="00BC0988" w:rsidP="00BC0988">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:ins w:id="40" w:author="Diāna Meiere-Auziņa" w:date="2025-11-27T14:48:00Z"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0988">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(Pievienots 09.10.2025.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12440291" w14:textId="35A62FCD" w:rsidR="00880E82" w:rsidRDefault="00880E82" w:rsidP="00BC0988">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(Precizēts</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28.11.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F3372E" w:rsidRPr="00357F86" w14:paraId="4000AAAD" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00F3372E" w:rsidRPr="00357F86" w14:paraId="4000AAAD" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42D78D29" w14:textId="2EF3D3F2" w:rsidR="00F3372E" w:rsidRDefault="00B5314C" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E982F9A" w14:textId="0DC82429" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="002011F2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -6174,200 +6379,193 @@
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> un privātā līdzfinansējuma pieejamību projekta īstenošanai </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>uzliek komersantam finansiālas saistības</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">. No </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> dzirdētā saprotam, ka pirms projekta uzrunātajiem komersantiem var droši teikt, ka, parakstot apliecinājumu, viņi neuzņemas finansiālas saistības, bet tikai apliecina nodomu ieguldīt norādīto naudas summu Prasmju fondā – vai pareizi?</w:t>
+              <w:t>. No vebinārā dzirdētā saprotam, ka pirms projekta uzrunātajiem komersantiem var droši teikt, ka, parakstot apliecinājumu, viņi neuzņemas finansiālas saistības, bet tikai apliecina nodomu ieguldīt norādīto naudas summu Prasmju fondā – vai pareizi?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79FDC724" w14:textId="599F4ADF" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="002011F2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ir vēl vairāki jautājumi, ko vēlamies noskaidrot pirms projekta pieteikuma gatavošanas:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="483E53EC" w14:textId="33AADCB1" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="00F36713">
+          <w:p w14:paraId="483E53EC" w14:textId="33AADCB1" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Saistībā ar prasmju fonda pilotprojektu,</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> par kura rezultātiem līdz 2026. gada 31. maijam Finansējuma saņēmējam ir jāsaskaņo ziņojums ar IZM (MKN 41.1): ja projektu iesniegumus CFLA vērtēs līdz 18.03.2026., un projekta apstiprināšanas gadījumā pēc tam tiks slēgts līgums, pēc kā projekta iesniedzējs kļūs par Finansējuma saņēmēju, tad </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kurā laika posmā paredzēts īstenot pilotprojektu?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C0CEA53" w14:textId="47F45787" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="00F36713">
+          <w:p w14:paraId="4C0CEA53" w14:textId="47F45787" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Vēlētos precizēt, vai līdz 2028. gada 30. jūnijam iesniedzams tikai ziņojums par prasmju fonda pilotprojekta turpināšanu un tā ilgtspējas nodrošināšanu pēc projekta noslēguma, </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>vai tiek</w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>sagaidīts, ka projekta laikā arī tiks nodibināts prasmju fonds - juridiska persona</w:t>
+              <w:t xml:space="preserve">sagaidīts, ka projekta laikā arī tiks </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nodibināts prasmju fonds - juridiska persona</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A4098">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> (MKN 41.2.)?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="268658CE" w14:textId="77777777" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="002011F2">
+          <w:p w14:paraId="268658CE" w14:textId="77777777" w:rsidR="002011F2" w:rsidRPr="006A4098" w:rsidRDefault="002011F2" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">MKN 2.10. nosaka, ka prasmju fonda pārvaldītājs ir </w:t>
             </w:r>
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -6444,76 +6642,77 @@
             <w:r w:rsidRPr="006A4098">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>? Savukārt  projektu iesniegumu aizpildīšanas metodikas budžeta kopsavilkuma sadaļas 13.4.punktā ir atrunāts par Prasmju fonda pārvaldītāja īstenošanas personālu, ar ko domājams paredzēts vairāk nekā viens cilvēks. Lūgums skaidrot.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="624F23BA" w14:textId="3C0EDB9B" w:rsidR="00F3372E" w:rsidRPr="006A4098" w:rsidRDefault="00F3372E" w:rsidP="006A4098">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72FA830D" w14:textId="77777777" w:rsidR="009F4BF6" w:rsidRPr="00184A4A" w:rsidRDefault="000A6382" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Atbilstoši MK noteikumu 21.6. apakšpunktā noteiktajam, projekta </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>iesniegumam jāpievieno</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasmju fonda </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
@@ -6634,76 +6833,85 @@
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>vai komersantu līdzfinansējums</w:t>
             </w:r>
             <w:r w:rsidR="00F032C9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="002A5083" w:rsidRPr="00875FC5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>ko varētu vērtēt, piemēram, skatot konta izrakstu, bankas izziņu, gada pārskatu, zvērināta revidenta operatīvo pārskatu u.c.).</w:t>
+              <w:t xml:space="preserve">ko varētu vērtēt, piemēram, </w:t>
+            </w:r>
+            <w:r w:rsidR="002A5083" w:rsidRPr="00875FC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>skatot konta izrakstu, bankas izziņu, gada pārskatu, zvērināta revidenta operatīvo pārskatu u.c.).</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Starp projekta iesniedzēju un komersantiem būtu jābūt juridiskai vienošanās, kas apliecina komersanta iesaisti un finanšu līdzekļu novirzīšanu projekta īstenošanai, ko tad pievieno kā apliecinājumu projekta iesniegumam.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59B68DC1" w14:textId="70AFD971" w:rsidR="0090340B" w:rsidRPr="00184A4A" w:rsidRDefault="0090340B" w:rsidP="00D043D0">
+          <w:p w14:paraId="59B68DC1" w14:textId="70AFD971" w:rsidR="0090340B" w:rsidRPr="00184A4A" w:rsidRDefault="0090340B" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="3"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="421" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>4.2.4.1. pasākuma ietvaros līdz 2029. gadam paredzēts attīstīt un izmēģināt Latvijas situācijai un konkrētā ekonomikas sektora vajadzībām atbilstošus prasmju fondus vismaz trīs nozarēs. Līdz ar to šo projektu īstenošanu jāuztver kā </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
@@ -6738,169 +6946,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Šie projekti ir pilotprojekti, jo to īstenošana paredz jaunas prasmju fondu pieejas </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>testēšanu un aprobāciju noteiktā vidē un nozarēs</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, nevis pilnīgu ieviešanu visā sektorā uzreiz. Projekta mērķis ir izstrādāt Latvijai atbilstošu, sociālajā dialogā balstītu prasmju fondu modeli, kas ilgtermiņā kļūs par </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>pašregulējošu</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>pašregulējošu un pašfinansējošu struktūru</w:t>
+            </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
-                <w:b/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">. Tas nozīmē, ka projekti ir eksperimentāli – tie ļauj novērtēt, pielāgot un aprobēt risinājumus reālajā vidē. </w:t>
             </w:r>
             <w:r w:rsidR="009C414B" w:rsidRPr="009C414B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atbilstoši MK noteikumu 41.1. apakšpunktam finansējuma saņēmējam līdz 2026. gada 31. maijam ar Izglītības un zinātnes ministriju jāsaskaņo ziņojums par prasmju fonda konceptuālā apraksta pilotēšanu, proti, atspoguļojot praktiskus soļus un darbību aprakstus kā plānots  īstenot prasmju fondu gan attiecībā uz mācību vajadzību definēšanu, mācību un citiem atbalsta pasākumu nodrošināšanu, gan valsts un privāto </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="58000EB0" w14:textId="308565BB" w:rsidR="006D5E85" w:rsidRPr="00184A4A" w:rsidRDefault="008A60C6" w:rsidP="006D5E85">
+              <w:t>Atbilstoši MK noteikumu 41.1. apakšpunktam finansējuma saņēmējam līdz 2026. gada 31. maijam ar Izglītības un zinātnes ministriju jāsaskaņo ziņojums par prasmju fonda konceptuālā apraksta pilotēšanu, proti, atspoguļojot praktiskus soļus un darbību aprakstus kā plānots  īstenot prasmju fondu gan attiecībā uz mācību vajadzību definēšanu, mācību un citiem atbalsta pasākumu nodrošināšanu, gan valsts un privāto līdzieguldījumu proporcionalitāti un dinamiku, gan sadarbības modeli starp komersantiem un darba ņēmēju organizācijām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58000EB0" w14:textId="308565BB" w:rsidR="006D5E85" w:rsidRPr="00184A4A" w:rsidRDefault="008A60C6" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="3"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="421" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A60C6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Atbilstoši MK noteikumu 41.2. apakšpunktam finansējuma saņēmējam līdz 2028. gada 30. jūnijam ar Izglītības un zinātnes ministriju jāsaskaņo ziņojums  par prasmju fonda pilotprojekta turpināšanu un tā ilgtspējas nodrošināšanu pēc projekta noslēguma, tostarp par prasmju fonda kā juridiskas personas reģistrēšanu ar patstāvīgu bilanci un savu bankas kontu, zīmogu un veidlapām, ietverot ziņojumā komersantu un darba ņēmēju organizāciju tiesības un pienākumus, valsts un privātā līdzfinansējuma nodrošinājuma apjomu un avotu, aktualizētu mācību vajadzību redzējumu par nākotnes prasmēm nozarē un saistītajās nozarēs, nodrošinot ar citiem pasākuma finansējuma saņēmējiem vienotu redzējumu ilgtermiņa finansējuma nodrošināšanai. Attiecīgi minētajā ziņojumā ir jābūt arī skaidram redzējumam prasmju fonda kā juridiskas personas izveidošanai, kas ļaus pārliecināties par projekta ilgtspējas nodrošināšanu</w:t>
+              <w:t xml:space="preserve">Atbilstoši MK noteikumu 41.2. apakšpunktam finansējuma saņēmējam līdz 2028. gada 30. jūnijam ar Izglītības un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A60C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>zinātnes ministriju jāsaskaņo ziņojums  par prasmju fonda pilotprojekta turpināšanu un tā ilgtspējas nodrošināšanu pēc projekta noslēguma, tostarp par prasmju fonda kā juridiskas personas reģistrēšanu ar patstāvīgu bilanci un savu bankas kontu, zīmogu un veidlapām, ietverot ziņojumā komersantu un darba ņēmēju organizāciju tiesības un pienākumus, valsts un privātā līdzfinansējuma nodrošinājuma apjomu un avotu, aktualizētu mācību vajadzību redzējumu par nākotnes prasmēm nozarē un saistītajās nozarēs, nodrošinot ar citiem pasākuma finansējuma saņēmējiem vienotu redzējumu ilgtermiņa finansējuma nodrošināšanai. Attiecīgi minētajā ziņojumā ir jābūt arī skaidram redzējumam prasmju fonda kā juridiskas personas izveidošanai, kas ļaus pārliecināties par projekta ilgtspējas nodrošināšanu</w:t>
             </w:r>
             <w:r w:rsidR="00B706F7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="206C651C" w14:textId="23BFAD83" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="005B1352">
+          <w:p w14:paraId="206C651C" w14:textId="23BFAD83" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="3"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="421" w:hanging="283"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Atbilstoši MK noteikumiem </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
@@ -7072,140 +7237,140 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00615E3C">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>vai šādu personu apvienība</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kuras juridiskas personas statusu iegūst brīdī, kad tiek reģistrētas publiskā reģistrā. Privāto tiesību juridiskās personas var būt dažādu veidu, tostarp:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49748A28" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="00F842E9">
+          <w:p w14:paraId="49748A28" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kapitālsabiedrības</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> – akciju sabiedrības, sabiedrības ar ierobežotu atbildību, valsts kapitālsabiedrības un pašvaldību kapitālsabiedrības;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16E5005E" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="00F842E9">
+          <w:p w14:paraId="16E5005E" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>kooperatīvās sabiedrības</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A4BD5D6" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="00F842E9">
+          <w:p w14:paraId="6A4BD5D6" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>biedrības un nodibinājumi</w:t>
@@ -7219,50 +7384,51 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A575BB7" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="00F842E9">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="421"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vienlaikus MK noteikumi paredz iespēju, ka </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>prasmju fonda aprobāciju</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> var īstenot arī pats </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
@@ -7340,98 +7506,98 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Tādējādi MK noteikum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>u 49.punktā</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikta prasība, ka finansējuma saņēmējam un tā sadarbības partneriem jānodrošina:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67A43CC6" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="00F842E9">
+          <w:p w14:paraId="67A43CC6" w14:textId="77777777" w:rsidR="005B1352" w:rsidRPr="00184A4A" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>atsevišķa grāmatvedības uzskaite</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> par projekta īstenošanas izmaksām;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22BC6B79" w14:textId="77777777" w:rsidR="005B1352" w:rsidRDefault="005B1352" w:rsidP="00516168">
+          <w:p w14:paraId="22BC6B79" w14:textId="77777777" w:rsidR="005B1352" w:rsidRDefault="005B1352" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="38"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>darbību un ar tām saistīto finanšu plūsmu nodalīšana</w:t>
@@ -7691,349 +7857,358 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="003A0C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>rojekta vadības un projekta īstenošanas personāla izmaksas (2.1. un 3.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008A61CD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>apakšpozīcijā</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>), kas ietver p</w:t>
             </w:r>
             <w:r w:rsidRPr="003A0C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>rojekta iesniedzēja un sadarbības partneru projekta īstenošanas personāla izmaksas (izņemot virsstundas), MK noteikumu 24. apakšpunktā minēto atbalstāmo darbību īstenošanai, kas ir attiecināmas kā faktiskās izmaksas un nepārsniedz Centrālās Statistikas pārvaldes noteikto vidējo darba samaksu attiecīgās kategorijas personālam</w:t>
+              <w:t xml:space="preserve">rojekta iesniedzēja un sadarbības partneru projekta īstenošanas personāla izmaksas (izņemot virsstundas), MK noteikumu 24. apakšpunktā minēto atbalstāmo darbību īstenošanai, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A0C7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kas ir attiecināmas kā faktiskās izmaksas un nepārsniedz Centrālās Statistikas pārvaldes noteikto vidējo darba samaksu attiecīgās kategorijas personālam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111A7B80" w14:textId="117AD185" w:rsidR="00166231" w:rsidRPr="00184A4A" w:rsidRDefault="002619BA" w:rsidP="00AB6959">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Pievienots </w:t>
             </w:r>
             <w:r w:rsidR="00516168">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>0.10.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56BF7" w:rsidRPr="00357F86" w14:paraId="786CEB39" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00E56BF7" w:rsidRPr="00357F86" w14:paraId="786CEB39" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6040A1AE" w14:textId="2DCF29EB" w:rsidR="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="595D626F" w14:textId="2243028B" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
+          <w:p w14:paraId="595D626F" w14:textId="2243028B" w:rsidR="00E56BF7" w:rsidRPr="0020130C" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C6F0BBB" w14:textId="18CBB14C" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
+          <w:p w14:paraId="2C6F0BBB" w14:textId="18CBB14C" w:rsidR="00E56BF7" w:rsidRPr="0020130C" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vēlējos pajautāt dažus jautājumus par projektu uzsaukumu "4.2.4.1. Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai, 2. kārta":</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B21CFDD" w14:textId="57B2DFA8" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
+          <w:p w14:paraId="3B21CFDD" w14:textId="57B2DFA8" w:rsidR="00E56BF7" w:rsidRPr="0020130C" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>- Vai viens uzņēmums var sniegt savu apliecinājumu par dalību projektā vairākos projek</w:t>
             </w:r>
-            <w:r w:rsidR="00A67038">
+            <w:r w:rsidR="00A67038" w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>a pieteikumos 4.2.4.1. Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai, 2. kārtas ietvaros?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B301D57" w14:textId="77777777" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
+          <w:p w14:paraId="1B301D57" w14:textId="77777777" w:rsidR="00E56BF7" w:rsidRPr="0020130C" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>- Vai mēs pareizi sapratām, ka tie uzņēmumi, kas piedalījās 4.2.4.1. pirmajā kārtā nevar piedalīties šajā uzsaukumā? Ja jā, vai var, lūdzu, saņemt sarakstu ar tiem uzņēmumiem, kas ir piedalījies pirmajā kārtā.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FE25418" w14:textId="77777777" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
+          <w:p w14:paraId="1FE25418" w14:textId="77777777" w:rsidR="00E56BF7" w:rsidRPr="0020130C" w:rsidRDefault="00E56BF7" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>- Vai prasmju fonda pārvaldītājam būs jākļūst par amatpersonu?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A87701F" w14:textId="77777777" w:rsidR="00E56BF7" w:rsidRPr="00E56BF7" w:rsidRDefault="00E56BF7" w:rsidP="002011F2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A9A3DE0" w14:textId="77EE7081" w:rsidR="00E56BF7" w:rsidRDefault="00B365B1" w:rsidP="00991645">
+          <w:p w14:paraId="3A9A3DE0" w14:textId="77EE7081" w:rsidR="00E56BF7" w:rsidRDefault="00B365B1" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B365B1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">MK </w:t>
             </w:r>
             <w:r w:rsidR="0034014A" w:rsidRPr="0034014A">
               <w:rPr>
@@ -8058,56 +8233,56 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0944BBA9" w14:textId="77777777" w:rsidR="00991645" w:rsidRPr="001F7024" w:rsidRDefault="00991645" w:rsidP="00991645">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0485DF6E" w14:textId="253376C6" w:rsidR="0017202E" w:rsidRPr="00F771A3" w:rsidRDefault="0017202E" w:rsidP="00F771A3">
+          <w:p w14:paraId="0485DF6E" w14:textId="253376C6" w:rsidR="0017202E" w:rsidRPr="00F771A3" w:rsidRDefault="0017202E" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0017202E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Komersanti, kas ir piedalījušies pasākuma 4.2.4.1. “Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai” pirmās kārtas ietvaros,</w:t>
             </w:r>
             <w:r w:rsidRPr="0017202E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
@@ -8204,71 +8379,51 @@
             <w:r w:rsidR="00202AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>saņem</w:t>
             </w:r>
             <w:r w:rsidR="00021CC5" w:rsidRPr="0050024F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbalstu</w:t>
             </w:r>
             <w:r w:rsidR="00021CC5" w:rsidRPr="00021CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> no Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.2. prioritārā virziena "Izglītība, prasmes un mūžizglītība", specifiskā atbalsta mērķa 4.2.4. "Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti", pasākuma 4.2.4.1. "Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai" </w:t>
+              <w:t xml:space="preserve"> no Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.2. prioritārā virziena "Izglītība, prasmes un mūžizglītība", specifiskā atbalsta mērķa 4.2.4. "Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un pārkvalifikācijas iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti", pasākuma 4.2.4.1. "Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai" </w:t>
             </w:r>
             <w:r w:rsidR="00021CC5" w:rsidRPr="00021CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>pirmās kārtas ietvaros</w:t>
             </w:r>
             <w:r w:rsidR="00021CC5" w:rsidRPr="00021CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">, tad, </w:t>
             </w:r>
             <w:r w:rsidR="00021CC5" w:rsidRPr="0050278B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="23"/>
@@ -8311,56 +8466,56 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kuras jau tika apgūtas pirmās kārtas ietvaros.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="435F20F5" w14:textId="77777777" w:rsidR="001F7024" w:rsidRPr="001F7024" w:rsidRDefault="001F7024" w:rsidP="001F7024">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="562DDA7F" w14:textId="48536BE6" w:rsidR="00D96FC7" w:rsidRPr="008D38DE" w:rsidRDefault="00D96FC7" w:rsidP="008D38DE">
+          <w:p w14:paraId="562DDA7F" w14:textId="48536BE6" w:rsidR="00D96FC7" w:rsidRPr="008D38DE" w:rsidRDefault="00D96FC7" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="45"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272" w:hanging="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Atbilstoši MK noteikumiem (2.10.apakšpunkts) kā </w:t>
             </w:r>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
@@ -8378,51 +8533,61 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> plānota </w:t>
             </w:r>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>privātpersona</w:t>
             </w:r>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>, kas, ievērojot prasmju fondu partnerības stratēģiskos lēmumus, veic prasmju fonda </w:t>
+              <w:t xml:space="preserve">, kas, ievērojot </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00493362">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>prasmju fondu partnerības stratēģiskos lēmumus, veic prasmju fonda </w:t>
             </w:r>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>aprobāciju saimnieciskās darbības veidā par atlīdzību</w:t>
             </w:r>
             <w:r w:rsidRPr="00493362">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, ko izmanto savas darbības nodrošināšanai.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38240F55" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="006F1B28">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -8485,155 +8650,155 @@
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>vai šādu personu apvienība</w:t>
             </w:r>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kuras juridiskas personas statusu iegūst brīdī, kad tiek reģistrētas publiskā reģistrā. Privāto tiesību juridiskās personas var būt dažādu veidu, tostarp:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A6CF782" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="00D96FC7">
+          <w:p w14:paraId="5A6CF782" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>kapitālsabiedrības</w:t>
             </w:r>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> – akciju sabiedrības, sabiedrības ar ierobežotu atbildību, valsts kapitālsabiedrības un pašvaldību kapitālsabiedrības;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="216028F2" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="00D96FC7">
+          <w:p w14:paraId="216028F2" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>kooperatīvās sabiedrības</w:t>
             </w:r>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="010F82EA" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="00FE079B">
+          <w:p w14:paraId="010F82EA" w14:textId="77777777" w:rsidR="00D96FC7" w:rsidRPr="00D96FC7" w:rsidRDefault="00D96FC7" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="37"/>
+                <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="988"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="847" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D96FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos" w:cs="Segoe UI"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
@@ -8738,174 +8903,176 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28E51BEC" w14:textId="11AE01EE" w:rsidR="00D10BA0" w:rsidRPr="00C119CC" w:rsidRDefault="006F1B28" w:rsidP="006F1B28">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="272"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="272"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C93723">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">(Pievienots </w:t>
             </w:r>
             <w:r w:rsidR="00876B0C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93723">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.10.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00021D97" w:rsidRPr="00357F86" w14:paraId="2683554D" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00021D97" w:rsidRPr="00357F86" w14:paraId="2683554D" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F797C91" w14:textId="158F1EF7" w:rsidR="00021D97" w:rsidRDefault="00021D97" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55843812" w14:textId="57D573EE" w:rsidR="00021D97" w:rsidRPr="00021D97" w:rsidRDefault="00021D97" w:rsidP="00E56BF7">
+          <w:p w14:paraId="55843812" w14:textId="57D573EE" w:rsidR="00021D97" w:rsidRPr="0020130C" w:rsidRDefault="00021D97" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E56BF7">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Jautājums uzdots rakstiski:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02ACA577" w14:textId="47C7C2AD" w:rsidR="00021D97" w:rsidRPr="00BC7FA1" w:rsidRDefault="00021D97" w:rsidP="00E56BF7">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC7FA1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Līdz ar to vēlētos precizēt, kā tiek vērtēts jautājums par nozaru pārklāšanos — vai, piemēram, nozare, kurai jau apstiprināts projekts pirmajā kārtā, tiek uzskatīta par “nosegtu”, un attiecīgi šajā nozarē jauni projektu pieteikumi vairs netiek izskatīti? Materiālos redzēju norādi “1 pilots = 1 nozare = 1 projekts”, tāpēc vēlos pārliecināties, kā tas tiek piemērots praksē.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CB83188" w14:textId="6164F4CF" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="004D5A60" w:rsidP="00C93723">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5A60">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -8989,199 +9156,159 @@
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ietvaros jēdziens </w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>"nozare"</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> tiek interpretēts plaši. Par nozari var tikt uzskatīta:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EFAD070" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="00251521">
+          <w:p w14:paraId="2EFAD070" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>saimnieciskās darbības statistiskajā klasifikācijā Eiropas Kopienā (saskaņā ar </w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>NACE 2.1. redakciju</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">) definēta nozare vai </w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="671B1740" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="00251521">
+              <w:t>) definēta nozare vai apakšnozare;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671B1740" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">nozares kvalifikāciju struktūrā definēta nozare vai </w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="1557E5CB" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="00251521">
+              <w:t>nozares kvalifikāciju struktūrā definēta nozare vai apakšnozare;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1557E5CB" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ekonomikas joma</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, kas apvieno vairākas savstarpēji nesaistītas komersantu grupas ar vienādu uzņēmējdarbības jomu, produktu, pakalpojumu vai darbības virzienu;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="681753AB" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="00251521">
+          <w:p w14:paraId="681753AB" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="007531F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="44"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>darba devējus pārstāvoša organizācija</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
@@ -9254,51 +9381,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> plānots izstrādāt un pārbaudīt </w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>prasmju fondu modeli vismaz trīs nozarēs</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">, kuras atbilst Latvijas situācijai un konkrētā ekonomikas sektora vajadzībām. </w:t>
+              <w:t xml:space="preserve">, kuras </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251521">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">atbilst Latvijas situācijai un konkrētā ekonomikas sektora vajadzībām. </w:t>
             </w:r>
             <w:r w:rsidR="00ED3006" w:rsidRPr="00ED3006">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Pasākuma otrās kārtas mērķis ir vērsts uz ilgtspējīga risinājuma – Prasmju fonda – izstrādi un tā pilotprojekta īstenošanu</w:t>
             </w:r>
             <w:r w:rsidRPr="00251521">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77FFBE0A" w14:textId="77777777" w:rsidR="00251521" w:rsidRPr="00251521" w:rsidRDefault="00251521" w:rsidP="00251521">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -9342,71 +9479,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidRPr="004F3080">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">a komersants jau ir saņēmis atbalstu no Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.2. prioritārā virziena "Izglītība, prasmes un mūžizglītība", specifiskā atbalsta mērķa 4.2.4. "Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti", pasākuma 4.2.4.1. "Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai" </w:t>
+              <w:t>a komersants jau ir saņēmis atbalstu no Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 4.2. prioritārā virziena "Izglītība, prasmes un mūžizglītība", specifiskā atbalsta mērķa 4.2.4. "Veicināt mūžizglītību, jo īpaši piedāvājot elastīgas prasmju pilnveides un pārkvalifikācijas iespējas visiem, ņemot vērā uzņēmējdarbības un digitālās prasmes, labāk prognozējot pārmaiņas un vajadzību pēc jaunām prasmēm, pamatojoties uz darba tirgus vajadzībām, atvieglojot karjeras maiņu un sekmējot profesionālo mobilitāti", pasākuma 4.2.4.1. "Atbalsts nozaru vajadzībās balstītai pieaugušo izglītībai" </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3080">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>pirmās kārtas ietvaros</w:t>
             </w:r>
             <w:r w:rsidRPr="004F3080">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, tad, piesakoties otrajai kārtai, </w:t>
             </w:r>
             <w:r w:rsidRPr="004F3080">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -9463,738 +9580,612 @@
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">(Pievienots </w:t>
             </w:r>
             <w:r w:rsidR="00243E84">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C93723">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>10.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B261C" w:rsidRPr="00357F86" w14:paraId="14DD46B7" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="008B261C" w:rsidRPr="00357F86" w14:paraId="14DD46B7" w14:textId="77777777" w:rsidTr="00525CA0">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="415DDC3E" w14:textId="5A893838" w:rsidR="008B261C" w:rsidRDefault="00BB7142" w:rsidP="00CA5F55">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FB02738" w14:textId="5B3AE767" w:rsidR="008B261C" w:rsidRPr="008B261C" w:rsidRDefault="008B261C" w:rsidP="001E7FC7">
-[...79 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="5492D2EA" w14:textId="6F14C536" w:rsidR="00EC4A23" w:rsidRPr="0020130C" w:rsidRDefault="00EC4A23" w:rsidP="00EC4A23">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B261C">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB02738" w14:textId="0F1F4724" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="001E7FC7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Saņemot no Jums paplašināto atbildi jautājumā par L arodbiedrības iesaisti nodevām informāciju juristiem, un konsultējāmies ar viņiem, lai noskaidrotu juristu viedokli par to, vai minētā arodbiedrība atbilstoši Jūsu skaidrojumā iekļautajai informācijai būtu piesaistāma kā partneris projektā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DD722D" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5171F23A" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Juristu viedoklis ir sekojošs:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452F99DA" w14:textId="370B180F" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>Arodbiedrību likums jebkurai personai dod tiesības dibināt vai iestāties arodbiedrībā (Arodbiedrību likuma</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:anchor="p4" w:history="1">
-              <w:r w:rsidRPr="008B261C">
+              <w:r w:rsidRPr="0020130C">
                 <w:rPr>
                   <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                   <w:i/>
                   <w:iCs/>
                   <w:kern w:val="0"/>
-                  <w:sz w:val="24"/>
-                  <w:szCs w:val="24"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
                   <w:lang w:eastAsia="lv-LV"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 4.pant</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="008B261C">
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s), un arī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">arodbiedrībām tiesības darboties organizācijas, vietējā vai nacionālā līmenī pēc izvēles (6.pants) un neatkarīgi no darbības plašuma, visas arodbiedrības ir līdztiesīgas. Jebkura Latvijā darbojoša arodbiedrība, tajā skaitā L Darbinieku arodbiedrība, darbojas un atbilst Arodbiedrību likuma 12. un 15. panta noteikumiem, un L </w:t>
+            </w:r>
+            <w:r w:rsidR="002B1697" w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>arod</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC441C" w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>biedrībai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nav šķēršļu šādu apstiprinājumu iesniegt. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E2E0B59" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5776364A" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Šaubas sagādā MK noteikumos iestrādātie nosacījumi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (MK noteikumu 15.2.punkts), kas noteic, ka arodbiedrībai, kas sadarbojas ar finansējuma saņēmēju, ir jāatbilst šādām prasībām: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D0D905E" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C685E09" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-15.2. ar Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nozaru un starpnozaru līmenī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>un kas darbojas saskaņā ar Arodbiedrību likumu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AEC4ABA" w14:textId="318F8548" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Lūdzam papildus iepriekš saņemtajam skaidrot:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai L  Darbinieku arodbiedrība, kuras statūtos norādīts, ka tā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>darbojas kā L uzņēmumu darbinieku pārstāvis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, atbilstoši CFLA viedoklim var būt sadarbības partneris projektā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FB71AD" w14:textId="77777777" w:rsidR="008B261C" w:rsidRPr="0020130C" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48D71B74" w14:textId="1B03E3B7" w:rsidR="008B261C" w:rsidRPr="00CA5F55" w:rsidRDefault="008B261C" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">s), un arī arodbiedrībām tiesības darboties organizācijas, vietējā vai nacionālā līmenī pēc izvēles (6.pants) un neatkarīgi no darbības plašuma, visas arodbiedrības ir līdztiesīgas. Jebkura Latvijā </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008B261C">
+            </w:pPr>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ņemot vērā MK noteikumu 15.2.punktā minēto nepieciešamību pārstāvēt darba ņēmēju intereses </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>nozares un starpnozaru līmenī</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020130C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iepriekš saņemtais skaidrojums nemazina riskus L arodbiedrības atbilstībai, bet saglabā tos augstā līmenī.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B261C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>darbojoša</w:t>
-[...268 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...196 lines deleted...]
-              <w:t xml:space="preserve"> iepriekš saņemtais skaidrojums nemazina riskus L arodbiedrības atbilstībai, bet saglabā tos augstā līmenī. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FCFF142" w14:textId="49B47C41" w:rsidR="008B261C" w:rsidRPr="004D5A60" w:rsidRDefault="0EFD3AD8" w:rsidP="001E7FC7">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08045835">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Pamatojoties uz Arodbiedrību likuma normām un </w:t>
             </w:r>
             <w:r w:rsidR="00342DF7">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">MK </w:t>
             </w:r>
             <w:r w:rsidRPr="08045835">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>noteikumu 15.2. punkta prasībām, sniedzam šādu skaidrojumu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="501B8CC2" w14:textId="5C0D8083" w:rsidR="008B261C" w:rsidRPr="004D5A60" w:rsidRDefault="0EFD3AD8" w:rsidP="001E7FC7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
@@ -10202,51 +10193,60 @@
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08045835">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Arodbiedrību likuma 4. pants paredz, ka jebkurai personai ir tiesības dibināt vai iestāties arodbiedrībā, savukārt 6. pants nosaka, ka arodbiedrības var darboties organizācijas, vietējā vai nacionālā līmenī, un neatkarīgi no darbības apjoma visas arodbiedrības ir līdztiesīgas. </w:t>
             </w:r>
             <w:r w:rsidR="00A93B34" w:rsidRPr="00A93B34">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Arodbiedrībā kopīgiem mērķiem var apvienoties gan viena uzņēmuma pārstāvji, gan konkrētas nozares darba ņēmēji. Ir jautājumi, ko risina uzņēmumu arodbiedrību līmenī un jautājumi, ko risina nozares arodbiedrību līmenī. </w:t>
             </w:r>
             <w:r w:rsidRPr="08045835">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>L Darbinieku arodbiedrība ir reģistrēta biedrība, kas darbojas saskaņā ar Arodbiedrību likuma 12. un 15. panta prasībām, pārstāvot L uzņēmumu darbinieku intereses.</w:t>
+              <w:t xml:space="preserve">L Darbinieku arodbiedrība ir reģistrēta biedrība, kas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="08045835">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>darbojas saskaņā ar Arodbiedrību likuma 12. un 15. panta prasībām, pārstāvot L uzņēmumu darbinieku intereses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2BEC85" w14:textId="64381E93" w:rsidR="008B261C" w:rsidRPr="004D5A60" w:rsidRDefault="0EFD3AD8" w:rsidP="00342DF7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="08045835">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienlaikus jāņem vērā, ka </w:t>
             </w:r>
             <w:r w:rsidR="001778AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -10357,102 +10357,6588 @@
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Šādā situācijā rekomendējams izvērtēt iespēju sadarboties ar augstāka līmeņa arodbiedrību vai tās apvienību, kas darbojas nozaru vai starpnozaru līmenī un nepārprotami atbilst minētajam kritērijam.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F44FE50" w14:textId="405A6B8F" w:rsidR="008B261C" w:rsidRPr="005C06DD" w:rsidRDefault="005C06DD" w:rsidP="00CA5F55">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C06DD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>(Pievienots 29.10.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A56609" w:rsidRPr="00357F86" w14:paraId="18603D44" w14:textId="77777777" w:rsidTr="00525CA0">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="209A0FB9" w14:textId="1CA34877" w:rsidR="00A56609" w:rsidRPr="000A6A82" w:rsidRDefault="00A56609" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A6A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C2B0D07" w14:textId="1F7AA3A7" w:rsidR="00EC4A23" w:rsidRDefault="00EC4A23" w:rsidP="00EC4A23">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC4A23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="147B9CEE" w14:textId="1AACA462" w:rsidR="00AB311A" w:rsidRPr="00EC4A23" w:rsidRDefault="00AB311A" w:rsidP="00AB311A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC4A23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saistībā ar iepriekš saņemto ieteikumu vērsties pie augstāka līmeņa arodbiedrības/arodbiedrību apvienības - vai ir jāievēro kādi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC4A23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ierobežojumi tam, cik arodbiedrību plānotajā projektā iesaistītu kā partnerus? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65401A1F" w14:textId="77777777" w:rsidR="00AB311A" w:rsidRPr="00EC4A23" w:rsidRDefault="00AB311A" w:rsidP="00AB311A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5159FFE7" w14:textId="2DEF0DC1" w:rsidR="00A56609" w:rsidRPr="00335580" w:rsidRDefault="00AB311A" w:rsidP="00D759B2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC4A23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Respektīvi: vai būtu pieņemami, ja projektā kā sadarbības partneri tiktu piesaistīta gan L arodbriedrība, gan vēl arī arodbiedrību apvienība, kas darbojas nozaru vai starpnozaru līmenī?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A1BCB98" w14:textId="67837EA3" w:rsidR="00335580" w:rsidRPr="00335580" w:rsidRDefault="00335580" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Skaidrojam, ka projekts īstenojams sadarbībā ar LR Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu, kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nozaru un starpnozaru līmenī un kas darbojas saskaņā ar Arodbiedrību likumu (MK noteikumu 15.</w:t>
+            </w:r>
+            <w:r w:rsidR="00181EB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>punkts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775E7329" w14:textId="77777777" w:rsidR="00335580" w:rsidRPr="00335580" w:rsidRDefault="00335580" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Atbilstoši MK noteikumu 16. punktā noteiktajam, projektā kā sadarbības partnerus, ja nepieciešams, var iesaistīt arī citas Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrētas biedrības vai nodibinājumus, kas apvieno vienas nozares Latvijas Republikā reģistrētus komersantus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D7CEA2B" w14:textId="092EC1B9" w:rsidR="00335580" w:rsidRDefault="00335580" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vienlaikus MK noteikumi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00996A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>neparedz iespēju</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projektā kā sadarbības partnerus piesaistīt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00996A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>vēl citas biedrības vai nodibinājumus, kas pārstāv un īsteno darba ņēmēju tiesības, attiecīgi uzņēmuma arodbiedrību nevar iesaistīt kā sadarbības partneri.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BB16A4" w14:textId="0DA4482F" w:rsidR="00335580" w:rsidRPr="08045835" w:rsidRDefault="00335580" w:rsidP="00571EAC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Pievienots </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335580">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D298D" w:rsidRPr="00357F86" w14:paraId="084A8064" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56671F9D" w14:textId="340EAAA5" w:rsidR="006D298D" w:rsidRPr="000A6A82" w:rsidRDefault="006D298D" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D734995" w14:textId="77777777" w:rsidR="006D298D" w:rsidRPr="00E41C05" w:rsidRDefault="006D298D" w:rsidP="00E41C05">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CEFE570" w14:textId="7DBBFC53" w:rsidR="00E41C05" w:rsidRPr="00E41C05" w:rsidRDefault="008A13F4" w:rsidP="00E41C05">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A13F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>jau ir iesniegusi CFLA visus nepieciešamos dokumentus un ir kvalificējusies dalībai šā projekta  1.kārtai</w:t>
+            </w:r>
+            <w:r w:rsidR="005F2382">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41C05" w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja mēs vēlamies piedalīties 2.kārtā - kādi dokumenti mums ir </w:t>
+            </w:r>
+            <w:r w:rsidR="006040AF" w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>jāiesniedz</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41C05" w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E41C05" w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ņemot vērā, ka gandrīz visa pieteikumam nepieciešamā informācija jums jau ir iesniegta, atrodas jūsu rīcībā un ir jau verificēta?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D34BED9" w14:textId="4FB93659" w:rsidR="006D298D" w:rsidRPr="00E41C05" w:rsidRDefault="00E41C05" w:rsidP="00E41C05">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:eastAsia="Aptos" w:hAnsi="Verdana" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Vai ir paredzēts, ka arī 1.kārtas ietvaros tiks piemērota tāda pati atbalsta intensitāte, kāda tā ir paredzēta 2.kārtā, lai netiktu īstenoti savstarpēji nevienlīdzīgi atbalsta nosacījumi dažādām organizācijām, kuras piedalās viena projekta ietvaros?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3839A308" w14:textId="2E5250E4" w:rsidR="00AB68E7" w:rsidRDefault="002C7CFD" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C7CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Lai arī abas kārtas ietilpst zem viena pasākuma numura, tās savstarpēji nav saistītas, un to projektu īstenošanu regulē atšķirīgi Ministru kabineta noteikumi. Tāpēc projektu īstenošana pirmās un otrās kārtas ietvaros nav savstarpēji saistīta konkrētu nozaru griezumā, un tā atšķiras gan pēc pieejas, gan pēc mērķiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15630434" w14:textId="21F4225F" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00962AC6" w:rsidP="00AB68E7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB68E7" w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>tbilstoši MK noteiktumu 14.punktā noteiktajam, projekta iesniedzējs ir Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrēta biedrība vai nodibinājums, kas apvieno Latvijas Republikā reģistrētus nozares komersantus, kuru kopējais Latvijā reģistrēto dalībnieku un to biedru (sīko (mikro), mazo un vidējo, lielo komersantu) apgrozījums pēdējā noslēgtajā pārskata gadā pārsniedz 300 miljonus </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB68E7" w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>euro</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB68E7" w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12A4FF55" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="00AB68E7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Vienlaikus jāatzīmē, ka projekts ir jāīsteno sadarbībā ar šādiem sadarbības partneriem (MK noteikumu 15. un 16.punkts):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE41B72" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>nozares ministriju vai Ekonomikas ministriju</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FFDCDC3" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ar Latvijas Republikas Uzņēmumu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>reģistra biedrību un nodibinājumu reģistrā reģistrētu biedrību vai nodibinājumu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kas pārstāv un īsteno </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un kas darbojas saskaņā ar </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00133D67">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Arodbiedrību likumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76CB9A83" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kā sadarbības partnerus, ja nepieciešams, var iesaistīt arī citas Latvijas Republikas Uzņēmumu reģistra </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>biedrību un nodibinājumu reģistrā reģistrētas biedrības vai nodibinājumus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kas apvieno vienas nozares Latvijas Republikā reģistrētus komersantus.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="307086C7" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="00AB68E7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lai nodrošinātu, ka pieteikumus prasmju fonda pilotprojektu īstenošanai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>iesniedz augstas gatavības projektu potenciālie īstenotāji</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, MK noteikumi paredz, ka projekta iesniedzējs sagatavo projekta iesniegumu atbilstoši atlases </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00133D67">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>nolikumā noteiktajam prasībām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un pievieno MK noteikumu 21.punktā noteikto iesniedzamo dokumentāciju, kas tostarp paredz, ka </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>finansējuma saņēmējam projekta iesniegumam jāpievieno</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67EF5E07" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ar prasmju fonda koncepta izstrādē un īstenošanā iesaistīto nozares ministriju vai Ekonomikas ministriju, MK noteikumu </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:anchor="p16" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00AB68E7">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>16.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> punktā minētā sadarbības partnera (ja attiecināms), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>noslēgtu līdzdarbības līgumu(-s) par pārvaldes uzdevuma īstenošanu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kas saistīts ar sociālajā dialogā balstītu sistēmas nozares cilvēkresursu konkurētspējas attīstību ātrai un efektīvai darbaspēka pielāgošanai tautsaimniecības vajadzībām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F7154C" w14:textId="77777777" w:rsidR="00AB68E7" w:rsidRPr="00AB68E7" w:rsidRDefault="00AB68E7" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>apliecinājumu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ka Latvijas Republikas Uzņēmumu reģistra biedrību un nodibinājumu reģistrā reģistrēta biedrība vai nodibinājums, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kas pārstāv un īsteno darba ņēmēju darba, ekonomiskās, sociālās un profesionālās tiesības un intereses nozaru un starpnozaru līmenī un kas darbojas saskaņā ar </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001E7959">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Arodbiedrību likumu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t> un sadarbosies projekta īstenošanā atbilstoši </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001E7959">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Arodbiedrību likuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:anchor="p12" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001E7959">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>12. </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>un </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:anchor="p15" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001E7959">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>15. panta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E7959">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t> nosacījumiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB68E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170CFA3A" w14:textId="7FE31DDE" w:rsidR="00E805EE" w:rsidRDefault="00C928CB" w:rsidP="007A0369">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši MK </w:t>
+            </w:r>
+            <w:r w:rsidR="00327A24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noteikumu 10.punktā </w:t>
+            </w:r>
+            <w:r w:rsidR="000E10CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noteiktajam, </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asākuma </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kārtas ietvaros maksimālā publiskā finansējuma intensitāte no projekta kopējā attiecināmā finansējuma ir</w:t>
+            </w:r>
+            <w:r w:rsidR="00D62E72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 95 </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ko veido Eiropas Sociālā fonda Plus finansējums 85 </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmērā un valsts budžeta finansējums15 </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmērā. Minimālā privātā līdzfinansējuma intensitāte ir 5 </w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="00055C62" w:rsidRPr="00055C62">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B8A6B7C" w14:textId="1C4C39C6" w:rsidR="005778B0" w:rsidRPr="00335580" w:rsidRDefault="00824F2C" w:rsidP="00824F2C">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00824F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(Pievienots 27.11.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006053DE" w:rsidRPr="00357F86" w14:paraId="6BA340B7" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AA78A99" w14:textId="4DF3962F" w:rsidR="006053DE" w:rsidRDefault="006053DE" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00527250">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="182A808A" w14:textId="77777777" w:rsidR="006053DE" w:rsidRDefault="004E75C0" w:rsidP="005D718D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E75C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF5B130" w14:textId="5F5917EF" w:rsidR="00146E06" w:rsidRPr="006040AF" w:rsidRDefault="00146E06" w:rsidP="00146E06">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Attiecībā uz </w:t>
+            </w:r>
+            <w:r w:rsidR="008920DB" w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ministriju mums vajag tikai līdzdarbības līgumu noslēgt nekādi apliecinājumi attiecībā uz projektu viņiem nav jāparaksta?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="729B5008" w14:textId="24E5D8D6" w:rsidR="00146E06" w:rsidRPr="006040AF" w:rsidRDefault="00146E06" w:rsidP="00146E06">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Attiecībā uz </w:t>
+            </w:r>
+            <w:r w:rsidR="008920DB" w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>arodbiedrību ir apliecinājums jāparaksta, un arī līdzdarbības līgums. Abi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687CE6A6" w14:textId="223AF851" w:rsidR="004E75C0" w:rsidRPr="005D718D" w:rsidRDefault="00146E06" w:rsidP="00146E06">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Vai ir līdzdarbības līguma projekta rāmis? Vai mēs to gatavojam paši pēc saviem ieskatiem gan ar </w:t>
+            </w:r>
+            <w:r w:rsidR="007400A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> arodbiedrību, gan ar </w:t>
+            </w:r>
+            <w:r w:rsidR="006040AF" w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006040AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ministriju?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FA80331" w14:textId="302BD5C2" w:rsidR="00D57558" w:rsidRPr="004301EE" w:rsidRDefault="000F6AB1" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2" w:rsidRPr="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saskaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>MK</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2" w:rsidRPr="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 15.1. apakšpunktu</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2" w:rsidRPr="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ministrija projekta īstenošanā darbojas kā sadarbības partneris, tādēļ </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2" w:rsidRPr="004301EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>papildus apliecinājumi par dalību projektā nav nepieciešami.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7CD2" w:rsidRPr="00FD7CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MK noteikumi neparedz šādu apliecinājumu iesniegšanu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="561A5E0F" w14:textId="7ABD64AC" w:rsidR="00080FA2" w:rsidRDefault="000F6AB1" w:rsidP="00335580">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57558" w:rsidRPr="00D57558">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arodbiedrībai ir </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57558" w:rsidRPr="00B83CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iesniedzams tikai </w:t>
+            </w:r>
+            <w:r w:rsidR="003D60A8" w:rsidRPr="00B83CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>MK</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57558" w:rsidRPr="00B83CF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 21.3. apakšpunktā paredzētais apliecinājums</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57558" w:rsidRPr="00D57558">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par darbību saskaņā ar Arodbiedrību likumu un sadarbību projekta īstenošanā</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A2C59" w:rsidRPr="009A2C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(atbilstoši atlases nolikuma pielikumā norādītajai dokumenta veidnei – pielikums Nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C53E23">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="009A2C59" w:rsidRPr="009A2C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00080FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="174165D6" w14:textId="77777777" w:rsidR="00653DE3" w:rsidRDefault="000F6AB1" w:rsidP="00653DE3">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="00697AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saskaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB15DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>MK</w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="00697AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 21.2 apakšpunktu</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB15DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="00697AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> līdzdarbības līgumu(-us) par pārvaldes uzdevuma īstenošanu slēdz starp</w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A530382" w14:textId="30682D36" w:rsidR="00AB15DF" w:rsidRDefault="00653DE3" w:rsidP="007E3E6F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="230" w:hanging="230"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="00697AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="000F6AB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>projekta iesniedzēju</w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB15DF" w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">un </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prasmju fonda koncepta izstrādē un īstenošanā iesaistīto </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nozares ministriju vai Ekonomikas </w:t>
+            </w:r>
+            <w:r w:rsidR="00697AD0" w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ministriju</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004668D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 15.1. apakšpunktā minēto sadarbības partneri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568B4A6B" w14:textId="04EC0CA5" w:rsidR="00653DE3" w:rsidRPr="007E3E6F" w:rsidRDefault="00653DE3" w:rsidP="007E3E6F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="230" w:hanging="230"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK noteikumu 16. punktā minēto sadarbības partneri (ja attiecināms) – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>biedrību vai nodibinājumu, kas pārstāv un īsteno darba devēju intereses</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004668D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prasmju fonda koncepta izstrādē un īstenošanā iesaistīto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004668D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>nozares ministriju vai Ekonomikas ministriju</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBD3894" w14:textId="388CBD9D" w:rsidR="004301EE" w:rsidRDefault="00697AD0" w:rsidP="00AB15DF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F6AB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Katrā līgumā skaidri jānorāda, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E3E6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kuri no ministrijas vai Ekonomikas ministrijas uzdevumiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6AB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tiek nodoti projekta iesniedzējam un kuri – tā sadarbības partnerim.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46AED109" w14:textId="05E46A5A" w:rsidR="005B1836" w:rsidRDefault="00C47351" w:rsidP="004A3088">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47351">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja projektā ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6AB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>iesaistīti visi trīs dalībnieki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C47351">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – projekta iesniedzējs, šo noteikumu 15.1. apakšpunktā minētais sadarbības partneris (ministrija)</w:t>
+            </w:r>
+            <w:r w:rsidR="004810F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>un šo</w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE3" w:rsidRPr="00C47351">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> noteikumu 16. punktā minētais sadarbības partneris (biedrība vai nodibinājums)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C47351">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –, līdzdarbības līgums var tikt noslēgts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F6AB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kā viens trīspusējs līgums</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C47351">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kurā juridiski skaidri noteikts uzdevumu un atbildības sadalījums starp visiem dalībniekiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C6A462" w14:textId="77777777" w:rsidR="004A3088" w:rsidRDefault="005B1836" w:rsidP="00B83CF4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="004A3088" w:rsidRPr="004A3088">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">espējams noslēgt arī vairākus divpusējus līgumus </w:t>
+            </w:r>
+            <w:r w:rsidR="00854F49" w:rsidRPr="00854F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(piem., iesniedzējs ↔ ministrija</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ministrija</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F49" w:rsidRPr="00854F49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ↔ sadarbības partneris)</w:t>
+            </w:r>
+            <w:r w:rsidR="004A3088">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4250F95B" w14:textId="7C6F2D3A" w:rsidR="00FF2BA0" w:rsidRDefault="00FF2BA0" w:rsidP="00B83CF4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF2BA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Attiecībā uz līdzdarbības līguma saturu ir svarīgi ievērot principu, ka līdzdarbības līguma ietvaros nododamais pārvaldes uzdevums tieši izriet no attiecīgās valsts pārvaldes iestādes (ministrijas) darbību reglamentējošajos normatīvajos aktos noteiktajām funkcijām un veicamajiem uzdevumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA94AB2" w14:textId="267B7DEC" w:rsidR="00C73832" w:rsidRPr="00335580" w:rsidRDefault="00C73832" w:rsidP="00B83CF4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C73832">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(Pievienots 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00824F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73832">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.11.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD5D6D" w:rsidRPr="00357F86" w14:paraId="3DB22303" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="064C63F6" w14:textId="06593F63" w:rsidR="00AD5D6D" w:rsidRDefault="00AD5D6D" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE3D5AB" w14:textId="77777777" w:rsidR="003559E5" w:rsidRPr="003559E5" w:rsidRDefault="003559E5" w:rsidP="003559E5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003559E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0588EE5F" w14:textId="77777777" w:rsidR="003559E5" w:rsidRPr="003559E5" w:rsidRDefault="003559E5" w:rsidP="003559E5">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003559E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Vēlējos precizēt jautājumu par kvalifikācijas prasībām.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712D5FB1" w14:textId="77777777" w:rsidR="003559E5" w:rsidRPr="003559E5" w:rsidRDefault="003559E5" w:rsidP="001B6A00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003559E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Vai sertifikāts par specifiska kursa iziešanu, piemēram, MI rīku praktisku un padziļinātu apmācību 20 akadēmisko stundu apjomā, var tikt uzskatīts par kvalifikācijas apliecinošu dokumentu?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003559E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA382AC" w14:textId="77777777" w:rsidR="00AD5D6D" w:rsidRPr="004E75C0" w:rsidRDefault="00AD5D6D" w:rsidP="005D718D">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43B516BB" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="000467CD">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Saskaņā ar rādītāja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>“Dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> definīciju, kā arī Eiropas Komisijas un Latvijas kvalifikāciju ietvarstruktūras skaidrojumiem, par kvalifikāciju tiek uzskatīts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">formāls </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>vērtēšanas un apstiprināšanas procesa rezultāts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, ko piešķir kompetenta iestāde, apliecinot, ka indivīds ir sasniedzis noteiktiem standartiem atbilstošus mācīšanās rezultātus. Ņemot vērā minēto, rādītājs aptver:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1535E2B9" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>visas izglītības pakāpes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (pamatizglītību, vidējo izglītību un augstāko izglītību);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F477E11" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>visus izglītības veidus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (vispārējo, profesionālo un akadēmisko izglītību);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BC281F" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ārpus formālās izglītības sistēmas iegūtu profesionālo kvalifikāciju</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, ko apliecina profesionālās kvalifikācijas apliecība.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415BEDDA" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="000467CD">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Programmas ietvaros rādītājs attiecināms arī uz:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EC08DB2" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>profesionālās tālākizglītības programmām,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C08ED23" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>profesionālās pilnveides izglītības programmām,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D7E1AC7" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>profesionālās izglītības programmas daļām, moduļiem vai moduļu kopām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kas ir atvasināti no akreditētu izglītības iestāžu licencētām programmām un tiek īstenoti atbilstoši tiem pašiem kvalitātes nosacījumiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D60D93" w14:textId="77777777" w:rsidR="000467CD" w:rsidRPr="001B6A00" w:rsidRDefault="000467CD" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>studiju programmas moduļiem vai kursiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kas ir atvasināti no akreditēta studiju virziena licencētām studiju programmām un atbilst tiem pašiem kvalitātes un vērtēšanas nosacījumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4431F4AD" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="00BA605C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tādējādi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Gothic Light" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>sertifikāts par specifiska kursa iziešanu, piemēram, MI rīku praktisku un padziļinātu apmācību 20 akadēmisko stundu apjomā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>var tikt uzskatīts par kvalifikācijas apliecinošu dokumentu,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B847B78" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kursu īsteno </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>akreditēta izglītības iestāde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="348196A4" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kurss ir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>daļa no</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>licencētas programmas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A7CE891" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>izsniedz iestāde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kurai normatīvajos aktos ir tiesības izsniegt izglītību apliecinošu dokumentu, tādejādi oficiāli apstiprinot mācīšanās rezultātus; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F2FE75" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iegūtās prasmes vai kompetences (kvalifikāciju) var identificēt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Latvijas kvalifikāciju ietvarstruktūrā </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(pieejams</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="001B6A00">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>https://nki-latvija.lv/par-lki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0918AB0B" w14:textId="77777777" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00BA605C" w:rsidP="00BA605C">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="001B6A00">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>https://likumi.lv/ta/id/291524-noteikumi-par-latvijas-izglitibas-klasifikaciju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180EE841" w14:textId="77777777" w:rsidR="001370B0" w:rsidRPr="001B6A00" w:rsidRDefault="001370B0" w:rsidP="001B6A00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Arī ārvalstīs apgūtas mācības vai kursi var tikt ieskaitīti rādītājā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “Dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju”, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ja tie atbilst augstāk minētajiem nosacījumiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Papildus minētajiem kritērijiem ārvalstīs apgūta kursa ieskaitīšanai rādītājā ir nepieciešams </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apliecinājums, ka attiecīgā programma vai kursa rezultātā iegūtās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>prasmes vai kompetences (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kvalifikācija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir pielīdzināmas Latvijas kvalifikāciju ietvarstruktūrai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF0B233" w14:textId="77777777" w:rsidR="001370B0" w:rsidRPr="001B6A00" w:rsidRDefault="001370B0" w:rsidP="001B6A00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Šāds apliecinājums var būt:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F104ED" w14:textId="77777777" w:rsidR="001370B0" w:rsidRPr="001B6A00" w:rsidRDefault="001370B0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>attiecīgās izglītības iestādes apliecinājums par atbilstību Latvijas kvalifikāciju ietvarstruktūrai;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3356CCFE" w14:textId="77777777" w:rsidR="001370B0" w:rsidRPr="00CC7B72" w:rsidRDefault="001370B0" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kompetentas institūcijas izdots skaidrojums/pielīdzinājums (piemēram, Latvijas Akadēmiskās informācijas centra vai attiecīgās ārvalsts ENIC/NARIC centra</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="00CC7B72">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>https://www.enic-naric.net/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izziņa).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19837C8C" w14:textId="37A2EB58" w:rsidR="001370B0" w:rsidRPr="00CC7B72" w:rsidRDefault="001370B0" w:rsidP="001B6A00">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ja ārvalstīs apgūtās mācības atbilst </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>visiem iepriekš minētajiem kritērijiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dokumentu par to sekmīgu apguvi var uzskatīt par </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7B72">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">kvalifikāciju apliecinošu dokumentu un ieskaitīt attiecīgajā rādītājā. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD8E411" w14:textId="2D3610C7" w:rsidR="00BA605C" w:rsidRPr="001B6A00" w:rsidRDefault="00ED1CA9" w:rsidP="00CC7B72">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(Pievienots 28.11.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00352611" w:rsidRPr="00357F86" w14:paraId="20253BFB" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A5EDF80" w14:textId="1D636A06" w:rsidR="00352611" w:rsidRDefault="00352611" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA63A92" w14:textId="3A5058F5" w:rsidR="00BE0199" w:rsidRPr="00F77416" w:rsidRDefault="00F77416" w:rsidP="00F77416">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F77416">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E60F9C" w14:textId="1D5CD6B9" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Un radās vairāki jautājumi, kurus būtu labi saprast šobrīd.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F1BF91" w14:textId="39736758" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Tā kā prasmju fondā var tikt paredzēta darbinieku kvalifikācijas celšana, kas mums ir ārkārtīgi svarīga, tad viens no prasmju blokiem mums tiek virzīts uz apmācībām, kas saistītas ar jaunu </w:t>
+            </w:r>
+            <w:r w:rsidR="006761F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>specializētā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aprīkojuma ieviešanu, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D31785">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>specializēto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metožu ieviešanu. Jo </w:t>
+            </w:r>
+            <w:r w:rsidR="0030326E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>profesionālās pakalpojumu sniegšanas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> iestādes ik palaikam investē jaunās </w:t>
+            </w:r>
+            <w:r w:rsidR="0030326E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>nozares</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehnoloģij</w:t>
+            </w:r>
+            <w:r w:rsidR="00775D96">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s un tiek ieguldīti lieli līdzekļi arī apmācībās, lai </w:t>
+            </w:r>
+            <w:r w:rsidR="0030326E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>speciālisti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> var šo aprīkojumu pielietot.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794F0D17" w14:textId="6AE56529" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Bet ir apmācības, kuras tiek īstenotas nevis Latvijā, bet ārvalstīs. Piemēram</w:t>
+            </w:r>
+            <w:r w:rsidR="006D59AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apmācības ASV</w:t>
+            </w:r>
+            <w:r w:rsidR="006D59AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lai pēc tam to ieviestu Latvijā, vai piemēram, sākotnējās apmācības citā valstī, kur jau tas tiek izmantotas</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tehnoloģ</w:t>
+            </w:r>
+            <w:r w:rsidR="00153D56">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ijas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, un tikai tad intensīvas apmācības uz vietas Latvijā ar ārvalstu lektoriem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68B62F74" w14:textId="77777777" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2. Attiecībā uz pārkvalifikāciju. Ja ir vēlme pārkvalificēt speciālistu uz citu jomu un apmācības ir gana unikālas un veic viena mācību iestāde Latvijā, vai šāda veida apmācības mēs arī vara ietvert projektā vai nē?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304757F9" w14:textId="66DC3F94" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0168" w:rsidRPr="00DB0168">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Profesionālā personāla</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB0168">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vai </w:t>
+            </w:r>
+            <w:r w:rsidR="00F47C61" w:rsidRPr="00F47C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>atbalsta personāla</w:t>
+            </w:r>
+            <w:r w:rsidR="00F47C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>apmācības</w:t>
+            </w:r>
+            <w:r w:rsidR="00D03889">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mēs varam plānot tikai Latvijā, vai varam uz apmācībām ārvalstu </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51473">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>specia</w:t>
+            </w:r>
+            <w:r w:rsidR="002244FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>lizētā centrā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> organizēt arīdzan, lai būtu iespēja mācīties pie </w:t>
+            </w:r>
+            <w:r w:rsidR="006D0D16" w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>labākajiem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C06B556" w14:textId="74F57059" w:rsidR="00BE0199" w:rsidRPr="00BE0199" w:rsidRDefault="00BE0199" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4. Ir tematiskas specializētas apmācības</w:t>
+            </w:r>
+            <w:r w:rsidR="00180D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kas tiek rīkotas tematisku konferenču, forumu</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0D16">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(piemēram, </w:t>
+            </w:r>
+            <w:r w:rsidR="007E3C56" w:rsidRPr="007E3C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>noteiktu profesionālo specialitāšu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ietvaros ārvalstīs, vai šāda veida </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">dalības var tika attiecinātas </w:t>
+            </w:r>
+            <w:r w:rsidR="007A432B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">profesionālajam personālam </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0199">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>šī projekta ietvaros?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B10C2B" w14:textId="77777777" w:rsidR="00352611" w:rsidRPr="003559E5" w:rsidRDefault="00352611" w:rsidP="00BE0199">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="046407A7" w14:textId="6D7C667D" w:rsidR="00352611" w:rsidRDefault="0075725A" w:rsidP="00171D42">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22463">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši MK noteikumu </w:t>
+            </w:r>
+            <w:r w:rsidR="001E66C4" w:rsidRPr="001E66C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r w:rsidR="001E66C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">punktā noteiktajam, </w:t>
+            </w:r>
+            <w:r w:rsidR="009F5500">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="001E66C4" w:rsidRPr="001E66C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>asākuma otrās kārtas ietvaros mācības var notikt gan Latvijas Republikas teritorijā, gan ārvalstīs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D249C7" w14:textId="219F53B7" w:rsidR="00574779" w:rsidRPr="005D155C" w:rsidRDefault="00A94A5B" w:rsidP="00DA2B7B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="0081062E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attiecībā uz mācībām projektā </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>skaidrojam, ka</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> saskaņā ar MK </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>noteikum</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="414142"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>2.3. apakšpunktu mācības ir nozaru vajadzībās balstītas mācības formālās vai neformālās izglītības ietvaros, kā arī citas mācību aktivitātes klātienes, tiešsaistes vai hibrīdformā, kas nozarē nodarbinātajiem, tai skaitā pašnodarbinātiem, un nozares potenciālajam darbaspēkam nodrošina iespēju iegūt vai pilnveidot nepieciešamās prasmes vai kvalifikācij</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:color w:val="414142"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">u. Attiecīgi </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pārkvalifikācijas </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>mācības</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, tostarp</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arī unikālas mācības, ko Latvijā īsteno tikai viena mācību iestāde un kas nodrošina kvalifikāciju vai apliecinājumu, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ir atbalstāmas</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>var tikt iekļautas projektā</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>. Vienlaikus jāņem vērā, ka</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ja</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>projektā</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0EEB" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>apgūtas mācības v</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ēlas </w:t>
+            </w:r>
+            <w:r w:rsidR="00691F40" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ieskaitīt rādītājā “Dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju”, </w:t>
+            </w:r>
+            <w:r w:rsidR="008F4A8F" w:rsidRPr="005D155C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>pēc mācību apguves jāiegūst kvalifikācija. P</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4A8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="525252"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ar k</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>valifikācij</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4A8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tiek uzskatīts </w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="005D155C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>formāls vērtēšanas un apstiprināšanas procesa rezultāts</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="008F4A8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00574779" w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ko piešķir kompetenta iestāde, apliecinot, ka indivīds ir sasniedzis noteiktiem standartiem atbilstošus mācīšanās rezultātus</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (skatīt arī sniegto skaidrojumu pie 2.4. un 2.12. punkta).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A487818" w14:textId="269B7DAE" w:rsidR="00DA2B7B" w:rsidRPr="00DA2B7B" w:rsidRDefault="00A94A5B" w:rsidP="00DA2B7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ācības</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62957">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> profesionālajam </w:t>
+            </w:r>
+            <w:r w:rsidR="00B92FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>personālam</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un atbalsta personālam var organizēt gan Latvijā, gan ārvalstīs. Galvenais nosacījums</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B" w:rsidRPr="00BA0EEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projektā </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B" w:rsidRPr="00574779">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>apgūtas mācības vēlas ieskaitīt rādītājā “Dalībnieki, kuri pēc dalības pārtraukšanas ir ieguvuši kvalifikāciju”</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – iegūtās prasmes vai </w:t>
+            </w:r>
+            <w:r w:rsidR="00B62957">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kompetences</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kvalifikācija</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir dokumentāli apliecinātas un pielīdzināmas Latvijas kvalifikāciju </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7BB0" w:rsidRPr="00BF7BB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ietvarstruktūrai. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dokuments par ārvalstīs apgūtām mācībām </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B" w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>var tikt uzskatīts par kvalifikācijas apliecinošu dokumentu,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B7B" w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ja:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1933F91A" w14:textId="6829173E" w:rsidR="00DA2B7B" w:rsidRPr="00DA2B7B" w:rsidRDefault="00DA2B7B" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> īsteno </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>akreditēta izglītības iestāde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79E81FC0" w14:textId="474AEBDB" w:rsidR="00DA2B7B" w:rsidRPr="00DA2B7B" w:rsidRDefault="00DA2B7B" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>tā ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>licencēta programma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA2DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>daļa no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tās</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591709A0" w14:textId="77777777" w:rsidR="00DA2B7B" w:rsidRPr="00DA2B7B" w:rsidRDefault="00DA2B7B" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>izsniedz iestāde</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kurai normatīvajos aktos ir tiesības izsniegt izglītību apliecinošu dokumentu, tādejādi oficiāli apstiprinot mācīšanās rezultātus; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0C7178" w14:textId="0694A9D1" w:rsidR="00DA2B7B" w:rsidRPr="00D25CD7" w:rsidRDefault="00DA2B7B" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iegūtās prasmes vai kompetences (kvalifikāciju) var identificēt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Latvijas kvalifikāciju ietvarstruktūrā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(pieejams</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="001B6A00">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>https://nki-latvija.lv/par-lki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidR="007F5EC0" w:rsidRPr="009521F4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>https://likumi.lv/ta/id/291524-noteikumi-par-latvijas-izglitibas-klasifikaciju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D25CD7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B45113A" w14:textId="4EC8AD81" w:rsidR="00A94A5B" w:rsidRPr="00215AFC" w:rsidRDefault="00DA2B7B" w:rsidP="00BD01A2">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6A00">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papildus minētajiem kritērijiem ārvalstīs apgūta kursa ieskaitīšanai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rādītājā ir nepieciešams </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apliecinājums, ka attiecīgā programma vai kursa rezultātā iegūtās </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>prasmes vai kompetences (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>kvalifikācija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA2B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00215AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir pielīdzināmas Latvijas kvalifikāciju ietvarstruktūrai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213C1B81" w14:textId="08797D05" w:rsidR="000663CD" w:rsidRPr="000663CD" w:rsidRDefault="00F14F48" w:rsidP="00BD01A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidR="00623815">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profesionālā personāla </w:t>
+            </w:r>
+            <w:r w:rsidR="00325B32" w:rsidRPr="00325B32">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>dalība ārvalstu specializētās konferencēs, forumos vai meistarklasēs projekta ietvaros ir atļauta, ja mācības tieši attiecas uz profesiju un kompetencēm</w:t>
+            </w:r>
+            <w:r w:rsidR="00822ACD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000663CD" w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tomēr jāņem vērā, ka šie pasākumi </w:t>
+            </w:r>
+            <w:r w:rsidR="000663CD" w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>netiks ieskaitīti projekta rezultatīvajā rādītājā</w:t>
+            </w:r>
+            <w:r w:rsidR="000663CD" w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, ja dalībniekiem netiek izsniegts kvalifikāciju apliecinošs dokuments. Praksē šādu dokumentu izsniegšana konferencēs vai forumos parasti nenotiek.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F7D864" w14:textId="5A0D6994" w:rsidR="000663CD" w:rsidRPr="000663CD" w:rsidRDefault="000663CD" w:rsidP="00BD01A2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Jāatzīmē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ka </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ne visām projektā īstenotajām mācībām ir obligāti jābūt tādām</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kas tiek ieskaitītas rezultatīvajā rādītājā. Projekta ietvaros var tikt organizēti arī </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>neformālās izglītības pasākumi, mācības darba vietā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kā arī nodrošināta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>dalība konferencēs un forumos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000663CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kas veicina dalībnieku kompetenču attīstību, pat ja tie netiek ieskaitīti rādītājā.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="172C78DC" w14:textId="195983EC" w:rsidR="00A94A5B" w:rsidRPr="001B6A00" w:rsidRDefault="00822ACD" w:rsidP="002B3F7C">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002B3F7C" w:rsidRPr="002B3F7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Pievienots </w:t>
+            </w:r>
+            <w:r w:rsidR="007F5EC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3F7C" w:rsidRPr="002B3F7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5EC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3F7C" w:rsidRPr="002B3F7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F5739" w:rsidRPr="00357F86" w14:paraId="7B94ECBB" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5809A6B9" w14:textId="3B596A99" w:rsidR="002F5739" w:rsidRDefault="002F5739" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r w:rsidR="001C046D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D0488AF" w14:textId="7418C154" w:rsidR="0027085B" w:rsidRPr="0027085B" w:rsidRDefault="0027085B" w:rsidP="0027085B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0027085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jautājums uzdots </w:t>
+            </w:r>
+            <w:r w:rsidR="003C6269">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>telefoniski</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0027085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="054DE58C" w14:textId="735DDBE8" w:rsidR="0027085B" w:rsidRPr="00365670" w:rsidRDefault="00B44D79" w:rsidP="0027085B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="0027085B" w:rsidRPr="0027085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aši plānojam īstenot prasmju fonda aprobāciju, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>t.i., b</w:t>
+            </w:r>
+            <w:r w:rsidR="005C528C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ūt prasmju fonda pārvaldnieki</w:t>
+            </w:r>
+            <w:r w:rsidR="0027085B" w:rsidRPr="0027085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, taču pašlaik nav pietiekams de minimis atlikums</w:t>
+            </w:r>
+            <w:r w:rsidR="005C528C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>. K</w:t>
+            </w:r>
+            <w:r w:rsidR="00D96F05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ā lai plāno projekta īstenošanu</w:t>
+            </w:r>
+            <w:r w:rsidR="0027085B" w:rsidRPr="0027085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CEEFBAC" w14:textId="77777777" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="00703110">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Ja darbības prasmju fonda aprobācijai īsteno pats finansējuma saņēmējs, tad:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4739B58C" w14:textId="52F8ADC8" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00C40C64" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="225"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225" w:hanging="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>rasmju fonda pārvaldītājs un attiecīgās darbības</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tiek pakļautas </w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>komercdarbības atbalsta piešķiršanas nosacījumiem</w:t>
+            </w:r>
+            <w:r w:rsidR="007577F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF6A151" w14:textId="4C70CFC4" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00C40C64" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="225"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225" w:hanging="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>inansējuma saņēmējam un tā sadarbības partneriem jānodrošina:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F9751A8" w14:textId="77777777" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="00D2422A">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1440"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="508"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="508" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>atsevišķa grāmatvedības uzskaite</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par projekta īstenošanas izmaksām;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B245A78" w14:textId="72C1255F" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="00D2422A">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1440"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="508"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="508" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>darbību un ar to saistīto finanšu plūsmu nodalīšana</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, tostarp izmaksu un darbību atšķiršana, kas paredzētas</w:t>
+            </w:r>
+            <w:r w:rsidR="00717827">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> saskaņā ar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> līdzdarbības līgum</w:t>
+            </w:r>
+            <w:r w:rsidR="00717827">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, no tām, kas paredzētas prasmju fonda aprobācijai, īpaši, ja aprobāciju veic pats finansējuma saņēmējs vai tā sadarbības partneris</w:t>
+            </w:r>
+            <w:r w:rsidR="007577F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CAF8F86" w14:textId="10867CB4" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00C40C64" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="225"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225" w:hanging="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ai atvieglotu budžeta sagatavošanu un izmaksu kvalificēšanu komercdarbības atbalstam, pie projekta atlases dokumentācijas ir sagatavots informatīvais materiāls </w:t>
+            </w:r>
+            <w:r w:rsidR="00300206" w:rsidRPr="00D70F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidR="00300206" w:rsidRPr="00300206">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Paraugs budžeta un finansēšanas plāna pārbaudei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00300206" w:rsidRPr="00D70F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kurā:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7621F107" w14:textId="77777777" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1440"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="508"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="508" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>pret katru izmaksu pozīciju norādīts, vai tā ir uzskatāma par komercdarbības atbalstu un kādos gadījumos;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F28825F" w14:textId="77777777" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1440"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="508"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="508" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>aizpildot tabulu, projekta iesniedzējam automātiski tiek atspoguļotas:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201E2E7C" w14:textId="77777777" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="2160"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="650"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="933" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>gala labuma guvēju jeb komersantu izmaksas, ko piešķir kā de minimis atbalstu projekta īstenošanas laikā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40EA18D3" w14:textId="03D7260E" w:rsidR="00703110" w:rsidRPr="00703110" w:rsidRDefault="00703110" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="2160"/>
+                <w:tab w:val="num" w:pos="225"/>
+                <w:tab w:val="num" w:pos="650"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="933" w:hanging="283"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>prasmju fonda pārvaldītāja izmaksas, ko piešķir kā de minimis atbalstu, ja pārvaldību veic projekta iesniedzējs vai sadarbības partneris</w:t>
+            </w:r>
+            <w:r w:rsidR="007577F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC71EF5" w14:textId="59EE070E" w:rsidR="00703110" w:rsidRDefault="007577F4" w:rsidP="007577F4">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="225"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225" w:hanging="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>j</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a projekta iesniedzējam ir ierobežojumi </w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>de minimis</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> atbalsta saņemšanā pilnā apmērā, projekta iesniedzējs var iesniegt atlases nolikuma 8. pielikumu </w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>“Iesniegums de minimis atbalsta piešķiršanai”</w:t>
+            </w:r>
+            <w:r w:rsidR="00703110" w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, kurā norāda daļu no atbalsta summas, ko vēlas saņemt, apstiprinot projekta iesniegumu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="412CD941" w14:textId="2BF821EA" w:rsidR="00494D44" w:rsidRPr="00D2422A" w:rsidRDefault="007577F4" w:rsidP="00494D44">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="720"/>
+                <w:tab w:val="num" w:pos="225"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225" w:hanging="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">papildus jāatzīmē, ka </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>informatīva</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>jā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> materiāl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00703110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007577F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="007577F4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                </w:rPr>
+                <w:t>Paraugs budžeta un finansēšanas plāna pārbaudei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="007577F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lapā “</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7508" w:rsidRPr="00FE5A18">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Deminimis</w:t>
+            </w:r>
+            <w:r w:rsidR="001D7508">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D2422A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">projekta iesniedzējs </w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">var plānot </w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>de minimis plūsmu</w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, tādejādi kontrolējot pieejamo </w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>de minimis apjomu</w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, un </w:t>
+            </w:r>
+            <w:r w:rsidR="00043E20" w:rsidRPr="00043E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>nofiksēt summas, kas atbrīvojas</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2422A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7236EC" w14:textId="3E8D2E19" w:rsidR="00D8372A" w:rsidRDefault="000F5617" w:rsidP="000F5617">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plānojot </w:t>
+            </w:r>
+            <w:r w:rsidR="00922D9D" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>de minimis finanšu plūsmu</w:t>
+            </w:r>
+            <w:r w:rsidR="008D6FFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00922D9D" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ņem vērā projekta iesniedzējam projektam piešķiram</w:t>
+            </w:r>
+            <w:r w:rsidR="008D6FFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00922D9D" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de minimis apmēr</w:t>
+            </w:r>
+            <w:r w:rsidR="008D6FFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00922D9D" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un projekta īstenošanas la</w:t>
+            </w:r>
+            <w:r w:rsidR="004A78F3" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ikā visu pieejamo de min</w:t>
+            </w:r>
+            <w:r w:rsidR="005B19F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>im</w:t>
+            </w:r>
+            <w:r w:rsidR="004A78F3" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>is apmēru – gan to, kas ir pieejams uz projekta apstiprināšanas brīdi, gan to, kas atbrīvojas</w:t>
+            </w:r>
+            <w:r w:rsidR="00A34BFB" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7D63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pēc </w:t>
+            </w:r>
+            <w:r w:rsidR="00A34BFB" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>3 tekoš</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7D63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ajiem</w:t>
+            </w:r>
+            <w:r w:rsidR="00A34BFB" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gadi</w:t>
+            </w:r>
+            <w:r w:rsidR="005D7D63">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r w:rsidR="00A34BFB" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no piešķiršanas)</w:t>
+            </w:r>
+            <w:r w:rsidR="004A78F3" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projekta īstenošanas laikā</w:t>
+            </w:r>
+            <w:r w:rsidR="00A34BFB" w:rsidRPr="00A34BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00306ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> De minimis ir piešķirams arī projekta īstenošanas laikā, izvērtējot saņēmēja atbilstību </w:t>
+            </w:r>
+            <w:r w:rsidR="006A0851">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>nosacījumiem, t.sk., de minimis atlikumu uz noteikto brīdi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BDFC24" w14:textId="2B61D032" w:rsidR="00A01DDD" w:rsidRPr="00D2422A" w:rsidRDefault="00A01DDD" w:rsidP="000F5617">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="225"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Vienlaikus vēršam uzmanību, ka projekta iesniedzēja</w:t>
+            </w:r>
+            <w:r w:rsidR="001D76CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D30003">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arbību, kuras </w:t>
+            </w:r>
+            <w:r w:rsidR="00222EC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">veic saskaņā ar līdzdalības līgumu, </w:t>
+            </w:r>
+            <w:r w:rsidR="0050370B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">īstenošanas izmaksas nav </w:t>
+            </w:r>
+            <w:r w:rsidR="0050370B" w:rsidRPr="0050370B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>pakļautas komercdarbības atbalsta piešķiršanas nosacījumiem</w:t>
+            </w:r>
+            <w:r w:rsidR="0050370B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="186BD346" w14:textId="4EC1AE34" w:rsidR="002F5739" w:rsidRDefault="007F1F70" w:rsidP="00171D42">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1F70">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Pievienots </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1F70">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.12.2025.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E23CBE" w:rsidRPr="00357F86" w14:paraId="16B88579" w14:textId="77777777" w:rsidTr="00683516">
+        <w:trPr>
+          <w:trHeight w:val="465"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76181320" w14:textId="5C994107" w:rsidR="00E23CBE" w:rsidRDefault="00E23CBE" w:rsidP="00CA5F55">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2.15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2415" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25289013" w14:textId="77777777" w:rsidR="003C6269" w:rsidRPr="003C6269" w:rsidRDefault="003C6269" w:rsidP="004452F8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C6269">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="696FB026" w14:textId="77777777" w:rsidR="009E6D07" w:rsidRPr="009E6D07" w:rsidRDefault="009E6D07" w:rsidP="004452F8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E6D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Vēlējos precizēt vēl vienu jautājumu - vai prasmju fonda pārvaldītājs var būt finansējuma saņēmēja darbinieks?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14A2A232" w14:textId="77777777" w:rsidR="00E23CBE" w:rsidRPr="0027085B" w:rsidRDefault="00E23CBE" w:rsidP="0027085B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57FA52C1" w14:textId="77777777" w:rsidR="007F1290" w:rsidRPr="007F1290" w:rsidRDefault="007F1290" w:rsidP="007F1290">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1290">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">MK noteikumos ir paredzēta iespēja, ka prasmju fonda aprobāciju īsteno pats finansējuma saņēmējs vai tā sadarbības partneri. Vienlaikus, ja prasmju fonda aprobācijas darbības veic </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1290">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pats finansējuma saņēmējs, tad prasmju fonda pārvaldītājs un ar to saistītās funkcijas ir pakļautas komercdarbības atbalsta piešķiršanas nosacījumiem, ievērojot MK noteikumu VI. sadaļā minētos nosacījumus. Līdz ar to finansējuma saņēmējam un sadarbības partneriem jānodrošina atsevišķa ar projekta īstenošanu saistīto izmaksu uzskaite un finanšu plūsmu nodalīšana, īpaši gadījumos, kad prasmju fonda pārvaldītāja funkcijas tiek veiktas pašu spēkiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D3D6DF" w14:textId="77777777" w:rsidR="00E23CBE" w:rsidRDefault="007F1290" w:rsidP="007F1290">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1290">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Ja finansējuma saņēmējs izvēlas pats īstenot prasmju fonda aprobāciju, tā darbinieki drīkst veikt prasmju fonda pārvaldītāja funkcijas. Šādā gadījumā visas ar šo funkciju veikšanu saistītās izmaksas tiek uzskatītas par komercdarbības atbalstu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E351D79" w14:textId="5FA5C0F0" w:rsidR="007F1290" w:rsidRPr="00703110" w:rsidRDefault="007F1290" w:rsidP="007F1290">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F1290">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>(Pievienots 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F1290">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.12.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="143D6190" w14:textId="77777777" w:rsidTr="003404D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00C80390" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Toc46148091"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="6" w:name="_Toc176268929"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc46148091"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc20918685"/>
+            <w:bookmarkStart w:id="43" w:name="_Toc176268929"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vērtēšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="42"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> un lēmumu pieņemšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="1A49967C" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="1A49967C" w14:textId="77777777" w:rsidTr="00683516">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11D49846" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
@@ -10468,78 +16954,78 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23E274EF" w14:textId="5D6CB19B" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41ACB932" w14:textId="1E027EB0" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
+          <w:p w14:paraId="41ACB932" w14:textId="1E027EB0" w:rsidR="00E87884" w:rsidRPr="00357F86" w:rsidRDefault="00E87884" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="2F5496"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="6B901797" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="6B901797" w14:textId="77777777" w:rsidTr="00683516">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="141ED0A4" w14:textId="226FFEE0" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
@@ -10557,117 +17043,117 @@
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D36E2E4" w14:textId="6E83B53C" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3DAB3153" w14:textId="03D58C9E" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="2F5496"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="4C7C420E" w14:textId="77777777" w:rsidTr="003404D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="2D5C6430" w14:textId="7E2CBB3E" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc176268930"/>
+            <w:bookmarkStart w:id="44" w:name="_Toc176268930"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Attiecināmās izmaksas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="2877CA5D" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="2877CA5D" w14:textId="77777777" w:rsidTr="00683516">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39D1E6FF" w14:textId="250CC7CA" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
@@ -10724,137 +17210,135 @@
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F35B18">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Vai aprīkojums par 3000 EUR attiecināms visam finansējuma saņēmēja projekta vadības personālam</w:t>
             </w:r>
             <w:r w:rsidRPr="00F35B18">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> (MKN 28.3), arī gadījumā, ja darbinieks projektā tiks nodarbināts uz uzņēmuma līguma pamata?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E7AC2E8" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Pamatojoties uz MK noteikumu 28.3. punktu:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1693F462" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
+          <w:p w14:paraId="1693F462" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="701" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>aprīkojuma (biroja mēbeles, tehnika, datorprogrammas, licences) izmaksas līdz 3</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> vienai darba vietai ir attiecin</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">mas tikai </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
@@ -10873,56 +17357,56 @@
                 <w:szCs w:val="23"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>jaunradītajām darba vietām</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> projekta vadības un īstenošanas personālam. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45130C9F" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
+          <w:p w14:paraId="45130C9F" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="701" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ja darbinieks ir nodarbināts </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
@@ -10985,262 +17469,239 @@
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06D8125F" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
+          <w:p w14:paraId="06D8125F" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="701" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ja darbinieks ir nodarbināts </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>daļlaiku</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">, aprīkojuma izmaksas attiecināmas </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>proporcionāli faktiskajai slodzei</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A457B7D" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
+          <w:p w14:paraId="2A457B7D" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="701" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ja projekta vadības vai īstenošanas personāls tiek piesaistīts </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>uz uzņēmuma vai pakalpojuma līguma pamata</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ārpakalpojuma sniedzējs), </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>aprīkojuma izmaksas līdz 3</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">000 </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> vienai darba vietai nav attiecin</w:t>
+              <w:t>000 euro vienai darba vietai nav attiecin</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>mas</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>, jo šādai personai </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>finansējuma saņēmēja struktūrā netiek izveidota pastāvīga darba vieta projekta īstenošanai</w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="469F2DFF" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="00F35B18">
+          <w:p w14:paraId="469F2DFF" w14:textId="77777777" w:rsidR="00F35B18" w:rsidRPr="00184A4A" w:rsidRDefault="00F35B18" w:rsidP="007531F6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="39"/>
+                <w:numId w:val="12"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="701" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">izmaksas </w:t>
             </w:r>
             <w:r w:rsidRPr="00184A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
@@ -11276,531 +17737,1127 @@
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">(Pievienots </w:t>
             </w:r>
             <w:r w:rsidRPr="00917D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00917D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>0.10.2025.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="3CDAE9E2" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="3CDAE9E2" w14:textId="77777777" w:rsidTr="00683516">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="249A70C7" w14:textId="385C1A52" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53E53F22" w14:textId="05FBC25F" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
+          <w:p w14:paraId="737FD557" w14:textId="24F3949A" w:rsidR="0039019F" w:rsidRPr="0039019F" w:rsidRDefault="0039019F" w:rsidP="0039019F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0039019F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1959ADCD" w14:textId="4CC9C463" w:rsidR="0039019F" w:rsidRPr="0039019F" w:rsidRDefault="0039019F" w:rsidP="0039019F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039019F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>MK noteikumu punkts Nr.35. nosaka, ka “ Finansējuma saņēmējam izmaksas ir attiecināmas, ja tās atbilst šajos noteikumos minētajām izmaksu pozīcijām un ir radušās ne agrāk kā no dienas, kad noslēgts līgums par projekta īstenošanu, izņemot šo noteikumu 28.1. apakšpunktā minētās izmaksas, kas ir attiecināmas no šo noteikumu spēkā stāšanās dienas.” – attiecīgi, tās ir izmaksas par “28.1.projekta iesniegumu pamatojošās dokumentācijas sagatavošanu, tostarp prasmju fonda konceptuālā apraksta un iepirkuma procedūras dokumentācijas izstrāde, kas veikta, pamatojoties uz uzņēmuma (pakalpojuma) līgumu” .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206D5D61" w14:textId="77777777" w:rsidR="0039019F" w:rsidRPr="0039019F" w:rsidRDefault="0039019F" w:rsidP="0039019F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53E53F22" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="0039019F" w:rsidP="0039019F">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039019F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jautājums: vai šīm izmaksām, kuras tiek plānots attiecināt projekta apstiprināšanas gadījumā, ir jābūt arī jau apmaksātām līdz projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0039019F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iesniegšanai vai arī ir korekti, ja tās ir radušās noteiktajā periodā/ir noslēgts līgums?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CB3E813" w14:textId="5A912BD3" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
+          <w:p w14:paraId="6D6C9821" w14:textId="6396FC4B" w:rsidR="00EC5262" w:rsidRPr="00045A89" w:rsidRDefault="00EC5262" w:rsidP="00AB4C26">
             <w:pPr>
               <w:pStyle w:val="paragraph"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Atbilstoši MK noteikumu 35. punkt</w:t>
+            </w:r>
+            <w:r w:rsidR="00565D17" w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ā noteiktajam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, finansējuma saņēmēja izmaksas ir attiecināmas, ja tās atbilst noteikumos minētajām izmaksu pozīcijām un radušās ne agrāk kā no līguma par projekta īstenošanu noslēgšanas dienas, izņemot MK noteikumu 28.1. apakšpunktā minētās izmaksas, kas ir attiecināmas no šo noteikumu spēkā stāšanās dienas</w:t>
+            </w:r>
+            <w:r w:rsidR="00653DE3" w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, t.i. 2025.gada 5.jūlija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1984A59A" w14:textId="43D97D79" w:rsidR="00EC5262" w:rsidRPr="00045A89" w:rsidRDefault="00EC5262" w:rsidP="00AB4C26">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saskaņā ar 28.1. apakšpunktu, tās ir finansējuma saņēmēja izmaksas par projekta iesniegumu pamatojošās dokumentācijas sagatavošanu, tostarp prasmju fonda konceptuālā apraksta un iepirkuma procedūras dokumentācijas izstrādi, kas veikta, pamatojoties uz </w:t>
+            </w:r>
+            <w:r w:rsidR="00661B05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>uzņ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>ēmuma (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>pakalpojuma</w:t>
+            </w:r>
+            <w:r w:rsidR="00C45E6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> līgumu. Tādējādi izmaksas, ko projekta iesniedzējs veic saskaņā ar 28.1. apakšpunktu, var rasties un tikt apmaksātas pirms līguma par projekta īstenošanu noslēgšanas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C889031" w14:textId="77777777" w:rsidR="00EC5262" w:rsidRDefault="00EC5262" w:rsidP="00AB4C26">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Šo izmaksu būtība ir nodrošināt, ka projekta iesniedzējs var sagatavot MK noteikumiem atbilstošu un kvalitatīvu projekta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00045A89">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>iesniegumu, turklāt, ja projekta iesniedzējam ir pakalpojuma līguma saistības ar izpildītāju, samaksa tiek veikta saskaņā ar pakalpojuma līguma noteikumiem.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CB3E813" w14:textId="1E2C6875" w:rsidR="00C73832" w:rsidRPr="00045A89" w:rsidRDefault="00C73832" w:rsidP="00AB4C26">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C73832">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Pievienots </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00824F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73832">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C73832">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.2025.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="2750385F" w14:textId="77777777" w:rsidTr="00FF4733">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27DB68CD" w14:textId="77777777" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:pStyle w:val="Tabulasjautjumasadaa"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="_Toc46148094"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="10" w:name="_Toc176268931"/>
+            <w:bookmarkStart w:id="45" w:name="_Toc46148094"/>
+            <w:bookmarkStart w:id="46" w:name="_Toc20918689"/>
+            <w:bookmarkStart w:id="47" w:name="_Toc176268931"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Projekta iesnieguma aizpildīšana</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="46"/>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> un pielikumi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="44A71FDB" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="44A71FDB" w14:textId="77777777" w:rsidTr="00683516">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B8F5B52" w14:textId="3F6ADEC7" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>5.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55AF2537" w14:textId="447F4891" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="18027990" w14:textId="5EF5C46E" w:rsidR="00CA1187" w:rsidRPr="00CA1187" w:rsidRDefault="00CA1187" w:rsidP="00CA1187">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1187">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Jautājums uzdots rakstiski:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495A93C3" w14:textId="769A497F" w:rsidR="00CA1187" w:rsidRPr="00CA1187" w:rsidRDefault="00CA1187" w:rsidP="00CA1187">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1187">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Ja finansējuma saņēmējs projekta īstenošanā iesaista MK noteikumu Nr. 404 16. punktā minētos sadarbības partnerus:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E38CB6" w14:textId="77777777" w:rsidR="00CA1187" w:rsidRPr="00CA1187" w:rsidRDefault="00CA1187" w:rsidP="007531F6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1187">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Vai šie partneri arī var apliecināt daļas no privātā līdzfinansējuma pieejamību projekta īstenošanai atbilstoši SAM MK noteikumu 21.6. apakšpunktam un 2. pielikumam, pietiekamā apmērā vismaz SAM MK noteikumu 9. punktā norādītā minimālā privātā līdzfinansējuma nodrošināšanai, tāpat kā finansējuma iesniedzējs?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55AF2537" w14:textId="6CC38ADD" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00CA1187" w:rsidP="00CA1187">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA1187">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Ja atbilde ir “jā”, vai tādā gadījumā arī 16. punktā minētie sadarbības partneri aizpilda atlases 5.6. punktā minēto apliecinājumu, vai arī tiek papildināts 5.7. punktā minētais apliecinājums, iekļaujot tajā informāciju par līdzfinansējumu?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B33934F" w14:textId="3B314E01" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
+          <w:p w14:paraId="062FB8A2" w14:textId="2BF919BA" w:rsidR="00B61644" w:rsidRDefault="00B61644" w:rsidP="00B61644">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B61644">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atbilstoši MK noteikumu 21.6.punktam apliecinājumu par privātā līdzfinansējuma pieejamību projekta īstenošanai, kas ir pietiekams vismaz MK noteikumu 9. punktā norādītā minimālā privātā līdzfinansējuma nodrošināšanai, sniedz prasmju fonda konceptuālajā aprakstā norādītie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00522871">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>komersanti vai</w:t>
+            </w:r>
+            <w:r w:rsidR="007051E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>/un</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00522871">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> projekta iesniedzējs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B61644">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF5570F" w14:textId="5904C909" w:rsidR="00BF0A50" w:rsidRPr="00B61644" w:rsidRDefault="00BF0A50" w:rsidP="00B61644">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK noteikumu 16.punktā definētais sadarbības partneris var nodrošināt projektam nepieciešamo privāto līdzfinansējumu, taču to nepieciešams dokumentāri pamatot. Šajā gadījumā tas būtu projekta iesniedzēja apliecinājums par privātā finansējuma esamību, kas </w:t>
+            </w:r>
+            <w:r w:rsidR="00D66948">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tiktu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>segt</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66948">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F577E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>MK noteikumu 16.punkta sadarbības partnera sniegt</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66948">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> finansējum</w:t>
+            </w:r>
+            <w:r w:rsidR="00D66948">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0A50">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>, un tam jābūt skaidri dokumentētam, starp projekta iesniedzēju un sadarbības partneri jābūt juridiskai vienošanās, kas apliecina finanšu līdzekļu pieejamību/ nodrošināšanu projekta īstenošanai un ir  pievienota projekta iesniegumam.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37FE31E0" w14:textId="77777777" w:rsidR="001318CA" w:rsidRPr="001318CA" w:rsidRDefault="001318CA" w:rsidP="001318CA">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001318CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projekta iesniedzējam privātais līdzfinansējums jānodrošina visa projekta īstenošanas laikā, tādēļ iesniedzot projektu tam jāpievieno apliecinoši dokumenti par faktisku finansējuma pieejamību un tā  apjomu. Finansējuma esamības/nodrošināšanas pamatojumā būtu nepieciešams sniegt informāciju par plānoto projekta naudas plūsmu un iespējamiem finansēšanas avotiem, tie varētu būt dažādi, piemēram, paša finansējuma saņēmēja līdzekļi, kuru </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001318CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pieejamību varētu vērtēt skatot finanšu datus (gada pārskati, zvērināta revidenta apstiprināts operatīvais pārskats, ja to iesniedz), aizdevumi, ko būtu jāpamato ar aizdevumu līgumu, u.tml.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="209BA496" w14:textId="09C50972" w:rsidR="000C4103" w:rsidRPr="000C4103" w:rsidRDefault="000C4103" w:rsidP="000C4103">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C4103">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Komersantu sniegto līdzfinansējumu esamības pamatojumā varētu būt skatāmi komersantu finanšu dati (piem., gada pārskati, zvērināta revidenta operatīvie pārskati), kā arī starp projekta iesniedzēju un komersantiem būtu jābūt juridiskai vienošanās, kas apliecina komersanta iesaisti un finanšu līdzekļu novirzīšanu projekta īstenošanai, ko tad pievieno kā apliecinājumu projekta iesniegumam. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B33934F" w14:textId="394F6D98" w:rsidR="00CC1103" w:rsidRPr="00357F86" w:rsidRDefault="00CC1103" w:rsidP="00957EB1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC1103">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Pievienots </w:t>
+            </w:r>
+            <w:r w:rsidR="00D156C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004336EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC1103">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D156C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC1103">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>.2025.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="4B909F19" w14:textId="77777777" w:rsidTr="006F0AE4">
+      <w:tr w:rsidR="00957EB1" w:rsidRPr="00357F86" w14:paraId="4B909F19" w14:textId="77777777" w:rsidTr="00683516">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="242" w:type="pct"/>
+            <w:tcW w:w="257" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE9CF4A" w14:textId="12248329" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00357F86">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17C20647" w14:textId="416DF1B8" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:eastAsia="lv-LV"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="pct"/>
+            <w:tcW w:w="2328" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="097794B5" w14:textId="50C8A529" w:rsidR="00957EB1" w:rsidRPr="00357F86" w:rsidRDefault="00957EB1" w:rsidP="00957EB1">
             <w:pPr>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="ui-provider"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E0301FA" w14:textId="40B9950B" w:rsidR="008357E5" w:rsidRPr="00FC678F" w:rsidRDefault="008357E5" w:rsidP="00FC678F">
       <w:pPr>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008357E5" w:rsidRPr="00FC678F" w:rsidSect="0049725C">
-      <w:headerReference w:type="default" r:id="rId25"/>
-      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId38"/>
+      <w:headerReference w:type="first" r:id="rId39"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65CF1450" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B" w:rsidP="00D102B3">
+    <w:p w14:paraId="374E5193" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6610CAF7" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B" w:rsidP="00D102B3">
+    <w:p w14:paraId="4EC0913C" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="26779B00" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B">
+    <w:p w14:paraId="5DEA0225" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:altName w:val="Yu Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C8A860B" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B" w:rsidP="00D102B3">
+    <w:p w14:paraId="2C0C17FC" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="103E026C" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B" w:rsidP="00D102B3">
+    <w:p w14:paraId="286300E0" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631" w:rsidP="00D102B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="46A34989" w14:textId="77777777" w:rsidR="0084456B" w:rsidRDefault="0084456B">
+    <w:p w14:paraId="293BE96D" w14:textId="77777777" w:rsidR="00816631" w:rsidRDefault="00816631">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="020F36B7" w14:textId="3C93A181" w:rsidR="00465F06" w:rsidRPr="008B2F7F" w:rsidRDefault="00465F06">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B2F7F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008B2F7F">
@@ -11948,50 +19005,76 @@
         </w:rPr>
         <w:t> “</w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="004939CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ESF+ Common Indicators’ Toolbox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004939CE">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="21E64588" w14:textId="77777777" w:rsidR="001370B0" w:rsidRDefault="001370B0" w:rsidP="00CC7B72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ENIC/NARIC centrs ir katrā Apvienoto Nāciju Organizācijas Izglītības, Zinātnes un Kultūras Organizācijas 1997.gada 11.aprīļa Eiropas reģiona konvencijas par to kvalifikāciju atzīšanu, kas ir saistītas ar augstāko izglītību, dalībvalstī noteiktā kompetentā iestāde, kas nodrošina konvencijā noteikto dalībvalstu pienākumu izpildi, t.sk. informācijas sniegšanu par attiecīgās konvencijas dalībvalsts izglītības sistēmu un izglītības klasifikāciju. Latvijā šī kompetentā iestāde ir nodibinājums “Akadēmiskās informācijas centrs.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="135A0307" w14:textId="71BDCD1A" w:rsidR="007C557D" w:rsidRDefault="007C557D" w:rsidP="0049725C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="461B7BC9" w14:textId="305DCB26" w:rsidR="00926AD3" w:rsidRDefault="00615ED0" w:rsidP="0049725C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
@@ -12181,50 +19264,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06B33DEB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="28549DAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07BA0F80"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4B04656"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12329,746 +19525,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13F13C1A"/>
+    <w:nsid w:val="171362F3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BEAE9498"/>
+    <w:tmpl w:val="9D2E7976"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="147A4E2B"/>
-[...431 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DB85C78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5C6E9C0"/>
     <w:lvl w:ilvl="0" w:tplc="28B281B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13137,252 +19751,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...200 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23C33524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B54F9EC"/>
     <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13428,253 +19841,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...201 lines deleted...]
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="262356D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A36F1B2"/>
     <w:lvl w:ilvl="0" w:tplc="90E4F8AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-198" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="ヒラギノ角ゴ Pro W3" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="522" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -13742,51 +19953,164 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4842" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5562" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26584163"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67CA145C"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="758" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1478" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2198" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2918" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3638" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4358" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5078" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5798" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6518" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27226E15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C302C1A6"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13855,340 +20179,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...288 lines deleted...]
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C1E2A35"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F150257A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14293,286 +20328,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...234 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="331569E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0BC35A6"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14641,51 +20441,51 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="333C38CF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2F9CD680"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14790,223 +20590,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA15E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D45C8DE2"/>
     <w:lvl w:ilvl="0" w:tplc="83829620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Tabulasjautjumasadaa"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -15056,51 +20684,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F1D0F0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7601FEE"/>
     <w:lvl w:ilvl="0" w:tplc="7784641A">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15172,51 +20800,200 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="440711AC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6BCE56B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="463934BE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26F27DC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15321,51 +21098,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48716BED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41002BFC"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1141" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1861" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15434,265 +21211,462 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6901" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BA96771"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D6556CF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8BACD6FC"/>
+    <w:tmpl w:val="381024D6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F442C29"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="28549DAA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="454" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1077" w:hanging="567"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1474" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1984" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2494" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3004" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3514" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4024" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4534" w:hanging="454"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090003">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="557000A6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2A74EC2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
-[...11 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7920" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C7407F0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="552278A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -15761,51 +21735,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DFC4E41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A8D69040"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15910,721 +21884,246 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-[...311 lines deleted...]
-    <w:nsid w:val="6771329B"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75AF7EF5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6958BE50"/>
+    <w:tmpl w:val="836C6E10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-[...172 lines deleted...]
-    <w:nsid w:val="76B60166"/>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CB7423A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8604CC54"/>
+    <w:tmpl w:val="EB188872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -16655,51 +22154,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DAA2A0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A28EADE"/>
     <w:lvl w:ilvl="0" w:tplc="2C840D02">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16769,2570 +22268,2694 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1782912688">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="1" w16cid:durableId="84883915">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1010723060">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="16584171">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="481965634">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="116878260">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1824420662">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="346448283">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="575894119">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1024861669">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1899169103">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="837771520">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="534851458">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1299070498">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1577010875">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="403144524">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="3021219">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1554736704">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="437406005">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1566990981">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2116174089">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="811019441">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="21" w16cid:durableId="901645546">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="62262246">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1270966761">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="847259331">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="84883915">
-[...262 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="481965634">
+  <w:num w:numId="25" w16cid:durableId="11615190">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="116878260">
-[...91 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Diāna Meiere-Auziņa">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::diana.meiere-auzina@cfla.gov.lv::78e4cd14-5a28-4b48-9611-a52cbe1022ae"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="59"/>
-[...1 lines deleted...]
-  <w:trackRevisions/>
+  <w:zoom w:percent="71"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D102B3"/>
     <w:rsid w:val="000012BA"/>
     <w:rsid w:val="0000265A"/>
     <w:rsid w:val="00002D6D"/>
     <w:rsid w:val="0000332C"/>
     <w:rsid w:val="00007243"/>
     <w:rsid w:val="00007AC2"/>
     <w:rsid w:val="00010E73"/>
+    <w:rsid w:val="000134E5"/>
     <w:rsid w:val="0001372C"/>
     <w:rsid w:val="00015986"/>
     <w:rsid w:val="0001633D"/>
     <w:rsid w:val="00016ABB"/>
     <w:rsid w:val="00017301"/>
     <w:rsid w:val="00020C89"/>
     <w:rsid w:val="00020F93"/>
     <w:rsid w:val="00021CC5"/>
     <w:rsid w:val="00021D97"/>
     <w:rsid w:val="00022676"/>
     <w:rsid w:val="00024046"/>
     <w:rsid w:val="00024101"/>
     <w:rsid w:val="00025DE0"/>
     <w:rsid w:val="00026A31"/>
     <w:rsid w:val="00030A8E"/>
     <w:rsid w:val="000312D1"/>
     <w:rsid w:val="00031AB3"/>
     <w:rsid w:val="0003262B"/>
     <w:rsid w:val="0003273F"/>
     <w:rsid w:val="0003383F"/>
+    <w:rsid w:val="00033D1C"/>
     <w:rsid w:val="000347C0"/>
     <w:rsid w:val="000349F5"/>
     <w:rsid w:val="00035645"/>
     <w:rsid w:val="00037A00"/>
     <w:rsid w:val="00041523"/>
     <w:rsid w:val="0004180D"/>
     <w:rsid w:val="0004256F"/>
     <w:rsid w:val="000438C9"/>
+    <w:rsid w:val="00043E20"/>
+    <w:rsid w:val="00045A89"/>
     <w:rsid w:val="00046553"/>
+    <w:rsid w:val="000467CD"/>
     <w:rsid w:val="000468D9"/>
     <w:rsid w:val="000473F3"/>
     <w:rsid w:val="00047DC9"/>
     <w:rsid w:val="000503CD"/>
     <w:rsid w:val="00051B11"/>
+    <w:rsid w:val="00055C62"/>
     <w:rsid w:val="00056AA4"/>
     <w:rsid w:val="00056B36"/>
     <w:rsid w:val="0006038C"/>
     <w:rsid w:val="000606E2"/>
     <w:rsid w:val="000613C8"/>
     <w:rsid w:val="00061639"/>
     <w:rsid w:val="000627F7"/>
     <w:rsid w:val="00063253"/>
     <w:rsid w:val="00063C05"/>
     <w:rsid w:val="00064AC6"/>
     <w:rsid w:val="000659B9"/>
     <w:rsid w:val="00066093"/>
+    <w:rsid w:val="000663CD"/>
     <w:rsid w:val="00066EB2"/>
+    <w:rsid w:val="00067A2F"/>
     <w:rsid w:val="00067C01"/>
     <w:rsid w:val="00070B62"/>
     <w:rsid w:val="00074E07"/>
     <w:rsid w:val="0007544C"/>
     <w:rsid w:val="000754EB"/>
     <w:rsid w:val="00076A13"/>
     <w:rsid w:val="00076CC3"/>
     <w:rsid w:val="00077046"/>
     <w:rsid w:val="00077469"/>
     <w:rsid w:val="00080665"/>
     <w:rsid w:val="00080975"/>
+    <w:rsid w:val="00080FA2"/>
     <w:rsid w:val="0008227A"/>
     <w:rsid w:val="0008251C"/>
+    <w:rsid w:val="00084A30"/>
     <w:rsid w:val="00084B68"/>
     <w:rsid w:val="00085272"/>
     <w:rsid w:val="0008636A"/>
     <w:rsid w:val="00086BC3"/>
     <w:rsid w:val="00091981"/>
+    <w:rsid w:val="00092CC2"/>
     <w:rsid w:val="00094449"/>
     <w:rsid w:val="0009453C"/>
     <w:rsid w:val="0009521E"/>
+    <w:rsid w:val="00095472"/>
     <w:rsid w:val="0009596F"/>
     <w:rsid w:val="000A1083"/>
     <w:rsid w:val="000A1634"/>
     <w:rsid w:val="000A37F9"/>
     <w:rsid w:val="000A45DF"/>
     <w:rsid w:val="000A6382"/>
     <w:rsid w:val="000A66E2"/>
     <w:rsid w:val="000A677D"/>
+    <w:rsid w:val="000A6A82"/>
     <w:rsid w:val="000A6E68"/>
     <w:rsid w:val="000A7E0B"/>
     <w:rsid w:val="000A7F76"/>
     <w:rsid w:val="000B04A3"/>
+    <w:rsid w:val="000B0BF2"/>
     <w:rsid w:val="000B1E00"/>
     <w:rsid w:val="000B216F"/>
     <w:rsid w:val="000B2669"/>
     <w:rsid w:val="000B26BD"/>
     <w:rsid w:val="000B363E"/>
     <w:rsid w:val="000B38A6"/>
     <w:rsid w:val="000B52BB"/>
     <w:rsid w:val="000B57C0"/>
     <w:rsid w:val="000B5CCF"/>
     <w:rsid w:val="000B63BF"/>
     <w:rsid w:val="000B7749"/>
+    <w:rsid w:val="000C03A2"/>
     <w:rsid w:val="000C280C"/>
     <w:rsid w:val="000C3A1B"/>
+    <w:rsid w:val="000C4103"/>
     <w:rsid w:val="000C5BCB"/>
     <w:rsid w:val="000C5EF4"/>
     <w:rsid w:val="000C7163"/>
     <w:rsid w:val="000D016E"/>
     <w:rsid w:val="000D0720"/>
     <w:rsid w:val="000D1215"/>
     <w:rsid w:val="000D1271"/>
     <w:rsid w:val="000D1469"/>
     <w:rsid w:val="000D29DB"/>
     <w:rsid w:val="000D4769"/>
     <w:rsid w:val="000D54AA"/>
     <w:rsid w:val="000D601D"/>
+    <w:rsid w:val="000D7506"/>
     <w:rsid w:val="000D7F76"/>
     <w:rsid w:val="000E0927"/>
+    <w:rsid w:val="000E10CB"/>
     <w:rsid w:val="000E2620"/>
+    <w:rsid w:val="000E2E8A"/>
     <w:rsid w:val="000E4E4E"/>
     <w:rsid w:val="000E5670"/>
     <w:rsid w:val="000E5730"/>
     <w:rsid w:val="000E5EAC"/>
     <w:rsid w:val="000E61C0"/>
     <w:rsid w:val="000E66E7"/>
     <w:rsid w:val="000E7994"/>
     <w:rsid w:val="000F0438"/>
+    <w:rsid w:val="000F479E"/>
+    <w:rsid w:val="000F5617"/>
+    <w:rsid w:val="000F6AB1"/>
     <w:rsid w:val="001000D6"/>
     <w:rsid w:val="00100518"/>
+    <w:rsid w:val="001037C9"/>
     <w:rsid w:val="00104C11"/>
     <w:rsid w:val="00104E26"/>
     <w:rsid w:val="00105A1C"/>
     <w:rsid w:val="00105AB2"/>
     <w:rsid w:val="00106E49"/>
     <w:rsid w:val="00106E5F"/>
     <w:rsid w:val="001117AB"/>
+    <w:rsid w:val="00111C35"/>
     <w:rsid w:val="001125D2"/>
     <w:rsid w:val="00114D80"/>
     <w:rsid w:val="001172A9"/>
     <w:rsid w:val="00120E33"/>
     <w:rsid w:val="0012165F"/>
     <w:rsid w:val="001225FF"/>
     <w:rsid w:val="0012357E"/>
+    <w:rsid w:val="001237CC"/>
     <w:rsid w:val="00123D8A"/>
     <w:rsid w:val="00125AEE"/>
     <w:rsid w:val="00125F03"/>
     <w:rsid w:val="00126C7D"/>
     <w:rsid w:val="001272C7"/>
     <w:rsid w:val="00127BE1"/>
     <w:rsid w:val="00130730"/>
     <w:rsid w:val="001310DA"/>
+    <w:rsid w:val="001318CA"/>
     <w:rsid w:val="0013201F"/>
     <w:rsid w:val="001326A0"/>
     <w:rsid w:val="00132990"/>
     <w:rsid w:val="0013307E"/>
+    <w:rsid w:val="00133D67"/>
     <w:rsid w:val="00134EA4"/>
     <w:rsid w:val="00135B3C"/>
+    <w:rsid w:val="001370B0"/>
+    <w:rsid w:val="0013755E"/>
     <w:rsid w:val="001378F9"/>
     <w:rsid w:val="00140536"/>
     <w:rsid w:val="00141D69"/>
     <w:rsid w:val="0014232E"/>
     <w:rsid w:val="00142762"/>
     <w:rsid w:val="00144DF1"/>
     <w:rsid w:val="00146095"/>
     <w:rsid w:val="0014695D"/>
     <w:rsid w:val="001469C6"/>
+    <w:rsid w:val="00146E06"/>
+    <w:rsid w:val="001472F9"/>
     <w:rsid w:val="00147350"/>
     <w:rsid w:val="0014774A"/>
     <w:rsid w:val="00147FF8"/>
     <w:rsid w:val="001511DA"/>
     <w:rsid w:val="00151FC7"/>
+    <w:rsid w:val="00152C70"/>
     <w:rsid w:val="00153505"/>
+    <w:rsid w:val="00153D56"/>
     <w:rsid w:val="001552E3"/>
     <w:rsid w:val="001553B5"/>
+    <w:rsid w:val="001578C7"/>
     <w:rsid w:val="00157F26"/>
     <w:rsid w:val="0016087D"/>
     <w:rsid w:val="00161647"/>
     <w:rsid w:val="0016363F"/>
     <w:rsid w:val="00163A19"/>
     <w:rsid w:val="0016472A"/>
     <w:rsid w:val="001659B6"/>
     <w:rsid w:val="00166231"/>
     <w:rsid w:val="00166A71"/>
+    <w:rsid w:val="0016734C"/>
     <w:rsid w:val="001673A3"/>
     <w:rsid w:val="001676C4"/>
+    <w:rsid w:val="00171D42"/>
     <w:rsid w:val="0017202E"/>
     <w:rsid w:val="001728BF"/>
+    <w:rsid w:val="00172BFF"/>
     <w:rsid w:val="00173F16"/>
     <w:rsid w:val="001740F8"/>
     <w:rsid w:val="00174BAA"/>
     <w:rsid w:val="001778AD"/>
+    <w:rsid w:val="00180851"/>
     <w:rsid w:val="00180C98"/>
+    <w:rsid w:val="00180D49"/>
     <w:rsid w:val="00181824"/>
     <w:rsid w:val="00181A7B"/>
+    <w:rsid w:val="00181EB7"/>
     <w:rsid w:val="00184A4A"/>
     <w:rsid w:val="00184BB0"/>
     <w:rsid w:val="00184EF7"/>
     <w:rsid w:val="001851FF"/>
     <w:rsid w:val="001852A1"/>
     <w:rsid w:val="00185A5D"/>
     <w:rsid w:val="001868F8"/>
     <w:rsid w:val="001869C9"/>
     <w:rsid w:val="00187464"/>
+    <w:rsid w:val="00187FF2"/>
     <w:rsid w:val="00190534"/>
     <w:rsid w:val="001911CC"/>
     <w:rsid w:val="0019218D"/>
     <w:rsid w:val="00195EBE"/>
     <w:rsid w:val="0019659B"/>
     <w:rsid w:val="00196839"/>
     <w:rsid w:val="001971A0"/>
     <w:rsid w:val="001971A2"/>
     <w:rsid w:val="00197562"/>
     <w:rsid w:val="001A0238"/>
     <w:rsid w:val="001A0A56"/>
     <w:rsid w:val="001A0F00"/>
     <w:rsid w:val="001A3406"/>
     <w:rsid w:val="001A359B"/>
     <w:rsid w:val="001A52BD"/>
     <w:rsid w:val="001A5B57"/>
     <w:rsid w:val="001A5DDC"/>
     <w:rsid w:val="001A626A"/>
     <w:rsid w:val="001B158C"/>
     <w:rsid w:val="001B1912"/>
     <w:rsid w:val="001B3949"/>
     <w:rsid w:val="001B3E48"/>
     <w:rsid w:val="001B418C"/>
     <w:rsid w:val="001B62EC"/>
+    <w:rsid w:val="001B6A00"/>
     <w:rsid w:val="001B7375"/>
+    <w:rsid w:val="001C046D"/>
     <w:rsid w:val="001C06C6"/>
     <w:rsid w:val="001C093A"/>
     <w:rsid w:val="001C1ECC"/>
     <w:rsid w:val="001C3E98"/>
     <w:rsid w:val="001C5227"/>
     <w:rsid w:val="001C5FAF"/>
     <w:rsid w:val="001C6F46"/>
     <w:rsid w:val="001C767C"/>
     <w:rsid w:val="001D0FDB"/>
     <w:rsid w:val="001D1B43"/>
     <w:rsid w:val="001D424B"/>
     <w:rsid w:val="001D45E6"/>
     <w:rsid w:val="001D4896"/>
     <w:rsid w:val="001D56A7"/>
     <w:rsid w:val="001D6582"/>
     <w:rsid w:val="001D6AE0"/>
     <w:rsid w:val="001D7121"/>
     <w:rsid w:val="001D73D8"/>
+    <w:rsid w:val="001D7508"/>
+    <w:rsid w:val="001D76CD"/>
     <w:rsid w:val="001E2107"/>
     <w:rsid w:val="001E25C5"/>
     <w:rsid w:val="001E2A85"/>
     <w:rsid w:val="001E2C4B"/>
     <w:rsid w:val="001E2D1A"/>
+    <w:rsid w:val="001E2F9B"/>
     <w:rsid w:val="001E3536"/>
     <w:rsid w:val="001E3A7E"/>
     <w:rsid w:val="001E3BC1"/>
+    <w:rsid w:val="001E66C4"/>
     <w:rsid w:val="001E737D"/>
+    <w:rsid w:val="001E7959"/>
     <w:rsid w:val="001E7FC7"/>
     <w:rsid w:val="001F056F"/>
     <w:rsid w:val="001F0977"/>
     <w:rsid w:val="001F102B"/>
     <w:rsid w:val="001F111D"/>
     <w:rsid w:val="001F179A"/>
     <w:rsid w:val="001F1CDF"/>
     <w:rsid w:val="001F45B7"/>
     <w:rsid w:val="001F4964"/>
     <w:rsid w:val="001F5077"/>
+    <w:rsid w:val="001F577E"/>
     <w:rsid w:val="001F584D"/>
     <w:rsid w:val="001F6F4B"/>
     <w:rsid w:val="001F7024"/>
     <w:rsid w:val="001F7FF7"/>
     <w:rsid w:val="002008D9"/>
     <w:rsid w:val="002011F2"/>
+    <w:rsid w:val="0020130C"/>
     <w:rsid w:val="002019F8"/>
+    <w:rsid w:val="00202405"/>
     <w:rsid w:val="002027A6"/>
     <w:rsid w:val="00202AB4"/>
     <w:rsid w:val="00202BEB"/>
     <w:rsid w:val="00203107"/>
     <w:rsid w:val="00203608"/>
     <w:rsid w:val="00203CEF"/>
     <w:rsid w:val="00204461"/>
     <w:rsid w:val="00204559"/>
     <w:rsid w:val="002046B9"/>
     <w:rsid w:val="00204F12"/>
     <w:rsid w:val="002053A1"/>
     <w:rsid w:val="00205AAA"/>
+    <w:rsid w:val="00205BD2"/>
     <w:rsid w:val="00205CB2"/>
     <w:rsid w:val="00207720"/>
+    <w:rsid w:val="00207DED"/>
     <w:rsid w:val="00207E95"/>
     <w:rsid w:val="00210566"/>
     <w:rsid w:val="00210B30"/>
     <w:rsid w:val="00211804"/>
     <w:rsid w:val="00211F92"/>
     <w:rsid w:val="00212395"/>
+    <w:rsid w:val="002136CE"/>
     <w:rsid w:val="00213CD2"/>
     <w:rsid w:val="00214371"/>
     <w:rsid w:val="00215404"/>
+    <w:rsid w:val="00215AFC"/>
     <w:rsid w:val="00221BE1"/>
+    <w:rsid w:val="00222EC0"/>
+    <w:rsid w:val="002244FA"/>
     <w:rsid w:val="002245EC"/>
     <w:rsid w:val="002256CB"/>
     <w:rsid w:val="002256FD"/>
     <w:rsid w:val="00226058"/>
     <w:rsid w:val="00227BF0"/>
     <w:rsid w:val="002305EE"/>
     <w:rsid w:val="002318F5"/>
     <w:rsid w:val="002327F1"/>
     <w:rsid w:val="002331A5"/>
     <w:rsid w:val="00233B24"/>
     <w:rsid w:val="00235457"/>
     <w:rsid w:val="0024166C"/>
     <w:rsid w:val="0024178D"/>
     <w:rsid w:val="002419A9"/>
     <w:rsid w:val="00243C05"/>
     <w:rsid w:val="00243E84"/>
     <w:rsid w:val="00244417"/>
     <w:rsid w:val="002473DC"/>
     <w:rsid w:val="00250365"/>
     <w:rsid w:val="00251521"/>
     <w:rsid w:val="00251C40"/>
     <w:rsid w:val="00252532"/>
+    <w:rsid w:val="0025463E"/>
     <w:rsid w:val="00254BFE"/>
     <w:rsid w:val="00255C26"/>
     <w:rsid w:val="002565D0"/>
+    <w:rsid w:val="0025776D"/>
     <w:rsid w:val="002600C6"/>
     <w:rsid w:val="002603F1"/>
     <w:rsid w:val="002619BA"/>
     <w:rsid w:val="002627C9"/>
     <w:rsid w:val="00262B0E"/>
     <w:rsid w:val="0026467C"/>
     <w:rsid w:val="002652AB"/>
     <w:rsid w:val="00265A96"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00267959"/>
+    <w:rsid w:val="00267E3B"/>
+    <w:rsid w:val="0027085B"/>
     <w:rsid w:val="00271927"/>
     <w:rsid w:val="00271E16"/>
     <w:rsid w:val="00272711"/>
     <w:rsid w:val="00273051"/>
     <w:rsid w:val="002737A7"/>
     <w:rsid w:val="00274E1A"/>
     <w:rsid w:val="002759B2"/>
     <w:rsid w:val="00275B12"/>
     <w:rsid w:val="00275B53"/>
     <w:rsid w:val="0028025A"/>
     <w:rsid w:val="002807BE"/>
     <w:rsid w:val="00281326"/>
     <w:rsid w:val="00281588"/>
     <w:rsid w:val="002824EC"/>
     <w:rsid w:val="002835D0"/>
     <w:rsid w:val="0028360B"/>
+    <w:rsid w:val="00283B27"/>
     <w:rsid w:val="00285222"/>
     <w:rsid w:val="00285C78"/>
     <w:rsid w:val="00286205"/>
+    <w:rsid w:val="0028688C"/>
     <w:rsid w:val="00290E25"/>
     <w:rsid w:val="0029115C"/>
     <w:rsid w:val="0029269D"/>
     <w:rsid w:val="00293391"/>
     <w:rsid w:val="00294B1C"/>
     <w:rsid w:val="00295F02"/>
+    <w:rsid w:val="00296EE6"/>
+    <w:rsid w:val="00297B21"/>
     <w:rsid w:val="002A013A"/>
     <w:rsid w:val="002A0AEE"/>
     <w:rsid w:val="002A1173"/>
+    <w:rsid w:val="002A160B"/>
     <w:rsid w:val="002A1A24"/>
     <w:rsid w:val="002A26EF"/>
     <w:rsid w:val="002A29BB"/>
     <w:rsid w:val="002A38D5"/>
     <w:rsid w:val="002A4F66"/>
     <w:rsid w:val="002A5083"/>
     <w:rsid w:val="002A51CD"/>
     <w:rsid w:val="002A5B9D"/>
     <w:rsid w:val="002A61BB"/>
     <w:rsid w:val="002A6D26"/>
     <w:rsid w:val="002A6EF1"/>
     <w:rsid w:val="002A75D2"/>
     <w:rsid w:val="002B1697"/>
     <w:rsid w:val="002B22A1"/>
     <w:rsid w:val="002B3715"/>
+    <w:rsid w:val="002B3DC0"/>
+    <w:rsid w:val="002B3F7C"/>
     <w:rsid w:val="002B4D1E"/>
+    <w:rsid w:val="002B6718"/>
     <w:rsid w:val="002B7D04"/>
     <w:rsid w:val="002C016C"/>
     <w:rsid w:val="002C1486"/>
     <w:rsid w:val="002C2145"/>
     <w:rsid w:val="002C21FE"/>
     <w:rsid w:val="002C2318"/>
     <w:rsid w:val="002C30AA"/>
     <w:rsid w:val="002C4E9B"/>
     <w:rsid w:val="002C5C15"/>
     <w:rsid w:val="002C6459"/>
     <w:rsid w:val="002C73B3"/>
+    <w:rsid w:val="002C7CFD"/>
+    <w:rsid w:val="002C7F59"/>
+    <w:rsid w:val="002D0CD1"/>
     <w:rsid w:val="002D2228"/>
     <w:rsid w:val="002D23D7"/>
     <w:rsid w:val="002D3B62"/>
     <w:rsid w:val="002D47C1"/>
     <w:rsid w:val="002E0D35"/>
     <w:rsid w:val="002E0F14"/>
     <w:rsid w:val="002E22B4"/>
     <w:rsid w:val="002E2340"/>
     <w:rsid w:val="002E2A69"/>
     <w:rsid w:val="002E35A9"/>
     <w:rsid w:val="002E4A0A"/>
     <w:rsid w:val="002E5524"/>
     <w:rsid w:val="002E6838"/>
     <w:rsid w:val="002E6F3E"/>
     <w:rsid w:val="002E7BCB"/>
     <w:rsid w:val="002F0513"/>
     <w:rsid w:val="002F13A3"/>
+    <w:rsid w:val="002F16AC"/>
     <w:rsid w:val="002F2293"/>
     <w:rsid w:val="002F25D9"/>
     <w:rsid w:val="002F2A66"/>
     <w:rsid w:val="002F3D1C"/>
     <w:rsid w:val="002F43CA"/>
+    <w:rsid w:val="002F5739"/>
     <w:rsid w:val="002F611A"/>
     <w:rsid w:val="002F6177"/>
     <w:rsid w:val="002F64F9"/>
     <w:rsid w:val="002F65EA"/>
     <w:rsid w:val="003001FA"/>
+    <w:rsid w:val="00300206"/>
     <w:rsid w:val="00300386"/>
     <w:rsid w:val="003004DA"/>
     <w:rsid w:val="003006BE"/>
     <w:rsid w:val="00302C05"/>
     <w:rsid w:val="00302F75"/>
+    <w:rsid w:val="0030326E"/>
     <w:rsid w:val="00304652"/>
     <w:rsid w:val="00304F6B"/>
     <w:rsid w:val="00305514"/>
     <w:rsid w:val="003068A8"/>
+    <w:rsid w:val="00306ABD"/>
     <w:rsid w:val="00307545"/>
     <w:rsid w:val="003108ED"/>
     <w:rsid w:val="0031150B"/>
     <w:rsid w:val="00314420"/>
     <w:rsid w:val="003147B0"/>
     <w:rsid w:val="00316942"/>
     <w:rsid w:val="00317C14"/>
     <w:rsid w:val="00320840"/>
     <w:rsid w:val="003238E6"/>
+    <w:rsid w:val="00323D41"/>
+    <w:rsid w:val="00324E08"/>
     <w:rsid w:val="00324E62"/>
+    <w:rsid w:val="00325B32"/>
     <w:rsid w:val="00326133"/>
     <w:rsid w:val="00327603"/>
+    <w:rsid w:val="00327A24"/>
     <w:rsid w:val="003311E5"/>
     <w:rsid w:val="00332583"/>
     <w:rsid w:val="00332D7E"/>
     <w:rsid w:val="00333A77"/>
     <w:rsid w:val="00333F94"/>
     <w:rsid w:val="00334371"/>
+    <w:rsid w:val="00335580"/>
     <w:rsid w:val="003357B0"/>
     <w:rsid w:val="003360F0"/>
     <w:rsid w:val="003362A9"/>
     <w:rsid w:val="0033658E"/>
     <w:rsid w:val="003365CA"/>
     <w:rsid w:val="00340098"/>
     <w:rsid w:val="0034014A"/>
     <w:rsid w:val="003404D8"/>
     <w:rsid w:val="00342DF7"/>
     <w:rsid w:val="00343436"/>
     <w:rsid w:val="0034361D"/>
     <w:rsid w:val="00343BB0"/>
     <w:rsid w:val="003459CB"/>
+    <w:rsid w:val="003466BA"/>
     <w:rsid w:val="0034690D"/>
     <w:rsid w:val="003474F2"/>
+    <w:rsid w:val="003475A2"/>
     <w:rsid w:val="00347BF3"/>
+    <w:rsid w:val="00347DCD"/>
     <w:rsid w:val="0035034D"/>
+    <w:rsid w:val="00352611"/>
+    <w:rsid w:val="003527DE"/>
     <w:rsid w:val="0035290C"/>
+    <w:rsid w:val="003551D0"/>
     <w:rsid w:val="00355982"/>
+    <w:rsid w:val="003559E5"/>
+    <w:rsid w:val="00356277"/>
     <w:rsid w:val="00357630"/>
     <w:rsid w:val="00357B33"/>
     <w:rsid w:val="00357F86"/>
     <w:rsid w:val="0036008A"/>
     <w:rsid w:val="003615B3"/>
     <w:rsid w:val="0036286F"/>
+    <w:rsid w:val="00365670"/>
     <w:rsid w:val="00366B1E"/>
     <w:rsid w:val="003672F7"/>
     <w:rsid w:val="003675A1"/>
     <w:rsid w:val="00367627"/>
     <w:rsid w:val="00367C0E"/>
     <w:rsid w:val="003700B2"/>
     <w:rsid w:val="003728B3"/>
     <w:rsid w:val="00373D3D"/>
     <w:rsid w:val="00374660"/>
     <w:rsid w:val="003751B2"/>
     <w:rsid w:val="00375805"/>
     <w:rsid w:val="00376007"/>
     <w:rsid w:val="00376158"/>
     <w:rsid w:val="00377E05"/>
     <w:rsid w:val="00382D03"/>
     <w:rsid w:val="00382D80"/>
     <w:rsid w:val="00383AA8"/>
     <w:rsid w:val="00385B87"/>
     <w:rsid w:val="00386F15"/>
     <w:rsid w:val="00387398"/>
+    <w:rsid w:val="0039019F"/>
     <w:rsid w:val="003907ED"/>
+    <w:rsid w:val="00393711"/>
     <w:rsid w:val="00393F23"/>
     <w:rsid w:val="00394752"/>
     <w:rsid w:val="003952CB"/>
     <w:rsid w:val="00395FF7"/>
     <w:rsid w:val="00397F24"/>
     <w:rsid w:val="003A22BE"/>
     <w:rsid w:val="003A24D9"/>
     <w:rsid w:val="003A28C9"/>
     <w:rsid w:val="003A2C6E"/>
     <w:rsid w:val="003A3BC2"/>
     <w:rsid w:val="003A4A60"/>
     <w:rsid w:val="003A521F"/>
     <w:rsid w:val="003A6962"/>
     <w:rsid w:val="003A7CA3"/>
     <w:rsid w:val="003B050B"/>
     <w:rsid w:val="003B20AE"/>
     <w:rsid w:val="003B2823"/>
     <w:rsid w:val="003B42DF"/>
     <w:rsid w:val="003B4439"/>
     <w:rsid w:val="003B6115"/>
     <w:rsid w:val="003C0728"/>
     <w:rsid w:val="003C0B07"/>
+    <w:rsid w:val="003C130E"/>
     <w:rsid w:val="003C385B"/>
     <w:rsid w:val="003C53D1"/>
+    <w:rsid w:val="003C6269"/>
     <w:rsid w:val="003C6B1E"/>
     <w:rsid w:val="003D2106"/>
     <w:rsid w:val="003D21DF"/>
     <w:rsid w:val="003D2AEB"/>
     <w:rsid w:val="003D2C11"/>
     <w:rsid w:val="003D32AE"/>
     <w:rsid w:val="003D4500"/>
+    <w:rsid w:val="003D60A8"/>
     <w:rsid w:val="003D610F"/>
     <w:rsid w:val="003D6C53"/>
     <w:rsid w:val="003E1233"/>
     <w:rsid w:val="003E3B6C"/>
     <w:rsid w:val="003E4648"/>
     <w:rsid w:val="003E48B8"/>
     <w:rsid w:val="003E4D01"/>
     <w:rsid w:val="003E4EB3"/>
     <w:rsid w:val="003E60D2"/>
     <w:rsid w:val="003E6370"/>
     <w:rsid w:val="003E647F"/>
     <w:rsid w:val="003E7954"/>
     <w:rsid w:val="003E7978"/>
     <w:rsid w:val="003E7C8F"/>
     <w:rsid w:val="003F00F3"/>
     <w:rsid w:val="003F023A"/>
     <w:rsid w:val="003F0F13"/>
     <w:rsid w:val="003F2462"/>
     <w:rsid w:val="003F4BC5"/>
     <w:rsid w:val="003F57FE"/>
     <w:rsid w:val="003F5B7D"/>
     <w:rsid w:val="003F677F"/>
     <w:rsid w:val="003F7017"/>
     <w:rsid w:val="003F7323"/>
     <w:rsid w:val="003F7365"/>
+    <w:rsid w:val="003F7FA7"/>
     <w:rsid w:val="00400B06"/>
     <w:rsid w:val="00401072"/>
     <w:rsid w:val="00401905"/>
     <w:rsid w:val="0040204D"/>
     <w:rsid w:val="00402B46"/>
     <w:rsid w:val="00402D59"/>
     <w:rsid w:val="00402E1A"/>
     <w:rsid w:val="00402F42"/>
     <w:rsid w:val="00403A80"/>
     <w:rsid w:val="00404D6A"/>
+    <w:rsid w:val="00405A8D"/>
     <w:rsid w:val="004101EB"/>
     <w:rsid w:val="004114DF"/>
     <w:rsid w:val="0041204F"/>
     <w:rsid w:val="0041477C"/>
+    <w:rsid w:val="00415380"/>
     <w:rsid w:val="00416463"/>
     <w:rsid w:val="00416DE9"/>
     <w:rsid w:val="0042092D"/>
     <w:rsid w:val="00420B77"/>
     <w:rsid w:val="00421C66"/>
     <w:rsid w:val="00421E4A"/>
     <w:rsid w:val="00423349"/>
     <w:rsid w:val="00424D2E"/>
     <w:rsid w:val="004251B5"/>
     <w:rsid w:val="00425E56"/>
     <w:rsid w:val="00426B25"/>
     <w:rsid w:val="00426BEF"/>
     <w:rsid w:val="00427790"/>
     <w:rsid w:val="00430104"/>
+    <w:rsid w:val="004301EE"/>
     <w:rsid w:val="0043107F"/>
     <w:rsid w:val="004321B7"/>
     <w:rsid w:val="00432239"/>
+    <w:rsid w:val="004336EC"/>
     <w:rsid w:val="0043507F"/>
     <w:rsid w:val="00435681"/>
     <w:rsid w:val="00435BFC"/>
     <w:rsid w:val="00436D93"/>
     <w:rsid w:val="00437467"/>
     <w:rsid w:val="004402AD"/>
     <w:rsid w:val="0044237D"/>
+    <w:rsid w:val="00443605"/>
+    <w:rsid w:val="004442AE"/>
+    <w:rsid w:val="004452F8"/>
     <w:rsid w:val="004476E6"/>
     <w:rsid w:val="00447A6C"/>
     <w:rsid w:val="00450741"/>
     <w:rsid w:val="00450DDC"/>
     <w:rsid w:val="00451A8F"/>
     <w:rsid w:val="00452244"/>
     <w:rsid w:val="00453077"/>
     <w:rsid w:val="004548E4"/>
+    <w:rsid w:val="00454DB4"/>
+    <w:rsid w:val="00454DCD"/>
     <w:rsid w:val="00455CE2"/>
     <w:rsid w:val="0045635C"/>
     <w:rsid w:val="004572AA"/>
     <w:rsid w:val="004603DB"/>
     <w:rsid w:val="00462096"/>
     <w:rsid w:val="0046313C"/>
+    <w:rsid w:val="00463864"/>
     <w:rsid w:val="004640C2"/>
     <w:rsid w:val="00465F06"/>
     <w:rsid w:val="00466323"/>
     <w:rsid w:val="00466367"/>
     <w:rsid w:val="004664D9"/>
     <w:rsid w:val="00466B00"/>
     <w:rsid w:val="004702CC"/>
     <w:rsid w:val="00471379"/>
     <w:rsid w:val="00471AE6"/>
     <w:rsid w:val="00471F76"/>
     <w:rsid w:val="004724D9"/>
+    <w:rsid w:val="00472565"/>
     <w:rsid w:val="00472CF9"/>
     <w:rsid w:val="004737C6"/>
     <w:rsid w:val="004743BC"/>
     <w:rsid w:val="00474857"/>
     <w:rsid w:val="0047568A"/>
     <w:rsid w:val="00477204"/>
     <w:rsid w:val="00477A6E"/>
     <w:rsid w:val="00477BAD"/>
+    <w:rsid w:val="0048070E"/>
+    <w:rsid w:val="004810F0"/>
     <w:rsid w:val="0048227A"/>
     <w:rsid w:val="00482647"/>
     <w:rsid w:val="00483A5B"/>
     <w:rsid w:val="00484343"/>
     <w:rsid w:val="00485017"/>
     <w:rsid w:val="004864B2"/>
     <w:rsid w:val="0048769A"/>
     <w:rsid w:val="00490856"/>
     <w:rsid w:val="00491847"/>
     <w:rsid w:val="00492314"/>
     <w:rsid w:val="00492B9A"/>
     <w:rsid w:val="00493362"/>
     <w:rsid w:val="004939CE"/>
     <w:rsid w:val="00493CFA"/>
     <w:rsid w:val="00494994"/>
+    <w:rsid w:val="00494D44"/>
     <w:rsid w:val="00495667"/>
     <w:rsid w:val="00496124"/>
     <w:rsid w:val="00497119"/>
     <w:rsid w:val="0049725C"/>
+    <w:rsid w:val="004A0315"/>
     <w:rsid w:val="004A2865"/>
     <w:rsid w:val="004A2B96"/>
     <w:rsid w:val="004A2C2B"/>
     <w:rsid w:val="004A2C4D"/>
     <w:rsid w:val="004A3049"/>
+    <w:rsid w:val="004A3088"/>
     <w:rsid w:val="004A33D1"/>
     <w:rsid w:val="004A4CCA"/>
     <w:rsid w:val="004A4D79"/>
     <w:rsid w:val="004A5974"/>
     <w:rsid w:val="004A740F"/>
+    <w:rsid w:val="004A78F3"/>
+    <w:rsid w:val="004B04E3"/>
     <w:rsid w:val="004B0825"/>
     <w:rsid w:val="004B1788"/>
     <w:rsid w:val="004B1AFB"/>
     <w:rsid w:val="004B298C"/>
     <w:rsid w:val="004B4264"/>
     <w:rsid w:val="004C34AC"/>
     <w:rsid w:val="004C4070"/>
     <w:rsid w:val="004C49E8"/>
+    <w:rsid w:val="004C7046"/>
     <w:rsid w:val="004C717C"/>
     <w:rsid w:val="004D07C3"/>
     <w:rsid w:val="004D07E7"/>
     <w:rsid w:val="004D0F59"/>
     <w:rsid w:val="004D42C3"/>
     <w:rsid w:val="004D457B"/>
     <w:rsid w:val="004D5A60"/>
     <w:rsid w:val="004D72C2"/>
     <w:rsid w:val="004E1188"/>
     <w:rsid w:val="004E218F"/>
     <w:rsid w:val="004E2C70"/>
     <w:rsid w:val="004E4C5E"/>
     <w:rsid w:val="004E52F5"/>
     <w:rsid w:val="004E5616"/>
+    <w:rsid w:val="004E75C0"/>
     <w:rsid w:val="004F0299"/>
     <w:rsid w:val="004F3080"/>
     <w:rsid w:val="004F40BD"/>
+    <w:rsid w:val="004F52CF"/>
+    <w:rsid w:val="004F5593"/>
     <w:rsid w:val="0050024F"/>
     <w:rsid w:val="005004F8"/>
     <w:rsid w:val="005024C5"/>
     <w:rsid w:val="0050278B"/>
     <w:rsid w:val="005031C0"/>
     <w:rsid w:val="005035FF"/>
+    <w:rsid w:val="0050370B"/>
+    <w:rsid w:val="005038A6"/>
     <w:rsid w:val="00503ED8"/>
     <w:rsid w:val="0050411A"/>
     <w:rsid w:val="005045B1"/>
     <w:rsid w:val="00505730"/>
     <w:rsid w:val="00505F51"/>
     <w:rsid w:val="005067AF"/>
     <w:rsid w:val="00507339"/>
     <w:rsid w:val="005077C9"/>
     <w:rsid w:val="00507926"/>
     <w:rsid w:val="0051013D"/>
     <w:rsid w:val="005107BF"/>
     <w:rsid w:val="00510804"/>
     <w:rsid w:val="00510AC3"/>
     <w:rsid w:val="00511728"/>
     <w:rsid w:val="00511F4A"/>
     <w:rsid w:val="0051223C"/>
     <w:rsid w:val="005130B2"/>
     <w:rsid w:val="00513C20"/>
     <w:rsid w:val="00514664"/>
+    <w:rsid w:val="005152DB"/>
+    <w:rsid w:val="00515E46"/>
     <w:rsid w:val="00516168"/>
     <w:rsid w:val="0051626D"/>
+    <w:rsid w:val="00516655"/>
     <w:rsid w:val="005201D5"/>
     <w:rsid w:val="005211A2"/>
     <w:rsid w:val="005215AC"/>
+    <w:rsid w:val="00522871"/>
     <w:rsid w:val="00522D1C"/>
     <w:rsid w:val="005231E9"/>
     <w:rsid w:val="00523A57"/>
     <w:rsid w:val="0052411C"/>
+    <w:rsid w:val="00525CA0"/>
+    <w:rsid w:val="00527250"/>
     <w:rsid w:val="005276A1"/>
     <w:rsid w:val="00527A6D"/>
     <w:rsid w:val="00531A01"/>
+    <w:rsid w:val="00532139"/>
     <w:rsid w:val="00532F2E"/>
     <w:rsid w:val="00534664"/>
     <w:rsid w:val="00535A38"/>
     <w:rsid w:val="00535DCF"/>
     <w:rsid w:val="00536A57"/>
     <w:rsid w:val="00537025"/>
     <w:rsid w:val="005379DA"/>
     <w:rsid w:val="00537E10"/>
     <w:rsid w:val="00540DBE"/>
     <w:rsid w:val="00541031"/>
     <w:rsid w:val="00543236"/>
     <w:rsid w:val="005438F3"/>
     <w:rsid w:val="00543EEB"/>
     <w:rsid w:val="00544EA2"/>
     <w:rsid w:val="005458AA"/>
     <w:rsid w:val="00546F51"/>
     <w:rsid w:val="005473FE"/>
     <w:rsid w:val="00554D27"/>
+    <w:rsid w:val="00554D3F"/>
     <w:rsid w:val="00554E34"/>
     <w:rsid w:val="00555CFF"/>
     <w:rsid w:val="00556BCA"/>
     <w:rsid w:val="005576F4"/>
     <w:rsid w:val="00560082"/>
     <w:rsid w:val="005608DE"/>
+    <w:rsid w:val="00560E86"/>
     <w:rsid w:val="0056118D"/>
     <w:rsid w:val="00562850"/>
     <w:rsid w:val="0056346F"/>
     <w:rsid w:val="0056388A"/>
     <w:rsid w:val="00565485"/>
     <w:rsid w:val="0056567B"/>
+    <w:rsid w:val="00565D17"/>
     <w:rsid w:val="005664F4"/>
     <w:rsid w:val="0056652B"/>
     <w:rsid w:val="005667BF"/>
     <w:rsid w:val="00567467"/>
     <w:rsid w:val="00571557"/>
     <w:rsid w:val="00571785"/>
+    <w:rsid w:val="00571EAC"/>
     <w:rsid w:val="00571FE8"/>
     <w:rsid w:val="0057215D"/>
     <w:rsid w:val="0057265E"/>
+    <w:rsid w:val="00574779"/>
     <w:rsid w:val="00574E84"/>
     <w:rsid w:val="00575174"/>
+    <w:rsid w:val="005778B0"/>
     <w:rsid w:val="00577940"/>
     <w:rsid w:val="00580E72"/>
     <w:rsid w:val="00580F7C"/>
     <w:rsid w:val="00586582"/>
+    <w:rsid w:val="00587829"/>
     <w:rsid w:val="005947FC"/>
     <w:rsid w:val="005954A5"/>
     <w:rsid w:val="00595B61"/>
     <w:rsid w:val="005960B8"/>
     <w:rsid w:val="00596D17"/>
     <w:rsid w:val="00597336"/>
+    <w:rsid w:val="00597443"/>
+    <w:rsid w:val="00597BFB"/>
     <w:rsid w:val="005A23DC"/>
     <w:rsid w:val="005A2BAB"/>
     <w:rsid w:val="005A3747"/>
     <w:rsid w:val="005A456C"/>
     <w:rsid w:val="005A568E"/>
+    <w:rsid w:val="005A5791"/>
     <w:rsid w:val="005A784C"/>
     <w:rsid w:val="005A78DD"/>
     <w:rsid w:val="005B0C42"/>
     <w:rsid w:val="005B12F0"/>
     <w:rsid w:val="005B1352"/>
+    <w:rsid w:val="005B1836"/>
+    <w:rsid w:val="005B19F4"/>
     <w:rsid w:val="005B23F4"/>
     <w:rsid w:val="005B2700"/>
     <w:rsid w:val="005B2CC3"/>
+    <w:rsid w:val="005B49D5"/>
     <w:rsid w:val="005B5F42"/>
     <w:rsid w:val="005B63D2"/>
     <w:rsid w:val="005B7CE5"/>
     <w:rsid w:val="005C06DD"/>
     <w:rsid w:val="005C1381"/>
     <w:rsid w:val="005C29AD"/>
+    <w:rsid w:val="005C3064"/>
     <w:rsid w:val="005C44DD"/>
     <w:rsid w:val="005C4923"/>
+    <w:rsid w:val="005C528C"/>
     <w:rsid w:val="005C6290"/>
     <w:rsid w:val="005C7D0A"/>
     <w:rsid w:val="005D0740"/>
+    <w:rsid w:val="005D155C"/>
     <w:rsid w:val="005D1ACE"/>
     <w:rsid w:val="005D1FC8"/>
     <w:rsid w:val="005D2117"/>
     <w:rsid w:val="005D3D73"/>
     <w:rsid w:val="005D4DA0"/>
     <w:rsid w:val="005D6864"/>
+    <w:rsid w:val="005D718D"/>
     <w:rsid w:val="005D7223"/>
     <w:rsid w:val="005D7ACD"/>
+    <w:rsid w:val="005D7D63"/>
     <w:rsid w:val="005E0848"/>
     <w:rsid w:val="005E45B8"/>
     <w:rsid w:val="005E4D87"/>
     <w:rsid w:val="005E5A5B"/>
+    <w:rsid w:val="005E5D83"/>
     <w:rsid w:val="005E6056"/>
     <w:rsid w:val="005E6971"/>
     <w:rsid w:val="005F042C"/>
     <w:rsid w:val="005F06A5"/>
     <w:rsid w:val="005F17A2"/>
     <w:rsid w:val="005F1FD5"/>
+    <w:rsid w:val="005F2382"/>
     <w:rsid w:val="005F2F2D"/>
     <w:rsid w:val="005F35D2"/>
     <w:rsid w:val="005F4634"/>
     <w:rsid w:val="005F56FA"/>
     <w:rsid w:val="005F5E59"/>
     <w:rsid w:val="005F72B4"/>
     <w:rsid w:val="005F766A"/>
     <w:rsid w:val="0060019A"/>
     <w:rsid w:val="0060140D"/>
     <w:rsid w:val="00601FCE"/>
     <w:rsid w:val="0060201A"/>
     <w:rsid w:val="00604086"/>
+    <w:rsid w:val="006040AF"/>
     <w:rsid w:val="00604DCF"/>
+    <w:rsid w:val="006053DE"/>
     <w:rsid w:val="00606337"/>
     <w:rsid w:val="006063B0"/>
     <w:rsid w:val="006063CE"/>
     <w:rsid w:val="006104EB"/>
     <w:rsid w:val="00610C07"/>
+    <w:rsid w:val="00611268"/>
     <w:rsid w:val="00613997"/>
     <w:rsid w:val="00613EA4"/>
     <w:rsid w:val="006141BB"/>
+    <w:rsid w:val="00614409"/>
     <w:rsid w:val="00615ED0"/>
     <w:rsid w:val="00617BF1"/>
+    <w:rsid w:val="00620273"/>
     <w:rsid w:val="00620707"/>
     <w:rsid w:val="006217B6"/>
     <w:rsid w:val="006230AE"/>
+    <w:rsid w:val="00623815"/>
     <w:rsid w:val="006248BA"/>
     <w:rsid w:val="00624A36"/>
     <w:rsid w:val="00625D4A"/>
     <w:rsid w:val="00625F47"/>
     <w:rsid w:val="0062666D"/>
     <w:rsid w:val="006315D3"/>
     <w:rsid w:val="00633E45"/>
     <w:rsid w:val="00635324"/>
+    <w:rsid w:val="00635585"/>
     <w:rsid w:val="00635B7C"/>
     <w:rsid w:val="00640498"/>
     <w:rsid w:val="00641CF6"/>
     <w:rsid w:val="006428A5"/>
     <w:rsid w:val="006430CE"/>
     <w:rsid w:val="00643D81"/>
     <w:rsid w:val="006441C4"/>
     <w:rsid w:val="00646673"/>
     <w:rsid w:val="00646894"/>
     <w:rsid w:val="00646C89"/>
     <w:rsid w:val="00646EB2"/>
     <w:rsid w:val="00647E25"/>
     <w:rsid w:val="00651686"/>
     <w:rsid w:val="00652491"/>
     <w:rsid w:val="006534EE"/>
     <w:rsid w:val="006535A0"/>
     <w:rsid w:val="00653852"/>
+    <w:rsid w:val="00653DE3"/>
     <w:rsid w:val="00654CCF"/>
     <w:rsid w:val="00656B6F"/>
     <w:rsid w:val="0065737B"/>
+    <w:rsid w:val="006574A8"/>
     <w:rsid w:val="00657BA9"/>
     <w:rsid w:val="00657DFE"/>
     <w:rsid w:val="0066193C"/>
+    <w:rsid w:val="00661B05"/>
     <w:rsid w:val="00661B54"/>
     <w:rsid w:val="00661EDA"/>
     <w:rsid w:val="00661F01"/>
     <w:rsid w:val="00662832"/>
     <w:rsid w:val="00662AF4"/>
     <w:rsid w:val="00662FA6"/>
     <w:rsid w:val="00663488"/>
+    <w:rsid w:val="006638DD"/>
     <w:rsid w:val="00663B4E"/>
     <w:rsid w:val="00664F07"/>
     <w:rsid w:val="006653DE"/>
     <w:rsid w:val="00665E9B"/>
     <w:rsid w:val="00665F30"/>
     <w:rsid w:val="006661F2"/>
     <w:rsid w:val="00670785"/>
     <w:rsid w:val="00671323"/>
     <w:rsid w:val="006717ED"/>
     <w:rsid w:val="00673B86"/>
     <w:rsid w:val="00673ECA"/>
     <w:rsid w:val="00674977"/>
+    <w:rsid w:val="006761F7"/>
     <w:rsid w:val="00676695"/>
     <w:rsid w:val="006777B4"/>
     <w:rsid w:val="00680722"/>
     <w:rsid w:val="00680C35"/>
     <w:rsid w:val="00681908"/>
+    <w:rsid w:val="00683516"/>
+    <w:rsid w:val="00683A38"/>
     <w:rsid w:val="006843C7"/>
     <w:rsid w:val="0068699E"/>
     <w:rsid w:val="00687B34"/>
     <w:rsid w:val="00687E6C"/>
     <w:rsid w:val="00690A8B"/>
     <w:rsid w:val="00690B7A"/>
     <w:rsid w:val="00691D60"/>
+    <w:rsid w:val="00691F40"/>
     <w:rsid w:val="00692525"/>
     <w:rsid w:val="006926AC"/>
     <w:rsid w:val="006938CC"/>
     <w:rsid w:val="006941DA"/>
     <w:rsid w:val="00694BB5"/>
     <w:rsid w:val="006950DC"/>
     <w:rsid w:val="006952A4"/>
+    <w:rsid w:val="00695B02"/>
     <w:rsid w:val="00696B46"/>
+    <w:rsid w:val="00697AD0"/>
     <w:rsid w:val="006A075D"/>
+    <w:rsid w:val="006A0851"/>
     <w:rsid w:val="006A0F60"/>
     <w:rsid w:val="006A1419"/>
     <w:rsid w:val="006A2134"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2AA7"/>
     <w:rsid w:val="006A332C"/>
     <w:rsid w:val="006A3F3E"/>
     <w:rsid w:val="006A4098"/>
     <w:rsid w:val="006A5410"/>
     <w:rsid w:val="006A6B01"/>
     <w:rsid w:val="006A71E6"/>
     <w:rsid w:val="006A74C6"/>
     <w:rsid w:val="006B0405"/>
     <w:rsid w:val="006B1C0F"/>
     <w:rsid w:val="006B5441"/>
     <w:rsid w:val="006B5983"/>
     <w:rsid w:val="006B63B3"/>
     <w:rsid w:val="006B6FF4"/>
+    <w:rsid w:val="006B7FDF"/>
     <w:rsid w:val="006C04D4"/>
     <w:rsid w:val="006C22D6"/>
     <w:rsid w:val="006C2767"/>
     <w:rsid w:val="006C383F"/>
+    <w:rsid w:val="006C4E01"/>
     <w:rsid w:val="006C78A7"/>
     <w:rsid w:val="006C7BD4"/>
+    <w:rsid w:val="006D0D16"/>
+    <w:rsid w:val="006D298D"/>
+    <w:rsid w:val="006D4C52"/>
     <w:rsid w:val="006D4DA0"/>
     <w:rsid w:val="006D52D8"/>
     <w:rsid w:val="006D5973"/>
+    <w:rsid w:val="006D59AA"/>
     <w:rsid w:val="006D5E85"/>
     <w:rsid w:val="006E073C"/>
     <w:rsid w:val="006E21E1"/>
+    <w:rsid w:val="006E2825"/>
     <w:rsid w:val="006E36AD"/>
     <w:rsid w:val="006E45D2"/>
     <w:rsid w:val="006E55FB"/>
     <w:rsid w:val="006E5A83"/>
     <w:rsid w:val="006E70FA"/>
     <w:rsid w:val="006F0AE4"/>
     <w:rsid w:val="006F1063"/>
     <w:rsid w:val="006F1B28"/>
     <w:rsid w:val="006F1D87"/>
     <w:rsid w:val="006F2086"/>
     <w:rsid w:val="006F28FC"/>
     <w:rsid w:val="006F4753"/>
     <w:rsid w:val="006F5515"/>
     <w:rsid w:val="006F5B62"/>
+    <w:rsid w:val="006F6D65"/>
     <w:rsid w:val="007013DA"/>
     <w:rsid w:val="007020F8"/>
     <w:rsid w:val="00702A24"/>
+    <w:rsid w:val="00703110"/>
     <w:rsid w:val="00703173"/>
     <w:rsid w:val="00703344"/>
     <w:rsid w:val="00703AC7"/>
     <w:rsid w:val="0070479F"/>
+    <w:rsid w:val="007051E9"/>
+    <w:rsid w:val="00705BA5"/>
     <w:rsid w:val="0070791B"/>
     <w:rsid w:val="00710495"/>
     <w:rsid w:val="007115A4"/>
     <w:rsid w:val="00712102"/>
     <w:rsid w:val="00712106"/>
     <w:rsid w:val="00712186"/>
     <w:rsid w:val="007128F8"/>
     <w:rsid w:val="00714D10"/>
     <w:rsid w:val="007168E3"/>
+    <w:rsid w:val="00717827"/>
     <w:rsid w:val="00717A72"/>
+    <w:rsid w:val="00717B6E"/>
     <w:rsid w:val="00721900"/>
+    <w:rsid w:val="00721951"/>
     <w:rsid w:val="0072262A"/>
     <w:rsid w:val="00722D2F"/>
     <w:rsid w:val="00723D58"/>
     <w:rsid w:val="0072466A"/>
     <w:rsid w:val="00726C11"/>
     <w:rsid w:val="00727B78"/>
     <w:rsid w:val="00730088"/>
     <w:rsid w:val="00733793"/>
     <w:rsid w:val="00733912"/>
     <w:rsid w:val="00733A01"/>
     <w:rsid w:val="007344FB"/>
     <w:rsid w:val="00737420"/>
     <w:rsid w:val="00737E4D"/>
+    <w:rsid w:val="007400A7"/>
     <w:rsid w:val="0074016C"/>
     <w:rsid w:val="00742EB0"/>
     <w:rsid w:val="007447FF"/>
     <w:rsid w:val="007455E6"/>
     <w:rsid w:val="007458D8"/>
     <w:rsid w:val="00745E1B"/>
     <w:rsid w:val="00746114"/>
     <w:rsid w:val="00746799"/>
     <w:rsid w:val="00746D1F"/>
     <w:rsid w:val="00747209"/>
+    <w:rsid w:val="007476D6"/>
     <w:rsid w:val="0075145D"/>
     <w:rsid w:val="00751C38"/>
     <w:rsid w:val="00751F72"/>
     <w:rsid w:val="007528C2"/>
     <w:rsid w:val="00752F53"/>
     <w:rsid w:val="0075309A"/>
     <w:rsid w:val="00753125"/>
+    <w:rsid w:val="007531F6"/>
     <w:rsid w:val="00753B8A"/>
+    <w:rsid w:val="007543AD"/>
     <w:rsid w:val="00755060"/>
     <w:rsid w:val="007556CB"/>
+    <w:rsid w:val="00755D8D"/>
     <w:rsid w:val="00757205"/>
+    <w:rsid w:val="0075725A"/>
     <w:rsid w:val="0075757A"/>
+    <w:rsid w:val="007577F4"/>
     <w:rsid w:val="007613ED"/>
     <w:rsid w:val="00761AF9"/>
     <w:rsid w:val="00761CB3"/>
     <w:rsid w:val="00762687"/>
     <w:rsid w:val="00763EF2"/>
     <w:rsid w:val="00765C40"/>
     <w:rsid w:val="00765E28"/>
     <w:rsid w:val="0076758A"/>
     <w:rsid w:val="00770CC7"/>
     <w:rsid w:val="00771B34"/>
     <w:rsid w:val="007723BB"/>
     <w:rsid w:val="007728FC"/>
+    <w:rsid w:val="00774E50"/>
     <w:rsid w:val="00775A5E"/>
+    <w:rsid w:val="00775D96"/>
     <w:rsid w:val="007763BF"/>
     <w:rsid w:val="00780DC0"/>
     <w:rsid w:val="00781D83"/>
     <w:rsid w:val="007820D5"/>
     <w:rsid w:val="007829E8"/>
     <w:rsid w:val="00782F28"/>
     <w:rsid w:val="00785969"/>
     <w:rsid w:val="00787C85"/>
+    <w:rsid w:val="00787D5A"/>
     <w:rsid w:val="00787EFF"/>
     <w:rsid w:val="00790DBF"/>
     <w:rsid w:val="007915AC"/>
     <w:rsid w:val="00792680"/>
     <w:rsid w:val="00792756"/>
     <w:rsid w:val="00792F2B"/>
     <w:rsid w:val="00793978"/>
     <w:rsid w:val="0079448B"/>
+    <w:rsid w:val="00795761"/>
+    <w:rsid w:val="00796390"/>
     <w:rsid w:val="00796A0A"/>
     <w:rsid w:val="00797099"/>
+    <w:rsid w:val="007A0369"/>
     <w:rsid w:val="007A036E"/>
     <w:rsid w:val="007A0763"/>
+    <w:rsid w:val="007A35D1"/>
     <w:rsid w:val="007A3734"/>
     <w:rsid w:val="007A3A83"/>
     <w:rsid w:val="007A3C13"/>
     <w:rsid w:val="007A3D27"/>
+    <w:rsid w:val="007A432B"/>
     <w:rsid w:val="007A5A6B"/>
     <w:rsid w:val="007A6F3B"/>
     <w:rsid w:val="007B05E1"/>
     <w:rsid w:val="007B0B08"/>
     <w:rsid w:val="007B187F"/>
     <w:rsid w:val="007B31EB"/>
     <w:rsid w:val="007B331B"/>
     <w:rsid w:val="007B421C"/>
     <w:rsid w:val="007B6B1B"/>
     <w:rsid w:val="007C0BD2"/>
     <w:rsid w:val="007C12E8"/>
     <w:rsid w:val="007C1C98"/>
     <w:rsid w:val="007C46A1"/>
+    <w:rsid w:val="007C4BF4"/>
     <w:rsid w:val="007C557D"/>
     <w:rsid w:val="007D039B"/>
     <w:rsid w:val="007D162F"/>
     <w:rsid w:val="007D2E45"/>
     <w:rsid w:val="007D641A"/>
     <w:rsid w:val="007D75C8"/>
     <w:rsid w:val="007D7BD1"/>
     <w:rsid w:val="007E00FC"/>
     <w:rsid w:val="007E0502"/>
     <w:rsid w:val="007E15ED"/>
     <w:rsid w:val="007E198B"/>
     <w:rsid w:val="007E366B"/>
     <w:rsid w:val="007E3743"/>
+    <w:rsid w:val="007E3C56"/>
     <w:rsid w:val="007E3C99"/>
+    <w:rsid w:val="007E3E6F"/>
     <w:rsid w:val="007E43EC"/>
     <w:rsid w:val="007E5029"/>
     <w:rsid w:val="007E5CE5"/>
     <w:rsid w:val="007E5F59"/>
+    <w:rsid w:val="007F1290"/>
     <w:rsid w:val="007F149B"/>
+    <w:rsid w:val="007F1E9D"/>
     <w:rsid w:val="007F1EDB"/>
+    <w:rsid w:val="007F1F70"/>
     <w:rsid w:val="007F234D"/>
     <w:rsid w:val="007F2783"/>
     <w:rsid w:val="007F2DC1"/>
     <w:rsid w:val="007F3448"/>
     <w:rsid w:val="007F3730"/>
     <w:rsid w:val="007F4E42"/>
+    <w:rsid w:val="007F5EC0"/>
     <w:rsid w:val="007F6935"/>
     <w:rsid w:val="00800CF2"/>
     <w:rsid w:val="00801904"/>
     <w:rsid w:val="00801F83"/>
     <w:rsid w:val="008045F7"/>
     <w:rsid w:val="00804630"/>
     <w:rsid w:val="00806D6E"/>
     <w:rsid w:val="00807B05"/>
+    <w:rsid w:val="0081062E"/>
     <w:rsid w:val="00811167"/>
     <w:rsid w:val="0081179A"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="00812AF3"/>
     <w:rsid w:val="00814BB7"/>
+    <w:rsid w:val="00815F77"/>
+    <w:rsid w:val="00816631"/>
     <w:rsid w:val="00817DD2"/>
     <w:rsid w:val="0082090F"/>
     <w:rsid w:val="0082128D"/>
+    <w:rsid w:val="00822ACD"/>
+    <w:rsid w:val="00824F2C"/>
     <w:rsid w:val="008251DA"/>
     <w:rsid w:val="008266A6"/>
     <w:rsid w:val="00826ACB"/>
     <w:rsid w:val="008274C5"/>
     <w:rsid w:val="00827E7D"/>
     <w:rsid w:val="0083398E"/>
     <w:rsid w:val="0083400D"/>
     <w:rsid w:val="00834063"/>
     <w:rsid w:val="00834CDE"/>
     <w:rsid w:val="008357E5"/>
     <w:rsid w:val="00836D9E"/>
     <w:rsid w:val="00837592"/>
     <w:rsid w:val="00837B1C"/>
     <w:rsid w:val="0084015B"/>
     <w:rsid w:val="0084053E"/>
     <w:rsid w:val="008407E3"/>
     <w:rsid w:val="00841E35"/>
     <w:rsid w:val="00844154"/>
     <w:rsid w:val="0084456B"/>
     <w:rsid w:val="00844DC6"/>
+    <w:rsid w:val="00845735"/>
     <w:rsid w:val="008467F6"/>
     <w:rsid w:val="00846D81"/>
     <w:rsid w:val="00847894"/>
     <w:rsid w:val="008506D8"/>
     <w:rsid w:val="00851D1E"/>
+    <w:rsid w:val="00854F49"/>
     <w:rsid w:val="0085523C"/>
     <w:rsid w:val="008555DE"/>
     <w:rsid w:val="00856B4A"/>
     <w:rsid w:val="00857A0F"/>
     <w:rsid w:val="00857BF9"/>
     <w:rsid w:val="008613BE"/>
     <w:rsid w:val="00861CC7"/>
     <w:rsid w:val="0086220A"/>
+    <w:rsid w:val="00863DA9"/>
     <w:rsid w:val="008649D6"/>
     <w:rsid w:val="00864AB4"/>
     <w:rsid w:val="00870B2A"/>
     <w:rsid w:val="0087100F"/>
     <w:rsid w:val="0087161B"/>
     <w:rsid w:val="008726C1"/>
     <w:rsid w:val="00872FB3"/>
     <w:rsid w:val="00873570"/>
     <w:rsid w:val="0087394A"/>
     <w:rsid w:val="00875FC5"/>
     <w:rsid w:val="008765BD"/>
     <w:rsid w:val="00876B0C"/>
     <w:rsid w:val="0087709D"/>
     <w:rsid w:val="00877D81"/>
+    <w:rsid w:val="00880E82"/>
     <w:rsid w:val="008824B3"/>
     <w:rsid w:val="00883C27"/>
     <w:rsid w:val="00885148"/>
     <w:rsid w:val="008859FC"/>
     <w:rsid w:val="00886414"/>
     <w:rsid w:val="00886636"/>
+    <w:rsid w:val="008920DB"/>
     <w:rsid w:val="00894810"/>
     <w:rsid w:val="00895F02"/>
+    <w:rsid w:val="0089620D"/>
+    <w:rsid w:val="00896414"/>
     <w:rsid w:val="00896D38"/>
     <w:rsid w:val="0089776F"/>
     <w:rsid w:val="00897C64"/>
+    <w:rsid w:val="008A11CA"/>
+    <w:rsid w:val="008A13F4"/>
     <w:rsid w:val="008A1877"/>
+    <w:rsid w:val="008A2DAF"/>
     <w:rsid w:val="008A3491"/>
     <w:rsid w:val="008A3F6A"/>
     <w:rsid w:val="008A4D0D"/>
+    <w:rsid w:val="008A4DBB"/>
     <w:rsid w:val="008A540F"/>
     <w:rsid w:val="008A60C6"/>
     <w:rsid w:val="008A61CD"/>
     <w:rsid w:val="008A631B"/>
+    <w:rsid w:val="008A7D1E"/>
     <w:rsid w:val="008A7D30"/>
     <w:rsid w:val="008B0B7A"/>
     <w:rsid w:val="008B19EB"/>
     <w:rsid w:val="008B261C"/>
     <w:rsid w:val="008B2F7F"/>
     <w:rsid w:val="008B4DF7"/>
     <w:rsid w:val="008B722B"/>
     <w:rsid w:val="008C04E5"/>
     <w:rsid w:val="008C0CAD"/>
     <w:rsid w:val="008C3A86"/>
     <w:rsid w:val="008C46D0"/>
     <w:rsid w:val="008C4C24"/>
     <w:rsid w:val="008C5363"/>
     <w:rsid w:val="008C5A6B"/>
     <w:rsid w:val="008C6276"/>
     <w:rsid w:val="008C6D46"/>
     <w:rsid w:val="008C6DA5"/>
     <w:rsid w:val="008C7B05"/>
     <w:rsid w:val="008D1CB3"/>
     <w:rsid w:val="008D203C"/>
     <w:rsid w:val="008D2528"/>
     <w:rsid w:val="008D2953"/>
     <w:rsid w:val="008D31B3"/>
     <w:rsid w:val="008D38DE"/>
     <w:rsid w:val="008D4943"/>
     <w:rsid w:val="008D4CC7"/>
+    <w:rsid w:val="008D6FFF"/>
     <w:rsid w:val="008D74A1"/>
     <w:rsid w:val="008E1A00"/>
     <w:rsid w:val="008E1C40"/>
     <w:rsid w:val="008E1D93"/>
     <w:rsid w:val="008E456B"/>
     <w:rsid w:val="008E566D"/>
+    <w:rsid w:val="008E659B"/>
     <w:rsid w:val="008E6613"/>
     <w:rsid w:val="008E693A"/>
     <w:rsid w:val="008F026B"/>
     <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F089E"/>
     <w:rsid w:val="008F1C2F"/>
     <w:rsid w:val="008F348A"/>
     <w:rsid w:val="008F3C96"/>
+    <w:rsid w:val="008F4726"/>
+    <w:rsid w:val="008F4A8F"/>
+    <w:rsid w:val="008F5A56"/>
+    <w:rsid w:val="008F5EAB"/>
     <w:rsid w:val="008F608F"/>
     <w:rsid w:val="008F7673"/>
     <w:rsid w:val="00900A7D"/>
+    <w:rsid w:val="00901757"/>
     <w:rsid w:val="00901ACA"/>
     <w:rsid w:val="0090340B"/>
     <w:rsid w:val="00904EFD"/>
     <w:rsid w:val="00905355"/>
     <w:rsid w:val="00905589"/>
     <w:rsid w:val="0090694A"/>
+    <w:rsid w:val="00906DD8"/>
     <w:rsid w:val="00910860"/>
+    <w:rsid w:val="00912D85"/>
     <w:rsid w:val="00913560"/>
     <w:rsid w:val="00916B59"/>
     <w:rsid w:val="00917481"/>
     <w:rsid w:val="00917D9D"/>
     <w:rsid w:val="00917EE1"/>
     <w:rsid w:val="00920A4B"/>
     <w:rsid w:val="00921A8D"/>
+    <w:rsid w:val="00922D9D"/>
+    <w:rsid w:val="00923C0D"/>
     <w:rsid w:val="00923DA9"/>
     <w:rsid w:val="0092563F"/>
+    <w:rsid w:val="00925AAF"/>
     <w:rsid w:val="00925EF8"/>
     <w:rsid w:val="009263FF"/>
     <w:rsid w:val="009268B9"/>
     <w:rsid w:val="00926AD3"/>
     <w:rsid w:val="0092751B"/>
     <w:rsid w:val="00930605"/>
     <w:rsid w:val="00930EC2"/>
+    <w:rsid w:val="009320DA"/>
     <w:rsid w:val="00932D4A"/>
     <w:rsid w:val="00933FF4"/>
     <w:rsid w:val="0093422F"/>
     <w:rsid w:val="009352BC"/>
+    <w:rsid w:val="00937937"/>
     <w:rsid w:val="00937E46"/>
     <w:rsid w:val="00940229"/>
     <w:rsid w:val="00940586"/>
     <w:rsid w:val="00944525"/>
     <w:rsid w:val="009448CF"/>
     <w:rsid w:val="00945117"/>
+    <w:rsid w:val="00945988"/>
     <w:rsid w:val="00946663"/>
     <w:rsid w:val="009468AD"/>
     <w:rsid w:val="009474ED"/>
     <w:rsid w:val="009476CB"/>
     <w:rsid w:val="00947A31"/>
     <w:rsid w:val="00947FC0"/>
     <w:rsid w:val="009500AC"/>
     <w:rsid w:val="00950712"/>
     <w:rsid w:val="00950781"/>
+    <w:rsid w:val="00953448"/>
+    <w:rsid w:val="009541DB"/>
     <w:rsid w:val="009579FB"/>
     <w:rsid w:val="00957EB1"/>
     <w:rsid w:val="009617C0"/>
+    <w:rsid w:val="00962AC6"/>
     <w:rsid w:val="00962D33"/>
     <w:rsid w:val="00962ECB"/>
     <w:rsid w:val="009630DF"/>
+    <w:rsid w:val="00963A7C"/>
     <w:rsid w:val="00965360"/>
     <w:rsid w:val="00967A83"/>
     <w:rsid w:val="00967F30"/>
     <w:rsid w:val="0097144E"/>
     <w:rsid w:val="009721F0"/>
     <w:rsid w:val="00973308"/>
     <w:rsid w:val="0097345B"/>
     <w:rsid w:val="00974B6F"/>
+    <w:rsid w:val="00975DE6"/>
     <w:rsid w:val="00976754"/>
     <w:rsid w:val="00977A16"/>
     <w:rsid w:val="00977B0A"/>
     <w:rsid w:val="009809A2"/>
+    <w:rsid w:val="00980A22"/>
     <w:rsid w:val="009818BD"/>
     <w:rsid w:val="009819ED"/>
     <w:rsid w:val="00982DF7"/>
     <w:rsid w:val="00983ADA"/>
     <w:rsid w:val="00984547"/>
     <w:rsid w:val="00984A21"/>
     <w:rsid w:val="0098528F"/>
     <w:rsid w:val="00985A9E"/>
     <w:rsid w:val="00986789"/>
     <w:rsid w:val="0098690F"/>
     <w:rsid w:val="00986F3F"/>
     <w:rsid w:val="00990320"/>
     <w:rsid w:val="009904A9"/>
     <w:rsid w:val="00990F88"/>
     <w:rsid w:val="00991645"/>
     <w:rsid w:val="00993DAD"/>
     <w:rsid w:val="00994046"/>
     <w:rsid w:val="009953F2"/>
     <w:rsid w:val="00995647"/>
     <w:rsid w:val="00996183"/>
+    <w:rsid w:val="00996A50"/>
     <w:rsid w:val="009976A5"/>
     <w:rsid w:val="009A1E4C"/>
     <w:rsid w:val="009A2042"/>
+    <w:rsid w:val="009A2C59"/>
     <w:rsid w:val="009A31D1"/>
     <w:rsid w:val="009A4047"/>
     <w:rsid w:val="009A54A9"/>
     <w:rsid w:val="009A5C63"/>
     <w:rsid w:val="009A64CB"/>
     <w:rsid w:val="009A69A5"/>
     <w:rsid w:val="009A6B65"/>
     <w:rsid w:val="009B048D"/>
     <w:rsid w:val="009B0976"/>
     <w:rsid w:val="009B0DC1"/>
     <w:rsid w:val="009B113E"/>
     <w:rsid w:val="009B1570"/>
     <w:rsid w:val="009B4797"/>
+    <w:rsid w:val="009B5EC8"/>
     <w:rsid w:val="009B5FAA"/>
     <w:rsid w:val="009B6D49"/>
     <w:rsid w:val="009B6F01"/>
     <w:rsid w:val="009B775F"/>
+    <w:rsid w:val="009C1369"/>
     <w:rsid w:val="009C414B"/>
+    <w:rsid w:val="009C4B2F"/>
     <w:rsid w:val="009C544D"/>
     <w:rsid w:val="009C552F"/>
     <w:rsid w:val="009C736C"/>
     <w:rsid w:val="009D2511"/>
     <w:rsid w:val="009D2B9C"/>
     <w:rsid w:val="009D3583"/>
     <w:rsid w:val="009D41B1"/>
     <w:rsid w:val="009D5850"/>
     <w:rsid w:val="009D5902"/>
     <w:rsid w:val="009D6256"/>
     <w:rsid w:val="009E1772"/>
     <w:rsid w:val="009E1CFF"/>
     <w:rsid w:val="009E2B41"/>
     <w:rsid w:val="009E2C03"/>
     <w:rsid w:val="009E3F90"/>
+    <w:rsid w:val="009E444A"/>
     <w:rsid w:val="009E4B4F"/>
     <w:rsid w:val="009E50E4"/>
     <w:rsid w:val="009E5D8C"/>
     <w:rsid w:val="009E66C7"/>
+    <w:rsid w:val="009E6D07"/>
     <w:rsid w:val="009E7978"/>
     <w:rsid w:val="009E7E4B"/>
     <w:rsid w:val="009F025E"/>
     <w:rsid w:val="009F0436"/>
+    <w:rsid w:val="009F158F"/>
     <w:rsid w:val="009F22F6"/>
     <w:rsid w:val="009F3573"/>
     <w:rsid w:val="009F4BF6"/>
+    <w:rsid w:val="009F5500"/>
     <w:rsid w:val="009F738D"/>
+    <w:rsid w:val="009F7693"/>
     <w:rsid w:val="009F7817"/>
     <w:rsid w:val="009F7F33"/>
     <w:rsid w:val="00A0023E"/>
     <w:rsid w:val="00A01554"/>
     <w:rsid w:val="00A016B3"/>
+    <w:rsid w:val="00A01DDD"/>
     <w:rsid w:val="00A02017"/>
     <w:rsid w:val="00A05132"/>
     <w:rsid w:val="00A06CEF"/>
     <w:rsid w:val="00A10E41"/>
     <w:rsid w:val="00A11822"/>
     <w:rsid w:val="00A1497F"/>
     <w:rsid w:val="00A15539"/>
     <w:rsid w:val="00A158C2"/>
     <w:rsid w:val="00A20BC8"/>
     <w:rsid w:val="00A20C84"/>
     <w:rsid w:val="00A226E6"/>
     <w:rsid w:val="00A227D6"/>
     <w:rsid w:val="00A23462"/>
     <w:rsid w:val="00A2390B"/>
+    <w:rsid w:val="00A24739"/>
     <w:rsid w:val="00A2564D"/>
     <w:rsid w:val="00A25C35"/>
     <w:rsid w:val="00A267DB"/>
     <w:rsid w:val="00A2689D"/>
     <w:rsid w:val="00A27677"/>
     <w:rsid w:val="00A27C0A"/>
     <w:rsid w:val="00A30A5A"/>
     <w:rsid w:val="00A32A38"/>
+    <w:rsid w:val="00A34BFB"/>
     <w:rsid w:val="00A35B21"/>
     <w:rsid w:val="00A36196"/>
     <w:rsid w:val="00A40B9C"/>
     <w:rsid w:val="00A40C8E"/>
     <w:rsid w:val="00A41C42"/>
     <w:rsid w:val="00A42A01"/>
     <w:rsid w:val="00A42FB7"/>
     <w:rsid w:val="00A43283"/>
     <w:rsid w:val="00A4335F"/>
     <w:rsid w:val="00A4388C"/>
     <w:rsid w:val="00A4560D"/>
     <w:rsid w:val="00A4627A"/>
     <w:rsid w:val="00A46292"/>
     <w:rsid w:val="00A46CFA"/>
     <w:rsid w:val="00A47CC0"/>
     <w:rsid w:val="00A527BA"/>
     <w:rsid w:val="00A52F07"/>
     <w:rsid w:val="00A5340F"/>
+    <w:rsid w:val="00A53BA9"/>
     <w:rsid w:val="00A5429E"/>
     <w:rsid w:val="00A54A1A"/>
     <w:rsid w:val="00A556AD"/>
+    <w:rsid w:val="00A5648B"/>
+    <w:rsid w:val="00A56609"/>
     <w:rsid w:val="00A57666"/>
     <w:rsid w:val="00A60820"/>
     <w:rsid w:val="00A60A07"/>
     <w:rsid w:val="00A62FCA"/>
     <w:rsid w:val="00A65D05"/>
     <w:rsid w:val="00A66705"/>
     <w:rsid w:val="00A66D8D"/>
     <w:rsid w:val="00A67038"/>
     <w:rsid w:val="00A702CC"/>
+    <w:rsid w:val="00A702F7"/>
     <w:rsid w:val="00A72BBD"/>
+    <w:rsid w:val="00A736E4"/>
     <w:rsid w:val="00A75017"/>
     <w:rsid w:val="00A75B4F"/>
     <w:rsid w:val="00A778AB"/>
     <w:rsid w:val="00A77B7A"/>
     <w:rsid w:val="00A80A40"/>
     <w:rsid w:val="00A8265F"/>
     <w:rsid w:val="00A82C8F"/>
     <w:rsid w:val="00A82E97"/>
     <w:rsid w:val="00A838D3"/>
     <w:rsid w:val="00A84DD2"/>
     <w:rsid w:val="00A85581"/>
     <w:rsid w:val="00A85F42"/>
     <w:rsid w:val="00A86597"/>
     <w:rsid w:val="00A86646"/>
     <w:rsid w:val="00A87EAE"/>
     <w:rsid w:val="00A93B34"/>
+    <w:rsid w:val="00A94A5B"/>
     <w:rsid w:val="00A94D47"/>
     <w:rsid w:val="00A94F54"/>
     <w:rsid w:val="00A9633B"/>
     <w:rsid w:val="00A969DD"/>
     <w:rsid w:val="00AA1F53"/>
+    <w:rsid w:val="00AA20E6"/>
     <w:rsid w:val="00AA41EF"/>
     <w:rsid w:val="00AA4992"/>
     <w:rsid w:val="00AA5AAD"/>
     <w:rsid w:val="00AA6D2D"/>
     <w:rsid w:val="00AA6E77"/>
     <w:rsid w:val="00AA6F86"/>
     <w:rsid w:val="00AB07AA"/>
+    <w:rsid w:val="00AB15DF"/>
     <w:rsid w:val="00AB26E1"/>
+    <w:rsid w:val="00AB311A"/>
     <w:rsid w:val="00AB3D35"/>
     <w:rsid w:val="00AB45E1"/>
+    <w:rsid w:val="00AB4C26"/>
     <w:rsid w:val="00AB5B3C"/>
+    <w:rsid w:val="00AB68E7"/>
     <w:rsid w:val="00AB6959"/>
     <w:rsid w:val="00AB757E"/>
     <w:rsid w:val="00AC0A95"/>
     <w:rsid w:val="00AC11A6"/>
     <w:rsid w:val="00AC1C92"/>
     <w:rsid w:val="00AC3964"/>
     <w:rsid w:val="00AC4108"/>
     <w:rsid w:val="00AC445A"/>
     <w:rsid w:val="00AC5D79"/>
     <w:rsid w:val="00AC70D7"/>
     <w:rsid w:val="00AC7462"/>
     <w:rsid w:val="00AD15F3"/>
     <w:rsid w:val="00AD1A36"/>
     <w:rsid w:val="00AD2739"/>
     <w:rsid w:val="00AD3223"/>
     <w:rsid w:val="00AD3551"/>
+    <w:rsid w:val="00AD3CF5"/>
+    <w:rsid w:val="00AD5D6D"/>
     <w:rsid w:val="00AD73F7"/>
     <w:rsid w:val="00AD7719"/>
     <w:rsid w:val="00AE14F1"/>
     <w:rsid w:val="00AE22A6"/>
     <w:rsid w:val="00AE3F08"/>
+    <w:rsid w:val="00AE792C"/>
+    <w:rsid w:val="00AE7BA7"/>
     <w:rsid w:val="00AF0622"/>
+    <w:rsid w:val="00AF066A"/>
     <w:rsid w:val="00AF1ECA"/>
     <w:rsid w:val="00AF3711"/>
     <w:rsid w:val="00AF3C24"/>
     <w:rsid w:val="00AF42D0"/>
     <w:rsid w:val="00AF513C"/>
     <w:rsid w:val="00AF58C8"/>
     <w:rsid w:val="00AF6476"/>
     <w:rsid w:val="00AF68EE"/>
     <w:rsid w:val="00B02AA4"/>
     <w:rsid w:val="00B02CAF"/>
+    <w:rsid w:val="00B047E3"/>
     <w:rsid w:val="00B04E17"/>
     <w:rsid w:val="00B04F79"/>
     <w:rsid w:val="00B061A4"/>
     <w:rsid w:val="00B07166"/>
     <w:rsid w:val="00B07EB1"/>
+    <w:rsid w:val="00B102DC"/>
+    <w:rsid w:val="00B10496"/>
+    <w:rsid w:val="00B10554"/>
+    <w:rsid w:val="00B108A6"/>
     <w:rsid w:val="00B13260"/>
     <w:rsid w:val="00B13B7E"/>
     <w:rsid w:val="00B147CB"/>
     <w:rsid w:val="00B15A1C"/>
     <w:rsid w:val="00B15D9D"/>
     <w:rsid w:val="00B15E64"/>
     <w:rsid w:val="00B16FCB"/>
     <w:rsid w:val="00B171FA"/>
+    <w:rsid w:val="00B20C44"/>
     <w:rsid w:val="00B2218E"/>
+    <w:rsid w:val="00B22463"/>
+    <w:rsid w:val="00B235A3"/>
     <w:rsid w:val="00B23922"/>
     <w:rsid w:val="00B24210"/>
     <w:rsid w:val="00B25C24"/>
     <w:rsid w:val="00B263B5"/>
     <w:rsid w:val="00B27158"/>
     <w:rsid w:val="00B2742F"/>
     <w:rsid w:val="00B32648"/>
     <w:rsid w:val="00B3397F"/>
     <w:rsid w:val="00B339BD"/>
     <w:rsid w:val="00B33D82"/>
     <w:rsid w:val="00B343FD"/>
     <w:rsid w:val="00B34C7B"/>
     <w:rsid w:val="00B365B1"/>
     <w:rsid w:val="00B425F8"/>
     <w:rsid w:val="00B444A3"/>
+    <w:rsid w:val="00B44D79"/>
     <w:rsid w:val="00B45173"/>
     <w:rsid w:val="00B4642B"/>
     <w:rsid w:val="00B470B2"/>
     <w:rsid w:val="00B47112"/>
     <w:rsid w:val="00B479D4"/>
+    <w:rsid w:val="00B51473"/>
     <w:rsid w:val="00B5270A"/>
     <w:rsid w:val="00B5314C"/>
     <w:rsid w:val="00B55171"/>
     <w:rsid w:val="00B55318"/>
+    <w:rsid w:val="00B55A48"/>
+    <w:rsid w:val="00B57A2A"/>
     <w:rsid w:val="00B60C45"/>
     <w:rsid w:val="00B60E3E"/>
+    <w:rsid w:val="00B61644"/>
+    <w:rsid w:val="00B61A12"/>
     <w:rsid w:val="00B625C7"/>
+    <w:rsid w:val="00B62957"/>
     <w:rsid w:val="00B6341A"/>
     <w:rsid w:val="00B63849"/>
     <w:rsid w:val="00B63BE0"/>
     <w:rsid w:val="00B65623"/>
     <w:rsid w:val="00B65D3A"/>
     <w:rsid w:val="00B66070"/>
     <w:rsid w:val="00B6689D"/>
     <w:rsid w:val="00B669AF"/>
+    <w:rsid w:val="00B67472"/>
     <w:rsid w:val="00B706F7"/>
+    <w:rsid w:val="00B70CF6"/>
     <w:rsid w:val="00B70E59"/>
     <w:rsid w:val="00B716B8"/>
     <w:rsid w:val="00B724C1"/>
     <w:rsid w:val="00B725F5"/>
     <w:rsid w:val="00B72D69"/>
+    <w:rsid w:val="00B74D92"/>
     <w:rsid w:val="00B81436"/>
     <w:rsid w:val="00B81963"/>
     <w:rsid w:val="00B82CCD"/>
+    <w:rsid w:val="00B83CF4"/>
     <w:rsid w:val="00B8477F"/>
     <w:rsid w:val="00B848B6"/>
     <w:rsid w:val="00B853FB"/>
+    <w:rsid w:val="00B85781"/>
+    <w:rsid w:val="00B86470"/>
     <w:rsid w:val="00B867DC"/>
     <w:rsid w:val="00B871ED"/>
     <w:rsid w:val="00B90E55"/>
     <w:rsid w:val="00B91381"/>
     <w:rsid w:val="00B92537"/>
     <w:rsid w:val="00B929F2"/>
+    <w:rsid w:val="00B92FE4"/>
     <w:rsid w:val="00B96C4C"/>
     <w:rsid w:val="00B976EB"/>
     <w:rsid w:val="00B97FDA"/>
     <w:rsid w:val="00BA0344"/>
+    <w:rsid w:val="00BA04E2"/>
+    <w:rsid w:val="00BA0EEB"/>
     <w:rsid w:val="00BA1284"/>
     <w:rsid w:val="00BA1537"/>
+    <w:rsid w:val="00BA2A90"/>
     <w:rsid w:val="00BA2E25"/>
     <w:rsid w:val="00BA4A9E"/>
     <w:rsid w:val="00BA589A"/>
+    <w:rsid w:val="00BA605C"/>
     <w:rsid w:val="00BA632A"/>
+    <w:rsid w:val="00BA6B52"/>
     <w:rsid w:val="00BA6E2D"/>
     <w:rsid w:val="00BA700E"/>
     <w:rsid w:val="00BB0448"/>
     <w:rsid w:val="00BB0C89"/>
     <w:rsid w:val="00BB133F"/>
     <w:rsid w:val="00BB1C45"/>
     <w:rsid w:val="00BB3C0A"/>
     <w:rsid w:val="00BB4B61"/>
     <w:rsid w:val="00BB52DD"/>
+    <w:rsid w:val="00BB5BCC"/>
     <w:rsid w:val="00BB654B"/>
     <w:rsid w:val="00BB7142"/>
     <w:rsid w:val="00BB7E9F"/>
     <w:rsid w:val="00BC0296"/>
     <w:rsid w:val="00BC070C"/>
     <w:rsid w:val="00BC078C"/>
     <w:rsid w:val="00BC0988"/>
     <w:rsid w:val="00BC4597"/>
     <w:rsid w:val="00BC57E9"/>
     <w:rsid w:val="00BC7FA1"/>
+    <w:rsid w:val="00BD01A2"/>
+    <w:rsid w:val="00BD0558"/>
     <w:rsid w:val="00BD186F"/>
     <w:rsid w:val="00BD1E52"/>
     <w:rsid w:val="00BD3338"/>
     <w:rsid w:val="00BD4615"/>
     <w:rsid w:val="00BD5674"/>
     <w:rsid w:val="00BD6818"/>
+    <w:rsid w:val="00BE0199"/>
     <w:rsid w:val="00BE01CF"/>
     <w:rsid w:val="00BE05F7"/>
     <w:rsid w:val="00BE0E7F"/>
     <w:rsid w:val="00BE35E3"/>
+    <w:rsid w:val="00BE396C"/>
     <w:rsid w:val="00BE410A"/>
+    <w:rsid w:val="00BE4B96"/>
     <w:rsid w:val="00BE4F4C"/>
     <w:rsid w:val="00BE5773"/>
+    <w:rsid w:val="00BF0A50"/>
     <w:rsid w:val="00BF0EA1"/>
     <w:rsid w:val="00BF11C9"/>
+    <w:rsid w:val="00BF1B90"/>
     <w:rsid w:val="00BF4224"/>
+    <w:rsid w:val="00BF447D"/>
     <w:rsid w:val="00BF5349"/>
     <w:rsid w:val="00BF5662"/>
     <w:rsid w:val="00BF61ED"/>
     <w:rsid w:val="00BF7681"/>
+    <w:rsid w:val="00BF7BB0"/>
     <w:rsid w:val="00C00258"/>
     <w:rsid w:val="00C00561"/>
     <w:rsid w:val="00C01CFC"/>
     <w:rsid w:val="00C04B87"/>
     <w:rsid w:val="00C054BD"/>
     <w:rsid w:val="00C063CA"/>
+    <w:rsid w:val="00C06A86"/>
     <w:rsid w:val="00C06EEB"/>
     <w:rsid w:val="00C10371"/>
     <w:rsid w:val="00C10EA2"/>
     <w:rsid w:val="00C119CC"/>
+    <w:rsid w:val="00C11F40"/>
     <w:rsid w:val="00C12B78"/>
     <w:rsid w:val="00C12CCA"/>
     <w:rsid w:val="00C1395E"/>
     <w:rsid w:val="00C14A6E"/>
     <w:rsid w:val="00C16168"/>
     <w:rsid w:val="00C2092B"/>
+    <w:rsid w:val="00C20CD8"/>
     <w:rsid w:val="00C218F2"/>
     <w:rsid w:val="00C22378"/>
     <w:rsid w:val="00C2485C"/>
     <w:rsid w:val="00C24B4C"/>
     <w:rsid w:val="00C267D9"/>
     <w:rsid w:val="00C267E4"/>
     <w:rsid w:val="00C26D9B"/>
     <w:rsid w:val="00C2718F"/>
     <w:rsid w:val="00C27248"/>
     <w:rsid w:val="00C27D41"/>
     <w:rsid w:val="00C3085A"/>
+    <w:rsid w:val="00C315C2"/>
+    <w:rsid w:val="00C32A81"/>
     <w:rsid w:val="00C3331F"/>
+    <w:rsid w:val="00C37923"/>
     <w:rsid w:val="00C40023"/>
+    <w:rsid w:val="00C40C64"/>
     <w:rsid w:val="00C421A2"/>
     <w:rsid w:val="00C42310"/>
     <w:rsid w:val="00C426B3"/>
+    <w:rsid w:val="00C42B2A"/>
     <w:rsid w:val="00C42DB1"/>
     <w:rsid w:val="00C431FC"/>
     <w:rsid w:val="00C43330"/>
     <w:rsid w:val="00C4360F"/>
     <w:rsid w:val="00C44073"/>
     <w:rsid w:val="00C444AE"/>
     <w:rsid w:val="00C45522"/>
+    <w:rsid w:val="00C45E6A"/>
+    <w:rsid w:val="00C47351"/>
     <w:rsid w:val="00C52298"/>
+    <w:rsid w:val="00C53E23"/>
     <w:rsid w:val="00C55408"/>
     <w:rsid w:val="00C56490"/>
     <w:rsid w:val="00C5668B"/>
     <w:rsid w:val="00C5702F"/>
     <w:rsid w:val="00C57800"/>
     <w:rsid w:val="00C57A94"/>
     <w:rsid w:val="00C61B90"/>
+    <w:rsid w:val="00C634A9"/>
     <w:rsid w:val="00C643EA"/>
     <w:rsid w:val="00C66576"/>
+    <w:rsid w:val="00C66E62"/>
     <w:rsid w:val="00C7088A"/>
     <w:rsid w:val="00C726D7"/>
     <w:rsid w:val="00C735AB"/>
+    <w:rsid w:val="00C73832"/>
     <w:rsid w:val="00C73C12"/>
     <w:rsid w:val="00C74756"/>
     <w:rsid w:val="00C75CA1"/>
+    <w:rsid w:val="00C77AA1"/>
     <w:rsid w:val="00C77E9C"/>
     <w:rsid w:val="00C82475"/>
     <w:rsid w:val="00C82A19"/>
     <w:rsid w:val="00C82A44"/>
     <w:rsid w:val="00C82EF9"/>
+    <w:rsid w:val="00C83734"/>
     <w:rsid w:val="00C83B95"/>
     <w:rsid w:val="00C84C04"/>
     <w:rsid w:val="00C85976"/>
     <w:rsid w:val="00C8705B"/>
     <w:rsid w:val="00C87548"/>
     <w:rsid w:val="00C90373"/>
     <w:rsid w:val="00C9144F"/>
     <w:rsid w:val="00C92293"/>
+    <w:rsid w:val="00C928CB"/>
     <w:rsid w:val="00C9322D"/>
     <w:rsid w:val="00C93723"/>
     <w:rsid w:val="00C95679"/>
+    <w:rsid w:val="00C95B87"/>
     <w:rsid w:val="00C9631D"/>
     <w:rsid w:val="00C967CB"/>
     <w:rsid w:val="00C9697D"/>
+    <w:rsid w:val="00CA1187"/>
     <w:rsid w:val="00CA1550"/>
     <w:rsid w:val="00CA26E3"/>
     <w:rsid w:val="00CA2C83"/>
     <w:rsid w:val="00CA2C94"/>
+    <w:rsid w:val="00CA3058"/>
     <w:rsid w:val="00CA40D3"/>
     <w:rsid w:val="00CA58B4"/>
+    <w:rsid w:val="00CA5B5A"/>
     <w:rsid w:val="00CA5DE4"/>
     <w:rsid w:val="00CA5F55"/>
     <w:rsid w:val="00CA67BA"/>
     <w:rsid w:val="00CA68E5"/>
     <w:rsid w:val="00CA6CE5"/>
     <w:rsid w:val="00CA7061"/>
     <w:rsid w:val="00CA76D5"/>
     <w:rsid w:val="00CB00AD"/>
     <w:rsid w:val="00CB05B3"/>
     <w:rsid w:val="00CB16D3"/>
     <w:rsid w:val="00CB1FDF"/>
+    <w:rsid w:val="00CB28FF"/>
     <w:rsid w:val="00CB3CE6"/>
     <w:rsid w:val="00CB3E9B"/>
     <w:rsid w:val="00CB5115"/>
     <w:rsid w:val="00CB530C"/>
     <w:rsid w:val="00CB5E97"/>
     <w:rsid w:val="00CB65EC"/>
     <w:rsid w:val="00CB6C5C"/>
+    <w:rsid w:val="00CB7A53"/>
     <w:rsid w:val="00CC05FD"/>
+    <w:rsid w:val="00CC1103"/>
     <w:rsid w:val="00CC1960"/>
     <w:rsid w:val="00CC269D"/>
+    <w:rsid w:val="00CC6BF9"/>
     <w:rsid w:val="00CC6D82"/>
+    <w:rsid w:val="00CC7B72"/>
     <w:rsid w:val="00CD1348"/>
     <w:rsid w:val="00CD2B11"/>
     <w:rsid w:val="00CD3F30"/>
     <w:rsid w:val="00CD5534"/>
+    <w:rsid w:val="00CE0C64"/>
     <w:rsid w:val="00CE1738"/>
     <w:rsid w:val="00CE1EC5"/>
     <w:rsid w:val="00CE2509"/>
     <w:rsid w:val="00CE30FB"/>
     <w:rsid w:val="00CE44F5"/>
     <w:rsid w:val="00CE4B04"/>
+    <w:rsid w:val="00CE5967"/>
     <w:rsid w:val="00CE6466"/>
     <w:rsid w:val="00CE7778"/>
     <w:rsid w:val="00CF0C4E"/>
+    <w:rsid w:val="00CF1C0F"/>
     <w:rsid w:val="00CF24EC"/>
     <w:rsid w:val="00CF2A63"/>
+    <w:rsid w:val="00CF2EA2"/>
     <w:rsid w:val="00CF3551"/>
     <w:rsid w:val="00CF3868"/>
     <w:rsid w:val="00CF4654"/>
     <w:rsid w:val="00CF60C0"/>
     <w:rsid w:val="00CF61D8"/>
     <w:rsid w:val="00CF6FF3"/>
     <w:rsid w:val="00CF7BD3"/>
     <w:rsid w:val="00D00CC4"/>
     <w:rsid w:val="00D01406"/>
     <w:rsid w:val="00D01572"/>
     <w:rsid w:val="00D02B7A"/>
+    <w:rsid w:val="00D03889"/>
     <w:rsid w:val="00D043D0"/>
     <w:rsid w:val="00D05DF9"/>
     <w:rsid w:val="00D06CB8"/>
     <w:rsid w:val="00D102B3"/>
     <w:rsid w:val="00D10BA0"/>
+    <w:rsid w:val="00D10CA7"/>
+    <w:rsid w:val="00D118F1"/>
     <w:rsid w:val="00D11D69"/>
     <w:rsid w:val="00D11F87"/>
     <w:rsid w:val="00D143FB"/>
     <w:rsid w:val="00D147F6"/>
+    <w:rsid w:val="00D156C7"/>
     <w:rsid w:val="00D1587F"/>
     <w:rsid w:val="00D164EF"/>
     <w:rsid w:val="00D16CA7"/>
     <w:rsid w:val="00D20190"/>
     <w:rsid w:val="00D20C6D"/>
+    <w:rsid w:val="00D2422A"/>
     <w:rsid w:val="00D252B6"/>
+    <w:rsid w:val="00D25CD7"/>
     <w:rsid w:val="00D25E52"/>
+    <w:rsid w:val="00D26341"/>
     <w:rsid w:val="00D26A0A"/>
+    <w:rsid w:val="00D30003"/>
     <w:rsid w:val="00D30351"/>
+    <w:rsid w:val="00D31785"/>
     <w:rsid w:val="00D31B6A"/>
     <w:rsid w:val="00D34385"/>
     <w:rsid w:val="00D34CE4"/>
     <w:rsid w:val="00D358B2"/>
+    <w:rsid w:val="00D42708"/>
     <w:rsid w:val="00D42C34"/>
     <w:rsid w:val="00D438A6"/>
+    <w:rsid w:val="00D440C4"/>
     <w:rsid w:val="00D4423E"/>
     <w:rsid w:val="00D4480B"/>
     <w:rsid w:val="00D46119"/>
     <w:rsid w:val="00D4676B"/>
     <w:rsid w:val="00D46D88"/>
     <w:rsid w:val="00D51F27"/>
     <w:rsid w:val="00D550BF"/>
     <w:rsid w:val="00D55788"/>
     <w:rsid w:val="00D56818"/>
     <w:rsid w:val="00D56F2D"/>
+    <w:rsid w:val="00D57558"/>
     <w:rsid w:val="00D57F2F"/>
     <w:rsid w:val="00D60A0E"/>
     <w:rsid w:val="00D60B2C"/>
+    <w:rsid w:val="00D62E72"/>
+    <w:rsid w:val="00D66948"/>
+    <w:rsid w:val="00D670F0"/>
     <w:rsid w:val="00D6727D"/>
     <w:rsid w:val="00D67829"/>
     <w:rsid w:val="00D700B1"/>
+    <w:rsid w:val="00D70F18"/>
     <w:rsid w:val="00D71F32"/>
     <w:rsid w:val="00D73C1F"/>
+    <w:rsid w:val="00D759B2"/>
     <w:rsid w:val="00D771E0"/>
     <w:rsid w:val="00D779B2"/>
     <w:rsid w:val="00D77CD6"/>
     <w:rsid w:val="00D80D69"/>
     <w:rsid w:val="00D81C15"/>
+    <w:rsid w:val="00D8372A"/>
     <w:rsid w:val="00D84327"/>
     <w:rsid w:val="00D846EB"/>
     <w:rsid w:val="00D84F12"/>
     <w:rsid w:val="00D859CE"/>
     <w:rsid w:val="00D86380"/>
     <w:rsid w:val="00D87034"/>
     <w:rsid w:val="00D87465"/>
     <w:rsid w:val="00D87C16"/>
     <w:rsid w:val="00D90CB4"/>
     <w:rsid w:val="00D90E50"/>
     <w:rsid w:val="00D91C9A"/>
     <w:rsid w:val="00D92337"/>
     <w:rsid w:val="00D927FA"/>
     <w:rsid w:val="00D94F75"/>
+    <w:rsid w:val="00D9659C"/>
+    <w:rsid w:val="00D96F05"/>
     <w:rsid w:val="00D96FC7"/>
     <w:rsid w:val="00D97AB0"/>
     <w:rsid w:val="00DA006D"/>
     <w:rsid w:val="00DA0996"/>
     <w:rsid w:val="00DA0B67"/>
     <w:rsid w:val="00DA186B"/>
     <w:rsid w:val="00DA288E"/>
+    <w:rsid w:val="00DA2B7B"/>
     <w:rsid w:val="00DA2BAF"/>
     <w:rsid w:val="00DA406C"/>
     <w:rsid w:val="00DA432B"/>
     <w:rsid w:val="00DA4717"/>
     <w:rsid w:val="00DA49B1"/>
+    <w:rsid w:val="00DA4F20"/>
     <w:rsid w:val="00DA547A"/>
     <w:rsid w:val="00DA5831"/>
     <w:rsid w:val="00DA5BC1"/>
     <w:rsid w:val="00DA5D6C"/>
     <w:rsid w:val="00DA6A2D"/>
+    <w:rsid w:val="00DB0168"/>
     <w:rsid w:val="00DB01D1"/>
     <w:rsid w:val="00DB218E"/>
+    <w:rsid w:val="00DB22EF"/>
     <w:rsid w:val="00DB300C"/>
     <w:rsid w:val="00DB30B2"/>
     <w:rsid w:val="00DB3BDC"/>
     <w:rsid w:val="00DB503B"/>
     <w:rsid w:val="00DB5498"/>
     <w:rsid w:val="00DB6A27"/>
     <w:rsid w:val="00DB7071"/>
     <w:rsid w:val="00DC0AD5"/>
     <w:rsid w:val="00DC0E35"/>
     <w:rsid w:val="00DC14B6"/>
     <w:rsid w:val="00DC2BB4"/>
+    <w:rsid w:val="00DC39D2"/>
     <w:rsid w:val="00DC651A"/>
     <w:rsid w:val="00DD0360"/>
     <w:rsid w:val="00DD1066"/>
     <w:rsid w:val="00DD2E73"/>
     <w:rsid w:val="00DD4BF6"/>
     <w:rsid w:val="00DD61CA"/>
     <w:rsid w:val="00DD718E"/>
     <w:rsid w:val="00DE0452"/>
     <w:rsid w:val="00DE0622"/>
     <w:rsid w:val="00DE3470"/>
     <w:rsid w:val="00DE48C9"/>
     <w:rsid w:val="00DE5A37"/>
     <w:rsid w:val="00DE6926"/>
     <w:rsid w:val="00DE77CE"/>
     <w:rsid w:val="00DF05A8"/>
     <w:rsid w:val="00DF30CA"/>
     <w:rsid w:val="00DF363A"/>
     <w:rsid w:val="00DF43E3"/>
     <w:rsid w:val="00DF4444"/>
     <w:rsid w:val="00DF5330"/>
     <w:rsid w:val="00DF53E8"/>
+    <w:rsid w:val="00DF5DF0"/>
     <w:rsid w:val="00DF7EF4"/>
     <w:rsid w:val="00E00F59"/>
     <w:rsid w:val="00E01C13"/>
     <w:rsid w:val="00E020F2"/>
     <w:rsid w:val="00E02BDF"/>
     <w:rsid w:val="00E04390"/>
     <w:rsid w:val="00E05780"/>
     <w:rsid w:val="00E06031"/>
+    <w:rsid w:val="00E06CCC"/>
     <w:rsid w:val="00E072EE"/>
     <w:rsid w:val="00E10F18"/>
     <w:rsid w:val="00E114A2"/>
     <w:rsid w:val="00E12828"/>
     <w:rsid w:val="00E12C0B"/>
     <w:rsid w:val="00E12DB6"/>
     <w:rsid w:val="00E135CE"/>
     <w:rsid w:val="00E13A78"/>
     <w:rsid w:val="00E1440C"/>
     <w:rsid w:val="00E171C2"/>
     <w:rsid w:val="00E17FE4"/>
     <w:rsid w:val="00E207E3"/>
+    <w:rsid w:val="00E23CBE"/>
     <w:rsid w:val="00E241BD"/>
     <w:rsid w:val="00E2575B"/>
     <w:rsid w:val="00E25BEA"/>
     <w:rsid w:val="00E32EA8"/>
     <w:rsid w:val="00E33225"/>
     <w:rsid w:val="00E33312"/>
     <w:rsid w:val="00E3338C"/>
     <w:rsid w:val="00E34B1E"/>
     <w:rsid w:val="00E34F9D"/>
+    <w:rsid w:val="00E3558C"/>
     <w:rsid w:val="00E366EF"/>
     <w:rsid w:val="00E36764"/>
     <w:rsid w:val="00E369AB"/>
     <w:rsid w:val="00E37967"/>
+    <w:rsid w:val="00E41248"/>
     <w:rsid w:val="00E41696"/>
+    <w:rsid w:val="00E41C05"/>
     <w:rsid w:val="00E41F51"/>
     <w:rsid w:val="00E428C1"/>
     <w:rsid w:val="00E44F75"/>
     <w:rsid w:val="00E462EC"/>
     <w:rsid w:val="00E5265A"/>
     <w:rsid w:val="00E52BEA"/>
     <w:rsid w:val="00E52D97"/>
     <w:rsid w:val="00E54810"/>
     <w:rsid w:val="00E54868"/>
+    <w:rsid w:val="00E54870"/>
     <w:rsid w:val="00E56BF7"/>
     <w:rsid w:val="00E62840"/>
     <w:rsid w:val="00E63957"/>
     <w:rsid w:val="00E645AE"/>
     <w:rsid w:val="00E64EB7"/>
     <w:rsid w:val="00E6662B"/>
     <w:rsid w:val="00E70753"/>
     <w:rsid w:val="00E70ACD"/>
     <w:rsid w:val="00E71847"/>
     <w:rsid w:val="00E71ED0"/>
+    <w:rsid w:val="00E721B3"/>
     <w:rsid w:val="00E7294B"/>
     <w:rsid w:val="00E73ABB"/>
     <w:rsid w:val="00E73B37"/>
     <w:rsid w:val="00E75096"/>
     <w:rsid w:val="00E751A3"/>
     <w:rsid w:val="00E75377"/>
+    <w:rsid w:val="00E75565"/>
     <w:rsid w:val="00E75D20"/>
+    <w:rsid w:val="00E805EE"/>
+    <w:rsid w:val="00E8364B"/>
     <w:rsid w:val="00E837D5"/>
     <w:rsid w:val="00E86619"/>
     <w:rsid w:val="00E8681D"/>
+    <w:rsid w:val="00E8700B"/>
+    <w:rsid w:val="00E87884"/>
     <w:rsid w:val="00E87DF5"/>
     <w:rsid w:val="00E9018F"/>
+    <w:rsid w:val="00E90F85"/>
     <w:rsid w:val="00E9153F"/>
     <w:rsid w:val="00E9188B"/>
     <w:rsid w:val="00E91CF2"/>
     <w:rsid w:val="00E9329D"/>
     <w:rsid w:val="00E94B56"/>
     <w:rsid w:val="00E9521D"/>
     <w:rsid w:val="00E955E1"/>
     <w:rsid w:val="00E9679B"/>
+    <w:rsid w:val="00E96D09"/>
     <w:rsid w:val="00E97482"/>
     <w:rsid w:val="00E978A9"/>
     <w:rsid w:val="00E97968"/>
     <w:rsid w:val="00EA0DBF"/>
     <w:rsid w:val="00EA16C4"/>
     <w:rsid w:val="00EA17E9"/>
     <w:rsid w:val="00EA1D78"/>
     <w:rsid w:val="00EA21AC"/>
     <w:rsid w:val="00EA3B50"/>
+    <w:rsid w:val="00EA3D88"/>
     <w:rsid w:val="00EA3FC6"/>
     <w:rsid w:val="00EA4D44"/>
     <w:rsid w:val="00EA51A9"/>
     <w:rsid w:val="00EA7014"/>
     <w:rsid w:val="00EA70EE"/>
     <w:rsid w:val="00EA75ED"/>
     <w:rsid w:val="00EB0ECE"/>
     <w:rsid w:val="00EB1829"/>
     <w:rsid w:val="00EB415C"/>
+    <w:rsid w:val="00EB46B9"/>
     <w:rsid w:val="00EB5249"/>
     <w:rsid w:val="00EB5793"/>
     <w:rsid w:val="00EB6A25"/>
     <w:rsid w:val="00EC0A66"/>
     <w:rsid w:val="00EC16B2"/>
     <w:rsid w:val="00EC441C"/>
+    <w:rsid w:val="00EC4A23"/>
     <w:rsid w:val="00EC4C88"/>
+    <w:rsid w:val="00EC5262"/>
     <w:rsid w:val="00EC6038"/>
     <w:rsid w:val="00EC667B"/>
     <w:rsid w:val="00EC6E22"/>
     <w:rsid w:val="00EC7CEC"/>
+    <w:rsid w:val="00ED1CA9"/>
     <w:rsid w:val="00ED3006"/>
     <w:rsid w:val="00ED431B"/>
     <w:rsid w:val="00ED44B4"/>
     <w:rsid w:val="00ED47B2"/>
     <w:rsid w:val="00ED48FE"/>
+    <w:rsid w:val="00ED502F"/>
+    <w:rsid w:val="00ED7C82"/>
     <w:rsid w:val="00ED7F9C"/>
     <w:rsid w:val="00EE0008"/>
     <w:rsid w:val="00EE066D"/>
     <w:rsid w:val="00EE06CD"/>
     <w:rsid w:val="00EE1FBA"/>
     <w:rsid w:val="00EE27D1"/>
     <w:rsid w:val="00EE29CF"/>
+    <w:rsid w:val="00EE3382"/>
     <w:rsid w:val="00EE3ED2"/>
     <w:rsid w:val="00EE78EA"/>
     <w:rsid w:val="00EF029A"/>
+    <w:rsid w:val="00EF0786"/>
     <w:rsid w:val="00EF0C49"/>
     <w:rsid w:val="00EF1999"/>
     <w:rsid w:val="00EF1CBF"/>
     <w:rsid w:val="00EF230F"/>
     <w:rsid w:val="00EF2D19"/>
     <w:rsid w:val="00EF34BF"/>
     <w:rsid w:val="00EF3B97"/>
     <w:rsid w:val="00EF3D9A"/>
     <w:rsid w:val="00EF3F37"/>
     <w:rsid w:val="00EF468D"/>
     <w:rsid w:val="00EF54B7"/>
+    <w:rsid w:val="00EF6AC8"/>
     <w:rsid w:val="00EF7311"/>
     <w:rsid w:val="00EF7D59"/>
     <w:rsid w:val="00F00278"/>
     <w:rsid w:val="00F018BB"/>
     <w:rsid w:val="00F021FE"/>
     <w:rsid w:val="00F03188"/>
     <w:rsid w:val="00F032C9"/>
     <w:rsid w:val="00F05267"/>
     <w:rsid w:val="00F063E1"/>
     <w:rsid w:val="00F06A68"/>
     <w:rsid w:val="00F06E4E"/>
     <w:rsid w:val="00F07E5D"/>
     <w:rsid w:val="00F1190E"/>
     <w:rsid w:val="00F12227"/>
     <w:rsid w:val="00F12721"/>
     <w:rsid w:val="00F12B09"/>
     <w:rsid w:val="00F13A0A"/>
+    <w:rsid w:val="00F14F48"/>
     <w:rsid w:val="00F15DAB"/>
     <w:rsid w:val="00F16C43"/>
     <w:rsid w:val="00F20407"/>
     <w:rsid w:val="00F20526"/>
     <w:rsid w:val="00F22782"/>
     <w:rsid w:val="00F24677"/>
     <w:rsid w:val="00F24976"/>
     <w:rsid w:val="00F2682A"/>
     <w:rsid w:val="00F26B40"/>
     <w:rsid w:val="00F26F7E"/>
     <w:rsid w:val="00F27DFB"/>
     <w:rsid w:val="00F30588"/>
     <w:rsid w:val="00F31133"/>
     <w:rsid w:val="00F31A54"/>
     <w:rsid w:val="00F31E1C"/>
     <w:rsid w:val="00F322E0"/>
     <w:rsid w:val="00F32D60"/>
     <w:rsid w:val="00F3372E"/>
     <w:rsid w:val="00F33D91"/>
     <w:rsid w:val="00F34951"/>
+    <w:rsid w:val="00F34EB6"/>
     <w:rsid w:val="00F35B18"/>
     <w:rsid w:val="00F363A4"/>
     <w:rsid w:val="00F36713"/>
     <w:rsid w:val="00F36D71"/>
+    <w:rsid w:val="00F3752A"/>
     <w:rsid w:val="00F4130D"/>
     <w:rsid w:val="00F41C03"/>
     <w:rsid w:val="00F42220"/>
     <w:rsid w:val="00F4488A"/>
+    <w:rsid w:val="00F45979"/>
     <w:rsid w:val="00F45B3B"/>
     <w:rsid w:val="00F461A2"/>
+    <w:rsid w:val="00F47C61"/>
     <w:rsid w:val="00F47D04"/>
     <w:rsid w:val="00F5003B"/>
     <w:rsid w:val="00F50FEE"/>
     <w:rsid w:val="00F51487"/>
     <w:rsid w:val="00F51FB0"/>
     <w:rsid w:val="00F5292E"/>
     <w:rsid w:val="00F52C00"/>
     <w:rsid w:val="00F55337"/>
     <w:rsid w:val="00F55AD9"/>
     <w:rsid w:val="00F55C26"/>
     <w:rsid w:val="00F563AF"/>
     <w:rsid w:val="00F5689D"/>
     <w:rsid w:val="00F56B24"/>
     <w:rsid w:val="00F61D25"/>
     <w:rsid w:val="00F62A28"/>
     <w:rsid w:val="00F6640F"/>
     <w:rsid w:val="00F6678C"/>
     <w:rsid w:val="00F676BF"/>
     <w:rsid w:val="00F67D8F"/>
     <w:rsid w:val="00F67E63"/>
     <w:rsid w:val="00F70BAD"/>
     <w:rsid w:val="00F71D27"/>
+    <w:rsid w:val="00F71DF6"/>
     <w:rsid w:val="00F7240F"/>
     <w:rsid w:val="00F72D0B"/>
+    <w:rsid w:val="00F7389E"/>
     <w:rsid w:val="00F7424E"/>
     <w:rsid w:val="00F7495A"/>
     <w:rsid w:val="00F76A94"/>
     <w:rsid w:val="00F771A3"/>
+    <w:rsid w:val="00F77416"/>
     <w:rsid w:val="00F800CE"/>
     <w:rsid w:val="00F804D6"/>
+    <w:rsid w:val="00F8075C"/>
     <w:rsid w:val="00F80B0E"/>
     <w:rsid w:val="00F8127B"/>
     <w:rsid w:val="00F81425"/>
     <w:rsid w:val="00F820B2"/>
     <w:rsid w:val="00F827C1"/>
     <w:rsid w:val="00F82FA5"/>
     <w:rsid w:val="00F832B1"/>
     <w:rsid w:val="00F835DE"/>
     <w:rsid w:val="00F84242"/>
     <w:rsid w:val="00F842E9"/>
     <w:rsid w:val="00F86BB6"/>
     <w:rsid w:val="00F874F7"/>
     <w:rsid w:val="00F91877"/>
     <w:rsid w:val="00F94479"/>
     <w:rsid w:val="00F94489"/>
     <w:rsid w:val="00F9457B"/>
     <w:rsid w:val="00F96312"/>
     <w:rsid w:val="00F96455"/>
     <w:rsid w:val="00F964B4"/>
     <w:rsid w:val="00F97CB0"/>
+    <w:rsid w:val="00FA0129"/>
     <w:rsid w:val="00FA01B3"/>
     <w:rsid w:val="00FA041E"/>
     <w:rsid w:val="00FA1329"/>
+    <w:rsid w:val="00FA1386"/>
     <w:rsid w:val="00FA2155"/>
     <w:rsid w:val="00FA2D50"/>
+    <w:rsid w:val="00FA38CD"/>
     <w:rsid w:val="00FA3BFD"/>
     <w:rsid w:val="00FA4318"/>
     <w:rsid w:val="00FA5CEF"/>
     <w:rsid w:val="00FA5D2E"/>
     <w:rsid w:val="00FB051A"/>
     <w:rsid w:val="00FB1908"/>
     <w:rsid w:val="00FB3E46"/>
     <w:rsid w:val="00FB46DB"/>
     <w:rsid w:val="00FB6E1D"/>
+    <w:rsid w:val="00FC0A59"/>
     <w:rsid w:val="00FC0B2F"/>
     <w:rsid w:val="00FC1874"/>
     <w:rsid w:val="00FC1E03"/>
     <w:rsid w:val="00FC2C2A"/>
     <w:rsid w:val="00FC4B13"/>
     <w:rsid w:val="00FC54E2"/>
     <w:rsid w:val="00FC65FE"/>
     <w:rsid w:val="00FC678F"/>
     <w:rsid w:val="00FC72BF"/>
     <w:rsid w:val="00FC74F1"/>
     <w:rsid w:val="00FC77F2"/>
     <w:rsid w:val="00FD0D45"/>
     <w:rsid w:val="00FD21B0"/>
     <w:rsid w:val="00FD290C"/>
     <w:rsid w:val="00FD30E5"/>
     <w:rsid w:val="00FD457E"/>
     <w:rsid w:val="00FD48AE"/>
+    <w:rsid w:val="00FD7CD2"/>
     <w:rsid w:val="00FE079B"/>
     <w:rsid w:val="00FE0871"/>
     <w:rsid w:val="00FE0BD6"/>
     <w:rsid w:val="00FE0DE8"/>
     <w:rsid w:val="00FE0E44"/>
     <w:rsid w:val="00FE128A"/>
     <w:rsid w:val="00FE1528"/>
+    <w:rsid w:val="00FE15B9"/>
     <w:rsid w:val="00FE1A45"/>
     <w:rsid w:val="00FE2432"/>
+    <w:rsid w:val="00FE2D23"/>
+    <w:rsid w:val="00FE3F7E"/>
+    <w:rsid w:val="00FE5A18"/>
     <w:rsid w:val="00FE61B9"/>
     <w:rsid w:val="00FE6299"/>
     <w:rsid w:val="00FF0ABF"/>
     <w:rsid w:val="00FF21DB"/>
+    <w:rsid w:val="00FF2BA0"/>
     <w:rsid w:val="00FF4733"/>
     <w:rsid w:val="00FF4AD8"/>
     <w:rsid w:val="00FF5335"/>
     <w:rsid w:val="00FF5A03"/>
+    <w:rsid w:val="00FF608A"/>
     <w:rsid w:val="00FF6B4A"/>
+    <w:rsid w:val="00FF72E0"/>
     <w:rsid w:val="00FF7627"/>
     <w:rsid w:val="016C4BC7"/>
     <w:rsid w:val="0272987C"/>
     <w:rsid w:val="0292EF1F"/>
     <w:rsid w:val="038E33A0"/>
     <w:rsid w:val="04A1A0C3"/>
     <w:rsid w:val="04FE0E76"/>
     <w:rsid w:val="056D0758"/>
     <w:rsid w:val="05AB760E"/>
     <w:rsid w:val="076BD4B1"/>
     <w:rsid w:val="08045835"/>
     <w:rsid w:val="090EAF4D"/>
     <w:rsid w:val="09E4B952"/>
     <w:rsid w:val="0B993FF8"/>
     <w:rsid w:val="0EAEE44A"/>
     <w:rsid w:val="0EE6AA47"/>
     <w:rsid w:val="0EFD3AD8"/>
     <w:rsid w:val="0F866F77"/>
     <w:rsid w:val="10D9C2DC"/>
     <w:rsid w:val="113FAC3D"/>
     <w:rsid w:val="1170DFED"/>
     <w:rsid w:val="11ABB20B"/>
     <w:rsid w:val="11D24169"/>
     <w:rsid w:val="11ED2AFF"/>
     <w:rsid w:val="1442868E"/>
@@ -19449,55 +25072,55 @@
     <w:rsid w:val="7BD7C730"/>
     <w:rsid w:val="7C21F5D3"/>
     <w:rsid w:val="7E0C6A1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4385E362"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{820A02E5-A466-471D-92A7-F5395250D8C5}"/>
+  <w15:docId w15:val="{1559AAC0-C316-4717-B245-01EE365E9169}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -20061,50 +25684,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D102B3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -20662,77 +26286,88 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EF230F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00EF230F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabulasjautjumasadaa">
     <w:name w:val="Tabulas jautājuma sadaļa"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TabulasjautjumasadaaRakstz"/>
     <w:qFormat/>
     <w:rsid w:val="00513C20"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="60" w:after="60" w:line="256" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabulasjautjumasadaaRakstz">
     <w:name w:val="Tabulas jautājuma sadaļa Rakstz."/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Tabulasjautjumasadaa"/>
     <w:rsid w:val="00513C20"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E54870"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="47993917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="55973542">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -20984,50 +26619,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="625620429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="643585787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="674915457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="676690153">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -21381,50 +27029,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1147631721">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1186944049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1234395067">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1238638959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -21705,56 +27366,57 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1166047070">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671%22%20/l%20%22p15.2%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/l%20%22p12%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F4-2-4-1-k-2%3Ffbclid%3DIwY2xjawM3ns1leHRuA2FlbQIxMABicmlkETFRWkpPVmhzc3pDc3JSblNHAR5a1H-ICGNZ-ownIkEopAfb-ZYxLxqGNLyaGNEE7v5jYfVFjmP_gRcXm_rN2Q_aem_47ynZhOQvfLYY75HmQyQ6w&amp;data=05%7C02%7Cdiana.meiere-auzina%40cfla.gov.lv%7Cc269564064c74849d3df08ddf6762962%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638937709577432936%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=r4rHSBYfL18MULaFnIZfQoKxAC8x6Af3BvfDxOdO9TQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Arodbiedr&#299;bu%20likums,%204.%20pants.%20https:/likumi.lv/ta/id/265207" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.latvijaskvalifikacijas.lv%2Fjedzieni%2F%3Fdoing_wp_cron%3D1759395892.4710130691528320312500&amp;data=05%7C02%7Cdiana.meiere-auzina%40cfla.gov.lv%7C118d94a6471249e0a64108de01a38c63%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638949999112019850%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=MbullLafa%2FlZx6a%2FBSCzwV%2FmP1mXpYI3kkxxNFkv1bA%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/l%20%22p15%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671%22%20/l%20%22p15.2%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/l%20%22p12%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nki-latvija.lv/par-lki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F4-2-4-1-k-2%3Ffbclid%3DIwY2xjawM3ns1leHRuA2FlbQIxMABicmlkETFRWkpPVmhzc3pDc3JSblNHAR5a1H-ICGNZ-ownIkEopAfb-ZYxLxqGNLyaGNEE7v5jYfVFjmP_gRcXm_rN2Q_aem_47ynZhOQvfLYY75HmQyQ6w&amp;data=05%7C02%7Cdiana.meiere-auzina%40cfla.gov.lv%7Cc269564064c74849d3df08ddf6762962%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638937709577432936%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=r4rHSBYfL18MULaFnIZfQoKxAC8x6Af3BvfDxOdO9TQ%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/LVILDE/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/TPVU8O8P/Arodbiedr&#299;bu%20likums,%204.%20pants.%20https:/likumi.lv/ta/id/265207" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/291524-noteikumi-par-latvijas-izglitibas-klasifikaciju" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21434/download?attachment" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.latvijaskvalifikacijas.lv%2Fjedzieni%2F%3Fdoing_wp_cron%3D1759395892.4710130691528320312500&amp;data=05%7C02%7Cdiana.meiere-auzina%40cfla.gov.lv%7C118d94a6471249e0a64108de01a38c63%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638949999112019850%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=MbullLafa%2FlZx6a%2FBSCzwV%2FmP1mXpYI3kkxxNFkv1bA%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/media/21434/download?attachment" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nki-latvija.lv/par-lki" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums%22%20/l%20%22p15%22%20/t%20%22_blank" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/291524-noteikumi-par-latvijas-izglitibas-klasifikaciju" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/265207-arodbiedribu-likums" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enic-naric.net/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://employment-social-affairs.ec.europa.eu/policies-and-activities/funding/european-social-fund-plus-esf/esf-monitoring-and-evaluation_en" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361671" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/4-2-4-1-k-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/sfc/system/files/documents/documents/toolbox-october-2021_0.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -22037,52 +27699,61 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -22277,153 +27948,144 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CCA4762-7BD9-43B6-B5B9-BDB64C36631C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBDD4F80-731A-4706-90D4-51C29288C3A0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFB84BE6-C5E0-4A29-9FFF-A3CEF4A89A6B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9759589-1449-442A-A49D-6891753CF26B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{894920C5-FE5F-43A7-9CEA-CE273AF9CA62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>33899</Characters>
+  <Pages>32</Pages>
+  <Words>41670</Words>
+  <Characters>23752</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>79</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>197</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39767</CharactersWithSpaces>
+  <CharactersWithSpaces>65292</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Grodze</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>