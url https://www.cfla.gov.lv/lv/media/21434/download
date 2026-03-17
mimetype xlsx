--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -1,106 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment3.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29429"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/4.2.4.1. Nozaru apmācības/2.kārta/1.Atlases sagatavošana/Nolikums/3_Gala_nolikums/informatīvais materiāls/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/4.2.4.1. Nozaru apmācības/2.kārta/1.Atlases sagatavošana/Nolikums/3_Gala_nolikums/2025.11.04_informatīvie materiāli/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="50" documentId="13_ncr:1_{343772E7-09E5-4067-904A-6152ED4997D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{614F37BB-958C-44F9-848D-049355B96852}"/>
+  <xr:revisionPtr revIDLastSave="237" documentId="13_ncr:1_{343772E7-09E5-4067-904A-6152ED4997D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DA36C43A-21E7-4B75-B4FD-3FB8084E8327}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{0877C53C-E19C-4E69-98AB-744FD49D73B3}"/>
+    <workbookView xWindow="19090" yWindow="-110" windowWidth="38620" windowHeight="21100" activeTab="2" xr2:uid="{0877C53C-E19C-4E69-98AB-744FD49D73B3}"/>
   </bookViews>
   <sheets>
     <sheet name="Budžets un fin.plāns" sheetId="5" r:id="rId1"/>
     <sheet name="Budžets un fin.plāns_PIEMĒRS" sheetId="6" r:id="rId2"/>
     <sheet name="DeMinimis" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="JĀ">#REF!</definedName>
     <definedName name="Nē">#REF!</definedName>
     <definedName name="shēma">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C58" i="5" l="1"/>
+  <c r="B11" i="3" l="1"/>
+  <c r="B10" i="3"/>
+  <c r="C71" i="6"/>
+  <c r="C70" i="6"/>
+  <c r="C69" i="6"/>
+  <c r="C68" i="6"/>
+  <c r="C67" i="6"/>
+  <c r="AR44" i="3"/>
+  <c r="B45" i="3"/>
+  <c r="C43" i="3" s="1"/>
+  <c r="D43" i="3" s="1"/>
+  <c r="B43" i="3"/>
+  <c r="C27" i="3"/>
+  <c r="F38" i="3"/>
+  <c r="E38" i="3"/>
+  <c r="G38" i="3"/>
+  <c r="B42" i="3"/>
+  <c r="C58" i="5"/>
   <c r="C57" i="5"/>
   <c r="C56" i="5"/>
   <c r="C55" i="5"/>
   <c r="Q39" i="6"/>
   <c r="K39" i="6"/>
   <c r="O39" i="6" s="1"/>
   <c r="Q38" i="6"/>
   <c r="M38" i="6"/>
   <c r="K38" i="6"/>
   <c r="O38" i="6" s="1"/>
   <c r="I37" i="6"/>
   <c r="H37" i="6"/>
   <c r="Q37" i="6" s="1"/>
   <c r="Q35" i="6"/>
   <c r="K35" i="6"/>
   <c r="O35" i="6" s="1"/>
   <c r="Q34" i="6"/>
   <c r="K34" i="6"/>
   <c r="O34" i="6" s="1"/>
   <c r="I33" i="6"/>
   <c r="H33" i="6"/>
   <c r="Q33" i="6" s="1"/>
   <c r="F85" i="6"/>
   <c r="F84" i="6"/>
   <c r="F86" i="6" s="1"/>
@@ -129,52 +145,50 @@
   <c r="O44" i="6" s="1"/>
   <c r="Q43" i="6"/>
   <c r="K43" i="6"/>
   <c r="O43" i="6" s="1"/>
   <c r="Q42" i="6"/>
   <c r="K42" i="6"/>
   <c r="M42" i="6" s="1"/>
   <c r="I41" i="6"/>
   <c r="I40" i="6" s="1"/>
   <c r="I32" i="6" s="1"/>
   <c r="H41" i="6"/>
   <c r="Q41" i="6" s="1"/>
   <c r="K37" i="6"/>
   <c r="O37" i="6" s="1"/>
   <c r="Q36" i="6"/>
   <c r="K36" i="6"/>
   <c r="M36" i="6" s="1"/>
   <c r="Q31" i="6"/>
   <c r="K31" i="6"/>
   <c r="O31" i="6" s="1"/>
   <c r="Q30" i="6"/>
   <c r="K30" i="6"/>
   <c r="O30" i="6" s="1"/>
   <c r="I29" i="6"/>
   <c r="H29" i="6"/>
-  <c r="C67" i="6" s="1"/>
-  <c r="C68" i="6" s="1"/>
   <c r="Q28" i="6"/>
   <c r="K28" i="6"/>
   <c r="O28" i="6" s="1"/>
   <c r="Q27" i="6"/>
   <c r="K27" i="6"/>
   <c r="O27" i="6" s="1"/>
   <c r="Q26" i="6"/>
   <c r="K26" i="6"/>
   <c r="M26" i="6" s="1"/>
   <c r="Q25" i="6"/>
   <c r="K25" i="6"/>
   <c r="O25" i="6" s="1"/>
   <c r="I24" i="6"/>
   <c r="H24" i="6"/>
   <c r="Q24" i="6" s="1"/>
   <c r="Q23" i="6"/>
   <c r="K23" i="6"/>
   <c r="O23" i="6" s="1"/>
   <c r="Q22" i="6"/>
   <c r="K22" i="6"/>
   <c r="O22" i="6" s="1"/>
   <c r="I21" i="6"/>
   <c r="H21" i="6"/>
   <c r="K21" i="6" s="1"/>
   <c r="Q19" i="6"/>
@@ -282,173 +296,109 @@
   <c r="K28" i="5"/>
   <c r="M28" i="5" s="1"/>
   <c r="K27" i="5"/>
   <c r="O27" i="5" s="1"/>
   <c r="K26" i="5"/>
   <c r="O26" i="5" s="1"/>
   <c r="K19" i="5"/>
   <c r="O19" i="5" s="1"/>
   <c r="K18" i="5"/>
   <c r="O18" i="5" s="1"/>
   <c r="K17" i="5"/>
   <c r="O17" i="5" s="1"/>
   <c r="K16" i="5"/>
   <c r="O16" i="5" s="1"/>
   <c r="K14" i="5"/>
   <c r="O14" i="5" s="1"/>
   <c r="K13" i="5"/>
   <c r="O13" i="5" s="1"/>
   <c r="I12" i="5"/>
   <c r="K46" i="5"/>
   <c r="O46" i="5" s="1"/>
   <c r="K45" i="5"/>
   <c r="O45" i="5" s="1"/>
   <c r="K40" i="5"/>
   <c r="O40" i="5" s="1"/>
-  <c r="B42" i="3"/>
-[...57 lines deleted...]
-  <c r="BD43" i="3" s="1"/>
   <c r="G34" i="3"/>
   <c r="G35" i="3"/>
   <c r="G36" i="3"/>
   <c r="G37" i="3"/>
   <c r="G33" i="3"/>
-  <c r="C27" i="3"/>
-[...4 lines deleted...]
-  <c r="M39" i="6" l="1"/>
+  <c r="C28" i="3"/>
+  <c r="AR45" i="3" l="1"/>
+  <c r="E43" i="3"/>
+  <c r="M39" i="6"/>
   <c r="R39" i="6" s="1"/>
   <c r="R38" i="6"/>
   <c r="O47" i="6"/>
   <c r="M35" i="6"/>
   <c r="R35" i="6" s="1"/>
   <c r="M34" i="6"/>
   <c r="R34" i="6" s="1"/>
   <c r="F83" i="6"/>
   <c r="H8" i="6"/>
   <c r="K8" i="6" s="1"/>
   <c r="O8" i="6" s="1"/>
   <c r="K33" i="6"/>
   <c r="O33" i="6" s="1"/>
   <c r="F80" i="6"/>
   <c r="R47" i="6"/>
-  <c r="C71" i="6"/>
-  <c r="C72" i="6" s="1"/>
+  <c r="C72" i="6"/>
   <c r="C73" i="6" s="1"/>
   <c r="Q15" i="6"/>
   <c r="I20" i="6"/>
   <c r="H11" i="6"/>
   <c r="K11" i="6" s="1"/>
   <c r="I11" i="6"/>
   <c r="I51" i="6" s="1"/>
   <c r="O42" i="6"/>
   <c r="R42" i="6" s="1"/>
   <c r="H40" i="6"/>
   <c r="O45" i="6"/>
   <c r="R45" i="6" s="1"/>
   <c r="K24" i="6"/>
   <c r="M27" i="6"/>
   <c r="R27" i="6" s="1"/>
   <c r="M30" i="6"/>
   <c r="R30" i="6" s="1"/>
   <c r="Q21" i="6"/>
   <c r="O36" i="6"/>
   <c r="R36" i="6" s="1"/>
   <c r="M44" i="6"/>
   <c r="R44" i="6" s="1"/>
   <c r="H20" i="6"/>
   <c r="K41" i="6"/>
   <c r="O41" i="6" s="1"/>
   <c r="M50" i="6"/>
   <c r="R50" i="6" s="1"/>
   <c r="O14" i="6"/>
   <c r="R14" i="6" s="1"/>
   <c r="M17" i="6"/>
   <c r="R17" i="6" s="1"/>
   <c r="Q10" i="6"/>
   <c r="O15" i="6"/>
   <c r="M15" i="6"/>
-  <c r="C70" i="6"/>
-  <c r="C69" i="6"/>
   <c r="M21" i="6"/>
   <c r="O21" i="6"/>
   <c r="M8" i="6"/>
   <c r="M49" i="6"/>
   <c r="R49" i="6" s="1"/>
   <c r="K12" i="6"/>
   <c r="O16" i="6"/>
   <c r="R16" i="6" s="1"/>
   <c r="O26" i="6"/>
   <c r="R26" i="6" s="1"/>
   <c r="M37" i="6"/>
   <c r="R37" i="6" s="1"/>
   <c r="M43" i="6"/>
   <c r="R43" i="6" s="1"/>
   <c r="O46" i="6"/>
   <c r="R46" i="6" s="1"/>
   <c r="M18" i="6"/>
   <c r="R18" i="6" s="1"/>
   <c r="M22" i="6"/>
   <c r="R22" i="6" s="1"/>
   <c r="M28" i="6"/>
   <c r="R28" i="6" s="1"/>
   <c r="M48" i="6"/>
   <c r="R48" i="6" s="1"/>
   <c r="K10" i="6"/>
@@ -526,52 +476,89 @@
   <c r="R14" i="5" s="1"/>
   <c r="M42" i="5"/>
   <c r="R42" i="5" s="1"/>
   <c r="M34" i="5"/>
   <c r="R34" i="5" s="1"/>
   <c r="M26" i="5"/>
   <c r="R26" i="5" s="1"/>
   <c r="M18" i="5"/>
   <c r="R18" i="5" s="1"/>
   <c r="M41" i="5"/>
   <c r="R41" i="5" s="1"/>
   <c r="M33" i="5"/>
   <c r="R33" i="5" s="1"/>
   <c r="M17" i="5"/>
   <c r="R17" i="5" s="1"/>
   <c r="M40" i="5"/>
   <c r="R40" i="5" s="1"/>
   <c r="M16" i="5"/>
   <c r="R16" i="5" s="1"/>
   <c r="K24" i="5"/>
   <c r="K25" i="5"/>
   <c r="K12" i="5"/>
   <c r="H11" i="5"/>
   <c r="Q11" i="5" s="1"/>
   <c r="K32" i="5"/>
-  <c r="B10" i="3"/>
-  <c r="Q8" i="6" l="1"/>
+  <c r="F43" i="3" l="1"/>
+  <c r="G43" i="3" s="1"/>
+  <c r="H43" i="3" s="1"/>
+  <c r="I43" i="3" s="1"/>
+  <c r="J43" i="3" s="1"/>
+  <c r="K43" i="3" s="1"/>
+  <c r="L43" i="3" s="1"/>
+  <c r="M43" i="3" s="1"/>
+  <c r="N43" i="3" s="1"/>
+  <c r="O43" i="3" s="1"/>
+  <c r="P43" i="3" s="1"/>
+  <c r="Q43" i="3" s="1"/>
+  <c r="R43" i="3" s="1"/>
+  <c r="S43" i="3" s="1"/>
+  <c r="T43" i="3" s="1"/>
+  <c r="U43" i="3" s="1"/>
+  <c r="V43" i="3" s="1"/>
+  <c r="W43" i="3" s="1"/>
+  <c r="X43" i="3" s="1"/>
+  <c r="Y43" i="3" s="1"/>
+  <c r="Z43" i="3" s="1"/>
+  <c r="AA43" i="3" s="1"/>
+  <c r="AB43" i="3" s="1"/>
+  <c r="AC43" i="3" s="1"/>
+  <c r="AD43" i="3" s="1"/>
+  <c r="AE43" i="3" s="1"/>
+  <c r="AF43" i="3" s="1"/>
+  <c r="AG43" i="3" s="1"/>
+  <c r="AH43" i="3" s="1"/>
+  <c r="AI43" i="3" s="1"/>
+  <c r="AJ43" i="3" s="1"/>
+  <c r="AK43" i="3" s="1"/>
+  <c r="AL43" i="3" s="1"/>
+  <c r="AM43" i="3" s="1"/>
+  <c r="AN43" i="3" s="1"/>
+  <c r="AO43" i="3" s="1"/>
+  <c r="AP43" i="3" s="1"/>
+  <c r="AQ43" i="3" s="1"/>
+  <c r="Q8" i="6"/>
   <c r="M33" i="6"/>
   <c r="R33" i="6" s="1"/>
   <c r="Q11" i="6"/>
   <c r="C74" i="6"/>
   <c r="R21" i="6"/>
   <c r="R8" i="6"/>
   <c r="O24" i="6"/>
   <c r="M24" i="6"/>
   <c r="Q20" i="6"/>
   <c r="K20" i="6"/>
   <c r="Q40" i="6"/>
   <c r="K40" i="6"/>
   <c r="H32" i="6"/>
   <c r="M41" i="6"/>
   <c r="R41" i="6" s="1"/>
   <c r="O12" i="6"/>
   <c r="M12" i="6"/>
   <c r="O10" i="6"/>
   <c r="M10" i="6"/>
   <c r="M9" i="6"/>
   <c r="O9" i="6"/>
   <c r="O11" i="6"/>
   <c r="M11" i="6"/>
   <c r="R15" i="6"/>
   <c r="O29" i="6"/>
@@ -642,52 +629,51 @@
   <c r="Q51" i="6"/>
   <c r="O32" i="6"/>
   <c r="O51" i="6" s="1"/>
   <c r="K51" i="6"/>
   <c r="M32" i="6"/>
   <c r="M51" i="6" s="1"/>
   <c r="C62" i="6"/>
   <c r="D81" i="6"/>
   <c r="D84" i="6"/>
   <c r="O20" i="5"/>
   <c r="O47" i="5" s="1"/>
   <c r="K47" i="5"/>
   <c r="D80" i="5"/>
   <c r="D77" i="5"/>
   <c r="M8" i="5"/>
   <c r="R8" i="5" s="1"/>
   <c r="R11" i="5"/>
   <c r="C61" i="6" l="1"/>
   <c r="E61" i="6" s="1"/>
   <c r="C60" i="6"/>
   <c r="R51" i="6"/>
   <c r="R32" i="6"/>
   <c r="R20" i="5"/>
   <c r="M47" i="5"/>
   <c r="R47" i="5" s="1"/>
-  <c r="B11" i="3"/>
-  <c r="B14" i="3" s="1"/>
+  <c r="B14" i="3"/>
   <c r="E56" i="5"/>
   <c r="E60" i="6" l="1"/>
   <c r="C58" i="6"/>
   <c r="E58" i="6" s="1"/>
   <c r="C59" i="6"/>
   <c r="E59" i="6" s="1"/>
   <c r="E57" i="5"/>
   <c r="E55" i="5"/>
   <c r="C54" i="5"/>
   <c r="E54" i="5" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={6846AC96-A59E-4C4A-883A-78C273D05F40}</author>
   </authors>
   <commentList>
     <comment ref="J29" authorId="0" shapeId="0" xr:uid="{6846AC96-A59E-4C4A-883A-78C273D05F40}">
       <text>
         <t xml:space="preserve">[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Pieņemot, ka atbalsts tiek sniegts uzņēmumiem ar atbalsta intensitāti 50%, ka atbalstu nav paredzēts sniegt publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai.
@@ -749,122 +735,170 @@
 Ja darbību aprakstos tiek paredzēts atbalsts publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai , atbalsta intensitāti var palielināt - līdz 100% šim GLG
 </t>
       </text>
     </comment>
     <comment ref="B34" authorId="0" shapeId="0" xr:uid="{B9381BF5-75B4-4074-BD3C-E054472A7B35}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Nepieciešamības gadījuma var veidot apakšpozīcijas</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
-    <author>tc={5B04F846-BE8C-41B6-886B-0812A6495454}</author>
-[...5 lines deleted...]
-    <author>tc={20C86E30-8B32-4651-854A-34C0BB87CC4C}</author>
+    <author>Lauris Biksāns</author>
   </authors>
   <commentList>
-    <comment ref="B12" authorId="0" shapeId="0" xr:uid="{5B04F846-BE8C-41B6-886B-0812A6495454}">
+    <comment ref="B12" authorId="0" shapeId="0" xr:uid="{62C42A31-1B8D-4F5E-A251-E066B6ADDE7E}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    Norāda summu, kas pieprasīta, ja projekta iesniegumam tiek pievienots iesniegums par piešķiramo de minimis apmēru, lai nepiešķirtu pilnā apmērā</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Norāda summu, kas pieprasīta, ja projekta iesniegumam tiek pievienots iesniegums par piešķiramo de minimis apmēru, lai nepiešķirtu pilnā apmērā</t>
+        </r>
       </text>
     </comment>
-    <comment ref="B13" authorId="1" shapeId="0" xr:uid="{23AAE04D-EBDD-4739-AB07-4C111805ADE7}">
+    <comment ref="B13" authorId="0" shapeId="0" xr:uid="{98F3B099-4293-465D-B1D0-E9E0C046FA1A}">
       <text>
-        <t>[Threaded comment]
-[...3 lines deleted...]
-PIEŠĶIRAMAIS DE MINIMIS APMĒRS NEDRĪKST PĀRSNIEGT PIEEJAMĀ DE MINIMIS ATBALSTA APMĒRU (De minimis atbalsta uzskaites sistēmas dati)</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Norāda projektā paredzēto prasmju fonda pārvaldītāja de minimis atbalsta apmēru vai projektam pievienotajā iesniegumā norādīto summu. </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+PIEŠĶIRAMAIS DE MINIMIS APMĒRS NEDRĪKST PĀRSNIEGT PIEEJAMĀ DE MINIMIS ATBALSTA APMĒRU </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>(De minimis atbalsta uzskaites sistēmas dati)</t>
+        </r>
       </text>
     </comment>
-    <comment ref="A19" authorId="2" shapeId="0" xr:uid="{A99B6DE2-D372-4393-B11B-91A88E5754DD}">
+    <comment ref="A19" authorId="0" shapeId="0" xr:uid="{F06E7E1E-1098-449A-810B-04F29BAB312E}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    De minimis atbalsts, kas pieškirts pēdējos 3 gados</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>De minimis atbalsts, kas pieškirts pēdējos 3 gados</t>
+        </r>
       </text>
     </comment>
-    <comment ref="E20" authorId="3" shapeId="0" xr:uid="{A0198F05-49BA-4D91-8B3D-4CE5D474FD53}">
+    <comment ref="E20" authorId="0" shapeId="0" xr:uid="{28D5DE67-CDBE-4357-A728-3609569B0EB9}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    Aprēķina 3 gadus no piešķiršanas dienas</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Aprēķina 3 gadus no piešķiršanas dienas</t>
+        </r>
       </text>
     </comment>
-    <comment ref="A42" authorId="4" shapeId="0" xr:uid="{24098C3A-835E-4DE7-9612-D0BD5DB88925}">
+    <comment ref="A42" authorId="0" shapeId="0" xr:uid="{8E0446AA-6A02-4536-8BAD-A3B44F3FED8A}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    Attiecīgajā gadā un mēnesī norāda de minimis apmēru, kas atbrīvojas (piešķirts pirms 3 gadiem)</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Attiecīgajā gadā un mēnesī norāda de minimis apmēru, kas atbrīvojas (piešķirts pirms 3 gadiem)</t>
+        </r>
       </text>
     </comment>
-    <comment ref="A44" authorId="5" shapeId="0" xr:uid="{6C177786-2DD0-41E4-A1BA-944EB2D911EB}">
+    <comment ref="A44" authorId="0" shapeId="0" xr:uid="{108FC338-976C-4B1B-84B6-836D39FD182D}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    Norāda citos īstenošanā esošajos projektos piešķiramo de minimis apmēru atbilstoši projekta finansū plūsmai un ievērojot tā īstenošanas termiņu</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Norāda citos īstenošanā esošajos projektos piešķiramo de minimis apmēru atbilstoši projekta finansū plūsmai un ievērojot tā īstenošanas termiņu</t>
+        </r>
       </text>
     </comment>
-    <comment ref="A45" authorId="6" shapeId="0" xr:uid="{20C86E30-8B32-4651-854A-34C0BB87CC4C}">
+    <comment ref="A45" authorId="0" shapeId="0" xr:uid="{E5C30049-186F-420A-A413-D866CDA31EF4}">
       <text>
-        <t>[Threaded comment]
-[...2 lines deleted...]
-    Norāda šajā projektā piešķiramo de minimis apmēru</t>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Norāda šajā projektā piešķiramo de minimis apmēru</t>
+        </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="263">
   <si>
     <t>Infromācija norādāma dzeltenajās šūnās</t>
   </si>
   <si>
     <t>Projekta budžeta kopsavilkums</t>
   </si>
   <si>
     <t>Kods</t>
   </si>
   <si>
     <t>Izmaksu pozīcijas nosaukums*</t>
   </si>
   <si>
     <t>Izmaksu veids (tiešās/ netiešās)</t>
   </si>
   <si>
     <t>Daudzums</t>
   </si>
   <si>
     <t>Mērvienība ***</t>
   </si>
   <si>
     <t>Projekta darbības Nr.</t>
   </si>
   <si>
@@ -899,50 +933,54 @@
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>1.1.</t>
   </si>
   <si>
     <t>Projekta iesniedzēja netiešās izmaksas</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 34. punktam un 34.1.apakšpunktam
 Projekta iesniedzēja netiešās izmaksas plāno kā vienu izmaksu pozīciju, piemērojot netiešo izmaksu vienoto likmi 15 procentu apmērā no SAM MK noteikumu 28.2. apakšpunktā minētajām tiešajām attiecināmajām personāla izmaksām, kas radušās uz darba tiesisko attiecību pamata, t.i., 15% no budžeta pozīciju Nr. 2.1.1. un Nr. 3.1.1. kopsummas.</t>
   </si>
   <si>
     <t>netiešās</t>
   </si>
   <si>
     <t>Īstenojot SAM MK noteikumu 24. punktā minētās darbības, īsteno projektu, kas nav saistīts ar saimnieciskās darbības veikšanu, nav kvalificējams kā komercdarbības atbalsts</t>
   </si>
   <si>
     <t>1.2.</t>
   </si>
   <si>
     <t>Prasmju fonda pārvaldītāja netiešās izmaksas</t>
+  </si>
+  <si>
+    <t>Atbilstoši SAM MK noteikumu 34. punktam un 34.2.apakšpunktam
+Prasmju fonda pārvaldītājam netiešās izmaksas plāno kā vienu izmaksu pozīciju, piemērojot netiešo izmaksu vienoto likmi 15 procentu apmērā no SAM noteikumu 29.1. apakšpunktā minētajām tiešajām attiecināmajām personāla izmaksām, kas radušās uz darba tiesisko attiecību pamata, t.i., 15% no budžeta pozīcijas Nr. 13.4.1.1.summas.</t>
   </si>
   <si>
     <t xml:space="preserve">	Ja SAM MK noteikumu 25.punktā noteiktās darbības nodrošina:
 -	piemērojot ārpakalpojumu, izmaksas nav uzskatāmas par komercdarbības atbalstu.
 -	projekta iesniedzējs vai sadarbības partneris ar savu personālu, izmaksas ir uzskatāmas par komercdarbības atbalstu. Atbalsts piešķirams projekta iesniedzējam vai sadarbības partnerim atbilstoši Komisijas regulai Nr. 2023/2831.</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Projekta vadības izmaksas</t>
   </si>
   <si>
     <t>2.1.</t>
   </si>
   <si>
     <t>Projekta vadības personāla izmaksas</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 28.2. apakšpunktam
 Projekta iesniedzēja projekta vadības izmaksas (izņemot virsstundas), SAM MK noteikumu 24. apakšpunktā minēto atbalstāmo darbību īstenošanai, kas ir attiecināmas kā faktiskās izmaksas un nepārsniedz Centrālās Statistikas pārvaldes noteikto vidējo darba samaksu attiecīgās kategorijas personālam.</t>
   </si>
   <si>
     <t xml:space="preserve">tiešās </t>
   </si>
@@ -1096,69 +1134,139 @@
     <t>Atbilstoši SAM MK noteikumu 28.4. apakšpunktam
 Projekta iesniedzēja un sadarbības partneru projekta īstenošanas personāla ārvalstu komandējumu un darba braucienu izmaksas, kas saistītas ar projekta mērķi, atbilstoši normatīvajiem aktiem par kārtību, kādā atlīdzināmi ar komandējumiem saistītie izdevumi, ja tās ir pamatotas un saistītas ar projekta īstenošanu.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>3.2.4.</t>
   </si>
   <si>
     <t xml:space="preserve">Projekta īstenošanas  personāla transporta pakalpojumu izmaksas </t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 28.5. apakšpunktam
 Projekta iesniedzēja un sadarbības partneru projekta īstenošanas personāla transporta pakalpojumu izmaksas (maksa par degvielu, transportlīdzekļu noma, transporta pakalpojumu pirkšana, maksa par sabiedriskā transporta izmantošanu), kas ir daļa no iekšzemes komandējumu vai darba braucienu izmaksām. Degvielas izmaksas vieglajam transportlīdzeklim un reģionālā sabiedriskā un vietējā sabiedriskā transporta izmaksas tiek segtas atbilstoši Finanšu ministrijas metodikai "Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas "Izaugsme un nodarbinātība" un Eiropas Savienības kohēzijas politikas programmas 2021. – 2027. gadam īstenošanai".
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>Mērķa grupas nodrošinājuma izmaksas</t>
   </si>
   <si>
     <t>4.1.</t>
   </si>
   <si>
+    <t>Mācību apguves izmaksas komersantu darbiniekiem</t>
+  </si>
+  <si>
+    <r>
+      <t>Atbilstoši SAM MK noteikumu 30.punktam
+Attiecināmas SAM MK noteikumu 25.2. apakšpunktā minēto mācību apguves izmaksas Latvijas Republikā reģistrētiem sīkiem (mikro), maziem, vidējiem un lieliem komersantiem.
+SAM MK noteikumu 29.6. apakšpunktā un 30. punktā minēto mācību izmaksas, t.i., budžeta pozīciju Nr. 13.4.7</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Aptos Display"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>. un Nr. 4.1. kopsumma, plāno ne mazāk kā 50 procentus no kopējām projekta iesniegumā apstiprinātajām attiecināmajām izmaksām.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Aptos Display"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve">
+Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
+    </r>
+  </si>
+  <si>
     <t xml:space="preserve">Atbalsts komersantam saskaņā ar Komisijas regulu Nr. 2023/2831 </t>
   </si>
   <si>
     <t>Komunikācijas un vizuālās identitātes prasību nodrošināšanas pasākumu izmaksas</t>
   </si>
   <si>
+    <t>Atbilstoši SAM MK noteikumu 28.8. apakšpunktam
+Projekta komunikācijas un vizuālās identitātes prasību nodrošināšanas izmaksas.
+Attiecināma tikai obligāto prasību nodrošināšana. Papildu komunikācijas un vizuālās identitātes pasākumu īstenošanas izmaksas, piemēram, drukāto materiālu, audiovizuālo materiālu, reklāmas vai reprezentatīvo materiālu izgatavošana un izplatīšana, nav attiecināmās izmaksas.
+Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
+  </si>
+  <si>
     <t>Pārējās projekta īstenošanas izmaksas</t>
   </si>
   <si>
     <t>13.1.</t>
   </si>
   <si>
     <t>Projekta iesnieguma pamatojošās dokumentācijas, prasmju fonda konceptuālā apraksta un iepirkuma procedūras dokumentācijas sagatavošanas izmaksas</t>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">Atbilstoši SAM MK noteikumu 28.1.apakšpunktam
+Finansējuma saņēmēja izmaksas SAM MK noteikumu 24.1. apakšpunktā minēto projekta iesnieguma pamatojošās dokumentācijas, tostarp prasmju fonda konceptuālā apraksta un iepirkuma procedūras dokumentācijas sagatavošanu, kas veikta, pamatojoties uz uzņēmuma (pakalpojuma) līgumu pamata. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Aptos Display"/>
+        <family val="2"/>
+        <scheme val="major"/>
+      </rPr>
+      <t>Attiecināmas projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas ne vairāk kā 50 000 euro no projekta iesniegumā apstiprinātajām kopējām attiecināmām izmaksām.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos Display"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="major"/>
+      </rPr>
+      <t xml:space="preserve">
+Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
+    </r>
+  </si>
+  <si>
     <t>13.2.</t>
   </si>
   <si>
     <t>Ar pasākumu organizēšanu, īstenošanu un dalību saistītās izmaksas</t>
+  </si>
+  <si>
+    <t>Atbilstoši SAM MK noteikumu 28.6.  apakšpunktam
+Ar semināru, darba grupu, konferenču, labās prakses, pieredzes apmaiņas Latvijā un ārvalstīs, un citu informatīvo pasākumu organizēšanu, īstenošanu un dalību saistītās izmaksas SAM MK noteikumu 24.2., 24.3., 24.4., 24.5. un 24.6. apakšpunktā  minēto atbalstāmo darbību īstenošanai.
+SAM MK noteikumu 28.6. un 29.5. apakšpunktā minēto semināru, darba grupu, pieredzes apmaiņas, konferenču un informatīvo pasākumu izmaksas, t.i., budžeta pozīciju Nr.13.2. un Nr.13.4.6. kopsumma, nepārsniedz 10 procentus no kopējām projekta iesniegumā apstiprinātajām izmaksām.
+Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>13.3.</t>
   </si>
   <si>
     <t xml:space="preserve">Ar vajadzību identificēšanu saistīto pētījumu vai izpētes veikšanas izmaksas </t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 28.7.apakšpunktam
 Ar prasmju fonda mācību un citu atbalsta pasākumu vajadzību identificēšanu saistīto pētījumu vai izpētes veikšanas izmaksas SAM MK noteikumu 24.3. un 24.4. apakšpunktā minēto atbalstāmo darbību īstenošanai.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>13.4.</t>
   </si>
   <si>
     <t>Prasmju fonda pārvaldītāja izmaksas</t>
   </si>
   <si>
     <t>13.4.1.</t>
   </si>
   <si>
     <t xml:space="preserve">Prasmju fonda pārvaldītāja īstenošanas personāla izmaksas </t>
   </si>
   <si>
@@ -1224,50 +1332,65 @@
   <si>
     <t>13.4.5.</t>
   </si>
   <si>
     <t>Prasmju fonda pārvaldītāja īstenošanas personāla transporta pakalpojumu izmaksas</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 29.4. apakšpunktam
 Prasmju fonda pārvaldītāja īstenošanas personāla transporta pakalpojumu izmaksas (maksa par degvielu, transportlīdzekļu noma, transporta pakalpojumu pirkšana, maksa par sabiedriskā transporta izmantošanu), kas ir daļa no iekšzemes komandējumu vai darba braucienu izmaksām. Degvielas izmaksas vieglajam transportlīdzeklim un reģionālā sabiedriskā un vietējā sabiedriskā transporta izmaksas tiek segtas atbilstoši Finanšu ministrijas metodikai "Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas "Izaugsme un nodarbinātība" un Eiropas Savienības kohēzijas politikas programmas 2021. – 2027. gadam īstenošanai".
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>13.4.6.</t>
   </si>
   <si>
     <t>Informatīvo kampaņu un jauno prasmju fondu dalībnieku piesaistes un mērķa grupas informēšanas un piesaistes pasākumu izmaksas</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 29.5. apakšpunktam
 Informatīvo kampaņu un jauno prasmju fondu dalībnieku piesaistes un mērķa grupas informēšanas un piesaistes pasākumu izmaksas SAM MK noteikumu 25.5. un 25.6. apakšpunktā minētās atbalstāmās darbības īstenošanai, tai skaitā semināriem, izstādēm, drukātiem materiāliem, kā arī informācijas ievietošanai reģionālajos plašsaziņas līdzekļos.
 SAM MK noteikumu 28.6. un 29.5. apakšpunktā minēto semināru, darba grupu, pieredzes apmaiņas, konferenču un informatīvo pasākumu izmaksas, t.i., budžeta pozīciju Nr.13.2. un Nr.13.4.6. kopsumma, nepārsniedz 10 procentus no kopējām projekta iesniegumā apstiprinātajām izmaksām.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>13.4.7.</t>
+  </si>
+  <si>
+    <t>Mācību apguves izmaksas nozares potenciālajam darbaspēkam</t>
+  </si>
+  <si>
+    <t>Atbilstoši SAM MK noteikumu 29.6. apakšpunktam
+Mācību apguves izmaksas SAM MK noteikumu 25.3. apakšpunktā minēto atbalstāmo darbību īstenošanai.
+SAM MK noteikumu 29.6. apakšpunktā un 30. punktā minēto mācību izmaksas, t.i., budžeta pozīciju Nr. 13.4.7. un Nr. 4.1. kopsumma, plāno ne mazāk kā 50 procentus no kopējām projekta iesniegumā apstiprinātajām attiecināmajām izmaksām.
+Atbilstoši SAM MK noteikumu 2.4. punktam – mācību pakalpojumu sniedzējs – juridiska vai fiziska persona, kas nodrošina mācību pakalpojuma sniegšanu. Mācību pakalpojuma sniedzējs nevar būt pats prasmju fonda pārvaldītājs.
+Ņemot vērā SAM MK noteikumu 2.4. punktā noteikto, izmaksām būtu piemērojams ārpakalpojums saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	Ja SAM MK noteikumu 25.punktā noteiktās darbības nodrošina:
+-	piemērojot ārpakalpojumu, izmaksas nav uzskatāmas par komercdarbības atbalstu.
+	</t>
   </si>
   <si>
     <t>13.4.8.</t>
   </si>
   <si>
     <t xml:space="preserve">Īstenoto mācību pasākumu ietekmes izvērtējuma izmaksas </t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 29.7. apakšpunktam
 Īstenoto mācību pasākumu ietekmes izvērtējuma izmaksas SAM MK noteikumu 25.7. apakšpunktā minētās atbalstāmās darbības īstenošanai.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>Kopējās attiecināmās izmaksas</t>
   </si>
   <si>
     <t>Finansējums pa avotiem</t>
   </si>
   <si>
     <t>Atbilstības SAM MK noteikumu 9.punktam pārbaude</t>
   </si>
   <si>
     <t>Finansēšanas avots</t>
   </si>
   <si>
@@ -1382,491 +1505,369 @@
   <si>
     <t>SAM MK noteikumu 28.1. apakšpunktā minētajām projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksām – ne vairāk kā 50 000 euro no projekta iesniegumā apstiprinātajām kopējām attiecināmām izmaksām</t>
   </si>
   <si>
     <t>Ja nav ievērots ierobežojums, šūna iekrāsojas sarkana</t>
   </si>
   <si>
     <t>SAM MK noteikumu 33.2.apakšpunkts</t>
   </si>
   <si>
     <t>SAM MK noteikumu 28.6. un 29.5. apakšpunktā minēto semināru, darba grupu, pieredzes apmaiņas, konferenču un informatīvo pasākumu izmaksas nepārsniedz 10 procentus no kopējām projekta iesniegumā apstiprinātajām izmaksām</t>
   </si>
   <si>
     <t>Kopā</t>
   </si>
   <si>
     <t>SAM MK noteikumu 33.3.apakšpunkts</t>
   </si>
   <si>
     <t>SAM MK noteikumu 29.6. apakšpunktā un 30. punktā minēto mācību izmaksām – ne mazāk kā 50 procentus no kopējām projekta iesniegumā apstiprinātajām attiecināmajām izmaksām</t>
   </si>
   <si>
     <t>Aizpildīšanas piemērs</t>
   </si>
   <si>
+    <t>Atbilstoši SAM MK noteikumu 34. punktam un 34.2.apakšpunktam
+Prasmju fonda pārvaldītājam netiešās izmaksas plāno kā vienu izmaksu pozīciju, piemērojot netiešo izmaksu vienoto likmi 15 procentu apmērā no SAM noteikumu 29.1. apakšpunktā minētajām tiešajām attiecināmajām personāla izmaksām, kas radušās uz darba tiesisko attiecību pamata, t.i., 15% mo budžeta pozīcijas Nr. 13.4.1.1.summas.</t>
+  </si>
+  <si>
     <t>mēneši</t>
   </si>
   <si>
     <t>d.x</t>
   </si>
   <si>
     <t>darba vietas</t>
   </si>
   <si>
     <t>komandējumi</t>
   </si>
   <si>
     <t>braucieni/ komandējumi</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 30.punktam
 Attiecināmas SAM MK noteikumu 25.2. apakšpunktā minēto mācību apguves izmaksas Latvijas Republikā reģistrētiem sīkiem (mikro), maziem, vidējiem un lieliem komersantiem.
 SAM MK noteikumu 29.6. apakšpunktā un 30. punktā minēto mācību izmaksas, t.i., budžeta pozīciju Nr. 13.4.7. un Nr. 4.1. kopsumma, plāno ne mazāk kā 50 procentus no kopējām projekta iesniegumā apstiprinātajām attiecināmajām izmaksām.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>apmācītas personas</t>
   </si>
   <si>
-    <t>Atbilstoši SAM MK noteikumu 28.8. apakšpunktam
-[...4 lines deleted...]
-  <si>
     <t>pasākumu kopums</t>
   </si>
   <si>
     <t>Atbilstoši SAM MK noteikumu 28.1.apakšpunktam
 Finansējuma saņēmēja izmaksas SAM MK noteikumu 24.1. apakšpunktā minēto projekta iesnieguma pamatojošās dokumentācijas, tostarp prasmju fonda konceptuālā apraksta un iepirkuma procedūras dokumentācijas sagatavošanu, kas veikta, pamatojoties uz uzņēmuma (pakalpojuma) līgumu pamata. 
 Attiecināmas projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas ne vairāk kā 50 000 euro no projekta iesniegumā apstiprinātajām kopējām attiecināmām izmaksām.
 Izmaksām var piemērot ārpakalpojumu saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t>13.1.1.</t>
   </si>
   <si>
     <t>Prasmju fonda konceptuālā apraksta sagatavošanas izmaksas</t>
   </si>
   <si>
     <t>konceptuālais apraksts</t>
   </si>
   <si>
     <t>13.1.2.</t>
   </si>
   <si>
     <t>Projekta iesnieguma pamatojošās dokumentācijas sagatavošanas izmaksas</t>
   </si>
   <si>
     <t>dokumentācijas komplekts</t>
   </si>
   <si>
-    <t>Atbilstoši SAM MK noteikumu 28.6.  apakšpunktam
-[...4 lines deleted...]
-  <si>
     <t>pasākumi</t>
   </si>
   <si>
     <t>13.3.1.</t>
   </si>
   <si>
     <t>Prasmju fonda mācību vajadzību  izpētes veikšanas izmaksas</t>
   </si>
   <si>
     <t>veikta izpēte</t>
   </si>
   <si>
     <t>13.3.2.</t>
   </si>
   <si>
     <t>Atbalsta pasākumu vajadzību identificēšanas pētījumu izmaksas</t>
   </si>
   <si>
     <t>pētījums</t>
   </si>
   <si>
     <t>informatīvā kampaņa</t>
   </si>
   <si>
     <t>mācību kursi</t>
-  </si>
-[...323 lines deleted...]
-Ņemot vērā SAM MK noteikumu 2.4. punktā noteikto, izmaksām būtu piemērojams ārpakalpojums saskaņā ar normatīvajiem aktiem publisko iepirkumu jomā vai normatīvajiem aktiem par iepirkuma procedūru un tās piemērošanas kārtību pasūtītāja finansētiem projektiem, īstenojot atklātu, pārredzamu, nediskriminējošu un konkurenci neierobežojošu iepirkuma procedūru, nepieciešamības gadījumā piemērojot arī sociāli atbildīgu iepirkuma procedūru.</t>
   </si>
   <si>
     <t xml:space="preserve">	Ja SAM MK noteikumu 25.punktā noteiktās darbības nodrošina:
 -	piemērojot ārpakalpojumu, izmaksas nav uzskatāmas par komercdarbības atbalstu.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">	Ja SAM MK noteikumu 25.punktā noteiktās darbības nodrošina:
-[...7 lines deleted...]
-    <t>Mācību apguves izmaksas nozares potenciālajam darbaspēkam</t>
+    <t>izvērtējums</t>
+  </si>
+  <si>
+    <t>Informācija norādāma dzeltanajās šūnās</t>
+  </si>
+  <si>
+    <t>Projekta informācija</t>
+  </si>
+  <si>
+    <t>Projekta Nr.</t>
+  </si>
+  <si>
+    <t>Projekta nosaukums</t>
+  </si>
+  <si>
+    <t>Projekta iesniedzējs</t>
+  </si>
+  <si>
+    <t>Projekta iesniedzēja reģ.nr.</t>
+  </si>
+  <si>
+    <t>Projektā paredzētās prasmju fonda pārvaldītāja izmaksas, kas atbilst de minimis, EUR</t>
+  </si>
+  <si>
+    <t>Projektā paredzētais prasmju fonda pārvaldītāja de minimis atbalsts, EUR</t>
+  </si>
+  <si>
+    <t>Projektā pievienotajā iesniegumā pieprasītais de minimis (ja attiecināms), EUR</t>
+  </si>
+  <si>
+    <t>Projektā apstiprināšanas brīdī pieškiramais de minimis, EUR</t>
+  </si>
+  <si>
+    <t>Projektā īstenošanas laikā piešķiramais de minimis, EUR</t>
+  </si>
+  <si>
+    <t>Informācija De minimis atbalsta uzskaites sistēmā</t>
+  </si>
+  <si>
+    <t>De minimis atbalsta atbilstoši Vispārējai tautsaimniecības regulai (2023/2831) atlikums</t>
+  </si>
+  <si>
+    <t>Piešķirts de minimis atbalsts pēc 2022.06.</t>
+  </si>
+  <si>
+    <t>Summa, EUR</t>
+  </si>
+  <si>
+    <t>Piešķiršanas datums</t>
+  </si>
+  <si>
+    <t>Datums, kad atbalsta apmērs atbrīvojas</t>
+  </si>
+  <si>
+    <t>Pārbaude (piešķirtais+atlikums=300 000 EUR)</t>
+  </si>
+  <si>
+    <t>Īstenošanā esošie projekti, kuros piešķirams de minimis atbalsts</t>
+  </si>
+  <si>
+    <t>Projekta uzsākšanas datums</t>
+  </si>
+  <si>
+    <t>Projekta beigu datums</t>
+  </si>
+  <si>
+    <t>Projektā plānotais De minimis, EUR</t>
+  </si>
+  <si>
+    <t>Līdz šim piešķirtais de minimis atbalsts, EUR</t>
+  </si>
+  <si>
+    <t>Piešķirams de minimis atbalsts īstenošanas laikā, EUR</t>
+  </si>
+  <si>
+    <t>De minimis plūsma</t>
+  </si>
+  <si>
+    <t>2026.06</t>
+  </si>
+  <si>
+    <t>2026.07</t>
+  </si>
+  <si>
+    <t>2026.08</t>
+  </si>
+  <si>
+    <t>2026.09</t>
+  </si>
+  <si>
+    <t>2026.10</t>
+  </si>
+  <si>
+    <t>2026.11</t>
+  </si>
+  <si>
+    <t>2026.12</t>
+  </si>
+  <si>
+    <t>2027.01</t>
+  </si>
+  <si>
+    <t>2027.02</t>
+  </si>
+  <si>
+    <t>2027.03</t>
+  </si>
+  <si>
+    <t>2027.04</t>
+  </si>
+  <si>
+    <t>2027.05</t>
+  </si>
+  <si>
+    <t>2027.06</t>
+  </si>
+  <si>
+    <t>2027.07</t>
+  </si>
+  <si>
+    <t>2027.08</t>
+  </si>
+  <si>
+    <t>2027.09</t>
+  </si>
+  <si>
+    <t>2027.10</t>
+  </si>
+  <si>
+    <t>2027.11</t>
+  </si>
+  <si>
+    <t>2027.12</t>
+  </si>
+  <si>
+    <t>2028.01</t>
+  </si>
+  <si>
+    <t>2028.02</t>
+  </si>
+  <si>
+    <t>2028.03</t>
+  </si>
+  <si>
+    <t>2028.04</t>
+  </si>
+  <si>
+    <t>2028.05</t>
+  </si>
+  <si>
+    <t>2028.06</t>
+  </si>
+  <si>
+    <t>2028.07</t>
+  </si>
+  <si>
+    <t>2028.08</t>
+  </si>
+  <si>
+    <t>2028.09</t>
+  </si>
+  <si>
+    <t>2028.10</t>
+  </si>
+  <si>
+    <t>2028.11</t>
+  </si>
+  <si>
+    <t>2028.12</t>
+  </si>
+  <si>
+    <t>2029.01</t>
+  </si>
+  <si>
+    <t>2029.02</t>
+  </si>
+  <si>
+    <t>2029.03</t>
+  </si>
+  <si>
+    <t>2029.04</t>
+  </si>
+  <si>
+    <t>2029.05</t>
+  </si>
+  <si>
+    <t>2029.06</t>
+  </si>
+  <si>
+    <t>2029.07</t>
+  </si>
+  <si>
+    <t>2029.08</t>
+  </si>
+  <si>
+    <t>2029.09</t>
+  </si>
+  <si>
+    <t>2029.10</t>
+  </si>
+  <si>
+    <t>2029.11</t>
+  </si>
+  <si>
+    <t>Pieejamais de minimis, t.sk. atbrīvojusies summa</t>
+  </si>
+  <si>
+    <t>Pieejamais de minimis kumulatīvi</t>
+  </si>
+  <si>
+    <t>Piešķiramais īstenošanā esošajos PI</t>
+  </si>
+  <si>
+    <t>Piešķiramais šajā PI</t>
+  </si>
+  <si>
+    <t>Attiecīgajā gadā un mēnesī norāda de minimis apmēru, kas atbrīvojas (piešķirts pirms 3 gadiem)</t>
+  </si>
+  <si>
+    <t>Norāda citos īstenošanā esošajos projektos piešķiramo de minimis apmēru atbilstoši projekta finansū plūsmai un ievērojot tā īstenošanas termiņu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="44">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1912,179 +1913,139 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <sz val="12"/>
       <color theme="6"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
-    </font>
-[...18 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1" tint="0.499984740745262"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="5"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
-      <name val="Aptos Display"/>
-[...5 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="major"/>
     </font>
@@ -2150,50 +2111,70 @@
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="5"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="5"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -2219,51 +2200,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF5F9FD"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2382,895 +2363,904 @@
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="311">
+  <cellXfs count="307">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="43" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="17" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="165" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="17" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="17" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="17" fillId="8" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="17" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="21" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="43" fontId="24" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="20" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="5" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...124 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="43" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="27" fillId="10" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="27" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="10" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="33" fillId="10" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="33" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="11" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="11" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="43" fontId="34" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="34" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="29" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="9" fontId="29" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="9" fontId="28" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="36" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="31" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="35" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="7" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="43" fontId="39" fillId="9" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="31" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="34" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="27" fillId="10" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="27" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="27" fillId="10" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="29" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="11" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="11" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="33" fillId="10" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="33" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="28" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="26" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="26" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="34" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="39" fillId="9" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="35" fillId="9" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="38" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="17" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="43" fontId="22" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="5" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="22" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="10" fillId="10" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="19" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="8" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...422 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="9" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="40" fillId="9" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="43" fontId="34" fillId="9" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="43" fontId="19" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{69488AA3-7EBF-4EEF-86A4-4F30A18161F1}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="31">
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -3916,3148 +3906,3117 @@
     <text>Pieņemot, ka atbalsts tiek sniegts uzņēmumiem ar atbalsta intensitāti 50%, ka atbalstu nav paredzēts sniegt publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai.
 Ja darbību aprakstos tiek paredzēts atbalsts publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai , atbalsta intensitāti var palielināt - līdz 100% šim GLG</text>
   </threadedComment>
   <threadedComment ref="J29" dT="2025-06-27T11:45:48.36" personId="{D26CDCD1-BCA1-43FF-884F-47CC9576D38B}" id="{967E0393-8F66-4D11-AECB-57AACE2E025E}" parentId="{6846AC96-A59E-4C4A-883A-78C273D05F40}">
     <text xml:space="preserve">Pieņemot, ka atbalsts tiek sniegts uzņēmumiem ar atbalsta intensitāti 60%, ka atbalstu nav paredzēts sniegt publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai.
 Ja darbību aprakstos tiek paredzēts atbalsts publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai , atbalsta intensitāti var palielināt - līdz 100% šim GLG
 </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="J29" dT="2025-06-16T15:10:41.13" personId="{F374BC33-DFCA-4BFA-A2B1-466AAA249AA1}" id="{84D728BE-7A87-40B0-9899-329A3BB0C17A}">
     <text>Pieņemot, ka atbalsts tiek sniegts uzņēmumiem ar atbalsta intensitāti 50%, ka atbalstu nav paredzēts sniegt publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai.
 Ja darbību aprakstos tiek paredzēts atbalsts publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai , atbalsta intensitāti var palielināt - līdz 100% šim GLG</text>
   </threadedComment>
   <threadedComment ref="J29" dT="2025-06-27T11:45:48.36" personId="{D26CDCD1-BCA1-43FF-884F-47CC9576D38B}" id="{D479F117-490C-432A-93E0-4FCB3B905962}" parentId="{84D728BE-7A87-40B0-9899-329A3BB0C17A}">
     <text xml:space="preserve">Pieņemot, ka atbalsts tiek sniegts uzņēmumiem ar atbalsta intensitāti 60%, ka atbalstu nav paredzēts sniegt publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai.
 Ja darbību aprakstos tiek paredzēts atbalsts publiskai personai vai tās institūcijai, vai valsts kapitālsabiedrībai , atbalsta intensitāti var palielināt - līdz 100% šim GLG
 </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
-<file path=xl/threadedComments/threadedComment3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:;" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:;" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55CBD50C-B914-46BA-8B2A-6C9D20396315}">
   <dimension ref="A2:AG82"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A43" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="B45" sqref="B45"/>
+    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="6" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="22" max="28" width="18.1796875" style="6" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="40.5703125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="60.42578125" style="6" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="16.140625" style="6" customWidth="1"/>
+    <col min="6" max="6" width="18.28515625" style="6" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" style="6" customWidth="1"/>
+    <col min="8" max="8" width="15.42578125" style="9" customWidth="1"/>
+    <col min="9" max="9" width="14.85546875" style="9" customWidth="1"/>
+    <col min="10" max="10" width="9.7109375" style="5" customWidth="1"/>
+    <col min="11" max="11" width="16.28515625" style="5" customWidth="1"/>
+    <col min="12" max="12" width="9.7109375" style="5" customWidth="1"/>
+    <col min="13" max="13" width="18.85546875" style="5" customWidth="1"/>
+    <col min="14" max="14" width="9.7109375" style="5" customWidth="1"/>
+    <col min="15" max="15" width="18.85546875" style="5" customWidth="1"/>
+    <col min="16" max="18" width="16.28515625" style="5" customWidth="1"/>
+    <col min="19" max="19" width="33.140625" style="6" customWidth="1"/>
+    <col min="20" max="20" width="7.28515625" style="5" customWidth="1"/>
+    <col min="21" max="21" width="25.28515625" style="6" customWidth="1"/>
+    <col min="22" max="28" width="18.140625" style="6" customWidth="1"/>
     <col min="29" max="29" width="23" style="6" customWidth="1"/>
-    <col min="30" max="31" width="9.1796875" style="6" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="35" max="16384" width="9.26953125" style="6"/>
+    <col min="30" max="31" width="9.140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="24.85546875" style="6" customWidth="1"/>
+    <col min="33" max="33" width="33.42578125" style="6" customWidth="1"/>
+    <col min="34" max="34" width="9.140625" style="6"/>
+    <col min="35" max="16384" width="9.28515625" style="6"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-    <row r="3" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A2" s="59"/>
+      <c r="B2" s="162" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:29" ht="16.5" customHeight="1">
       <c r="A3" s="1"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="39"/>
       <c r="I3" s="41"/>
       <c r="J3" s="4"/>
       <c r="L3" s="4"/>
       <c r="N3" s="4"/>
       <c r="S3" s="2"/>
     </row>
-    <row r="4" spans="1:29" ht="16" x14ac:dyDescent="0.4">
-      <c r="A4" s="267" t="s">
+    <row r="4" spans="1:29" ht="15.95">
+      <c r="A4" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="268"/>
-[...18 lines deleted...]
-    <row r="5" spans="1:29" ht="16" x14ac:dyDescent="0.4">
+      <c r="B4" s="278"/>
+      <c r="C4" s="278"/>
+      <c r="D4" s="278"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="278"/>
+      <c r="G4" s="278"/>
+      <c r="H4" s="278"/>
+      <c r="I4" s="278"/>
+      <c r="J4" s="278"/>
+      <c r="K4" s="278"/>
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="278"/>
+      <c r="O4" s="278"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="278"/>
+      <c r="R4" s="278"/>
+      <c r="S4" s="278"/>
+    </row>
+    <row r="5" spans="1:29" ht="15.95">
       <c r="A5" s="7"/>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="4"/>
       <c r="L5" s="4"/>
       <c r="N5" s="4"/>
       <c r="S5" s="8"/>
     </row>
-    <row r="6" spans="1:29" ht="15.65" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="274" t="s">
+    <row r="6" spans="1:29" ht="15.6" customHeight="1">
+      <c r="A6" s="284" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="274" t="s">
+      <c r="B6" s="284" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="116"/>
-      <c r="D6" s="274" t="s">
+      <c r="C6" s="99"/>
+      <c r="D6" s="284" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="274" t="s">
+      <c r="E6" s="284" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="274" t="s">
+      <c r="F6" s="284" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="274" t="s">
+      <c r="G6" s="284" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="278" t="s">
+      <c r="H6" s="288" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="278" t="s">
+      <c r="I6" s="288" t="s">
         <v>9</v>
       </c>
-      <c r="J6" s="270" t="s">
+      <c r="J6" s="280" t="s">
         <v>10</v>
       </c>
-      <c r="K6" s="271"/>
-      <c r="L6" s="270" t="s">
+      <c r="K6" s="281"/>
+      <c r="L6" s="280" t="s">
         <v>11</v>
       </c>
-      <c r="M6" s="271"/>
-      <c r="N6" s="270" t="s">
+      <c r="M6" s="281"/>
+      <c r="N6" s="280" t="s">
         <v>12</v>
       </c>
-      <c r="O6" s="271"/>
-      <c r="P6" s="275" t="s">
+      <c r="O6" s="281"/>
+      <c r="P6" s="285" t="s">
         <v>13</v>
       </c>
-      <c r="Q6" s="275"/>
-      <c r="R6" s="276" t="s">
+      <c r="Q6" s="285"/>
+      <c r="R6" s="286" t="s">
         <v>14</v>
       </c>
-      <c r="S6" s="274" t="s">
+      <c r="S6" s="284" t="s">
         <v>15</v>
       </c>
       <c r="T6" s="10"/>
-      <c r="U6" s="87"/>
-[...20 lines deleted...]
-      <c r="S7" s="274"/>
+      <c r="U6" s="80"/>
+    </row>
+    <row r="7" spans="1:29" ht="59.25" customHeight="1">
+      <c r="A7" s="284"/>
+      <c r="B7" s="284"/>
+      <c r="C7" s="99"/>
+      <c r="D7" s="284"/>
+      <c r="E7" s="284"/>
+      <c r="F7" s="284"/>
+      <c r="G7" s="284"/>
+      <c r="H7" s="288"/>
+      <c r="I7" s="288"/>
+      <c r="J7" s="282"/>
+      <c r="K7" s="283"/>
+      <c r="L7" s="282"/>
+      <c r="M7" s="283"/>
+      <c r="N7" s="282"/>
+      <c r="O7" s="283"/>
+      <c r="P7" s="285"/>
+      <c r="Q7" s="285"/>
+      <c r="R7" s="287"/>
+      <c r="S7" s="284"/>
       <c r="T7" s="10"/>
-      <c r="U7" s="88"/>
-[...7 lines deleted...]
-      <c r="A8" s="117" t="s">
+      <c r="U7" s="80"/>
+      <c r="Y7" s="80"/>
+      <c r="Z7" s="217"/>
+      <c r="AA7" s="90"/>
+      <c r="AB7" s="90"/>
+      <c r="AC7" s="90"/>
+    </row>
+    <row r="8" spans="1:29" ht="32.1">
+      <c r="A8" s="100" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="118" t="s">
+      <c r="B8" s="101" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="118"/>
-      <c r="D8" s="119" t="s">
+      <c r="C8" s="101"/>
+      <c r="D8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="119" t="s">
+      <c r="E8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F8" s="119" t="s">
+      <c r="F8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="119" t="s">
+      <c r="G8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="H8" s="120">
+      <c r="H8" s="103">
         <f>H9+H10</f>
         <v>0</v>
       </c>
-      <c r="I8" s="120"/>
-      <c r="J8" s="121">
+      <c r="I8" s="103"/>
+      <c r="J8" s="104">
         <v>0.95</v>
       </c>
-      <c r="K8" s="122">
+      <c r="K8" s="105">
         <f t="shared" ref="K8:K45" si="0">J8*H8</f>
         <v>0</v>
       </c>
-      <c r="L8" s="121">
+      <c r="L8" s="104">
         <v>0.85</v>
       </c>
-      <c r="M8" s="122">
+      <c r="M8" s="105">
         <f>L8*K8</f>
         <v>0</v>
       </c>
-      <c r="N8" s="121">
+      <c r="N8" s="104">
         <v>0.15</v>
       </c>
-      <c r="O8" s="122">
+      <c r="O8" s="105">
         <f>N8*K8</f>
         <v>0</v>
       </c>
-      <c r="P8" s="121">
+      <c r="P8" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q8" s="123">
+      <c r="Q8" s="106">
         <f>P8*H8</f>
         <v>0</v>
       </c>
-      <c r="R8" s="123" t="b">
+      <c r="R8" s="106" t="b">
         <f>Q8+O8+M8=H8</f>
         <v>1</v>
       </c>
-      <c r="S8" s="118"/>
+      <c r="S8" s="101"/>
       <c r="T8" s="11"/>
-      <c r="U8" s="90"/>
-[...7 lines deleted...]
-      <c r="A9" s="133" t="s">
+      <c r="U8" s="218"/>
+      <c r="Y8" s="81"/>
+      <c r="Z8" s="81"/>
+      <c r="AA8" s="219"/>
+      <c r="AB8" s="219"/>
+      <c r="AC8" s="219"/>
+    </row>
+    <row r="9" spans="1:29" ht="155.25" customHeight="1">
+      <c r="A9" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="134" t="s">
+      <c r="B9" s="117" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="134" t="s">
+      <c r="C9" s="117" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="129" t="s">
+      <c r="D9" s="112" t="s">
         <v>22</v>
       </c>
-      <c r="E9" s="128"/>
-[...2 lines deleted...]
-      <c r="H9" s="130">
+      <c r="E9" s="111"/>
+      <c r="F9" s="111"/>
+      <c r="G9" s="112"/>
+      <c r="H9" s="113">
         <f>15%*(H13+H22)</f>
         <v>0</v>
       </c>
-      <c r="I9" s="130"/>
-      <c r="J9" s="158">
+      <c r="I9" s="113"/>
+      <c r="J9" s="140">
         <v>0.95</v>
       </c>
-      <c r="K9" s="136">
+      <c r="K9" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L9" s="158">
+      <c r="L9" s="140">
         <v>0.85</v>
       </c>
-      <c r="M9" s="136">
+      <c r="M9" s="119">
         <f t="shared" ref="M9:M46" si="1">L9*K9</f>
         <v>0</v>
       </c>
-      <c r="N9" s="158">
+      <c r="N9" s="140">
         <v>0.15</v>
       </c>
-      <c r="O9" s="136">
+      <c r="O9" s="119">
         <f t="shared" ref="O9:O46" si="2">N9*K9</f>
         <v>0</v>
       </c>
-      <c r="P9" s="135">
+      <c r="P9" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q9" s="137">
+      <c r="Q9" s="120">
         <f t="shared" ref="Q9:Q46" si="3">P9*H9</f>
         <v>0</v>
       </c>
-      <c r="R9" s="137" t="b">
+      <c r="R9" s="120" t="b">
         <f t="shared" ref="R9:R47" si="4">Q9+O9+M9=H9</f>
         <v>1</v>
       </c>
-      <c r="S9" s="134" t="s">
+      <c r="S9" s="117" t="s">
         <v>23</v>
       </c>
       <c r="T9" s="12"/>
-      <c r="U9" s="83"/>
-[...5 lines deleted...]
-      <c r="A10" s="139" t="s">
+      <c r="U9" s="76"/>
+      <c r="AA9" s="219"/>
+      <c r="AB9" s="219"/>
+      <c r="AC9" s="219"/>
+    </row>
+    <row r="10" spans="1:29" ht="192">
+      <c r="A10" s="122" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="134" t="s">
+      <c r="B10" s="117" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="138" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="129" t="s">
+      <c r="C10" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" s="112" t="s">
         <v>22</v>
       </c>
-      <c r="E10" s="128"/>
-[...2 lines deleted...]
-      <c r="H10" s="130">
+      <c r="E10" s="111"/>
+      <c r="F10" s="111"/>
+      <c r="G10" s="112"/>
+      <c r="H10" s="113">
         <f>15%*H38</f>
         <v>0</v>
       </c>
-      <c r="I10" s="130"/>
-      <c r="J10" s="135">
+      <c r="I10" s="113"/>
+      <c r="J10" s="118">
         <v>0.95</v>
       </c>
-      <c r="K10" s="136">
+      <c r="K10" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L10" s="135">
+      <c r="L10" s="118">
         <v>0.85</v>
       </c>
-      <c r="M10" s="136">
+      <c r="M10" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N10" s="135">
+      <c r="N10" s="118">
         <v>0.15</v>
       </c>
-      <c r="O10" s="136">
+      <c r="O10" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P10" s="135">
+      <c r="P10" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q10" s="137">
+      <c r="Q10" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R10" s="137" t="b">
+      <c r="R10" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S10" s="134" t="s">
-        <v>26</v>
+      <c r="S10" s="117" t="s">
+        <v>27</v>
       </c>
       <c r="T10" s="12"/>
-      <c r="U10" s="83"/>
-[...8 lines deleted...]
-      <c r="B11" s="118" t="s">
+      <c r="U10" s="76"/>
+      <c r="AA10" s="219"/>
+      <c r="AB10" s="219"/>
+      <c r="AC10" s="219"/>
+    </row>
+    <row r="11" spans="1:29" ht="30.75" customHeight="1">
+      <c r="A11" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="118"/>
-[...4 lines deleted...]
-      <c r="H11" s="120">
+      <c r="B11" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="101"/>
+      <c r="D11" s="102"/>
+      <c r="E11" s="102"/>
+      <c r="F11" s="102"/>
+      <c r="G11" s="102"/>
+      <c r="H11" s="103">
         <f>H12+H15</f>
         <v>0</v>
       </c>
-      <c r="I11" s="120">
+      <c r="I11" s="103">
         <f>I12+I15</f>
         <v>0</v>
       </c>
-      <c r="J11" s="121">
+      <c r="J11" s="104">
         <v>0.95</v>
       </c>
-      <c r="K11" s="122">
+      <c r="K11" s="105">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L11" s="121">
+      <c r="L11" s="104">
         <v>0.85</v>
       </c>
-      <c r="M11" s="122">
+      <c r="M11" s="105">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N11" s="121">
+      <c r="N11" s="104">
         <v>0.15</v>
       </c>
-      <c r="O11" s="122">
+      <c r="O11" s="105">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P11" s="121">
+      <c r="P11" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q11" s="123">
+      <c r="Q11" s="106">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R11" s="123" t="b">
+      <c r="R11" s="106" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S11" s="118"/>
+      <c r="S11" s="101"/>
       <c r="T11" s="11"/>
-      <c r="U11" s="83"/>
-[...8 lines deleted...]
-      <c r="B12" s="134" t="s">
+      <c r="U11" s="76"/>
+      <c r="AA11" s="219"/>
+      <c r="AB11" s="219"/>
+      <c r="AC11" s="219"/>
+    </row>
+    <row r="12" spans="1:29" ht="130.5" customHeight="1">
+      <c r="A12" s="116" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="134" t="s">
+      <c r="B12" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="D12" s="129" t="s">
+      <c r="C12" s="117" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="129"/>
-[...2 lines deleted...]
-      <c r="H12" s="130">
+      <c r="D12" s="112" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" s="112"/>
+      <c r="F12" s="112"/>
+      <c r="G12" s="112"/>
+      <c r="H12" s="113">
         <f>H13+H14</f>
         <v>0</v>
       </c>
-      <c r="I12" s="130">
+      <c r="I12" s="113">
         <f>I13+I14</f>
         <v>0</v>
       </c>
-      <c r="J12" s="135">
+      <c r="J12" s="118">
         <v>0.95</v>
       </c>
-      <c r="K12" s="136">
+      <c r="K12" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L12" s="135">
+      <c r="L12" s="118">
         <v>0.85</v>
       </c>
-      <c r="M12" s="136">
+      <c r="M12" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N12" s="135">
+      <c r="N12" s="118">
         <v>0.15</v>
       </c>
-      <c r="O12" s="136">
+      <c r="O12" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P12" s="135">
+      <c r="P12" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q12" s="137">
+      <c r="Q12" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R12" s="137" t="b">
+      <c r="R12" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S12" s="134"/>
+      <c r="S12" s="117"/>
       <c r="T12" s="12"/>
-      <c r="U12" s="83"/>
-[...5 lines deleted...]
-      <c r="A13" s="142" t="s">
+      <c r="U12" s="76"/>
+      <c r="AA12" s="219"/>
+      <c r="AB12" s="219"/>
+      <c r="AC12" s="219"/>
+    </row>
+    <row r="13" spans="1:29" ht="233.1" customHeight="1">
+      <c r="A13" s="125" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" s="134" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="134" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" s="114" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="151" t="s">
-[...13 lines deleted...]
-      <c r="J13" s="145">
+      <c r="E13" s="148"/>
+      <c r="F13" s="148"/>
+      <c r="G13" s="148"/>
+      <c r="H13" s="149"/>
+      <c r="I13" s="149"/>
+      <c r="J13" s="128">
         <v>0.95</v>
       </c>
-      <c r="K13" s="146">
+      <c r="K13" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L13" s="145">
+      <c r="L13" s="128">
         <v>0.85</v>
       </c>
-      <c r="M13" s="146">
+      <c r="M13" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N13" s="145">
+      <c r="N13" s="128">
         <v>0.15</v>
       </c>
-      <c r="O13" s="146">
+      <c r="O13" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P13" s="145">
+      <c r="P13" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q13" s="147">
+      <c r="Q13" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R13" s="147" t="b">
+      <c r="R13" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S13" s="151" t="s">
+      <c r="S13" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T13" s="12"/>
-      <c r="U13" s="83"/>
-[...9 lines deleted...]
-      <c r="B14" s="151" t="s">
+      <c r="U13" s="76"/>
+      <c r="V13" s="77"/>
+      <c r="AA13" s="220"/>
+      <c r="AB13" s="220"/>
+      <c r="AC13" s="220"/>
+    </row>
+    <row r="14" spans="1:29" ht="330" customHeight="1">
+      <c r="A14" s="125" t="s">
         <v>37</v>
       </c>
-      <c r="C14" s="151" t="s">
+      <c r="B14" s="134" t="s">
         <v>38</v>
       </c>
-      <c r="D14" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J14" s="145">
+      <c r="C14" s="134" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="114" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="148"/>
+      <c r="F14" s="148"/>
+      <c r="G14" s="148"/>
+      <c r="H14" s="149"/>
+      <c r="I14" s="149"/>
+      <c r="J14" s="128">
         <v>0.95</v>
       </c>
-      <c r="K14" s="146">
+      <c r="K14" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L14" s="145">
+      <c r="L14" s="128">
         <v>0.85</v>
       </c>
-      <c r="M14" s="146">
+      <c r="M14" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N14" s="145">
+      <c r="N14" s="128">
         <v>0.15</v>
       </c>
-      <c r="O14" s="146">
+      <c r="O14" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P14" s="145">
+      <c r="P14" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q14" s="147">
+      <c r="Q14" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R14" s="147" t="b">
+      <c r="R14" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S14" s="151" t="s">
+      <c r="S14" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T14" s="12"/>
-      <c r="U14" s="83"/>
-[...9 lines deleted...]
-      <c r="B15" s="138" t="s">
+      <c r="U14" s="76"/>
+      <c r="V14" s="77"/>
+      <c r="AA14" s="220"/>
+      <c r="AB14" s="220"/>
+      <c r="AC14" s="220"/>
+    </row>
+    <row r="15" spans="1:29" ht="15.95">
+      <c r="A15" s="116" t="s">
         <v>40</v>
       </c>
-      <c r="C15" s="138"/>
-      <c r="D15" s="129" t="s">
+      <c r="B15" s="121" t="s">
         <v>41</v>
       </c>
-      <c r="E15" s="129"/>
-[...2 lines deleted...]
-      <c r="H15" s="130">
+      <c r="C15" s="121"/>
+      <c r="D15" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="112"/>
+      <c r="F15" s="112"/>
+      <c r="G15" s="112"/>
+      <c r="H15" s="113">
         <f>H16+H17+H18+H19</f>
         <v>0</v>
       </c>
-      <c r="I15" s="130">
+      <c r="I15" s="113">
         <f>I16+I17+I18+I19</f>
         <v>0</v>
       </c>
-      <c r="J15" s="135">
+      <c r="J15" s="118">
         <v>0.95</v>
       </c>
-      <c r="K15" s="136">
+      <c r="K15" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L15" s="135">
+      <c r="L15" s="118">
         <v>0.85</v>
       </c>
-      <c r="M15" s="136">
+      <c r="M15" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N15" s="135">
+      <c r="N15" s="118">
         <v>0.15</v>
       </c>
-      <c r="O15" s="136">
+      <c r="O15" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P15" s="135">
+      <c r="P15" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q15" s="137">
+      <c r="Q15" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R15" s="137" t="b">
+      <c r="R15" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S15" s="134"/>
+      <c r="S15" s="117"/>
       <c r="T15" s="12"/>
-      <c r="U15" s="90"/>
-[...10 lines deleted...]
-      <c r="A16" s="150" t="s">
+      <c r="U15" s="218"/>
+      <c r="V15" s="82"/>
+      <c r="W15" s="82"/>
+      <c r="X15" s="82"/>
+      <c r="Y15" s="82"/>
+      <c r="Z15" s="82"/>
+      <c r="AA15" s="219"/>
+      <c r="AB15" s="219"/>
+      <c r="AC15" s="219"/>
+    </row>
+    <row r="16" spans="1:29" ht="323.10000000000002" customHeight="1">
+      <c r="A16" s="133" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="134" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="114" t="s">
         <v>42</v>
       </c>
-      <c r="B16" s="151" t="s">
-[...13 lines deleted...]
-      <c r="J16" s="145">
+      <c r="E16" s="148"/>
+      <c r="F16" s="148"/>
+      <c r="G16" s="148"/>
+      <c r="H16" s="149"/>
+      <c r="I16" s="149"/>
+      <c r="J16" s="128">
         <v>0.95</v>
       </c>
-      <c r="K16" s="146">
+      <c r="K16" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L16" s="145">
+      <c r="L16" s="128">
         <v>0.85</v>
       </c>
-      <c r="M16" s="146">
+      <c r="M16" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N16" s="145">
+      <c r="N16" s="128">
         <v>0.15</v>
       </c>
-      <c r="O16" s="146">
+      <c r="O16" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P16" s="145">
+      <c r="P16" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q16" s="147">
+      <c r="Q16" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R16" s="147" t="b">
+      <c r="R16" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S16" s="151" t="s">
+      <c r="S16" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T16" s="12"/>
-      <c r="U16" s="97"/>
-[...13 lines deleted...]
-      <c r="B17" s="151" t="s">
+      <c r="U16" s="83"/>
+      <c r="V16" s="81"/>
+      <c r="W16" s="81"/>
+      <c r="X16" s="81"/>
+      <c r="Y16" s="81"/>
+      <c r="Z16" s="81"/>
+      <c r="AA16" s="219"/>
+      <c r="AB16" s="219"/>
+      <c r="AC16" s="219"/>
+    </row>
+    <row r="17" spans="1:32" ht="348.6" customHeight="1">
+      <c r="A17" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C17" s="151" t="s">
+      <c r="B17" s="134" t="s">
         <v>47</v>
       </c>
-      <c r="D17" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J17" s="145">
+      <c r="C17" s="134" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="148"/>
+      <c r="F17" s="148"/>
+      <c r="G17" s="148"/>
+      <c r="H17" s="149"/>
+      <c r="I17" s="149"/>
+      <c r="J17" s="128">
         <v>0.95</v>
       </c>
-      <c r="K17" s="146">
+      <c r="K17" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L17" s="145">
+      <c r="L17" s="128">
         <v>0.85</v>
       </c>
-      <c r="M17" s="146">
+      <c r="M17" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N17" s="145">
+      <c r="N17" s="128">
         <v>0.15</v>
       </c>
-      <c r="O17" s="146">
+      <c r="O17" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P17" s="145">
+      <c r="P17" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q17" s="147">
+      <c r="Q17" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R17" s="147" t="b">
+      <c r="R17" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S17" s="151" t="s">
+      <c r="S17" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T17" s="12"/>
-      <c r="U17" s="98"/>
-[...7 lines deleted...]
-      <c r="AC17" s="106"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="85"/>
+      <c r="W17" s="85"/>
+      <c r="X17" s="85"/>
+      <c r="Y17" s="85"/>
+      <c r="Z17" s="85"/>
+      <c r="AA17" s="219"/>
+      <c r="AB17" s="219"/>
+      <c r="AC17" s="219"/>
       <c r="AF17" s="9"/>
     </row>
-    <row r="18" spans="1:32" ht="247.5" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B18" s="151" t="s">
+    <row r="18" spans="1:32" ht="247.5" customHeight="1">
+      <c r="A18" s="133" t="s">
         <v>49</v>
       </c>
-      <c r="C18" s="151" t="s">
+      <c r="B18" s="134" t="s">
         <v>50</v>
       </c>
-      <c r="D18" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J18" s="145">
+      <c r="C18" s="134" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="148"/>
+      <c r="F18" s="148"/>
+      <c r="G18" s="148"/>
+      <c r="H18" s="149"/>
+      <c r="I18" s="149"/>
+      <c r="J18" s="128">
         <v>0.95</v>
       </c>
-      <c r="K18" s="146">
+      <c r="K18" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L18" s="145">
+      <c r="L18" s="128">
         <v>0.85</v>
       </c>
-      <c r="M18" s="146">
+      <c r="M18" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N18" s="145">
+      <c r="N18" s="128">
         <v>0.15</v>
       </c>
-      <c r="O18" s="146">
+      <c r="O18" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P18" s="145">
+      <c r="P18" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q18" s="147">
+      <c r="Q18" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R18" s="147" t="b">
+      <c r="R18" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S18" s="151" t="s">
+      <c r="S18" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T18" s="12"/>
-      <c r="U18" s="98"/>
-[...7 lines deleted...]
-      <c r="AC18" s="94"/>
+      <c r="U18" s="84"/>
+      <c r="V18" s="85"/>
+      <c r="W18" s="86"/>
+      <c r="X18" s="86"/>
+      <c r="Y18" s="86"/>
+      <c r="Z18" s="86"/>
+      <c r="AA18" s="220"/>
+      <c r="AB18" s="220"/>
+      <c r="AC18" s="220"/>
       <c r="AF18" s="9"/>
     </row>
-    <row r="19" spans="1:32" ht="363" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B19" s="151" t="s">
+    <row r="19" spans="1:32" ht="363" customHeight="1">
+      <c r="A19" s="133" t="s">
         <v>52</v>
       </c>
-      <c r="C19" s="151" t="s">
+      <c r="B19" s="134" t="s">
         <v>53</v>
       </c>
-      <c r="D19" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J19" s="145">
+      <c r="C19" s="134" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="148"/>
+      <c r="F19" s="148"/>
+      <c r="G19" s="148"/>
+      <c r="H19" s="149"/>
+      <c r="I19" s="149"/>
+      <c r="J19" s="128">
         <v>0.95</v>
       </c>
-      <c r="K19" s="146">
+      <c r="K19" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L19" s="145">
+      <c r="L19" s="128">
         <v>0.85</v>
       </c>
-      <c r="M19" s="146">
+      <c r="M19" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N19" s="145">
+      <c r="N19" s="128">
         <v>0.15</v>
       </c>
-      <c r="O19" s="146">
+      <c r="O19" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P19" s="145">
+      <c r="P19" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q19" s="147">
+      <c r="Q19" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R19" s="147" t="b">
+      <c r="R19" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S19" s="151" t="s">
+      <c r="S19" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T19" s="12"/>
-      <c r="U19" s="98"/>
-[...7 lines deleted...]
-      <c r="AC19" s="94"/>
+      <c r="U19" s="84"/>
+      <c r="V19" s="85"/>
+      <c r="W19" s="86"/>
+      <c r="X19" s="86"/>
+      <c r="Y19" s="86"/>
+      <c r="Z19" s="86"/>
+      <c r="AA19" s="220"/>
+      <c r="AB19" s="220"/>
+      <c r="AC19" s="220"/>
       <c r="AF19" s="9"/>
     </row>
-    <row r="20" spans="1:32" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B20" s="118" t="s">
+    <row r="20" spans="1:32" ht="32.1">
+      <c r="A20" s="100" t="s">
         <v>55</v>
       </c>
-      <c r="C20" s="118"/>
-[...4 lines deleted...]
-      <c r="H20" s="120">
+      <c r="B20" s="101" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="101"/>
+      <c r="D20" s="102"/>
+      <c r="E20" s="102"/>
+      <c r="F20" s="102"/>
+      <c r="G20" s="102"/>
+      <c r="H20" s="103">
         <f>H21+H24</f>
         <v>0</v>
       </c>
-      <c r="I20" s="120">
+      <c r="I20" s="103">
         <f>I21+I24</f>
         <v>0</v>
       </c>
-      <c r="J20" s="121">
+      <c r="J20" s="104">
         <v>0.95</v>
       </c>
-      <c r="K20" s="122">
+      <c r="K20" s="105">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L20" s="121">
+      <c r="L20" s="104">
         <v>0.85</v>
       </c>
-      <c r="M20" s="122">
+      <c r="M20" s="105">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N20" s="121">
+      <c r="N20" s="104">
         <v>0.15</v>
       </c>
-      <c r="O20" s="122">
+      <c r="O20" s="105">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P20" s="121">
+      <c r="P20" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q20" s="123">
+      <c r="Q20" s="106">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R20" s="123" t="b">
+      <c r="R20" s="106" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S20" s="118"/>
+      <c r="S20" s="101"/>
       <c r="T20" s="12"/>
-      <c r="U20" s="98"/>
-[...7 lines deleted...]
-      <c r="AC20" s="94"/>
+      <c r="U20" s="84"/>
+      <c r="V20" s="85"/>
+      <c r="W20" s="86"/>
+      <c r="X20" s="86"/>
+      <c r="Y20" s="86"/>
+      <c r="Z20" s="86"/>
+      <c r="AA20" s="220"/>
+      <c r="AB20" s="220"/>
+      <c r="AC20" s="220"/>
       <c r="AF20" s="9"/>
     </row>
-    <row r="21" spans="1:32" ht="145.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="133" t="s">
+    <row r="21" spans="1:32" ht="145.5" customHeight="1">
+      <c r="A21" s="116" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="117" t="s">
         <v>56</v>
       </c>
-      <c r="B21" s="134" t="s">
-[...11 lines deleted...]
-      <c r="H21" s="130">
+      <c r="C21" s="117" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" s="112"/>
+      <c r="F21" s="112"/>
+      <c r="G21" s="112"/>
+      <c r="H21" s="113">
         <f>H22+H23</f>
         <v>0</v>
       </c>
-      <c r="I21" s="130">
+      <c r="I21" s="113">
         <f>I22+I23</f>
         <v>0</v>
       </c>
-      <c r="J21" s="135">
+      <c r="J21" s="118">
         <v>0.95</v>
       </c>
-      <c r="K21" s="136">
+      <c r="K21" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L21" s="135">
+      <c r="L21" s="118">
         <v>0.85</v>
       </c>
-      <c r="M21" s="136">
+      <c r="M21" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N21" s="135">
+      <c r="N21" s="118">
         <v>0.15</v>
       </c>
-      <c r="O21" s="136">
+      <c r="O21" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P21" s="135">
+      <c r="P21" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q21" s="137">
+      <c r="Q21" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R21" s="137" t="b">
+      <c r="R21" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S21" s="134"/>
+      <c r="S21" s="117"/>
       <c r="T21" s="12"/>
-      <c r="U21" s="98"/>
-[...7 lines deleted...]
-      <c r="AC21" s="94"/>
+      <c r="U21" s="84"/>
+      <c r="V21" s="85"/>
+      <c r="W21" s="86"/>
+      <c r="X21" s="86"/>
+      <c r="Y21" s="86"/>
+      <c r="Z21" s="86"/>
+      <c r="AA21" s="220"/>
+      <c r="AB21" s="220"/>
+      <c r="AC21" s="220"/>
       <c r="AF21" s="9"/>
     </row>
-    <row r="22" spans="1:32" ht="224" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B22" s="151" t="s">
+    <row r="22" spans="1:32" ht="224.1">
+      <c r="A22" s="125" t="s">
         <v>59</v>
       </c>
-      <c r="C22" s="151" t="s">
+      <c r="B22" s="134" t="s">
         <v>60</v>
       </c>
-      <c r="D22" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J22" s="145">
+      <c r="C22" s="134" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" s="148"/>
+      <c r="F22" s="148"/>
+      <c r="G22" s="148"/>
+      <c r="H22" s="149"/>
+      <c r="I22" s="149"/>
+      <c r="J22" s="128">
         <v>0.95</v>
       </c>
-      <c r="K22" s="146">
+      <c r="K22" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L22" s="145">
+      <c r="L22" s="128">
         <v>0.85</v>
       </c>
-      <c r="M22" s="146">
+      <c r="M22" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N22" s="145">
+      <c r="N22" s="128">
         <v>0.15</v>
       </c>
-      <c r="O22" s="146">
+      <c r="O22" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P22" s="145">
+      <c r="P22" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q22" s="147">
+      <c r="Q22" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R22" s="147" t="b">
+      <c r="R22" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S22" s="151" t="s">
+      <c r="S22" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T22" s="12"/>
-      <c r="U22" s="98"/>
-[...7 lines deleted...]
-      <c r="AC22" s="94"/>
+      <c r="U22" s="84"/>
+      <c r="V22" s="85"/>
+      <c r="W22" s="86"/>
+      <c r="X22" s="86"/>
+      <c r="Y22" s="86"/>
+      <c r="Z22" s="86"/>
+      <c r="AA22" s="220"/>
+      <c r="AB22" s="220"/>
+      <c r="AC22" s="220"/>
       <c r="AF22" s="9"/>
     </row>
-    <row r="23" spans="1:32" ht="320" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B23" s="151" t="s">
+    <row r="23" spans="1:32" ht="320.10000000000002">
+      <c r="A23" s="125" t="s">
         <v>62</v>
       </c>
-      <c r="C23" s="151" t="s">
+      <c r="B23" s="134" t="s">
         <v>63</v>
       </c>
-      <c r="D23" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J23" s="145">
+      <c r="C23" s="134" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" s="148"/>
+      <c r="F23" s="148"/>
+      <c r="G23" s="148"/>
+      <c r="H23" s="149"/>
+      <c r="I23" s="149"/>
+      <c r="J23" s="128">
         <v>0.95</v>
       </c>
-      <c r="K23" s="146">
+      <c r="K23" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L23" s="145">
+      <c r="L23" s="128">
         <v>0.85</v>
       </c>
-      <c r="M23" s="146">
+      <c r="M23" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N23" s="145">
+      <c r="N23" s="128">
         <v>0.15</v>
       </c>
-      <c r="O23" s="146">
+      <c r="O23" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P23" s="145">
+      <c r="P23" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q23" s="147">
+      <c r="Q23" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R23" s="147" t="b">
+      <c r="R23" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S23" s="151" t="s">
+      <c r="S23" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T23" s="12"/>
-      <c r="U23" s="98"/>
-[...7 lines deleted...]
-      <c r="AC23" s="94"/>
+      <c r="U23" s="84"/>
+      <c r="V23" s="85"/>
+      <c r="W23" s="86"/>
+      <c r="X23" s="86"/>
+      <c r="Y23" s="86"/>
+      <c r="Z23" s="86"/>
+      <c r="AA23" s="220"/>
+      <c r="AB23" s="220"/>
+      <c r="AC23" s="220"/>
       <c r="AF23" s="9"/>
     </row>
-    <row r="24" spans="1:32" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B24" s="138" t="s">
+    <row r="24" spans="1:32" ht="32.1">
+      <c r="A24" s="116" t="s">
         <v>65</v>
       </c>
-      <c r="C24" s="138"/>
-[...6 lines deleted...]
-      <c r="H24" s="130">
+      <c r="B24" s="121" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="121"/>
+      <c r="D24" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" s="112"/>
+      <c r="F24" s="112"/>
+      <c r="G24" s="112"/>
+      <c r="H24" s="113">
         <f>H25+H26+H27+H28</f>
         <v>0</v>
       </c>
-      <c r="I24" s="130">
+      <c r="I24" s="113">
         <f>I25+I26+I27+I28</f>
         <v>0</v>
       </c>
-      <c r="J24" s="135">
+      <c r="J24" s="118">
         <v>0.95</v>
       </c>
-      <c r="K24" s="136">
+      <c r="K24" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L24" s="135">
+      <c r="L24" s="118">
         <v>0.85</v>
       </c>
-      <c r="M24" s="136">
+      <c r="M24" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N24" s="135">
+      <c r="N24" s="118">
         <v>0.15</v>
       </c>
-      <c r="O24" s="136">
+      <c r="O24" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P24" s="135">
+      <c r="P24" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q24" s="137">
+      <c r="Q24" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R24" s="137" t="b">
+      <c r="R24" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S24" s="134"/>
+      <c r="S24" s="117"/>
       <c r="T24" s="12"/>
-      <c r="U24" s="98"/>
-[...7 lines deleted...]
-      <c r="AC24" s="94"/>
+      <c r="U24" s="84"/>
+      <c r="V24" s="85"/>
+      <c r="W24" s="86"/>
+      <c r="X24" s="86"/>
+      <c r="Y24" s="86"/>
+      <c r="Z24" s="86"/>
+      <c r="AA24" s="220"/>
+      <c r="AB24" s="220"/>
+      <c r="AC24" s="220"/>
       <c r="AF24" s="9"/>
     </row>
-    <row r="25" spans="1:32" ht="320" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B25" s="151" t="s">
+    <row r="25" spans="1:32" ht="320.10000000000002">
+      <c r="A25" s="133" t="s">
         <v>67</v>
       </c>
-      <c r="C25" s="151" t="s">
+      <c r="B25" s="134" t="s">
         <v>68</v>
       </c>
-      <c r="D25" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J25" s="145">
+      <c r="C25" s="134" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="148"/>
+      <c r="F25" s="148"/>
+      <c r="G25" s="148"/>
+      <c r="H25" s="149"/>
+      <c r="I25" s="149"/>
+      <c r="J25" s="128">
         <v>0.95</v>
       </c>
-      <c r="K25" s="146">
+      <c r="K25" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L25" s="145">
+      <c r="L25" s="128">
         <v>0.85</v>
       </c>
-      <c r="M25" s="146">
+      <c r="M25" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N25" s="145">
+      <c r="N25" s="128">
         <v>0.15</v>
       </c>
-      <c r="O25" s="146">
+      <c r="O25" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P25" s="145">
+      <c r="P25" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q25" s="147">
+      <c r="Q25" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R25" s="147" t="b">
+      <c r="R25" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S25" s="151" t="s">
+      <c r="S25" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T25" s="12"/>
-      <c r="U25" s="98"/>
-[...7 lines deleted...]
-      <c r="AC25" s="94"/>
+      <c r="U25" s="84"/>
+      <c r="V25" s="85"/>
+      <c r="W25" s="86"/>
+      <c r="X25" s="86"/>
+      <c r="Y25" s="86"/>
+      <c r="Z25" s="86"/>
+      <c r="AA25" s="220"/>
+      <c r="AB25" s="220"/>
+      <c r="AC25" s="220"/>
       <c r="AF25" s="9"/>
     </row>
-    <row r="26" spans="1:32" ht="360" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B26" s="151" t="s">
+    <row r="26" spans="1:32" ht="360" customHeight="1">
+      <c r="A26" s="135" t="s">
         <v>70</v>
       </c>
-      <c r="C26" s="151" t="s">
+      <c r="B26" s="134" t="s">
         <v>71</v>
       </c>
-      <c r="D26" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J26" s="145">
+      <c r="C26" s="134" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" s="148"/>
+      <c r="F26" s="148"/>
+      <c r="G26" s="148"/>
+      <c r="H26" s="149"/>
+      <c r="I26" s="149"/>
+      <c r="J26" s="128">
         <v>0.95</v>
       </c>
-      <c r="K26" s="146">
+      <c r="K26" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L26" s="145">
+      <c r="L26" s="128">
         <v>0.85</v>
       </c>
-      <c r="M26" s="146">
+      <c r="M26" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N26" s="145">
+      <c r="N26" s="128">
         <v>0.15</v>
       </c>
-      <c r="O26" s="146">
+      <c r="O26" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P26" s="145">
+      <c r="P26" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q26" s="147">
+      <c r="Q26" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R26" s="147" t="b">
+      <c r="R26" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S26" s="151" t="s">
+      <c r="S26" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T26" s="12"/>
-      <c r="U26" s="98"/>
-[...7 lines deleted...]
-      <c r="AC26" s="94"/>
+      <c r="U26" s="84"/>
+      <c r="V26" s="85"/>
+      <c r="W26" s="86"/>
+      <c r="X26" s="86"/>
+      <c r="Y26" s="86"/>
+      <c r="Z26" s="86"/>
+      <c r="AA26" s="220"/>
+      <c r="AB26" s="220"/>
+      <c r="AC26" s="220"/>
       <c r="AF26" s="9"/>
     </row>
-    <row r="27" spans="1:32" ht="269.5" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B27" s="151" t="s">
+    <row r="27" spans="1:32" ht="269.45" customHeight="1">
+      <c r="A27" s="125" t="s">
         <v>73</v>
       </c>
-      <c r="C27" s="151" t="s">
+      <c r="B27" s="134" t="s">
         <v>74</v>
       </c>
-      <c r="D27" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J27" s="145">
+      <c r="C27" s="134" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="148"/>
+      <c r="F27" s="148"/>
+      <c r="G27" s="148"/>
+      <c r="H27" s="149"/>
+      <c r="I27" s="149"/>
+      <c r="J27" s="128">
         <v>0.95</v>
       </c>
-      <c r="K27" s="146">
+      <c r="K27" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L27" s="145">
+      <c r="L27" s="128">
         <v>0.85</v>
       </c>
-      <c r="M27" s="146">
+      <c r="M27" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N27" s="145">
+      <c r="N27" s="128">
         <v>0.15</v>
       </c>
-      <c r="O27" s="146">
+      <c r="O27" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P27" s="145">
+      <c r="P27" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q27" s="147">
+      <c r="Q27" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R27" s="147" t="b">
+      <c r="R27" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S27" s="151" t="s">
+      <c r="S27" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T27" s="12"/>
-      <c r="U27" s="98"/>
-[...7 lines deleted...]
-      <c r="AC27" s="94"/>
+      <c r="U27" s="84"/>
+      <c r="V27" s="85"/>
+      <c r="W27" s="86"/>
+      <c r="X27" s="86"/>
+      <c r="Y27" s="86"/>
+      <c r="Z27" s="86"/>
+      <c r="AA27" s="220"/>
+      <c r="AB27" s="220"/>
+      <c r="AC27" s="220"/>
       <c r="AF27" s="9"/>
     </row>
-    <row r="28" spans="1:32" ht="386.5" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B28" s="151" t="s">
+    <row r="28" spans="1:32" ht="386.45" customHeight="1">
+      <c r="A28" s="125" t="s">
         <v>76</v>
       </c>
-      <c r="C28" s="151" t="s">
+      <c r="B28" s="134" t="s">
         <v>77</v>
       </c>
-      <c r="D28" s="131" t="s">
-[...7 lines deleted...]
-      <c r="J28" s="145">
+      <c r="C28" s="134" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" s="148"/>
+      <c r="F28" s="148"/>
+      <c r="G28" s="148"/>
+      <c r="H28" s="149"/>
+      <c r="I28" s="149"/>
+      <c r="J28" s="128">
         <v>0.95</v>
       </c>
-      <c r="K28" s="146">
+      <c r="K28" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L28" s="145">
+      <c r="L28" s="128">
         <v>0.85</v>
       </c>
-      <c r="M28" s="146">
+      <c r="M28" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N28" s="145">
+      <c r="N28" s="128">
         <v>0.15</v>
       </c>
-      <c r="O28" s="146">
+      <c r="O28" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P28" s="145">
+      <c r="P28" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q28" s="147">
+      <c r="Q28" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R28" s="147" t="b">
+      <c r="R28" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S28" s="151" t="s">
+      <c r="S28" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T28" s="12"/>
-      <c r="U28" s="98"/>
-[...7 lines deleted...]
-      <c r="AC28" s="94"/>
+      <c r="U28" s="84"/>
+      <c r="V28" s="85"/>
+      <c r="W28" s="86"/>
+      <c r="X28" s="86"/>
+      <c r="Y28" s="86"/>
+      <c r="Z28" s="86"/>
+      <c r="AA28" s="220"/>
+      <c r="AB28" s="220"/>
+      <c r="AC28" s="220"/>
       <c r="AF28" s="9"/>
     </row>
-    <row r="29" spans="1:32" ht="29.5" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B29" s="118" t="s">
+    <row r="29" spans="1:32" ht="29.45" customHeight="1">
+      <c r="A29" s="100" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="118"/>
-      <c r="D29" s="119" t="s">
+      <c r="B29" s="101" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="101"/>
+      <c r="D29" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="E29" s="119" t="s">
+      <c r="E29" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F29" s="119" t="s">
+      <c r="F29" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="G29" s="119" t="s">
+      <c r="G29" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="H29" s="120">
+      <c r="H29" s="103">
         <f>H30</f>
         <v>0</v>
       </c>
-      <c r="I29" s="120">
+      <c r="I29" s="103">
         <f>I30</f>
         <v>0</v>
       </c>
-      <c r="J29" s="124">
+      <c r="J29" s="107">
         <v>0.95</v>
       </c>
-      <c r="K29" s="125">
+      <c r="K29" s="108">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L29" s="124">
+      <c r="L29" s="107">
         <v>0.85</v>
       </c>
-      <c r="M29" s="122">
+      <c r="M29" s="105">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N29" s="124">
+      <c r="N29" s="107">
         <v>0.15</v>
       </c>
-      <c r="O29" s="122">
+      <c r="O29" s="105">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P29" s="121">
+      <c r="P29" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q29" s="123">
+      <c r="Q29" s="106">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R29" s="123" t="b">
+      <c r="R29" s="106" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S29" s="118"/>
+      <c r="S29" s="101"/>
       <c r="T29" s="11"/>
-      <c r="W29" s="101"/>
-[...22 lines deleted...]
-      <c r="J30" s="159">
+      <c r="W29" s="87"/>
+      <c r="X29" s="87"/>
+      <c r="Y29" s="87"/>
+      <c r="Z29" s="87"/>
+    </row>
+    <row r="30" spans="1:32" ht="299.45" customHeight="1">
+      <c r="A30" s="116" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="117" t="s">
+        <v>82</v>
+      </c>
+      <c r="C30" s="117" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" s="148"/>
+      <c r="F30" s="148"/>
+      <c r="G30" s="148"/>
+      <c r="H30" s="149"/>
+      <c r="I30" s="149"/>
+      <c r="J30" s="141">
         <v>0.95</v>
       </c>
-      <c r="K30" s="136">
+      <c r="K30" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L30" s="159">
+      <c r="L30" s="141">
         <v>0.85</v>
       </c>
-      <c r="M30" s="136">
+      <c r="M30" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N30" s="159">
+      <c r="N30" s="141">
         <v>0.15</v>
       </c>
-      <c r="O30" s="136">
+      <c r="O30" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P30" s="135">
+      <c r="P30" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q30" s="137">
+      <c r="Q30" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R30" s="137" t="b">
+      <c r="R30" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S30" s="134" t="s">
-[...12 lines deleted...]
-      <c r="A31" s="117">
+      <c r="S30" s="117" t="s">
+        <v>84</v>
+      </c>
+      <c r="T30" s="78"/>
+      <c r="U30" s="88"/>
+      <c r="V30" s="89"/>
+      <c r="W30" s="91"/>
+      <c r="X30" s="91"/>
+      <c r="Y30" s="91"/>
+      <c r="Z30" s="91"/>
+      <c r="AA30" s="91"/>
+    </row>
+    <row r="31" spans="1:32" ht="302.45" customHeight="1">
+      <c r="A31" s="100">
         <v>10</v>
       </c>
-      <c r="B31" s="126" t="s">
-[...8 lines deleted...]
-      <c r="E31" s="184" t="s">
+      <c r="B31" s="109" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="110" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" s="150" t="s">
         <v>18</v>
       </c>
-      <c r="F31" s="184" t="s">
+      <c r="F31" s="150" t="s">
         <v>18</v>
       </c>
-      <c r="G31" s="184" t="s">
+      <c r="G31" s="150" t="s">
         <v>18</v>
       </c>
-      <c r="H31" s="185"/>
-[...1 lines deleted...]
-      <c r="J31" s="121">
+      <c r="H31" s="151"/>
+      <c r="I31" s="151"/>
+      <c r="J31" s="104">
         <v>0.95</v>
       </c>
-      <c r="K31" s="122">
+      <c r="K31" s="105">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L31" s="121">
+      <c r="L31" s="104">
         <v>0.85</v>
       </c>
-      <c r="M31" s="122">
+      <c r="M31" s="105">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N31" s="121">
+      <c r="N31" s="104">
         <v>0.15</v>
       </c>
-      <c r="O31" s="122">
+      <c r="O31" s="105">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P31" s="121">
+      <c r="P31" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q31" s="123">
+      <c r="Q31" s="106">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R31" s="123" t="b">
+      <c r="R31" s="106" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S31" s="126" t="s">
+      <c r="S31" s="109" t="s">
         <v>23</v>
       </c>
       <c r="T31" s="11"/>
-      <c r="V31" s="84"/>
-[...6 lines deleted...]
-      <c r="A32" s="117">
+      <c r="V31" s="77"/>
+      <c r="W31" s="82"/>
+      <c r="Y31" s="87"/>
+      <c r="Z31" s="87"/>
+    </row>
+    <row r="32" spans="1:32" ht="15.95">
+      <c r="A32" s="100">
         <v>13</v>
       </c>
-      <c r="B32" s="126" t="s">
-[...6 lines deleted...]
-      <c r="E32" s="119" t="s">
+      <c r="B32" s="109" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="109"/>
+      <c r="D32" s="110" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="F32" s="119" t="s">
+      <c r="F32" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="G32" s="119" t="s">
+      <c r="G32" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="H32" s="120">
+      <c r="H32" s="103">
         <f>H33+H34+H35+H36</f>
         <v>0</v>
       </c>
-      <c r="I32" s="120">
+      <c r="I32" s="103">
         <f>I33+I34+I35+I36</f>
         <v>0</v>
       </c>
-      <c r="J32" s="121">
+      <c r="J32" s="104">
         <v>0.95</v>
       </c>
-      <c r="K32" s="122">
+      <c r="K32" s="105">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L32" s="121">
+      <c r="L32" s="104">
         <v>0.85</v>
       </c>
-      <c r="M32" s="122">
+      <c r="M32" s="105">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N32" s="121">
+      <c r="N32" s="104">
         <v>0.15</v>
       </c>
-      <c r="O32" s="122">
+      <c r="O32" s="105">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P32" s="121">
+      <c r="P32" s="104">
         <v>0.05</v>
       </c>
-      <c r="Q32" s="123">
+      <c r="Q32" s="106">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R32" s="123" t="b">
+      <c r="R32" s="106" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S32" s="126"/>
+      <c r="S32" s="109"/>
       <c r="T32" s="11"/>
     </row>
-    <row r="33" spans="1:33" ht="320" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="J33" s="135">
+    <row r="33" spans="1:33" ht="320.10000000000002">
+      <c r="A33" s="116" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="142" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="142" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" s="148"/>
+      <c r="F33" s="148"/>
+      <c r="G33" s="148"/>
+      <c r="H33" s="149"/>
+      <c r="I33" s="149"/>
+      <c r="J33" s="118">
         <v>0.95</v>
       </c>
-      <c r="K33" s="136">
+      <c r="K33" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L33" s="135">
+      <c r="L33" s="118">
         <v>0.85</v>
       </c>
-      <c r="M33" s="136">
+      <c r="M33" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N33" s="135">
+      <c r="N33" s="118">
         <v>0.15</v>
       </c>
-      <c r="O33" s="136">
+      <c r="O33" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P33" s="135">
+      <c r="P33" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q33" s="137">
+      <c r="Q33" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R33" s="137" t="b">
+      <c r="R33" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S33" s="160" t="s">
+      <c r="S33" s="142" t="s">
         <v>23</v>
       </c>
       <c r="T33" s="12"/>
     </row>
-    <row r="34" spans="1:33" ht="361.5" customHeight="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="J34" s="135">
+    <row r="34" spans="1:33" ht="361.5" customHeight="1">
+      <c r="A34" s="116" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" s="123" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="214" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" s="148"/>
+      <c r="F34" s="148"/>
+      <c r="G34" s="148"/>
+      <c r="H34" s="149"/>
+      <c r="I34" s="149"/>
+      <c r="J34" s="118">
         <v>0.95</v>
       </c>
-      <c r="K34" s="136">
+      <c r="K34" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L34" s="135">
+      <c r="L34" s="118">
         <v>0.85</v>
       </c>
-      <c r="M34" s="136">
+      <c r="M34" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N34" s="135">
+      <c r="N34" s="118">
         <v>0.15</v>
       </c>
-      <c r="O34" s="136">
+      <c r="O34" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P34" s="135">
+      <c r="P34" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q34" s="137">
+      <c r="Q34" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R34" s="137" t="b">
+      <c r="R34" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S34" s="140" t="s">
+      <c r="S34" s="123" t="s">
         <v>23</v>
       </c>
       <c r="T34" s="12"/>
     </row>
-    <row r="35" spans="1:33" ht="224" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="J35" s="135">
+    <row r="35" spans="1:33" ht="224.1">
+      <c r="A35" s="122" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" s="123" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="123" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="148"/>
+      <c r="F35" s="148"/>
+      <c r="G35" s="148"/>
+      <c r="H35" s="149"/>
+      <c r="I35" s="149"/>
+      <c r="J35" s="118">
         <v>0.95</v>
       </c>
-      <c r="K35" s="136">
+      <c r="K35" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L35" s="135">
+      <c r="L35" s="118">
         <v>0.85</v>
       </c>
-      <c r="M35" s="136">
+      <c r="M35" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N35" s="135">
+      <c r="N35" s="118">
         <v>0.15</v>
       </c>
-      <c r="O35" s="136">
+      <c r="O35" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P35" s="135">
+      <c r="P35" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q35" s="137">
+      <c r="Q35" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R35" s="137" t="b">
+      <c r="R35" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S35" s="140" t="s">
+      <c r="S35" s="123" t="s">
         <v>23</v>
       </c>
       <c r="T35" s="12"/>
     </row>
-    <row r="36" spans="1:33" s="86" customFormat="1" ht="16" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="H36" s="130">
+    <row r="36" spans="1:33" s="79" customFormat="1" ht="15.95">
+      <c r="A36" s="122" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" s="123" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="123"/>
+      <c r="D36" s="124"/>
+      <c r="E36" s="112"/>
+      <c r="F36" s="112"/>
+      <c r="G36" s="112"/>
+      <c r="H36" s="113">
         <f>H37+H40+H41+H42+H43+H44+H45+H46</f>
         <v>0</v>
       </c>
-      <c r="I36" s="130">
+      <c r="I36" s="113">
         <f>I37+I40+I41+I42+I43+I44+I45+I46</f>
         <v>0</v>
       </c>
-      <c r="J36" s="135">
+      <c r="J36" s="118">
         <v>0.95</v>
       </c>
-      <c r="K36" s="136">
+      <c r="K36" s="119">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L36" s="135">
+      <c r="L36" s="118">
         <v>0.85</v>
       </c>
-      <c r="M36" s="136">
+      <c r="M36" s="119">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N36" s="135">
+      <c r="N36" s="118">
         <v>0.15</v>
       </c>
-      <c r="O36" s="136">
+      <c r="O36" s="119">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P36" s="135">
+      <c r="P36" s="118">
         <v>0.05</v>
       </c>
-      <c r="Q36" s="137">
+      <c r="Q36" s="120">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R36" s="137" t="b">
+      <c r="R36" s="120" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S36" s="140"/>
+      <c r="S36" s="123"/>
       <c r="T36" s="12"/>
       <c r="U36" s="6"/>
       <c r="V36" s="6"/>
       <c r="W36" s="6"/>
       <c r="X36" s="6"/>
       <c r="Y36" s="6"/>
       <c r="Z36" s="6"/>
       <c r="AA36" s="6"/>
       <c r="AB36" s="6"/>
       <c r="AC36" s="6"/>
       <c r="AD36" s="6"/>
       <c r="AE36" s="6"/>
       <c r="AF36" s="6"/>
       <c r="AG36" s="6"/>
     </row>
-    <row r="37" spans="1:33" ht="219.5" customHeight="1" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="H37" s="132">
+    <row r="37" spans="1:33" ht="219.6" customHeight="1">
+      <c r="A37" s="125" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" s="126" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="126" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" s="127" t="s">
+        <v>42</v>
+      </c>
+      <c r="E37" s="114"/>
+      <c r="F37" s="114"/>
+      <c r="G37" s="114"/>
+      <c r="H37" s="115">
         <f>H38+H39</f>
         <v>0</v>
       </c>
-      <c r="I37" s="132">
+      <c r="I37" s="115">
         <f>I38+I39</f>
         <v>0</v>
       </c>
-      <c r="J37" s="145">
+      <c r="J37" s="128">
         <v>0.95</v>
       </c>
-      <c r="K37" s="146">
+      <c r="K37" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L37" s="145">
+      <c r="L37" s="128">
         <v>0.85</v>
       </c>
-      <c r="M37" s="146">
+      <c r="M37" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N37" s="145">
+      <c r="N37" s="128">
         <v>0.15</v>
       </c>
-      <c r="O37" s="146">
+      <c r="O37" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P37" s="145">
+      <c r="P37" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q37" s="147">
+      <c r="Q37" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R37" s="147" t="b">
+      <c r="R37" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S37" s="143" t="s">
-        <v>26</v>
+      <c r="S37" s="126" t="s">
+        <v>27</v>
       </c>
       <c r="T37" s="12"/>
     </row>
-    <row r="38" spans="1:33" ht="224" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="J38" s="109">
+    <row r="38" spans="1:33" ht="224.1">
+      <c r="A38" s="98" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" s="95" t="s">
+        <v>103</v>
+      </c>
+      <c r="C38" s="95" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="152"/>
+      <c r="F38" s="152"/>
+      <c r="G38" s="152"/>
+      <c r="H38" s="153"/>
+      <c r="I38" s="153"/>
+      <c r="J38" s="92">
         <v>0.95</v>
       </c>
-      <c r="K38" s="110">
+      <c r="K38" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L38" s="109">
+      <c r="L38" s="92">
         <v>0.85</v>
       </c>
-      <c r="M38" s="110">
+      <c r="M38" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N38" s="109">
+      <c r="N38" s="92">
         <v>0.15</v>
       </c>
-      <c r="O38" s="110">
+      <c r="O38" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P38" s="109">
+      <c r="P38" s="92">
         <v>0.05</v>
       </c>
-      <c r="Q38" s="111">
+      <c r="Q38" s="94">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R38" s="111" t="b">
+      <c r="R38" s="94" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S38" s="112" t="s">
-[...22 lines deleted...]
-      <c r="J39" s="109">
+      <c r="S38" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="T38" s="78"/>
+    </row>
+    <row r="39" spans="1:33" ht="320.45" customHeight="1">
+      <c r="A39" s="98" t="s">
+        <v>105</v>
+      </c>
+      <c r="B39" s="95" t="s">
+        <v>106</v>
+      </c>
+      <c r="C39" s="95" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="152"/>
+      <c r="F39" s="152"/>
+      <c r="G39" s="152"/>
+      <c r="H39" s="153"/>
+      <c r="I39" s="153"/>
+      <c r="J39" s="92">
         <v>0.95</v>
       </c>
-      <c r="K39" s="110">
+      <c r="K39" s="93">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L39" s="109">
+      <c r="L39" s="92">
         <v>0.85</v>
       </c>
-      <c r="M39" s="110">
+      <c r="M39" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N39" s="109">
+      <c r="N39" s="92">
         <v>0.15</v>
       </c>
-      <c r="O39" s="110">
+      <c r="O39" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P39" s="109">
+      <c r="P39" s="92">
         <v>0.05</v>
       </c>
-      <c r="Q39" s="111">
+      <c r="Q39" s="94">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R39" s="111" t="b">
+      <c r="R39" s="94" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S39" s="112" t="s">
-        <v>26</v>
+      <c r="S39" s="95" t="s">
+        <v>27</v>
       </c>
       <c r="T39" s="13"/>
     </row>
-    <row r="40" spans="1:33" ht="320.5" customHeight="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="J40" s="145">
+    <row r="40" spans="1:33" ht="320.45" customHeight="1">
+      <c r="A40" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="B40" s="126" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" s="126" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" s="138" t="s">
+        <v>42</v>
+      </c>
+      <c r="E40" s="152"/>
+      <c r="F40" s="152"/>
+      <c r="G40" s="152"/>
+      <c r="H40" s="153"/>
+      <c r="I40" s="153"/>
+      <c r="J40" s="128">
         <v>0.95</v>
       </c>
-      <c r="K40" s="146">
+      <c r="K40" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L40" s="145">
+      <c r="L40" s="128">
         <v>0.85</v>
       </c>
-      <c r="M40" s="146">
+      <c r="M40" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N40" s="145">
+      <c r="N40" s="128">
         <v>0.15</v>
       </c>
-      <c r="O40" s="146">
+      <c r="O40" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P40" s="145">
+      <c r="P40" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q40" s="147">
+      <c r="Q40" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R40" s="147" t="b">
+      <c r="R40" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S40" s="143" t="s">
-[...21 lines deleted...]
-      <c r="J41" s="145">
+      <c r="S40" s="126" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:33" ht="350.1" customHeight="1">
+      <c r="A41" s="137" t="s">
+        <v>111</v>
+      </c>
+      <c r="B41" s="136" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" s="136" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E41" s="222"/>
+      <c r="F41" s="222"/>
+      <c r="G41" s="222"/>
+      <c r="H41" s="154"/>
+      <c r="I41" s="154"/>
+      <c r="J41" s="128">
         <v>0.95</v>
       </c>
-      <c r="K41" s="146">
+      <c r="K41" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L41" s="145">
+      <c r="L41" s="128">
         <v>0.85</v>
       </c>
-      <c r="M41" s="146">
+      <c r="M41" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N41" s="145">
+      <c r="N41" s="128">
         <v>0.15</v>
       </c>
-      <c r="O41" s="146">
+      <c r="O41" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P41" s="145">
+      <c r="P41" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q41" s="147">
+      <c r="Q41" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R41" s="147" t="b">
+      <c r="R41" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S41" s="153" t="s">
-[...21 lines deleted...]
-      <c r="J42" s="145">
+      <c r="S41" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:33" ht="251.45" customHeight="1">
+      <c r="A42" s="137" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" s="136" t="s">
+        <v>115</v>
+      </c>
+      <c r="C42" s="136" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" s="222"/>
+      <c r="F42" s="222"/>
+      <c r="G42" s="222"/>
+      <c r="H42" s="223"/>
+      <c r="I42" s="223"/>
+      <c r="J42" s="128">
         <v>0.95</v>
       </c>
-      <c r="K42" s="146">
+      <c r="K42" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L42" s="145">
+      <c r="L42" s="128">
         <v>0.85</v>
       </c>
-      <c r="M42" s="146">
+      <c r="M42" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N42" s="145">
+      <c r="N42" s="128">
         <v>0.15</v>
       </c>
-      <c r="O42" s="146">
+      <c r="O42" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P42" s="145">
+      <c r="P42" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q42" s="147">
+      <c r="Q42" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R42" s="147" t="b">
+      <c r="R42" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S42" s="153" t="s">
-[...21 lines deleted...]
-      <c r="J43" s="145">
+      <c r="S42" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:33" ht="347.45" customHeight="1">
+      <c r="A43" s="137" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" s="136" t="s">
+        <v>118</v>
+      </c>
+      <c r="C43" s="136" t="s">
+        <v>119</v>
+      </c>
+      <c r="D43" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" s="222"/>
+      <c r="F43" s="222"/>
+      <c r="G43" s="222"/>
+      <c r="H43" s="223"/>
+      <c r="I43" s="223"/>
+      <c r="J43" s="128">
         <v>0.95</v>
       </c>
-      <c r="K43" s="146">
+      <c r="K43" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L43" s="145">
+      <c r="L43" s="128">
         <v>0.85</v>
       </c>
-      <c r="M43" s="146">
+      <c r="M43" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N43" s="145">
+      <c r="N43" s="128">
         <v>0.15</v>
       </c>
-      <c r="O43" s="146">
+      <c r="O43" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P43" s="145">
+      <c r="P43" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q43" s="147">
+      <c r="Q43" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R43" s="147" t="b">
+      <c r="R43" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S43" s="153" t="s">
-[...21 lines deleted...]
-      <c r="J44" s="145">
+      <c r="S43" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:33" ht="362.1" customHeight="1">
+      <c r="A44" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="B44" s="136" t="s">
+        <v>121</v>
+      </c>
+      <c r="C44" s="136" t="s">
+        <v>122</v>
+      </c>
+      <c r="D44" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" s="222"/>
+      <c r="F44" s="222"/>
+      <c r="G44" s="222"/>
+      <c r="H44" s="223"/>
+      <c r="I44" s="223"/>
+      <c r="J44" s="128">
         <v>0.95</v>
       </c>
-      <c r="K44" s="146">
+      <c r="K44" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L44" s="145">
+      <c r="L44" s="128">
         <v>0.85</v>
       </c>
-      <c r="M44" s="146">
+      <c r="M44" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N44" s="145">
+      <c r="N44" s="128">
         <v>0.15</v>
       </c>
-      <c r="O44" s="146">
+      <c r="O44" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P44" s="145">
+      <c r="P44" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q44" s="147">
+      <c r="Q44" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R44" s="147" t="b">
+      <c r="R44" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S44" s="153" t="s">
-[...21 lines deleted...]
-      <c r="J45" s="145">
+      <c r="S44" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:33" ht="375" customHeight="1">
+      <c r="A45" s="213" t="s">
+        <v>123</v>
+      </c>
+      <c r="B45" s="136" t="s">
+        <v>124</v>
+      </c>
+      <c r="C45" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="D45" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" s="222"/>
+      <c r="F45" s="222"/>
+      <c r="G45" s="222"/>
+      <c r="H45" s="223"/>
+      <c r="I45" s="223"/>
+      <c r="J45" s="128">
         <v>0.95</v>
       </c>
-      <c r="K45" s="146">
+      <c r="K45" s="129">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="L45" s="145">
+      <c r="L45" s="128">
         <v>0.85</v>
       </c>
-      <c r="M45" s="146">
+      <c r="M45" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N45" s="145">
+      <c r="N45" s="128">
         <v>0.15</v>
       </c>
-      <c r="O45" s="146">
+      <c r="O45" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P45" s="145">
+      <c r="P45" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q45" s="147">
+      <c r="Q45" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R45" s="147" t="b">
+      <c r="R45" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S45" s="153" t="s">
-[...21 lines deleted...]
-      <c r="J46" s="145">
+      <c r="S45" s="136" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="46" spans="1:33" ht="221.45" customHeight="1">
+      <c r="A46" s="213" t="s">
+        <v>127</v>
+      </c>
+      <c r="B46" s="136" t="s">
+        <v>128</v>
+      </c>
+      <c r="C46" s="136" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="222"/>
+      <c r="F46" s="222"/>
+      <c r="G46" s="222"/>
+      <c r="H46" s="223"/>
+      <c r="I46" s="223"/>
+      <c r="J46" s="128">
         <v>0.95</v>
       </c>
-      <c r="K46" s="146">
+      <c r="K46" s="129">
         <f t="shared" ref="K46" si="5">J46*H46</f>
         <v>0</v>
       </c>
-      <c r="L46" s="145">
+      <c r="L46" s="128">
         <v>0.85</v>
       </c>
-      <c r="M46" s="146">
+      <c r="M46" s="129">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="N46" s="145">
+      <c r="N46" s="128">
         <v>0.15</v>
       </c>
-      <c r="O46" s="146">
+      <c r="O46" s="129">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="P46" s="145">
+      <c r="P46" s="128">
         <v>0.05</v>
       </c>
-      <c r="Q46" s="147">
+      <c r="Q46" s="130">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="R46" s="147" t="b">
+      <c r="R46" s="130" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S46" s="153" t="s">
-[...13 lines deleted...]
-      <c r="H47" s="148">
+      <c r="S46" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:33" ht="15.95">
+      <c r="A47" s="279" t="s">
+        <v>130</v>
+      </c>
+      <c r="B47" s="279"/>
+      <c r="C47" s="279"/>
+      <c r="D47" s="279"/>
+      <c r="E47" s="279"/>
+      <c r="F47" s="279"/>
+      <c r="G47" s="279"/>
+      <c r="H47" s="131">
         <f>H32+H31+H29+H20+H11+H8</f>
         <v>0</v>
       </c>
-      <c r="I47" s="148">
+      <c r="I47" s="131">
         <f>I32+I31+I29+I20+I11+I8</f>
         <v>0</v>
       </c>
-      <c r="J47" s="198">
+      <c r="J47" s="160">
         <v>0.95</v>
       </c>
-      <c r="K47" s="148">
+      <c r="K47" s="131">
         <f>K32+K31+K29+K20+K11+K8</f>
         <v>0</v>
       </c>
-      <c r="L47" s="198">
+      <c r="L47" s="160">
         <v>0.85</v>
       </c>
-      <c r="M47" s="148">
+      <c r="M47" s="131">
         <f>M32+M31+M29+M20+M11+M8</f>
         <v>0</v>
       </c>
-      <c r="N47" s="198">
+      <c r="N47" s="160">
         <v>0.15</v>
       </c>
-      <c r="O47" s="148">
+      <c r="O47" s="131">
         <f>O32+O31+O29+O20+O11+O8</f>
         <v>0</v>
       </c>
-      <c r="P47" s="149">
+      <c r="P47" s="132">
         <v>0.05</v>
       </c>
-      <c r="Q47" s="148">
+      <c r="Q47" s="131">
         <f>Q32+Q31+Q29+Q20+Q11+Q8</f>
         <v>0</v>
       </c>
-      <c r="R47" s="203" t="b">
+      <c r="R47" s="165" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S47" s="161"/>
-[...47 lines deleted...]
-      <c r="C54" s="255">
+      <c r="S47" s="224"/>
+    </row>
+    <row r="51" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B51" s="269" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="269"/>
+      <c r="D51" s="269"/>
+      <c r="F51" s="269" t="s">
+        <v>132</v>
+      </c>
+      <c r="G51" s="269"/>
+      <c r="H51" s="269"/>
+      <c r="I51" s="269"/>
+    </row>
+    <row r="52" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B52" s="268" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" s="267" t="s">
+        <v>134</v>
+      </c>
+      <c r="D52" s="267" t="s">
+        <v>135</v>
+      </c>
+      <c r="F52" s="268" t="s">
+        <v>136</v>
+      </c>
+      <c r="G52" s="268"/>
+      <c r="H52" s="268" t="s">
+        <v>137</v>
+      </c>
+      <c r="I52" s="268"/>
+    </row>
+    <row r="53" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B53" s="268"/>
+      <c r="C53" s="276"/>
+      <c r="D53" s="267"/>
+      <c r="E53" s="163"/>
+      <c r="F53" s="268"/>
+      <c r="G53" s="268"/>
+      <c r="H53" s="268"/>
+      <c r="I53" s="268"/>
+    </row>
+    <row r="54" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B54" s="225" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" s="226">
         <f>D54*C56</f>
         <v>0</v>
       </c>
-      <c r="D54" s="262">
+      <c r="D54" s="227">
         <v>0.85</v>
       </c>
-      <c r="E54" s="202" t="b">
+      <c r="E54" s="164" t="b">
         <f>C54=M47</f>
         <v>1</v>
       </c>
-      <c r="F54" s="282">
+      <c r="F54" s="272">
         <v>979663</v>
       </c>
-      <c r="G54" s="282"/>
-      <c r="H54" s="285">
+      <c r="G54" s="272"/>
+      <c r="H54" s="275">
         <v>1632773</v>
       </c>
-      <c r="I54" s="285"/>
-[...5 lines deleted...]
-      <c r="C55" s="256">
+      <c r="I54" s="275"/>
+    </row>
+    <row r="55" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B55" s="225" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" s="228">
         <f>D55*C56</f>
         <v>0</v>
       </c>
-      <c r="D55" s="263">
+      <c r="D55" s="229">
         <v>0.15</v>
       </c>
-      <c r="E55" s="202" t="b">
+      <c r="E55" s="164" t="b">
         <f>C55=O47</f>
         <v>1</v>
       </c>
-      <c r="F55" s="282">
+      <c r="F55" s="272">
         <v>172882</v>
       </c>
-      <c r="G55" s="282"/>
-      <c r="H55" s="285">
+      <c r="G55" s="272"/>
+      <c r="H55" s="275">
         <v>288136</v>
       </c>
-      <c r="I55" s="285"/>
-[...5 lines deleted...]
-      <c r="C56" s="257">
+      <c r="I55" s="275"/>
+    </row>
+    <row r="56" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B56" s="230" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" s="231">
         <f>D56*C58</f>
         <v>0</v>
       </c>
-      <c r="D56" s="264">
+      <c r="D56" s="232">
         <v>0.95</v>
       </c>
-      <c r="E56" s="202" t="b">
+      <c r="E56" s="164" t="b">
         <f>C56=K47</f>
         <v>1</v>
       </c>
-      <c r="F56" s="281">
+      <c r="F56" s="271">
         <v>1152545</v>
       </c>
-      <c r="G56" s="281"/>
-      <c r="H56" s="284">
+      <c r="G56" s="271"/>
+      <c r="H56" s="274">
         <v>1920909</v>
       </c>
-      <c r="I56" s="284"/>
-[...5 lines deleted...]
-      <c r="C57" s="257">
+      <c r="I56" s="274"/>
+    </row>
+    <row r="57" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B57" s="230" t="s">
+        <v>141</v>
+      </c>
+      <c r="C57" s="231">
         <f>D57*C58</f>
         <v>0</v>
       </c>
-      <c r="D57" s="264">
+      <c r="D57" s="232">
         <v>0.05</v>
       </c>
-      <c r="E57" s="202" t="b">
+      <c r="E57" s="164" t="b">
         <f>C57=Q47</f>
         <v>1</v>
       </c>
-      <c r="F57" s="281">
+      <c r="F57" s="271">
         <v>60660</v>
       </c>
-      <c r="G57" s="281"/>
-      <c r="H57" s="284">
+      <c r="G57" s="271"/>
+      <c r="H57" s="274">
         <v>101100</v>
       </c>
-      <c r="I57" s="284"/>
-[...5 lines deleted...]
-      <c r="C58" s="258">
+      <c r="I57" s="274"/>
+    </row>
+    <row r="58" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B58" s="233" t="s">
+        <v>130</v>
+      </c>
+      <c r="C58" s="234">
         <f>H47</f>
         <v>0</v>
       </c>
-      <c r="D58" s="265"/>
-      <c r="F58" s="280">
+      <c r="D58" s="235"/>
+      <c r="F58" s="270">
         <v>1213205</v>
       </c>
-      <c r="G58" s="280"/>
-      <c r="H58" s="283">
+      <c r="G58" s="270"/>
+      <c r="H58" s="273">
         <v>2022009</v>
       </c>
-      <c r="I58" s="283"/>
-[...25 lines deleted...]
-      <c r="C63" s="180">
+      <c r="I58" s="273"/>
+    </row>
+    <row r="59" spans="2:9" ht="15.75" customHeight="1">
+      <c r="F59" s="166" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="61" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B61" s="265" t="s">
+        <v>143</v>
+      </c>
+      <c r="C61" s="265"/>
+      <c r="D61" s="80"/>
+    </row>
+    <row r="62" spans="2:9" ht="15.75" customHeight="1">
+      <c r="B62" s="265"/>
+      <c r="C62" s="265"/>
+      <c r="D62" s="236"/>
+    </row>
+    <row r="63" spans="2:9" ht="63.95">
+      <c r="B63" s="237" t="s">
+        <v>144</v>
+      </c>
+      <c r="C63" s="147">
         <f>H29</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="2:9" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C64" s="178">
+    <row r="64" spans="2:9" ht="32.1">
+      <c r="B64" s="143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C64" s="146">
         <f>C63*95%</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B65" s="177" t="s">
+    <row r="65" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B65" s="238" t="s">
         <v>11</v>
       </c>
-      <c r="C65" s="176">
+      <c r="C65" s="145">
         <f>85%*C64</f>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C66" s="176">
+    <row r="66" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B66" s="238" t="s">
+        <v>146</v>
+      </c>
+      <c r="C66" s="145">
         <f>15%*C64</f>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="2:7" ht="64" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C67" s="180">
+    <row r="67" spans="2:7" ht="63" customHeight="1">
+      <c r="B67" s="237" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" s="147">
         <f>H10+H37+H40+H41+H42+H43+H44+H45+H46</f>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C68" s="178">
+    <row r="68" spans="2:7" ht="41.25" customHeight="1">
+      <c r="B68" s="143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="146">
         <f>C67*95%</f>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B69" s="177" t="s">
+    <row r="69" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B69" s="238" t="s">
         <v>11</v>
       </c>
-      <c r="C69" s="176">
+      <c r="C69" s="145">
         <f>85%*C68</f>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C70" s="176">
+    <row r="70" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B70" s="238" t="s">
+        <v>146</v>
+      </c>
+      <c r="C70" s="145">
         <f>15%*C68</f>
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...39 lines deleted...]
-      <c r="D76" s="196">
+    <row r="73" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B73" s="239" t="s">
+        <v>148</v>
+      </c>
+      <c r="C73" s="155"/>
+      <c r="D73" s="155"/>
+      <c r="E73" s="155"/>
+      <c r="F73" s="155"/>
+    </row>
+    <row r="74" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B74" s="266" t="s">
+        <v>149</v>
+      </c>
+      <c r="C74" s="266"/>
+      <c r="D74" s="267" t="s">
+        <v>150</v>
+      </c>
+      <c r="E74" s="267" t="s">
+        <v>151</v>
+      </c>
+      <c r="F74" s="267"/>
+    </row>
+    <row r="75" spans="2:7" ht="32.1">
+      <c r="B75" s="266"/>
+      <c r="C75" s="266"/>
+      <c r="D75" s="267"/>
+      <c r="E75" s="157" t="s">
+        <v>152</v>
+      </c>
+      <c r="F75" s="156" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="76" spans="2:7" ht="63.95">
+      <c r="B76" s="240" t="s">
+        <v>154</v>
+      </c>
+      <c r="C76" s="237" t="s">
+        <v>155</v>
+      </c>
+      <c r="D76" s="158">
         <v>50000</v>
       </c>
-      <c r="E76" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="199">
+      <c r="E76" s="158" t="s">
+        <v>88</v>
+      </c>
+      <c r="F76" s="161">
         <f>H33</f>
         <v>0</v>
       </c>
-      <c r="G76" s="205" t="s">
-[...10 lines deleted...]
-      <c r="D77" s="293">
+      <c r="G76" s="167" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="77" spans="2:7" ht="63.95" customHeight="1">
+      <c r="B77" s="262" t="s">
+        <v>157</v>
+      </c>
+      <c r="C77" s="263" t="s">
+        <v>158</v>
+      </c>
+      <c r="D77" s="264">
         <f>10%*H47</f>
         <v>0</v>
       </c>
-      <c r="E77" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F77" s="199">
+      <c r="E77" s="158" t="s">
+        <v>91</v>
+      </c>
+      <c r="F77" s="161">
         <f>H34</f>
         <v>0</v>
       </c>
-      <c r="G77" s="197"/>
-[...8 lines deleted...]
-      <c r="F78" s="199">
+      <c r="G77" s="159"/>
+    </row>
+    <row r="78" spans="2:7" ht="15.95">
+      <c r="B78" s="262"/>
+      <c r="C78" s="263"/>
+      <c r="D78" s="264"/>
+      <c r="E78" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="F78" s="161">
         <f>H44</f>
         <v>0</v>
       </c>
-      <c r="G78" s="197"/>
-[...8 lines deleted...]
-      <c r="F79" s="199">
+      <c r="G78" s="159"/>
+    </row>
+    <row r="79" spans="2:7" ht="15.95">
+      <c r="B79" s="262"/>
+      <c r="C79" s="263"/>
+      <c r="D79" s="264"/>
+      <c r="E79" s="158" t="s">
+        <v>159</v>
+      </c>
+      <c r="F79" s="161">
         <f>F77+F78</f>
         <v>0</v>
       </c>
-      <c r="G79" s="205" t="s">
-[...10 lines deleted...]
-      <c r="D80" s="293">
+      <c r="G79" s="167" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="80" spans="2:7" ht="48" customHeight="1">
+      <c r="B80" s="262" t="s">
+        <v>160</v>
+      </c>
+      <c r="C80" s="263" t="s">
+        <v>161</v>
+      </c>
+      <c r="D80" s="264">
         <f>50%*H47</f>
         <v>0</v>
       </c>
-      <c r="E80" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="199">
+      <c r="E80" s="158" t="s">
+        <v>123</v>
+      </c>
+      <c r="F80" s="161">
         <f>H45</f>
         <v>0</v>
       </c>
-      <c r="G80" s="197"/>
-[...8 lines deleted...]
-      <c r="F81" s="199">
+      <c r="G80" s="159"/>
+    </row>
+    <row r="81" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B81" s="262"/>
+      <c r="C81" s="263"/>
+      <c r="D81" s="264"/>
+      <c r="E81" s="158" t="s">
+        <v>81</v>
+      </c>
+      <c r="F81" s="161">
         <f>H30</f>
         <v>0</v>
       </c>
-      <c r="G81" s="197"/>
-[...8 lines deleted...]
-      <c r="F82" s="199">
+      <c r="G81" s="159"/>
+    </row>
+    <row r="82" spans="2:7" ht="15.75" customHeight="1">
+      <c r="B82" s="262"/>
+      <c r="C82" s="263"/>
+      <c r="D82" s="264"/>
+      <c r="E82" s="158" t="s">
+        <v>159</v>
+      </c>
+      <c r="F82" s="161">
         <f>F80+F81</f>
         <v>0</v>
       </c>
-      <c r="G82" s="205" t="s">
-        <v>147</v>
+      <c r="G82" s="167" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="43">
-    <mergeCell ref="B77:B79"/>
-[...9 lines deleted...]
-    <mergeCell ref="H52:I53"/>
+    <mergeCell ref="A4:S4"/>
+    <mergeCell ref="A47:G47"/>
+    <mergeCell ref="J6:K7"/>
+    <mergeCell ref="L6:M7"/>
+    <mergeCell ref="N6:O7"/>
+    <mergeCell ref="S6:S7"/>
+    <mergeCell ref="P6:Q7"/>
+    <mergeCell ref="R6:R7"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="I6:I7"/>
     <mergeCell ref="F51:I51"/>
     <mergeCell ref="B51:D51"/>
     <mergeCell ref="F58:G58"/>
     <mergeCell ref="F57:G57"/>
     <mergeCell ref="F56:G56"/>
     <mergeCell ref="F55:G55"/>
     <mergeCell ref="F54:G54"/>
     <mergeCell ref="H58:I58"/>
     <mergeCell ref="H57:I57"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="H55:I55"/>
     <mergeCell ref="H54:I54"/>
     <mergeCell ref="B52:B53"/>
     <mergeCell ref="D52:D53"/>
     <mergeCell ref="C52:C53"/>
     <mergeCell ref="F52:G53"/>
-    <mergeCell ref="A4:S4"/>
-[...14 lines deleted...]
-    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="B61:C62"/>
+    <mergeCell ref="B74:C75"/>
+    <mergeCell ref="D74:D75"/>
+    <mergeCell ref="E74:F74"/>
+    <mergeCell ref="H52:I53"/>
+    <mergeCell ref="B77:B79"/>
+    <mergeCell ref="C77:C79"/>
+    <mergeCell ref="D77:D79"/>
+    <mergeCell ref="B80:B82"/>
+    <mergeCell ref="C80:C82"/>
+    <mergeCell ref="D80:D82"/>
   </mergeCells>
   <conditionalFormatting sqref="F76">
     <cfRule type="cellIs" dxfId="30" priority="3" operator="greaterThan">
       <formula>$D$76</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F79">
     <cfRule type="cellIs" dxfId="29" priority="2" operator="greaterThan">
       <formula>$D$77</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F82">
     <cfRule type="cellIs" dxfId="28" priority="1" operator="lessThan">
       <formula>$D$80</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F54:G54">
     <cfRule type="cellIs" dxfId="27" priority="12" operator="greaterThan">
       <formula>$C$54</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F55:G55">
     <cfRule type="cellIs" dxfId="26" priority="11" operator="greaterThan">
       <formula>$C$55</formula>
     </cfRule>
@@ -7085,4372 +7044,4371 @@
   <conditionalFormatting sqref="H56:I56">
     <cfRule type="cellIs" dxfId="21" priority="6" operator="lessThan">
       <formula>$C$56</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H57:I57">
     <cfRule type="cellIs" dxfId="20" priority="5" operator="lessThan">
       <formula>$C$57</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H58:I58">
     <cfRule type="cellIs" dxfId="19" priority="4" operator="lessThan">
       <formula>$C$58</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DEF4554-4B7F-4B0C-BB20-28F681C35793}">
   <dimension ref="A2:AG86"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" zoomScale="42" zoomScaleNormal="42" workbookViewId="0">
-      <selection activeCell="B49" sqref="B49"/>
+    <sheetView zoomScale="42" zoomScaleNormal="42" workbookViewId="0">
+      <selection activeCell="C72" sqref="C72"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.26953125" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="6" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="22" max="28" width="18.1796875" style="6" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="40.5703125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="60.42578125" style="6" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="16.140625" style="182" customWidth="1"/>
+    <col min="6" max="6" width="18.28515625" style="182" customWidth="1"/>
+    <col min="7" max="7" width="16.5703125" style="182" customWidth="1"/>
+    <col min="8" max="8" width="15.42578125" style="144" customWidth="1"/>
+    <col min="9" max="9" width="14.85546875" style="144" customWidth="1"/>
+    <col min="10" max="10" width="9.7109375" style="208" customWidth="1"/>
+    <col min="11" max="11" width="16.28515625" style="208" customWidth="1"/>
+    <col min="12" max="12" width="9.7109375" style="208" customWidth="1"/>
+    <col min="13" max="13" width="18.85546875" style="208" customWidth="1"/>
+    <col min="14" max="14" width="9.7109375" style="208" customWidth="1"/>
+    <col min="15" max="15" width="18.85546875" style="208" customWidth="1"/>
+    <col min="16" max="18" width="16.28515625" style="208" customWidth="1"/>
+    <col min="19" max="19" width="33.140625" style="6" customWidth="1"/>
+    <col min="20" max="20" width="7.28515625" style="5" customWidth="1"/>
+    <col min="21" max="21" width="25.28515625" style="6" customWidth="1"/>
+    <col min="22" max="28" width="18.140625" style="6" customWidth="1"/>
     <col min="29" max="29" width="23" style="6" customWidth="1"/>
-    <col min="30" max="31" width="9.1796875" style="6" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="34" max="16384" width="9.26953125" style="6"/>
+    <col min="30" max="31" width="9.140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="24.85546875" style="6" customWidth="1"/>
+    <col min="33" max="33" width="33.42578125" style="6" customWidth="1"/>
+    <col min="34" max="16384" width="9.28515625" style="6"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-    <row r="3" spans="1:29" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A2" s="59"/>
+      <c r="B2" s="162" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="3" spans="1:29" ht="16.5" customHeight="1">
       <c r="A3" s="1"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
-      <c r="E3" s="221"/>
-[...6 lines deleted...]
-      <c r="N3" s="250"/>
+      <c r="E3" s="183"/>
+      <c r="F3" s="183"/>
+      <c r="G3" s="183"/>
+      <c r="H3" s="184"/>
+      <c r="I3" s="185"/>
+      <c r="J3" s="209"/>
+      <c r="L3" s="209"/>
+      <c r="N3" s="209"/>
       <c r="S3" s="2"/>
     </row>
-    <row r="4" spans="1:29" ht="16" x14ac:dyDescent="0.4">
-      <c r="A4" s="267" t="s">
+    <row r="4" spans="1:29" ht="15.95">
+      <c r="A4" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="268"/>
-[...18 lines deleted...]
-    <row r="5" spans="1:29" ht="16" x14ac:dyDescent="0.4">
+      <c r="B4" s="278"/>
+      <c r="C4" s="278"/>
+      <c r="D4" s="278"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="278"/>
+      <c r="G4" s="278"/>
+      <c r="H4" s="278"/>
+      <c r="I4" s="278"/>
+      <c r="J4" s="278"/>
+      <c r="K4" s="278"/>
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="278"/>
+      <c r="O4" s="278"/>
+      <c r="P4" s="278"/>
+      <c r="Q4" s="278"/>
+      <c r="R4" s="278"/>
+      <c r="S4" s="278"/>
+    </row>
+    <row r="5" spans="1:29" ht="15.95">
       <c r="A5" s="7"/>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
-      <c r="E5" s="210"/>
-[...6 lines deleted...]
-      <c r="N5" s="250"/>
+      <c r="E5" s="172"/>
+      <c r="F5" s="172"/>
+      <c r="G5" s="172"/>
+      <c r="H5" s="173"/>
+      <c r="I5" s="173"/>
+      <c r="J5" s="209"/>
+      <c r="L5" s="209"/>
+      <c r="N5" s="209"/>
       <c r="S5" s="8"/>
     </row>
-    <row r="6" spans="1:29" ht="15.65" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A6" s="274" t="s">
+    <row r="6" spans="1:29" ht="15.6" customHeight="1">
+      <c r="A6" s="284" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="274" t="s">
+      <c r="B6" s="284" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="116"/>
-      <c r="D6" s="274" t="s">
+      <c r="C6" s="99"/>
+      <c r="D6" s="284" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="274" t="s">
+      <c r="E6" s="284" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="274" t="s">
+      <c r="F6" s="284" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="274" t="s">
+      <c r="G6" s="284" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="278" t="s">
+      <c r="H6" s="288" t="s">
         <v>8</v>
       </c>
-      <c r="I6" s="278" t="s">
+      <c r="I6" s="288" t="s">
         <v>9</v>
       </c>
-      <c r="J6" s="270" t="s">
+      <c r="J6" s="280" t="s">
         <v>10</v>
       </c>
-      <c r="K6" s="271"/>
-      <c r="L6" s="270" t="s">
+      <c r="K6" s="281"/>
+      <c r="L6" s="280" t="s">
         <v>11</v>
       </c>
-      <c r="M6" s="271"/>
-      <c r="N6" s="270" t="s">
+      <c r="M6" s="281"/>
+      <c r="N6" s="280" t="s">
         <v>12</v>
       </c>
-      <c r="O6" s="271"/>
-      <c r="P6" s="275" t="s">
+      <c r="O6" s="281"/>
+      <c r="P6" s="285" t="s">
         <v>13</v>
       </c>
-      <c r="Q6" s="275"/>
-      <c r="R6" s="276" t="s">
+      <c r="Q6" s="285"/>
+      <c r="R6" s="286" t="s">
         <v>14</v>
       </c>
-      <c r="S6" s="274" t="s">
+      <c r="S6" s="284" t="s">
         <v>15</v>
       </c>
       <c r="T6" s="10"/>
-      <c r="U6" s="87"/>
-[...20 lines deleted...]
-      <c r="S7" s="274"/>
+      <c r="U6" s="80"/>
+    </row>
+    <row r="7" spans="1:29" ht="59.25" customHeight="1">
+      <c r="A7" s="284"/>
+      <c r="B7" s="284"/>
+      <c r="C7" s="99"/>
+      <c r="D7" s="284"/>
+      <c r="E7" s="284"/>
+      <c r="F7" s="284"/>
+      <c r="G7" s="284"/>
+      <c r="H7" s="288"/>
+      <c r="I7" s="288"/>
+      <c r="J7" s="282"/>
+      <c r="K7" s="283"/>
+      <c r="L7" s="282"/>
+      <c r="M7" s="283"/>
+      <c r="N7" s="282"/>
+      <c r="O7" s="283"/>
+      <c r="P7" s="285"/>
+      <c r="Q7" s="285"/>
+      <c r="R7" s="287"/>
+      <c r="S7" s="284"/>
       <c r="T7" s="10"/>
-      <c r="U7" s="88"/>
-[...7 lines deleted...]
-      <c r="A8" s="117" t="s">
+      <c r="U7" s="80"/>
+      <c r="Y7" s="80"/>
+      <c r="Z7" s="217"/>
+      <c r="AA7" s="90"/>
+      <c r="AB7" s="90"/>
+      <c r="AC7" s="90"/>
+    </row>
+    <row r="8" spans="1:29" ht="32.1">
+      <c r="A8" s="100" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="118" t="s">
+      <c r="B8" s="101" t="s">
         <v>17</v>
       </c>
-      <c r="C8" s="118"/>
-      <c r="D8" s="119" t="s">
+      <c r="C8" s="101"/>
+      <c r="D8" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="E8" s="127" t="s">
+      <c r="E8" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="F8" s="127" t="s">
+      <c r="F8" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="127" t="s">
+      <c r="G8" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="H8" s="212">
+      <c r="H8" s="174">
         <f>H9+H10</f>
         <v>18000</v>
       </c>
-      <c r="I8" s="212"/>
-      <c r="J8" s="231">
+      <c r="I8" s="174"/>
+      <c r="J8" s="190">
         <v>0.95</v>
       </c>
-      <c r="K8" s="232">
+      <c r="K8" s="191">
         <f t="shared" ref="K8:K49" si="0">J8*H8</f>
         <v>17100</v>
       </c>
-      <c r="L8" s="231">
+      <c r="L8" s="190">
         <v>0.85</v>
       </c>
-      <c r="M8" s="232">
+      <c r="M8" s="191">
         <f>L8*K8</f>
         <v>14535</v>
       </c>
-      <c r="N8" s="231">
+      <c r="N8" s="190">
         <v>0.15</v>
       </c>
-      <c r="O8" s="232">
+      <c r="O8" s="191">
         <f>N8*K8</f>
         <v>2565</v>
       </c>
-      <c r="P8" s="231">
+      <c r="P8" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q8" s="233">
+      <c r="Q8" s="192">
         <f>P8*H8</f>
         <v>900</v>
       </c>
-      <c r="R8" s="233" t="b">
+      <c r="R8" s="192" t="b">
         <f>Q8+O8+M8=H8</f>
         <v>1</v>
       </c>
-      <c r="S8" s="118"/>
+      <c r="S8" s="101"/>
       <c r="T8" s="11"/>
-      <c r="U8" s="90"/>
-[...7 lines deleted...]
-      <c r="A9" s="133" t="s">
+      <c r="U8" s="218"/>
+      <c r="Y8" s="81"/>
+      <c r="Z8" s="81"/>
+      <c r="AA8" s="219"/>
+      <c r="AB8" s="219"/>
+      <c r="AC8" s="219"/>
+    </row>
+    <row r="9" spans="1:29" ht="144">
+      <c r="A9" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="134" t="s">
+      <c r="B9" s="117" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="134" t="s">
+      <c r="C9" s="117" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="129" t="s">
+      <c r="D9" s="112" t="s">
         <v>22</v>
       </c>
-      <c r="E9" s="213"/>
-[...2 lines deleted...]
-      <c r="H9" s="214">
+      <c r="E9" s="175"/>
+      <c r="F9" s="175"/>
+      <c r="G9" s="124"/>
+      <c r="H9" s="176">
         <f>15%*(H13+H22)</f>
         <v>16500</v>
       </c>
-      <c r="I9" s="214"/>
-      <c r="J9" s="234">
+      <c r="I9" s="176"/>
+      <c r="J9" s="193">
         <v>0.95</v>
       </c>
-      <c r="K9" s="235">
+      <c r="K9" s="194">
         <f t="shared" si="0"/>
         <v>15675</v>
       </c>
-      <c r="L9" s="234">
+      <c r="L9" s="193">
         <v>0.85</v>
       </c>
-      <c r="M9" s="235">
+      <c r="M9" s="194">
         <f t="shared" ref="M9:M50" si="1">L9*K9</f>
         <v>13323.75</v>
       </c>
-      <c r="N9" s="234">
+      <c r="N9" s="193">
         <v>0.15</v>
       </c>
-      <c r="O9" s="235">
+      <c r="O9" s="194">
         <f t="shared" ref="O9:O50" si="2">N9*K9</f>
         <v>2351.25</v>
       </c>
-      <c r="P9" s="236">
+      <c r="P9" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q9" s="237">
+      <c r="Q9" s="196">
         <f t="shared" ref="Q9:Q50" si="3">P9*H9</f>
         <v>825</v>
       </c>
-      <c r="R9" s="237" t="b">
+      <c r="R9" s="196" t="b">
         <f t="shared" ref="R9:R51" si="4">Q9+O9+M9=H9</f>
         <v>1</v>
       </c>
-      <c r="S9" s="134" t="s">
+      <c r="S9" s="117" t="s">
         <v>23</v>
       </c>
       <c r="T9" s="12"/>
-      <c r="U9" s="83"/>
-[...5 lines deleted...]
-      <c r="A10" s="139" t="s">
+      <c r="U9" s="76"/>
+      <c r="AA9" s="219"/>
+      <c r="AB9" s="219"/>
+      <c r="AC9" s="219"/>
+    </row>
+    <row r="10" spans="1:29" ht="207.95">
+      <c r="A10" s="122" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="134" t="s">
+      <c r="B10" s="117" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="134" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="129" t="s">
+      <c r="C10" s="117" t="s">
+        <v>163</v>
+      </c>
+      <c r="D10" s="112" t="s">
         <v>22</v>
       </c>
-      <c r="E10" s="213"/>
-[...2 lines deleted...]
-      <c r="H10" s="214">
+      <c r="E10" s="175"/>
+      <c r="F10" s="175"/>
+      <c r="G10" s="124"/>
+      <c r="H10" s="176">
         <f>15%*H42</f>
         <v>1500</v>
       </c>
-      <c r="I10" s="214"/>
-      <c r="J10" s="236">
+      <c r="I10" s="176"/>
+      <c r="J10" s="195">
         <v>0.95</v>
       </c>
-      <c r="K10" s="235">
+      <c r="K10" s="194">
         <f t="shared" si="0"/>
         <v>1425</v>
       </c>
-      <c r="L10" s="236">
+      <c r="L10" s="195">
         <v>0.85</v>
       </c>
-      <c r="M10" s="235">
+      <c r="M10" s="194">
         <f t="shared" si="1"/>
         <v>1211.25</v>
       </c>
-      <c r="N10" s="236">
+      <c r="N10" s="195">
         <v>0.15</v>
       </c>
-      <c r="O10" s="235">
+      <c r="O10" s="194">
         <f t="shared" si="2"/>
         <v>213.75</v>
       </c>
-      <c r="P10" s="236">
+      <c r="P10" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q10" s="237">
+      <c r="Q10" s="196">
         <f t="shared" si="3"/>
         <v>75</v>
       </c>
-      <c r="R10" s="237" t="b">
+      <c r="R10" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S10" s="134" t="s">
-        <v>26</v>
+      <c r="S10" s="117" t="s">
+        <v>27</v>
       </c>
       <c r="T10" s="12"/>
-      <c r="U10" s="83"/>
-[...8 lines deleted...]
-      <c r="B11" s="118" t="s">
+      <c r="U10" s="76"/>
+      <c r="AA10" s="219"/>
+      <c r="AB10" s="219"/>
+      <c r="AC10" s="219"/>
+    </row>
+    <row r="11" spans="1:29" ht="30.75" customHeight="1">
+      <c r="A11" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="118"/>
-[...4 lines deleted...]
-      <c r="H11" s="212">
+      <c r="B11" s="101" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="101"/>
+      <c r="D11" s="102"/>
+      <c r="E11" s="110"/>
+      <c r="F11" s="110"/>
+      <c r="G11" s="110"/>
+      <c r="H11" s="174">
         <f>H12+H15</f>
         <v>60000</v>
       </c>
-      <c r="I11" s="212">
+      <c r="I11" s="174">
         <f>I12+I15</f>
         <v>0</v>
       </c>
-      <c r="J11" s="231">
+      <c r="J11" s="190">
         <v>0.95</v>
       </c>
-      <c r="K11" s="232">
+      <c r="K11" s="191">
         <f t="shared" si="0"/>
         <v>57000</v>
       </c>
-      <c r="L11" s="231">
+      <c r="L11" s="190">
         <v>0.85</v>
       </c>
-      <c r="M11" s="232">
+      <c r="M11" s="191">
         <f t="shared" si="1"/>
         <v>48450</v>
       </c>
-      <c r="N11" s="231">
+      <c r="N11" s="190">
         <v>0.15</v>
       </c>
-      <c r="O11" s="232">
+      <c r="O11" s="191">
         <f t="shared" si="2"/>
         <v>8550</v>
       </c>
-      <c r="P11" s="231">
+      <c r="P11" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q11" s="233">
+      <c r="Q11" s="192">
         <f t="shared" si="3"/>
         <v>3000</v>
       </c>
-      <c r="R11" s="233" t="b">
+      <c r="R11" s="192" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S11" s="118"/>
+      <c r="S11" s="101"/>
       <c r="T11" s="11"/>
-      <c r="U11" s="83"/>
-[...8 lines deleted...]
-      <c r="B12" s="134" t="s">
+      <c r="U11" s="76"/>
+      <c r="AA11" s="219"/>
+      <c r="AB11" s="219"/>
+      <c r="AC11" s="219"/>
+    </row>
+    <row r="12" spans="1:29" ht="128.1">
+      <c r="A12" s="116" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="134" t="s">
+      <c r="B12" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="D12" s="129" t="s">
+      <c r="C12" s="117" t="s">
         <v>32</v>
       </c>
-      <c r="E12" s="141"/>
-[...2 lines deleted...]
-      <c r="H12" s="214">
+      <c r="D12" s="112" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" s="124"/>
+      <c r="F12" s="124"/>
+      <c r="G12" s="124"/>
+      <c r="H12" s="176">
         <f>H13+H14</f>
         <v>20000</v>
       </c>
-      <c r="I12" s="214">
+      <c r="I12" s="176">
         <f>I13+I14</f>
         <v>0</v>
       </c>
-      <c r="J12" s="236">
+      <c r="J12" s="195">
         <v>0.95</v>
       </c>
-      <c r="K12" s="235">
+      <c r="K12" s="194">
         <f t="shared" si="0"/>
         <v>19000</v>
       </c>
-      <c r="L12" s="236">
+      <c r="L12" s="195">
         <v>0.85</v>
       </c>
-      <c r="M12" s="235">
+      <c r="M12" s="194">
         <f t="shared" si="1"/>
         <v>16150</v>
       </c>
-      <c r="N12" s="236">
+      <c r="N12" s="195">
         <v>0.15</v>
       </c>
-      <c r="O12" s="235">
+      <c r="O12" s="194">
         <f t="shared" si="2"/>
         <v>2850</v>
       </c>
-      <c r="P12" s="236">
+      <c r="P12" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q12" s="237">
+      <c r="Q12" s="196">
         <f t="shared" si="3"/>
         <v>1000</v>
       </c>
-      <c r="R12" s="237" t="b">
+      <c r="R12" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S12" s="134"/>
+      <c r="S12" s="117"/>
       <c r="T12" s="12"/>
-      <c r="U12" s="83"/>
-[...5 lines deleted...]
-      <c r="A13" s="142" t="s">
+      <c r="U12" s="76"/>
+      <c r="AA12" s="219"/>
+      <c r="AB12" s="219"/>
+      <c r="AC12" s="219"/>
+    </row>
+    <row r="13" spans="1:29" ht="224.1">
+      <c r="A13" s="125" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" s="134" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="134" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" s="114" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="151" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="215">
+      <c r="E13" s="177">
         <v>50</v>
       </c>
-      <c r="F13" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="216">
+      <c r="F13" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G13" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H13" s="178">
         <v>10000</v>
       </c>
-      <c r="I13" s="216"/>
-      <c r="J13" s="238">
+      <c r="I13" s="178"/>
+      <c r="J13" s="197">
         <v>0.95</v>
       </c>
-      <c r="K13" s="239">
+      <c r="K13" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L13" s="238">
+      <c r="L13" s="197">
         <v>0.85</v>
       </c>
-      <c r="M13" s="239">
+      <c r="M13" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N13" s="238">
+      <c r="N13" s="197">
         <v>0.15</v>
       </c>
-      <c r="O13" s="239">
+      <c r="O13" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P13" s="238">
+      <c r="P13" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q13" s="240">
+      <c r="Q13" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R13" s="240" t="b">
+      <c r="R13" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S13" s="151" t="s">
+      <c r="S13" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T13" s="12"/>
-      <c r="U13" s="83"/>
-[...9 lines deleted...]
-      <c r="B14" s="151" t="s">
+      <c r="U13" s="76"/>
+      <c r="V13" s="77"/>
+      <c r="AA13" s="220"/>
+      <c r="AB13" s="220"/>
+      <c r="AC13" s="220"/>
+    </row>
+    <row r="14" spans="1:29" ht="320.10000000000002">
+      <c r="A14" s="125" t="s">
         <v>37</v>
       </c>
-      <c r="C14" s="151" t="s">
+      <c r="B14" s="134" t="s">
         <v>38</v>
       </c>
-      <c r="D14" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="215">
+      <c r="C14" s="134" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" s="114" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="177">
         <v>50</v>
       </c>
-      <c r="F14" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H14" s="216">
+      <c r="F14" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G14" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H14" s="178">
         <v>10000</v>
       </c>
-      <c r="I14" s="216"/>
-      <c r="J14" s="238">
+      <c r="I14" s="178"/>
+      <c r="J14" s="197">
         <v>0.95</v>
       </c>
-      <c r="K14" s="239">
+      <c r="K14" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L14" s="238">
+      <c r="L14" s="197">
         <v>0.85</v>
       </c>
-      <c r="M14" s="239">
+      <c r="M14" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N14" s="238">
+      <c r="N14" s="197">
         <v>0.15</v>
       </c>
-      <c r="O14" s="239">
+      <c r="O14" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P14" s="238">
+      <c r="P14" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q14" s="240">
+      <c r="Q14" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R14" s="240" t="b">
+      <c r="R14" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S14" s="151" t="s">
+      <c r="S14" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T14" s="12"/>
-      <c r="U14" s="83"/>
-[...9 lines deleted...]
-      <c r="B15" s="138" t="s">
+      <c r="U14" s="76"/>
+      <c r="V14" s="77"/>
+      <c r="AA14" s="220"/>
+      <c r="AB14" s="220"/>
+      <c r="AC14" s="220"/>
+    </row>
+    <row r="15" spans="1:29" ht="15.95">
+      <c r="A15" s="116" t="s">
         <v>40</v>
       </c>
-      <c r="C15" s="138"/>
-      <c r="D15" s="129" t="s">
+      <c r="B15" s="121" t="s">
         <v>41</v>
       </c>
-      <c r="E15" s="141"/>
-[...2 lines deleted...]
-      <c r="H15" s="214">
+      <c r="C15" s="121"/>
+      <c r="D15" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="124"/>
+      <c r="F15" s="124"/>
+      <c r="G15" s="124"/>
+      <c r="H15" s="176">
         <f>H16+H17+H18+H19</f>
         <v>40000</v>
       </c>
-      <c r="I15" s="214">
+      <c r="I15" s="176">
         <f>I16+I17+I18+I19</f>
         <v>0</v>
       </c>
-      <c r="J15" s="236">
+      <c r="J15" s="195">
         <v>0.95</v>
       </c>
-      <c r="K15" s="235">
+      <c r="K15" s="194">
         <f t="shared" si="0"/>
         <v>38000</v>
       </c>
-      <c r="L15" s="236">
+      <c r="L15" s="195">
         <v>0.85</v>
       </c>
-      <c r="M15" s="235">
+      <c r="M15" s="194">
         <f t="shared" si="1"/>
         <v>32300</v>
       </c>
-      <c r="N15" s="236">
+      <c r="N15" s="195">
         <v>0.15</v>
       </c>
-      <c r="O15" s="235">
+      <c r="O15" s="194">
         <f t="shared" si="2"/>
         <v>5700</v>
       </c>
-      <c r="P15" s="236">
+      <c r="P15" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q15" s="237">
+      <c r="Q15" s="196">
         <f t="shared" si="3"/>
         <v>2000</v>
       </c>
-      <c r="R15" s="237" t="b">
+      <c r="R15" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S15" s="134"/>
+      <c r="S15" s="117"/>
       <c r="T15" s="12"/>
-      <c r="U15" s="90"/>
-[...10 lines deleted...]
-      <c r="A16" s="150" t="s">
+      <c r="U15" s="218"/>
+      <c r="V15" s="82"/>
+      <c r="W15" s="82"/>
+      <c r="X15" s="82"/>
+      <c r="Y15" s="82"/>
+      <c r="Z15" s="82"/>
+      <c r="AA15" s="219"/>
+      <c r="AB15" s="219"/>
+      <c r="AC15" s="219"/>
+    </row>
+    <row r="16" spans="1:29" ht="303.95">
+      <c r="A16" s="133" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" s="134" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="134" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="114" t="s">
         <v>42</v>
       </c>
-      <c r="B16" s="151" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="215">
+      <c r="E16" s="177">
         <v>2</v>
       </c>
-      <c r="F16" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H16" s="216">
+      <c r="F16" s="177" t="s">
+        <v>166</v>
+      </c>
+      <c r="G16" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H16" s="178">
         <v>10000</v>
       </c>
-      <c r="I16" s="216"/>
-      <c r="J16" s="238">
+      <c r="I16" s="178"/>
+      <c r="J16" s="197">
         <v>0.95</v>
       </c>
-      <c r="K16" s="239">
+      <c r="K16" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L16" s="238">
+      <c r="L16" s="197">
         <v>0.85</v>
       </c>
-      <c r="M16" s="239">
+      <c r="M16" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N16" s="238">
+      <c r="N16" s="197">
         <v>0.15</v>
       </c>
-      <c r="O16" s="239">
+      <c r="O16" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P16" s="238">
+      <c r="P16" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q16" s="240">
+      <c r="Q16" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R16" s="240" t="b">
+      <c r="R16" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S16" s="151" t="s">
+      <c r="S16" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T16" s="12"/>
-      <c r="U16" s="97"/>
-[...13 lines deleted...]
-      <c r="B17" s="151" t="s">
+      <c r="U16" s="83"/>
+      <c r="V16" s="81"/>
+      <c r="W16" s="81"/>
+      <c r="X16" s="81"/>
+      <c r="Y16" s="81"/>
+      <c r="Z16" s="81"/>
+      <c r="AA16" s="219"/>
+      <c r="AB16" s="219"/>
+      <c r="AC16" s="219"/>
+    </row>
+    <row r="17" spans="1:32" ht="336">
+      <c r="A17" s="133" t="s">
         <v>46</v>
       </c>
-      <c r="C17" s="151" t="s">
+      <c r="B17" s="134" t="s">
         <v>47</v>
       </c>
-      <c r="D17" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="215">
+      <c r="C17" s="134" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="177">
         <v>40</v>
       </c>
-      <c r="F17" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H17" s="216">
+      <c r="F17" s="177" t="s">
+        <v>167</v>
+      </c>
+      <c r="G17" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H17" s="178">
         <v>10000</v>
       </c>
-      <c r="I17" s="216"/>
-      <c r="J17" s="238">
+      <c r="I17" s="178"/>
+      <c r="J17" s="197">
         <v>0.95</v>
       </c>
-      <c r="K17" s="239">
+      <c r="K17" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L17" s="238">
+      <c r="L17" s="197">
         <v>0.85</v>
       </c>
-      <c r="M17" s="239">
+      <c r="M17" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N17" s="238">
+      <c r="N17" s="197">
         <v>0.15</v>
       </c>
-      <c r="O17" s="239">
+      <c r="O17" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P17" s="238">
+      <c r="P17" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q17" s="240">
+      <c r="Q17" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R17" s="240" t="b">
+      <c r="R17" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S17" s="151" t="s">
+      <c r="S17" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T17" s="12"/>
-      <c r="U17" s="98"/>
-[...7 lines deleted...]
-      <c r="AC17" s="106"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="85"/>
+      <c r="W17" s="85"/>
+      <c r="X17" s="85"/>
+      <c r="Y17" s="85"/>
+      <c r="Z17" s="85"/>
+      <c r="AA17" s="219"/>
+      <c r="AB17" s="219"/>
+      <c r="AC17" s="219"/>
       <c r="AF17" s="9"/>
     </row>
-    <row r="18" spans="1:32" ht="240" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B18" s="151" t="s">
+    <row r="18" spans="1:32" ht="240">
+      <c r="A18" s="133" t="s">
         <v>49</v>
       </c>
-      <c r="C18" s="151" t="s">
+      <c r="B18" s="134" t="s">
         <v>50</v>
       </c>
-      <c r="D18" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="215">
+      <c r="C18" s="134" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="177">
         <v>10</v>
       </c>
-      <c r="F18" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H18" s="216">
+      <c r="F18" s="177" t="s">
+        <v>167</v>
+      </c>
+      <c r="G18" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H18" s="178">
         <v>10000</v>
       </c>
-      <c r="I18" s="216"/>
-      <c r="J18" s="238">
+      <c r="I18" s="178"/>
+      <c r="J18" s="197">
         <v>0.95</v>
       </c>
-      <c r="K18" s="239">
+      <c r="K18" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L18" s="238">
+      <c r="L18" s="197">
         <v>0.85</v>
       </c>
-      <c r="M18" s="239">
+      <c r="M18" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N18" s="238">
+      <c r="N18" s="197">
         <v>0.15</v>
       </c>
-      <c r="O18" s="239">
+      <c r="O18" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P18" s="238">
+      <c r="P18" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q18" s="240">
+      <c r="Q18" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R18" s="240" t="b">
+      <c r="R18" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S18" s="151" t="s">
+      <c r="S18" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T18" s="12"/>
-      <c r="U18" s="98"/>
-[...7 lines deleted...]
-      <c r="AC18" s="94"/>
+      <c r="U18" s="84"/>
+      <c r="V18" s="85"/>
+      <c r="W18" s="86"/>
+      <c r="X18" s="86"/>
+      <c r="Y18" s="86"/>
+      <c r="Z18" s="86"/>
+      <c r="AA18" s="220"/>
+      <c r="AB18" s="220"/>
+      <c r="AC18" s="220"/>
       <c r="AF18" s="9"/>
     </row>
-    <row r="19" spans="1:32" ht="352" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B19" s="151" t="s">
+    <row r="19" spans="1:32" ht="351.95">
+      <c r="A19" s="133" t="s">
         <v>52</v>
       </c>
-      <c r="C19" s="151" t="s">
+      <c r="B19" s="134" t="s">
         <v>53</v>
       </c>
-      <c r="D19" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="215">
+      <c r="C19" s="134" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="177">
         <v>50</v>
       </c>
-      <c r="F19" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H19" s="216">
+      <c r="F19" s="177" t="s">
+        <v>168</v>
+      </c>
+      <c r="G19" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H19" s="178">
         <v>10000</v>
       </c>
-      <c r="I19" s="216"/>
-      <c r="J19" s="238">
+      <c r="I19" s="178"/>
+      <c r="J19" s="197">
         <v>0.95</v>
       </c>
-      <c r="K19" s="239">
+      <c r="K19" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L19" s="238">
+      <c r="L19" s="197">
         <v>0.85</v>
       </c>
-      <c r="M19" s="239">
+      <c r="M19" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N19" s="238">
+      <c r="N19" s="197">
         <v>0.15</v>
       </c>
-      <c r="O19" s="239">
+      <c r="O19" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P19" s="238">
+      <c r="P19" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q19" s="240">
+      <c r="Q19" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R19" s="240" t="b">
+      <c r="R19" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S19" s="151" t="s">
+      <c r="S19" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T19" s="12"/>
-      <c r="U19" s="98"/>
-[...7 lines deleted...]
-      <c r="AC19" s="94"/>
+      <c r="U19" s="84"/>
+      <c r="V19" s="85"/>
+      <c r="W19" s="86"/>
+      <c r="X19" s="86"/>
+      <c r="Y19" s="86"/>
+      <c r="Z19" s="86"/>
+      <c r="AA19" s="220"/>
+      <c r="AB19" s="220"/>
+      <c r="AC19" s="220"/>
       <c r="AF19" s="9"/>
     </row>
-    <row r="20" spans="1:32" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B20" s="118" t="s">
+    <row r="20" spans="1:32" ht="32.1">
+      <c r="A20" s="100" t="s">
         <v>55</v>
       </c>
-      <c r="C20" s="118"/>
-[...4 lines deleted...]
-      <c r="H20" s="212">
+      <c r="B20" s="101" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="101"/>
+      <c r="D20" s="102"/>
+      <c r="E20" s="110"/>
+      <c r="F20" s="110"/>
+      <c r="G20" s="110"/>
+      <c r="H20" s="174">
         <f>H21+H24</f>
         <v>600000</v>
       </c>
-      <c r="I20" s="212">
+      <c r="I20" s="174">
         <f>I21+I24</f>
         <v>0</v>
       </c>
-      <c r="J20" s="231">
+      <c r="J20" s="190">
         <v>0.95</v>
       </c>
-      <c r="K20" s="232">
+      <c r="K20" s="191">
         <f t="shared" si="0"/>
         <v>570000</v>
       </c>
-      <c r="L20" s="231">
+      <c r="L20" s="190">
         <v>0.85</v>
       </c>
-      <c r="M20" s="232">
+      <c r="M20" s="191">
         <f t="shared" si="1"/>
         <v>484500</v>
       </c>
-      <c r="N20" s="231">
+      <c r="N20" s="190">
         <v>0.15</v>
       </c>
-      <c r="O20" s="232">
+      <c r="O20" s="191">
         <f t="shared" si="2"/>
         <v>85500</v>
       </c>
-      <c r="P20" s="231">
+      <c r="P20" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q20" s="233">
+      <c r="Q20" s="192">
         <f t="shared" si="3"/>
         <v>30000</v>
       </c>
-      <c r="R20" s="233" t="b">
+      <c r="R20" s="192" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S20" s="118"/>
+      <c r="S20" s="101"/>
       <c r="T20" s="12"/>
-      <c r="U20" s="98"/>
-[...7 lines deleted...]
-      <c r="AC20" s="94"/>
+      <c r="U20" s="84"/>
+      <c r="V20" s="85"/>
+      <c r="W20" s="86"/>
+      <c r="X20" s="86"/>
+      <c r="Y20" s="86"/>
+      <c r="Z20" s="86"/>
+      <c r="AA20" s="220"/>
+      <c r="AB20" s="220"/>
+      <c r="AC20" s="220"/>
       <c r="AF20" s="9"/>
     </row>
-    <row r="21" spans="1:32" ht="128" x14ac:dyDescent="0.4">
-      <c r="A21" s="133" t="s">
+    <row r="21" spans="1:32" ht="128.1">
+      <c r="A21" s="116" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="117" t="s">
         <v>56</v>
       </c>
-      <c r="B21" s="134" t="s">
-[...11 lines deleted...]
-      <c r="H21" s="214">
+      <c r="C21" s="117" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" s="124"/>
+      <c r="F21" s="124"/>
+      <c r="G21" s="124"/>
+      <c r="H21" s="176">
         <f>H22+H23</f>
         <v>200000</v>
       </c>
-      <c r="I21" s="214">
+      <c r="I21" s="176">
         <f>I22+I23</f>
         <v>0</v>
       </c>
-      <c r="J21" s="236">
+      <c r="J21" s="195">
         <v>0.95</v>
       </c>
-      <c r="K21" s="235">
+      <c r="K21" s="194">
         <f t="shared" si="0"/>
         <v>190000</v>
       </c>
-      <c r="L21" s="236">
+      <c r="L21" s="195">
         <v>0.85</v>
       </c>
-      <c r="M21" s="235">
+      <c r="M21" s="194">
         <f t="shared" si="1"/>
         <v>161500</v>
       </c>
-      <c r="N21" s="236">
+      <c r="N21" s="195">
         <v>0.15</v>
       </c>
-      <c r="O21" s="235">
+      <c r="O21" s="194">
         <f t="shared" si="2"/>
         <v>28500</v>
       </c>
-      <c r="P21" s="236">
+      <c r="P21" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q21" s="237">
+      <c r="Q21" s="196">
         <f t="shared" si="3"/>
         <v>10000</v>
       </c>
-      <c r="R21" s="237" t="b">
+      <c r="R21" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S21" s="134"/>
+      <c r="S21" s="117"/>
       <c r="T21" s="12"/>
-      <c r="U21" s="98"/>
-[...7 lines deleted...]
-      <c r="AC21" s="94"/>
+      <c r="U21" s="84"/>
+      <c r="V21" s="85"/>
+      <c r="W21" s="86"/>
+      <c r="X21" s="86"/>
+      <c r="Y21" s="86"/>
+      <c r="Z21" s="86"/>
+      <c r="AA21" s="220"/>
+      <c r="AB21" s="220"/>
+      <c r="AC21" s="220"/>
       <c r="AF21" s="9"/>
     </row>
-    <row r="22" spans="1:32" ht="224" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B22" s="151" t="s">
+    <row r="22" spans="1:32" ht="224.1">
+      <c r="A22" s="125" t="s">
         <v>59</v>
       </c>
-      <c r="C22" s="151" t="s">
+      <c r="B22" s="134" t="s">
         <v>60</v>
       </c>
-      <c r="D22" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="215">
+      <c r="C22" s="134" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" s="177">
         <v>50</v>
       </c>
-      <c r="F22" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H22" s="216">
+      <c r="F22" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G22" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H22" s="178">
         <v>100000</v>
       </c>
-      <c r="I22" s="216"/>
-      <c r="J22" s="238">
+      <c r="I22" s="178"/>
+      <c r="J22" s="197">
         <v>0.95</v>
       </c>
-      <c r="K22" s="239">
+      <c r="K22" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L22" s="238">
+      <c r="L22" s="197">
         <v>0.85</v>
       </c>
-      <c r="M22" s="239">
+      <c r="M22" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N22" s="238">
+      <c r="N22" s="197">
         <v>0.15</v>
       </c>
-      <c r="O22" s="239">
+      <c r="O22" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P22" s="238">
+      <c r="P22" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q22" s="240">
+      <c r="Q22" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R22" s="240" t="b">
+      <c r="R22" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S22" s="151" t="s">
+      <c r="S22" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T22" s="12"/>
-      <c r="U22" s="98"/>
-[...7 lines deleted...]
-      <c r="AC22" s="94"/>
+      <c r="U22" s="84"/>
+      <c r="V22" s="85"/>
+      <c r="W22" s="86"/>
+      <c r="X22" s="86"/>
+      <c r="Y22" s="86"/>
+      <c r="Z22" s="86"/>
+      <c r="AA22" s="220"/>
+      <c r="AB22" s="220"/>
+      <c r="AC22" s="220"/>
       <c r="AF22" s="9"/>
     </row>
-    <row r="23" spans="1:32" ht="320" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B23" s="151" t="s">
+    <row r="23" spans="1:32" ht="320.10000000000002">
+      <c r="A23" s="125" t="s">
         <v>62</v>
       </c>
-      <c r="C23" s="151" t="s">
+      <c r="B23" s="134" t="s">
         <v>63</v>
       </c>
-      <c r="D23" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="215">
+      <c r="C23" s="134" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" s="177">
         <v>50</v>
       </c>
-      <c r="F23" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H23" s="216">
+      <c r="F23" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G23" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H23" s="178">
         <v>100000</v>
       </c>
-      <c r="I23" s="216"/>
-      <c r="J23" s="238">
+      <c r="I23" s="178"/>
+      <c r="J23" s="197">
         <v>0.95</v>
       </c>
-      <c r="K23" s="239">
+      <c r="K23" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L23" s="238">
+      <c r="L23" s="197">
         <v>0.85</v>
       </c>
-      <c r="M23" s="239">
+      <c r="M23" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N23" s="238">
+      <c r="N23" s="197">
         <v>0.15</v>
       </c>
-      <c r="O23" s="239">
+      <c r="O23" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P23" s="238">
+      <c r="P23" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q23" s="240">
+      <c r="Q23" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R23" s="240" t="b">
+      <c r="R23" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S23" s="151" t="s">
+      <c r="S23" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T23" s="12"/>
-      <c r="U23" s="98"/>
-[...7 lines deleted...]
-      <c r="AC23" s="94"/>
+      <c r="U23" s="84"/>
+      <c r="V23" s="85"/>
+      <c r="W23" s="86"/>
+      <c r="X23" s="86"/>
+      <c r="Y23" s="86"/>
+      <c r="Z23" s="86"/>
+      <c r="AA23" s="220"/>
+      <c r="AB23" s="220"/>
+      <c r="AC23" s="220"/>
       <c r="AF23" s="9"/>
     </row>
-    <row r="24" spans="1:32" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B24" s="138" t="s">
+    <row r="24" spans="1:32" ht="32.1">
+      <c r="A24" s="116" t="s">
         <v>65</v>
       </c>
-      <c r="C24" s="138"/>
-[...6 lines deleted...]
-      <c r="H24" s="214">
+      <c r="B24" s="121" t="s">
+        <v>66</v>
+      </c>
+      <c r="C24" s="121"/>
+      <c r="D24" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" s="124"/>
+      <c r="F24" s="124"/>
+      <c r="G24" s="124"/>
+      <c r="H24" s="176">
         <f>H25+H26+H27+H28</f>
         <v>400000</v>
       </c>
-      <c r="I24" s="214">
+      <c r="I24" s="176">
         <f>I25+I26+I27+I28</f>
         <v>0</v>
       </c>
-      <c r="J24" s="236">
+      <c r="J24" s="195">
         <v>0.95</v>
       </c>
-      <c r="K24" s="235">
+      <c r="K24" s="194">
         <f t="shared" si="0"/>
         <v>380000</v>
       </c>
-      <c r="L24" s="236">
+      <c r="L24" s="195">
         <v>0.85</v>
       </c>
-      <c r="M24" s="235">
+      <c r="M24" s="194">
         <f t="shared" si="1"/>
         <v>323000</v>
       </c>
-      <c r="N24" s="236">
+      <c r="N24" s="195">
         <v>0.15</v>
       </c>
-      <c r="O24" s="235">
+      <c r="O24" s="194">
         <f t="shared" si="2"/>
         <v>57000</v>
       </c>
-      <c r="P24" s="236">
+      <c r="P24" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q24" s="237">
+      <c r="Q24" s="196">
         <f t="shared" si="3"/>
         <v>20000</v>
       </c>
-      <c r="R24" s="237" t="b">
+      <c r="R24" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S24" s="134"/>
+      <c r="S24" s="117"/>
       <c r="T24" s="12"/>
-      <c r="U24" s="98"/>
-[...7 lines deleted...]
-      <c r="AC24" s="94"/>
+      <c r="U24" s="84"/>
+      <c r="V24" s="85"/>
+      <c r="W24" s="86"/>
+      <c r="X24" s="86"/>
+      <c r="Y24" s="86"/>
+      <c r="Z24" s="86"/>
+      <c r="AA24" s="220"/>
+      <c r="AB24" s="220"/>
+      <c r="AC24" s="220"/>
       <c r="AF24" s="9"/>
     </row>
-    <row r="25" spans="1:32" ht="320" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B25" s="151" t="s">
+    <row r="25" spans="1:32" ht="320.10000000000002">
+      <c r="A25" s="133" t="s">
         <v>67</v>
       </c>
-      <c r="C25" s="151" t="s">
+      <c r="B25" s="134" t="s">
         <v>68</v>
       </c>
-      <c r="D25" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="215">
+      <c r="C25" s="134" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" s="177">
         <v>2</v>
       </c>
-      <c r="F25" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H25" s="216">
+      <c r="F25" s="177" t="s">
+        <v>166</v>
+      </c>
+      <c r="G25" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H25" s="178">
         <v>100000</v>
       </c>
-      <c r="I25" s="216"/>
-      <c r="J25" s="238">
+      <c r="I25" s="178"/>
+      <c r="J25" s="197">
         <v>0.95</v>
       </c>
-      <c r="K25" s="239">
+      <c r="K25" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L25" s="238">
+      <c r="L25" s="197">
         <v>0.85</v>
       </c>
-      <c r="M25" s="239">
+      <c r="M25" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N25" s="238">
+      <c r="N25" s="197">
         <v>0.15</v>
       </c>
-      <c r="O25" s="239">
+      <c r="O25" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P25" s="238">
+      <c r="P25" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q25" s="240">
+      <c r="Q25" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R25" s="240" t="b">
+      <c r="R25" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S25" s="151" t="s">
+      <c r="S25" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T25" s="12"/>
-      <c r="U25" s="98"/>
-[...7 lines deleted...]
-      <c r="AC25" s="94"/>
+      <c r="U25" s="84"/>
+      <c r="V25" s="85"/>
+      <c r="W25" s="86"/>
+      <c r="X25" s="86"/>
+      <c r="Y25" s="86"/>
+      <c r="Z25" s="86"/>
+      <c r="AA25" s="220"/>
+      <c r="AB25" s="220"/>
+      <c r="AC25" s="220"/>
       <c r="AF25" s="9"/>
     </row>
-    <row r="26" spans="1:32" ht="352" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B26" s="151" t="s">
+    <row r="26" spans="1:32" ht="351.95">
+      <c r="A26" s="135" t="s">
         <v>70</v>
       </c>
-      <c r="C26" s="151" t="s">
+      <c r="B26" s="134" t="s">
         <v>71</v>
       </c>
-      <c r="D26" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="215">
+      <c r="C26" s="134" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" s="177">
         <v>40</v>
       </c>
-      <c r="F26" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H26" s="216">
+      <c r="F26" s="177" t="s">
+        <v>167</v>
+      </c>
+      <c r="G26" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H26" s="178">
         <v>100000</v>
       </c>
-      <c r="I26" s="216"/>
-      <c r="J26" s="238">
+      <c r="I26" s="178"/>
+      <c r="J26" s="197">
         <v>0.95</v>
       </c>
-      <c r="K26" s="239">
+      <c r="K26" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L26" s="238">
+      <c r="L26" s="197">
         <v>0.85</v>
       </c>
-      <c r="M26" s="239">
+      <c r="M26" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N26" s="238">
+      <c r="N26" s="197">
         <v>0.15</v>
       </c>
-      <c r="O26" s="239">
+      <c r="O26" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P26" s="238">
+      <c r="P26" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q26" s="240">
+      <c r="Q26" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R26" s="240" t="b">
+      <c r="R26" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S26" s="151" t="s">
+      <c r="S26" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T26" s="12"/>
-      <c r="U26" s="98"/>
-[...7 lines deleted...]
-      <c r="AC26" s="94"/>
+      <c r="U26" s="84"/>
+      <c r="V26" s="85"/>
+      <c r="W26" s="86"/>
+      <c r="X26" s="86"/>
+      <c r="Y26" s="86"/>
+      <c r="Z26" s="86"/>
+      <c r="AA26" s="220"/>
+      <c r="AB26" s="220"/>
+      <c r="AC26" s="220"/>
       <c r="AF26" s="9"/>
     </row>
-    <row r="27" spans="1:32" ht="240" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B27" s="151" t="s">
+    <row r="27" spans="1:32" ht="240">
+      <c r="A27" s="125" t="s">
         <v>73</v>
       </c>
-      <c r="C27" s="151" t="s">
+      <c r="B27" s="134" t="s">
         <v>74</v>
       </c>
-      <c r="D27" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="215">
+      <c r="C27" s="134" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="177">
         <v>10</v>
       </c>
-      <c r="F27" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H27" s="216">
+      <c r="F27" s="177" t="s">
+        <v>167</v>
+      </c>
+      <c r="G27" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H27" s="178">
         <v>100000</v>
       </c>
-      <c r="I27" s="216"/>
-      <c r="J27" s="238">
+      <c r="I27" s="178"/>
+      <c r="J27" s="197">
         <v>0.95</v>
       </c>
-      <c r="K27" s="239">
+      <c r="K27" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L27" s="238">
+      <c r="L27" s="197">
         <v>0.85</v>
       </c>
-      <c r="M27" s="239">
+      <c r="M27" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N27" s="238">
+      <c r="N27" s="197">
         <v>0.15</v>
       </c>
-      <c r="O27" s="239">
+      <c r="O27" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P27" s="238">
+      <c r="P27" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q27" s="240">
+      <c r="Q27" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R27" s="240" t="b">
+      <c r="R27" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S27" s="151" t="s">
+      <c r="S27" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T27" s="12"/>
-      <c r="U27" s="98"/>
-[...7 lines deleted...]
-      <c r="AC27" s="94"/>
+      <c r="U27" s="84"/>
+      <c r="V27" s="85"/>
+      <c r="W27" s="86"/>
+      <c r="X27" s="86"/>
+      <c r="Y27" s="86"/>
+      <c r="Z27" s="86"/>
+      <c r="AA27" s="220"/>
+      <c r="AB27" s="220"/>
+      <c r="AC27" s="220"/>
       <c r="AF27" s="9"/>
     </row>
-    <row r="28" spans="1:32" ht="352" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B28" s="151" t="s">
+    <row r="28" spans="1:32" ht="351.95">
+      <c r="A28" s="125" t="s">
         <v>76</v>
       </c>
-      <c r="C28" s="151" t="s">
+      <c r="B28" s="134" t="s">
         <v>77</v>
       </c>
-      <c r="D28" s="131" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="215">
+      <c r="C28" s="134" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="114" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" s="177">
         <v>50</v>
       </c>
-      <c r="F28" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H28" s="216">
+      <c r="F28" s="177" t="s">
+        <v>168</v>
+      </c>
+      <c r="G28" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28" s="178">
         <v>100000</v>
       </c>
-      <c r="I28" s="216"/>
-      <c r="J28" s="238">
+      <c r="I28" s="178"/>
+      <c r="J28" s="197">
         <v>0.95</v>
       </c>
-      <c r="K28" s="239">
+      <c r="K28" s="198">
         <f t="shared" si="0"/>
         <v>95000</v>
       </c>
-      <c r="L28" s="238">
+      <c r="L28" s="197">
         <v>0.85</v>
       </c>
-      <c r="M28" s="239">
+      <c r="M28" s="198">
         <f t="shared" si="1"/>
         <v>80750</v>
       </c>
-      <c r="N28" s="238">
+      <c r="N28" s="197">
         <v>0.15</v>
       </c>
-      <c r="O28" s="239">
+      <c r="O28" s="198">
         <f t="shared" si="2"/>
         <v>14250</v>
       </c>
-      <c r="P28" s="238">
+      <c r="P28" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q28" s="240">
+      <c r="Q28" s="199">
         <f t="shared" si="3"/>
         <v>5000</v>
       </c>
-      <c r="R28" s="240" t="b">
+      <c r="R28" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S28" s="151" t="s">
+      <c r="S28" s="134" t="s">
         <v>23</v>
       </c>
       <c r="T28" s="12"/>
-      <c r="U28" s="98"/>
-[...7 lines deleted...]
-      <c r="AC28" s="94"/>
+      <c r="U28" s="84"/>
+      <c r="V28" s="85"/>
+      <c r="W28" s="86"/>
+      <c r="X28" s="86"/>
+      <c r="Y28" s="86"/>
+      <c r="Z28" s="86"/>
+      <c r="AA28" s="220"/>
+      <c r="AB28" s="220"/>
+      <c r="AC28" s="220"/>
       <c r="AF28" s="9"/>
     </row>
-    <row r="29" spans="1:32" ht="16" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B29" s="118" t="s">
+    <row r="29" spans="1:32" ht="15.95">
+      <c r="A29" s="100" t="s">
         <v>79</v>
       </c>
-      <c r="C29" s="118"/>
-      <c r="D29" s="119" t="s">
+      <c r="B29" s="101" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="101"/>
+      <c r="D29" s="102" t="s">
         <v>18</v>
       </c>
-      <c r="E29" s="127" t="s">
+      <c r="E29" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="F29" s="127" t="s">
+      <c r="F29" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="G29" s="127" t="s">
+      <c r="G29" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="H29" s="212">
+      <c r="H29" s="174">
         <f>H30</f>
         <v>800000</v>
       </c>
-      <c r="I29" s="212">
+      <c r="I29" s="174">
         <f>I30</f>
         <v>0</v>
       </c>
-      <c r="J29" s="241">
+      <c r="J29" s="200">
         <v>0.95</v>
       </c>
-      <c r="K29" s="242">
+      <c r="K29" s="201">
         <f t="shared" si="0"/>
         <v>760000</v>
       </c>
-      <c r="L29" s="241">
+      <c r="L29" s="200">
         <v>0.85</v>
       </c>
-      <c r="M29" s="232">
+      <c r="M29" s="191">
         <f t="shared" si="1"/>
         <v>646000</v>
       </c>
-      <c r="N29" s="241">
+      <c r="N29" s="200">
         <v>0.15</v>
       </c>
-      <c r="O29" s="232">
+      <c r="O29" s="191">
         <f t="shared" si="2"/>
         <v>114000</v>
       </c>
-      <c r="P29" s="231">
+      <c r="P29" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q29" s="233">
+      <c r="Q29" s="192">
         <f t="shared" si="3"/>
         <v>40000</v>
       </c>
-      <c r="R29" s="233" t="b">
+      <c r="R29" s="192" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S29" s="118"/>
+      <c r="S29" s="101"/>
       <c r="T29" s="11"/>
-      <c r="W29" s="101"/>
-[...17 lines deleted...]
-      <c r="E30" s="215">
+      <c r="W29" s="87"/>
+      <c r="X29" s="87"/>
+      <c r="Y29" s="87"/>
+      <c r="Z29" s="87"/>
+    </row>
+    <row r="30" spans="1:32" ht="288">
+      <c r="A30" s="116" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="117" t="s">
+        <v>82</v>
+      </c>
+      <c r="C30" s="117" t="s">
+        <v>169</v>
+      </c>
+      <c r="D30" s="112" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" s="177">
         <v>1580</v>
       </c>
-      <c r="F30" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="216">
+      <c r="F30" s="177" t="s">
+        <v>170</v>
+      </c>
+      <c r="G30" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H30" s="178">
         <v>800000</v>
       </c>
-      <c r="I30" s="216"/>
-      <c r="J30" s="243">
+      <c r="I30" s="178"/>
+      <c r="J30" s="202">
         <v>0.95</v>
       </c>
-      <c r="K30" s="235">
+      <c r="K30" s="194">
         <f t="shared" si="0"/>
         <v>760000</v>
       </c>
-      <c r="L30" s="243">
+      <c r="L30" s="202">
         <v>0.85</v>
       </c>
-      <c r="M30" s="235">
+      <c r="M30" s="194">
         <f t="shared" si="1"/>
         <v>646000</v>
       </c>
-      <c r="N30" s="243">
+      <c r="N30" s="202">
         <v>0.15</v>
       </c>
-      <c r="O30" s="235">
+      <c r="O30" s="194">
         <f t="shared" si="2"/>
         <v>114000</v>
       </c>
-      <c r="P30" s="236">
+      <c r="P30" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q30" s="237">
+      <c r="Q30" s="196">
         <f t="shared" si="3"/>
         <v>40000</v>
       </c>
-      <c r="R30" s="237" t="b">
+      <c r="R30" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S30" s="134" t="s">
-[...12 lines deleted...]
-      <c r="A31" s="117">
+      <c r="S30" s="117" t="s">
+        <v>84</v>
+      </c>
+      <c r="T30" s="78"/>
+      <c r="U30" s="88"/>
+      <c r="V30" s="89"/>
+      <c r="W30" s="91"/>
+      <c r="X30" s="91"/>
+      <c r="Y30" s="91"/>
+      <c r="Z30" s="91"/>
+      <c r="AA30" s="91"/>
+    </row>
+    <row r="31" spans="1:32" ht="303.95">
+      <c r="A31" s="100">
         <v>10</v>
       </c>
-      <c r="B31" s="126" t="s">
-[...8 lines deleted...]
-      <c r="E31" s="217">
+      <c r="B31" s="109" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="109" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="110" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" s="179">
         <v>1</v>
       </c>
-      <c r="F31" s="217" t="s">
-[...5 lines deleted...]
-      <c r="H31" s="218">
+      <c r="F31" s="179" t="s">
+        <v>171</v>
+      </c>
+      <c r="G31" s="179" t="s">
+        <v>165</v>
+      </c>
+      <c r="H31" s="180">
         <v>100</v>
       </c>
-      <c r="I31" s="218"/>
-      <c r="J31" s="231">
+      <c r="I31" s="180"/>
+      <c r="J31" s="190">
         <v>0.95</v>
       </c>
-      <c r="K31" s="232">
+      <c r="K31" s="191">
         <f t="shared" si="0"/>
         <v>95</v>
       </c>
-      <c r="L31" s="231">
+      <c r="L31" s="190">
         <v>0.85</v>
       </c>
-      <c r="M31" s="232">
+      <c r="M31" s="191">
         <f t="shared" si="1"/>
         <v>80.75</v>
       </c>
-      <c r="N31" s="231">
+      <c r="N31" s="190">
         <v>0.15</v>
       </c>
-      <c r="O31" s="232">
+      <c r="O31" s="191">
         <f t="shared" si="2"/>
         <v>14.25</v>
       </c>
-      <c r="P31" s="231">
+      <c r="P31" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q31" s="233">
+      <c r="Q31" s="192">
         <f t="shared" si="3"/>
         <v>5</v>
       </c>
-      <c r="R31" s="233" t="b">
+      <c r="R31" s="192" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S31" s="126" t="s">
+      <c r="S31" s="109" t="s">
         <v>23</v>
       </c>
       <c r="T31" s="11"/>
-      <c r="V31" s="84"/>
-[...6 lines deleted...]
-      <c r="A32" s="117">
+      <c r="V31" s="77"/>
+      <c r="W31" s="82"/>
+      <c r="Y31" s="87"/>
+      <c r="Z31" s="87"/>
+    </row>
+    <row r="32" spans="1:32" ht="15.95">
+      <c r="A32" s="100">
         <v>13</v>
       </c>
-      <c r="B32" s="126" t="s">
-[...6 lines deleted...]
-      <c r="E32" s="127" t="s">
+      <c r="B32" s="109" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="109"/>
+      <c r="D32" s="110" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="F32" s="127" t="s">
+      <c r="F32" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="G32" s="127" t="s">
+      <c r="G32" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="H32" s="212">
+      <c r="H32" s="174">
         <f>H33+H36+H37+H40</f>
         <v>120000</v>
       </c>
-      <c r="I32" s="212">
+      <c r="I32" s="174">
         <f>I33+I36+I37+I40</f>
         <v>0</v>
       </c>
-      <c r="J32" s="231">
+      <c r="J32" s="190">
         <v>0.95</v>
       </c>
-      <c r="K32" s="232">
+      <c r="K32" s="191">
         <f t="shared" si="0"/>
         <v>114000</v>
       </c>
-      <c r="L32" s="231">
+      <c r="L32" s="190">
         <v>0.85</v>
       </c>
-      <c r="M32" s="232">
+      <c r="M32" s="191">
         <f t="shared" si="1"/>
         <v>96900</v>
       </c>
-      <c r="N32" s="231">
+      <c r="N32" s="190">
         <v>0.15</v>
       </c>
-      <c r="O32" s="232">
+      <c r="O32" s="191">
         <f t="shared" si="2"/>
         <v>17100</v>
       </c>
-      <c r="P32" s="231">
+      <c r="P32" s="190">
         <v>0.05</v>
       </c>
-      <c r="Q32" s="233">
+      <c r="Q32" s="192">
         <f t="shared" si="3"/>
         <v>6000</v>
       </c>
-      <c r="R32" s="233" t="b">
+      <c r="R32" s="192" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S32" s="126"/>
+      <c r="S32" s="109"/>
       <c r="T32" s="11"/>
     </row>
-    <row r="33" spans="1:33" ht="320" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="H33" s="214">
+    <row r="33" spans="1:33" ht="320.10000000000002">
+      <c r="A33" s="116" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="142" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="142" t="s">
+        <v>172</v>
+      </c>
+      <c r="D33" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" s="124"/>
+      <c r="F33" s="124"/>
+      <c r="G33" s="124"/>
+      <c r="H33" s="176">
         <f>H34+H35</f>
         <v>10000</v>
       </c>
-      <c r="I33" s="214">
+      <c r="I33" s="176">
         <f>I34+I35</f>
         <v>0</v>
       </c>
-      <c r="J33" s="236">
+      <c r="J33" s="195">
         <v>0.95</v>
       </c>
-      <c r="K33" s="235">
+      <c r="K33" s="194">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L33" s="236">
+      <c r="L33" s="195">
         <v>0.85</v>
       </c>
-      <c r="M33" s="235">
+      <c r="M33" s="194">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N33" s="236">
+      <c r="N33" s="195">
         <v>0.15</v>
       </c>
-      <c r="O33" s="235">
+      <c r="O33" s="194">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P33" s="236">
+      <c r="P33" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q33" s="237">
+      <c r="Q33" s="196">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R33" s="237" t="b">
+      <c r="R33" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S33" s="160" t="s">
+      <c r="S33" s="142" t="s">
         <v>23</v>
       </c>
       <c r="T33" s="12"/>
     </row>
-    <row r="34" spans="1:33" ht="32" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="B34" s="207" t="s">
+    <row r="34" spans="1:33" ht="32.1">
+      <c r="A34" s="168" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" s="169" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" s="97"/>
+      <c r="D34" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" s="177">
+        <v>1</v>
+      </c>
+      <c r="F34" s="177" t="s">
+        <v>175</v>
+      </c>
+      <c r="G34" s="177" t="s">
         <v>165</v>
       </c>
-      <c r="C34" s="114"/>
-[...12 lines deleted...]
-      <c r="H34" s="216">
+      <c r="H34" s="178">
         <v>8000</v>
       </c>
-      <c r="I34" s="216"/>
-      <c r="J34" s="236">
+      <c r="I34" s="178"/>
+      <c r="J34" s="195">
         <v>0.95</v>
       </c>
-      <c r="K34" s="235">
+      <c r="K34" s="194">
         <f t="shared" si="0"/>
         <v>7600</v>
       </c>
-      <c r="L34" s="236">
+      <c r="L34" s="195">
         <v>0.85</v>
       </c>
-      <c r="M34" s="235">
+      <c r="M34" s="194">
         <f t="shared" ref="M34:M35" si="5">L34*K34</f>
         <v>6460</v>
       </c>
-      <c r="N34" s="236">
+      <c r="N34" s="195">
         <v>0.15</v>
       </c>
-      <c r="O34" s="235">
+      <c r="O34" s="194">
         <f t="shared" ref="O34:O35" si="6">N34*K34</f>
         <v>1140</v>
       </c>
-      <c r="P34" s="236">
+      <c r="P34" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q34" s="237">
+      <c r="Q34" s="196">
         <f t="shared" ref="Q34:Q35" si="7">P34*H34</f>
         <v>400</v>
       </c>
-      <c r="R34" s="237" t="b">
+      <c r="R34" s="196" t="b">
         <f t="shared" ref="R34:R35" si="8">Q34+O34+M34=H34</f>
         <v>1</v>
       </c>
-      <c r="S34" s="114"/>
+      <c r="S34" s="97"/>
       <c r="T34" s="12"/>
     </row>
-    <row r="35" spans="1:33" ht="32" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="E35" s="215">
+    <row r="35" spans="1:33" ht="32.1">
+      <c r="A35" s="168" t="s">
+        <v>176</v>
+      </c>
+      <c r="B35" s="169" t="s">
+        <v>177</v>
+      </c>
+      <c r="C35" s="97"/>
+      <c r="D35" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="177">
         <v>1</v>
       </c>
-      <c r="F35" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H35" s="216">
+      <c r="F35" s="177" t="s">
+        <v>178</v>
+      </c>
+      <c r="G35" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H35" s="178">
         <v>2000</v>
       </c>
-      <c r="I35" s="216"/>
-      <c r="J35" s="236">
+      <c r="I35" s="178"/>
+      <c r="J35" s="195">
         <v>0.95</v>
       </c>
-      <c r="K35" s="235">
+      <c r="K35" s="194">
         <f t="shared" si="0"/>
         <v>1900</v>
       </c>
-      <c r="L35" s="236">
+      <c r="L35" s="195">
         <v>0.85</v>
       </c>
-      <c r="M35" s="235">
+      <c r="M35" s="194">
         <f t="shared" si="5"/>
         <v>1615</v>
       </c>
-      <c r="N35" s="236">
+      <c r="N35" s="195">
         <v>0.15</v>
       </c>
-      <c r="O35" s="235">
+      <c r="O35" s="194">
         <f t="shared" si="6"/>
         <v>285</v>
       </c>
-      <c r="P35" s="236">
+      <c r="P35" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q35" s="237">
+      <c r="Q35" s="196">
         <f t="shared" si="7"/>
         <v>100</v>
       </c>
-      <c r="R35" s="237" t="b">
+      <c r="R35" s="196" t="b">
         <f t="shared" si="8"/>
         <v>1</v>
       </c>
-      <c r="S35" s="114"/>
+      <c r="S35" s="97"/>
       <c r="T35" s="12"/>
     </row>
-    <row r="36" spans="1:33" ht="352" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E36" s="215">
+    <row r="36" spans="1:33" ht="351.95">
+      <c r="A36" s="116" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" s="123" t="s">
+        <v>92</v>
+      </c>
+      <c r="C36" s="123" t="s">
+        <v>93</v>
+      </c>
+      <c r="D36" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" s="177">
         <v>2</v>
       </c>
-      <c r="F36" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H36" s="216">
+      <c r="F36" s="177" t="s">
+        <v>179</v>
+      </c>
+      <c r="G36" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H36" s="178">
         <v>10000</v>
       </c>
-      <c r="I36" s="216"/>
-      <c r="J36" s="236">
+      <c r="I36" s="178"/>
+      <c r="J36" s="195">
         <v>0.95</v>
       </c>
-      <c r="K36" s="235">
+      <c r="K36" s="194">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L36" s="236">
+      <c r="L36" s="195">
         <v>0.85</v>
       </c>
-      <c r="M36" s="235">
+      <c r="M36" s="194">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N36" s="236">
+      <c r="N36" s="195">
         <v>0.15</v>
       </c>
-      <c r="O36" s="235">
+      <c r="O36" s="194">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P36" s="236">
+      <c r="P36" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q36" s="237">
+      <c r="Q36" s="196">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R36" s="237" t="b">
+      <c r="R36" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S36" s="140" t="s">
+      <c r="S36" s="123" t="s">
         <v>23</v>
       </c>
       <c r="T36" s="12"/>
     </row>
-    <row r="37" spans="1:33" ht="237" customHeight="1" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="H37" s="214">
+    <row r="37" spans="1:33" ht="237" customHeight="1">
+      <c r="A37" s="122" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" s="123" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="123" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" s="124" t="s">
+        <v>42</v>
+      </c>
+      <c r="E37" s="124"/>
+      <c r="F37" s="124"/>
+      <c r="G37" s="124"/>
+      <c r="H37" s="176">
         <f>H38+H39</f>
         <v>10000</v>
       </c>
-      <c r="I37" s="214">
+      <c r="I37" s="176">
         <f>I38+I39</f>
         <v>0</v>
       </c>
-      <c r="J37" s="236">
+      <c r="J37" s="195">
         <v>0.95</v>
       </c>
-      <c r="K37" s="235">
+      <c r="K37" s="194">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L37" s="236">
+      <c r="L37" s="195">
         <v>0.85</v>
       </c>
-      <c r="M37" s="235">
+      <c r="M37" s="194">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N37" s="236">
+      <c r="N37" s="195">
         <v>0.15</v>
       </c>
-      <c r="O37" s="235">
+      <c r="O37" s="194">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P37" s="236">
+      <c r="P37" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q37" s="237">
+      <c r="Q37" s="196">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R37" s="237" t="b">
+      <c r="R37" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S37" s="140" t="s">
+      <c r="S37" s="123" t="s">
         <v>23</v>
       </c>
       <c r="T37" s="12"/>
     </row>
-    <row r="38" spans="1:33" ht="237" customHeight="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="E38" s="215">
+    <row r="38" spans="1:33" ht="237" customHeight="1">
+      <c r="A38" s="170" t="s">
+        <v>180</v>
+      </c>
+      <c r="B38" s="171" t="s">
+        <v>181</v>
+      </c>
+      <c r="C38" s="95"/>
+      <c r="D38" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="177">
         <v>1</v>
       </c>
-      <c r="F38" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H38" s="216">
+      <c r="F38" s="177" t="s">
+        <v>182</v>
+      </c>
+      <c r="G38" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H38" s="178">
         <v>5000</v>
       </c>
-      <c r="I38" s="216"/>
-      <c r="J38" s="236">
+      <c r="I38" s="178"/>
+      <c r="J38" s="195">
         <v>0.95</v>
       </c>
-      <c r="K38" s="235">
+      <c r="K38" s="194">
         <f t="shared" si="0"/>
         <v>4750</v>
       </c>
-      <c r="L38" s="236">
+      <c r="L38" s="195">
         <v>0.85</v>
       </c>
-      <c r="M38" s="235">
+      <c r="M38" s="194">
         <f t="shared" ref="M38:M39" si="9">L38*K38</f>
         <v>4037.5</v>
       </c>
-      <c r="N38" s="236">
+      <c r="N38" s="195">
         <v>0.15</v>
       </c>
-      <c r="O38" s="235">
+      <c r="O38" s="194">
         <f t="shared" ref="O38:O39" si="10">N38*K38</f>
         <v>712.5</v>
       </c>
-      <c r="P38" s="236">
+      <c r="P38" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q38" s="237">
+      <c r="Q38" s="196">
         <f t="shared" ref="Q38:Q39" si="11">P38*H38</f>
         <v>250</v>
       </c>
-      <c r="R38" s="237" t="b">
+      <c r="R38" s="196" t="b">
         <f t="shared" ref="R38:R39" si="12">Q38+O38+M38=H38</f>
         <v>1</v>
       </c>
-      <c r="S38" s="140"/>
+      <c r="S38" s="123"/>
       <c r="T38" s="12"/>
     </row>
-    <row r="39" spans="1:33" ht="32" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="E39" s="215">
+    <row r="39" spans="1:33" ht="32.1">
+      <c r="A39" s="170" t="s">
+        <v>183</v>
+      </c>
+      <c r="B39" s="171" t="s">
+        <v>184</v>
+      </c>
+      <c r="C39" s="95"/>
+      <c r="D39" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="177">
         <v>1</v>
       </c>
-      <c r="F39" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H39" s="216">
+      <c r="F39" s="177" t="s">
+        <v>185</v>
+      </c>
+      <c r="G39" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H39" s="178">
         <v>5000</v>
       </c>
-      <c r="I39" s="216"/>
-      <c r="J39" s="236">
+      <c r="I39" s="178"/>
+      <c r="J39" s="195">
         <v>0.95</v>
       </c>
-      <c r="K39" s="235">
+      <c r="K39" s="194">
         <f t="shared" si="0"/>
         <v>4750</v>
       </c>
-      <c r="L39" s="236">
+      <c r="L39" s="195">
         <v>0.85</v>
       </c>
-      <c r="M39" s="235">
+      <c r="M39" s="194">
         <f t="shared" si="9"/>
         <v>4037.5</v>
       </c>
-      <c r="N39" s="236">
+      <c r="N39" s="195">
         <v>0.15</v>
       </c>
-      <c r="O39" s="235">
+      <c r="O39" s="194">
         <f t="shared" si="10"/>
         <v>712.5</v>
       </c>
-      <c r="P39" s="236">
+      <c r="P39" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q39" s="237">
+      <c r="Q39" s="196">
         <f t="shared" si="11"/>
         <v>250</v>
       </c>
-      <c r="R39" s="237" t="b">
+      <c r="R39" s="196" t="b">
         <f t="shared" si="12"/>
         <v>1</v>
       </c>
-      <c r="S39" s="140"/>
+      <c r="S39" s="123"/>
       <c r="T39" s="12"/>
     </row>
-    <row r="40" spans="1:33" s="86" customFormat="1" ht="16" x14ac:dyDescent="0.4">
-[...11 lines deleted...]
-      <c r="H40" s="214">
+    <row r="40" spans="1:33" s="79" customFormat="1" ht="15.95">
+      <c r="A40" s="122" t="s">
+        <v>97</v>
+      </c>
+      <c r="B40" s="123" t="s">
+        <v>98</v>
+      </c>
+      <c r="C40" s="123"/>
+      <c r="D40" s="124"/>
+      <c r="E40" s="124"/>
+      <c r="F40" s="124"/>
+      <c r="G40" s="124"/>
+      <c r="H40" s="176">
         <f>H41+H44+H45+H46+H47+H48+H49+H50</f>
         <v>90000</v>
       </c>
-      <c r="I40" s="214">
+      <c r="I40" s="176">
         <f>I41+I44+I45+I46+I47+I48+I49+I50</f>
         <v>0</v>
       </c>
-      <c r="J40" s="236">
+      <c r="J40" s="195">
         <v>0.95</v>
       </c>
-      <c r="K40" s="235">
+      <c r="K40" s="194">
         <f t="shared" si="0"/>
         <v>85500</v>
       </c>
-      <c r="L40" s="236">
+      <c r="L40" s="195">
         <v>0.85</v>
       </c>
-      <c r="M40" s="235">
+      <c r="M40" s="194">
         <f t="shared" si="1"/>
         <v>72675</v>
       </c>
-      <c r="N40" s="236">
+      <c r="N40" s="195">
         <v>0.15</v>
       </c>
-      <c r="O40" s="235">
+      <c r="O40" s="194">
         <f t="shared" si="2"/>
         <v>12825</v>
       </c>
-      <c r="P40" s="236">
+      <c r="P40" s="195">
         <v>0.05</v>
       </c>
-      <c r="Q40" s="237">
+      <c r="Q40" s="196">
         <f t="shared" si="3"/>
         <v>4500</v>
       </c>
-      <c r="R40" s="237" t="b">
+      <c r="R40" s="196" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S40" s="140"/>
+      <c r="S40" s="123"/>
       <c r="T40" s="12"/>
       <c r="U40" s="6"/>
       <c r="V40" s="6"/>
       <c r="W40" s="6"/>
       <c r="X40" s="6"/>
       <c r="Y40" s="6"/>
       <c r="Z40" s="6"/>
       <c r="AA40" s="6"/>
       <c r="AB40" s="6"/>
       <c r="AC40" s="6"/>
       <c r="AD40" s="6"/>
       <c r="AE40" s="6"/>
       <c r="AF40" s="6"/>
       <c r="AG40" s="6"/>
     </row>
-    <row r="41" spans="1:33" ht="208" x14ac:dyDescent="0.4">
-[...15 lines deleted...]
-      <c r="H41" s="219">
+    <row r="41" spans="1:33" ht="207.95">
+      <c r="A41" s="125" t="s">
+        <v>99</v>
+      </c>
+      <c r="B41" s="126" t="s">
+        <v>100</v>
+      </c>
+      <c r="C41" s="126" t="s">
+        <v>101</v>
+      </c>
+      <c r="D41" s="127" t="s">
+        <v>42</v>
+      </c>
+      <c r="E41" s="127"/>
+      <c r="F41" s="127"/>
+      <c r="G41" s="127"/>
+      <c r="H41" s="181">
         <f>H42+H43</f>
         <v>20000</v>
       </c>
-      <c r="I41" s="219">
+      <c r="I41" s="181">
         <f>I42+I43</f>
         <v>0</v>
       </c>
-      <c r="J41" s="238">
+      <c r="J41" s="197">
         <v>0.95</v>
       </c>
-      <c r="K41" s="239">
+      <c r="K41" s="198">
         <f t="shared" si="0"/>
         <v>19000</v>
       </c>
-      <c r="L41" s="238">
+      <c r="L41" s="197">
         <v>0.85</v>
       </c>
-      <c r="M41" s="239">
+      <c r="M41" s="198">
         <f t="shared" si="1"/>
         <v>16150</v>
       </c>
-      <c r="N41" s="238">
+      <c r="N41" s="197">
         <v>0.15</v>
       </c>
-      <c r="O41" s="239">
+      <c r="O41" s="198">
         <f t="shared" si="2"/>
         <v>2850</v>
       </c>
-      <c r="P41" s="238">
+      <c r="P41" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q41" s="240">
+      <c r="Q41" s="199">
         <f t="shared" si="3"/>
         <v>1000</v>
       </c>
-      <c r="R41" s="240" t="b">
+      <c r="R41" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S41" s="143" t="s">
-        <v>26</v>
+      <c r="S41" s="126" t="s">
+        <v>27</v>
       </c>
       <c r="T41" s="12"/>
     </row>
-    <row r="42" spans="1:33" ht="224" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E42" s="215">
+    <row r="42" spans="1:33" ht="224.1">
+      <c r="A42" s="98" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" s="95" t="s">
+        <v>103</v>
+      </c>
+      <c r="C42" s="95" t="s">
+        <v>104</v>
+      </c>
+      <c r="D42" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" s="177">
         <v>30</v>
       </c>
-      <c r="F42" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H42" s="216">
+      <c r="F42" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G42" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H42" s="178">
         <v>10000</v>
       </c>
-      <c r="I42" s="216"/>
-      <c r="J42" s="244">
+      <c r="I42" s="178"/>
+      <c r="J42" s="203">
         <v>0.95</v>
       </c>
-      <c r="K42" s="245">
+      <c r="K42" s="204">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L42" s="244">
+      <c r="L42" s="203">
         <v>0.85</v>
       </c>
-      <c r="M42" s="245">
+      <c r="M42" s="204">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N42" s="244">
+      <c r="N42" s="203">
         <v>0.15</v>
       </c>
-      <c r="O42" s="245">
+      <c r="O42" s="204">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P42" s="244">
+      <c r="P42" s="203">
         <v>0.05</v>
       </c>
-      <c r="Q42" s="246">
+      <c r="Q42" s="205">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R42" s="246" t="b">
+      <c r="R42" s="205" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S42" s="112" t="s">
-[...17 lines deleted...]
-      <c r="E43" s="215">
+      <c r="S42" s="95" t="s">
+        <v>27</v>
+      </c>
+      <c r="T42" s="78"/>
+    </row>
+    <row r="43" spans="1:33" ht="303.95">
+      <c r="A43" s="98" t="s">
+        <v>105</v>
+      </c>
+      <c r="B43" s="95" t="s">
+        <v>106</v>
+      </c>
+      <c r="C43" s="95" t="s">
+        <v>107</v>
+      </c>
+      <c r="D43" s="96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" s="177">
         <v>30</v>
       </c>
-      <c r="F43" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H43" s="216">
+      <c r="F43" s="177" t="s">
+        <v>164</v>
+      </c>
+      <c r="G43" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H43" s="178">
         <v>10000</v>
       </c>
-      <c r="I43" s="216"/>
-      <c r="J43" s="244">
+      <c r="I43" s="178"/>
+      <c r="J43" s="203">
         <v>0.95</v>
       </c>
-      <c r="K43" s="245">
+      <c r="K43" s="204">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L43" s="244">
+      <c r="L43" s="203">
         <v>0.85</v>
       </c>
-      <c r="M43" s="245">
+      <c r="M43" s="204">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N43" s="244">
+      <c r="N43" s="203">
         <v>0.15</v>
       </c>
-      <c r="O43" s="245">
+      <c r="O43" s="204">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P43" s="244">
+      <c r="P43" s="203">
         <v>0.05</v>
       </c>
-      <c r="Q43" s="246">
+      <c r="Q43" s="205">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R43" s="246" t="b">
+      <c r="R43" s="205" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S43" s="112" t="s">
-        <v>26</v>
+      <c r="S43" s="95" t="s">
+        <v>27</v>
       </c>
       <c r="T43" s="13"/>
     </row>
-    <row r="44" spans="1:33" ht="304" x14ac:dyDescent="0.4">
-[...12 lines deleted...]
-      <c r="E44" s="215">
+    <row r="44" spans="1:33" ht="303.95">
+      <c r="A44" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="B44" s="126" t="s">
+        <v>109</v>
+      </c>
+      <c r="C44" s="126" t="s">
+        <v>110</v>
+      </c>
+      <c r="D44" s="138" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" s="177">
         <v>5</v>
       </c>
-      <c r="F44" s="215" t="s">
-[...5 lines deleted...]
-      <c r="H44" s="216">
+      <c r="F44" s="177" t="s">
+        <v>166</v>
+      </c>
+      <c r="G44" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H44" s="178">
         <v>10000</v>
       </c>
-      <c r="I44" s="216"/>
-      <c r="J44" s="238">
+      <c r="I44" s="178"/>
+      <c r="J44" s="197">
         <v>0.95</v>
       </c>
-      <c r="K44" s="239">
+      <c r="K44" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L44" s="238">
+      <c r="L44" s="197">
         <v>0.85</v>
       </c>
-      <c r="M44" s="239">
+      <c r="M44" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N44" s="238">
+      <c r="N44" s="197">
         <v>0.15</v>
       </c>
-      <c r="O44" s="239">
+      <c r="O44" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P44" s="238">
+      <c r="P44" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q44" s="240">
+      <c r="Q44" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R44" s="240" t="b">
+      <c r="R44" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S44" s="143" t="s">
-[...16 lines deleted...]
-      <c r="E45" s="224">
+      <c r="S44" s="126" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:33" ht="336">
+      <c r="A45" s="137" t="s">
+        <v>111</v>
+      </c>
+      <c r="B45" s="136" t="s">
+        <v>112</v>
+      </c>
+      <c r="C45" s="136" t="s">
+        <v>113</v>
+      </c>
+      <c r="D45" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" s="241">
         <v>30</v>
       </c>
-      <c r="F45" s="224" t="s">
-[...5 lines deleted...]
-      <c r="H45" s="225">
+      <c r="F45" s="241" t="s">
+        <v>167</v>
+      </c>
+      <c r="G45" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H45" s="186">
         <v>10000</v>
       </c>
-      <c r="I45" s="225"/>
-      <c r="J45" s="238">
+      <c r="I45" s="186"/>
+      <c r="J45" s="197">
         <v>0.95</v>
       </c>
-      <c r="K45" s="239">
+      <c r="K45" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L45" s="238">
+      <c r="L45" s="197">
         <v>0.85</v>
       </c>
-      <c r="M45" s="239">
+      <c r="M45" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N45" s="238">
+      <c r="N45" s="197">
         <v>0.15</v>
       </c>
-      <c r="O45" s="239">
+      <c r="O45" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P45" s="238">
+      <c r="P45" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q45" s="240">
+      <c r="Q45" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R45" s="240" t="b">
+      <c r="R45" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S45" s="153" t="s">
-[...16 lines deleted...]
-      <c r="E46" s="224">
+      <c r="S45" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:33" ht="240">
+      <c r="A46" s="137" t="s">
+        <v>114</v>
+      </c>
+      <c r="B46" s="136" t="s">
+        <v>115</v>
+      </c>
+      <c r="C46" s="136" t="s">
+        <v>116</v>
+      </c>
+      <c r="D46" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="241">
         <v>10</v>
       </c>
-      <c r="F46" s="224" t="s">
-[...5 lines deleted...]
-      <c r="H46" s="226">
+      <c r="F46" s="241" t="s">
+        <v>167</v>
+      </c>
+      <c r="G46" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H46" s="242">
         <v>10000</v>
       </c>
-      <c r="I46" s="226"/>
-      <c r="J46" s="238">
+      <c r="I46" s="242"/>
+      <c r="J46" s="197">
         <v>0.95</v>
       </c>
-      <c r="K46" s="239">
+      <c r="K46" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L46" s="238">
+      <c r="L46" s="197">
         <v>0.85</v>
       </c>
-      <c r="M46" s="239">
+      <c r="M46" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N46" s="238">
+      <c r="N46" s="197">
         <v>0.15</v>
       </c>
-      <c r="O46" s="239">
+      <c r="O46" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P46" s="238">
+      <c r="P46" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q46" s="240">
+      <c r="Q46" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R46" s="240" t="b">
+      <c r="R46" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S46" s="153" t="s">
-[...16 lines deleted...]
-      <c r="E47" s="224">
+      <c r="S46" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:33" ht="351.95">
+      <c r="A47" s="137" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" s="136" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="136" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" s="241">
         <v>40</v>
       </c>
-      <c r="F47" s="227" t="s">
-[...5 lines deleted...]
-      <c r="H47" s="226">
+      <c r="F47" s="243" t="s">
+        <v>168</v>
+      </c>
+      <c r="G47" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H47" s="242">
         <v>10000</v>
       </c>
-      <c r="I47" s="226"/>
-      <c r="J47" s="238">
+      <c r="I47" s="242"/>
+      <c r="J47" s="197">
         <v>0.95</v>
       </c>
-      <c r="K47" s="239">
+      <c r="K47" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L47" s="238">
+      <c r="L47" s="197">
         <v>0.85</v>
       </c>
-      <c r="M47" s="239">
+      <c r="M47" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N47" s="238">
+      <c r="N47" s="197">
         <v>0.15</v>
       </c>
-      <c r="O47" s="239">
+      <c r="O47" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P47" s="238">
+      <c r="P47" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q47" s="240">
+      <c r="Q47" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R47" s="240" t="b">
+      <c r="R47" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S47" s="153" t="s">
-[...16 lines deleted...]
-      <c r="E48" s="224">
+      <c r="S47" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:33" ht="351.95">
+      <c r="A48" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="B48" s="136" t="s">
+        <v>121</v>
+      </c>
+      <c r="C48" s="136" t="s">
+        <v>122</v>
+      </c>
+      <c r="D48" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E48" s="241">
         <v>1</v>
       </c>
-      <c r="F48" s="227" t="s">
-[...5 lines deleted...]
-      <c r="H48" s="226">
+      <c r="F48" s="243" t="s">
+        <v>186</v>
+      </c>
+      <c r="G48" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H48" s="242">
         <v>10000</v>
       </c>
-      <c r="I48" s="226"/>
-      <c r="J48" s="238">
+      <c r="I48" s="242"/>
+      <c r="J48" s="197">
         <v>0.95</v>
       </c>
-      <c r="K48" s="239">
+      <c r="K48" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L48" s="238">
+      <c r="L48" s="197">
         <v>0.85</v>
       </c>
-      <c r="M48" s="239">
+      <c r="M48" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N48" s="238">
+      <c r="N48" s="197">
         <v>0.15</v>
       </c>
-      <c r="O48" s="239">
+      <c r="O48" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P48" s="238">
+      <c r="P48" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q48" s="240">
+      <c r="Q48" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R48" s="240" t="b">
+      <c r="R48" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S48" s="153" t="s">
-[...16 lines deleted...]
-      <c r="E49" s="224">
+      <c r="S48" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="49" spans="1:33" ht="354.95" customHeight="1">
+      <c r="A49" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="B49" s="136" t="s">
+        <v>124</v>
+      </c>
+      <c r="C49" s="136" t="s">
+        <v>125</v>
+      </c>
+      <c r="D49" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" s="241">
         <v>150</v>
       </c>
-      <c r="F49" s="224" t="s">
-[...5 lines deleted...]
-      <c r="H49" s="226">
+      <c r="F49" s="241" t="s">
+        <v>187</v>
+      </c>
+      <c r="G49" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H49" s="242">
         <v>10000</v>
       </c>
-      <c r="I49" s="226"/>
-      <c r="J49" s="238">
+      <c r="I49" s="242"/>
+      <c r="J49" s="197">
         <v>0.95</v>
       </c>
-      <c r="K49" s="239">
+      <c r="K49" s="198">
         <f t="shared" si="0"/>
         <v>9500</v>
       </c>
-      <c r="L49" s="238">
+      <c r="L49" s="197">
         <v>0.85</v>
       </c>
-      <c r="M49" s="239">
+      <c r="M49" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N49" s="238">
+      <c r="N49" s="197">
         <v>0.15</v>
       </c>
-      <c r="O49" s="239">
+      <c r="O49" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P49" s="238">
+      <c r="P49" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q49" s="240">
+      <c r="Q49" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R49" s="240" t="b">
+      <c r="R49" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S49" s="153" t="s">
-[...16 lines deleted...]
-      <c r="E50" s="224">
+      <c r="S49" s="136" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="50" spans="1:33" ht="207.95">
+      <c r="A50" s="139" t="s">
+        <v>127</v>
+      </c>
+      <c r="B50" s="136" t="s">
+        <v>128</v>
+      </c>
+      <c r="C50" s="136" t="s">
+        <v>129</v>
+      </c>
+      <c r="D50" s="221" t="s">
+        <v>42</v>
+      </c>
+      <c r="E50" s="241">
         <v>1</v>
       </c>
-      <c r="F50" s="224" t="s">
-[...5 lines deleted...]
-      <c r="H50" s="226">
+      <c r="F50" s="241" t="s">
+        <v>189</v>
+      </c>
+      <c r="G50" s="177" t="s">
+        <v>165</v>
+      </c>
+      <c r="H50" s="242">
         <v>10000</v>
       </c>
-      <c r="I50" s="226"/>
-      <c r="J50" s="238">
+      <c r="I50" s="242"/>
+      <c r="J50" s="197">
         <v>0.95</v>
       </c>
-      <c r="K50" s="239">
+      <c r="K50" s="198">
         <f t="shared" ref="K50" si="13">J50*H50</f>
         <v>9500</v>
       </c>
-      <c r="L50" s="238">
+      <c r="L50" s="197">
         <v>0.85</v>
       </c>
-      <c r="M50" s="239">
+      <c r="M50" s="198">
         <f t="shared" si="1"/>
         <v>8075</v>
       </c>
-      <c r="N50" s="238">
+      <c r="N50" s="197">
         <v>0.15</v>
       </c>
-      <c r="O50" s="239">
+      <c r="O50" s="198">
         <f t="shared" si="2"/>
         <v>1425</v>
       </c>
-      <c r="P50" s="238">
+      <c r="P50" s="197">
         <v>0.05</v>
       </c>
-      <c r="Q50" s="240">
+      <c r="Q50" s="199">
         <f t="shared" si="3"/>
         <v>500</v>
       </c>
-      <c r="R50" s="240" t="b">
+      <c r="R50" s="199" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S50" s="153" t="s">
-[...13 lines deleted...]
-      <c r="H51" s="228">
+      <c r="S50" s="136" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:33" ht="15.95">
+      <c r="A51" s="279" t="s">
+        <v>130</v>
+      </c>
+      <c r="B51" s="279"/>
+      <c r="C51" s="279"/>
+      <c r="D51" s="279"/>
+      <c r="E51" s="279"/>
+      <c r="F51" s="279"/>
+      <c r="G51" s="279"/>
+      <c r="H51" s="187">
         <f>H32+H31+H29+H20+H11+H8</f>
         <v>1598100</v>
       </c>
-      <c r="I51" s="228">
+      <c r="I51" s="187">
         <f>I32+I31+I29+I20+I11+I8</f>
         <v>0</v>
       </c>
-      <c r="J51" s="251">
+      <c r="J51" s="210">
         <v>0.95</v>
       </c>
-      <c r="K51" s="228">
+      <c r="K51" s="187">
         <f>K32+K31+K29+K20+K11+K8</f>
         <v>1518195</v>
       </c>
-      <c r="L51" s="251">
+      <c r="L51" s="210">
         <v>0.85</v>
       </c>
-      <c r="M51" s="228">
+      <c r="M51" s="187">
         <f>M32+M31+M29+M20+M11+M8</f>
         <v>1290465.75</v>
       </c>
-      <c r="N51" s="251">
+      <c r="N51" s="210">
         <v>0.15</v>
       </c>
-      <c r="O51" s="228">
+      <c r="O51" s="187">
         <f>O32+O31+O29+O20+O11+O8</f>
         <v>227729.25</v>
       </c>
-      <c r="P51" s="247">
+      <c r="P51" s="206">
         <v>0.05</v>
       </c>
-      <c r="Q51" s="228">
+      <c r="Q51" s="187">
         <f>Q32+Q31+Q29+Q20+Q11+Q8</f>
         <v>79905</v>
       </c>
-      <c r="R51" s="248" t="b">
+      <c r="R51" s="207" t="b">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
-      <c r="S51" s="161"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="S51" s="224"/>
+    </row>
+    <row r="55" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A55" s="6"/>
-      <c r="B55" s="279" t="s">
-[...19 lines deleted...]
-      <c r="R55" s="249"/>
+      <c r="B55" s="269" t="s">
+        <v>131</v>
+      </c>
+      <c r="C55" s="269"/>
+      <c r="D55" s="269"/>
+      <c r="E55" s="182"/>
+      <c r="F55" s="292" t="s">
+        <v>132</v>
+      </c>
+      <c r="G55" s="292"/>
+      <c r="H55" s="292"/>
+      <c r="I55" s="292"/>
+      <c r="J55" s="208"/>
+      <c r="K55" s="208"/>
+      <c r="L55" s="208"/>
+      <c r="M55" s="208"/>
+      <c r="N55" s="208"/>
+      <c r="O55" s="208"/>
+      <c r="P55" s="208"/>
+      <c r="Q55" s="208"/>
+      <c r="R55" s="208"/>
       <c r="S55" s="6"/>
       <c r="U55" s="6"/>
       <c r="V55" s="6"/>
       <c r="W55" s="6"/>
       <c r="X55" s="6"/>
       <c r="Y55" s="6"/>
       <c r="Z55" s="6"/>
       <c r="AA55" s="6"/>
       <c r="AB55" s="6"/>
       <c r="AC55" s="6"/>
       <c r="AD55" s="6"/>
       <c r="AE55" s="6"/>
       <c r="AF55" s="6"/>
       <c r="AG55" s="6"/>
     </row>
-    <row r="56" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="56" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A56" s="6"/>
-      <c r="B56" s="286" t="s">
-[...25 lines deleted...]
-      <c r="R56" s="249"/>
+      <c r="B56" s="268" t="s">
+        <v>133</v>
+      </c>
+      <c r="C56" s="267" t="s">
+        <v>134</v>
+      </c>
+      <c r="D56" s="267" t="s">
+        <v>135</v>
+      </c>
+      <c r="E56" s="182"/>
+      <c r="F56" s="267" t="s">
+        <v>136</v>
+      </c>
+      <c r="G56" s="267"/>
+      <c r="H56" s="267" t="s">
+        <v>137</v>
+      </c>
+      <c r="I56" s="267"/>
+      <c r="J56" s="208"/>
+      <c r="K56" s="208"/>
+      <c r="L56" s="208"/>
+      <c r="M56" s="208"/>
+      <c r="N56" s="208"/>
+      <c r="O56" s="208"/>
+      <c r="P56" s="208"/>
+      <c r="Q56" s="208"/>
+      <c r="R56" s="208"/>
       <c r="S56" s="6"/>
       <c r="U56" s="6"/>
       <c r="V56" s="6"/>
       <c r="W56" s="6"/>
       <c r="X56" s="6"/>
       <c r="Y56" s="6"/>
       <c r="Z56" s="6"/>
       <c r="AA56" s="6"/>
       <c r="AB56" s="6"/>
       <c r="AC56" s="6"/>
       <c r="AD56" s="6"/>
       <c r="AE56" s="6"/>
       <c r="AF56" s="6"/>
       <c r="AG56" s="6"/>
     </row>
-    <row r="57" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="57" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A57" s="6"/>
-      <c r="B57" s="286"/>
-[...15 lines deleted...]
-      <c r="R57" s="249"/>
+      <c r="B57" s="268"/>
+      <c r="C57" s="267"/>
+      <c r="D57" s="267"/>
+      <c r="E57" s="163"/>
+      <c r="F57" s="267"/>
+      <c r="G57" s="267"/>
+      <c r="H57" s="267"/>
+      <c r="I57" s="267"/>
+      <c r="J57" s="208"/>
+      <c r="K57" s="208"/>
+      <c r="L57" s="208"/>
+      <c r="M57" s="208"/>
+      <c r="N57" s="208"/>
+      <c r="O57" s="208"/>
+      <c r="P57" s="208"/>
+      <c r="Q57" s="208"/>
+      <c r="R57" s="208"/>
       <c r="S57" s="6"/>
       <c r="U57" s="6"/>
       <c r="V57" s="6"/>
       <c r="W57" s="6"/>
       <c r="X57" s="6"/>
       <c r="Y57" s="6"/>
       <c r="Z57" s="6"/>
       <c r="AA57" s="6"/>
       <c r="AB57" s="6"/>
       <c r="AC57" s="6"/>
       <c r="AD57" s="6"/>
       <c r="AE57" s="6"/>
       <c r="AF57" s="6"/>
       <c r="AG57" s="6"/>
     </row>
-    <row r="58" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A58" s="6"/>
-      <c r="B58" s="162" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="165">
+      <c r="B58" s="244" t="s">
+        <v>138</v>
+      </c>
+      <c r="C58" s="245">
         <f>D58*C60</f>
         <v>1290465.75</v>
       </c>
-      <c r="D58" s="172">
+      <c r="D58" s="246">
         <v>0.85</v>
       </c>
-      <c r="E58" s="201" t="b">
+      <c r="E58" s="163" t="b">
         <f>C58=M51</f>
         <v>1</v>
       </c>
-      <c r="F58" s="295">
+      <c r="F58" s="289">
         <v>979663</v>
       </c>
-      <c r="G58" s="295"/>
-      <c r="H58" s="295">
+      <c r="G58" s="289"/>
+      <c r="H58" s="289">
         <v>1632773</v>
       </c>
-      <c r="I58" s="295"/>
-[...8 lines deleted...]
-      <c r="R58" s="249"/>
+      <c r="I58" s="289"/>
+      <c r="J58" s="208"/>
+      <c r="K58" s="208"/>
+      <c r="L58" s="208"/>
+      <c r="M58" s="208"/>
+      <c r="N58" s="208"/>
+      <c r="O58" s="208"/>
+      <c r="P58" s="208"/>
+      <c r="Q58" s="208"/>
+      <c r="R58" s="208"/>
       <c r="S58" s="6"/>
       <c r="U58" s="6"/>
       <c r="V58" s="6"/>
       <c r="W58" s="6"/>
       <c r="X58" s="6"/>
       <c r="Y58" s="6"/>
       <c r="Z58" s="6"/>
       <c r="AA58" s="6"/>
       <c r="AB58" s="6"/>
       <c r="AC58" s="6"/>
       <c r="AD58" s="6"/>
       <c r="AE58" s="6"/>
       <c r="AF58" s="6"/>
       <c r="AG58" s="6"/>
     </row>
-    <row r="59" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="59" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A59" s="6"/>
-      <c r="B59" s="162" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="166">
+      <c r="B59" s="244" t="s">
+        <v>139</v>
+      </c>
+      <c r="C59" s="247">
         <f>D59*C60</f>
         <v>227729.25</v>
       </c>
-      <c r="D59" s="173">
+      <c r="D59" s="248">
         <v>0.15</v>
       </c>
-      <c r="E59" s="201" t="b">
+      <c r="E59" s="163" t="b">
         <f>C59=O51</f>
         <v>1</v>
       </c>
-      <c r="F59" s="295">
+      <c r="F59" s="289">
         <v>172882</v>
       </c>
-      <c r="G59" s="295"/>
-      <c r="H59" s="295">
+      <c r="G59" s="289"/>
+      <c r="H59" s="289">
         <v>288136</v>
       </c>
-      <c r="I59" s="295"/>
-[...8 lines deleted...]
-      <c r="R59" s="249"/>
+      <c r="I59" s="289"/>
+      <c r="J59" s="208"/>
+      <c r="K59" s="208"/>
+      <c r="L59" s="208"/>
+      <c r="M59" s="208"/>
+      <c r="N59" s="208"/>
+      <c r="O59" s="208"/>
+      <c r="P59" s="208"/>
+      <c r="Q59" s="208"/>
+      <c r="R59" s="208"/>
       <c r="S59" s="6"/>
       <c r="U59" s="6"/>
       <c r="V59" s="6"/>
       <c r="W59" s="6"/>
       <c r="X59" s="6"/>
       <c r="Y59" s="6"/>
       <c r="Z59" s="6"/>
       <c r="AA59" s="6"/>
       <c r="AB59" s="6"/>
       <c r="AC59" s="6"/>
       <c r="AD59" s="6"/>
       <c r="AE59" s="6"/>
       <c r="AF59" s="6"/>
       <c r="AG59" s="6"/>
     </row>
-    <row r="60" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A60" s="6"/>
-      <c r="B60" s="163" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="167">
+      <c r="B60" s="249" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" s="250">
         <f>D60*C62</f>
         <v>1518195</v>
       </c>
-      <c r="D60" s="174">
+      <c r="D60" s="251">
         <v>0.95</v>
       </c>
-      <c r="E60" s="201" t="b">
+      <c r="E60" s="163" t="b">
         <f>C60=K51</f>
         <v>1</v>
       </c>
-      <c r="F60" s="296">
+      <c r="F60" s="290">
         <v>1152545</v>
       </c>
-      <c r="G60" s="296"/>
-      <c r="H60" s="296">
+      <c r="G60" s="290"/>
+      <c r="H60" s="290">
         <v>1920909</v>
       </c>
-      <c r="I60" s="296"/>
-[...8 lines deleted...]
-      <c r="R60" s="249"/>
+      <c r="I60" s="290"/>
+      <c r="J60" s="208"/>
+      <c r="K60" s="208"/>
+      <c r="L60" s="208"/>
+      <c r="M60" s="208"/>
+      <c r="N60" s="208"/>
+      <c r="O60" s="208"/>
+      <c r="P60" s="208"/>
+      <c r="Q60" s="208"/>
+      <c r="R60" s="208"/>
       <c r="S60" s="6"/>
       <c r="U60" s="6"/>
       <c r="V60" s="6"/>
       <c r="W60" s="6"/>
       <c r="X60" s="6"/>
       <c r="Y60" s="6"/>
       <c r="Z60" s="6"/>
       <c r="AA60" s="6"/>
       <c r="AB60" s="6"/>
       <c r="AC60" s="6"/>
       <c r="AD60" s="6"/>
       <c r="AE60" s="6"/>
       <c r="AF60" s="6"/>
       <c r="AG60" s="6"/>
     </row>
-    <row r="61" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="61" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A61" s="6"/>
-      <c r="B61" s="163" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="167">
+      <c r="B61" s="249" t="s">
+        <v>141</v>
+      </c>
+      <c r="C61" s="250">
         <f>D61*C62</f>
         <v>79905</v>
       </c>
-      <c r="D61" s="174">
+      <c r="D61" s="251">
         <v>0.05</v>
       </c>
-      <c r="E61" s="201" t="b">
+      <c r="E61" s="163" t="b">
         <f>C61=Q51</f>
         <v>1</v>
       </c>
-      <c r="F61" s="296">
+      <c r="F61" s="290">
         <v>60660</v>
       </c>
-      <c r="G61" s="296"/>
-      <c r="H61" s="296">
+      <c r="G61" s="290"/>
+      <c r="H61" s="290">
         <v>101100</v>
       </c>
-      <c r="I61" s="296"/>
-[...8 lines deleted...]
-      <c r="R61" s="249"/>
+      <c r="I61" s="290"/>
+      <c r="J61" s="208"/>
+      <c r="K61" s="208"/>
+      <c r="L61" s="208"/>
+      <c r="M61" s="208"/>
+      <c r="N61" s="208"/>
+      <c r="O61" s="208"/>
+      <c r="P61" s="208"/>
+      <c r="Q61" s="208"/>
+      <c r="R61" s="208"/>
       <c r="S61" s="6"/>
       <c r="U61" s="6"/>
       <c r="V61" s="6"/>
       <c r="W61" s="6"/>
       <c r="X61" s="6"/>
       <c r="Y61" s="6"/>
       <c r="Z61" s="6"/>
       <c r="AA61" s="6"/>
       <c r="AB61" s="6"/>
       <c r="AC61" s="6"/>
       <c r="AD61" s="6"/>
       <c r="AE61" s="6"/>
       <c r="AF61" s="6"/>
       <c r="AG61" s="6"/>
     </row>
-    <row r="62" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="62" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A62" s="6"/>
-      <c r="B62" s="164" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="169">
+      <c r="B62" s="252" t="s">
+        <v>130</v>
+      </c>
+      <c r="C62" s="253">
         <f>H51</f>
         <v>1598100</v>
       </c>
-      <c r="D62" s="170"/>
-[...1 lines deleted...]
-      <c r="F62" s="297">
+      <c r="D62" s="254"/>
+      <c r="E62" s="182"/>
+      <c r="F62" s="291">
         <v>1213205</v>
       </c>
-      <c r="G62" s="297"/>
-      <c r="H62" s="297">
+      <c r="G62" s="291"/>
+      <c r="H62" s="291">
         <v>2022009</v>
       </c>
-      <c r="I62" s="297"/>
-[...8 lines deleted...]
-      <c r="R62" s="249"/>
+      <c r="I62" s="291"/>
+      <c r="J62" s="208"/>
+      <c r="K62" s="208"/>
+      <c r="L62" s="208"/>
+      <c r="M62" s="208"/>
+      <c r="N62" s="208"/>
+      <c r="O62" s="208"/>
+      <c r="P62" s="208"/>
+      <c r="Q62" s="208"/>
+      <c r="R62" s="208"/>
       <c r="S62" s="6"/>
       <c r="U62" s="6"/>
       <c r="V62" s="6"/>
       <c r="W62" s="6"/>
       <c r="X62" s="6"/>
       <c r="Y62" s="6"/>
       <c r="Z62" s="6"/>
       <c r="AA62" s="6"/>
       <c r="AB62" s="6"/>
       <c r="AC62" s="6"/>
       <c r="AD62" s="6"/>
       <c r="AE62" s="6"/>
       <c r="AF62" s="6"/>
       <c r="AG62" s="6"/>
     </row>
-    <row r="63" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="63" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A63" s="6"/>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
-      <c r="E63" s="220"/>
-[...14 lines deleted...]
-      <c r="R63" s="249"/>
+      <c r="E63" s="182"/>
+      <c r="F63" s="188" t="s">
+        <v>142</v>
+      </c>
+      <c r="G63" s="182"/>
+      <c r="H63" s="144"/>
+      <c r="I63" s="144"/>
+      <c r="J63" s="208"/>
+      <c r="K63" s="208"/>
+      <c r="L63" s="208"/>
+      <c r="M63" s="208"/>
+      <c r="N63" s="208"/>
+      <c r="O63" s="208"/>
+      <c r="P63" s="208"/>
+      <c r="Q63" s="208"/>
+      <c r="R63" s="208"/>
       <c r="S63" s="6"/>
       <c r="U63" s="6"/>
       <c r="V63" s="6"/>
       <c r="W63" s="6"/>
       <c r="X63" s="6"/>
       <c r="Y63" s="6"/>
       <c r="Z63" s="6"/>
       <c r="AA63" s="6"/>
       <c r="AB63" s="6"/>
       <c r="AC63" s="6"/>
       <c r="AD63" s="6"/>
       <c r="AE63" s="6"/>
       <c r="AF63" s="6"/>
       <c r="AG63" s="6"/>
     </row>
-    <row r="64" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="64" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A64" s="6"/>
-      <c r="B64" s="104"/>
+      <c r="B64" s="6"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
-      <c r="E64" s="220"/>
-[...12 lines deleted...]
-      <c r="R64" s="249"/>
+      <c r="E64" s="182"/>
+      <c r="F64" s="182"/>
+      <c r="G64" s="182"/>
+      <c r="H64" s="144"/>
+      <c r="I64" s="144"/>
+      <c r="J64" s="208"/>
+      <c r="K64" s="208"/>
+      <c r="L64" s="208"/>
+      <c r="M64" s="208"/>
+      <c r="N64" s="208"/>
+      <c r="O64" s="208"/>
+      <c r="P64" s="208"/>
+      <c r="Q64" s="208"/>
+      <c r="R64" s="208"/>
       <c r="S64" s="6"/>
       <c r="U64" s="6"/>
       <c r="V64" s="6"/>
       <c r="W64" s="6"/>
       <c r="X64" s="6"/>
       <c r="Y64" s="6"/>
       <c r="Z64" s="6"/>
       <c r="AA64" s="6"/>
       <c r="AB64" s="6"/>
       <c r="AC64" s="6"/>
       <c r="AD64" s="6"/>
       <c r="AE64" s="6"/>
       <c r="AF64" s="6"/>
       <c r="AG64" s="6"/>
     </row>
-    <row r="65" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A65" s="6"/>
-      <c r="B65" s="289" t="s">
-[...17 lines deleted...]
-      <c r="R65" s="249"/>
+      <c r="B65" s="265" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" s="265"/>
+      <c r="D65" s="80"/>
+      <c r="E65" s="182"/>
+      <c r="F65" s="182"/>
+      <c r="G65" s="182"/>
+      <c r="H65" s="144"/>
+      <c r="I65" s="144"/>
+      <c r="J65" s="208"/>
+      <c r="K65" s="208"/>
+      <c r="L65" s="208"/>
+      <c r="M65" s="208"/>
+      <c r="N65" s="208"/>
+      <c r="O65" s="208"/>
+      <c r="P65" s="208"/>
+      <c r="Q65" s="208"/>
+      <c r="R65" s="208"/>
       <c r="S65" s="6"/>
       <c r="U65" s="6"/>
       <c r="V65" s="6"/>
       <c r="W65" s="6"/>
       <c r="X65" s="6"/>
       <c r="Y65" s="6"/>
       <c r="Z65" s="6"/>
       <c r="AA65" s="6"/>
       <c r="AB65" s="6"/>
       <c r="AC65" s="6"/>
       <c r="AD65" s="6"/>
       <c r="AE65" s="6"/>
       <c r="AF65" s="6"/>
       <c r="AG65" s="6"/>
     </row>
-    <row r="66" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:33" s="5" customFormat="1" ht="15.75" customHeight="1">
       <c r="A66" s="6"/>
-      <c r="B66" s="289"/>
-[...15 lines deleted...]
-      <c r="R66" s="249"/>
+      <c r="B66" s="265"/>
+      <c r="C66" s="265"/>
+      <c r="D66" s="236"/>
+      <c r="E66" s="182"/>
+      <c r="F66" s="182"/>
+      <c r="G66" s="182"/>
+      <c r="H66" s="144"/>
+      <c r="I66" s="144"/>
+      <c r="J66" s="208"/>
+      <c r="K66" s="208"/>
+      <c r="L66" s="208"/>
+      <c r="M66" s="208"/>
+      <c r="N66" s="208"/>
+      <c r="O66" s="208"/>
+      <c r="P66" s="208"/>
+      <c r="Q66" s="208"/>
+      <c r="R66" s="208"/>
       <c r="S66" s="6"/>
       <c r="U66" s="6"/>
       <c r="V66" s="6"/>
       <c r="W66" s="6"/>
       <c r="X66" s="6"/>
       <c r="Y66" s="6"/>
       <c r="Z66" s="6"/>
       <c r="AA66" s="6"/>
       <c r="AB66" s="6"/>
       <c r="AC66" s="6"/>
       <c r="AD66" s="6"/>
       <c r="AE66" s="6"/>
       <c r="AF66" s="6"/>
       <c r="AG66" s="6"/>
     </row>
-    <row r="67" spans="1:33" s="5" customFormat="1" ht="64" x14ac:dyDescent="0.4">
+    <row r="67" spans="1:33" s="5" customFormat="1" ht="63.95">
       <c r="A67" s="6"/>
-      <c r="B67" s="179" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="180">
+      <c r="B67" s="237" t="s">
+        <v>144</v>
+      </c>
+      <c r="C67" s="147">
         <f>H29</f>
         <v>800000</v>
       </c>
       <c r="D67" s="6"/>
-      <c r="E67" s="220"/>
-[...12 lines deleted...]
-      <c r="R67" s="249"/>
+      <c r="E67" s="182"/>
+      <c r="F67" s="182"/>
+      <c r="G67" s="182"/>
+      <c r="H67" s="144"/>
+      <c r="I67" s="144"/>
+      <c r="J67" s="208"/>
+      <c r="K67" s="208"/>
+      <c r="L67" s="208"/>
+      <c r="M67" s="208"/>
+      <c r="N67" s="208"/>
+      <c r="O67" s="208"/>
+      <c r="P67" s="208"/>
+      <c r="Q67" s="208"/>
+      <c r="R67" s="208"/>
       <c r="S67" s="6"/>
       <c r="U67" s="6"/>
       <c r="V67" s="6"/>
       <c r="W67" s="6"/>
       <c r="X67" s="6"/>
       <c r="Y67" s="6"/>
       <c r="Z67" s="6"/>
       <c r="AA67" s="6"/>
       <c r="AB67" s="6"/>
       <c r="AC67" s="6"/>
       <c r="AD67" s="6"/>
       <c r="AE67" s="6"/>
       <c r="AF67" s="6"/>
       <c r="AG67" s="6"/>
     </row>
-    <row r="68" spans="1:33" s="5" customFormat="1" ht="32" x14ac:dyDescent="0.4">
+    <row r="68" spans="1:33" s="5" customFormat="1" ht="32.1">
       <c r="A68" s="6"/>
-      <c r="B68" s="171" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="178">
+      <c r="B68" s="143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="146">
         <f>C67*95%</f>
         <v>760000</v>
       </c>
       <c r="D68" s="6"/>
-      <c r="E68" s="220"/>
-[...12 lines deleted...]
-      <c r="R68" s="249"/>
+      <c r="E68" s="182"/>
+      <c r="F68" s="182"/>
+      <c r="G68" s="182"/>
+      <c r="H68" s="144"/>
+      <c r="I68" s="144"/>
+      <c r="J68" s="208"/>
+      <c r="K68" s="208"/>
+      <c r="L68" s="208"/>
+      <c r="M68" s="208"/>
+      <c r="N68" s="208"/>
+      <c r="O68" s="208"/>
+      <c r="P68" s="208"/>
+      <c r="Q68" s="208"/>
+      <c r="R68" s="208"/>
       <c r="S68" s="6"/>
       <c r="U68" s="6"/>
       <c r="V68" s="6"/>
       <c r="W68" s="6"/>
       <c r="X68" s="6"/>
       <c r="Y68" s="6"/>
       <c r="Z68" s="6"/>
       <c r="AA68" s="6"/>
       <c r="AB68" s="6"/>
       <c r="AC68" s="6"/>
       <c r="AD68" s="6"/>
       <c r="AE68" s="6"/>
       <c r="AF68" s="6"/>
       <c r="AG68" s="6"/>
     </row>
-    <row r="69" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="69" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A69" s="6"/>
-      <c r="B69" s="177" t="s">
+      <c r="B69" s="238" t="s">
         <v>11</v>
       </c>
-      <c r="C69" s="176">
+      <c r="C69" s="145">
         <f>85%*C68</f>
         <v>646000</v>
       </c>
       <c r="D69" s="6"/>
-      <c r="E69" s="220"/>
-[...12 lines deleted...]
-      <c r="R69" s="249"/>
+      <c r="E69" s="182"/>
+      <c r="F69" s="182"/>
+      <c r="G69" s="182"/>
+      <c r="H69" s="144"/>
+      <c r="I69" s="144"/>
+      <c r="J69" s="208"/>
+      <c r="K69" s="208"/>
+      <c r="L69" s="208"/>
+      <c r="M69" s="208"/>
+      <c r="N69" s="208"/>
+      <c r="O69" s="208"/>
+      <c r="P69" s="208"/>
+      <c r="Q69" s="208"/>
+      <c r="R69" s="208"/>
       <c r="S69" s="6"/>
       <c r="T69" s="5"/>
       <c r="U69" s="6"/>
       <c r="V69" s="6"/>
       <c r="W69" s="6"/>
       <c r="X69" s="6"/>
       <c r="Y69" s="6"/>
       <c r="Z69" s="6"/>
       <c r="AA69" s="6"/>
       <c r="AB69" s="6"/>
       <c r="AC69" s="6"/>
       <c r="AD69" s="6"/>
       <c r="AE69" s="6"/>
       <c r="AF69" s="6"/>
       <c r="AG69" s="6"/>
     </row>
-    <row r="70" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="70" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A70" s="6"/>
-      <c r="B70" s="177" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="176">
+      <c r="B70" s="238" t="s">
+        <v>146</v>
+      </c>
+      <c r="C70" s="145">
         <f>15%*C68</f>
         <v>114000</v>
       </c>
       <c r="D70" s="6"/>
-      <c r="E70" s="220"/>
-[...12 lines deleted...]
-      <c r="R70" s="249"/>
+      <c r="E70" s="182"/>
+      <c r="F70" s="182"/>
+      <c r="G70" s="182"/>
+      <c r="H70" s="144"/>
+      <c r="I70" s="144"/>
+      <c r="J70" s="208"/>
+      <c r="K70" s="208"/>
+      <c r="L70" s="208"/>
+      <c r="M70" s="208"/>
+      <c r="N70" s="208"/>
+      <c r="O70" s="208"/>
+      <c r="P70" s="208"/>
+      <c r="Q70" s="208"/>
+      <c r="R70" s="208"/>
       <c r="S70" s="6"/>
       <c r="T70" s="5"/>
       <c r="U70" s="6"/>
       <c r="V70" s="6"/>
       <c r="W70" s="6"/>
       <c r="X70" s="6"/>
       <c r="Y70" s="6"/>
       <c r="Z70" s="6"/>
       <c r="AA70" s="6"/>
       <c r="AB70" s="6"/>
       <c r="AC70" s="6"/>
       <c r="AD70" s="6"/>
       <c r="AE70" s="6"/>
       <c r="AF70" s="6"/>
       <c r="AG70" s="6"/>
     </row>
-    <row r="71" spans="1:33" s="9" customFormat="1" ht="64" x14ac:dyDescent="0.4">
+    <row r="71" spans="1:33" s="9" customFormat="1" ht="63.95">
       <c r="A71" s="6"/>
-      <c r="B71" s="179" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="180">
+      <c r="B71" s="237" t="s">
+        <v>147</v>
+      </c>
+      <c r="C71" s="147">
         <f>H10+H41+H44+H45+H46+H47+H48+H49+H50</f>
         <v>91500</v>
       </c>
       <c r="D71" s="6"/>
-      <c r="E71" s="220"/>
-[...12 lines deleted...]
-      <c r="R71" s="249"/>
+      <c r="E71" s="182"/>
+      <c r="F71" s="182"/>
+      <c r="G71" s="182"/>
+      <c r="H71" s="144"/>
+      <c r="I71" s="144"/>
+      <c r="J71" s="208"/>
+      <c r="K71" s="208"/>
+      <c r="L71" s="208"/>
+      <c r="M71" s="208"/>
+      <c r="N71" s="208"/>
+      <c r="O71" s="208"/>
+      <c r="P71" s="208"/>
+      <c r="Q71" s="208"/>
+      <c r="R71" s="208"/>
       <c r="S71" s="6"/>
       <c r="T71" s="5"/>
       <c r="U71" s="6"/>
       <c r="V71" s="6"/>
       <c r="W71" s="6"/>
       <c r="X71" s="6"/>
       <c r="Y71" s="6"/>
       <c r="Z71" s="6"/>
       <c r="AA71" s="6"/>
       <c r="AB71" s="6"/>
       <c r="AC71" s="6"/>
       <c r="AD71" s="6"/>
       <c r="AE71" s="6"/>
       <c r="AF71" s="6"/>
       <c r="AG71" s="6"/>
     </row>
-    <row r="72" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="72" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A72" s="6"/>
-      <c r="B72" s="171" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="178">
+      <c r="B72" s="143" t="s">
+        <v>145</v>
+      </c>
+      <c r="C72" s="146">
         <f>C71*95%</f>
         <v>86925</v>
       </c>
       <c r="D72" s="6"/>
-      <c r="E72" s="220"/>
-[...12 lines deleted...]
-      <c r="R72" s="249"/>
+      <c r="E72" s="182"/>
+      <c r="F72" s="182"/>
+      <c r="G72" s="182"/>
+      <c r="H72" s="144"/>
+      <c r="I72" s="144"/>
+      <c r="J72" s="208"/>
+      <c r="K72" s="208"/>
+      <c r="L72" s="208"/>
+      <c r="M72" s="208"/>
+      <c r="N72" s="208"/>
+      <c r="O72" s="208"/>
+      <c r="P72" s="208"/>
+      <c r="Q72" s="208"/>
+      <c r="R72" s="208"/>
       <c r="S72" s="6"/>
       <c r="T72" s="5"/>
       <c r="U72" s="6"/>
       <c r="V72" s="6"/>
       <c r="W72" s="6"/>
       <c r="X72" s="6"/>
       <c r="Y72" s="6"/>
       <c r="Z72" s="6"/>
       <c r="AA72" s="6"/>
       <c r="AB72" s="6"/>
       <c r="AC72" s="6"/>
       <c r="AD72" s="6"/>
       <c r="AE72" s="6"/>
       <c r="AF72" s="6"/>
       <c r="AG72" s="6"/>
     </row>
-    <row r="73" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="73" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A73" s="6"/>
-      <c r="B73" s="177" t="s">
+      <c r="B73" s="238" t="s">
         <v>11</v>
       </c>
-      <c r="C73" s="176">
+      <c r="C73" s="145">
         <f>85%*C72</f>
         <v>73886.25</v>
       </c>
       <c r="D73" s="6"/>
-      <c r="E73" s="220"/>
-[...12 lines deleted...]
-      <c r="R73" s="249"/>
+      <c r="E73" s="182"/>
+      <c r="F73" s="182"/>
+      <c r="G73" s="182"/>
+      <c r="H73" s="144"/>
+      <c r="I73" s="144"/>
+      <c r="J73" s="208"/>
+      <c r="K73" s="208"/>
+      <c r="L73" s="208"/>
+      <c r="M73" s="208"/>
+      <c r="N73" s="208"/>
+      <c r="O73" s="208"/>
+      <c r="P73" s="208"/>
+      <c r="Q73" s="208"/>
+      <c r="R73" s="208"/>
       <c r="S73" s="6"/>
       <c r="T73" s="5"/>
       <c r="U73" s="6"/>
       <c r="V73" s="6"/>
       <c r="W73" s="6"/>
       <c r="X73" s="6"/>
       <c r="Y73" s="6"/>
       <c r="Z73" s="6"/>
       <c r="AA73" s="6"/>
       <c r="AB73" s="6"/>
       <c r="AC73" s="6"/>
       <c r="AD73" s="6"/>
       <c r="AE73" s="6"/>
       <c r="AF73" s="6"/>
       <c r="AG73" s="6"/>
     </row>
-    <row r="74" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="74" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A74" s="6"/>
-      <c r="B74" s="177" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="176">
+      <c r="B74" s="238" t="s">
+        <v>146</v>
+      </c>
+      <c r="C74" s="145">
         <f>15%*C72</f>
         <v>13038.75</v>
       </c>
       <c r="D74" s="6"/>
-      <c r="E74" s="220"/>
-[...12 lines deleted...]
-      <c r="R74" s="249"/>
+      <c r="E74" s="182"/>
+      <c r="F74" s="182"/>
+      <c r="G74" s="182"/>
+      <c r="H74" s="144"/>
+      <c r="I74" s="144"/>
+      <c r="J74" s="208"/>
+      <c r="K74" s="208"/>
+      <c r="L74" s="208"/>
+      <c r="M74" s="208"/>
+      <c r="N74" s="208"/>
+      <c r="O74" s="208"/>
+      <c r="P74" s="208"/>
+      <c r="Q74" s="208"/>
+      <c r="R74" s="208"/>
       <c r="S74" s="6"/>
       <c r="T74" s="5"/>
       <c r="U74" s="6"/>
       <c r="V74" s="6"/>
       <c r="W74" s="6"/>
       <c r="X74" s="6"/>
       <c r="Y74" s="6"/>
       <c r="Z74" s="6"/>
       <c r="AA74" s="6"/>
       <c r="AB74" s="6"/>
       <c r="AC74" s="6"/>
       <c r="AD74" s="6"/>
       <c r="AE74" s="6"/>
       <c r="AF74" s="6"/>
       <c r="AG74" s="6"/>
     </row>
-    <row r="77" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A77" s="6"/>
-      <c r="B77" s="191" t="s">
-[...17 lines deleted...]
-      <c r="R77" s="249"/>
+      <c r="B77" s="239" t="s">
+        <v>148</v>
+      </c>
+      <c r="C77" s="155"/>
+      <c r="D77" s="155"/>
+      <c r="E77" s="189"/>
+      <c r="F77" s="189"/>
+      <c r="G77" s="182"/>
+      <c r="H77" s="144"/>
+      <c r="I77" s="144"/>
+      <c r="J77" s="208"/>
+      <c r="K77" s="208"/>
+      <c r="L77" s="208"/>
+      <c r="M77" s="208"/>
+      <c r="N77" s="208"/>
+      <c r="O77" s="208"/>
+      <c r="P77" s="208"/>
+      <c r="Q77" s="208"/>
+      <c r="R77" s="208"/>
       <c r="S77" s="6"/>
       <c r="T77" s="5"/>
       <c r="U77" s="6"/>
       <c r="V77" s="6"/>
       <c r="W77" s="6"/>
       <c r="X77" s="6"/>
       <c r="Y77" s="6"/>
       <c r="Z77" s="6"/>
       <c r="AA77" s="6"/>
       <c r="AB77" s="6"/>
       <c r="AC77" s="6"/>
       <c r="AD77" s="6"/>
       <c r="AE77" s="6"/>
       <c r="AF77" s="6"/>
       <c r="AG77" s="6"/>
     </row>
-    <row r="78" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="78" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A78" s="6"/>
-      <c r="B78" s="290" t="s">
-[...21 lines deleted...]
-      <c r="R78" s="249"/>
+      <c r="B78" s="266" t="s">
+        <v>149</v>
+      </c>
+      <c r="C78" s="266"/>
+      <c r="D78" s="267" t="s">
+        <v>150</v>
+      </c>
+      <c r="E78" s="267" t="s">
+        <v>151</v>
+      </c>
+      <c r="F78" s="267"/>
+      <c r="G78" s="182"/>
+      <c r="H78" s="144"/>
+      <c r="I78" s="144"/>
+      <c r="J78" s="208"/>
+      <c r="K78" s="208"/>
+      <c r="L78" s="208"/>
+      <c r="M78" s="208"/>
+      <c r="N78" s="208"/>
+      <c r="O78" s="208"/>
+      <c r="P78" s="208"/>
+      <c r="Q78" s="208"/>
+      <c r="R78" s="208"/>
       <c r="S78" s="6"/>
       <c r="T78" s="5"/>
       <c r="U78" s="6"/>
       <c r="V78" s="6"/>
       <c r="W78" s="6"/>
       <c r="X78" s="6"/>
       <c r="Y78" s="6"/>
       <c r="Z78" s="6"/>
       <c r="AA78" s="6"/>
       <c r="AB78" s="6"/>
       <c r="AC78" s="6"/>
       <c r="AD78" s="6"/>
       <c r="AE78" s="6"/>
       <c r="AF78" s="6"/>
       <c r="AG78" s="6"/>
     </row>
-    <row r="79" spans="1:33" s="9" customFormat="1" ht="32" x14ac:dyDescent="0.4">
+    <row r="79" spans="1:33" s="9" customFormat="1" ht="32.1">
       <c r="A79" s="6"/>
-      <c r="B79" s="290"/>
-[...19 lines deleted...]
-      <c r="R79" s="249"/>
+      <c r="B79" s="266"/>
+      <c r="C79" s="266"/>
+      <c r="D79" s="267"/>
+      <c r="E79" s="157" t="s">
+        <v>152</v>
+      </c>
+      <c r="F79" s="156" t="s">
+        <v>153</v>
+      </c>
+      <c r="G79" s="182"/>
+      <c r="H79" s="144"/>
+      <c r="I79" s="144"/>
+      <c r="J79" s="208"/>
+      <c r="K79" s="208"/>
+      <c r="L79" s="208"/>
+      <c r="M79" s="208"/>
+      <c r="N79" s="208"/>
+      <c r="O79" s="208"/>
+      <c r="P79" s="208"/>
+      <c r="Q79" s="208"/>
+      <c r="R79" s="208"/>
       <c r="S79" s="6"/>
       <c r="T79" s="5"/>
       <c r="U79" s="6"/>
       <c r="V79" s="6"/>
       <c r="W79" s="6"/>
       <c r="X79" s="6"/>
       <c r="Y79" s="6"/>
       <c r="Z79" s="6"/>
       <c r="AA79" s="6"/>
       <c r="AB79" s="6"/>
       <c r="AC79" s="6"/>
       <c r="AD79" s="6"/>
       <c r="AE79" s="6"/>
       <c r="AF79" s="6"/>
       <c r="AG79" s="6"/>
     </row>
-    <row r="80" spans="1:33" s="9" customFormat="1" ht="80" x14ac:dyDescent="0.4">
+    <row r="80" spans="1:33" s="9" customFormat="1" ht="80.099999999999994">
       <c r="A80" s="6"/>
-      <c r="B80" s="195" t="s">
-[...5 lines deleted...]
-      <c r="D80" s="196">
+      <c r="B80" s="240" t="s">
+        <v>154</v>
+      </c>
+      <c r="C80" s="237" t="s">
+        <v>155</v>
+      </c>
+      <c r="D80" s="158">
         <v>50000</v>
       </c>
-      <c r="E80" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="199">
+      <c r="E80" s="158" t="s">
+        <v>88</v>
+      </c>
+      <c r="F80" s="161">
         <f>H33</f>
         <v>10000</v>
       </c>
-      <c r="G80" s="252" t="s">
-[...12 lines deleted...]
-      <c r="R80" s="249"/>
+      <c r="G80" s="211" t="s">
+        <v>156</v>
+      </c>
+      <c r="H80" s="144"/>
+      <c r="I80" s="144"/>
+      <c r="J80" s="208"/>
+      <c r="K80" s="208"/>
+      <c r="L80" s="208"/>
+      <c r="M80" s="208"/>
+      <c r="N80" s="208"/>
+      <c r="O80" s="208"/>
+      <c r="P80" s="208"/>
+      <c r="Q80" s="208"/>
+      <c r="R80" s="208"/>
       <c r="S80" s="6"/>
       <c r="T80" s="5"/>
       <c r="U80" s="6"/>
       <c r="V80" s="6"/>
       <c r="W80" s="6"/>
       <c r="X80" s="6"/>
       <c r="Y80" s="6"/>
       <c r="Z80" s="6"/>
       <c r="AA80" s="6"/>
       <c r="AB80" s="6"/>
       <c r="AC80" s="6"/>
       <c r="AD80" s="6"/>
       <c r="AE80" s="6"/>
       <c r="AF80" s="6"/>
       <c r="AG80" s="6"/>
     </row>
-    <row r="81" spans="1:33" s="9" customFormat="1" ht="64" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="81" spans="1:33" s="9" customFormat="1" ht="63.95" customHeight="1">
       <c r="A81" s="6"/>
-      <c r="B81" s="291" t="s">
-[...5 lines deleted...]
-      <c r="D81" s="293">
+      <c r="B81" s="262" t="s">
+        <v>157</v>
+      </c>
+      <c r="C81" s="263" t="s">
+        <v>158</v>
+      </c>
+      <c r="D81" s="264">
         <f>10%*H51</f>
         <v>159810</v>
       </c>
-      <c r="E81" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F81" s="199">
+      <c r="E81" s="158" t="s">
+        <v>91</v>
+      </c>
+      <c r="F81" s="161">
         <f>H36</f>
         <v>10000</v>
       </c>
-      <c r="G81" s="253"/>
-[...10 lines deleted...]
-      <c r="R81" s="249"/>
+      <c r="G81" s="212"/>
+      <c r="H81" s="144"/>
+      <c r="I81" s="144"/>
+      <c r="J81" s="208"/>
+      <c r="K81" s="208"/>
+      <c r="L81" s="208"/>
+      <c r="M81" s="208"/>
+      <c r="N81" s="208"/>
+      <c r="O81" s="208"/>
+      <c r="P81" s="208"/>
+      <c r="Q81" s="208"/>
+      <c r="R81" s="208"/>
       <c r="S81" s="6"/>
       <c r="T81" s="5"/>
       <c r="U81" s="6"/>
       <c r="V81" s="6"/>
       <c r="W81" s="6"/>
       <c r="X81" s="6"/>
       <c r="Y81" s="6"/>
       <c r="Z81" s="6"/>
       <c r="AA81" s="6"/>
       <c r="AB81" s="6"/>
       <c r="AC81" s="6"/>
       <c r="AD81" s="6"/>
       <c r="AE81" s="6"/>
       <c r="AF81" s="6"/>
       <c r="AG81" s="6"/>
     </row>
-    <row r="82" spans="1:33" s="9" customFormat="1" ht="16" x14ac:dyDescent="0.4">
+    <row r="82" spans="1:33" s="9" customFormat="1" ht="15.95">
       <c r="A82" s="6"/>
-      <c r="B82" s="291"/>
-[...5 lines deleted...]
-      <c r="F82" s="199">
+      <c r="B82" s="262"/>
+      <c r="C82" s="263"/>
+      <c r="D82" s="264"/>
+      <c r="E82" s="158" t="s">
+        <v>120</v>
+      </c>
+      <c r="F82" s="161">
         <f>H48</f>
         <v>10000</v>
       </c>
-      <c r="G82" s="253"/>
-[...10 lines deleted...]
-      <c r="R82" s="249"/>
+      <c r="G82" s="212"/>
+      <c r="H82" s="144"/>
+      <c r="I82" s="144"/>
+      <c r="J82" s="208"/>
+      <c r="K82" s="208"/>
+      <c r="L82" s="208"/>
+      <c r="M82" s="208"/>
+      <c r="N82" s="208"/>
+      <c r="O82" s="208"/>
+      <c r="P82" s="208"/>
+      <c r="Q82" s="208"/>
+      <c r="R82" s="208"/>
       <c r="S82" s="6"/>
       <c r="T82" s="5"/>
       <c r="U82" s="6"/>
       <c r="V82" s="6"/>
       <c r="W82" s="6"/>
       <c r="X82" s="6"/>
       <c r="Y82" s="6"/>
       <c r="Z82" s="6"/>
       <c r="AA82" s="6"/>
       <c r="AB82" s="6"/>
       <c r="AC82" s="6"/>
       <c r="AD82" s="6"/>
       <c r="AE82" s="6"/>
       <c r="AF82" s="6"/>
       <c r="AG82" s="6"/>
     </row>
-    <row r="83" spans="1:33" s="9" customFormat="1" ht="16" x14ac:dyDescent="0.4">
+    <row r="83" spans="1:33" s="9" customFormat="1" ht="15.95">
       <c r="A83" s="6"/>
-      <c r="B83" s="291"/>
-[...5 lines deleted...]
-      <c r="F83" s="199">
+      <c r="B83" s="262"/>
+      <c r="C83" s="263"/>
+      <c r="D83" s="264"/>
+      <c r="E83" s="158" t="s">
+        <v>159</v>
+      </c>
+      <c r="F83" s="161">
         <f>F81+F82</f>
         <v>20000</v>
       </c>
-      <c r="G83" s="252" t="s">
-[...12 lines deleted...]
-      <c r="R83" s="249"/>
+      <c r="G83" s="211" t="s">
+        <v>156</v>
+      </c>
+      <c r="H83" s="144"/>
+      <c r="I83" s="144"/>
+      <c r="J83" s="208"/>
+      <c r="K83" s="208"/>
+      <c r="L83" s="208"/>
+      <c r="M83" s="208"/>
+      <c r="N83" s="208"/>
+      <c r="O83" s="208"/>
+      <c r="P83" s="208"/>
+      <c r="Q83" s="208"/>
+      <c r="R83" s="208"/>
       <c r="S83" s="6"/>
       <c r="T83" s="5"/>
       <c r="U83" s="6"/>
       <c r="V83" s="6"/>
       <c r="W83" s="6"/>
       <c r="X83" s="6"/>
       <c r="Y83" s="6"/>
       <c r="Z83" s="6"/>
       <c r="AA83" s="6"/>
       <c r="AB83" s="6"/>
       <c r="AC83" s="6"/>
       <c r="AD83" s="6"/>
       <c r="AE83" s="6"/>
       <c r="AF83" s="6"/>
       <c r="AG83" s="6"/>
     </row>
-    <row r="84" spans="1:33" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="84" spans="1:33" s="9" customFormat="1" ht="48" customHeight="1">
       <c r="A84" s="6"/>
-      <c r="B84" s="291" t="s">
-[...5 lines deleted...]
-      <c r="D84" s="293">
+      <c r="B84" s="262" t="s">
+        <v>160</v>
+      </c>
+      <c r="C84" s="263" t="s">
+        <v>161</v>
+      </c>
+      <c r="D84" s="264">
         <f>50%*H51</f>
         <v>799050</v>
       </c>
-      <c r="E84" s="168" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="199">
+      <c r="E84" s="158" t="s">
+        <v>123</v>
+      </c>
+      <c r="F84" s="161">
         <f>H49</f>
         <v>10000</v>
       </c>
-      <c r="G84" s="253"/>
-[...10 lines deleted...]
-      <c r="R84" s="249"/>
+      <c r="G84" s="212"/>
+      <c r="H84" s="144"/>
+      <c r="I84" s="144"/>
+      <c r="J84" s="208"/>
+      <c r="K84" s="208"/>
+      <c r="L84" s="208"/>
+      <c r="M84" s="208"/>
+      <c r="N84" s="208"/>
+      <c r="O84" s="208"/>
+      <c r="P84" s="208"/>
+      <c r="Q84" s="208"/>
+      <c r="R84" s="208"/>
       <c r="S84" s="6"/>
       <c r="T84" s="5"/>
       <c r="U84" s="6"/>
       <c r="V84" s="6"/>
       <c r="W84" s="6"/>
       <c r="X84" s="6"/>
       <c r="Y84" s="6"/>
       <c r="Z84" s="6"/>
       <c r="AA84" s="6"/>
       <c r="AB84" s="6"/>
       <c r="AC84" s="6"/>
       <c r="AD84" s="6"/>
       <c r="AE84" s="6"/>
       <c r="AF84" s="6"/>
       <c r="AG84" s="6"/>
     </row>
-    <row r="85" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="85" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A85" s="6"/>
-      <c r="B85" s="291"/>
-[...5 lines deleted...]
-      <c r="F85" s="199">
+      <c r="B85" s="262"/>
+      <c r="C85" s="263"/>
+      <c r="D85" s="264"/>
+      <c r="E85" s="158" t="s">
+        <v>81</v>
+      </c>
+      <c r="F85" s="161">
         <f>H30</f>
         <v>800000</v>
       </c>
-      <c r="G85" s="253"/>
-[...10 lines deleted...]
-      <c r="R85" s="249"/>
+      <c r="G85" s="212"/>
+      <c r="H85" s="144"/>
+      <c r="I85" s="144"/>
+      <c r="J85" s="208"/>
+      <c r="K85" s="208"/>
+      <c r="L85" s="208"/>
+      <c r="M85" s="208"/>
+      <c r="N85" s="208"/>
+      <c r="O85" s="208"/>
+      <c r="P85" s="208"/>
+      <c r="Q85" s="208"/>
+      <c r="R85" s="208"/>
       <c r="S85" s="6"/>
       <c r="T85" s="5"/>
       <c r="U85" s="6"/>
       <c r="V85" s="6"/>
       <c r="W85" s="6"/>
       <c r="X85" s="6"/>
       <c r="Y85" s="6"/>
       <c r="Z85" s="6"/>
       <c r="AA85" s="6"/>
       <c r="AB85" s="6"/>
       <c r="AC85" s="6"/>
       <c r="AD85" s="6"/>
       <c r="AE85" s="6"/>
       <c r="AF85" s="6"/>
       <c r="AG85" s="6"/>
     </row>
-    <row r="86" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="86" spans="1:33" s="9" customFormat="1" ht="15.75" customHeight="1">
       <c r="A86" s="6"/>
-      <c r="B86" s="291"/>
-[...5 lines deleted...]
-      <c r="F86" s="199">
+      <c r="B86" s="262"/>
+      <c r="C86" s="263"/>
+      <c r="D86" s="264"/>
+      <c r="E86" s="158" t="s">
+        <v>159</v>
+      </c>
+      <c r="F86" s="161">
         <f>F84+F85</f>
         <v>810000</v>
       </c>
-      <c r="G86" s="252" t="s">
-[...12 lines deleted...]
-      <c r="R86" s="249"/>
+      <c r="G86" s="211" t="s">
+        <v>156</v>
+      </c>
+      <c r="H86" s="144"/>
+      <c r="I86" s="144"/>
+      <c r="J86" s="208"/>
+      <c r="K86" s="208"/>
+      <c r="L86" s="208"/>
+      <c r="M86" s="208"/>
+      <c r="N86" s="208"/>
+      <c r="O86" s="208"/>
+      <c r="P86" s="208"/>
+      <c r="Q86" s="208"/>
+      <c r="R86" s="208"/>
       <c r="S86" s="6"/>
       <c r="T86" s="5"/>
       <c r="U86" s="6"/>
       <c r="V86" s="6"/>
       <c r="W86" s="6"/>
       <c r="X86" s="6"/>
       <c r="Y86" s="6"/>
       <c r="Z86" s="6"/>
       <c r="AA86" s="6"/>
       <c r="AB86" s="6"/>
       <c r="AC86" s="6"/>
       <c r="AD86" s="6"/>
       <c r="AE86" s="6"/>
       <c r="AF86" s="6"/>
       <c r="AG86" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="43">
-    <mergeCell ref="B81:B83"/>
-[...25 lines deleted...]
-    <mergeCell ref="H56:I57"/>
     <mergeCell ref="A51:G51"/>
     <mergeCell ref="A4:S4"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:K7"/>
     <mergeCell ref="L6:M7"/>
     <mergeCell ref="N6:O7"/>
     <mergeCell ref="P6:Q7"/>
     <mergeCell ref="R6:R7"/>
     <mergeCell ref="S6:S7"/>
+    <mergeCell ref="B55:D55"/>
+    <mergeCell ref="F55:I55"/>
+    <mergeCell ref="B56:B57"/>
+    <mergeCell ref="C56:C57"/>
+    <mergeCell ref="D56:D57"/>
+    <mergeCell ref="F56:G57"/>
+    <mergeCell ref="H56:I57"/>
+    <mergeCell ref="B78:C79"/>
+    <mergeCell ref="D78:D79"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="H59:I59"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="H60:I60"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="H61:I61"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="H62:I62"/>
+    <mergeCell ref="B65:C66"/>
+    <mergeCell ref="B81:B83"/>
+    <mergeCell ref="C81:C83"/>
+    <mergeCell ref="D81:D83"/>
+    <mergeCell ref="B84:B86"/>
+    <mergeCell ref="C84:C86"/>
+    <mergeCell ref="D84:D86"/>
   </mergeCells>
   <conditionalFormatting sqref="F80">
     <cfRule type="cellIs" dxfId="18" priority="3" operator="greaterThan">
       <formula>$D$80</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F83">
     <cfRule type="cellIs" dxfId="17" priority="2" operator="greaterThan">
       <formula>$D$81</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F86">
     <cfRule type="cellIs" dxfId="16" priority="1" operator="lessThan">
       <formula>$D$84</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F58:G58">
     <cfRule type="cellIs" dxfId="15" priority="12" operator="greaterThan">
       <formula>$C$58</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F59:G59">
     <cfRule type="cellIs" dxfId="14" priority="11" operator="greaterThan">
       <formula>$C$59</formula>
     </cfRule>
@@ -11476,1276 +11434,1105 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H60:I60">
     <cfRule type="cellIs" dxfId="9" priority="6" operator="lessThan">
       <formula>$C$60</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H61:I61">
     <cfRule type="cellIs" dxfId="8" priority="5" operator="lessThan">
       <formula>$C$61</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H62:I62">
     <cfRule type="cellIs" dxfId="7" priority="4" operator="lessThan">
       <formula>$C$62</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13E1AE7A-F2ED-4F34-AC72-096726913BB5}">
-  <dimension ref="A2:BG52"/>
+  <dimension ref="A2:AT52"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView tabSelected="1" topLeftCell="A24" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="D47" sqref="D47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="33.54296875" style="15" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="59" max="16384" width="8.7265625" style="15"/>
+    <col min="1" max="1" width="33.5703125" style="15" customWidth="1"/>
+    <col min="2" max="2" width="29.5703125" style="15" customWidth="1"/>
+    <col min="3" max="4" width="13.42578125" style="15" customWidth="1"/>
+    <col min="5" max="7" width="13.42578125" style="16" customWidth="1"/>
+    <col min="8" max="23" width="13.42578125" style="15" customWidth="1"/>
+    <col min="24" max="26" width="12.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="12.42578125" style="15" bestFit="1" customWidth="1"/>
+    <col min="28" max="43" width="12.28515625" style="15" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="12.85546875" style="15" customWidth="1"/>
+    <col min="45" max="45" width="12.5703125" style="15" customWidth="1"/>
+    <col min="46" max="16384" width="8.7109375" style="15"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="16" x14ac:dyDescent="0.4">
-[...4 lines deleted...]
-    <row r="4" spans="1:7" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+    <row r="2" spans="1:7" ht="15.95">
+      <c r="A2" s="59" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="23.45">
       <c r="A4" s="14" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A5" s="17" t="s">
-        <v>183</v>
-[...8 lines deleted...]
-    <row r="6" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+        <v>192</v>
+      </c>
+      <c r="B5" s="304"/>
+      <c r="C5" s="304"/>
+      <c r="D5" s="304"/>
+      <c r="E5" s="304"/>
+      <c r="F5" s="304"/>
+      <c r="G5" s="304"/>
+    </row>
+    <row r="6" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A6" s="17" t="s">
-        <v>184</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+        <v>193</v>
+      </c>
+      <c r="B6" s="304"/>
+      <c r="C6" s="304"/>
+      <c r="D6" s="304"/>
+      <c r="E6" s="304"/>
+      <c r="F6" s="304"/>
+      <c r="G6" s="304"/>
+    </row>
+    <row r="7" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A7" s="17" t="s">
-        <v>185</v>
-[...8 lines deleted...]
-    <row r="8" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+        <v>194</v>
+      </c>
+      <c r="B7" s="304"/>
+      <c r="C7" s="304"/>
+      <c r="D7" s="304"/>
+      <c r="E7" s="304"/>
+      <c r="F7" s="304"/>
+      <c r="G7" s="304"/>
+    </row>
+    <row r="8" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A8" s="17" t="s">
-        <v>186</v>
-[...8 lines deleted...]
-    <row r="9" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+        <v>195</v>
+      </c>
+      <c r="B8" s="304"/>
+      <c r="C8" s="304"/>
+      <c r="D8" s="304"/>
+      <c r="E8" s="304"/>
+      <c r="F8" s="304"/>
+      <c r="G8" s="304"/>
+    </row>
+    <row r="9" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A9" s="19"/>
       <c r="B9" s="19"/>
       <c r="C9" s="20"/>
       <c r="D9" s="20"/>
       <c r="E9" s="21"/>
       <c r="F9" s="21"/>
       <c r="G9" s="21"/>
     </row>
-    <row r="10" spans="1:7" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" s="18" customFormat="1" ht="43.5">
       <c r="A10" s="22" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-        <v>Privātais līdzfinansējums</v>
+        <v>196</v>
+      </c>
+      <c r="B10" s="215">
+        <f>'Budžets un fin.plāns'!C67</f>
+        <v>0</v>
       </c>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
       <c r="G10" s="21"/>
     </row>
-    <row r="11" spans="1:7" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" s="18" customFormat="1" ht="43.5">
       <c r="A11" s="22" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="B11" s="43">
-        <f>'Budžets un fin.plāns'!C57</f>
+        <f>'Budžets un fin.plāns'!C68</f>
         <v>0</v>
       </c>
       <c r="C11" s="20"/>
       <c r="D11" s="42"/>
       <c r="E11" s="21"/>
       <c r="F11" s="21"/>
       <c r="G11" s="21"/>
     </row>
-    <row r="12" spans="1:7" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" s="18" customFormat="1" ht="43.5">
       <c r="A12" s="22" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="B12" s="63"/>
+        <v>198</v>
+      </c>
+      <c r="B12" s="60"/>
       <c r="C12" s="20"/>
       <c r="D12" s="20"/>
       <c r="E12" s="21"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
     </row>
-    <row r="13" spans="1:7" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" s="18" customFormat="1" ht="29.25">
       <c r="A13" s="22" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="C13" s="20"/>
+        <v>199</v>
+      </c>
+      <c r="B13" s="306"/>
+      <c r="C13" s="260"/>
       <c r="D13" s="20"/>
       <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="21"/>
     </row>
-    <row r="14" spans="1:7" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" s="18" customFormat="1" ht="29.1">
       <c r="A14" s="22" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="B14" s="44">
         <f>B11-B13</f>
         <v>0</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="20"/>
       <c r="E14" s="21"/>
       <c r="F14" s="21"/>
       <c r="G14" s="21"/>
     </row>
-    <row r="15" spans="1:7" s="18" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" s="18" customFormat="1" ht="14.45">
       <c r="A15" s="21"/>
       <c r="B15" s="23"/>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="21"/>
       <c r="F15" s="21"/>
       <c r="G15" s="21"/>
     </row>
-    <row r="16" spans="1:7" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+    <row r="16" spans="1:7" ht="23.45">
       <c r="A16" s="14" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="23.45">
       <c r="A17" s="14"/>
     </row>
-    <row r="18" spans="1:8" s="25" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="E18" s="65"/>
+    <row r="18" spans="1:8" s="25" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A18" s="298" t="s">
+        <v>202</v>
+      </c>
+      <c r="B18" s="299"/>
+      <c r="C18" s="299"/>
+      <c r="D18" s="300"/>
+      <c r="E18" s="61"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-    <row r="20" spans="1:8" s="16" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:8" ht="14.45">
+      <c r="A19" s="301" t="s">
+        <v>203</v>
+      </c>
+      <c r="B19" s="302"/>
+      <c r="C19" s="302"/>
+      <c r="D19" s="302"/>
+      <c r="E19" s="303"/>
+    </row>
+    <row r="20" spans="1:8" s="16" customFormat="1" ht="57.95">
       <c r="A20" s="35" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="B20" s="36" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="C20" s="37" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="D20" s="38" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="E20" s="38" t="s">
-        <v>197</v>
-[...49 lines deleted...]
-      <c r="B27" s="302"/>
+        <v>206</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="14.45">
+      <c r="A21" s="62"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="63"/>
+      <c r="D21" s="64"/>
+      <c r="E21" s="64"/>
+    </row>
+    <row r="22" spans="1:8" ht="14.45">
+      <c r="A22" s="62"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="63"/>
+      <c r="D22" s="64"/>
+      <c r="E22" s="64"/>
+    </row>
+    <row r="23" spans="1:8" ht="14.45">
+      <c r="A23" s="62"/>
+      <c r="B23" s="65"/>
+      <c r="C23" s="63"/>
+      <c r="D23" s="64"/>
+      <c r="E23" s="64"/>
+      <c r="H23" s="56"/>
+    </row>
+    <row r="24" spans="1:8" ht="14.45">
+      <c r="A24" s="62"/>
+      <c r="B24" s="65"/>
+      <c r="C24" s="63"/>
+      <c r="D24" s="64"/>
+      <c r="E24" s="64"/>
+    </row>
+    <row r="25" spans="1:8" ht="14.45">
+      <c r="A25" s="62"/>
+      <c r="B25" s="65"/>
+      <c r="C25" s="63"/>
+      <c r="D25" s="64"/>
+      <c r="E25" s="64"/>
+    </row>
+    <row r="26" spans="1:8" ht="14.45">
+      <c r="A26" s="62"/>
+      <c r="B26" s="65"/>
+      <c r="C26" s="63"/>
+      <c r="D26" s="64"/>
+      <c r="E26" s="64"/>
+    </row>
+    <row r="27" spans="1:8" ht="14.45">
+      <c r="A27" s="296" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" s="297"/>
       <c r="C27" s="45">
         <f>SUM(C21:C26)</f>
         <v>0</v>
       </c>
       <c r="D27" s="46"/>
       <c r="E27" s="46"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="C28" s="60" t="b">
+    <row r="28" spans="1:8" ht="14.45">
+      <c r="A28" s="305" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" s="305"/>
+      <c r="C28" s="57" t="b">
         <f>(C27+E18)=300000</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:8" ht="14.45">
       <c r="A29" s="18"/>
       <c r="B29" s="16"/>
     </row>
-    <row r="31" spans="1:8" ht="23.5" x14ac:dyDescent="0.55000000000000004">
+    <row r="31" spans="1:8" ht="23.45">
       <c r="A31" s="14" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8" ht="72.5" x14ac:dyDescent="0.35">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="72.599999999999994">
       <c r="A32" s="33" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="B32" s="33" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="C32" s="34" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D32" s="34" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="E32" s="34" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="F32" s="34" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="G32" s="34" t="s">
-        <v>204</v>
-[...8 lines deleted...]
-      <c r="F33" s="74"/>
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33" spans="1:46" ht="14.45">
+      <c r="A33" s="66"/>
+      <c r="B33" s="67"/>
+      <c r="C33" s="64"/>
+      <c r="D33" s="68"/>
+      <c r="E33" s="69"/>
+      <c r="F33" s="70"/>
       <c r="G33" s="48">
         <f>E33-F33</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:59" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F34" s="74"/>
+    <row r="34" spans="1:46" ht="14.45">
+      <c r="A34" s="66"/>
+      <c r="B34" s="67"/>
+      <c r="C34" s="68"/>
+      <c r="D34" s="68"/>
+      <c r="E34" s="69"/>
+      <c r="F34" s="70"/>
       <c r="G34" s="48">
         <f t="shared" ref="G34:G37" si="0">E34-F34</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:59" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F35" s="74"/>
+    <row r="35" spans="1:46" ht="14.45">
+      <c r="A35" s="66"/>
+      <c r="B35" s="67"/>
+      <c r="C35" s="68"/>
+      <c r="D35" s="68"/>
+      <c r="E35" s="69"/>
+      <c r="F35" s="70"/>
       <c r="G35" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:59" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F36" s="74"/>
+    <row r="36" spans="1:46" ht="14.45">
+      <c r="A36" s="66"/>
+      <c r="B36" s="67"/>
+      <c r="C36" s="68"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="69"/>
+      <c r="F36" s="70"/>
       <c r="G36" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:59" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="F37" s="74"/>
+    <row r="37" spans="1:46" ht="14.45">
+      <c r="A37" s="66"/>
+      <c r="B37" s="67"/>
+      <c r="C37" s="68"/>
+      <c r="D37" s="68"/>
+      <c r="E37" s="69"/>
+      <c r="F37" s="70"/>
       <c r="G37" s="48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:59" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="D38" s="300"/>
+    <row r="38" spans="1:46" ht="14.45">
+      <c r="A38" s="293" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" s="294"/>
+      <c r="C38" s="294"/>
+      <c r="D38" s="295"/>
       <c r="E38" s="47">
         <f>SUM(E33:E37)</f>
         <v>0</v>
       </c>
       <c r="F38" s="47">
-        <f t="shared" ref="F38:G38" si="1">SUM(F33:F37)</f>
+        <f>SUM(F33:F37)</f>
         <v>0</v>
       </c>
       <c r="G38" s="47">
+        <f>SUM(G33:G37)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:46" ht="23.45">
+      <c r="A40" s="14" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="41" spans="1:46" s="25" customFormat="1" ht="14.45">
+      <c r="A41" s="54"/>
+      <c r="B41" s="255" t="s">
+        <v>215</v>
+      </c>
+      <c r="C41" s="55" t="s">
+        <v>216</v>
+      </c>
+      <c r="D41" s="55" t="s">
+        <v>217</v>
+      </c>
+      <c r="E41" s="55" t="s">
+        <v>218</v>
+      </c>
+      <c r="F41" s="216" t="s">
+        <v>219</v>
+      </c>
+      <c r="G41" s="55" t="s">
+        <v>220</v>
+      </c>
+      <c r="H41" s="55" t="s">
+        <v>221</v>
+      </c>
+      <c r="I41" s="55" t="s">
+        <v>222</v>
+      </c>
+      <c r="J41" s="55" t="s">
+        <v>223</v>
+      </c>
+      <c r="K41" s="55" t="s">
+        <v>224</v>
+      </c>
+      <c r="L41" s="55" t="s">
+        <v>225</v>
+      </c>
+      <c r="M41" s="55" t="s">
+        <v>226</v>
+      </c>
+      <c r="N41" s="55" t="s">
+        <v>227</v>
+      </c>
+      <c r="O41" s="55" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" s="55" t="s">
+        <v>229</v>
+      </c>
+      <c r="Q41" s="55" t="s">
+        <v>230</v>
+      </c>
+      <c r="R41" s="216" t="s">
+        <v>231</v>
+      </c>
+      <c r="S41" s="55" t="s">
+        <v>232</v>
+      </c>
+      <c r="T41" s="55" t="s">
+        <v>233</v>
+      </c>
+      <c r="U41" s="55" t="s">
+        <v>234</v>
+      </c>
+      <c r="V41" s="55" t="s">
+        <v>235</v>
+      </c>
+      <c r="W41" s="55" t="s">
+        <v>236</v>
+      </c>
+      <c r="X41" s="55" t="s">
+        <v>237</v>
+      </c>
+      <c r="Y41" s="55" t="s">
+        <v>238</v>
+      </c>
+      <c r="Z41" s="55" t="s">
+        <v>239</v>
+      </c>
+      <c r="AA41" s="55" t="s">
+        <v>240</v>
+      </c>
+      <c r="AB41" s="55" t="s">
+        <v>241</v>
+      </c>
+      <c r="AC41" s="55" t="s">
+        <v>242</v>
+      </c>
+      <c r="AD41" s="216" t="s">
+        <v>243</v>
+      </c>
+      <c r="AE41" s="55" t="s">
+        <v>244</v>
+      </c>
+      <c r="AF41" s="55" t="s">
+        <v>245</v>
+      </c>
+      <c r="AG41" s="55" t="s">
+        <v>246</v>
+      </c>
+      <c r="AH41" s="55" t="s">
+        <v>247</v>
+      </c>
+      <c r="AI41" s="55" t="s">
+        <v>248</v>
+      </c>
+      <c r="AJ41" s="55" t="s">
+        <v>249</v>
+      </c>
+      <c r="AK41" s="55" t="s">
+        <v>250</v>
+      </c>
+      <c r="AL41" s="55" t="s">
+        <v>251</v>
+      </c>
+      <c r="AM41" s="55" t="s">
+        <v>252</v>
+      </c>
+      <c r="AN41" s="55" t="s">
+        <v>253</v>
+      </c>
+      <c r="AO41" s="55" t="s">
+        <v>254</v>
+      </c>
+      <c r="AP41" s="257" t="s">
+        <v>255</v>
+      </c>
+      <c r="AQ41" s="256" t="s">
+        <v>256</v>
+      </c>
+      <c r="AR41" s="258" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:46" s="31" customFormat="1" ht="29.1">
+      <c r="A42" s="26" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" s="53">
+        <f>E18</f>
+        <v>0</v>
+      </c>
+      <c r="C42" s="71"/>
+      <c r="D42" s="71"/>
+      <c r="E42" s="70"/>
+      <c r="F42" s="70"/>
+      <c r="G42" s="70"/>
+      <c r="H42" s="71"/>
+      <c r="I42" s="71"/>
+      <c r="J42" s="71"/>
+      <c r="K42" s="71"/>
+      <c r="L42" s="71"/>
+      <c r="M42" s="71"/>
+      <c r="N42" s="71"/>
+      <c r="O42" s="71"/>
+      <c r="P42" s="71"/>
+      <c r="Q42" s="71"/>
+      <c r="R42" s="71"/>
+      <c r="S42" s="71"/>
+      <c r="T42" s="71"/>
+      <c r="U42" s="71"/>
+      <c r="V42" s="71"/>
+      <c r="W42" s="71"/>
+      <c r="X42" s="71"/>
+      <c r="Y42" s="71"/>
+      <c r="Z42" s="71"/>
+      <c r="AA42" s="63"/>
+      <c r="AB42" s="72"/>
+      <c r="AC42" s="71"/>
+      <c r="AD42" s="71"/>
+      <c r="AE42" s="71"/>
+      <c r="AF42" s="71"/>
+      <c r="AG42" s="63"/>
+      <c r="AH42" s="71"/>
+      <c r="AI42" s="72"/>
+      <c r="AJ42" s="71"/>
+      <c r="AK42" s="71"/>
+      <c r="AL42" s="71"/>
+      <c r="AM42" s="71"/>
+      <c r="AN42" s="71"/>
+      <c r="AO42" s="71"/>
+      <c r="AP42" s="71"/>
+      <c r="AQ42" s="259"/>
+      <c r="AR42" s="49"/>
+    </row>
+    <row r="43" spans="1:46" s="31" customFormat="1" ht="14.45">
+      <c r="A43" s="52" t="s">
+        <v>258</v>
+      </c>
+      <c r="B43" s="53">
+        <f>B42</f>
+        <v>0</v>
+      </c>
+      <c r="C43" s="53">
+        <f>B43-B44-B45+C42</f>
+        <v>0</v>
+      </c>
+      <c r="D43" s="53">
+        <f t="shared" ref="D43:AP43" si="1">C43-C44-C45+D42</f>
+        <v>0</v>
+      </c>
+      <c r="E43" s="53">
+        <f>D43-D44-D45+E42</f>
+        <v>0</v>
+      </c>
+      <c r="F43" s="53">
+        <f>E43-E44-E45+F42</f>
+        <v>0</v>
+      </c>
+      <c r="G43" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-    </row>
-[...166 lines deleted...]
-      <c r="BC41" s="57" t="s">
+      <c r="H43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="I43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="J43" s="53">
+        <f>I43-I44-I45+J42</f>
+        <v>0</v>
+      </c>
+      <c r="K43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="M43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="N43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="O43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="P43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="Q43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="R43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="S43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="T43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="U43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="V43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="W43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="X43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="Y43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="Z43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AB43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AC43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AD43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AE43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AF43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AG43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AH43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AI43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AJ43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AL43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AM43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AN43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AP43" s="53">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AQ43" s="53">
+        <f>AP43-AP44-AP45+AQ42</f>
+        <v>0</v>
+      </c>
+      <c r="AR43" s="49"/>
+    </row>
+    <row r="44" spans="1:46" s="31" customFormat="1" ht="21.6" customHeight="1">
+      <c r="A44" s="30" t="s">
         <v>259</v>
       </c>
-      <c r="BD41" s="58" t="s">
+      <c r="B44" s="71"/>
+      <c r="C44" s="71"/>
+      <c r="D44" s="71"/>
+      <c r="E44" s="70"/>
+      <c r="F44" s="70"/>
+      <c r="G44" s="70"/>
+      <c r="H44" s="71"/>
+      <c r="I44" s="71"/>
+      <c r="J44" s="71"/>
+      <c r="K44" s="71"/>
+      <c r="L44" s="71"/>
+      <c r="M44" s="71"/>
+      <c r="N44" s="71"/>
+      <c r="O44" s="71"/>
+      <c r="P44" s="71"/>
+      <c r="Q44" s="71"/>
+      <c r="R44" s="71"/>
+      <c r="S44" s="71"/>
+      <c r="T44" s="71"/>
+      <c r="U44" s="71"/>
+      <c r="V44" s="71"/>
+      <c r="W44" s="71"/>
+      <c r="X44" s="71"/>
+      <c r="Y44" s="71"/>
+      <c r="Z44" s="71"/>
+      <c r="AA44" s="71"/>
+      <c r="AB44" s="71"/>
+      <c r="AC44" s="71"/>
+      <c r="AD44" s="71"/>
+      <c r="AE44" s="71"/>
+      <c r="AF44" s="71"/>
+      <c r="AG44" s="71"/>
+      <c r="AH44" s="71"/>
+      <c r="AI44" s="71"/>
+      <c r="AJ44" s="71"/>
+      <c r="AK44" s="71"/>
+      <c r="AL44" s="71"/>
+      <c r="AM44" s="71"/>
+      <c r="AN44" s="71"/>
+      <c r="AO44" s="71"/>
+      <c r="AP44" s="71"/>
+      <c r="AQ44" s="71"/>
+      <c r="AR44" s="50">
+        <f>SUM(B44:AQ44)</f>
+        <v>0</v>
+      </c>
+      <c r="AT44" s="58"/>
+    </row>
+    <row r="45" spans="1:46" s="32" customFormat="1" ht="14.45">
+      <c r="A45" s="30" t="s">
         <v>260</v>
-      </c>
-[...361 lines deleted...]
-        <v>264</v>
       </c>
       <c r="B45" s="29">
         <f>B13</f>
         <v>0</v>
       </c>
-      <c r="C45" s="75"/>
-[...58 lines deleted...]
-    <row r="47" spans="1:59" s="16" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="C45" s="71"/>
+      <c r="D45" s="73"/>
+      <c r="E45" s="74"/>
+      <c r="F45" s="74"/>
+      <c r="G45" s="74"/>
+      <c r="H45" s="73"/>
+      <c r="I45" s="73"/>
+      <c r="J45" s="73"/>
+      <c r="K45" s="73"/>
+      <c r="L45" s="73"/>
+      <c r="M45" s="73"/>
+      <c r="N45" s="73"/>
+      <c r="O45" s="73"/>
+      <c r="P45" s="73"/>
+      <c r="Q45" s="73"/>
+      <c r="R45" s="73"/>
+      <c r="S45" s="73"/>
+      <c r="T45" s="75"/>
+      <c r="U45" s="73"/>
+      <c r="V45" s="73"/>
+      <c r="W45" s="73"/>
+      <c r="X45" s="75"/>
+      <c r="Y45" s="73"/>
+      <c r="Z45" s="73"/>
+      <c r="AA45" s="75"/>
+      <c r="AB45" s="73"/>
+      <c r="AC45" s="73"/>
+      <c r="AD45" s="73"/>
+      <c r="AE45" s="73"/>
+      <c r="AF45" s="73"/>
+      <c r="AG45" s="73"/>
+      <c r="AH45" s="73"/>
+      <c r="AI45" s="73"/>
+      <c r="AJ45" s="73"/>
+      <c r="AK45" s="73"/>
+      <c r="AL45" s="75"/>
+      <c r="AM45" s="73"/>
+      <c r="AN45" s="73"/>
+      <c r="AO45" s="73"/>
+      <c r="AP45" s="73"/>
+      <c r="AQ45" s="73"/>
+      <c r="AR45" s="51">
+        <f>SUM(B45:AQ45)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:46" s="16" customFormat="1" ht="14.45">
       <c r="A47" s="15"/>
       <c r="B47" s="27"/>
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" s="15"/>
       <c r="S47" s="15"/>
       <c r="T47" s="15"/>
       <c r="U47" s="15"/>
       <c r="V47" s="15"/>
       <c r="W47" s="15"/>
       <c r="X47" s="15"/>
       <c r="Y47" s="15"/>
       <c r="Z47" s="15"/>
       <c r="AA47" s="15"/>
       <c r="AB47" s="15"/>
       <c r="AC47" s="15"/>
       <c r="AD47" s="15"/>
       <c r="AE47" s="15"/>
       <c r="AF47" s="15"/>
       <c r="AG47" s="15"/>
       <c r="AH47" s="15"/>
       <c r="AI47" s="15"/>
       <c r="AJ47" s="15"/>
       <c r="AK47" s="15"/>
       <c r="AL47" s="15"/>
       <c r="AM47" s="15"/>
       <c r="AN47" s="15"/>
       <c r="AO47" s="15"/>
       <c r="AP47" s="15"/>
       <c r="AQ47" s="15"/>
-      <c r="AR47" s="15"/>
-[...13 lines deleted...]
-    <row r="48" spans="1:59" s="16" customFormat="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="48" spans="1:46" s="16" customFormat="1" ht="14.45">
       <c r="A48" s="15"/>
       <c r="B48" s="28"/>
       <c r="C48" s="15"/>
       <c r="D48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15"/>
       <c r="L48" s="15"/>
       <c r="M48" s="15"/>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" s="15"/>
       <c r="S48" s="15"/>
       <c r="T48" s="15"/>
       <c r="U48" s="15"/>
       <c r="V48" s="15"/>
       <c r="W48" s="15"/>
       <c r="X48" s="15"/>
       <c r="Y48" s="15"/>
       <c r="Z48" s="15"/>
       <c r="AA48" s="15"/>
       <c r="AB48" s="15"/>
       <c r="AC48" s="15"/>
       <c r="AD48" s="15"/>
       <c r="AE48" s="15"/>
       <c r="AF48" s="15"/>
       <c r="AG48" s="15"/>
       <c r="AH48" s="15"/>
       <c r="AI48" s="15"/>
       <c r="AJ48" s="15"/>
       <c r="AK48" s="15"/>
       <c r="AL48" s="15"/>
       <c r="AM48" s="15"/>
       <c r="AN48" s="15"/>
       <c r="AO48" s="15"/>
       <c r="AP48" s="15"/>
       <c r="AQ48" s="15"/>
-      <c r="AR48" s="15"/>
-[...13 lines deleted...]
-    <row r="52" spans="1:56" s="16" customFormat="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="51" spans="1:43" ht="15" customHeight="1">
+      <c r="B51" s="261" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="52" spans="1:43" s="16" customFormat="1" ht="14.45">
       <c r="A52" s="15"/>
-      <c r="B52" s="15"/>
+      <c r="B52" s="15" t="s">
+        <v>262</v>
+      </c>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15"/>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
       <c r="T52" s="15"/>
       <c r="U52" s="15"/>
       <c r="V52" s="15"/>
       <c r="W52" s="15"/>
       <c r="X52" s="15"/>
       <c r="Y52" s="15"/>
       <c r="Z52" s="15"/>
       <c r="AA52" s="15"/>
       <c r="AB52" s="15"/>
       <c r="AC52" s="15"/>
       <c r="AD52" s="15"/>
       <c r="AE52" s="15"/>
       <c r="AF52" s="15"/>
       <c r="AG52" s="15"/>
       <c r="AH52" s="15"/>
       <c r="AI52" s="15"/>
       <c r="AJ52" s="15"/>
       <c r="AK52" s="15"/>
       <c r="AL52" s="15"/>
       <c r="AM52" s="15"/>
       <c r="AN52" s="15"/>
       <c r="AO52" s="15"/>
       <c r="AP52" s="15"/>
       <c r="AQ52" s="15"/>
-      <c r="AR52" s="15"/>
-[...11 lines deleted...]
-      <c r="BD52" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="A28:B28"/>
   </mergeCells>
-  <conditionalFormatting sqref="B43:BE43">
+  <conditionalFormatting sqref="B43:AR43">
     <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E18">
     <cfRule type="cellIs" dxfId="5" priority="7" operator="equal">
       <formula>300000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="8" operator="equal">
       <formula>300000</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BE44">
+  <conditionalFormatting sqref="AR44">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="notEqual">
       <formula>$G$38</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="5" operator="equal">
       <formula>$G$38</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="BE45">
+  <conditionalFormatting sqref="AR45">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="notEqual">
       <formula>$B$11</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="3" operator="equal">
       <formula>$B$11</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A20" r:id="rId1" display="javascript:;" xr:uid="{582A2962-9F7C-4DDC-B7E4-EE5EF7D4EF78}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -12940,122 +12727,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B52F5D-9AFA-4677-8833-6089BD9858AA}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B52F5D-9AFA-4677-8833-6089BD9858AA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{958CC6F7-FA78-4BA9-902F-EA1BCB2BE249}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C9B3C49-0DFB-44D4-9C6F-EC69C116592D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFBF7406-B805-42BD-B8A7-E2C76B9C0948}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{958CC6F7-FA78-4BA9-902F-EA1BCB2BE249}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...18 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sintija Laugale-Volbaka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>