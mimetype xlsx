--- v0 (2025-11-01)
+++ v1 (2026-02-21)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29711"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/VAN/Shared Documents/VAN/GNU_MVK_VVU/MVK_deklarācijas_grozijumi/korigeta_MVK_deklaracijas_forma_publiceta_092025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv-my.sharepoint.com/personal/baiba_kellere_cfla_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3148" documentId="11_FFA9DA1C2071C268116089C53B78E1635C4FA2EB" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F34567D5-4F6D-4952-B442-9F7909DF8D93}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CCCA863A-A634-473B-800D-48E8406D71C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-38520" yWindow="990" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MVK_deklarācija " sheetId="6" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -508,53 +508,63 @@
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Dati tiek sareizināti  proporcionāli līdzdalībai
 </t>
         </r>
       </text>
     </comment>
     <comment ref="M71" authorId="0" shapeId="0" xr:uid="{F3B13C48-FCC0-4558-B728-EB04AF7789C8}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Apotos"/>
             <charset val="186"/>
           </rPr>
           <t>Nosaka pēc 1.tabulas Mikrouzņēmums, mazais vai vidējais uzņēmums</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="69">
-[...1 lines deleted...]
-    <t>Deklarācija par komercsabiedrības atbilstību mazajai (sīkajai) vai vidējai komercsabiedrībai</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="73">
+  <si>
+    <t>Deklarācija par komercsabiedrības kategoriju</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vēršam uzmanību, ka tabulā, ja vēlaties papildināt rindas, lai ievadītu papildus saistītos vai partneruzņēmumus, ir paslēptas rindas (iezīmē rindu zem kuras vēlas papildināt ar rindu un nospiež unhide).
+Dati rindās (iekrāsoti zaļā krāsā) automātiski sasummējas.
+Piezīmes, ar paskaidrojumiem ir ietvertas virsrakstu kollonu labajā augšējā stūrī.
+Informācijas kopsavilkums - par mazā, vidējā komersanta statusa noteikšana (MVU) un par autonomu, saistītu, partneruzņēmumu, ir atrodams zem tabulas, bet plašāka informācija un skaidrojumi Centrālās finanšu līguma aģentūras mājas lapā:
+</t>
+  </si>
+  <si>
+    <t>https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu</t>
   </si>
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Projekta iesniedzēja nosaukums</t>
   </si>
   <si>
     <t>Reģistrācijas numurs</t>
   </si>
   <si>
     <t>Reģistrācijas datums</t>
   </si>
   <si>
     <t>Gads (par pēdējiem  gadiem)</t>
   </si>
   <si>
     <t>Darbinieku skaits</t>
   </si>
   <si>
     <t>Neto apgrozījums</t>
   </si>
   <si>
     <t>Gada kopsavilkuma bilance</t>
   </si>
@@ -582,50 +592,53 @@
   <si>
     <t>SIA "3"</t>
   </si>
   <si>
     <t>SIA "4"</t>
   </si>
   <si>
     <t>SIA "5"</t>
   </si>
   <si>
     <t>SIA "6"</t>
   </si>
   <si>
     <t>SIA "7"</t>
   </si>
   <si>
     <t>SIA "8"</t>
   </si>
   <si>
     <t>SIA "9"</t>
   </si>
   <si>
     <t>SIA "10"</t>
   </si>
   <si>
+    <t>Partneruzņēmumi (kapitāldaļu attiecība veidojas robežās no 25%, bet nesasniedz 50%)</t>
+  </si>
+  <si>
     <t>Darbinieku skaits, ietv. % daļu</t>
   </si>
   <si>
     <t>Neto apgrozījums, ietv. % daļu</t>
   </si>
   <si>
     <t>Gada kopsavilkuma bilance, ietv.% daļu</t>
   </si>
   <si>
     <t>SIA "11"</t>
   </si>
   <si>
     <t>SIA "12"</t>
   </si>
   <si>
     <t>SIA "13"</t>
   </si>
   <si>
     <t>SIA "14"</t>
   </si>
   <si>
     <t>SIA "15"</t>
   </si>
   <si>
     <t>SIA "16"</t>
@@ -636,69 +649,81 @@
   <si>
     <t>SIA "18"</t>
   </si>
   <si>
     <t>SIA "19"</t>
   </si>
   <si>
     <t>SIA "20"</t>
   </si>
   <si>
     <t>Uzņēmumu  darbinieku skaits</t>
   </si>
   <si>
     <t>Uzņēmumu neto  apgrozījums</t>
   </si>
   <si>
     <t>Uzņēmumu gada kopsavilkuma bilance</t>
   </si>
   <si>
     <t>Uzņēmuma lielums (mikro, mazs, vidējs vai liels)</t>
   </si>
   <si>
     <t>Kopā</t>
   </si>
   <si>
-    <t>https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu</t>
-[...2 lines deleted...]
-    <t>Mazā, vidējā komersanta statusa noteikšana (MVU)</t>
+    <t>vidējs</t>
+  </si>
+  <si>
+    <t>Mazā, vidējā komersanta statusa noteikšana (MVK)</t>
   </si>
   <si>
     <t>Mikrouzņēmums, mazais vai vidējais uzņēmums ir komersanti, kas atbilst Eiropas Komisijas (EK) regulas Nr.651/2014 1. pielikumā noteiktajai definīcijai. 
 Definīcijā uzmanība tiek pievērsta ne tikai darbinieku skaita un finanšu robežvērtībām, pēc kurām nosaka uzņēmumu kategoriju, bet arī tam, vai uzņēmums, kas pretendē uz MVK statusu, ir saistīts ar citiem uzņēmumiem, t.i., gan tam, kam pieder kapitāla daļas vai balsstiesības uzņēmumā, gan arī tam, vai šim uzņēmumam un tā īpašniekiem pieder kapitāla daļas vai balsstiesības citos uzņēmumos.
 Pamatojoties uz uzņēmumu savstarpējo saistību, uzņēmumi tiek iedalīti 3 grupās: autonomie uzņēmumi, partneruzņēmumi un saistītie uzņēmumi. Definīcijā tiek ņemts vērā uzņēmuma iespējas nodrošināt sevi ar finanšu līdzekļiem, piemēram, uzņēmums, kurš saistīts ar citiem uzņēmumiem ar lielākiem finanšu līdzekļiem, var pārsniegt MVK kritērijus un neklasificeties kā MVK.
 Komersants tiek vērtēts atbilstoši statusam, kāds tas ir uz izvērtēšanas brīdi.</t>
   </si>
   <si>
+    <t>1.tabula Mikrouzņēmums, mazais vai vidējais uzņēmums*</t>
+  </si>
+  <si>
+    <t>MVK deklarāciju aizpilda arī lielie uzņēmumi!!!</t>
+  </si>
+  <si>
     <t>Mikrouzņēmums</t>
   </si>
   <si>
     <t>Mazais uzņēmums</t>
   </si>
   <si>
     <t>Vidējais uzņēmums</t>
+  </si>
+  <si>
+    <t>Liels uzņēmums</t>
+  </si>
+  <si>
+    <t>*Uzņēmums EK izpratnē ir visa kopīgā uzņēmumu grupa, kurā ietilpst gan partnerkomersanti, gan saistītie uzņēmumi, ja tādi pastāv.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">uzņēmumā ir mazāk nekā 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>10 darbinieku</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
@@ -730,50 +755,54 @@
   </si>
   <si>
     <r>
       <t xml:space="preserve">uzņēmumā ir mazāk nekā 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>250 darbinieku</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">uzņēmumā ir 
+250 un vairāk darbinieku </t>
   </si>
   <si>
     <t>! Piemēram, ja līgums par projekta īstenošanu ir noslēgts ar vidējo uzņēmumu, bet pēc projekta pabeigšanas uzņēmums būtu kvalificējams kā lielais, uzraudzības periods tāpat tiek noteikts kā vidējā lieluma uzņēmumam.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">uzņēmuma gada apgrozījums vai gada bilances kopsumma nepārsniedz </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>2 miljonus EUR</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
@@ -826,198 +855,222 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> vai gada bilances kopsumma nepārsniedz </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>43 miljonus EUR</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">uzņēmuma gada apgrozījums ir </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>50 miljoni EUR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> un vairāk vai gada bilances kopsumma ir </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>43 miljoni EUR un vairāk</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
     <t>! Piemēram, ja atbalsts tiek piešķirts gala labuma guvējam, kurš ir mazais uzņēmums, tad konkrētais atbalsts tiek maksāts kā mazajam uzņēmumam, neatkarīgi no tā, vai mainās uzņēmuma statuss projekta īstenošanas periodā. Ja tiek piešķirts jauns atbalsts tam pašam uzņēmumam, tiek atkārtoti izvērtēts uzņēmuma statuss.</t>
   </si>
   <si>
     <t>! Jaunizveidotām komercsabiedrībām, kurām vēl nav apstiprinātu pārskatu, iesniedzamos datus aprēķina pēc ticamiem rādītājiem, pamatojoties uz aktuālā finanšu gada datiem.</t>
   </si>
   <si>
     <t>Autonoms uzņēmums</t>
   </si>
   <si>
     <t>Partneruzņēmums</t>
   </si>
   <si>
     <t xml:space="preserve">Saistīts uzņēmums </t>
   </si>
   <si>
     <r>
       <t>ja uzņēmums ir vai nu pilnīgi neatkarīgs, vai arī tam ir viena vai vairākas mazākuma partnerības (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>katra mazāka nekā 25 %</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">) ar citiem uzņēmumiem
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>(sk. Informatīvā materiālu par MVK, VVU un GNU statusa noteikšanu: sadaļu “6. Autonoms uzņēmums”, 10. lpp.).</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Centrālās finanšu līguma aģentūras izveidots informatīvs materiāls par MVK, VVU un GNU statusa noteikšanu:
+    <r>
+      <t xml:space="preserve"> ja līdzdalība citos uzņēmumos </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>ir vismaz 25 %, taču nesasniedz 50 %</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">, uzskatāms, ka tās ir attiecības starp partneruzņēmumiem 
 </t>
-  </si>
-[...8 lines deleted...]
-    <t>vidējs</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Aptos"/>
+        <family val="2"/>
+      </rPr>
+      <t>(sk. Informatīvā materiālu par MVK, VVU un GNU statusa noteikšanu: sadaļu “7. Partneruzņēmums”, 11. lpp.).</t>
+    </r>
   </si>
   <si>
     <r>
       <t>ja līdzdalība citos uzņēmumos ir</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 50 % vai vairāk</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, tas uzskatāms par saistītu uzņēmumu 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>(sk. Informatīvā materiālu par MVK, VVU un GNU statusa noteikšanu: sadaļu “8. Saistītais uzņēmums”, 13. lpp.).</t>
     </r>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-      <t xml:space="preserve">, uzskatāms, ka tās ir attiecības starp partneruzņēmumiem 
+    <t xml:space="preserve">Centrālās finanšu līguma aģentūras izveidots informatīvs materiāls par MVK, VVU un GNU statusa noteikšanu:
 </t>
-    </r>
-[...17 lines deleted...]
-    <t>Partneruzņēmumi (kapitāldaļu attiecība veidojas robežās no 25%, bet nesasniedz 50%)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0."/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="25">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1119,50 +1172,63 @@
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="81"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="81"/>
       <name val="Apotos"/>
       <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1305,301 +1371,334 @@
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="99">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="22" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1850,2571 +1949,2599 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/mvk-gnu-un-vvu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59461CD0-8787-407A-8008-C4A552F49993}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
-  <dimension ref="B2:N93"/>
+  <dimension ref="B2:N94"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="87" zoomScaleNormal="87" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <pane xSplit="2" ySplit="9" topLeftCell="C10" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="9" topLeftCell="C73" activePane="bottomRight" state="frozen"/>
+      <selection pane="bottomRight" activeCell="J83" sqref="J83:M83"/>
+      <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
-      <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
-      <selection pane="bottomRight" activeCell="C41" sqref="C41:C43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15" customHeight="1" outlineLevelCol="1"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" customHeight="1" outlineLevelCol="1"/>
   <cols>
-    <col min="1" max="1" width="1.81640625" style="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="1.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="48.140625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="23.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="21.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="19.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="17.85546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="24.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="21.7109375" style="1" customWidth="1"/>
+    <col min="10" max="12" width="21.7109375" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="13" max="13" width="66.85546875" style="1" customWidth="1"/>
+    <col min="14" max="14" width="137.5703125" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" ht="30.65" customHeight="1">
-      <c r="B2" s="67" t="s">
+    <row r="2" spans="2:14" ht="30.6" customHeight="1">
+      <c r="B2" s="82" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="67"/>
-[...10 lines deleted...]
-      <c r="N2" s="19"/>
+      <c r="C2" s="82"/>
+      <c r="D2" s="82"/>
+      <c r="E2" s="82"/>
+      <c r="F2" s="82"/>
+      <c r="G2" s="82"/>
+      <c r="H2" s="82"/>
+      <c r="I2" s="82"/>
+      <c r="J2" s="82"/>
+      <c r="K2" s="82"/>
+      <c r="L2" s="82"/>
+      <c r="M2" s="82"/>
+      <c r="N2" s="17"/>
     </row>
     <row r="3" spans="2:14" ht="69.75" customHeight="1">
-      <c r="B3" s="23"/>
-[...18 lines deleted...]
-        <v>42</v>
+      <c r="B3" s="21"/>
+      <c r="C3" s="97" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="98"/>
+      <c r="E3" s="98"/>
+      <c r="F3" s="98"/>
+      <c r="G3" s="98"/>
+      <c r="H3" s="98"/>
+      <c r="I3" s="98"/>
+      <c r="J3" s="98"/>
+      <c r="K3" s="98"/>
+      <c r="L3" s="98"/>
+      <c r="M3" s="98"/>
+      <c r="N3" s="17"/>
+    </row>
+    <row r="4" spans="2:14" ht="24.6" customHeight="1" thickBot="1">
+      <c r="B4" s="37"/>
+      <c r="C4" s="38" t="s">
+        <v>2</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
     </row>
-    <row r="5" spans="2:14" ht="29.5" thickBot="1">
-[...4 lines deleted...]
-        <v>2</v>
+    <row r="5" spans="2:14" ht="29.45" thickBot="1">
+      <c r="B5" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="39" t="s">
+        <v>4</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H5" s="6" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="2:14" ht="31.5" customHeight="1">
-      <c r="B6" s="79">
+      <c r="B6" s="93">
         <v>1</v>
       </c>
-      <c r="C6" s="70" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="73">
+      <c r="C6" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E6" s="76" t="s">
-        <v>11</v>
+      <c r="E6" s="90" t="s">
+        <v>13</v>
       </c>
       <c r="F6" s="4">
         <v>2024</v>
       </c>
       <c r="G6" s="5">
         <v>10</v>
       </c>
       <c r="H6" s="5">
         <v>50000</v>
       </c>
       <c r="I6" s="5">
         <v>100000</v>
       </c>
       <c r="J6" s="5"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
     </row>
     <row r="7" spans="2:14" ht="31.5" customHeight="1">
-      <c r="B7" s="79"/>
-[...2 lines deleted...]
-      <c r="E7" s="77"/>
+      <c r="B7" s="93"/>
+      <c r="C7" s="85"/>
+      <c r="D7" s="88"/>
+      <c r="E7" s="91"/>
       <c r="F7" s="4">
         <v>2023</v>
       </c>
       <c r="G7" s="5">
         <v>8</v>
       </c>
       <c r="H7" s="5">
         <v>50000</v>
       </c>
       <c r="I7" s="5">
         <v>100000</v>
       </c>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
       <c r="M7" s="5"/>
     </row>
     <row r="8" spans="2:14" ht="33" customHeight="1">
-      <c r="B8" s="80"/>
-[...2 lines deleted...]
-      <c r="E8" s="78"/>
+      <c r="B8" s="94"/>
+      <c r="C8" s="86"/>
+      <c r="D8" s="89"/>
+      <c r="E8" s="92"/>
       <c r="F8" s="4">
         <v>2022</v>
       </c>
       <c r="G8" s="5">
         <v>8</v>
       </c>
       <c r="H8" s="5">
         <v>50000</v>
       </c>
       <c r="I8" s="5">
         <v>100000</v>
       </c>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
     </row>
-    <row r="9" spans="2:14" ht="40" customHeight="1">
-      <c r="B9" s="39"/>
+    <row r="9" spans="2:14" ht="39.950000000000003" customHeight="1">
+      <c r="B9" s="36"/>
       <c r="C9" s="6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F9" s="6" t="str">
         <f>F5</f>
         <v>Gads (par pēdējiem  gadiem)</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      <c r="B10" s="81">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="10" spans="2:14" s="15" customFormat="1" ht="47.45" customHeight="1">
+      <c r="B10" s="95">
         <v>2</v>
       </c>
-      <c r="C10" s="70" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="73">
+      <c r="C10" s="84" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E10" s="82">
+      <c r="E10" s="96">
         <v>1</v>
       </c>
       <c r="F10" s="4">
         <v>2024</v>
       </c>
       <c r="G10" s="5">
         <v>10</v>
       </c>
       <c r="H10" s="5">
         <v>50000</v>
       </c>
       <c r="I10" s="5">
         <v>100000</v>
       </c>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="14"/>
     </row>
-    <row r="11" spans="2:14" s="15" customFormat="1" ht="40" customHeight="1">
-[...3 lines deleted...]
-      <c r="E11" s="77"/>
+    <row r="11" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" customHeight="1">
+      <c r="B11" s="93"/>
+      <c r="C11" s="85"/>
+      <c r="D11" s="88"/>
+      <c r="E11" s="91"/>
       <c r="F11" s="4">
         <v>2023</v>
       </c>
       <c r="G11" s="5">
         <v>8</v>
       </c>
       <c r="H11" s="5">
         <v>50000</v>
       </c>
       <c r="I11" s="5">
         <v>100000</v>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="5"/>
       <c r="L11" s="5"/>
       <c r="M11" s="14"/>
     </row>
-    <row r="12" spans="2:14" s="15" customFormat="1" ht="40" customHeight="1">
-[...3 lines deleted...]
-      <c r="E12" s="78"/>
+    <row r="12" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" customHeight="1">
+      <c r="B12" s="94"/>
+      <c r="C12" s="86"/>
+      <c r="D12" s="89"/>
+      <c r="E12" s="92"/>
       <c r="F12" s="4">
         <v>2022</v>
       </c>
       <c r="G12" s="5">
         <v>8</v>
       </c>
       <c r="H12" s="5">
         <v>50000</v>
       </c>
       <c r="I12" s="5">
         <v>100000</v>
       </c>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
       <c r="M12" s="14"/>
     </row>
-    <row r="13" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D13" s="73">
+    <row r="13" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B13" s="95"/>
+      <c r="C13" s="84" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E13" s="82">
+      <c r="E13" s="96">
         <v>1</v>
       </c>
       <c r="F13" s="4">
         <v>2024</v>
       </c>
       <c r="G13" s="5">
         <v>10</v>
       </c>
       <c r="H13" s="5">
         <v>50000</v>
       </c>
       <c r="I13" s="5">
         <v>100000</v>
       </c>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="14"/>
     </row>
-    <row r="14" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E14" s="77"/>
+    <row r="14" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B14" s="93"/>
+      <c r="C14" s="85"/>
+      <c r="D14" s="88"/>
+      <c r="E14" s="91"/>
       <c r="F14" s="4">
         <v>2023</v>
       </c>
       <c r="G14" s="5">
         <v>8</v>
       </c>
       <c r="H14" s="5">
         <v>50000</v>
       </c>
       <c r="I14" s="5">
         <v>100000</v>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="5"/>
       <c r="L14" s="5"/>
       <c r="M14" s="14"/>
     </row>
-    <row r="15" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E15" s="78"/>
+    <row r="15" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B15" s="94"/>
+      <c r="C15" s="86"/>
+      <c r="D15" s="89"/>
+      <c r="E15" s="92"/>
       <c r="F15" s="4">
         <v>2022</v>
       </c>
       <c r="G15" s="5">
         <v>8</v>
       </c>
       <c r="H15" s="5">
         <v>50000</v>
       </c>
       <c r="I15" s="5">
         <v>100000</v>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="5"/>
       <c r="L15" s="5"/>
       <c r="M15" s="14"/>
     </row>
-    <row r="16" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D16" s="73">
+    <row r="16" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B16" s="95"/>
+      <c r="C16" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E16" s="82">
+      <c r="E16" s="96">
         <v>1</v>
       </c>
       <c r="F16" s="4">
         <v>2024</v>
       </c>
       <c r="G16" s="5">
         <v>10</v>
       </c>
       <c r="H16" s="5">
         <v>50000</v>
       </c>
       <c r="I16" s="5">
         <v>100000</v>
       </c>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
       <c r="M16" s="14"/>
     </row>
-    <row r="17" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E17" s="77"/>
+    <row r="17" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B17" s="93"/>
+      <c r="C17" s="85"/>
+      <c r="D17" s="88"/>
+      <c r="E17" s="91"/>
       <c r="F17" s="4">
         <v>2023</v>
       </c>
       <c r="G17" s="5">
         <v>8</v>
       </c>
       <c r="H17" s="5">
         <v>50000</v>
       </c>
       <c r="I17" s="5">
         <v>100000</v>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="5"/>
       <c r="L17" s="5"/>
       <c r="M17" s="14"/>
     </row>
-    <row r="18" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E18" s="78"/>
+    <row r="18" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B18" s="94"/>
+      <c r="C18" s="86"/>
+      <c r="D18" s="89"/>
+      <c r="E18" s="92"/>
       <c r="F18" s="4">
         <v>2022</v>
       </c>
       <c r="G18" s="5">
         <v>8</v>
       </c>
       <c r="H18" s="5">
         <v>50000</v>
       </c>
       <c r="I18" s="5">
         <v>100000</v>
       </c>
       <c r="J18" s="5"/>
       <c r="K18" s="5"/>
       <c r="L18" s="5"/>
       <c r="M18" s="14"/>
     </row>
-    <row r="19" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D19" s="73">
+    <row r="19" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B19" s="95"/>
+      <c r="C19" s="84" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E19" s="82">
+      <c r="E19" s="96">
         <v>1</v>
       </c>
       <c r="F19" s="4">
         <v>2024</v>
       </c>
       <c r="G19" s="5">
         <v>10</v>
       </c>
       <c r="H19" s="5">
         <v>50000</v>
       </c>
       <c r="I19" s="5">
         <v>100000</v>
       </c>
       <c r="J19" s="5"/>
       <c r="K19" s="5"/>
       <c r="L19" s="5"/>
       <c r="M19" s="14"/>
     </row>
-    <row r="20" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E20" s="77"/>
+    <row r="20" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B20" s="93"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="88"/>
+      <c r="E20" s="91"/>
       <c r="F20" s="4">
         <v>2023</v>
       </c>
       <c r="G20" s="5">
         <v>8</v>
       </c>
       <c r="H20" s="5">
         <v>50000</v>
       </c>
       <c r="I20" s="5">
         <v>100000</v>
       </c>
       <c r="J20" s="5"/>
       <c r="K20" s="5"/>
       <c r="L20" s="5"/>
       <c r="M20" s="14"/>
     </row>
-    <row r="21" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E21" s="78"/>
+    <row r="21" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B21" s="94"/>
+      <c r="C21" s="86"/>
+      <c r="D21" s="89"/>
+      <c r="E21" s="92"/>
       <c r="F21" s="4">
         <v>2022</v>
       </c>
       <c r="G21" s="5">
         <v>8</v>
       </c>
       <c r="H21" s="5">
         <v>50000</v>
       </c>
       <c r="I21" s="5">
         <v>100000</v>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="5"/>
       <c r="L21" s="5"/>
       <c r="M21" s="14"/>
     </row>
-    <row r="22" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D22" s="73">
+    <row r="22" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B22" s="95"/>
+      <c r="C22" s="84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E22" s="82">
+      <c r="E22" s="96">
         <v>1</v>
       </c>
       <c r="F22" s="4">
         <v>2024</v>
       </c>
       <c r="G22" s="5">
         <v>10</v>
       </c>
       <c r="H22" s="5">
         <v>50000</v>
       </c>
       <c r="I22" s="5">
         <v>100000</v>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="5"/>
       <c r="L22" s="5"/>
       <c r="M22" s="14"/>
     </row>
-    <row r="23" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E23" s="77"/>
+    <row r="23" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B23" s="93"/>
+      <c r="C23" s="85"/>
+      <c r="D23" s="88"/>
+      <c r="E23" s="91"/>
       <c r="F23" s="4">
         <v>2023</v>
       </c>
       <c r="G23" s="5">
         <v>8</v>
       </c>
       <c r="H23" s="5">
         <v>50000</v>
       </c>
       <c r="I23" s="5">
         <v>100000</v>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="5"/>
       <c r="L23" s="5"/>
       <c r="M23" s="14"/>
     </row>
-    <row r="24" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E24" s="78"/>
+    <row r="24" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B24" s="94"/>
+      <c r="C24" s="86"/>
+      <c r="D24" s="89"/>
+      <c r="E24" s="92"/>
       <c r="F24" s="4">
         <v>2022</v>
       </c>
       <c r="G24" s="5">
         <v>8</v>
       </c>
       <c r="H24" s="5">
         <v>50000</v>
       </c>
       <c r="I24" s="5">
         <v>100000</v>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="5"/>
       <c r="L24" s="5"/>
       <c r="M24" s="14"/>
     </row>
-    <row r="25" spans="2:13" s="15" customFormat="1" ht="47.5" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D25" s="73">
+    <row r="25" spans="2:13" s="15" customFormat="1" ht="47.45" hidden="1" customHeight="1">
+      <c r="B25" s="95"/>
+      <c r="C25" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E25" s="82">
+      <c r="E25" s="96">
         <v>1</v>
       </c>
       <c r="F25" s="4">
         <v>2024</v>
       </c>
       <c r="G25" s="5">
         <v>10</v>
       </c>
       <c r="H25" s="5">
         <v>50000</v>
       </c>
       <c r="I25" s="5">
         <v>100000</v>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="5"/>
       <c r="L25" s="5"/>
       <c r="M25" s="14"/>
     </row>
-    <row r="26" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E26" s="77"/>
+    <row r="26" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B26" s="93"/>
+      <c r="C26" s="85"/>
+      <c r="D26" s="88"/>
+      <c r="E26" s="91"/>
       <c r="F26" s="4">
         <v>2023</v>
       </c>
       <c r="G26" s="5">
         <v>8</v>
       </c>
       <c r="H26" s="5">
         <v>50000</v>
       </c>
       <c r="I26" s="5">
         <v>100000</v>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="5"/>
       <c r="L26" s="5"/>
       <c r="M26" s="14"/>
     </row>
-    <row r="27" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E27" s="78"/>
+    <row r="27" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B27" s="94"/>
+      <c r="C27" s="86"/>
+      <c r="D27" s="89"/>
+      <c r="E27" s="92"/>
       <c r="F27" s="4">
         <v>2022</v>
       </c>
       <c r="G27" s="5">
         <v>8</v>
       </c>
       <c r="H27" s="5">
         <v>50000</v>
       </c>
       <c r="I27" s="5">
         <v>100000</v>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="5"/>
       <c r="L27" s="5"/>
       <c r="M27" s="14"/>
     </row>
-    <row r="28" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D28" s="73">
+    <row r="28" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B28" s="95"/>
+      <c r="C28" s="84" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E28" s="82">
+      <c r="E28" s="96">
         <v>1</v>
       </c>
       <c r="F28" s="4">
         <v>2024</v>
       </c>
       <c r="G28" s="5">
         <v>10</v>
       </c>
       <c r="H28" s="5">
         <v>50000</v>
       </c>
       <c r="I28" s="5">
         <v>100000</v>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="5"/>
       <c r="L28" s="5"/>
       <c r="M28" s="14"/>
     </row>
-    <row r="29" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E29" s="77"/>
+    <row r="29" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B29" s="93"/>
+      <c r="C29" s="85"/>
+      <c r="D29" s="88"/>
+      <c r="E29" s="91"/>
       <c r="F29" s="4">
         <v>2023</v>
       </c>
       <c r="G29" s="5">
         <v>8</v>
       </c>
       <c r="H29" s="5">
         <v>50000</v>
       </c>
       <c r="I29" s="5">
         <v>100000</v>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="5"/>
       <c r="L29" s="5"/>
       <c r="M29" s="14"/>
     </row>
-    <row r="30" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E30" s="78"/>
+    <row r="30" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B30" s="94"/>
+      <c r="C30" s="86"/>
+      <c r="D30" s="89"/>
+      <c r="E30" s="92"/>
       <c r="F30" s="4">
         <v>2022</v>
       </c>
       <c r="G30" s="5">
         <v>8</v>
       </c>
       <c r="H30" s="5">
         <v>50000</v>
       </c>
       <c r="I30" s="5">
         <v>100000</v>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="5"/>
       <c r="L30" s="5"/>
       <c r="M30" s="14"/>
     </row>
-    <row r="31" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D31" s="73">
+    <row r="31" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B31" s="95"/>
+      <c r="C31" s="84" t="s">
+        <v>23</v>
+      </c>
+      <c r="D31" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E31" s="82">
+      <c r="E31" s="96">
         <v>1</v>
       </c>
       <c r="F31" s="4">
         <v>2024</v>
       </c>
       <c r="G31" s="5">
         <v>10</v>
       </c>
       <c r="H31" s="5">
         <v>50000</v>
       </c>
       <c r="I31" s="5">
         <v>100000</v>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
       <c r="L31" s="5"/>
       <c r="M31" s="14"/>
     </row>
-    <row r="32" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E32" s="77"/>
+    <row r="32" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B32" s="93"/>
+      <c r="C32" s="85"/>
+      <c r="D32" s="88"/>
+      <c r="E32" s="91"/>
       <c r="F32" s="4">
         <v>2023</v>
       </c>
       <c r="G32" s="5">
         <v>8</v>
       </c>
       <c r="H32" s="5">
         <v>50000</v>
       </c>
       <c r="I32" s="5">
         <v>100000</v>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="5"/>
       <c r="L32" s="5"/>
       <c r="M32" s="14"/>
     </row>
-    <row r="33" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E33" s="78"/>
+    <row r="33" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B33" s="94"/>
+      <c r="C33" s="86"/>
+      <c r="D33" s="89"/>
+      <c r="E33" s="92"/>
       <c r="F33" s="4">
         <v>2022</v>
       </c>
       <c r="G33" s="5">
         <v>8</v>
       </c>
       <c r="H33" s="5">
         <v>50000</v>
       </c>
       <c r="I33" s="5">
         <v>100000</v>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="5"/>
       <c r="L33" s="5"/>
       <c r="M33" s="14"/>
     </row>
-    <row r="34" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D34" s="73">
+    <row r="34" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B34" s="95"/>
+      <c r="C34" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="D34" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E34" s="82">
+      <c r="E34" s="96">
         <v>1</v>
       </c>
       <c r="F34" s="4">
         <v>2024</v>
       </c>
       <c r="G34" s="5">
         <v>10</v>
       </c>
       <c r="H34" s="5">
         <v>50000</v>
       </c>
       <c r="I34" s="5">
         <v>100000</v>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="5"/>
       <c r="L34" s="5"/>
       <c r="M34" s="14"/>
     </row>
-    <row r="35" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E35" s="77"/>
+    <row r="35" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B35" s="93"/>
+      <c r="C35" s="85"/>
+      <c r="D35" s="88"/>
+      <c r="E35" s="91"/>
       <c r="F35" s="4">
         <v>2023</v>
       </c>
       <c r="G35" s="5">
         <v>8</v>
       </c>
       <c r="H35" s="5">
         <v>50000</v>
       </c>
       <c r="I35" s="5">
         <v>100000</v>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="5"/>
       <c r="L35" s="5"/>
       <c r="M35" s="14"/>
     </row>
-    <row r="36" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E36" s="78"/>
+    <row r="36" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B36" s="94"/>
+      <c r="C36" s="86"/>
+      <c r="D36" s="89"/>
+      <c r="E36" s="92"/>
       <c r="F36" s="4">
         <v>2022</v>
       </c>
       <c r="G36" s="5">
         <v>8</v>
       </c>
       <c r="H36" s="5">
         <v>50000</v>
       </c>
       <c r="I36" s="5">
         <v>100000</v>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="5"/>
       <c r="L36" s="5"/>
       <c r="M36" s="14"/>
     </row>
-    <row r="37" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D37" s="73">
+    <row r="37" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B37" s="95"/>
+      <c r="C37" s="84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E37" s="82">
+      <c r="E37" s="96">
         <v>1</v>
       </c>
       <c r="F37" s="4">
         <v>2024</v>
       </c>
       <c r="G37" s="5">
         <v>10</v>
       </c>
       <c r="H37" s="5">
         <v>50000</v>
       </c>
       <c r="I37" s="5">
         <v>100000</v>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="5"/>
       <c r="L37" s="5"/>
       <c r="M37" s="14"/>
     </row>
-    <row r="38" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E38" s="77"/>
+    <row r="38" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B38" s="93"/>
+      <c r="C38" s="85"/>
+      <c r="D38" s="88"/>
+      <c r="E38" s="91"/>
       <c r="F38" s="4">
         <v>2023</v>
       </c>
       <c r="G38" s="5">
         <v>8</v>
       </c>
       <c r="H38" s="5">
         <v>50000</v>
       </c>
       <c r="I38" s="5">
         <v>100000</v>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="5"/>
       <c r="L38" s="5"/>
       <c r="M38" s="14"/>
     </row>
-    <row r="39" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E39" s="78"/>
+    <row r="39" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B39" s="94"/>
+      <c r="C39" s="86"/>
+      <c r="D39" s="89"/>
+      <c r="E39" s="92"/>
       <c r="F39" s="4">
         <v>2022</v>
       </c>
       <c r="G39" s="5">
         <v>8</v>
       </c>
       <c r="H39" s="5">
         <v>50000</v>
       </c>
       <c r="I39" s="5">
         <v>100000</v>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="5"/>
       <c r="L39" s="5"/>
       <c r="M39" s="14"/>
     </row>
-    <row r="40" spans="2:13" ht="39.65" customHeight="1">
-      <c r="B40" s="39"/>
+    <row r="40" spans="2:13" ht="39.6" customHeight="1">
+      <c r="B40" s="36"/>
       <c r="C40" s="6" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F40" s="6" t="str">
         <f>F5</f>
         <v>Gads (par pēdējiem  gadiem)</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>10</v>
+      </c>
+      <c r="J40" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="K40" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="L40" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="M40" s="6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="2:13" s="15" customFormat="1" ht="43.5" customHeight="1">
-      <c r="B41" s="81"/>
-[...3 lines deleted...]
-      <c r="D41" s="73">
+      <c r="B41" s="95"/>
+      <c r="C41" s="84" t="s">
+        <v>30</v>
+      </c>
+      <c r="D41" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E41" s="82">
+      <c r="E41" s="96">
         <v>0.3</v>
       </c>
       <c r="F41" s="4">
         <v>2024</v>
       </c>
       <c r="G41" s="5">
         <v>10</v>
       </c>
       <c r="H41" s="5">
         <v>50000</v>
       </c>
       <c r="I41" s="5">
         <v>100000</v>
       </c>
-      <c r="J41" s="36">
+      <c r="J41" s="33">
         <f>G41*E41</f>
         <v>3</v>
       </c>
-      <c r="K41" s="36">
+      <c r="K41" s="33">
         <f>H41*E41</f>
         <v>15000</v>
       </c>
-      <c r="L41" s="36">
+      <c r="L41" s="33">
         <f>I41*E41</f>
         <v>30000</v>
       </c>
       <c r="M41" s="14"/>
     </row>
-    <row r="42" spans="2:13" s="15" customFormat="1" ht="39.65" customHeight="1">
-[...3 lines deleted...]
-      <c r="E42" s="77"/>
+    <row r="42" spans="2:13" s="15" customFormat="1" ht="39.6" customHeight="1">
+      <c r="B42" s="93"/>
+      <c r="C42" s="85"/>
+      <c r="D42" s="88"/>
+      <c r="E42" s="91"/>
       <c r="F42" s="4">
         <v>2023</v>
       </c>
       <c r="G42" s="5">
         <v>8</v>
       </c>
       <c r="H42" s="5">
         <v>50000</v>
       </c>
       <c r="I42" s="5">
         <v>100000</v>
       </c>
-      <c r="J42" s="36">
+      <c r="J42" s="33">
         <f>G42*E41</f>
         <v>2.4</v>
       </c>
-      <c r="K42" s="36">
+      <c r="K42" s="33">
         <f>H42*E41</f>
         <v>15000</v>
       </c>
-      <c r="L42" s="36">
+      <c r="L42" s="33">
         <f>I42*E41</f>
         <v>30000</v>
       </c>
       <c r="M42" s="14"/>
     </row>
-    <row r="43" spans="2:13" ht="37" customHeight="1">
-[...3 lines deleted...]
-      <c r="E43" s="78"/>
+    <row r="43" spans="2:13" ht="36.950000000000003" customHeight="1">
+      <c r="B43" s="94"/>
+      <c r="C43" s="86"/>
+      <c r="D43" s="89"/>
+      <c r="E43" s="92"/>
       <c r="F43" s="4">
         <v>2022</v>
       </c>
       <c r="G43" s="5">
         <v>8</v>
       </c>
       <c r="H43" s="5">
         <v>50000</v>
       </c>
       <c r="I43" s="5">
         <v>100000</v>
       </c>
-      <c r="J43" s="36">
+      <c r="J43" s="33">
         <f>G43*E41</f>
         <v>2.4</v>
       </c>
-      <c r="K43" s="36">
+      <c r="K43" s="33">
         <f>H43*E41</f>
         <v>15000</v>
       </c>
-      <c r="L43" s="36">
+      <c r="L43" s="33">
         <f>I43*E41</f>
         <v>30000</v>
       </c>
       <c r="M43" s="9"/>
     </row>
-    <row r="44" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D44" s="73">
+    <row r="44" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B44" s="95"/>
+      <c r="C44" s="84" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E44" s="82">
+      <c r="E44" s="96">
         <v>0.3</v>
       </c>
       <c r="F44" s="4">
         <v>2024</v>
       </c>
       <c r="G44" s="5">
         <v>10</v>
       </c>
       <c r="H44" s="5">
         <v>50000</v>
       </c>
       <c r="I44" s="5">
         <v>100000</v>
       </c>
-      <c r="J44" s="36">
+      <c r="J44" s="33">
         <f>G44*E44</f>
         <v>3</v>
       </c>
-      <c r="K44" s="36">
+      <c r="K44" s="33">
         <f>H44*E44</f>
         <v>15000</v>
       </c>
-      <c r="L44" s="36">
+      <c r="L44" s="33">
         <f>I44*E44</f>
         <v>30000</v>
       </c>
       <c r="M44" s="14"/>
     </row>
-    <row r="45" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E45" s="77"/>
+    <row r="45" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B45" s="93"/>
+      <c r="C45" s="85"/>
+      <c r="D45" s="88"/>
+      <c r="E45" s="91"/>
       <c r="F45" s="4">
         <v>2023</v>
       </c>
       <c r="G45" s="5">
         <v>8</v>
       </c>
       <c r="H45" s="5">
         <v>50000</v>
       </c>
       <c r="I45" s="5">
         <v>100000</v>
       </c>
-      <c r="J45" s="36">
+      <c r="J45" s="33">
         <f>G45*E44</f>
         <v>2.4</v>
       </c>
-      <c r="K45" s="36">
+      <c r="K45" s="33">
         <f>H45*E44</f>
         <v>15000</v>
       </c>
-      <c r="L45" s="36">
+      <c r="L45" s="33">
         <f>I45*E44</f>
         <v>30000</v>
       </c>
       <c r="M45" s="14"/>
     </row>
-    <row r="46" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E46" s="78"/>
+    <row r="46" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B46" s="94"/>
+      <c r="C46" s="86"/>
+      <c r="D46" s="89"/>
+      <c r="E46" s="92"/>
       <c r="F46" s="4">
         <v>2022</v>
       </c>
       <c r="G46" s="5">
         <v>8</v>
       </c>
       <c r="H46" s="5">
         <v>50000</v>
       </c>
       <c r="I46" s="5">
         <v>100000</v>
       </c>
-      <c r="J46" s="36">
+      <c r="J46" s="33">
         <f>G46*E44</f>
         <v>2.4</v>
       </c>
-      <c r="K46" s="36">
+      <c r="K46" s="33">
         <f>H46*E44</f>
         <v>15000</v>
       </c>
-      <c r="L46" s="36">
+      <c r="L46" s="33">
         <f>I46*E44</f>
         <v>30000</v>
       </c>
       <c r="M46" s="14"/>
     </row>
-    <row r="47" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D47" s="73">
+    <row r="47" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B47" s="95"/>
+      <c r="C47" s="84" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E47" s="82">
+      <c r="E47" s="96">
         <v>0.3</v>
       </c>
       <c r="F47" s="4">
         <v>2024</v>
       </c>
       <c r="G47" s="5">
         <v>10</v>
       </c>
       <c r="H47" s="5">
         <v>50000</v>
       </c>
       <c r="I47" s="5">
         <v>100000</v>
       </c>
-      <c r="J47" s="36">
+      <c r="J47" s="33">
         <f t="shared" ref="J47" si="0">G47*E47</f>
         <v>3</v>
       </c>
-      <c r="K47" s="36">
+      <c r="K47" s="33">
         <f t="shared" ref="K47" si="1">H47*E47</f>
         <v>15000</v>
       </c>
-      <c r="L47" s="36">
+      <c r="L47" s="33">
         <f t="shared" ref="L47" si="2">I47*E47</f>
         <v>30000</v>
       </c>
       <c r="M47" s="14"/>
     </row>
-    <row r="48" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E48" s="77"/>
+    <row r="48" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B48" s="93"/>
+      <c r="C48" s="85"/>
+      <c r="D48" s="88"/>
+      <c r="E48" s="91"/>
       <c r="F48" s="4">
         <v>2023</v>
       </c>
       <c r="G48" s="5">
         <v>8</v>
       </c>
       <c r="H48" s="5">
         <v>50000</v>
       </c>
       <c r="I48" s="5">
         <v>100000</v>
       </c>
-      <c r="J48" s="36">
+      <c r="J48" s="33">
         <f t="shared" ref="J48" si="3">G48*E47</f>
         <v>2.4</v>
       </c>
-      <c r="K48" s="36">
+      <c r="K48" s="33">
         <f t="shared" ref="K48" si="4">H48*E47</f>
         <v>15000</v>
       </c>
-      <c r="L48" s="36">
+      <c r="L48" s="33">
         <f t="shared" ref="L48" si="5">I48*E47</f>
         <v>30000</v>
       </c>
       <c r="M48" s="14"/>
     </row>
-    <row r="49" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E49" s="78"/>
+    <row r="49" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B49" s="94"/>
+      <c r="C49" s="86"/>
+      <c r="D49" s="89"/>
+      <c r="E49" s="92"/>
       <c r="F49" s="4">
         <v>2022</v>
       </c>
       <c r="G49" s="5">
         <v>8</v>
       </c>
       <c r="H49" s="5">
         <v>50000</v>
       </c>
       <c r="I49" s="5">
         <v>100000</v>
       </c>
-      <c r="J49" s="36">
+      <c r="J49" s="33">
         <f t="shared" ref="J49" si="6">G49*E47</f>
         <v>2.4</v>
       </c>
-      <c r="K49" s="36">
+      <c r="K49" s="33">
         <f t="shared" ref="K49" si="7">H49*E47</f>
         <v>15000</v>
       </c>
-      <c r="L49" s="36">
+      <c r="L49" s="33">
         <f t="shared" ref="L49" si="8">I49*E47</f>
         <v>30000</v>
       </c>
       <c r="M49" s="14"/>
     </row>
-    <row r="50" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D50" s="73">
+    <row r="50" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B50" s="95"/>
+      <c r="C50" s="84" t="s">
+        <v>33</v>
+      </c>
+      <c r="D50" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E50" s="82">
+      <c r="E50" s="96">
         <v>0.3</v>
       </c>
       <c r="F50" s="4">
         <v>2024</v>
       </c>
       <c r="G50" s="5">
         <v>10</v>
       </c>
       <c r="H50" s="5">
         <v>50000</v>
       </c>
       <c r="I50" s="5">
         <v>100000</v>
       </c>
-      <c r="J50" s="36">
+      <c r="J50" s="33">
         <f t="shared" ref="J50" si="9">G50*E50</f>
         <v>3</v>
       </c>
-      <c r="K50" s="36">
+      <c r="K50" s="33">
         <f t="shared" ref="K50" si="10">H50*E50</f>
         <v>15000</v>
       </c>
-      <c r="L50" s="36">
+      <c r="L50" s="33">
         <f t="shared" ref="L50" si="11">I50*E50</f>
         <v>30000</v>
       </c>
       <c r="M50" s="14"/>
     </row>
-    <row r="51" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E51" s="77"/>
+    <row r="51" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B51" s="93"/>
+      <c r="C51" s="85"/>
+      <c r="D51" s="88"/>
+      <c r="E51" s="91"/>
       <c r="F51" s="4">
         <v>2023</v>
       </c>
       <c r="G51" s="5">
         <v>8</v>
       </c>
       <c r="H51" s="5">
         <v>50000</v>
       </c>
       <c r="I51" s="5">
         <v>100000</v>
       </c>
-      <c r="J51" s="36">
+      <c r="J51" s="33">
         <f t="shared" ref="J51" si="12">G51*E50</f>
         <v>2.4</v>
       </c>
-      <c r="K51" s="36">
+      <c r="K51" s="33">
         <f t="shared" ref="K51" si="13">H51*E50</f>
         <v>15000</v>
       </c>
-      <c r="L51" s="36">
+      <c r="L51" s="33">
         <f t="shared" ref="L51" si="14">I51*E50</f>
         <v>30000</v>
       </c>
       <c r="M51" s="14"/>
     </row>
-    <row r="52" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E52" s="78"/>
+    <row r="52" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B52" s="94"/>
+      <c r="C52" s="86"/>
+      <c r="D52" s="89"/>
+      <c r="E52" s="92"/>
       <c r="F52" s="4">
         <v>2022</v>
       </c>
       <c r="G52" s="5">
         <v>8</v>
       </c>
       <c r="H52" s="5">
         <v>50000</v>
       </c>
       <c r="I52" s="5">
         <v>100000</v>
       </c>
-      <c r="J52" s="36">
+      <c r="J52" s="33">
         <f t="shared" ref="J52" si="15">G52*E50</f>
         <v>2.4</v>
       </c>
-      <c r="K52" s="36">
+      <c r="K52" s="33">
         <f t="shared" ref="K52" si="16">H52*E50</f>
         <v>15000</v>
       </c>
-      <c r="L52" s="36">
+      <c r="L52" s="33">
         <f t="shared" ref="L52" si="17">I52*E50</f>
         <v>30000</v>
       </c>
       <c r="M52" s="14"/>
     </row>
-    <row r="53" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D53" s="73">
+    <row r="53" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B53" s="95"/>
+      <c r="C53" s="84" t="s">
+        <v>34</v>
+      </c>
+      <c r="D53" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E53" s="82">
+      <c r="E53" s="96">
         <v>0.3</v>
       </c>
       <c r="F53" s="4">
         <v>2024</v>
       </c>
       <c r="G53" s="5">
         <v>10</v>
       </c>
       <c r="H53" s="5">
         <v>50000</v>
       </c>
       <c r="I53" s="5">
         <v>100000</v>
       </c>
-      <c r="J53" s="36">
+      <c r="J53" s="33">
         <f t="shared" ref="J53" si="18">G53*E53</f>
         <v>3</v>
       </c>
-      <c r="K53" s="36">
+      <c r="K53" s="33">
         <f t="shared" ref="K53" si="19">H53*E53</f>
         <v>15000</v>
       </c>
-      <c r="L53" s="36">
+      <c r="L53" s="33">
         <f t="shared" ref="L53" si="20">I53*E53</f>
         <v>30000</v>
       </c>
       <c r="M53" s="14"/>
     </row>
-    <row r="54" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E54" s="77"/>
+    <row r="54" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B54" s="93"/>
+      <c r="C54" s="85"/>
+      <c r="D54" s="88"/>
+      <c r="E54" s="91"/>
       <c r="F54" s="4">
         <v>2023</v>
       </c>
       <c r="G54" s="5">
         <v>8</v>
       </c>
       <c r="H54" s="5">
         <v>50000</v>
       </c>
       <c r="I54" s="5">
         <v>100000</v>
       </c>
-      <c r="J54" s="36">
+      <c r="J54" s="33">
         <f t="shared" ref="J54" si="21">G54*E53</f>
         <v>2.4</v>
       </c>
-      <c r="K54" s="36">
+      <c r="K54" s="33">
         <f t="shared" ref="K54" si="22">H54*E53</f>
         <v>15000</v>
       </c>
-      <c r="L54" s="36">
+      <c r="L54" s="33">
         <f t="shared" ref="L54" si="23">I54*E53</f>
         <v>30000</v>
       </c>
       <c r="M54" s="14"/>
     </row>
-    <row r="55" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E55" s="78"/>
+    <row r="55" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B55" s="94"/>
+      <c r="C55" s="86"/>
+      <c r="D55" s="89"/>
+      <c r="E55" s="92"/>
       <c r="F55" s="4">
         <v>2022</v>
       </c>
       <c r="G55" s="5">
         <v>8</v>
       </c>
       <c r="H55" s="5">
         <v>50000</v>
       </c>
       <c r="I55" s="5">
         <v>100000</v>
       </c>
-      <c r="J55" s="36">
+      <c r="J55" s="33">
         <f t="shared" ref="J55" si="24">G55*E53</f>
         <v>2.4</v>
       </c>
-      <c r="K55" s="36">
+      <c r="K55" s="33">
         <f t="shared" ref="K55" si="25">H55*E53</f>
         <v>15000</v>
       </c>
-      <c r="L55" s="36">
+      <c r="L55" s="33">
         <f t="shared" ref="L55" si="26">I55*E53</f>
         <v>30000</v>
       </c>
       <c r="M55" s="14"/>
     </row>
-    <row r="56" spans="2:13" ht="43" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D56" s="73">
+    <row r="56" spans="2:13" ht="42.95" hidden="1" customHeight="1">
+      <c r="B56" s="95"/>
+      <c r="C56" s="84" t="s">
+        <v>35</v>
+      </c>
+      <c r="D56" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E56" s="82">
+      <c r="E56" s="96">
         <v>0.3</v>
       </c>
       <c r="F56" s="4">
         <v>2024</v>
       </c>
       <c r="G56" s="5">
         <v>10</v>
       </c>
       <c r="H56" s="5">
         <v>50000</v>
       </c>
       <c r="I56" s="5">
         <v>100000</v>
       </c>
-      <c r="J56" s="36">
+      <c r="J56" s="33">
         <f t="shared" ref="J56" si="27">G56*E56</f>
         <v>3</v>
       </c>
-      <c r="K56" s="36">
+      <c r="K56" s="33">
         <f t="shared" ref="K56" si="28">H56*E56</f>
         <v>15000</v>
       </c>
-      <c r="L56" s="36">
+      <c r="L56" s="33">
         <f t="shared" ref="L56" si="29">I56*E56</f>
         <v>30000</v>
       </c>
       <c r="M56" s="9"/>
     </row>
-    <row r="57" spans="2:13" ht="43" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E57" s="77"/>
+    <row r="57" spans="2:13" ht="42.95" hidden="1" customHeight="1">
+      <c r="B57" s="93"/>
+      <c r="C57" s="85"/>
+      <c r="D57" s="88"/>
+      <c r="E57" s="91"/>
       <c r="F57" s="4">
         <v>2023</v>
       </c>
       <c r="G57" s="5">
         <v>8</v>
       </c>
       <c r="H57" s="5">
         <v>50000</v>
       </c>
       <c r="I57" s="5">
         <v>100000</v>
       </c>
-      <c r="J57" s="36">
+      <c r="J57" s="33">
         <f t="shared" ref="J57" si="30">G57*E56</f>
         <v>2.4</v>
       </c>
-      <c r="K57" s="36">
+      <c r="K57" s="33">
         <f t="shared" ref="K57" si="31">H57*E56</f>
         <v>15000</v>
       </c>
-      <c r="L57" s="36">
+      <c r="L57" s="33">
         <f t="shared" ref="L57" si="32">I57*E56</f>
         <v>30000</v>
       </c>
       <c r="M57" s="9"/>
     </row>
-    <row r="58" spans="2:13" ht="43" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E58" s="78"/>
+    <row r="58" spans="2:13" ht="42.95" hidden="1" customHeight="1">
+      <c r="B58" s="94"/>
+      <c r="C58" s="86"/>
+      <c r="D58" s="89"/>
+      <c r="E58" s="92"/>
       <c r="F58" s="4">
         <v>2022</v>
       </c>
       <c r="G58" s="5">
         <v>8</v>
       </c>
       <c r="H58" s="5">
         <v>50000</v>
       </c>
       <c r="I58" s="5">
         <v>100000</v>
       </c>
-      <c r="J58" s="36">
+      <c r="J58" s="33">
         <f t="shared" ref="J58" si="33">G58*E56</f>
         <v>2.4</v>
       </c>
-      <c r="K58" s="36">
+      <c r="K58" s="33">
         <f t="shared" ref="K58" si="34">H58*E56</f>
         <v>15000</v>
       </c>
-      <c r="L58" s="36">
+      <c r="L58" s="33">
         <f t="shared" ref="L58" si="35">I58*E56</f>
         <v>30000</v>
       </c>
       <c r="M58" s="9"/>
     </row>
-    <row r="59" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D59" s="73">
+    <row r="59" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B59" s="95"/>
+      <c r="C59" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="D59" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E59" s="82">
+      <c r="E59" s="96">
         <v>0.3</v>
       </c>
       <c r="F59" s="4">
         <v>2024</v>
       </c>
       <c r="G59" s="5">
         <v>10</v>
       </c>
       <c r="H59" s="5">
         <v>50000</v>
       </c>
       <c r="I59" s="5">
         <v>100000</v>
       </c>
-      <c r="J59" s="36">
+      <c r="J59" s="33">
         <f t="shared" ref="J59" si="36">G59*E59</f>
         <v>3</v>
       </c>
-      <c r="K59" s="36">
+      <c r="K59" s="33">
         <f t="shared" ref="K59" si="37">H59*E59</f>
         <v>15000</v>
       </c>
-      <c r="L59" s="36">
+      <c r="L59" s="33">
         <f t="shared" ref="L59" si="38">I59*E59</f>
         <v>30000</v>
       </c>
       <c r="M59" s="14"/>
     </row>
-    <row r="60" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="F60" s="32">
+    <row r="60" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B60" s="93"/>
+      <c r="C60" s="85"/>
+      <c r="D60" s="88"/>
+      <c r="E60" s="91"/>
+      <c r="F60" s="30">
         <v>2023</v>
       </c>
-      <c r="G60" s="33">
+      <c r="G60" s="31">
         <v>8</v>
       </c>
-      <c r="H60" s="33">
-[...5 lines deleted...]
-      <c r="J60" s="36">
+      <c r="H60" s="31">
+        <v>50000</v>
+      </c>
+      <c r="I60" s="31">
+        <v>100000</v>
+      </c>
+      <c r="J60" s="33">
         <f t="shared" ref="J60" si="39">G60*E59</f>
         <v>2.4</v>
       </c>
-      <c r="K60" s="36">
+      <c r="K60" s="33">
         <f t="shared" ref="K60" si="40">H60*E59</f>
         <v>15000</v>
       </c>
-      <c r="L60" s="36">
+      <c r="L60" s="33">
         <f t="shared" ref="L60" si="41">I60*E59</f>
         <v>30000</v>
       </c>
-      <c r="M60" s="34"/>
-[...6 lines deleted...]
-      <c r="F61" s="29">
+      <c r="M60" s="32"/>
+    </row>
+    <row r="61" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B61" s="94"/>
+      <c r="C61" s="86"/>
+      <c r="D61" s="89"/>
+      <c r="E61" s="92"/>
+      <c r="F61" s="27">
         <v>2022</v>
       </c>
-      <c r="G61" s="30">
+      <c r="G61" s="28">
         <v>8</v>
       </c>
-      <c r="H61" s="30">
-[...5 lines deleted...]
-      <c r="J61" s="36">
+      <c r="H61" s="28">
+        <v>50000</v>
+      </c>
+      <c r="I61" s="28">
+        <v>100000</v>
+      </c>
+      <c r="J61" s="33">
         <f t="shared" ref="J61" si="42">G61*E59</f>
         <v>2.4</v>
       </c>
-      <c r="K61" s="36">
+      <c r="K61" s="33">
         <f t="shared" ref="K61" si="43">H61*E59</f>
         <v>15000</v>
       </c>
-      <c r="L61" s="36">
+      <c r="L61" s="33">
         <f t="shared" ref="L61" si="44">I61*E59</f>
         <v>30000</v>
       </c>
-      <c r="M61" s="31"/>
-[...6 lines deleted...]
-      <c r="D62" s="73">
+      <c r="M61" s="29"/>
+    </row>
+    <row r="62" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B62" s="95"/>
+      <c r="C62" s="84" t="s">
+        <v>37</v>
+      </c>
+      <c r="D62" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E62" s="82">
+      <c r="E62" s="96">
         <v>0.3</v>
       </c>
-      <c r="F62" s="26">
+      <c r="F62" s="24">
         <v>2024</v>
       </c>
-      <c r="G62" s="27">
+      <c r="G62" s="25">
         <v>10</v>
       </c>
-      <c r="H62" s="27">
-[...5 lines deleted...]
-      <c r="J62" s="36">
+      <c r="H62" s="25">
+        <v>50000</v>
+      </c>
+      <c r="I62" s="25">
+        <v>100000</v>
+      </c>
+      <c r="J62" s="33">
         <f t="shared" ref="J62" si="45">G62*E62</f>
         <v>3</v>
       </c>
-      <c r="K62" s="36">
+      <c r="K62" s="33">
         <f t="shared" ref="K62" si="46">H62*E62</f>
         <v>15000</v>
       </c>
-      <c r="L62" s="36">
+      <c r="L62" s="33">
         <f t="shared" ref="L62" si="47">I62*E62</f>
         <v>30000</v>
       </c>
-      <c r="M62" s="28"/>
-[...5 lines deleted...]
-      <c r="E63" s="77"/>
+      <c r="M62" s="26"/>
+    </row>
+    <row r="63" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B63" s="93"/>
+      <c r="C63" s="85"/>
+      <c r="D63" s="88"/>
+      <c r="E63" s="91"/>
       <c r="F63" s="4">
         <v>2023</v>
       </c>
       <c r="G63" s="5">
         <v>8</v>
       </c>
       <c r="H63" s="5">
         <v>50000</v>
       </c>
       <c r="I63" s="5">
         <v>100000</v>
       </c>
-      <c r="J63" s="36">
+      <c r="J63" s="33">
         <f t="shared" ref="J63" si="48">G63*E62</f>
         <v>2.4</v>
       </c>
-      <c r="K63" s="36">
+      <c r="K63" s="33">
         <f t="shared" ref="K63" si="49">H63*E62</f>
         <v>15000</v>
       </c>
-      <c r="L63" s="36">
+      <c r="L63" s="33">
         <f t="shared" ref="L63" si="50">I63*E62</f>
         <v>30000</v>
       </c>
       <c r="M63" s="14"/>
     </row>
-    <row r="64" spans="2:13" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E64" s="78"/>
+    <row r="64" spans="2:13" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B64" s="94"/>
+      <c r="C64" s="86"/>
+      <c r="D64" s="89"/>
+      <c r="E64" s="92"/>
       <c r="F64" s="4">
         <v>2022</v>
       </c>
       <c r="G64" s="5">
         <v>8</v>
       </c>
       <c r="H64" s="5">
         <v>50000</v>
       </c>
       <c r="I64" s="5">
         <v>100000</v>
       </c>
-      <c r="J64" s="36">
+      <c r="J64" s="33">
         <f t="shared" ref="J64" si="51">G64*E62</f>
         <v>2.4</v>
       </c>
-      <c r="K64" s="36">
+      <c r="K64" s="33">
         <f t="shared" ref="K64" si="52">H64*E62</f>
         <v>15000</v>
       </c>
-      <c r="L64" s="36">
+      <c r="L64" s="33">
         <f t="shared" ref="L64" si="53">I64*E62</f>
         <v>30000</v>
       </c>
       <c r="M64" s="14"/>
     </row>
-    <row r="65" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D65" s="73">
+    <row r="65" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B65" s="95"/>
+      <c r="C65" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="D65" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E65" s="82">
+      <c r="E65" s="96">
         <v>0.3</v>
       </c>
       <c r="F65" s="4">
         <v>2024</v>
       </c>
       <c r="G65" s="5">
         <v>10</v>
       </c>
       <c r="H65" s="5">
         <v>50000</v>
       </c>
       <c r="I65" s="5">
         <v>100000</v>
       </c>
-      <c r="J65" s="36">
+      <c r="J65" s="33">
         <f t="shared" ref="J65" si="54">G65*E65</f>
         <v>3</v>
       </c>
-      <c r="K65" s="36">
+      <c r="K65" s="33">
         <f t="shared" ref="K65" si="55">H65*E65</f>
         <v>15000</v>
       </c>
-      <c r="L65" s="36">
+      <c r="L65" s="33">
         <f t="shared" ref="L65" si="56">I65*E65</f>
         <v>30000</v>
       </c>
       <c r="M65" s="14"/>
     </row>
-    <row r="66" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E66" s="77"/>
+    <row r="66" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B66" s="93"/>
+      <c r="C66" s="85"/>
+      <c r="D66" s="88"/>
+      <c r="E66" s="91"/>
       <c r="F66" s="4">
         <v>2023</v>
       </c>
       <c r="G66" s="5">
         <v>8</v>
       </c>
       <c r="H66" s="5">
         <v>50000</v>
       </c>
       <c r="I66" s="5">
         <v>100000</v>
       </c>
-      <c r="J66" s="36">
+      <c r="J66" s="33">
         <f t="shared" ref="J66" si="57">G66*E65</f>
         <v>2.4</v>
       </c>
-      <c r="K66" s="36">
+      <c r="K66" s="33">
         <f t="shared" ref="K66" si="58">H66*E65</f>
         <v>15000</v>
       </c>
-      <c r="L66" s="36">
+      <c r="L66" s="33">
         <f t="shared" ref="L66" si="59">I66*E65</f>
         <v>30000</v>
       </c>
       <c r="M66" s="14"/>
     </row>
-    <row r="67" spans="2:14" s="15" customFormat="1" ht="40" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E67" s="78"/>
+    <row r="67" spans="2:14" s="15" customFormat="1" ht="39.950000000000003" hidden="1" customHeight="1">
+      <c r="B67" s="94"/>
+      <c r="C67" s="86"/>
+      <c r="D67" s="89"/>
+      <c r="E67" s="92"/>
       <c r="F67" s="4">
         <v>2022</v>
       </c>
       <c r="G67" s="5">
         <v>8</v>
       </c>
       <c r="H67" s="5">
         <v>50000</v>
       </c>
       <c r="I67" s="5">
         <v>100000</v>
       </c>
-      <c r="J67" s="36">
+      <c r="J67" s="33">
         <f t="shared" ref="J67" si="60">G67*E65</f>
         <v>2.4</v>
       </c>
-      <c r="K67" s="36">
+      <c r="K67" s="33">
         <f t="shared" ref="K67" si="61">H67*E65</f>
         <v>15000</v>
       </c>
-      <c r="L67" s="36">
+      <c r="L67" s="33">
         <f t="shared" ref="L67" si="62">I67*E65</f>
         <v>30000</v>
       </c>
       <c r="M67" s="14"/>
     </row>
-    <row r="68" spans="2:14" ht="43" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D68" s="73">
+    <row r="68" spans="2:14" ht="42.95" hidden="1" customHeight="1">
+      <c r="B68" s="95"/>
+      <c r="C68" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="D68" s="87">
         <v>40000572219</v>
       </c>
-      <c r="E68" s="82">
+      <c r="E68" s="96">
         <v>0.3</v>
       </c>
       <c r="F68" s="4">
         <v>2024</v>
       </c>
       <c r="G68" s="5">
         <v>10</v>
       </c>
       <c r="H68" s="5">
         <v>50000</v>
       </c>
       <c r="I68" s="5">
         <v>100000</v>
       </c>
-      <c r="J68" s="36">
+      <c r="J68" s="33">
         <f t="shared" ref="J68" si="63">G68*E68</f>
         <v>3</v>
       </c>
-      <c r="K68" s="36">
+      <c r="K68" s="33">
         <f t="shared" ref="K68" si="64">H68*E68</f>
         <v>15000</v>
       </c>
-      <c r="L68" s="36">
+      <c r="L68" s="33">
         <f t="shared" ref="L68" si="65">I68*E68</f>
         <v>30000</v>
       </c>
       <c r="M68" s="9"/>
     </row>
-    <row r="69" spans="2:14" ht="43" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E69" s="77"/>
+    <row r="69" spans="2:14" ht="42.95" hidden="1" customHeight="1">
+      <c r="B69" s="93"/>
+      <c r="C69" s="85"/>
+      <c r="D69" s="88"/>
+      <c r="E69" s="91"/>
       <c r="F69" s="4">
         <v>2023</v>
       </c>
       <c r="G69" s="5">
         <v>8</v>
       </c>
       <c r="H69" s="5">
         <v>50000</v>
       </c>
       <c r="I69" s="5">
         <v>100000</v>
       </c>
-      <c r="J69" s="36">
+      <c r="J69" s="33">
         <f t="shared" ref="J69" si="66">G69*E68</f>
         <v>2.4</v>
       </c>
-      <c r="K69" s="36">
+      <c r="K69" s="33">
         <f t="shared" ref="K69" si="67">H69*E68</f>
         <v>15000</v>
       </c>
-      <c r="L69" s="36">
+      <c r="L69" s="33">
         <f t="shared" ref="L69" si="68">I69*E68</f>
         <v>30000</v>
       </c>
       <c r="M69" s="9"/>
     </row>
-    <row r="70" spans="2:14" ht="43" hidden="1" customHeight="1">
-[...3 lines deleted...]
-      <c r="E70" s="78"/>
+    <row r="70" spans="2:14" ht="42.95" hidden="1" customHeight="1">
+      <c r="B70" s="94"/>
+      <c r="C70" s="86"/>
+      <c r="D70" s="89"/>
+      <c r="E70" s="92"/>
       <c r="F70" s="4">
         <v>2022</v>
       </c>
       <c r="G70" s="5">
         <v>8</v>
       </c>
       <c r="H70" s="5">
         <v>50000</v>
       </c>
       <c r="I70" s="5">
         <v>100000</v>
       </c>
-      <c r="J70" s="36">
+      <c r="J70" s="33">
         <f t="shared" ref="J70" si="69">G70*E68</f>
         <v>2.4</v>
       </c>
-      <c r="K70" s="36">
+      <c r="K70" s="33">
         <f t="shared" ref="K70" si="70">H70*E68</f>
         <v>15000</v>
       </c>
-      <c r="L70" s="36">
+      <c r="L70" s="33">
         <f t="shared" ref="L70" si="71">I70*E68</f>
         <v>30000</v>
       </c>
       <c r="M70" s="9"/>
     </row>
-    <row r="71" spans="2:14" ht="37" customHeight="1">
-[...4 lines deleted...]
-      <c r="F71" s="45" t="str">
+    <row r="71" spans="2:14" ht="36.950000000000003" customHeight="1">
+      <c r="B71" s="41"/>
+      <c r="C71" s="41"/>
+      <c r="D71" s="41"/>
+      <c r="E71" s="41"/>
+      <c r="F71" s="42" t="str">
         <f>F5</f>
         <v>Gads (par pēdējiem  gadiem)</v>
       </c>
-      <c r="G71" s="45" t="s">
-[...6 lines deleted...]
-        <v>39</v>
+      <c r="G71" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="H71" s="42" t="s">
+        <v>41</v>
+      </c>
+      <c r="I71" s="42" t="s">
+        <v>42</v>
       </c>
       <c r="J71" s="13"/>
       <c r="K71" s="13"/>
       <c r="L71" s="13"/>
       <c r="M71" s="13" t="s">
-        <v>40</v>
-[...9 lines deleted...]
-      <c r="F72" s="48">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="72" spans="2:14" ht="38.1" customHeight="1">
+      <c r="B72" s="43"/>
+      <c r="C72" s="44"/>
+      <c r="D72" s="43"/>
+      <c r="E72" s="44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F72" s="45">
         <f>F6</f>
         <v>2024</v>
       </c>
-      <c r="G72" s="49">
+      <c r="G72" s="46">
         <f>G6+G10+G13+G16+G19+G22+G25+G28+G31+G34+G37+J41+J44+J47+J50+J53+J56+J59+J62+J65+J68</f>
         <v>140</v>
       </c>
-      <c r="H72" s="49">
+      <c r="H72" s="46">
         <f t="shared" ref="H72:I72" si="72">H6+H10+H13+H16+H19+H22+H25+H28+H31+H34+H37+K41+K44+K47+K50+K53+K56+K59+K62+K65+K68</f>
         <v>700000</v>
       </c>
-      <c r="I72" s="49">
+      <c r="I72" s="46">
         <f t="shared" si="72"/>
         <v>1400000</v>
       </c>
-      <c r="J72" s="18"/>
-[...13 lines deleted...]
-      <c r="F73" s="48">
+      <c r="J72" s="16"/>
+      <c r="K72" s="16"/>
+      <c r="L72" s="16"/>
+      <c r="M72" s="47" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="73" spans="2:14" ht="38.1" customHeight="1">
+      <c r="B73" s="43"/>
+      <c r="C73" s="44"/>
+      <c r="D73" s="43"/>
+      <c r="E73" s="44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F73" s="45">
         <f t="shared" ref="F73:F74" si="73">F7</f>
         <v>2023</v>
       </c>
-      <c r="G73" s="49">
+      <c r="G73" s="46">
         <f t="shared" ref="G73:G74" si="74">G7+G11+G14+G17+G20+G23+G26+G29+G32+G35+G38+J42+J45+J48+J51+J54+J57+J60+J63+J66+J69</f>
         <v>112.00000000000006</v>
       </c>
-      <c r="H73" s="49">
+      <c r="H73" s="46">
         <f t="shared" ref="H73:H74" si="75">H7+H11+H14+H17+H20+H23+H26+H29+H32+H35+H38+K42+K45+K48+K51+K54+K57+K60+K63+K66+K69</f>
         <v>700000</v>
       </c>
-      <c r="I73" s="49">
+      <c r="I73" s="46">
         <f t="shared" ref="I73:I74" si="76">I7+I11+I14+I17+I20+I23+I26+I29+I32+I35+I38+L42+L45+L48+L51+L54+L57+L60+L63+L66+L69</f>
         <v>1400000</v>
       </c>
-      <c r="J73" s="18"/>
-[...13 lines deleted...]
-      <c r="F74" s="48">
+      <c r="J73" s="16"/>
+      <c r="K73" s="16"/>
+      <c r="L73" s="16"/>
+      <c r="M73" s="47" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="74" spans="2:14" ht="42.95" customHeight="1">
+      <c r="B74" s="43"/>
+      <c r="C74" s="44"/>
+      <c r="D74" s="43"/>
+      <c r="E74" s="44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F74" s="45">
         <f t="shared" si="73"/>
         <v>2022</v>
       </c>
-      <c r="G74" s="49">
+      <c r="G74" s="46">
         <f t="shared" si="74"/>
         <v>112.00000000000006</v>
       </c>
-      <c r="H74" s="49">
+      <c r="H74" s="46">
         <f t="shared" si="75"/>
         <v>700000</v>
       </c>
-      <c r="I74" s="49">
+      <c r="I74" s="46">
         <f t="shared" si="76"/>
         <v>1400000</v>
       </c>
-      <c r="J74" s="18"/>
-[...6 lines deleted...]
-    <row r="75" spans="2:14" ht="14.5">
+      <c r="J74" s="16"/>
+      <c r="K74" s="16"/>
+      <c r="L74" s="16"/>
+      <c r="M74" s="47" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="75" spans="2:14" ht="14.45">
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
       <c r="N75" s="3"/>
     </row>
-    <row r="76" spans="2:14" ht="18.5">
+    <row r="76" spans="2:14" ht="18.600000000000001">
       <c r="B76" s="3"/>
       <c r="C76" s="11"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
       <c r="N76" s="3"/>
     </row>
     <row r="77" spans="2:14" ht="22.5" customHeight="1">
-      <c r="B77" s="19"/>
-[...75 lines deleted...]
-      <c r="N81" s="20"/>
+      <c r="B77" s="17"/>
+      <c r="C77" s="83" t="s">
+        <v>46</v>
+      </c>
+      <c r="D77" s="83"/>
+      <c r="E77" s="83"/>
+      <c r="F77" s="83"/>
+      <c r="G77" s="83"/>
+      <c r="H77" s="83"/>
+      <c r="I77" s="83"/>
+      <c r="J77" s="83"/>
+      <c r="K77" s="83"/>
+      <c r="L77" s="83"/>
+      <c r="M77" s="83"/>
+      <c r="N77" s="17"/>
+    </row>
+    <row r="78" spans="2:14" ht="14.45" customHeight="1">
+      <c r="B78" s="18"/>
+      <c r="C78" s="72" t="s">
+        <v>47</v>
+      </c>
+      <c r="D78" s="72"/>
+      <c r="E78" s="72"/>
+      <c r="F78" s="72"/>
+      <c r="G78" s="72"/>
+      <c r="H78" s="72"/>
+      <c r="I78" s="72"/>
+      <c r="J78" s="72"/>
+      <c r="K78" s="72"/>
+      <c r="L78" s="72"/>
+      <c r="M78" s="72"/>
+      <c r="N78" s="18"/>
+    </row>
+    <row r="79" spans="2:14" ht="14.45" customHeight="1">
+      <c r="B79" s="18"/>
+      <c r="C79" s="72"/>
+      <c r="D79" s="72"/>
+      <c r="E79" s="72"/>
+      <c r="F79" s="72"/>
+      <c r="G79" s="72"/>
+      <c r="H79" s="72"/>
+      <c r="I79" s="72"/>
+      <c r="J79" s="72"/>
+      <c r="K79" s="72"/>
+      <c r="L79" s="72"/>
+      <c r="M79" s="72"/>
+      <c r="N79" s="18"/>
+    </row>
+    <row r="80" spans="2:14" ht="14.45" customHeight="1">
+      <c r="B80" s="18"/>
+      <c r="C80" s="72"/>
+      <c r="D80" s="72"/>
+      <c r="E80" s="72"/>
+      <c r="F80" s="72"/>
+      <c r="G80" s="72"/>
+      <c r="H80" s="72"/>
+      <c r="I80" s="72"/>
+      <c r="J80" s="72"/>
+      <c r="K80" s="72"/>
+      <c r="L80" s="72"/>
+      <c r="M80" s="72"/>
+      <c r="N80" s="18"/>
+    </row>
+    <row r="81" spans="2:14" ht="14.45" customHeight="1">
+      <c r="B81" s="18"/>
+      <c r="C81" s="72"/>
+      <c r="D81" s="72"/>
+      <c r="E81" s="72"/>
+      <c r="F81" s="72"/>
+      <c r="G81" s="72"/>
+      <c r="H81" s="72"/>
+      <c r="I81" s="72"/>
+      <c r="J81" s="72"/>
+      <c r="K81" s="72"/>
+      <c r="L81" s="72"/>
+      <c r="M81" s="72"/>
+      <c r="N81" s="18"/>
     </row>
     <row r="82" spans="2:14" ht="24" customHeight="1">
-      <c r="B82" s="20"/>
-[...13 lines deleted...]
-    <row r="83" spans="2:14" ht="18.5">
+      <c r="B82" s="18"/>
+      <c r="C82" s="18"/>
+      <c r="D82" s="18"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="18"/>
+      <c r="G82" s="18"/>
+      <c r="H82" s="18"/>
+      <c r="I82" s="18"/>
+      <c r="J82" s="18"/>
+      <c r="K82" s="18"/>
+      <c r="L82" s="18"/>
+      <c r="M82" s="18"/>
+      <c r="N82" s="18"/>
+    </row>
+    <row r="83" spans="2:14" ht="26.1">
       <c r="B83" s="3"/>
-      <c r="C83" s="3"/>
-[...11 lines deleted...]
-      <c r="M83" s="16"/>
+      <c r="C83" s="71" t="s">
+        <v>48</v>
+      </c>
+      <c r="D83" s="71"/>
+      <c r="E83" s="71"/>
+      <c r="F83" s="71"/>
+      <c r="G83" s="71"/>
+      <c r="H83" s="71"/>
+      <c r="I83" s="71"/>
+      <c r="J83" s="57"/>
+      <c r="K83" s="58"/>
+      <c r="L83" s="58"/>
+      <c r="M83" s="58"/>
       <c r="N83" s="3"/>
     </row>
-    <row r="84" spans="2:14" ht="37" customHeight="1">
+    <row r="84" spans="2:14" ht="26.1">
       <c r="B84" s="3"/>
-      <c r="C84" s="22" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="C84" s="70" t="s">
+        <v>49</v>
+      </c>
+      <c r="D84" s="70"/>
+      <c r="E84" s="70"/>
+      <c r="F84" s="70"/>
+      <c r="G84" s="70"/>
+      <c r="H84" s="70"/>
+      <c r="I84" s="70"/>
+      <c r="J84" s="52"/>
       <c r="K84" s="53"/>
       <c r="L84" s="53"/>
       <c r="M84" s="53"/>
       <c r="N84" s="3"/>
     </row>
-    <row r="85" spans="2:14" ht="68.150000000000006" customHeight="1">
+    <row r="85" spans="2:14" ht="36.950000000000003" customHeight="1">
       <c r="B85" s="3"/>
-      <c r="C85" s="21" t="s">
-[...6 lines deleted...]
-      <c r="F85" s="64" t="s">
+      <c r="C85" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="G85" s="65"/>
-[...2 lines deleted...]
-      <c r="J85" s="85" t="s">
+      <c r="D85" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="K85" s="86"/>
-[...4 lines deleted...]
-    <row r="86" spans="2:14" ht="57.65" customHeight="1">
+      <c r="E85" s="75"/>
+      <c r="F85" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="G85" s="67"/>
+      <c r="H85" s="68" t="s">
+        <v>53</v>
+      </c>
+      <c r="I85" s="68"/>
+      <c r="J85" s="54"/>
+      <c r="K85" s="59" t="s">
+        <v>54</v>
+      </c>
+      <c r="L85" s="60"/>
+      <c r="M85" s="60"/>
+      <c r="N85" s="3"/>
+    </row>
+    <row r="86" spans="2:14" ht="68.099999999999994" customHeight="1">
       <c r="B86" s="3"/>
-      <c r="C86" s="21" t="s">
-[...5 lines deleted...]
-      <c r="E86" s="62"/>
+      <c r="C86" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D86" s="80" t="s">
+        <v>56</v>
+      </c>
+      <c r="E86" s="80"/>
       <c r="F86" s="64" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G86" s="65"/>
-      <c r="H86" s="65"/>
-[...9 lines deleted...]
-    <row r="87" spans="2:14" ht="14.5">
+      <c r="H86" s="69" t="s">
+        <v>58</v>
+      </c>
+      <c r="I86" s="69"/>
+      <c r="J86" s="55"/>
+      <c r="K86" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="L86" s="62"/>
+      <c r="M86" s="62"/>
+      <c r="N86" s="21"/>
+    </row>
+    <row r="87" spans="2:14" ht="57.6" customHeight="1">
       <c r="B87" s="3"/>
-      <c r="C87" s="3"/>
-[...12 lines deleted...]
-    <row r="88" spans="2:14" ht="46.5" customHeight="1">
+      <c r="C87" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D87" s="80" t="s">
+        <v>61</v>
+      </c>
+      <c r="E87" s="80"/>
+      <c r="F87" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="G87" s="65"/>
+      <c r="H87" s="64" t="s">
+        <v>63</v>
+      </c>
+      <c r="I87" s="65"/>
+      <c r="J87" s="55"/>
+      <c r="K87" s="61" t="s">
+        <v>64</v>
+      </c>
+      <c r="L87" s="62"/>
+      <c r="M87" s="62"/>
+      <c r="N87" s="21"/>
+    </row>
+    <row r="88" spans="2:14" ht="14.45">
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
-      <c r="D88" s="8"/>
-[...13 lines deleted...]
-    <row r="89" spans="2:14" ht="40" customHeight="1">
+      <c r="D88" s="7"/>
+      <c r="E88" s="3"/>
+      <c r="F88" s="3"/>
+      <c r="G88" s="3"/>
+      <c r="H88" s="3"/>
+      <c r="I88" s="3"/>
+      <c r="J88" s="48"/>
+      <c r="K88" s="48"/>
+      <c r="L88" s="48"/>
+      <c r="M88" s="48"/>
+      <c r="N88" s="35"/>
+    </row>
+    <row r="89" spans="2:14" ht="46.5" customHeight="1">
       <c r="B89" s="3"/>
-      <c r="C89" s="22" t="s">
-[...18 lines deleted...]
-    <row r="90" spans="2:14" ht="140.5" customHeight="1">
+      <c r="C89" s="3"/>
+      <c r="D89" s="8"/>
+      <c r="E89" s="8"/>
+      <c r="F89" s="8"/>
+      <c r="G89" s="8"/>
+      <c r="H89" s="8"/>
+      <c r="I89" s="8"/>
+      <c r="J89" s="56"/>
+      <c r="K89" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="L89" s="63"/>
+      <c r="M89" s="63"/>
+      <c r="N89" s="22"/>
+    </row>
+    <row r="90" spans="2:14" ht="39.950000000000003" customHeight="1">
       <c r="B90" s="3"/>
-      <c r="C90" s="21" t="s">
-[...15 lines deleted...]
-      <c r="M90" s="17"/>
+      <c r="C90" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D90" s="81" t="s">
+        <v>67</v>
+      </c>
+      <c r="E90" s="81"/>
+      <c r="F90" s="74" t="s">
+        <v>68</v>
+      </c>
+      <c r="G90" s="76"/>
+      <c r="H90" s="76"/>
+      <c r="I90" s="75"/>
+      <c r="J90" s="49"/>
+      <c r="K90" s="49"/>
+      <c r="L90" s="49"/>
+      <c r="M90" s="23"/>
       <c r="N90" s="3"/>
     </row>
-    <row r="91" spans="2:14" ht="14.5">
+    <row r="91" spans="2:14" ht="140.44999999999999" customHeight="1">
       <c r="B91" s="3"/>
-      <c r="C91" s="3"/>
-[...9 lines deleted...]
-      <c r="M91" s="3"/>
+      <c r="C91" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D91" s="80" t="s">
+        <v>70</v>
+      </c>
+      <c r="E91" s="80"/>
+      <c r="F91" s="77" t="s">
+        <v>71</v>
+      </c>
+      <c r="G91" s="78"/>
+      <c r="H91" s="78"/>
+      <c r="I91" s="79"/>
+      <c r="J91" s="50"/>
+      <c r="K91" s="50"/>
+      <c r="L91" s="50"/>
+      <c r="M91" s="51"/>
       <c r="N91" s="3"/>
     </row>
-    <row r="92" spans="2:14" ht="18" customHeight="1">
+    <row r="92" spans="2:14" ht="14.45">
       <c r="B92" s="3"/>
-      <c r="C92" s="54" t="s">
-[...11 lines deleted...]
-      <c r="M92" s="10"/>
+      <c r="C92" s="3"/>
+      <c r="D92" s="3"/>
+      <c r="E92" s="3"/>
+      <c r="F92" s="3"/>
+      <c r="G92" s="3"/>
+      <c r="H92" s="3"/>
+      <c r="I92" s="3"/>
+      <c r="J92" s="3"/>
+      <c r="K92" s="3"/>
+      <c r="L92" s="3"/>
+      <c r="M92" s="3"/>
       <c r="N92" s="3"/>
     </row>
     <row r="93" spans="2:14" ht="18" customHeight="1">
       <c r="B93" s="3"/>
-      <c r="C93" s="55" t="s">
-[...11 lines deleted...]
-      <c r="M93" s="12"/>
+      <c r="C93" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="D93" s="72"/>
+      <c r="E93" s="72"/>
+      <c r="F93" s="72"/>
+      <c r="G93" s="72"/>
+      <c r="H93" s="72"/>
+      <c r="I93" s="72"/>
+      <c r="J93" s="10"/>
+      <c r="K93" s="10"/>
+      <c r="L93" s="10"/>
+      <c r="M93" s="10"/>
       <c r="N93" s="3"/>
     </row>
+    <row r="94" spans="2:14" ht="18" customHeight="1">
+      <c r="B94" s="3"/>
+      <c r="C94" s="73" t="s">
+        <v>2</v>
+      </c>
+      <c r="D94" s="73"/>
+      <c r="E94" s="73"/>
+      <c r="F94" s="73"/>
+      <c r="G94" s="73"/>
+      <c r="H94" s="73"/>
+      <c r="I94" s="73"/>
+      <c r="J94" s="12"/>
+      <c r="K94" s="12"/>
+      <c r="L94" s="12"/>
+      <c r="M94" s="12"/>
+      <c r="N94" s="3"/>
+    </row>
   </sheetData>
-  <mergeCells count="105">
+  <mergeCells count="110">
     <mergeCell ref="C3:M3"/>
-    <mergeCell ref="J85:M85"/>
-[...1 lines deleted...]
-    <mergeCell ref="J88:M88"/>
     <mergeCell ref="B53:B55"/>
     <mergeCell ref="C53:C55"/>
     <mergeCell ref="D53:D55"/>
     <mergeCell ref="E53:E55"/>
     <mergeCell ref="B56:B58"/>
     <mergeCell ref="C56:C58"/>
     <mergeCell ref="D56:D58"/>
     <mergeCell ref="E56:E58"/>
     <mergeCell ref="B44:B46"/>
     <mergeCell ref="C44:C46"/>
     <mergeCell ref="D44:D46"/>
     <mergeCell ref="E44:E46"/>
     <mergeCell ref="B50:B52"/>
     <mergeCell ref="C50:C52"/>
     <mergeCell ref="D50:D52"/>
     <mergeCell ref="E50:E52"/>
     <mergeCell ref="B47:B49"/>
     <mergeCell ref="C47:C49"/>
     <mergeCell ref="D47:D49"/>
     <mergeCell ref="E47:E49"/>
     <mergeCell ref="B68:B70"/>
     <mergeCell ref="C68:C70"/>
     <mergeCell ref="D68:D70"/>
     <mergeCell ref="E68:E70"/>
     <mergeCell ref="B59:B61"/>
     <mergeCell ref="C59:C61"/>
     <mergeCell ref="D59:D61"/>
     <mergeCell ref="E59:E61"/>
     <mergeCell ref="B62:B64"/>
     <mergeCell ref="C62:C64"/>
     <mergeCell ref="D62:D64"/>
     <mergeCell ref="E62:E64"/>
     <mergeCell ref="B65:B67"/>
     <mergeCell ref="C65:C67"/>
     <mergeCell ref="D65:D67"/>
     <mergeCell ref="E65:E67"/>
-    <mergeCell ref="B16:B18"/>
-[...6 lines deleted...]
-    <mergeCell ref="E19:E21"/>
     <mergeCell ref="C34:C36"/>
     <mergeCell ref="D34:D36"/>
     <mergeCell ref="E34:E36"/>
     <mergeCell ref="C25:C27"/>
     <mergeCell ref="D25:D27"/>
     <mergeCell ref="E25:E27"/>
     <mergeCell ref="B34:B36"/>
     <mergeCell ref="B22:B24"/>
     <mergeCell ref="C22:C24"/>
     <mergeCell ref="D22:D24"/>
     <mergeCell ref="E22:E24"/>
-    <mergeCell ref="D37:D39"/>
-    <mergeCell ref="E37:E39"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="C28:C30"/>
     <mergeCell ref="D28:D30"/>
     <mergeCell ref="E28:E30"/>
     <mergeCell ref="B31:B33"/>
     <mergeCell ref="C31:C33"/>
     <mergeCell ref="D31:D33"/>
     <mergeCell ref="E31:E33"/>
+    <mergeCell ref="B16:B18"/>
+    <mergeCell ref="C16:C18"/>
+    <mergeCell ref="D16:D18"/>
+    <mergeCell ref="E16:E18"/>
+    <mergeCell ref="B19:B21"/>
+    <mergeCell ref="C19:C21"/>
+    <mergeCell ref="D19:D21"/>
+    <mergeCell ref="E19:E21"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="C78:M81"/>
     <mergeCell ref="C77:M77"/>
-    <mergeCell ref="F85:I85"/>
-    <mergeCell ref="D83:I83"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="E6:E8"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B25:B27"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="C10:C12"/>
     <mergeCell ref="D10:D12"/>
     <mergeCell ref="E10:E12"/>
     <mergeCell ref="B13:B15"/>
     <mergeCell ref="C13:C15"/>
     <mergeCell ref="D13:D15"/>
     <mergeCell ref="E13:E15"/>
     <mergeCell ref="B37:B39"/>
     <mergeCell ref="B41:B43"/>
     <mergeCell ref="C41:C43"/>
     <mergeCell ref="D41:D43"/>
     <mergeCell ref="E41:E43"/>
     <mergeCell ref="C37:C39"/>
-    <mergeCell ref="J84:M84"/>
-    <mergeCell ref="C92:I92"/>
+    <mergeCell ref="D37:D39"/>
+    <mergeCell ref="E37:E39"/>
     <mergeCell ref="C93:I93"/>
-    <mergeCell ref="D84:E84"/>
-    <mergeCell ref="F89:I89"/>
+    <mergeCell ref="C94:I94"/>
+    <mergeCell ref="D85:E85"/>
     <mergeCell ref="F90:I90"/>
-    <mergeCell ref="D85:E85"/>
+    <mergeCell ref="F91:I91"/>
     <mergeCell ref="D86:E86"/>
-    <mergeCell ref="D89:E89"/>
+    <mergeCell ref="D87:E87"/>
     <mergeCell ref="D90:E90"/>
-    <mergeCell ref="F86:I86"/>
-    <mergeCell ref="F84:I84"/>
+    <mergeCell ref="D91:E91"/>
+    <mergeCell ref="J83:M83"/>
+    <mergeCell ref="K85:M85"/>
+    <mergeCell ref="K86:M86"/>
+    <mergeCell ref="K87:M87"/>
+    <mergeCell ref="K89:M89"/>
+    <mergeCell ref="F87:G87"/>
+    <mergeCell ref="F86:G86"/>
+    <mergeCell ref="F85:G85"/>
+    <mergeCell ref="H85:I85"/>
+    <mergeCell ref="H86:I86"/>
+    <mergeCell ref="H87:I87"/>
+    <mergeCell ref="C84:I84"/>
+    <mergeCell ref="C83:I83"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="C93" r:id="rId1" xr:uid="{4FE4934E-EE20-4233-B5C9-1DDEB9FF7E49}"/>
+    <hyperlink ref="C94" r:id="rId1" xr:uid="{4FE4934E-EE20-4233-B5C9-1DDEB9FF7E49}"/>
     <hyperlink ref="C4" r:id="rId2" xr:uid="{8E12FEE2-5C64-4C0D-BCF5-5D024D026074}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="cf6ab5d4-62ec-4779-8671-a1faf119395c" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="f460a412-55da-43b7-bce9-0b638edefbc1">
@@ -4683,125 +4810,79 @@
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05C29854-A15A-4A36-8415-6E6D8EE45DD5}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05C29854-A15A-4A36-8415-6E6D8EE45DD5}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5286C07-0E75-4D1E-BADA-6FBEB48F92F7}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5286C07-0E75-4D1E-BADA-6FBEB48F92F7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B342C7-07C9-4238-9537-AD50E4E52071}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5B342C7-07C9-4238-9537-AD50E4E52071}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jānis Pērkons</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010089420F9C1DC0CD458DDD10124B9EB622</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>108100</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>