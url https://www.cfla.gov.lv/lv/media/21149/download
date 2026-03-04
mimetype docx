--- v0 (2025-10-13)
+++ v1 (2026-03-04)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B4597EC" w14:textId="248B9F8F" w:rsidR="000D7736" w:rsidRPr="00B21C1B" w:rsidRDefault="000D7736" w:rsidP="424BDFEE">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -58,145 +59,114 @@
     </w:p>
     <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00B21C1B" w:rsidRDefault="000D7736" w:rsidP="009077C4">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4303FD1A" w14:textId="4C118E0B" w:rsidR="000D7736" w:rsidRDefault="00384D0E" w:rsidP="00F82DC1">
+    <w:p w14:paraId="38C3FA96" w14:textId="6BB205A6" w:rsidR="001310EB" w:rsidRPr="00B21C1B" w:rsidRDefault="00384D0E" w:rsidP="00C6120F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="000D7736" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojektu atlases departamenta direktor</w:t>
       </w:r>
-      <w:r w:rsidR="001310EB">
+      <w:r w:rsidR="00C6120F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>a p.i.,</w:t>
+        <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C3FA96" w14:textId="72E8532E" w:rsidR="001310EB" w:rsidRPr="00B21C1B" w:rsidRDefault="001310EB" w:rsidP="00F82DC1">
-[...30 lines deleted...]
-    <w:p w14:paraId="183594BD" w14:textId="7C030C8E" w:rsidR="00202C7E" w:rsidRPr="00B21C1B" w:rsidRDefault="00202C7E" w:rsidP="00F82DC1">
+    <w:p w14:paraId="183594BD" w14:textId="2EAA6B7B" w:rsidR="00202C7E" w:rsidRPr="00B21C1B" w:rsidRDefault="00202C7E" w:rsidP="00F82DC1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(elektroniskais paraksts) </w:t>
       </w:r>
-      <w:r w:rsidR="001310EB">
+      <w:r w:rsidR="00C6120F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>S. Zīverte</w:t>
+        <w:t>A. Abu-Junese</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3710E133" w14:textId="3FAAC4AE" w:rsidR="000D7736" w:rsidRPr="00B21C1B" w:rsidRDefault="00202C7E" w:rsidP="005031EC">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(datums skatāms laika zīmogā)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00B21C1B" w:rsidRDefault="00CD49EF" w:rsidP="0098459D">
       <w:pPr>
@@ -797,51 +767,51 @@
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008E6F2E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atlases nolikums</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2866"/>
         <w:gridCol w:w="2974"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C92860" w:rsidRPr="00B21C1B" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="00E135A1">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17652BDB" w14:textId="1BE0F6F1" w:rsidR="00C92860" w:rsidRPr="00B21C1B" w:rsidRDefault="00C92860" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -976,51 +946,51 @@
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidR="00C92860" w:rsidRPr="7CAA91AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.</w:t>
             </w:r>
             <w:r w:rsidR="00815C38" w:rsidRPr="7CAA91AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:hyperlink r:id="rId19">
               <w:r w:rsidR="002E4A44" w:rsidRPr="7CAA91AD">
                 <w:rPr>
-                  <w:rStyle w:val="Hipersaite"/>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>409</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00C92860" w:rsidRPr="7CAA91AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00815C38" w:rsidRPr="7CAA91AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="006A65C1" w:rsidRPr="7CAA91AD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
@@ -1843,51 +1813,50 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DB2BDDA" w14:textId="068E1201" w:rsidR="00893E21" w:rsidRPr="00B21C1B" w:rsidRDefault="00114FC2" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Izmaksas ir attiecināmas</w:t>
             </w:r>
             <w:r w:rsidR="00414E92" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>, ja tās</w:t>
             </w:r>
             <w:r w:rsidR="000C6741" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E41CBE" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
@@ -1934,50 +1903,51 @@
             <w:r w:rsidR="009700E6" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>jūlija.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="602B1270" w14:textId="77777777" w:rsidR="00190F03" w:rsidRPr="00B21C1B" w:rsidRDefault="00E4143D" w:rsidP="00190F03">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Projekta iesniegumā </w:t>
             </w:r>
             <w:r w:rsidR="00E716D8" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>neiekļauj un finansējumu nepiešķir</w:t>
             </w:r>
             <w:r w:rsidR="005E76A0" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00190F03" w:rsidRPr="00B21C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>faktiski vai pilnībā pabeigtām darbībām.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75DB9BDD" w14:textId="7C7CF0B4" w:rsidR="00470818" w:rsidRPr="00B21C1B" w:rsidRDefault="006D1BAD" w:rsidP="0098459D">
@@ -2491,590 +2461,614 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Prasības projekta iesniedzējam</w:t>
       </w:r>
       <w:r w:rsidR="007C2284" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF2018" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>un sadarbības partnerim</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5071FD35" w14:textId="559A1AF2" w:rsidR="005F2FFD" w:rsidRPr="00B21C1B" w:rsidRDefault="00C92860" w:rsidP="005B4309">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="437"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>P</w:t>
         </w:r>
         <w:r w:rsidR="009A1D0A" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>rojekta iesnie</w:t>
         </w:r>
         <w:r w:rsidR="00D917B5" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>dzējs</w:t>
         </w:r>
         <w:r w:rsidR="00126587" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> atbilstoši </w:t>
         </w:r>
         <w:r w:rsidR="00AE3371" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>SAM MK</w:t>
         </w:r>
         <w:r w:rsidR="008F5A15" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> noteikumu</w:t>
         </w:r>
         <w:r w:rsidR="00AE3371" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> 16. punktam</w:t>
         </w:r>
         <w:r w:rsidR="00D917B5" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> ir</w:t>
         </w:r>
         <w:r w:rsidR="000F2DE7" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00382E18" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>biedrība “Augstākās izglītības un zinātnes informācijas tehnoloģijas koplietošanas pakalpojumu centrs”</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00530A0F" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="158C3E0B" w14:textId="198A985A" w:rsidR="0054422B" w:rsidRPr="00B21C1B" w:rsidRDefault="004B56A5" w:rsidP="005B4309">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta sadarbības partneri</w:t>
       </w:r>
       <w:r w:rsidR="00BE09E2" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00AE3371" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilsto</w:t>
       </w:r>
       <w:r w:rsidR="00C82449" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ši SAM MK</w:t>
       </w:r>
       <w:r w:rsidR="00F35F74" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikumu</w:t>
       </w:r>
       <w:r w:rsidR="00C82449" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17. punkt</w:t>
       </w:r>
       <w:r w:rsidR="00D916D3">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> var būt</w:t>
       </w:r>
       <w:r w:rsidR="0054422B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D61A3EE" w14:textId="5AA6FDC2" w:rsidR="0054422B" w:rsidRPr="00B21C1B" w:rsidRDefault="00825AF2" w:rsidP="00292904">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Latvijas Biozinātņu un tehnoloģiju universitāte</w:t>
+        <w:t xml:space="preserve">Latvijas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Biozinātņu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un tehnoloģiju universitāte</w:t>
       </w:r>
       <w:r w:rsidR="0054422B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344A66B0" w14:textId="564BED81" w:rsidR="0054422B" w:rsidRPr="00B21C1B" w:rsidRDefault="00825AF2" w:rsidP="00292904">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Latvijas Universitāte</w:t>
       </w:r>
       <w:r w:rsidR="0054422B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498C6DB7" w14:textId="45B82478" w:rsidR="0054422B" w:rsidRPr="00B21C1B" w:rsidRDefault="00825AF2" w:rsidP="00292904">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Rīgas Stradiņa universitāte</w:t>
       </w:r>
       <w:r w:rsidR="0054422B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAAF189" w14:textId="31C11CB7" w:rsidR="0054422B" w:rsidRPr="00B21C1B" w:rsidRDefault="00825AF2" w:rsidP="004F4A90">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Rīgas Tehniskā universitāte</w:t>
       </w:r>
       <w:r w:rsidR="0054422B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51642327" w14:textId="7FEFBFD6" w:rsidR="00693EE8" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="002D4208">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Atbalstāmās darbības</w:t>
       </w:r>
       <w:r w:rsidR="00FA14E2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> un izmaksas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BBFA914" w14:textId="77777777" w:rsidR="001E2A72" w:rsidRPr="00B21C1B" w:rsidRDefault="00270D4F" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasākuma ietvaros </w:t>
       </w:r>
       <w:r w:rsidR="005E6988" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ir atbalstāmas darbības, kas noteiktas SAM MK noteikumu </w:t>
       </w:r>
       <w:r w:rsidR="00F147B6" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>21. punktā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB1A018" w14:textId="3A9C8FAD" w:rsidR="001C5742" w:rsidRPr="00B21C1B" w:rsidRDefault="001E2A72" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumā </w:t>
       </w:r>
       <w:r w:rsidR="00CA00F5" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">plāno izmaksas atbilstoši SAM MK noteikumu </w:t>
       </w:r>
       <w:r w:rsidR="00C3617F" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>24. punktam</w:t>
       </w:r>
       <w:r w:rsidR="00CA00F5" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C25F266" w14:textId="458423AF" w:rsidR="00CA00F5" w:rsidRPr="00B21C1B" w:rsidRDefault="00CA00F5" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu īsteno ne ilgāk kā līdz </w:t>
       </w:r>
       <w:r w:rsidR="00015864" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
@@ -3120,85 +3114,85 @@
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="008E1C0B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MK SAM noteikumu 29. punktam</w:t>
       </w:r>
       <w:r w:rsidR="00015864" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DBF4BB" w14:textId="61F7C5F4" w:rsidR="0025467C" w:rsidRPr="00B21C1B" w:rsidRDefault="0025467C" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izmaksu plānošanā </w:t>
       </w:r>
       <w:r w:rsidR="0039410D" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jāņem vērā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE0DB61" w14:textId="3F2CC967" w:rsidR="00693EE8" w:rsidRPr="00B21C1B" w:rsidRDefault="00A63E52" w:rsidP="18ED6906">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="000F419E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>inanšu ministrijas 2023.</w:t>
       </w:r>
       <w:r w:rsidR="000F419E" w:rsidRPr="00B21C1B">
         <w:rPr>
@@ -3432,68 +3426,68 @@
         <w:t>2027.</w:t>
       </w:r>
       <w:r w:rsidR="000F419E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Arial"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="000F419E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>gadam ietvaros</w:t>
       </w:r>
       <w:r w:rsidR="000F419E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00EB1812" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidR="0085169A" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B9AE882" w14:textId="594DE4C3" w:rsidR="0085169A" w:rsidRPr="00B21C1B" w:rsidRDefault="009A1AD8" w:rsidP="643D00C9">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Finanšu ministrijas 202</w:t>
       </w:r>
       <w:r w:rsidR="00A53C5B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
@@ -3761,67 +3755,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>steno</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>anai</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00635734" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D85786" w14:textId="15E31261" w:rsidR="009A1AD8" w:rsidRPr="00B21C1B" w:rsidRDefault="00647AAF" w:rsidP="643D00C9">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Finanšu ministrijas 2024.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4007,58 +4001,51 @@
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ba</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un </w:t>
-[...6 lines deleted...]
-        <w:t>Eiropas Savien</w:t>
+        <w:t xml:space="preserve"> un Eiropas Savien</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>bas koh</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>zijas politikas programmas 2021.</w:t>
       </w:r>
@@ -4084,98 +4071,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>steno</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>anai</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="005C084D" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1CEEC2" w14:textId="4CA09FCC" w:rsidR="00647AAF" w:rsidRPr="00B21C1B" w:rsidRDefault="00E70ED3" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finanšu ministrijas 2023. gada 25. septembra vadlīnijas Nr. 1.2 “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.</w:t>
       </w:r>
       <w:r w:rsidR="00A8540C" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Aptos Display"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2027. gada plānošanas periodā”</w:t>
       </w:r>
       <w:r w:rsidR="006B317D" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A68730" w14:textId="51D5319C" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="002D4208">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
@@ -4186,202 +4174,202 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00E53DBA" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9D12C2" w14:textId="77777777" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumu iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – Projektu portāls) </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A904C2" w14:textId="4E52DDB6" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">juridiska persona, kura nav Projektu portāla e-vides lietotāja, iesniedz līguma un lietotāju tiesību veidlapas atbilstoši tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43286975" w14:textId="5C106BA7" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ja juridiskai personai, kura ir Projektu portāla e-vides lietotāja, nepieciešams labot, anulēt vai piešķirt lietotāju tiesības, tā iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00628553" w14:textId="0DDBC9C2" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projektu portālā aizpilda projekta iesnieguma datu laukus un pievieno šādus dokumentus:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72579DEB" w14:textId="207E6025" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta budžetā (projekta iesnieguma sadaļā “Budžeta kopsavilkums”) norādīto izmaksu apmēru pamatojošie dokumenti</w:t>
       </w:r>
       <w:r w:rsidR="00EC074E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -4392,51 +4380,51 @@
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar</w:t>
       </w:r>
       <w:r w:rsidR="00EC074E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti, noslēgtiem nodomu protokoliem vai līgumiem (ja attiecināms) u.c. informāciju</w:t>
       </w:r>
       <w:r w:rsidR="00F128D2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C54838" w14:textId="7C392F74" w:rsidR="00A003C1" w:rsidRPr="00B21C1B" w:rsidRDefault="00A003C1" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>līgum</w:t>
       </w:r>
       <w:r w:rsidR="007D10BB" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00390770" w:rsidRPr="00B21C1B">
@@ -4511,51 +4499,51 @@
       </w:r>
       <w:r w:rsidR="00266E03" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(atbilstoši </w:t>
       </w:r>
       <w:r w:rsidR="00F04A44" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ministru kabineta</w:t>
       </w:r>
       <w:r w:rsidR="00266E03" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikumu Nr. 408</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Ref202526285"/>
       <w:r w:rsidR="006D7675" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00266E03" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D54AD" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="00DE169D" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -4612,51 +4600,51 @@
       </w:r>
       <w:r w:rsidR="00BE0C92" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pirms projekta iesnieguma iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidR="00AE619D" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadarbības iestādē</w:t>
       </w:r>
       <w:r w:rsidR="00BB1514" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69409415" w14:textId="60B4D947" w:rsidR="00691AF5" w:rsidRPr="00B21C1B" w:rsidRDefault="00A769F4" w:rsidP="2713BC80">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>apliecinājums par sadarbību, informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā</w:t>
       </w:r>
       <w:r w:rsidR="7D1E5365" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
@@ -4706,81 +4694,81 @@
       </w:r>
       <w:r w:rsidR="00D737CB" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums</w:t>
       </w:r>
       <w:r w:rsidR="00B60527" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005D5428" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1009D4" w14:textId="77777777" w:rsidR="00E35655" w:rsidRPr="005D5428" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumā atsauces uz pielikumiem norāda precīzi, nodrošinot to identificējamību. </w:t>
       </w:r>
       <w:r w:rsidRPr="005D5428">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4555CB81" w14:textId="66BEC660" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Lai kvalitatīvi aizpildītu projekta iesniegumu, </w:t>
       </w:r>
       <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">izmanto Projekta portāla e-vidē </w:t>
       </w:r>
@@ -4815,139 +4803,160 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="244935" cy="206834"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> pie projekta iesnieguma attiecīgās sadaļas iekļauto informāciju. </w:t>
       </w:r>
       <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t xml:space="preserve">Papildus izmantojama Projektu portāla elektroniskā lietotāju rokasgrāmata (eLRG) </w:t>
+        <w:t>Papildus izmantojama Projektu portāla elektroniskā lietotāju rokasgrāmata (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t>eLRG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00B537BF" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://elrg.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00652966" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>, kurā pieejamas aktuālās Projektu portāla funkcionalitāšu tehniskās un biznesa lietošanas instrukcijas, t.sk. par Projektu portāla ekrānskatiem, specifiskām datu ievades prasībām un pielietojamiem risinājumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7CF4FB" w14:textId="08A57661" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Projekta iesniegumu sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir citā valodā, atbilstoši Valsts valodas likumam pievieno Ministru kabineta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Projekta iesniegumu sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir citā valodā, atbilstoši Valsts valodas likumam pievieno Ministru kabineta 2000. gada 22. augusta noteikumu Nr. 291 “Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” noteiktajā kārtībā vai notariāli apliecinātu tulkojumu valsts valodā.</w:t>
+        <w:t>2000. gada 22. augusta noteikumu Nr. 291 “Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” noteiktajā kārtībā vai notariāli apliecinātu tulkojumu valsts valodā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CF06A4" w14:textId="77777777" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniegumā summas norāda </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz diviem cipariem aiz komata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313EAA08" w14:textId="4BAA5021" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00124031">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta iesniegumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz līdz projekt</w:t>
@@ -4968,51 +4977,51 @@
       </w:r>
       <w:r w:rsidR="004A13CB" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigu datumam</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C0DB053" w14:textId="03B7577E" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums iesniegts pēc projekt</w:t>
       </w:r>
       <w:r w:rsidR="00F30535" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
@@ -5025,51 +5034,51 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas termiņa beigu datuma, tas netiek vērtēts. </w:t>
       </w:r>
       <w:r w:rsidR="006D50B7" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>adarbības iestāde par to informē projekta iesniedzēju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44323B91" w14:textId="1069631F" w:rsidR="00E35655" w:rsidRPr="00B21C1B" w:rsidRDefault="00E35655" w:rsidP="00B56B3C">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējam pēc projekta iesnieguma iesniegšanas sadarbības iestādē tiek nosūtīta </w:t>
       </w:r>
       <w:r w:rsidR="00C93ACD" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projektu portāla</w:t>
       </w:r>
@@ -5112,51 +5121,51 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BF5A92" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="004C6483" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BF5A92" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> atlasē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E33464" w14:textId="70E1BE59" w:rsidR="009D55CA" w:rsidRPr="00B21C1B" w:rsidRDefault="008E372B" w:rsidP="3B7DE76A">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref120492295"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
       <w:r w:rsidR="003006B8" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5302,51 +5311,51 @@
       <w:r w:rsidR="28A91B1B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
       <w:r w:rsidR="006939F6" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="28A91B1B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>oktobrim.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="760F9B36" w14:textId="09120E0B" w:rsidR="00F714F3" w:rsidRPr="00B21C1B" w:rsidRDefault="00723777" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums iesniegts priekšizskatīšanai, sadarbības iestāde</w:t>
       </w:r>
       <w:r w:rsidR="007D4D0D" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> desmit</w:t>
@@ -5639,51 +5648,51 @@
       </w:r>
       <w:r w:rsidR="008C76AE" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>komentāriem</w:t>
       </w:r>
       <w:r w:rsidR="00F714F3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir rekomendējošs raksturs</w:t>
       </w:r>
       <w:r w:rsidR="00D30F5A" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D55E861" w14:textId="08ABA2F3" w:rsidR="00723777" w:rsidRPr="00B21C1B" w:rsidRDefault="00690AC3" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc priekšizskatīšanas </w:t>
       </w:r>
       <w:r w:rsidR="00652D3A" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesnie</w:t>
@@ -5704,51 +5713,51 @@
       </w:r>
       <w:r w:rsidR="00F714F3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
       <w:r w:rsidR="64CDA24E" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumu</w:t>
       </w:r>
       <w:r w:rsidR="00F714F3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B75B470" w14:textId="67447D69" w:rsidR="00916ED5" w:rsidRPr="00B21C1B" w:rsidRDefault="00970461" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Ref120490924"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc projekta iesnieguma iesniegšanas sadarbības iestāde</w:t>
@@ -5964,51 +5973,51 @@
       </w:r>
       <w:r w:rsidR="004C2AE4" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="58A8C74D" w14:textId="58E9F27F" w:rsidR="001F6058" w:rsidRPr="00B21C1B" w:rsidRDefault="48D7B61A" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Ref120491921"/>
       <w:bookmarkStart w:id="4" w:name="_Ref172292878"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
@@ -6210,51 +6219,51 @@
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00187AE8" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="69EC6F73" w14:textId="6620C68A" w:rsidR="002927C4" w:rsidRPr="00B21C1B" w:rsidRDefault="006204AD" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Ref188435005"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="006D2D4B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
@@ -6546,51 +6555,51 @@
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="489965A3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="4E0B9A16" w14:textId="05AF84A2" w:rsidR="009B5CD7" w:rsidRPr="00B21C1B" w:rsidRDefault="00916ED5" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="00D25D08" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -6735,78 +6744,78 @@
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
       <w:r w:rsidR="00B54A16" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00B21C1B" w:rsidRDefault="00A01D52" w:rsidP="002D4208">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="473A255F" w14:textId="07E16DEB" w:rsidR="00D537C1" w:rsidRPr="00B21C1B" w:rsidRDefault="00D537C1" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Ref172292401"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības fondu 2021.</w:t>
       </w:r>
       <w:r w:rsidR="00711EC7" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
@@ -6920,94 +6929,94 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="003C2CBE" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2509</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61.</w:t>
       </w:r>
       <w:r w:rsidR="00402F7A" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="65DC1E48" w14:textId="77777777" w:rsidR="00ED25A0" w:rsidRPr="00B21C1B" w:rsidRDefault="00D537C1" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -7111,145 +7120,145 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">objektivitātes un </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>konfidencialitātes ievērošanu.</w:t>
       </w:r>
       <w:r w:rsidR="00144B21" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F66F55D" w14:textId="2502574E" w:rsidR="00144B21" w:rsidRPr="00B21C1B" w:rsidRDefault="00144B21" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas locekļi projekta iesnieguma vērtēšanā piedalās šādā apjomā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDFD93C" w14:textId="77777777" w:rsidR="00144B21" w:rsidRPr="00B21C1B" w:rsidRDefault="00144B21" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vienotie kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="359DB4BB" w14:textId="77777777" w:rsidR="00144B21" w:rsidRPr="00B21C1B" w:rsidRDefault="00144B21" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12545E31" w14:textId="7CF4174F" w:rsidR="00D537C1" w:rsidRPr="00B21C1B" w:rsidRDefault="00144B21" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -7277,51 +7286,51 @@
         <w:t xml:space="preserve">balsstiesīgie </w:t>
       </w:r>
       <w:r w:rsidR="004316C9" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projektu iesniegumu komisijas locekļi</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373EF6E2" w14:textId="01E031EF" w:rsidR="001B7BC7" w:rsidRPr="00B21C1B" w:rsidRDefault="00B60437" w:rsidP="2E00752B">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00ED50C7" w:rsidRPr="00B21C1B">
         <w:rPr>
@@ -7487,218 +7496,218 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="00485091" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="7DCBB967" w14:textId="7653B209" w:rsidR="0020379A" w:rsidRPr="00B21C1B" w:rsidRDefault="34A7FB25" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē šādā secībā:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="2E3CECE5" w14:textId="0809CA3D" w:rsidR="0020379A" w:rsidRPr="00B21C1B" w:rsidRDefault="00DB6821" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="007930C2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720C01FA" w14:textId="6DC8C8FB" w:rsidR="0020379A" w:rsidRPr="00B21C1B" w:rsidRDefault="00DB6821" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="007930C2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3646BD65" w14:textId="119CC018" w:rsidR="0020379A" w:rsidRPr="00B21C1B" w:rsidRDefault="00DB6821" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji</w:t>
       </w:r>
       <w:r w:rsidR="007930C2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00B21C1B" w:rsidRDefault="00D537C1" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="36592662" w14:textId="6ED7CD57" w:rsidR="00D537C1" w:rsidRPr="00B21C1B" w:rsidRDefault="00F31B42" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00B21C1B">
         <w:rPr>
@@ -7819,98 +7828,114 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00B21C1B" w:rsidRDefault="0093766F" w:rsidP="00396C5D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73320236" w14:textId="72DC563E" w:rsidR="000F07BB" w:rsidRPr="00B21C1B" w:rsidRDefault="006E1557" w:rsidP="00396C5D">
+    <w:p w14:paraId="73320236" w14:textId="51C68818" w:rsidR="000F07BB" w:rsidRPr="00B21C1B" w:rsidRDefault="006E1557" w:rsidP="00396C5D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu </w:t>
       </w:r>
       <w:r w:rsidR="00A47BBD" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>pieņem</w:t>
       </w:r>
       <w:r w:rsidR="00526F04" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D61207">
-[...10 lines deleted...]
-      </w:r>
+      <w:del w:id="15" w:author="Viktorija Teličene" w:date="2026-01-20T16:07:00Z" w16du:dateUtc="2026-01-20T14:07:00Z">
+        <w:r w:rsidR="00D61207" w:rsidDel="00D60663">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          </w:rPr>
+          <w:delText>divu</w:delText>
+        </w:r>
+        <w:r w:rsidR="007A7F1B" w:rsidRPr="00B21C1B" w:rsidDel="00D60663">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="16" w:author="Viktorija Teličene" w:date="2026-01-20T16:07:00Z" w16du:dateUtc="2026-01-20T14:07:00Z">
+        <w:r w:rsidR="00D60663">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          </w:rPr>
+          <w:t>trīs</w:t>
+        </w:r>
+        <w:r w:rsidR="00D60663" w:rsidRPr="00B21C1B">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="00526F04" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>mēneš</w:t>
       </w:r>
       <w:r w:rsidR="00D61207">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00526F04" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> pēc projekt</w:t>
       </w:r>
       <w:r w:rsidR="00254999" w:rsidRPr="00B21C1B">
@@ -7930,186 +7955,186 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas </w:t>
       </w:r>
       <w:r w:rsidR="01F0BEA8" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>beigu datuma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B6C7AD" w14:textId="7B36290A" w:rsidR="002C2AB1" w:rsidRPr="00B21C1B" w:rsidRDefault="002C2AB1" w:rsidP="00B923BD">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pirms nolikuma </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="_Hlk194918642"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk194918477"/>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref120521412 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>30.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="009A6F8F" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>apakšpunktā noteiktā lēmuma pieņemšanas vai</w:t>
+      </w:r>
+      <w:r w:rsidR="00745C3B" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B923BD" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E2170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>36.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00266136" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. apakšpunktā noteiktā atzinuma izdošanas sadarbības iestāde atkārtoti pārbauda projekta iesniedzēja un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Pirms nolikuma </w:t>
-[...114 lines deleted...]
-        </w:rPr>
         <w:t>ar t</w:t>
       </w:r>
       <w:r w:rsidR="008162F4" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>saistīto fizisko personu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8386,51 +8411,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C72DF4" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C72DF4" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. punktā noteiktā atzinuma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21299800" w14:textId="02351E16" w:rsidR="00D8157B" w:rsidRPr="00B21C1B" w:rsidRDefault="00D45C36" w:rsidP="00D8157B">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu sadarbības iestāde pieņem</w:t>
       </w:r>
       <w:r w:rsidR="00467DD2" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>, ja</w:t>
       </w:r>
       <w:r w:rsidR="00D8157B" w:rsidRPr="00B21C1B">
         <w:rPr>
@@ -8775,136 +8800,142 @@
       <w:r w:rsidR="009E55B3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00B21C1B" w:rsidRDefault="008C6C65" w:rsidP="00396C5D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref120521487"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="38783DE3" w14:textId="1CBC866F" w:rsidR="008C6C65" w:rsidRPr="00B21C1B" w:rsidRDefault="009E55B3" w:rsidP="00396C5D">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
+        <w:t>lēmumā noteikto</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6C65" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7DB5" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6C65" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vai projekta iesniedzēja iesniegtās </w:t>
+      </w:r>
+      <w:r w:rsidR="00E349B9" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vai vērtēšanas </w:t>
+      </w:r>
+      <w:r w:rsidR="00E349B9" w:rsidRPr="00B21C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>lēmumā noteikto</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">vai vērtēšanas komisijai pieejamās </w:t>
+        <w:t xml:space="preserve">komisijai pieejamās </w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>informācijas dēļ projekta iesniegums neatbilst projekt</w:t>
       </w:r>
       <w:r w:rsidR="005E7DB5" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="005E7DB5" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327368D3" w14:textId="50830D29" w:rsidR="00E225A8" w:rsidRPr="00B21C1B" w:rsidRDefault="005A65DD" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi</w:t>
       </w:r>
       <w:r w:rsidR="006964B3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -8940,51 +8971,51 @@
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
       <w:r w:rsidR="00024115" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">līguma </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>slēgšanas procedūru.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537366BC" w14:textId="571358BD" w:rsidR="00211D41" w:rsidRPr="00B21C1B" w:rsidRDefault="0093766F" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informāciju par</w:t>
       </w:r>
       <w:r w:rsidR="00024115" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apstiprināto projekta ies</w:t>
       </w:r>
@@ -8997,194 +9028,194 @@
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">publicē </w:t>
       </w:r>
       <w:r w:rsidR="00700F0A" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tīmekļvietnē</w:t>
       </w:r>
       <w:r w:rsidR="00211D41" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00211D41" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00103090" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00B21C1B" w:rsidRDefault="0014261A" w:rsidP="002D4208">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318076B5" w14:textId="788AE9F6" w:rsidR="00F80883" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="07F91392">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="0098454C" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/1-1-1-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0098454C" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
       <w:r w:rsidR="009E55B3" w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Hipersaite"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasts@cfla.gov.lv</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5254F8DF" w14:textId="2856D473" w:rsidR="00402A7F" w:rsidRPr="00DC5E67" w:rsidRDefault="00402A7F" w:rsidP="002458B6">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1077" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5E67">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DC5702" w14:textId="47D0EB68" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="002458B6">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērsties </w:t>
       </w:r>
       <w:r w:rsidR="009E5AFF" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
@@ -9247,51 +9278,51 @@
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="2D1D59C7" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22099777</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4002B2F4" w14:textId="216F2777" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniedzējs jautājumus par konkrēto projekt</w:t>
       </w:r>
       <w:r w:rsidR="00D764A9">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -9384,86 +9415,86 @@
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu </w:t>
       </w:r>
       <w:r w:rsidR="481D1306" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42982291" w14:textId="77777777" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem tiks nosūtītas elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6172EC0A" w14:textId="294A6CF1" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="00EF44BA">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais atbalsts par projekta iesnieguma aizpildīšanu </w:t>
       </w:r>
       <w:r w:rsidR="00355466" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
@@ -9526,195 +9557,195 @@
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="238858" cy="253786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, rakstot uz </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vis@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz </w:t>
       </w:r>
       <w:r w:rsidR="00524B9B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>+371</w:t>
       </w:r>
       <w:r w:rsidR="00177764" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20003306.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0491A020" w14:textId="17535508" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00402A7F" w:rsidP="00EF44BA">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Aktuālā informācija par atlasi ir pieejama tīmekļ</w:t>
       </w:r>
       <w:r w:rsidR="00353CC3" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>ietn</w:t>
       </w:r>
       <w:r w:rsidR="007B0B2C" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>ē</w:t>
       </w:r>
       <w:r w:rsidR="0098454C" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="0098454C" w:rsidRPr="00B21C1B">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/1-1-1-6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00493806" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B8AD7C" w14:textId="1963BA31" w:rsidR="00402A7F" w:rsidRPr="00B21C1B" w:rsidRDefault="00B65D10" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Līguma </w:t>
       </w:r>
       <w:r w:rsidR="00402A7F" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>par projekta īstenošanu teksts var tikt precizēts atbilstoši projekta specifikai</w:t>
       </w:r>
       <w:r w:rsidR="004F5271">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> līguma slēgšanas laikā</w:t>
       </w:r>
       <w:r w:rsidR="00402A7F" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397D67ED" w14:textId="1D598181" w:rsidR="001C2119" w:rsidRPr="00B21C1B" w:rsidRDefault="00EE455A" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
       <w:r w:rsidR="009946CB" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
@@ -9755,151 +9786,151 @@
       </w:r>
       <w:r w:rsidR="001C2119" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai</w:t>
       </w:r>
       <w:r w:rsidR="006026CF" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001C2119" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai personai, kura ir attiecīgās juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB57500" w14:textId="6F64E24E" w:rsidR="001C2119" w:rsidRPr="00B21C1B" w:rsidRDefault="001C2119" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma vērtēšanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A12DAF3" w14:textId="77777777" w:rsidR="001C2119" w:rsidRPr="00B21C1B" w:rsidRDefault="001C2119" w:rsidP="00396C5D">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00B21C1B" w:rsidRDefault="001C2119" w:rsidP="00D80064">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00B21C1B" w:rsidRDefault="00C70414" w:rsidP="00512FD0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3935959B" w14:textId="21990C52" w:rsidR="007D1C6C" w:rsidRPr="00B21C1B" w:rsidRDefault="007D1C6C" w:rsidP="2713BC80">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>pielikums “Apliecinājums par sadarbību, informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēm</w:t>
       </w:r>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ā</w:t>
       </w:r>
       <w:r w:rsidR="240B9DAD" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un</w:t>
       </w:r>
       <w:r w:rsidR="1B10A594" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> atbilstību pētniecības un zināšanu izplatīšanas organizācijai</w:t>
       </w:r>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
@@ -9907,51 +9938,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz  </w:t>
       </w:r>
       <w:r w:rsidR="4E441E33" w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidRPr="2713BC80">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462E709B" w14:textId="6BB9ED38" w:rsidR="00C2306E" w:rsidRPr="00B21C1B" w:rsidRDefault="00C2306E" w:rsidP="00C2306E">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pielikums “Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00E8118B" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
@@ -9996,207 +10027,324 @@
       <w:r w:rsidR="000C0717" w:rsidRPr="00B149BC">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="000C0717" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4484BCB7" w14:textId="1F416773" w:rsidR="00C2306E" w:rsidRPr="00B21C1B" w:rsidRDefault="00C2306E" w:rsidP="00C2306E">
       <w:pPr>
-        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="641" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pielikums “</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Līguma par projekta īstenošanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">” projekts uz </w:t>
       </w:r>
       <w:r w:rsidR="009C42FA" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidR="000C0717" w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21C1B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA03DBB" w14:textId="51EF6342" w:rsidR="004504E5" w:rsidRPr="00D80064" w:rsidRDefault="004504E5" w:rsidP="00BB6F4F">
+    <w:p w14:paraId="6DA03DBB" w14:textId="7D972E2A" w:rsidR="004504E5" w:rsidRPr="00D80064" w:rsidRDefault="004504E5" w:rsidP="00BB6F4F">
       <w:pPr>
         <w:spacing w:before="720"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D80064">
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00D80064">
+      <w:del w:id="20" w:author="Viktorija Teličene" w:date="2026-01-20T16:17:00Z" w16du:dateUtc="2026-01-20T14:17:00Z">
+        <w:r w:rsidRPr="00D80064" w:rsidDel="00D60663">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
-          <w:t>maruta.pakalne@cfla.gov.lv</w:t>
+          <w:delText>M. Pakalne</w:delText>
         </w:r>
-      </w:hyperlink>
+      </w:del>
+      <w:del w:id="21" w:author="Viktorija Teličene" w:date="2026-01-20T16:18:00Z" w16du:dateUtc="2026-01-20T14:18:00Z">
+        <w:r w:rsidRPr="00D80064" w:rsidDel="00DE3619">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">, </w:delText>
+        </w:r>
+        <w:r w:rsidR="00D15C89" w:rsidRPr="00D80064" w:rsidDel="00DE3619">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:delText>22547853</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="22" w:author="Viktorija Teličene" w:date="2026-01-20T16:18:00Z" w16du:dateUtc="2026-01-20T14:18:00Z">
+        <w:r w:rsidR="00DE3619" w:rsidRPr="00DE3619">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3619">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>V. Teličene</w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3619" w:rsidRPr="00D80064">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:r w:rsidR="00DE3619">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>28235882</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="4AB1C575" w14:textId="4C83AD43" w:rsidR="00D80064" w:rsidRPr="00D80064" w:rsidRDefault="00D15C89">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="23" w:author="Viktorija Teličene" w:date="2026-01-20T16:17:00Z" w16du:dateUtc="2026-01-20T14:17:00Z">
+        <w:r w:rsidDel="00D60663">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidDel="00D60663">
+          <w:delInstrText>HYPERLINK "mailto:maruta.pakalne@cfla.gov.lv"</w:delInstrText>
+        </w:r>
+        <w:r w:rsidDel="00D60663">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00D80064" w:rsidDel="00D60663">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:delText>maruta.pakalne@cfla.gov.lv</w:delText>
+        </w:r>
+        <w:r w:rsidDel="00D60663">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:del>
+      <w:ins w:id="24" w:author="Viktorija Teličene" w:date="2026-01-20T16:19:00Z" w16du:dateUtc="2026-01-20T14:19:00Z">
+        <w:r w:rsidR="00DE3619">
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="25" w:author="Viktorija Teličene" w:date="2026-01-20T16:42:00Z" w16du:dateUtc="2026-01-20T14:42:00Z">
+        <w:r w:rsidR="00CE03E1">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>viktor</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="26" w:author="Viktorija Teličene" w:date="2026-01-20T16:17:00Z" w16du:dateUtc="2026-01-20T14:17:00Z">
+        <w:r w:rsidR="00D60663">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>ija.telicene@cfla</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="27" w:author="Viktorija Teličene" w:date="2026-01-20T16:18:00Z" w16du:dateUtc="2026-01-20T14:18:00Z">
+        <w:r w:rsidR="00D60663">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>.gov.lv</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:sectPr w:rsidR="00D80064" w:rsidRPr="00D80064" w:rsidSect="002A3C58">
-      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B6ED7B8" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132">
+    <w:p w14:paraId="085D39EC" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E08141E" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132">
+    <w:p w14:paraId="0BADBC65" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3F3F3B2E" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132" w:rsidP="00152F67"/>
+    <w:p w14:paraId="47233492" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -10222,282 +10370,282 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7602B8CE" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132" w:rsidP="00F25516">
+    <w:p w14:paraId="2CB74EED" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7012A0CB" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132" w:rsidP="00F25516">
+    <w:p w14:paraId="4710C98A" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="074E80FF" w14:textId="77777777" w:rsidR="007B6132" w:rsidRDefault="007B6132" w:rsidP="00152F67"/>
+    <w:p w14:paraId="176784DB" w14:textId="77777777" w:rsidR="00394F55" w:rsidRDefault="00394F55" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="7101A3E6" w14:textId="37D7B310" w:rsidR="00EB1812" w:rsidRPr="00CC1598" w:rsidRDefault="00EB1812" w:rsidP="00B10374">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00454BA6" w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Vadlīnijas p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">ieejamas </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00CC1598">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD2716" w:rsidRPr="00AD2716">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="14195EBC" w14:textId="367A9BC1" w:rsidR="00635734" w:rsidRPr="00463240" w:rsidRDefault="00635734" w:rsidP="004E20D1">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00324118" w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Metodika</w:t>
       </w:r>
       <w:r w:rsidR="0087007E" w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC1598">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">ieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="00CC1598">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00410873" w:rsidRPr="00410873">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="2747261C" w14:textId="2BDA5F31" w:rsidR="005C084D" w:rsidRPr="006D7675" w:rsidRDefault="005C084D" w:rsidP="004E20D1">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E72F9" w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Metodika p</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">ieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="006D7675">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           </w:rPr>
           <w:t>šeit.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="376F49B6" w14:textId="5F3A2C26" w:rsidR="006B317D" w:rsidRPr="006D7675" w:rsidRDefault="006B317D" w:rsidP="004E20D1">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF7996" w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Vadlīnijas p</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">ieejamas </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r w:rsidRPr="006D7675">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           </w:rPr>
           <w:t>šeit.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="09C85417" w14:textId="61070D40" w:rsidR="006D7675" w:rsidRPr="006D7675" w:rsidRDefault="006D7675" w:rsidP="006D7675">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006D7675">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00080932">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Ministru kabineta noteikumi Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00B337A4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00080932">
         <w:rPr>
@@ -10510,127 +10658,127 @@
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.</w:t>
       </w:r>
       <w:r w:rsidR="00B337A4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00080932" w:rsidRPr="00080932">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
       <w:r w:rsidR="00080932">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve">”, pieejami </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="00FD4DDF">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           </w:rPr>
           <w:t>šeit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD4DDF">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="321F8AFC" w14:textId="4EF91C04" w:rsidR="00FB4B0B" w:rsidRPr="008D22A2" w:rsidRDefault="00FB4B0B" w:rsidP="00E71C36">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D22A2">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="008D22A2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A914FE" w:rsidRPr="008D22A2">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam. Pieejams šeit: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00A914FE" w:rsidRPr="008D22A2">
           <w:rPr>
-            <w:rStyle w:val="Hipersaite"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="2618A8D3" w14:textId="63B3CBD1" w:rsidR="00C2306E" w:rsidRPr="00463240" w:rsidRDefault="00C2306E" w:rsidP="00C2306E">
       <w:pPr>
-        <w:pStyle w:val="Vresteksts"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00463240">
         <w:rPr>
-          <w:rStyle w:val="Vresatsauce"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00463240">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
         <w:t xml:space="preserve"> Līgums </w:t>
       </w:r>
       <w:r w:rsidRPr="00463240">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">par projekta īstenošanu tiek parakstīts Projektu portālā un netiek noformēts atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota </w:t>
       </w:r>
       <w:r w:rsidR="002A3267">
         <w:rPr>
           <w:rFonts w:ascii="Aptos Display" w:eastAsia="Times New Roman" w:hAnsi="Aptos Display" w:cs="Arial"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00463240">
         <w:rPr>
@@ -10639,92 +10787,92 @@
         <w:t>īguma par projekta īstenošanu standartformas priekšskatījuma izdruka, tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00880274" w:rsidRDefault="00763C7B">
         <w:pPr>
-          <w:pStyle w:val="Galvene"/>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000E2D63">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7EEEB220" w14:textId="77777777" w:rsidR="00763C7B" w:rsidRDefault="00763C7B">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06216263"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E654E328"/>
     <w:lvl w:ilvl="0" w:tplc="8640D3E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
@@ -11254,53 +11402,62 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="353505437">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="937326553">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="403066133">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2056810416">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1733773811">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Viktorija Teličene">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::viktorija.telicene@cfla.gov.lv::994fe973-6d9b-4f81-8d97-586403114144"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000CD6"/>
@@ -11552,50 +11709,51 @@
     <w:rsid w:val="00156AA0"/>
     <w:rsid w:val="00157CC3"/>
     <w:rsid w:val="00161469"/>
     <w:rsid w:val="001631C9"/>
     <w:rsid w:val="00163857"/>
     <w:rsid w:val="00164584"/>
     <w:rsid w:val="00165725"/>
     <w:rsid w:val="00165E77"/>
     <w:rsid w:val="00165FB9"/>
     <w:rsid w:val="00166105"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="00166AB9"/>
     <w:rsid w:val="00167064"/>
     <w:rsid w:val="00167134"/>
     <w:rsid w:val="001678E9"/>
     <w:rsid w:val="00167D77"/>
     <w:rsid w:val="00167F25"/>
     <w:rsid w:val="00170385"/>
     <w:rsid w:val="001706E2"/>
     <w:rsid w:val="001707C5"/>
     <w:rsid w:val="00171DB6"/>
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="0017579D"/>
+    <w:rsid w:val="00177542"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="00177745"/>
     <w:rsid w:val="00177764"/>
     <w:rsid w:val="00177F88"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="00180E0B"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="001825C7"/>
     <w:rsid w:val="00183ADA"/>
     <w:rsid w:val="00184A1C"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00186BD1"/>
     <w:rsid w:val="00187AE8"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="00190F03"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="001939A3"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193DAD"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="001943B6"/>
@@ -11996,50 +12154,51 @@
     <w:rsid w:val="00375AF7"/>
     <w:rsid w:val="00375DFB"/>
     <w:rsid w:val="00377117"/>
     <w:rsid w:val="003775A8"/>
     <w:rsid w:val="00380588"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="00381F00"/>
     <w:rsid w:val="00382E18"/>
     <w:rsid w:val="0038419E"/>
     <w:rsid w:val="003842C3"/>
     <w:rsid w:val="00384684"/>
     <w:rsid w:val="003846A3"/>
     <w:rsid w:val="00384D0E"/>
     <w:rsid w:val="00384EF9"/>
     <w:rsid w:val="00384FE0"/>
     <w:rsid w:val="0038616A"/>
     <w:rsid w:val="003870B3"/>
     <w:rsid w:val="00387379"/>
     <w:rsid w:val="003900AB"/>
     <w:rsid w:val="00390770"/>
     <w:rsid w:val="00390A92"/>
     <w:rsid w:val="00392C90"/>
     <w:rsid w:val="003930C4"/>
     <w:rsid w:val="0039410D"/>
     <w:rsid w:val="003947B6"/>
+    <w:rsid w:val="00394F55"/>
     <w:rsid w:val="0039527A"/>
     <w:rsid w:val="00396C5D"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
     <w:rsid w:val="003A0EBC"/>
     <w:rsid w:val="003A2B45"/>
     <w:rsid w:val="003A2CD1"/>
     <w:rsid w:val="003A3B93"/>
     <w:rsid w:val="003A468B"/>
     <w:rsid w:val="003A4A2E"/>
     <w:rsid w:val="003A4FBD"/>
     <w:rsid w:val="003A52C9"/>
     <w:rsid w:val="003A5783"/>
     <w:rsid w:val="003A5C2A"/>
     <w:rsid w:val="003A6982"/>
     <w:rsid w:val="003A6F0C"/>
     <w:rsid w:val="003A7479"/>
     <w:rsid w:val="003A7BDD"/>
     <w:rsid w:val="003B099F"/>
     <w:rsid w:val="003B1017"/>
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B2CC7"/>
     <w:rsid w:val="003B31A9"/>
@@ -12130,50 +12289,51 @@
     <w:rsid w:val="004136FE"/>
     <w:rsid w:val="00413905"/>
     <w:rsid w:val="00413B4E"/>
     <w:rsid w:val="0041408B"/>
     <w:rsid w:val="0041472D"/>
     <w:rsid w:val="0041484E"/>
     <w:rsid w:val="00414C2A"/>
     <w:rsid w:val="00414E92"/>
     <w:rsid w:val="00415305"/>
     <w:rsid w:val="00415600"/>
     <w:rsid w:val="00415728"/>
     <w:rsid w:val="004168DC"/>
     <w:rsid w:val="004171FE"/>
     <w:rsid w:val="00421071"/>
     <w:rsid w:val="004228CD"/>
     <w:rsid w:val="00422E4D"/>
     <w:rsid w:val="0042371D"/>
     <w:rsid w:val="00424049"/>
     <w:rsid w:val="00424481"/>
     <w:rsid w:val="004246BD"/>
     <w:rsid w:val="00424C30"/>
     <w:rsid w:val="004259B2"/>
     <w:rsid w:val="00425ABD"/>
     <w:rsid w:val="00425EA9"/>
     <w:rsid w:val="00426550"/>
+    <w:rsid w:val="00426A54"/>
     <w:rsid w:val="0042748D"/>
     <w:rsid w:val="00430512"/>
     <w:rsid w:val="00430B56"/>
     <w:rsid w:val="004316C9"/>
     <w:rsid w:val="00431FDB"/>
     <w:rsid w:val="0043279A"/>
     <w:rsid w:val="00432D2E"/>
     <w:rsid w:val="00432D59"/>
     <w:rsid w:val="0043374A"/>
     <w:rsid w:val="00434393"/>
     <w:rsid w:val="0043459A"/>
     <w:rsid w:val="0043465C"/>
     <w:rsid w:val="0043516C"/>
     <w:rsid w:val="00435889"/>
     <w:rsid w:val="00435C10"/>
     <w:rsid w:val="00436BEE"/>
     <w:rsid w:val="0043778E"/>
     <w:rsid w:val="00437925"/>
     <w:rsid w:val="00437D66"/>
     <w:rsid w:val="0044052E"/>
     <w:rsid w:val="00440717"/>
     <w:rsid w:val="0044141B"/>
     <w:rsid w:val="004461C7"/>
     <w:rsid w:val="0044681D"/>
     <w:rsid w:val="00446954"/>
@@ -12729,50 +12889,51 @@
     <w:rsid w:val="00722B67"/>
     <w:rsid w:val="007230A4"/>
     <w:rsid w:val="0072341A"/>
     <w:rsid w:val="00723560"/>
     <w:rsid w:val="00723777"/>
     <w:rsid w:val="007238D2"/>
     <w:rsid w:val="00724617"/>
     <w:rsid w:val="00724763"/>
     <w:rsid w:val="00724CE8"/>
     <w:rsid w:val="00725C62"/>
     <w:rsid w:val="00725CC8"/>
     <w:rsid w:val="00726BCB"/>
     <w:rsid w:val="007275C2"/>
     <w:rsid w:val="00730070"/>
     <w:rsid w:val="007302AC"/>
     <w:rsid w:val="00731543"/>
     <w:rsid w:val="00732275"/>
     <w:rsid w:val="00732ED1"/>
     <w:rsid w:val="00732FA1"/>
     <w:rsid w:val="00733BA7"/>
     <w:rsid w:val="00734269"/>
     <w:rsid w:val="0073458D"/>
     <w:rsid w:val="00734B94"/>
     <w:rsid w:val="0073502F"/>
     <w:rsid w:val="007361E1"/>
+    <w:rsid w:val="0073629D"/>
     <w:rsid w:val="00736CCD"/>
     <w:rsid w:val="007370B8"/>
     <w:rsid w:val="007379CD"/>
     <w:rsid w:val="00737B02"/>
     <w:rsid w:val="00740F71"/>
     <w:rsid w:val="00742043"/>
     <w:rsid w:val="00743768"/>
     <w:rsid w:val="00744FF4"/>
     <w:rsid w:val="00745257"/>
     <w:rsid w:val="00745483"/>
     <w:rsid w:val="007454FE"/>
     <w:rsid w:val="00745A75"/>
     <w:rsid w:val="00745C21"/>
     <w:rsid w:val="00745C3B"/>
     <w:rsid w:val="00745C4B"/>
     <w:rsid w:val="00746A32"/>
     <w:rsid w:val="007470A2"/>
     <w:rsid w:val="007471FB"/>
     <w:rsid w:val="0074785B"/>
     <w:rsid w:val="00747C28"/>
     <w:rsid w:val="00750727"/>
     <w:rsid w:val="00751108"/>
     <w:rsid w:val="00751730"/>
     <w:rsid w:val="00752DAB"/>
     <w:rsid w:val="007530F0"/>
@@ -13696,50 +13857,51 @@
     <w:rsid w:val="00C35CC7"/>
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C3617F"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43370"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C50092"/>
     <w:rsid w:val="00C519EA"/>
     <w:rsid w:val="00C522C8"/>
     <w:rsid w:val="00C52CF5"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C53E25"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C56EF9"/>
     <w:rsid w:val="00C57942"/>
     <w:rsid w:val="00C603FD"/>
+    <w:rsid w:val="00C6120F"/>
     <w:rsid w:val="00C61A33"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C63CA0"/>
     <w:rsid w:val="00C64BAC"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C708A3"/>
     <w:rsid w:val="00C70BD0"/>
     <w:rsid w:val="00C712BA"/>
     <w:rsid w:val="00C715F3"/>
     <w:rsid w:val="00C72559"/>
     <w:rsid w:val="00C72DF4"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73ADD"/>
     <w:rsid w:val="00C74F21"/>
     <w:rsid w:val="00C76341"/>
     <w:rsid w:val="00C800E8"/>
     <w:rsid w:val="00C80539"/>
     <w:rsid w:val="00C82449"/>
     <w:rsid w:val="00C82626"/>
     <w:rsid w:val="00C829EA"/>
@@ -13764,78 +13926,80 @@
     <w:rsid w:val="00C93C5C"/>
     <w:rsid w:val="00C94B46"/>
     <w:rsid w:val="00C94DB4"/>
     <w:rsid w:val="00C97317"/>
     <w:rsid w:val="00CA00F5"/>
     <w:rsid w:val="00CA191E"/>
     <w:rsid w:val="00CA3584"/>
     <w:rsid w:val="00CA3D24"/>
     <w:rsid w:val="00CA3E4B"/>
     <w:rsid w:val="00CA459E"/>
     <w:rsid w:val="00CA4A99"/>
     <w:rsid w:val="00CA5F7D"/>
     <w:rsid w:val="00CA672B"/>
     <w:rsid w:val="00CA7130"/>
     <w:rsid w:val="00CA77E4"/>
     <w:rsid w:val="00CA7DC4"/>
     <w:rsid w:val="00CA7F30"/>
     <w:rsid w:val="00CB01B9"/>
     <w:rsid w:val="00CB0C40"/>
     <w:rsid w:val="00CB16CD"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB20A6"/>
     <w:rsid w:val="00CB2A6A"/>
     <w:rsid w:val="00CB2E93"/>
     <w:rsid w:val="00CB38EF"/>
+    <w:rsid w:val="00CB522A"/>
     <w:rsid w:val="00CB578C"/>
     <w:rsid w:val="00CB6146"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CC03D2"/>
     <w:rsid w:val="00CC049C"/>
     <w:rsid w:val="00CC05D5"/>
     <w:rsid w:val="00CC10BB"/>
     <w:rsid w:val="00CC1598"/>
     <w:rsid w:val="00CC233F"/>
     <w:rsid w:val="00CC260A"/>
     <w:rsid w:val="00CC2667"/>
     <w:rsid w:val="00CC29AE"/>
     <w:rsid w:val="00CC3952"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
     <w:rsid w:val="00CD0A03"/>
     <w:rsid w:val="00CD2128"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD335B"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD4A23"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD7995"/>
+    <w:rsid w:val="00CE03E1"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE35F3"/>
     <w:rsid w:val="00CE371A"/>
     <w:rsid w:val="00CE4097"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CE5AA0"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CF0184"/>
     <w:rsid w:val="00CF10B2"/>
     <w:rsid w:val="00CF1CCE"/>
     <w:rsid w:val="00CF1F3E"/>
     <w:rsid w:val="00CF22BA"/>
     <w:rsid w:val="00CF2F8E"/>
     <w:rsid w:val="00CF3ECB"/>
     <w:rsid w:val="00CF5426"/>
     <w:rsid w:val="00CF55A1"/>
     <w:rsid w:val="00CF6E17"/>
     <w:rsid w:val="00CF797D"/>
     <w:rsid w:val="00CF7A19"/>
     <w:rsid w:val="00CF7D9D"/>
     <w:rsid w:val="00D006C5"/>
     <w:rsid w:val="00D0127A"/>
     <w:rsid w:val="00D019E4"/>
@@ -13878,50 +14042,51 @@
     <w:rsid w:val="00D34402"/>
     <w:rsid w:val="00D346E0"/>
     <w:rsid w:val="00D35483"/>
     <w:rsid w:val="00D35905"/>
     <w:rsid w:val="00D36FDA"/>
     <w:rsid w:val="00D400E3"/>
     <w:rsid w:val="00D40F2B"/>
     <w:rsid w:val="00D419EA"/>
     <w:rsid w:val="00D42A0B"/>
     <w:rsid w:val="00D42B02"/>
     <w:rsid w:val="00D42FFD"/>
     <w:rsid w:val="00D442FC"/>
     <w:rsid w:val="00D44AFB"/>
     <w:rsid w:val="00D45C36"/>
     <w:rsid w:val="00D47124"/>
     <w:rsid w:val="00D475C1"/>
     <w:rsid w:val="00D50379"/>
     <w:rsid w:val="00D52106"/>
     <w:rsid w:val="00D522FA"/>
     <w:rsid w:val="00D536A7"/>
     <w:rsid w:val="00D537C1"/>
     <w:rsid w:val="00D5477E"/>
     <w:rsid w:val="00D56D2E"/>
     <w:rsid w:val="00D56FA0"/>
     <w:rsid w:val="00D57F0A"/>
+    <w:rsid w:val="00D60663"/>
     <w:rsid w:val="00D60BCE"/>
     <w:rsid w:val="00D60DBD"/>
     <w:rsid w:val="00D611F2"/>
     <w:rsid w:val="00D61207"/>
     <w:rsid w:val="00D61E59"/>
     <w:rsid w:val="00D63A3D"/>
     <w:rsid w:val="00D63D79"/>
     <w:rsid w:val="00D6448A"/>
     <w:rsid w:val="00D65029"/>
     <w:rsid w:val="00D652CF"/>
     <w:rsid w:val="00D667C4"/>
     <w:rsid w:val="00D668B6"/>
     <w:rsid w:val="00D67E64"/>
     <w:rsid w:val="00D67E7E"/>
     <w:rsid w:val="00D70995"/>
     <w:rsid w:val="00D70F38"/>
     <w:rsid w:val="00D71514"/>
     <w:rsid w:val="00D71526"/>
     <w:rsid w:val="00D71E5A"/>
     <w:rsid w:val="00D71FDF"/>
     <w:rsid w:val="00D7258E"/>
     <w:rsid w:val="00D72FB0"/>
     <w:rsid w:val="00D737CB"/>
     <w:rsid w:val="00D74E00"/>
     <w:rsid w:val="00D7544C"/>
@@ -13954,50 +14119,51 @@
     <w:rsid w:val="00D9381B"/>
     <w:rsid w:val="00D9488A"/>
     <w:rsid w:val="00D95B30"/>
     <w:rsid w:val="00D95B84"/>
     <w:rsid w:val="00D96259"/>
     <w:rsid w:val="00D96B0D"/>
     <w:rsid w:val="00D96CCA"/>
     <w:rsid w:val="00D976B6"/>
     <w:rsid w:val="00DA09DA"/>
     <w:rsid w:val="00DA0A0F"/>
     <w:rsid w:val="00DA0E18"/>
     <w:rsid w:val="00DA1401"/>
     <w:rsid w:val="00DA1429"/>
     <w:rsid w:val="00DA2BD1"/>
     <w:rsid w:val="00DA30A9"/>
     <w:rsid w:val="00DA3480"/>
     <w:rsid w:val="00DA3A42"/>
     <w:rsid w:val="00DA4012"/>
     <w:rsid w:val="00DA4D38"/>
     <w:rsid w:val="00DA4EC1"/>
     <w:rsid w:val="00DA4EE8"/>
     <w:rsid w:val="00DA588E"/>
     <w:rsid w:val="00DA5BF2"/>
     <w:rsid w:val="00DA5D72"/>
     <w:rsid w:val="00DA673E"/>
+    <w:rsid w:val="00DA6DD1"/>
     <w:rsid w:val="00DA7D09"/>
     <w:rsid w:val="00DA7EC7"/>
     <w:rsid w:val="00DB0447"/>
     <w:rsid w:val="00DB11DB"/>
     <w:rsid w:val="00DB2243"/>
     <w:rsid w:val="00DB2AEA"/>
     <w:rsid w:val="00DB3919"/>
     <w:rsid w:val="00DB3B92"/>
     <w:rsid w:val="00DB4214"/>
     <w:rsid w:val="00DB450B"/>
     <w:rsid w:val="00DB4DAD"/>
     <w:rsid w:val="00DB59F0"/>
     <w:rsid w:val="00DB5D26"/>
     <w:rsid w:val="00DB6821"/>
     <w:rsid w:val="00DB6840"/>
     <w:rsid w:val="00DB6A63"/>
     <w:rsid w:val="00DB7526"/>
     <w:rsid w:val="00DC054D"/>
     <w:rsid w:val="00DC05E3"/>
     <w:rsid w:val="00DC065E"/>
     <w:rsid w:val="00DC0855"/>
     <w:rsid w:val="00DC085E"/>
     <w:rsid w:val="00DC0ED8"/>
     <w:rsid w:val="00DC1008"/>
     <w:rsid w:val="00DC1DDF"/>
@@ -14007,84 +14173,86 @@
     <w:rsid w:val="00DC3A75"/>
     <w:rsid w:val="00DC3ED5"/>
     <w:rsid w:val="00DC57C1"/>
     <w:rsid w:val="00DC5838"/>
     <w:rsid w:val="00DC5E67"/>
     <w:rsid w:val="00DC5FFB"/>
     <w:rsid w:val="00DC6633"/>
     <w:rsid w:val="00DC6893"/>
     <w:rsid w:val="00DC6992"/>
     <w:rsid w:val="00DD0463"/>
     <w:rsid w:val="00DD08BE"/>
     <w:rsid w:val="00DD121B"/>
     <w:rsid w:val="00DD1FE3"/>
     <w:rsid w:val="00DD2515"/>
     <w:rsid w:val="00DD2852"/>
     <w:rsid w:val="00DD2EB8"/>
     <w:rsid w:val="00DD524D"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD68EF"/>
     <w:rsid w:val="00DE06F7"/>
     <w:rsid w:val="00DE0DD1"/>
     <w:rsid w:val="00DE169D"/>
     <w:rsid w:val="00DE189C"/>
     <w:rsid w:val="00DE1EDA"/>
     <w:rsid w:val="00DE30C7"/>
+    <w:rsid w:val="00DE3619"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE5F8D"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF13FA"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF2CB1"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF410F"/>
     <w:rsid w:val="00DF45C2"/>
     <w:rsid w:val="00DF4CE0"/>
     <w:rsid w:val="00DF55A2"/>
     <w:rsid w:val="00E00D8D"/>
     <w:rsid w:val="00E013CC"/>
     <w:rsid w:val="00E01AAA"/>
     <w:rsid w:val="00E02038"/>
     <w:rsid w:val="00E02B12"/>
     <w:rsid w:val="00E033DF"/>
     <w:rsid w:val="00E04914"/>
     <w:rsid w:val="00E04D68"/>
     <w:rsid w:val="00E05AA6"/>
     <w:rsid w:val="00E06BA7"/>
     <w:rsid w:val="00E07D8E"/>
     <w:rsid w:val="00E106AA"/>
     <w:rsid w:val="00E10EB1"/>
     <w:rsid w:val="00E10ED1"/>
     <w:rsid w:val="00E11427"/>
     <w:rsid w:val="00E1168C"/>
     <w:rsid w:val="00E11D22"/>
     <w:rsid w:val="00E11D93"/>
+    <w:rsid w:val="00E11EC9"/>
     <w:rsid w:val="00E120ED"/>
     <w:rsid w:val="00E13301"/>
     <w:rsid w:val="00E135A1"/>
     <w:rsid w:val="00E13A8E"/>
     <w:rsid w:val="00E14A47"/>
     <w:rsid w:val="00E154F0"/>
     <w:rsid w:val="00E15C69"/>
     <w:rsid w:val="00E16110"/>
     <w:rsid w:val="00E16CD7"/>
     <w:rsid w:val="00E17B63"/>
     <w:rsid w:val="00E20CD7"/>
     <w:rsid w:val="00E20E5E"/>
     <w:rsid w:val="00E2170F"/>
     <w:rsid w:val="00E225A8"/>
     <w:rsid w:val="00E22C3F"/>
     <w:rsid w:val="00E2316D"/>
     <w:rsid w:val="00E23E84"/>
     <w:rsid w:val="00E26401"/>
     <w:rsid w:val="00E26E5B"/>
     <w:rsid w:val="00E30774"/>
     <w:rsid w:val="00E312CA"/>
     <w:rsid w:val="00E32119"/>
     <w:rsid w:val="00E3369A"/>
     <w:rsid w:val="00E346C1"/>
     <w:rsid w:val="00E349B9"/>
@@ -15187,731 +15355,731 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D2264A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Sarakstarindkopa"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Normal bullet 2 Char,Bullet list Char,List Paragraph1 Char,Saraksta rindkopa1 Char,Colorful List - Accent 12 Char,List1 Char,Akapit z listą BS Char,Colorful List - Accent 11 Char,Dot pt Char"/>
+    <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
     <w:name w:val="tv2131"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Komentraatsauce">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KomentratekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentrateksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Komentratma">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Komentrateksts"/>
-[...1 lines deleted...]
-    <w:link w:val="KomentratmaRakstz"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Komentratma"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Balonteksts">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="BalontekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Balonteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c14">
     <w:name w:val="c14"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
+  <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="Pamatteksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamatteksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Vresteksts">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="VrestekstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
-[...3 lines deleted...]
-    <w:link w:val="Vresteksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresatsauce">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A1D0A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
-    <w:next w:val="Pamatteksts2"/>
+    <w:next w:val="BodyText2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
-    <w:basedOn w:val="SarakstarindkopaRakstz"/>
+    <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E476F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prskatjums">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00152F67"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Izclums">
+  <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Vresatsauce"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="PamattekstsaratkpiRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PamattekstsaratkpiRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Pamattekstsaratkpi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Piemint">
+  <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00614668"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
     <w:name w:val="Headinggg1"/>
-    <w:basedOn w:val="Sarakstarindkopa"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A76ED0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A76ED0"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D2264A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17347,51 +17515,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361670/redakcijas-datums/2025/07/05" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maruta.pakalne@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-1-1-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-1-1-6" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://likumi.lv/doc.php?id=259739" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361670/redakcijas-datums/2025/07/05" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-1-1-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/1-1-1-6" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vienas-vienibas-izmaksu-standarta-likmes-aprekina-un-piemerosanas-metodika-iekszemes-komandejumu-izmaksam-darbibas-programmas-izaugsme-un-nodarbinatiba-un-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-istenosanai" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vienas-vienibas-izmaksu-standarta-likmes-aprekina-un-piemerosanas-metodika-1-km-izmaksam-darbibas-programmas-izaugsme-un-nodarbinatiba-un-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-istenosanai" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-par-vienkarsoto-izmaksu-izmantosanas-iespejam-un-to-piemerosana-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-ietvaros" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827-kartiba-kada-eiropas-savienibas-fondu-vadiba-iesaistitas-institucijas-nodrosina-so-fondu-ieviesanu-20212027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17656,74 +17824,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29df6500465c31a816bdfed27ff4cf55">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -17920,111 +18073,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAD5C513-70EC-479E-8584-3AD2CEBE4BAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>12763</Words>
-  <Characters>7275</Characters>
+  <Words>2485</Words>
+  <Characters>17551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>390</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19999</CharactersWithSpaces>
+  <CharactersWithSpaces>19927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>