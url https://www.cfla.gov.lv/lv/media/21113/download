--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -1,8864 +1,7251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:type="pct" w:w="5000"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2427"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2427"/>
+        <w:gridCol w:w="2007"/>
+        <w:gridCol w:w="3905"/>
+        <w:gridCol w:w="2007"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740C0" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740BD" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740BE" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Līgums</w:t>
+              <w:t xml:space="preserve">Līgums</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>par Eiropas Savienības fonda projekta īstenošanu</w:t>
+              <w:t xml:space="preserve">par Eiropas Savienības fonda projekta īstenošanu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740BF" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740C4" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740C1" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740C2" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Nr.</w:t>
+              <w:t xml:space="preserve">Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>@nr</w:t>
+              <w:t xml:space="preserve">@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740C3" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A740C5" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
-[...5 lines deleted...]
-    </w:p>
+    <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:type="pct" w:w="5000"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4788"/>
-        <w:gridCol w:w="4788"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740C8" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740C6" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>Rīgā,</w:t>
+            <w:r>
+              <w:t xml:space="preserve">Rīgā,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740C7" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>Datums skatāms laika zīmogā</w:t>
+            <w:r>
+              <w:t xml:space="preserve">Datums skatāms laika zīmogā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A740C9" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Centrālā finanšu un līgumu aģentūra (turpmāk – Sadarbības iestāde), Smilšu iela 1, Rīga, LV-1050, reģistrācijas Nr. 90000812928, kuras vārdā saskaņā ar Ministru kabineta 2012. gada 6. novembra noteikumiem Nr. 745</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Centrālās finanšu un līgumu aģentūras nolikums”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@cfla_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un Eiropas Savienības fondu 2021.—2027. gada plānošanas perioda vadības likumu (turpmāk – likums) rīkojas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CA" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@cfla_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, no vienas puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">un</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@finansejuma_sanemeja_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(turpmāk – Finansējuma saņēmējs),</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@finansejuma_sanemeja_adrese</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, reģistrācijas Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@fs_registracijas_vai_nodklu_maksataja_nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, kura vārdā saskaņā ar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@fs_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rīkojas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CB" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@fs_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">uz likuma pamata kā Eiropas Savienības (turpmāk — ES) Eiropas Reģionālās attīstības fonda (turpmāk — ERAF) finansējuma saņēmējs, no otras puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">un</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@finansejuma_sanemeja_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, (personas kods</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@fs_registracijas_vai_nodklu_maksataja_nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">), (turpmāk — Finansējuma saņēmējs), kas darbojas uz</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CC" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@ir_vai_nav_pilnvara</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">likuma pamata kā Eiropas Savienības (turpmāk — ES) Eiropas Reģionālās attīstības fonda (turpmāk — ERAF) finansējuma saņēmējs, no otras puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CD" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">kopā - Puses, katrs atsevišķi - Puse,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pamatojoties uz Ministru kabineta (turpmāk — MK) 2023. gada 4. aprīļa noteikumiem Nr. 169</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.6. pasākuma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanas noteikumi” (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@lemuma_datums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">lēmumu Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@lemuma_nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">par projekta iesnieguma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CE" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(turpmāk — Projekts) apstiprināšanu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pamatojoties uz Ministru kabineta (turpmāk — MK) 2023. gada 4. aprīļa noteikumiem Nr. 169</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.2.3. specifiskā atbalsta mērķa”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Uzlabot dabas aizsardzību un bioloģisko daudzveidību,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” 2.2.3.6. pasākuma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanas noteikumi” (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu vadību un Sadarbības iestādes</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@lemuma_datums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">lēmumu Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@lemuma_nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">par projekta iesnieguma “</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“ (turpmāk — Projekts) apstiprināšanu ar nosacījumu un</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@sadarbibas_iestades_lemuma_datums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atzinumu Nr.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740CF" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@sadarbibas_iestades_lemuma_nr</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">par nosacījumu izpildi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740D0" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">vienojas par kārtību Projekta īstenošanai, finansējuma piešķiršanai un uzraudzībai (turpmāk — Līgums), paredzot, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D1" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta darbības īsteno projekta iesniegumā norādītajā termiņā, bet ne ilgāk kā līdz 2027. gada 31. decembrim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D2" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta izdevumi ir attiecināmi no 2023. gada 7. aprīļa, ievērojot nosacījumu, ka projekta darbības faktiski nav pabeigtas vai pilnībā īstenotas pirms projekta iesnieguma iesniegšanas Sadarbības iestādē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D3" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekts tiek īstenots saskaņā ar Līguma un tā pielikumu noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D4" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Puses, parakstot Līgumu, apliecina, ka nav apstākļu, kas aizliegtu Pusēm noslēgt šo Līgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta kopējie attiecināmie izdevumi:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@kopejie_attiecinamie_izdevumi_eur</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">EUR (</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@ProjektaKopejieAttiecinamieIzdevumiVardiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">), no tiem ERAF finansējums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@FondaFinansejumsProcenti</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">% no kopējiem attiecināmajiem izdevumiem, nepārsniedzot:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@FondaFinansejumsNeparsniedz</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">EUR (</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740D5" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@fonda_finansejums_neparsniedz_summa_vardiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D6" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgums sagatavots ar šādiem pielikumiem, kas ir Līguma neatņemama sastāvdaļa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D7" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1002"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma 1.pielikums: Līguma vispārīgie noteikumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="46"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1002"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma 2.pielikums: Projekta iesnieguma ”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740D8" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+        </w:rPr>
+        <w:t xml:space="preserve">@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">” veidlapa un tās pielikumi (ja attiecināms).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740D9" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Puses vienojas, ka Projekta iesnieguma pielikumi ir Līguma neatņemama sastāvdaļa un to oriģināleksemplārus, ko iesniedzis Finansējuma saņēmējs Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – Projektu portāls (KPVIS)), uzglabā Sadarbības iestāde. Finansējuma saņēmējs nodrošina aktuālo Projekta iesnieguma pielikumu iesniegšanu Sadarbības iestādei pēc tās pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740DA" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Citi nosacījumi, t.sk. kritēriji/darbības, par kuriem projekta iesnieguma vērtēšanā tika piešķirti papildu punkti, kuru izpildi pārbauda projekta īstenošanas laikā, ja tādi ir noteikti lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740DB" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vienošanās, kas starp Pusēm noslēgtas pēc šī Līguma spēkā stāšanās dienas, pievienojamas šim Līgumam un kļūst par tā neatņemamu sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740DC" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgumā noteikto pienākumu izpildei Finansējuma saņēmējs izmanto Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk - Projektu portālā), Sadarbības iestādes tīmekļa vietnē www.cfla.gov.lv pieejamos metodiskos materiālus un veidlapu aktuālās versijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A740DD" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dokumentiem, kas iesniegti izmantojot Projektu portālu (KPVIS), ir juridiskais spēks, neatkarīgi no tā, vai tie satur rekvizītu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“paraksts”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Par saistošiem atzīstami Pušu paziņojumi, kas nosūtīti izmantojot Projektu portālu (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="62A740DE" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgums sagatavots un parakstīts ar drošu elektronisko parakstu. Līgums stājas spēkā, kad to parakstījusi pēdējā no Pusēm, un ir spēkā līdz Pušu saistību pilnīgai izpildei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
-[...9 lines deleted...]
-        <w:t>Pušu paraksti:</w:t>
+          <w:numId w:val="1001"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pušu paraksti:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:type="pct" w:w="5000"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4788"/>
-        <w:gridCol w:w="4788"/>
+        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740E1" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740DF" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Sadarbības iestādes vārdā:</w:t>
+              <w:t xml:space="preserve">Sadarbības iestādes vārdā:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>*</w:t>
+            <w:r>
+              <w:t xml:space="preserve">*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740E0" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Finansējuma saņēmēja vārdā:</w:t>
+              <w:t xml:space="preserve">Finansējuma saņēmēja vārdā:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>*</w:t>
+            <w:r>
+              <w:t xml:space="preserve">*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740E4" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740E2" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>@cfla_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
+              <w:t xml:space="preserve">@cfla_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740E3" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>@fs_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
+              <w:t xml:space="preserve">@fs_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A740E5" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
-[...5 lines deleted...]
-    </w:p>
+    <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:type="pct" w:w="5000"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9576"/>
+        <w:gridCol w:w="7920"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740E7" w14:textId="77777777">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740E6" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>DOKUMENTS PARAKSTĪTS ELEKTRONISKI AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
+            <w:r>
+              <w:t xml:space="preserve">DOKUMENTS PARAKSTĪTS ELEKTRONISKI AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A740E8" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
-[...82 lines deleted...]
-    </w:p>
+    <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
-        <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:type="pct" w:w="5000"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4751"/>
-        <w:gridCol w:w="4825"/>
+        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="3990"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740EB" w14:textId="77777777" w:rsidTr="002506AC">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740E9" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740EA" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Līguma par Eiropas Savienības fonda projekta īstenošanu Nr. </w:t>
+            <w:r>
+              <w:t xml:space="preserve">Līguma par Eiropas Savienības fonda projekta īstenošanu Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D6296D">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
-              <w:t>@nr</w:t>
+              <w:t xml:space="preserve">@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w14:paraId="62A740EE" w14:textId="77777777" w:rsidTr="002506AC">
+      <w:tr>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740EC" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
-          <w:tcPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="62A740ED" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+          <w:tcPr/>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D6296D">
-[...3 lines deleted...]
-              <w:t>1. pielikums</w:t>
+            <w:r>
+              <w:t xml:space="preserve">1. pielikums</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62A740EF" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="00BA11E9" w:rsidP="00D6296D">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="62A740F0" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="20" w:name="līguma-vispārīgie-noteikumi"/>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="62A740F1" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="00D6296D">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma vispārīgie noteikumi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A740F2" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="termini"/>
+      <w:r>
+        <w:t xml:space="preserve">Termini</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Atbalsta summa</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A740F3" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">Atbalsta summa</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— daļa no Attiecināmajiem izdevumiem, ko Sadarbības iestāde, pamatojoties uz Līguma nosacījumiem izmaksā Finansējuma saņēmējam gadījumā, ja Projekts īstenots atbilstoši Līguma nosacījumiem un ES un Latvijas Republikas normatīvo aktu (turpmāk — normatīvie akti) prasībām. Finansējuma saņēmējs var pretendēt uz Atbalsta summu par izdevumiem, kas radušies Projekta darbību īstenošanas laikā un par kuriem Finansējuma saņēmējs veicis maksājumus ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Projekta darbību īstenošanas laika beigu datuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Attiecināmie izdevumi</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">Attiecināmie izdevumi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā attiecināmās izmaksas atbilstoši SAM MK noteikumiem un Atbildīgās iestādes metodikai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740F4" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un kuras ir uzskaitītas Finansējuma saņēmēja grāmatvedībā (ja finansējuma saņēmējs ir juridiska persona), ir identificējamas un pierādāmas, un ir pamatotas ar darījumu apliecinošajiem dokumentiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>De minimis atbalsts</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">De minimis atbalsts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— atbalsts, kuru Sadarbības iestāde piešķir saskaņā ar Komisijas regulas Nr. 2023/2831</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="62A740F5" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="23"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un SAM MK noteikumu nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Dubultā finansēšana</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A740F6" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">Dubultā finansēšana</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— gadījumi, kad Finansējuma saņēmējs Attiecināmajos izdevumos ir iekļāvis izdevumus, kas vienlaikus tikuši, tiek finansēti vai kurus plānots finansēt no citiem ES, finanšu instrumentu, valsts vai pašvaldības līdzekļiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Finanšu korekcija</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">Finanšu korekcija</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— Attiecināmo izdevumu proporcionāls samazinājums, kas tiek piemērots par konstatēto normatīvo aktu vai Līguma pārkāpumu Projekta īstenošanas vai Projekta pēcuzraudzības perioda ietvaros. Ja neatbilstoši veikto izdevumu summu nav iespējams noteikt vai arī gadījumos, kad neattiecināt visus neatbilstoši veiktos izdevumus būtu nesamērīgi, finanšu korekcijas tiek piemērotas atbilstoši Vadošās iestādes vadlīnijām</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740F7" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Interešu konflikts</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">Interešu konflikts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— situācija, kurā personai, kas saistīta ar Projekta īstenošanu, amata pienākumu neatkarīgu un objektīvu izpildi vai uzdevumu veikšanu Projekta īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, galasaņēmēju, radiniekiem vai darījumu partneriem - atbilstoši Regulā 2024/2509</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740F8" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, likumā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Par interešu konflikta novēršanu valsts amatpersonu darbībā”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un citos normatīvajos aktos par interešu konflikta novēršanu noteiktajam</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Maksājuma pieprasījums</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A740F9" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">Maksājuma pieprasījums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— atbilstoši Līgumā noteiktajai kārtībai un izmantojot Projektu portālu, Sadarbības iestādē iesniegta informācija un dokumentu kopums par sasniegtajiem rezultātiem un rādītājiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Neatbilstoši veiktie izdevumi</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">Neatbilstoši veiktie izdevumi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā Attiecināmos izdevumus, bet kas nav iekļaujami Atbalsta summā, pamatojoties uz Sadarbības iestādes pieņemto lēmumu, ar kuru konstatēta neatbilstība normatīvo aktu izpratnē</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740FA" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="26"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Par Neatbilstoši veikto izdevumu summu tiek samazināta kopējā Projekta Attiecināmo izdevumu summa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Pēcuzraudzības periods</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A740FB" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">Pēcuzraudzības periods</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— 5 (piecu) gadu periods, kas sākas pēc noslēguma maksājuma veikšanas Finansējuma saņēmējam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="48"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1004"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Rezultātu pamatojošie dokumenti, piemērojot vienkāršotās izmaksas</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">Rezultātu pamatojošie dokumenti, piemērojot vienkāršotās izmaksas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">— Projektā īstenotās darbības un sasniegtos rezultātus apliecinošie dokumenti, kas saskaņā ar SAM MK noteikumiem un atbilstošajam vienkāršoto izmaksu veidam noteikti Atbildīgās iestāde metodikā</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A740FC" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="27"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A740FD" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="Xe220dd445714c1d321d8f70301c1399372d5869"/>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmēja vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="49"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A740FE" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1005"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējam ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A740FF" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">iesniegt un ievadīt informāciju par Projekta īstenošanu portālā atbilstoši šim Līgumam, normatīvajiem aktiem, kā arī lietotāja līgumam par Projektu portāla izmantošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74100" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">5 (piecu) darbdienu laikā pēc izmaiņu veikšanas iesniegt Sadarbības iestādei informāciju par personām, kuras ir tiesīgas Finansējuma saņēmēja vārdā iesniegt un apstiprināt Projektu portālā visus ar Projektu saistītos dokumentus (t. sk. Maksājuma pieprasījumus), ja mainījusies iepriekš Sadarbības iestādei sniegtā informācija. Ja minētās personas darbojas uz Finansējuma saņēmēja izsniegtas pilnvaras pamata – iesniegt pilnvaru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74101" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma darbības laikā Projektu portālā paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms), atbildīgā amatpersona ) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74102" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta īstenošanā nodrošināt visu normatīvajos aktos, Vadošās iestādes, Atbildīgās iestādes, Sadarbības iestādes un citu institūciju vadlīnijās un metodikās, kā arī Līgumā paredzēto nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74103" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt, lai Atbalsta summa tiktu izlietota saskaņā ar pareizas finanšu pārvaldības principu, ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74104" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt, lai Projekta Attiecināmie izdevumi būtu tieši saistīti ar projekta mērķu sasniegšanu un atbilstoši projekta īstenošanai piešķirtā finansējuma izlietošanas nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74105" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt Projektā paredzēto mērķu, Projekta darbību rezultātu un uzraudzības rādītāju sasniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74106" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Pēc Sadarbības iestādes vai Atbildīgās iestādes pieprasījuma iesniegt informāciju par uzraudzības rādītājiem, kas nav iekļauta maksājuma pieprasījumā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt informatīvos un publicitātes pasākumus (ja finansējuma saņēmējs ir juridiska persona) saskaņā ar Projektā plānoto un normatīvajos aktos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        </w:rPr>
+        <w:footnoteReference w:id="29"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un vadošās iestādes vadlīnijās noteiktajām prasībām</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="62A74107" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="30"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, t.sk. finansējuma saņēmēja oficiālajā tīmekļa vietnē (ja tāda ir) un sociālo mediju vietnēs (ja tādas ir) publicēt īsu un samērīgu aprakstu par Projektu, tā mērķiem un rezultātiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74108" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">veikt pievienotās vērtības nodokļa (turpmāk – PVN) uzskaiti atbilstoši Latvijas Republikas normatīvo aktu prasībām un neatgūt pievienotās vērtības nodokli, ja to saņem kā Atbalsta summu Projekta ietvaros, nodrošināt PVN nodalītu uzskaiti (attiecināms uz personām, kuras reģistrētas kā PVN maksātājas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="62A74109" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nepieļaut Interešu konflikta, korupcijas, krāpšanas un dubultā finansējuma situācijas iestāšanos un nekavējoties informēt Sadarbības iestādi par apstākļiem, kas rada vai kuru rezultātā varētu rasties kāda no minētajām situācijām. Nekavējoties informēt Sadarbības iestādi, ja finansējuma saņēmējam ir zināma informācija vai aizdomas par iespējamu krāpšanu projektā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7410A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nekavējoties, bet ne vēlāk kā 5 (piecu) darbdienu laikā no dienas, kad Finansējuma saņēmējs par to uzzinājis, rakstiski informēt Sadarbības iestādi par jebkuriem apstākļiem, kas varētu mainīt Projekta īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumiem, ja kāds no Projektā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkādiem citiem būtiskiem notikumiem un apstākļiem, kas negatīvi ietekmē vai apdraud, vai kas pamatoti uzskatāmi par tādiem, kas varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi, tai skaitā par Projekta īstenošanā konstatētajiem riskiem, kas var ietekmēt projektā plānoto finanšu plūsmu, Projekta īstenošanas laika grafiku un rādītāju sasniegšanu noteiktajos termiņos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A7410B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā uz valsts atbalstu (ja attiecināms) desmit gadus no dienas, kad dzīvokļa īpašniekam ir piešķirts atbalsts nodrošināt visu ar Projekta īstenošanu un valsts atbalstu (ja attiecināms) saistīto dokumentu glabāšanu, tai skaitā Projekta iesnieguma, jebkuru ar Projektu saistīto sarakstes dokumentu, rezultātu pamatojošo dokumentu, piemērojot vienkāršotās izmaksas oriģinālu vai to atvasinājumu ar juridisku spēku glabāšanu atbilstoši Regulas Nr. 2021/1060 82. pantam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="31"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Pēc noslēguma Maksājuma pieprasījuma pārbaudes Sadarbības iestāde vēstulē par apstiprinātiem Attiecināmajiem izdevumiem paziņo Finansējuma saņēmējam par dokumentu glabāšanas termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt Sadarbības iestādei, citu ES fondu vadībā iesaistīto Latvijas Republikas un ES institūciju pārstāvjiem, šo noteikumu 5.3. apakšpunktā minēto iestāžu, kā arī citu kompetento institūciju pārstāvjiem pieeju visu ar Projekta īstenošanu saistīto dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un grāmatvedības sistēmai (attiecas uz juridiskām personām), kā arī attiecīgā Projekta īstenošanas vietai un nodrošināt iespējas iepriekš minēto institūciju pārstāvjiem veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošinot šo institūciju likumīgo prasību izpildi un brīvu piekļuvi Finansējuma saņēmēja grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, t. sk. pieprasīto dokumentu izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pēc Sadarbības iestādes lūguma iesniegt pieprasīto informāciju un dokumentus Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 3 (trīs) darbdienām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgumā un Sadarbības iestādes noteiktajos termiņos izpildīt Līguma noteikumus un Sadarbības iestādes norādījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ja Projekta īstenošanā tiek konstatēti neatbilstoši veiktie izdevumi vai pārkāpums, pēc Sadarbības iestādes pieprasījuma atmaksāt Sadarbības iestādes norādītajā kontā nepamatoti izmaksāto Atbalsta summu vai tās daļu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nosūtīt sadarbības iestādei informāciju par būvniecības lietas pieejamību Būvniecības informācijas sistēmā par visām projektā paredzētajām darbībām, kuru īstenošanai nepieciešama būvniecības ieceres dokumentācija (ja attiecināms) piemēram, būvprojekts, paskaidrojuma raksts, paziņojums par būvniecību, ne vēlāk kā 1 (viena) mēneša laikā pēc projektēšanas nosacījumu izpildes, norādot ar projekta darbībām saistītās būvniecības lietas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (t. sk. īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta izmaksu pieauguma gadījumā segt sadārdzinājumu no saviem līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">izmantot Projekta ietvaros iegādātos pamatlīdzekļus/vērtības Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmēja reorganizācijas vai īpašnieka maiņas gadījumā nodrošināt ar Līgumu uzņemto saistību nodošanu tā saistību pārņēmējam, informējot par to Sadarbības iestādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt Projekta rezultātu saglabāšanu un ilgtspēju, kā arī izmantot Projekta ietvaros iegādātos pamatlīdzekļus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi, ievērojot Regulas Nr. 2021/1060</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A7410C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="32"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">65. pantā un SAM MK noteikumos noteiktos nosacījumus un termiņus Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā kā arī neizdarīt būtiskas izmaiņas Projektā, tai skaitā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1007"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nepārdot, nedāvināt, neizīrēt, neiznomāt, nemainīt, neaizdot, nepatapināt, neieķīlāt, citādi neatsavināt un neapgrūtināt īpašumu, kas iegādāts vai radīts Projektā, un īpašumu, kas guvis labumu no atbalsta, kā arī neveikt citas darbības, kuru rezultātā īpašums pilnīgi vai daļēji var nokļūt citas personas īpašumā vai valdījumā, izņemot gadījumus, kad Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamas sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības. Īpašuma vai turējuma tiesības attiecībā uz atbalstītajiem infrastruktūras objektiem nemaina un ieguldījums paliek Latvijas Republikas teritorijā visu Pēcuzraudzības periodu. Īpašuma vai turējuma tiesības nostiprina zemesgrāmatā (izņemot gadījumu, ja pašvaldības īpašums uz normatīvā akta, līguma vai pašvaldības lēmuma pamata ir nodots pašvaldības iestādes kā Finansējuma saņēmēja pārvaldīšanā vai, ja īpašuma tiesības uz objektu ir spēkā bez to nostiprināšanas zemesgrāmatās);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1007"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt Projektā iegādāto un radīto vērtību saglabāšanu un uzturēšanu. Ugunsgrēka, vētras, plūdu un citu nepārvaramas varas gadījumu vai trešo personu prettiesiskas rīcības rezultātā radušos zaudējumus Finansējuma saņēmējam ir pienākums segt un bojātās vai iznīcinātās vērtības atjaunot no saviem līdzekļiem pilnā apmērā. Ja Finansējuma saņēmējs ir veicis Projektā iegādāto un radīto vērtību apdrošināšanu, zaudējumus sedz no saņemtās apdrošināšanas atlīdzības. Gadījumā, ja ar šādu kompensāciju nepietiek, Finansējuma saņēmējs zaudējumus sedz no saviem līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="62A7410D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">veikt citas Līgumā un lēmumā par Projekta iesnieguma apstiprināšanu noteiktās darbības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7410E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Atbalsta summas maksājuma saņemšanai Finansējuma saņēmējs norāda kontu ES vai Eiropas Ekonomiskajā zonā reģistrētā kredītiestādē vai Valsts kasē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7410F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ja projektā paredzēta saules paneļu sistēmas (ar pieslēgumu elektrotīklam) iegāde un uzstādīšana:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1008"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt, ka vismaz 80 % apmērā no gadā saražotā elektroenerģijas apjoma (enerģijas vai finanšu izteiksmē) tiek izmantots dzīvojamās mājas vai uz projektu attiecināmās dzīvojamās mājas dzīvokļu īpašumu pašpatēriņam, izmantojot Elektroenerģijas tirgus likuma 30.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">vai 30.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pantā noteikto neto uzskaites vai norēķinu sistēmu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1008"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pēc sadarbības iestādes pieprasījuma Finansējuma saņēmējs iesniedz elektroenerģijas skaitītāju pilnus datus un rēķinus par iepirkto un pārdoto (gadījumā, ja tiek saražots vairāk nekā patērēts ēkā) elektroenerģiju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1008"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">līguma 2.1.27.1. apakšpunktā minētais nosacījums ir uzskatāms par izpildītu, ja finansējuma saņēmējs projekta pēcuzraudzības periodā piemēro Elektroenerģijas tirgus likuma 30.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pantā minēto neto uzskaites sistēmu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74110" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ja dzīvokļa īpašnieks projekta iesnieguma apstiprināšanas brīdi neveica saimniecisko darbību, bet uzsāk veikt saimniecisko darbību pēc projekta iesnieguma apstiprināšanas, projekta īstenošanas vai projekta pēcuzraudzības periodā, Finansējuma saņēmējs 5 (piecu) darba dienu laikā informē par šo faktu Sadarbības iestādi, iesniedzot projekta iesnieguma atlases nolikuma 1.3. pielikumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Informācija par saimniecisko darbību projekta īstenošanas vietā”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74111" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1006"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt projekta atbilstību pašvaldības saistošo noteikumu prasībām attiecībā uz siltumapgādes un enerģiju ražojošo iekārtu uzstādīšanu, tai skaitā saņemt nepieciešamās atļaujas un nodrošināt pašvaldības teritorijas plānojuma prasību ievērošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1005"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējam ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74112" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1009"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">saņemt Atbalsta summu, ja Projekts ir īstenots saskaņā ar normatīvo aktu un Līguma nosacījumiem, ievērojot noteikto kārtību un termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74113" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1009"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">saņemt nepieciešamo informāciju par Projekta īstenošanas nosacījumiem, tai skaitā, saņemt konsultācijas par ieteicamajiem Projekta īstenošanā konstatēto risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74114" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1009"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="X55a1eb4b40bbd4852ef0b85a7c311cdc2b8f9d0"/>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādes vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1010"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74115" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1011"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konsultēt Finansējuma saņēmēju par Projekta īstenošanu, tai skaitā, sniegt informāciju par Projekta īstenošanā konstatētajiem riskiem un ieteicamajiem risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="62A74118" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1011"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">veikt Projekta īstenošanas uzraudzību un kontroli visā Līguma darbības laikā un izvērtēt Projekta īstenošanas atbilstību normatīvo aktu un Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74119" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1011"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pārbaudīt Finansējuma saņēmēja Maksājuma pieprasījumu un apstiprināt Finansējuma saņēmēja Maksājuma pieprasījumā iekļautos izdevumus, ja tie ir attiecināmi, un pieņemt lēmumu par Atbalsta summas vai tās daļas atmaksu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7411A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1011"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">apstrādājot Finansējuma saņēmēja iesniegtos personu datus, ievērot normatīvajos aktos par personu datu (t. sk. īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="62A7411E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1011"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">veikt citas normatīvajos aktos un Līgumā noteiktās darbības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1010"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7411F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1012"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pieprasīt un saņemt no Finansējuma saņēmēja, valsts informācijas sistēmām un reģistriem, ārējām datu bāzēm informāciju par Finansējuma saņēmēju, dzīvokļa īpašnieku un tā saimniecisko darbību, kas nepieciešama, lai nodrošinātu Projekta īstenošanas uzraudzību un kontroli, kā arī krāpšanas un neatbilstību risku identificēšanai veikt šīs informācijas uzkrāšanu un apstrādi Eiropas Komisijas uzturētajā projektu risku vērtēšanas sistēmā ARACHNE;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74120" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1012"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pieņemt lēmumu par neatbilstoši veikto izdevumu konstatēšanu, finanšu korekcijas piemērošanu, uz laiku apturēt maksājumu veikšanu Finansējuma saņēmējam un atgūt nepamatoti apstiprināto un izmaksāto Atbalsta summu vai tās daļu atbilstoši ES un Latvijas Republikas normatīvo un tiesību aktu prasībām, kā arī Eiropas Komisijas un Vadošās iestādes vadlīnijām, skaidrojumiem, norādījumiem un lēmumiem. Valsts atbalsta nosacījumu pārkāpumu gadījumā sadarbības iestāde pieņem lēmumu par nelikumīga valsts atbalsta konstatēšanu un to atgūst;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="50"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74121" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1012"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">rīkoties ar jebkādu informāciju saistībā ar Projekta īstenošanu, īpaši tā publicitātes vai informācijas izplatīšanas nolūkā, ievērojot attiecīgās informācijas raksturu, t. sk. nosacījumus ierobežotas pieejamības informācijas izplatīšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1012"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma darbības laikā pieprasīt un saņemt visus nepieciešamos dokumentus un skaidrojumus, kas saistīti ar Līguma izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1012"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="valsts-atbalsta-nosacījumi"/>
+      <w:r>
+        <w:t xml:space="preserve">Valsts atbalsta nosacījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="49"/>
-[...91 lines deleted...]
-    <w:p w14:paraId="62A74126" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Šī Līguma vispārīgo noteikumu 4.sadaļā noteiktie valsts atbalsta nosacījumi attiecas uz saimnieciskās darbības veicējiem. Par Finansējuma saņēmēju šīs nodaļas ietvaros tiek uzskatīts konkrētā dzīvokļa īpašnieks, kas veic vai ir uzsācis veikt saimniecisko darbību projekta īstenošanas vai pēcuzraudzības posmā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="54"/>
-[...295 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs, kuram</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsts tiek piešķirts ar lēmumu par projekta iesnieguma apstiprināšanu vai izdoto atzinumu par lēmumā noteikto nosacījumu izpildi, ja iepriekš pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu, ievēro Līguma 4.sadaļas 4.3., 4.6., 4.8. 4.9. un 4.10.apakšpunktā minētos nosacījumus. Savukārt, ja Finansējuma saņēmējs, kuram</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A74135" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsts tiks piešķirts projekta īstenošanas vai pēcuzraudzības periodā, ievēro Līguma 4.sadaļas 4.3., 4.4., 4.5., 4.6., 4.7., 4.8., 4.9. un 4.10. apakšpunktā minētos nosacījumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja tiek konstatēts SAM MK noteikumu prasību pārkāpums komercdarbības atbalsta jomā, Finansējuma saņēmējam ir pienākums atmaksāt Sadarbības iestādei visu projekta ietvaros saņemto</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A74136" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalstu kopā ar procentiem no līdzekļiem, kas brīvi no valsts atbalsta, saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja pēc līguma noslēgšanas Finansējuma saņēmējs nekvalificējas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A74137" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsta saņemšanas nosacījumiem, tad Finansējuma saņēmējs atmaksā Sadarbības iestādei visu projekta ietvaros saņemto komercdarbības atbalstu kopā ar procentiem no līdzekļiem, kas brīvi no valsts atbalsta, saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde pirms</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsta piešķiršanas pārbauda, vai Finansējuma saņēmējam plānotais</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsts kopā ar iepriekšējos trijos gados no atbalsta piešķiršanas dienas piešķirto</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalstu viena vienota uzņēmuma līmenī nepārsniedz Regulas 2023/2831</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="35"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3. panta 2. punktā noteikto robežlielumu jeb 300 000 EUR. Vienots uzņēmums ir tāds uzņēmums, kas atbilst Regulas 2023/2831 2.panta 2.punktā minētajiem kritērijiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalstu nepiešķir, ja Finansējuma saņēmējs atbilst</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
-          <w:t>Likuma</w:t>
+          <w:t xml:space="preserve">Likuma</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D6296D">
-[...6 lines deleted...]
-    <w:p w14:paraId="62A74139" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">22.panta pirmās daļas 4. punktā noteiktajām pazīmēm, t.i., Finansējuma saņēmējam ar tiesas spriedumu ir pasludināts maksātnespējas process, ar tiesas spriedumu tiek īstenots tiesiskās aizsardzības process vai ar tiesas lēmumu tiek īstenots ārpustiesas tiesiskās aizsardzības process, apturēta vai pārtraukta saimnieciskā darbība, uzsākta tiesvedība par projekta iesniedzēja bankrotu, piemērota sanācija vai izlīgums vai projekta iesniedzējs tiek likvidēts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs ievēro Komisijas regulas Nr. 2023/2831</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="62A7413A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="37"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1. panta 1. punktā, minētos nozaru un darbības ierobežojumus. Ja Finansējuma saņēmējs darbojas nozarēs, kas norādītas minētajā punktā gan vienā, gan vairākās nozarēs vai citās darbības jomās, uz kurām attiecas šīs regulas darbības jomas, atbalstam, ko piešķir minētajām nozarēm vai darbības jomām, šo regulu piemēro ar nosacījumu, ka darbības vai izmaksas tiek nošķirtas, lai darbības nozarēs, kuras ir izslēgtas no šīs regulas darbības jomas, negūtu labumu no de minimis atbalsta, ko piešķir saskaņā ar šo regulu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde nodrošina finanšu atbalsta uzskaiti saskaņā ar normatīvajiem aktiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+        <w:footnoteReference w:id="38"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">par</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsta uzskaites un piešķiršanas kārtību un</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A7413B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsta uzskaites veidlapu paraugiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>De minimis</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:t xml:space="preserve">De minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsts, kas piešķirts atbilstoši šiem SAM MK noteikumiem, par vienām un tām pašām attiecināmajām izmaksām netiek kumulēts ar citu komercdarbības atbalstu un/vai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A7413C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalstu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="57"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1013"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dokumentāciju par</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>de minimis</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+        <w:t xml:space="preserve">de minimis</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atbalsta piešķiršanu saskaņā ar Komisijas regulas Nr. 2023/2831</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A7413D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="39"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">6. panta 3, punktu Finansējuma saņēmējs glabā 10 gadus no atbalsta piešķiršanas dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="62A7413E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="Xfe01e891724baca704aae9545d6a3c35135f744"/>
+      <w:r>
+        <w:t xml:space="preserve">Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="58"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7413F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1014"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde Līguma darbības laikā var veikt pārbaudi Projekta iesniegumā norādītajā Projekta īstenošanas vietā atbilstoši MK noteikumiem un Vadošās iestādes vadlīnijām, lai pārliecinātos par faktisko Līguma īstenošanu atbilstoši normatīvo aktu prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="58"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74140" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1014"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde vismaz 5 (piecas) darbdienas pirms plānotās pārbaudes Projekta īstenošanas vietā informē par to Finansējuma saņēmēju. Sadarbības iestāde atbilstoši MK noteikumiem ir tiesīga nepieciešamības gadījumā veikt arī pārbaudes, iepriekš par to neinformējot Finansējuma saņēmēju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="58"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74141" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1014"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nodrošina Sadarbības iestādei, Eiropas Komisijas, Eiropas Biroja krāpšanas apkarošanai, Korupcijas novēršanas un apkarošanas biroja, ES fondu vadībā iesaistīto institūciju, Valsts Kontroles un Iepirkumu uzraudzības biroja pārstāvjiem, kā arī citu kompetento institūciju pārstāvjiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="59"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74142" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1015"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādes darba laikā piekļūšanu Projekta īstenošanas vietai, telpām, dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un visai informācijai, t. sk. informācijai elektroniskā formātā, kas nepieciešama šādu pārbaužu veikšanai (pēc pieprasījuma visa ar Projekta īstenošanu saistītā dokumentācija jāuzrāda Projekta īstenošanas vietā).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="59"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74143" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1015"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">telpu un darba vietu dokumentu pārbaudei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="59"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74144" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1015"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pieprasīto dokumentu uzrādīšanu un, ja nepieciešams, izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="59"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74145" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1015"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">par Projekta īstenošanu atbildīgo personu piedalīšanos pārbaudē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="58"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74146" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1014"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Citas ES fondu vadībā iesaistītās Latvijas Republikas vai ES institūcijas, kā arī citas kompetentās institūcijas pārbaudes Projekta īstenošanas vietā veic saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="58"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74147" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1014"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Veicot pārbaudi Projekta īstenošanas vietā, Sadarbības iestāde var piesaistīt attiecīgās nozares ekspertu, lai pārliecinātos par Finansējuma saņēmēja Projekta īstenošanas atbilstību Līguma un normatīvo aktu nosacījumiem. Pamatojoties uz eksperta atzinumu, Sadarbības iestāde var lemt par neatbilstību konstatēšanu un Attiecināmo izdevumu samazināšanu vai Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A74148" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="X97110fadc4d9a2d8e9060baa6ac4bb79c8c5858"/>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma pieprasījumu iesniegšanas un izskatīšanas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74149" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs, īstenojot Projektu, maksājumus veic no saviem līdzekļiem. Privāto līdzfinansējumu projekta iesniedzējs nodrošina no paša finanšu līdzekļiem (uzkrājumi) vai piešķirtā kredīta (nav pieļaujams finanšu aizņēmums, piemēram, līzings, kura rezultātā projekta ietvaros iegādātās iekārtas vai aprīkojums atrodas projekta iesniedzēja turējumā, nevis īpašumā).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7414A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma pieprasījumā Finansējuma saņēmējs kā pārskata perioda sākuma datumu norāda Līguma 1.punktā paredzēto Līguma spēkā stāšanās datumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A7414B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma pieprasījumu Finansējuma saņēmējs iesniedz 20 (divdesmit) darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas laika beigām vai pēc pēdējā Finansējuma saņēmēja veiktā maksājuma, ja maksājums veikts ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas laika beigām. Atsevišķos gadījumos, Finansējuma saņēmējam vienojoties ar Sadarbības iestādi, Maksājuma pieprasījuma iesniegšanas termiņš var tikt mainīts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7414C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma pieprasījuma sadaļas aizpilda un iesniedz atbilstoši Sadarbības iestādes Projektu portālā (KPVIS) pieejamajai formai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs, atbilstoši Atbildīgās iestādes metodikai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A7414D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="42"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, ar Maksājuma pieprasījumu iesniedz pamatojošo dokumentu kopijas, kas pamato projektā paredzēto darbību veikšanu un rezultātu sasniegšanu, tajā skaitā informāciju, kas norāda uz izmaksu rašanās brīdi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7414E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde tai iesniegto Maksājuma pieprasījumu izskata, pamatojoties uz Maksājuma pieprasījuma iesniegšanas brīdī spēkā esošo Līgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7414F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde pārbauda Finansējuma saņēmēja iesniegto Maksājuma pieprasījumu (t. sk. šo noteikumu 6.5. apakšpunktā minētos dokumentus) un apstiprina attiecināmos izdevumus un veic maksājumu ne vēlāk kā 80 (astoņdesmit) dienu laikā no dienas, kad Sadarbības iestāde saņēmusi šo noteikumu 6.3. apakšpunktā minēto Maksājuma pieprasījumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74150" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma pieprasījuma izskatīšanas termiņš tiek pagarināts par precizējumu veikšanai un pieprasītās papildu informācijas vai ekspertīžu un atzinumu no kompetentām institūcijām izskatīšanai nepieciešamo laiku, bet ne ilgāk kā par 10 (desmit) darbdienām pēc precizējumu, papildu informācijas vai atzinuma saņemšanas dienas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74151" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde iesniegtajos dokumentos konstatē nepilnības, Finansējuma saņēmējam ir pienākums ne vēlāk kā 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestāde ir nosūtījusi Finansējuma saņēmējam rakstisku paziņojumu par Finansējuma saņēmēja iesniegtajos Maksājuma pieprasījumu Rezultātus pamatojošos dokumentos konstatētajām nepilnībām, šīs nepilnības novērst. Gadījumā, ja Finansējuma saņēmējs konstatētās nepilnības nenovērš šajā apakšpunktā minētajā termiņā, Sadarbības iestāde var piemērot šo noteikumu 7. un 8. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="62A74152" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības iesniegto Maksājuma pieprasījumu noraidīt, ja pēc Sadarbības iestādes pieprasījuma Finansējuma saņēmējs neiesniedz šo noteikumu 6.5. apakšpunktā minētos pamatojošos dokumentus vai nenovērš šo noteikumu 6.9. apakšpunktā minētās Sadarbības iestādes norādītās nepilnības noteiktajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74153" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējs šo noteikumu 6.3. apakšpunktā paredzētajā termiņā nav iesniedzis Sadarbības iestādē Maksājuma pieprasījumu, Sadarbības iestāde nosūta Finansējuma saņēmējam rakstisku atgādinājumu un brīdina par iespējamām saistību neizpildes sekām. Ja Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc rakstiska atgādinājuma nosūtīšanas neiesniedz Sadarbības iestādei Maksājuma pieprasījumu, Sadarbības iestāde var piemērot šo noteikumu 7. un 8. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="60"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74154" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1016"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības Maksājuma pieprasījuma izvērtēšanas laikā pieaicināt ekspertu, lai pārbaudītu, vai Attiecināmie izdevumi ir samērīgi un ekonomiski pamatoti, kā arī lai pārbaudītu Attiecināmo izdevumu pozīciju atbilstību Projektā plānotajam, Projekta darbību izpildes apmērus un atbilstību Projekta mērķim. Kompensācijas trešajām personām par kaitējumu, kas ir nodarīts Projekta īstenošanas gaitā Finansējuma saņēmēja, vai darbu izpildītāju darbības vai bezdarbības rezultātā, uzskatāmas par neattiecināmiem izdevumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A74155" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="attiecināmo-izdevumu-apmēra-samazināšana"/>
+      <w:r>
+        <w:t xml:space="preserve">Attiecināmo izdevumu apmēra samazināšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74156" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1017"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde var samazināt Attiecināmo izdevumu summu, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74157" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nenodrošina normatīvo aktu vai Līguma nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74158" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nenodrošina konstatēto trūkumu novēršanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74159" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">faktiski veiktās izmaksas vai darbības Projektā veiktas mazākā apmērā, nekā norādīts apstiprinātajā Projektā un tā pielikumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7415A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nav īstenota kāda no Projekta darbībām, tai skaitā darbības, kas attiecas uz horizontālo prioritāšu ieviešanu vai netiek sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7415B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">netiek sasniegti Projekta uzraudzības rādītāji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7415C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nav iesniedzis Rezultātus pamatojošos dokumentus vai tie nav pietiekami, lai apliecinātu Attiecināmo izdevumu atbilstību normatīvo aktu vai Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">maksājuma pieprasījumā norādītie izdevumi neatbilst SAM MK noteikumos un atbildīgās iestādes metodikā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A7415D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="44"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">noteiktajam vienkāršoto izmaksu veidam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7415E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projektā veiktie izdevumi nav atbilstoši drošas finanšu vadības principam, nav samērīgi un ekonomiski pamatoti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A7415F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēti Neatbilstoši veiktie izdevumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74160" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs Projekta īstenošanas laikā ir maldinājis Sadarbības iestādi, sniedzot nepatiesu informāciju, un nav lietderīgi un samērīgi izbeigt Līgumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74161" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nav ievērojis SAM MK noteikumu 34. punkta nosacījumus par atbalsta finansējuma apvienošanu ar de minimis atbalstu, citas ES līdzekļu finansētas atbalsta programmas vai individuālā atbalsta Projekta ietvaros piešķirto finansējumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74162" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekts tā īstenošanas laikā vai Pēcuzraudzības periodā kļūst par Projektu, kas saistīts ar saimniecisku darbību, Finansējuma saņēmējs nodrošina, ka dzīvokļa īpašnieks atmaksā sadarbības iestādei visu nelikumīgi saņemto atbalstu kopā ar procentiem saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu, ja vien projekta īstenošanas laikā nav iespējams piemērot SAM MK noteikumu 29. punktā minētā komercdarbības atbalsta nosacījumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="62"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1018"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">tiek konstatēta neatbilstība Regulas Nr. 2021/1060</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A74163" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="45"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2. panta 31. punkta izpratnē un ir piemērota Finanšu korekcija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="61"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74164" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1017"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde samazina Maksājuma pieprasījumā norādīto Attiecināmo izdevumu apmēru, tā informē Finansējuma saņēmēju, norādot pamatojumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A74165" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="maksājuma-apturēšana"/>
+      <w:r>
+        <w:t xml:space="preserve">Maksājuma apturēšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="63"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1019"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja pastāv kaut viens no tālāk minētajiem apstākļiem, Sadarbības iestāde līdz šo apstākļu un to izraisīto seku pilnīgai izvērtēšanai vai novēršanai var apturēt Atbalsta summas maksājuma veikšanu, nepieciešamības gadījumā norādot termiņu attiecīgo apstākļu novēršanai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A74166" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="47"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74167" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta īstenošanas laikā ir iestājušies apstākļi, kas rada Līguma noteikto Finansējuma saņēmēja pienākumu un sniegto apliecinājumu pārkāpumu, kā arī Projekta pārbaudes rezultātā tiek konstatēti trūkumi un noteikts termiņš to novēršanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74168" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ja rodas pamatotas aizdomas, ka Finansējuma saņēmēja veiktie izdevumi nav uzskatāmi par Attiecināmajiem izdevumiem vai nav atbilstoši drošas finanšu vadības principam, nav samērīgi un ekonomiski pamatoti un apstākļu noskaidrošanai ir nepieciešams saņemt eksperta vai kompetentās iestādes atzinumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="62A74169" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs vairs neatbilst SAM MK noteikumu prasībām, kas noteiktas Finansējuma saņēmējam, lai tas varētu pretendēt uz Atbalsta summu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7416A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ir ierosināts Finansējuma saņēmēja tiesiskās aizsardzības process vai ārpustiesas tiesiskās aizsardzības process, Projektā paredzētā saimnieciskā darbība ir apturēta vai pārtraukta, vai arī ir uzsākta Finansējuma saņēmēja likvidācija, ir uzlikts arests tā kustamai vai nekustamai mantai vai finanšu līdzekļiem, kā arī ja Valsts ieņēmumu dienests ir pieņēmis lēmumu par Finansējuma saņēmēja pamata saimnieciskās darbības apturēšanu normatīvo aktu pārkāpumu gadījumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7416B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pret Finansējuma saņēmēja atbildīgajām amatpersonām saistībā ar to darbībām Projekta īstenošanas ietvaros ir uzsākts administratīvā pārkāpuma process vai kriminālprocess;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7416C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pret Finansējuma saņēmēju tiesā vai šķīrējtiesā ir iesniegts prasības pieteikums vai pieteikums par prasības nodrošinājumu par summu, kas pārsniedz 50 % (piecdesmit procentus) no Atbalsta summas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7416D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nav sasniegti uzraudzības rādītāji, kas tika norādīti Projekta iesniegumā un par kuriem tika piešķirti punkti Projekta iesnieguma vērtēšanas gaitā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="64"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7416E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1020"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nav nodrošinājis Maksājuma pieprasījuma iesniegšanu šo noteikumu 6.3. apakšpunktā paredzētajā termiņā vai nav novērsis Maksājuma pieprasījumā konstatētās nepilnības šo noteikumu 6.9. apakšpunktā minētajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A7416F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="līguma-grozījumi"/>
+      <w:r>
+        <w:t xml:space="preserve">Līguma grozījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja pēc līguma noslēgšanas tās individuālajā daļā vai Projekta iesniegumā ir nepieciešami grozījumi, Sadarbības iestāde vai Finansējuma saņēmējs Projektu portālā (KPVIS) ierosina Līguma grozījumus. Līguma grozījumus veic par būtiskām izmaiņām, kas attiecas uz Projekta iesnieguma datu laukiem, kas norādīti MK noteikumu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A74170" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="49"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1.pielikuma 3. punktā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74171" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma grozījumus noformē, Pusēm savstarpēji rakstiski vienojoties un apstiprinot Līguma grozījumus Projektu portālā (KPVIS), ja vien Līgumā nav noteikta cita kārtība.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74172" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma grozījumi stājas spēkā ar attiecīgo grozījumu priekšlikuma saņemšanas dienu Sadarbības iestādē, izņemot gadījumus, kad Sadarbības iestāde noteikusi citu Līguma grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="62A74173" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādes ierosinātie Līguma grozījumi par izmaiņām Līguma 1.pielikumā</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Līguma vispārīgie noteikumi”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kas Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74174" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ierosinot Līguma grozījumus, Finansējuma saņēmējs vienlaikus ar grozījumu priekšlikumu Projektu portālā (KPVIS) iesniedz Sadarbības iestādei:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="66"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74175" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1022"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pamatojuma informāciju, tai skaitā dokumentus, kas pamato ierosinātos Līguma grozījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="66"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74176" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1022"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">koriģētas Projekta iesnieguma veidlapas attiecīgās sadaļas atbilstoši MK noteikumu 1.pielikuma 3. punktā noteiktajiem datu laukiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74177" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde 20 (divdesmit) darbdienu laikā no Finansējuma saņēmēja ierosināto grozījumu priekšlikuma saņemšanas veic to izvērtēšanu un, ja nepieciešams, veic grozījumu saskaņošanu ar Atbildīgo iestādi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74178" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos Līguma grozījumus noraida, tā informē Finansējuma saņēmēju par noraidīšanas pamatojumu, kā arī, ja nepieciešams, norāda informāciju par nepieciešamajiem precizējumiem un grozījumu atkārtotas iesniegšanas kārtību. Sadarbības iestādei ir tiesības noraidīt Finansējuma saņēmēja ierosinātos grozījumus, ja Projekta īstenošana nav iespējama atbilstoši Projektā noteiktajam un ja šie grozījumi ietekmē Projekta mērķu un Projektā norādīto uzraudzības rādītāju un horizontālo principu rādītāju sasniegšanu, pasliktina sākotnējo Projekta novērtējumu pēc Specifiskā atbalsta mērķa vai tā pasākuma projektu iesniegumu vērtēšanas kritērijiem, ir pretrunā normatīvajiem aktiem, Līguma nosacījumiem, kā arī citos gadījumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74179" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos grozījumus apstiprina, tā nosūta Finansējuma saņēmējam paziņojumu par Līguma grozījumu apstiprināšanu vai Sadarbības iestādes apstiprinātos Līguma grozījumus Projektu portālā (KPVIS) Finansējuma saņēmējam apstiprināšanai. Finansējuma saņēmējs Sadarbības iestādes noteiktajā termiņā apstiprina Līguma grozījumus Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7417A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmēja ierosinātajos grozījumos veicami precizējumi, Sadarbības iestāde informē Finansējuma saņēmēju par veicamajiem precizējumiem un norāda termiņu veicamo precizējumu iesniegšanai Projektu portālā (KPVIS). Grozījumu izvērtēšanas termiņu pagarina par precizējumu izskatīšanai nepieciešamo laiku, bet ne vairāk kā par 20 (divdesmit) darbdienām no precizējumu saņemšanas dienas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7417B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Līguma grozījumi attiecas uz Pušu pamatdatiem (kontaktinformācija, juridiskā adrese, atbildīgā amatpersona) Sadarbības iestāde vai Finansējuma saņēmējs veic atbilstošas izmaiņas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="62A7417C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma grozījumi par Attiecināmo izdevumu gala summu pēc informācijas par projekta izdevumiem un īstenošanas progresu, rādītāju sasniegšanu un Projekta noslēguma maksājuma pieprasījuma izskatīšanas un samazinot Projekta attiecināmo izdevumu summu par neatbilstoši veikto izdevumu summu pēc lēmuma par neatbilstības konstatēšanu apstrīdēšanas termiņa beigām, tiek noformēti kā vienpusējs Sadarbības iestādes paziņojums un stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kad Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="65"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:numId w:val="1021"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgumā noteikto dokumentu veidlapas, informācijas laukus Projektu portālā (KPVIS) Sadarbības iestāde ir tiesīga grozīt vienpusēji bez iepriekšējas saskaņošanas ar Finansējuma saņēmēju. Informācija par veiktajiem grozījumiem dokumentu veidlapās nekavējoties tiek ievietota Sadarbības iestādes tīmekļa vietnē</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>www.cfla.gov.lv</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="62A7417D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        <w:t xml:space="preserve">www.cfla.gov.lv</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">un ir Finansējuma saņēmējam saistoša no to ievietošanas brīža.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A7417E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="X9d206f08baa12f2c24cddf4a166170229820d1d"/>
+      <w:r>
+        <w:t xml:space="preserve">Līguma izbeigšanas kārtība un spēkā neesamība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7417F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgums izbeidzas ar Pušu saistību pilnīgu izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74180" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Puses var izbeigt Līguma darbību pirms Līguma noteikto saistību izpildes termiņa iestāšanās, savstarpēji vienojoties, ja vien šajā Līgumā attiecībā uz Pušu tiesībām un pienākumiem nav noteikta cita kārtība. Vienošanās par Līguma izbeigšanu tiek noformēta rakstiski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74181" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējam Projekta īstenošanas laikā nav veikta Atbalsta summas vai tās daļas izmaksa, kā arī nav citu no Līguma izrietošu saistību un:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="68"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74182" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1024"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad saņemts Finansējuma saņēmēja rakstisks ierosinājums, veic apstākļu izvērtēšanu, pēc kā nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="68"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74183" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1024"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">14.3.2. Līguma izbeigšanu ierosina Sadarbības iestāde, tā nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu un parakstītu vienošanos par Līguma izbeigšanu. Ja Finansējuma saņēmējs nepiekrīt paziņojumā minētajiem apstākļiem, Finansējuma saņēmējs 10 (desmit) darbdienu laikā iesniedz iebildumus par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs piekrīt paziņojumā minētajam, Finansējuma saņēmējs paraksta vienošanos par Līguma izbeigšanu un nosūta Sadarbības iestādei tās eksemplāru. Ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā vai nav iesniedzis iebildumus par Līguma izbeigšanu, Līgums uzskatāms par izbeigtu 10 (desmit) darbdienu laikā no Sadarbības iestādes noteiktā vienošanās parakstīšanas termiņa beigām. Ja saņemti Finansējuma saņēmēja iebildumi par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 11.8. apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74184" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējam ir veikta Atbalsta summas vai tās daļas izmaksa un Finansējuma saņēmējam ir pienākums veikt saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksu un:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="69"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="62A74185" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1025"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai izmaksātā Atbalsta summas daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu. Ja Finansējuma saņēmējs ir atmaksājis visu saņemtā Atbalsta summu vai izmaksātā Atbalsta summas daļu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja pārskaitītā Atbalsta summa vai izmaksātās Atbalsta summas daļa, nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="69"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74186" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1025"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma izbeigšanu ierosina Sadarbības iestāde, tā pieņem lēmumu par līguma izbeigšanu un paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai izmaksātā Atbalsta summas daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu. Ja Finansējuma saņēmējs ir atmaksājis visu saņemtā Atbalsta summu vai izmaksātās Atbalsta summas daļu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja pārskaitītā Atbalsta summa vai izmaksātās Atbalsta summas daļa, nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu. Ja Finansējuma saņēmējs sniedz iebildumus par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 11.8.apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74187" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde pieņem lēmumu par Līguma izbeigšanu un 10 (desmit) darbdienu laikā no lēmuma pieņemšanas brīža nosūta Finansējuma saņēmējam lēmumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74188" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Līguma izbeigšanu ierosina Sadarbības iestāde, tā nosūta Finansējuma saņēmējam pieņemto lēmumu par Līguma izbeigšanu un parakstītu vienošanos par Līguma izbeigšanu. Ja Finansējuma saņēmējs nepiekrīt lēmumā minētajiem apstākļiem, Finansējuma saņēmējs 10 (desmit) darbdienu laikā iesniedz iebildumus par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs piekrīt lēmumā minētajam, Finansējuma saņēmējs paraksta vienošanos par Līguma izbeigšanu un nosūta Sadarbības iestādei tās eksemplāru. Ja Finansējuma saņēmējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā vai nav iesniedzis iebildumus par Līguma izbeigšanu, Līgums uzskatāms par izbeigtu 10 (desmit) darbdienu laikā no Sadarbības iestādes noteiktā vienošanās parakstīšanas termiņa beigām. Ja saņemti Finansējuma saņēmēja iebildumi par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 11.8. apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A74189" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma saņēmējs objektīvu apsvērumu dēļ nevar nodrošināt saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksu Sadarbības iestādes noteiktajā termiņā, Puses noslēdz rakstisku vienošanos par Līguma izbeigšanu un par saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksas grafiku. Ar šīs vienošanās par saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksas grafiku tiek izbeigta Līguma darbība un Finansējuma saņēmēja saistību izpilde Atbalsta summas vai tās daļas atmaksai tiek nodrošināta atbilstoši vienošanās noteiktajam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības vienpusēji atkāpties no Līguma atbilstoši MK noteikumos</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A7418A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="51"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">noteiktajam šādos gadījumos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="70"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7418B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1026"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka visi Projekta izdevumi atzīti par Neatbilstoši veiktiem izdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="70"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7418C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1026"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka nav sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7418D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības vienpusēji atkāpties no Līguma atbilstoši SAM MK noteikumos noteiktajam šādos gadījumos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="71"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7418E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1027"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka visi Projekta izdevumi atzīti par Neatbilstoši veiktiem izdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="71"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7418F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1027"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka nav sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="71"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74190" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1027"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka Finansējuma saņēmējs Projekta darbību īstenošanas laikā, pēc atkārtota Sadarbības iestādes brīdinājuma, nepilda normatīvajos aktos vai Līgumā noteiktos pienākumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="71"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74191" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1027"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">konstatēts, ka Līgumu nav iespējams izpildīt tādēļ, ka ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas ES vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas. Šādā gadījumā Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="71"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74192" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1027"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Visos Līgumā minētajos gadījumos, kad Līgums tiek izbeigts ar Sadarbības iestādes vienpusēju paziņojumu, ja paziņojums tiek nosūtīts ar elektroniskā pasta starpniecību, izmantojot drošu elektronisko parakstu, Līgums uzskatāms par izbeigtu otrajā darbdienā pēc tā nosūtīšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74193" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gadījumos, kad Līgums tiek izbeigts saskaņā ar Pušu rakstisku vienošanos, par Līguma izbeigšanas dienu uzskatāma diena, kad to parakstījusi pēdējā no Pusēm, ja vien Sadarbības iestāde minētajā vienošanās nav noteikusi citu Līguma izbeigšanas termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="67"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74194" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1023"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgums uzskatāms par spēkā neesošu no tā parakstīšanas dienas, ja tas ticis noslēgts, pamatojoties uz prettiesisku pārvaldes lēmumu par Projekta iesnieguma apstiprināšanu un minētais pārvaldes lēmums ticis atcelts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="62A74195" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1003"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="noslēguma-jautājumi"/>
+      <w:r>
+        <w:t xml:space="preserve">Noslēguma jautājumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74196" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nosacījumi, kas tieši nav atrunāti Līgumā, tiek risināti saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74197" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja viens vai vairāki Līguma noteikumi jebkādā veidā kļūst par spēkā neesošiem, pretlikumīgiem, tas nekādā veidā neierobežo un neietekmē pārējo Līguma noteikumu spēkā esamību, likumību vai izpildi. Šādā gadījumā Puses apņemas veikt visu iespējamo spēku zaudējušo saistību pārskatīšanu saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00D6296D">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta lieta ir pieejama Likumā, Informācijas atklātības likumā un Regulas Nr. 2021/1060</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="62A74198" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+        </w:rPr>
+        <w:footnoteReference w:id="53"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">49. panta 3. punktā noteiktajā apjomā un kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A74199" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Līgumā nav norādīts citādi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="73"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7419A" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1029"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">sadaļu un punktu virsraksti ir norādīti tikai pārskatāmības labad un neietekmē Līguma būtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="73"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7419B" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1029"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">atsauce uz Līgumu, dokumentu vai normatīvo aktu ir uzskatāma par atsauci uz to Līguma, dokumenta vai normatīvā akta redakciju, kas ir spēkā brīdī, kad ir piemērojama vai izpildāma attiecīgā Līguma norma, kura atsaucas uz Līgumu, dokumentu vai normatīvo aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="73"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7419C" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1029"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">atsauce uz personu ietver arī tās tiesību un saistību pārņēmējus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A7419D" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgums ir saistošs Pusēm un to tiesību un saistību pārņēmējiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A7419E" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēju apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kurus nevarēja iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas un ārkārtējiem apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas, epizootijas, kara darbība, nemieri, kas kavē vai pārtrauc Līguma saistību pilnīgu izpildi. Puses apņemas veikt nepieciešamos pasākumus, lai līdz minimumam samazinātu kaitējumus, kas var izrietēt no nepārvaramas varas apstākļiem, kā arī izpildīt attiecīgo Līguma saistību pēc nepārvaramas varas vai ārkārtējo apstākļu beigām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="62A7419F" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Par nepārvaramas varas un ārkārtējiem apstākļiem tiek ziņots rakstiski Līguma šo noteikumu 2.1.13. apakšpunktā noteiktajā kārtībā. Ziņojumā jānorāda, kādā termiņā ir iespējama un paredzama Līgumā noteikto saistību izpilde, un pēc otras Puses pieprasījuma papildus jāiesniedz izziņa, kuru izsniegusi kompetenta institūcija un kura satur minēto ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. Šādā gadījumā Līgumā paredzēto Pušu pienākumu veikšanas termiņš tiek atlikts samērīgi ar šādu apstākļu darbības ilgumu, ievērojot pieļaujamo Projekta īstenošanas ilgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="62A741A0" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="00D6296D" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Strīdus, kas rodas Līguma darbības laikā, Puses risina savstarpējā sarunu ceļā, panākot vienošanos, kura tiek noformēta rakstiski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="72"/>
-[...15 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:numId w:val="1028"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gadījumā, ja vienošanās netiek panākta, strīdi tiek risināti saskaņā ar Latvijas Republikas normatīvajos aktos noteikto kārtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C37046">
+      <w:pgSz w:h="15840" w:w="12240"/>
+      <w:pgMar w:bottom="1440" w:footer="0" w:gutter="0" w:header="0" w:left="1440" w:right="1440" w:top="1440"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10276272" w14:textId="77777777" w:rsidR="002506AC" w:rsidRDefault="002506AC">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p>
       <w:r>
         <w:separator/>
-      </w:r>
-[...693 lines deleted...]
-        <w:t xml:space="preserve"> MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="22">
-    <w:p w14:paraId="62A741B6" w14:textId="77777777" w:rsidR="00BA11E9" w:rsidRPr="002506AC" w:rsidRDefault="002506AC" w:rsidP="002506AC">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002506AC">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="002506AC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vides aizsardzības un reģionālās attīstības ministrijas izstrādātā metodika mājsaimniecībās uzstādāmo siltumapgādes iekārtu vienas vienības izmaksu likmju aprēķināšanai un piemērošanai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Vienas vienības izmaksu likmju aprēķina un piemērošanas metodika Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam specifiskā atbalsta mērķa 2.2.3. “Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” pasākuma 2.2.3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanai”.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="23">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Komisijas 2023. gada 13. decembra regula (ES) Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="24">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Atsauce tiks precizēta pēc attiecīgo vadlīniju spēkā stāšanās.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="25">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="26">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2023. gada noteikumi Nr. 408</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="27">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vides aizsardzības un reģionālās attīstības ministrijas izstrādātā metodika mājsaimniecībās uzstādāmo siltumapgādes iekārtu vienas vienības izmaksu likmju aprēķināšanai un piemērošanai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Vienas vienības izmaksu likmju aprēķina un piemērošanas metodika Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam specifiskā atbalsta mērķa 2.2.3. “Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” pasākuma 2.2.3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanai”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="29">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2023. gada 13. jūlija noteikumi Nr. 408</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="30">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vadošās iestādes vadlīnijas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“ES fondu 2021.-2027. gada un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, publicētas tīmekļa vietnē https://m.esfondi.lv/vadlinijas</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="31">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="32">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="35">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Komisijas 2023. gada 13. decembra Regula (ES) 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="37">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Komisijas 2023. gada 13. decembra regula (ES) Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="38">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2018. gada 21. novembra noteikumi Nr. 715</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Noteikumi par de minimis atbalsta uzskaites un piešķiršanas kārtību un de minimis atbalsta uzskaites veidlapu paraugiem”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="39">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Komisijas 2023. gada 13. decembra regula (ES) Nr. 2023/2831 par Līguma par Eiropas Savienības darbību 107. un 108. panta piemērošanu de minimis atbalstam.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="42">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vides aizsardzības un reģionālās attīstības ministrijas izstrādātā metodika mājsaimniecībās uzstādāmo siltumapgādes iekārtu vienas vienības izmaksu likmju aprēķināšanai un piemērošanai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Vienas vienības izmaksu likmju aprēķina un piemērošanas metodika Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam specifiskā atbalsta mērķa 2.2.3. “Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” pasākuma 2.2.3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanai”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="44">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Vides aizsardzības un reģionālās attīstības ministrijas izstrādātā metodika mājsaimniecībās uzstādāmo siltumapgādes iekārtu vienas vienības izmaksu likmju aprēķināšanai un piemērošanai</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Vienas vienības izmaksu likmju aprēķina un piemērošanas metodika Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam specifiskā atbalsta mērķa 2.2.3. “Uzlabot dabas aizsardzību un bioloģisko daudzveidību, “zaļo”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">infrastruktūru, it īpaši pilsētvidē, un samazināt piesārņojumu” pasākuma 2.2.3.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Gaisa piesārņojumu mazinošu pasākumu īstenošana, uzlabojot mājsaimniecību siltumapgādes sistēmas”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">īstenošanai”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="45">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes Regula (ES) 2021/1060 (2021. gada 24. jūnijs), ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="47">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2023. gada 25. aprīļa noteikumi Nr. 205</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Valsts budžeta līdzekļu plānošanas kārtība Eiropas Savienības fondu projektu īstenošanai un maksājumu veikšanai 2021.-2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="49">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2023.gada 13. jūlija noteikumi Nr. 408</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="51">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MK 2023. gada 13. jūlija noteikumi Nr. 408</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">“Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="53">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w15:restartNumberingAfterBreak="0" w:abstractNumId="0">
     <w:nsid w:val="0000A990"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D2A96E6"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="2160"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="2880"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="3600"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="4320"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="5040"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="5760"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="6480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w15:restartNumberingAfterBreak="0" w:abstractNumId="1">
     <w:nsid w:val="00A99411"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
+        <w:ind w:hanging="432" w:left="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
+        <w:ind w:hanging="504" w:left="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:hanging="648" w:left="1728"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="792"/>
+        <w:ind w:hanging="792" w:left="2232"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2736" w:hanging="936"/>
+        <w:ind w:hanging="936" w:left="2736"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="1080"/>
+        <w:ind w:hanging="1080" w:left="3240"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3744" w:hanging="1224"/>
+        <w:ind w:hanging="1224" w:left="3744"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1440"/>
+        <w:ind w:hanging="1440" w:left="4320"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w15:restartNumberingAfterBreak="0" w:abstractNumId="2">
     <w:nsid w:val="162B2221"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB1CE3D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:pos="720" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1080"/>
+          <w:tab w:pos="1080" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:pos="1440" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:pos="1800" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="1800"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:pos="2160" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="2160"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2520"/>
+          <w:tab w:pos="2520" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="2520"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:pos="2880" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="2880"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3240"/>
+          <w:tab w:pos="3240" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="3240"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:pos="3600" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="3600"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w15:restartNumberingAfterBreak="0" w:abstractNumId="3">
     <w:nsid w:val="233A2187"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:hanging="360" w:left="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="792" w:hanging="432"/>
+        <w:ind w:hanging="432" w:left="792"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1224" w:hanging="504"/>
+        <w:ind w:hanging="504" w:left="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1728" w:hanging="648"/>
+        <w:ind w:hanging="648" w:left="1728"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2232" w:hanging="792"/>
+        <w:ind w:hanging="792" w:left="2232"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2736" w:hanging="936"/>
+        <w:ind w:hanging="936" w:left="2736"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="1080"/>
+        <w:ind w:hanging="1080" w:left="3240"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3744" w:hanging="1224"/>
+        <w:ind w:hanging="1224" w:left="3744"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="1440"/>
+        <w:ind w:hanging="1440" w:left="4320"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w15:restartNumberingAfterBreak="0" w:abstractNumId="4">
     <w:nsid w:val="5AC3254B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BDC24726"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:pos="0" w:val="num"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:firstLine="0" w:left="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="53355870">
+  <w:abstractNum w:abstractNumId="990">
+    <w:nsid w:val="0000A990"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="99411">
+    <w:nsid w:val="00A99411"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w16cid:durableId="53355870" w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2099717017">
+  <w:num w16cid:durableId="2099717017" w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1992177674">
+  <w:num w16cid:durableId="1992177674" w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="626594741">
+  <w:num w16cid:durableId="626594741" w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1721049342">
+  <w:num w16cid:durableId="1721049342" w:numId="5">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2053069183">
+  <w:num w16cid:durableId="2053069183" w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1385250452">
+  <w:num w16cid:durableId="1385250452" w:numId="7">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1872448850">
+  <w:num w16cid:durableId="1872448850" w:numId="8">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2065178382">
+  <w:num w16cid:durableId="2065178382" w:numId="9">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1990135038">
+  <w:num w16cid:durableId="1990135038" w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1653679192">
+  <w:num w16cid:durableId="1653679192" w:numId="11">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1454592709">
+  <w:num w16cid:durableId="1454592709" w:numId="12">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1418743951">
+  <w:num w16cid:durableId="1418743951" w:numId="13">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="756905230">
+  <w:num w16cid:durableId="756905230" w:numId="14">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1686520930">
+  <w:num w16cid:durableId="1686520930" w:numId="15">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1302421594">
+  <w:num w16cid:durableId="1302421594" w:numId="16">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1345129281">
+  <w:num w16cid:durableId="1345129281" w:numId="17">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="57634662">
+  <w:num w16cid:durableId="57634662" w:numId="18">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1843816554">
+  <w:num w16cid:durableId="1843816554" w:numId="19">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2104495169">
+  <w:num w16cid:durableId="2104495169" w:numId="20">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="579103356">
+  <w:num w16cid:durableId="579103356" w:numId="21">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="2146659906">
+  <w:num w16cid:durableId="2146659906" w:numId="22">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1021706703">
+  <w:num w16cid:durableId="1021706703" w:numId="23">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1306160560">
+  <w:num w16cid:durableId="1306160560" w:numId="24">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="584655423">
+  <w:num w16cid:durableId="584655423" w:numId="25">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1263952744">
+  <w:num w16cid:durableId="1263952744" w:numId="26">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="170460803">
+  <w:num w16cid:durableId="170460803" w:numId="27">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2130203411">
+  <w:num w16cid:durableId="2130203411" w:numId="28">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1153254825">
+  <w:num w16cid:durableId="1153254825" w:numId="29">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1121612611">
+  <w:num w16cid:durableId="1121612611" w:numId="30">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="2110466828">
+  <w:num w16cid:durableId="2110466828" w:numId="31">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="178274148">
+  <w:num w16cid:durableId="178274148" w:numId="32">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1736203328">
+  <w:num w16cid:durableId="1736203328" w:numId="33">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1650551808">
+  <w:num w16cid:durableId="1650551808" w:numId="34">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1931816759">
+  <w:num w16cid:durableId="1931816759" w:numId="35">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1701397686">
+  <w:num w16cid:durableId="1701397686" w:numId="36">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1690911144">
+  <w:num w16cid:durableId="1690911144" w:numId="37">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="182256117">
+  <w:num w16cid:durableId="182256117" w:numId="38">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="2074694596">
+  <w:num w16cid:durableId="2074694596" w:numId="39">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1762484431">
+  <w:num w16cid:durableId="1762484431" w:numId="40">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1753890106">
+  <w:num w16cid:durableId="1753890106" w:numId="41">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="131948621">
+  <w:num w16cid:durableId="131948621" w:numId="42">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="377972808">
+  <w:num w16cid:durableId="377972808" w:numId="43">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1976401121">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="1000">
+    <w:abstractNumId w:val="990"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1067846981">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1001">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1781148458">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1002">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="1406613236">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1003">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="2064138544">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1004">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="1078333458">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1005">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="587007334">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1006">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="808016672">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1007">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1396010462">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1008">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="322245778">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1009">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="1203859749">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1010">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="424031908">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1011">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="958536308">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1012">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="566378700">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1013">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="174807581">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1014">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1191064081">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1015">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="1154251003">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1016">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="2088991643">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1017">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="389965877">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1018">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="1556502358">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1019">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="783353491">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1020">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="1450583619">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1021">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="1227453592">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1022">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="1056316560">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1023">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="1546864695">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1024">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="2139908500">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1025">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="108017935">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1026">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="128089157">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1027">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="846796523">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1028">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="1316497793">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1029">
+    <w:abstractNumId w:val="99411"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:grammar="clean" w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="0" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="0" w:latentStyles="1" w:numberingStyles="0" w:stylesInUse="0" w:tableStyles="0" w:top3HeadingStyles="0" w:val="0004" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00754C77"/>
     <w:rsid w:val="00067801"/>
     <w:rsid w:val="001E2B18"/>
-    <w:rsid w:val="002506AC"/>
     <w:rsid w:val="002C5E4B"/>
     <w:rsid w:val="00376657"/>
     <w:rsid w:val="003978BF"/>
-    <w:rsid w:val="003A07D5"/>
     <w:rsid w:val="004162F8"/>
     <w:rsid w:val="0043115A"/>
     <w:rsid w:val="00467B2F"/>
     <w:rsid w:val="004B158C"/>
     <w:rsid w:val="005972B9"/>
     <w:rsid w:val="00672385"/>
     <w:rsid w:val="00754C77"/>
     <w:rsid w:val="0076424E"/>
     <w:rsid w:val="00784AE0"/>
     <w:rsid w:val="00853F7E"/>
     <w:rsid w:val="0097455E"/>
     <w:rsid w:val="00974C1B"/>
     <w:rsid w:val="00A93D87"/>
-    <w:rsid w:val="00BA11E9"/>
     <w:rsid w:val="00C01441"/>
     <w:rsid w:val="00C37046"/>
     <w:rsid w:val="00C83189"/>
     <w:rsid w:val="00CF1609"/>
-    <w:rsid w:val="00D6296D"/>
     <w:rsid w:val="00D9031A"/>
     <w:rsid w:val="00E028D0"/>
     <w:rsid w:val="00E27C46"/>
     <w:rsid w:val="00EC4F96"/>
     <w:rsid w:val="00EC5AF6"/>
     <w:rsid w:val="00F606E0"/>
     <w:rsid w:val="00F73B7B"/>
     <w:rsid w:val="00FC4707"/>
   </w:rsids>
-  <m:mathPr>
-[...13 lines deleted...]
-  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:themeFontLang w:bidi="" w:eastAsia="" w:val="en-US"/>
+  <w:clrSchemeMapping w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:bg1="light1" w:bg2="light2" w:followedHyperlink="followedHyperlink" w:hyperlink="hyperlink" w:t1="dark1" w:t2="dark2"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults spidmax="1026" v:ext="edit"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap data="1" v:ext="edit"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="62A740BD"/>
-  <w15:docId w15:val="{DE0A9C8D-845F-46CA-8203-B368C2194232}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:count="376" w:defLockedState="0" w:defQFormat="0" w:defSemiHidden="0" w:defUIPriority="0" w:defUnhideWhenUsed="0">
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9148,908 +7535,910 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00467B2F"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:styleId="Heading1" w:type="paragraph">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:after="0" w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:styleId="Heading2" w:type="paragraph">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:styleId="Heading3" w:type="paragraph">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:styleId="Heading4" w:type="paragraph">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:i/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:styleId="Heading5" w:type="paragraph">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:iCs/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:styleId="Heading6" w:type="paragraph">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:styleId="Heading7" w:type="paragraph">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:styleId="Heading8" w:type="paragraph">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:styleId="Heading9" w:type="paragraph">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:after="0" w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:default="1" w:styleId="DefaultParagraphFont" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:default="1" w:styleId="TableNormal" w:type="table">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:type="dxa" w:w="0"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:type="dxa" w:w="0"/>
+        <w:left w:type="dxa" w:w="108"/>
+        <w:bottom w:type="dxa" w:w="0"/>
+        <w:right w:type="dxa" w:w="108"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:default="1" w:styleId="NoList" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
+  <w:style w:customStyle="1" w:styleId="CaptionChar" w:type="character">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimChar">
+  <w:style w:customStyle="1" w:styleId="VerbatimChar" w:type="character">
     <w:name w:val="Verbatim Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="SourceCode"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SectionNumber">
+  <w:style w:customStyle="1" w:styleId="SectionNumber" w:type="character">
     <w:name w:val="Section Number"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Vresrakstzmes">
+  <w:style w:customStyle="1" w:styleId="Vresrakstzmes" w:type="character">
     <w:name w:val="Vēres rakstzīmes"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:styleId="FootnoteReference" w:type="character">
     <w:name w:val="footnote reference"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:styleId="Hyperlink" w:type="character">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:rPr>
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:color w:themeColor="accent1" w:val="4F81BD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Beiguvresrakstzme">
+  <w:style w:customStyle="1" w:styleId="Beiguvresrakstzme" w:type="character">
     <w:name w:val="Beigu vēres rakstzīme"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:styleId="EndnoteReference" w:type="character">
     <w:name w:val="endnote reference"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Numuranassimboli">
+  <w:style w:customStyle="1" w:styleId="Numuranassimboli" w:type="character">
     <w:name w:val="Numurēšanas simboli"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Virsraksts">
+  <w:style w:customStyle="1" w:styleId="Virsraksts" w:type="paragraph">
     <w:name w:val="Virsraksts"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:after="120" w:before="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:styleId="BodyText" w:type="paragraph">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="180" w:after="180"/>
+      <w:spacing w:after="180" w:before="180"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:styleId="List" w:type="paragraph">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:styleId="Caption" w:type="paragraph">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rdtjs">
+  <w:style w:customStyle="1" w:styleId="Rdtjs" w:type="paragraph">
     <w:name w:val="Rādītājs"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
+  <w:style w:customStyle="1" w:styleId="FirstParagraph" w:type="paragraph">
     <w:name w:val="First Paragraph"/>
     <w:basedOn w:val="BodyText"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
+  <w:style w:customStyle="1" w:styleId="Compact" w:type="paragraph">
     <w:name w:val="Compact"/>
     <w:basedOn w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="36" w:after="36"/>
+      <w:spacing w:after="36" w:before="36"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:styleId="Title" w:type="paragraph">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:after="240"/>
+      <w:spacing w:after="240" w:before="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="345A8A" w:themeColor="accent1" w:themeShade="B5"/>
+      <w:color w:themeColor="accent1" w:themeShade="B5" w:val="345A8A"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:styleId="Subtitle" w:type="paragraph">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
+  <w:style w:customStyle="1" w:styleId="Author" w:type="paragraph">
     <w:name w:val="Author"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
+  <w:style w:styleId="Date" w:type="paragraph">
     <w:name w:val="Date"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
+  <w:style w:customStyle="1" w:styleId="AbstractTitle" w:type="paragraph">
     <w:name w:val="Abstract Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Abstract"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="300" w:after="0"/>
+      <w:spacing w:after="0" w:before="300"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="345A8A"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+  <w:style w:customStyle="1" w:styleId="Abstract" w:type="paragraph">
     <w:name w:val="Abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="100" w:after="300"/>
+      <w:spacing w:after="300" w:before="100"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bibliography">
+  <w:style w:styleId="Bibliography" w:type="paragraph">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
+  <w:style w:styleId="BlockText" w:type="paragraph">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="BodyText"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="100"/>
+      <w:spacing w:after="100" w:before="100"/>
       <w:ind w:left="480" w:right="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:styleId="FootnoteText" w:type="paragraph">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
+  <w:style w:customStyle="1" w:styleId="DefinitionTerm" w:type="paragraph">
     <w:name w:val="Definition Term"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Definition"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
+  <w:style w:customStyle="1" w:styleId="Definition" w:type="paragraph">
     <w:name w:val="Definition"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
+  <w:style w:customStyle="1" w:styleId="TableCaption" w:type="paragraph">
     <w:name w:val="Table Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImageCaption">
+  <w:style w:customStyle="1" w:styleId="ImageCaption" w:type="paragraph">
     <w:name w:val="Image Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ilustrcija">
+  <w:style w:customStyle="1" w:styleId="Ilustrcija" w:type="paragraph">
     <w:name w:val="Ilustrācija"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionedFigure">
+  <w:style w:customStyle="1" w:styleId="CaptionedFigure" w:type="paragraph">
     <w:name w:val="Captioned Figure"/>
     <w:basedOn w:val="Ilustrcija"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
+  <w:style w:styleId="IndexHeading" w:type="paragraph">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Virsraksts"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:styleId="TOCHeading" w:type="paragraph">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:themeColor="accent1" w:themeShade="BF" w:val="365F91"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
+  <w:style w:customStyle="1" w:styleId="Table" w:type="table">
     <w:name w:val="Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108" w:type="dxa"/>
+        <w:top w:type="dxa" w:w="0"/>
+        <w:left w:type="dxa" w:w="108"/>
+        <w:bottom w:type="dxa" w:w="0"/>
+        <w:right w:type="dxa" w:w="108"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="single"/>
         </w:tcBorders>
         <w:vAlign w:val="bottom"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="highlightme">
+  <w:style w:customStyle="1" w:styleId="highlightme" w:type="character">
     <w:name w:val="highlightme"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D9031A"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:color w:val="002D9C"/>
-      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="D0E2FF"/>
+      <w:bdr w:color="auto" w:space="0" w:sz="0" w:val="none"/>
+      <w:shd w:color="auto" w:fill="D0E2FF" w:val="clear"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SourceCode">
+  <w:style w:customStyle="1" w:styleId="SourceCode" w:type="paragraph">
     <w:name w:val="Source Code"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="VerbatimChar"/>
     <w:pPr>
       <w:wordWrap w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KeywordTok">
+  <w:style w:customStyle="1" w:styleId="KeywordTok" w:type="character">
     <w:name w:val="KeywordTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DataTypeTok">
+  <w:style w:customStyle="1" w:styleId="DataTypeTok" w:type="character">
     <w:name w:val="DataTypeTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="902000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DecValTok">
+  <w:style w:customStyle="1" w:styleId="DecValTok" w:type="character">
     <w:name w:val="DecValTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BaseNTok">
+  <w:style w:customStyle="1" w:styleId="BaseNTok" w:type="character">
     <w:name w:val="BaseNTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FloatTok">
+  <w:style w:customStyle="1" w:styleId="FloatTok" w:type="character">
     <w:name w:val="FloatTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ConstantTok">
+  <w:style w:customStyle="1" w:styleId="ConstantTok" w:type="character">
     <w:name w:val="ConstantTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="880000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CharTok">
+  <w:style w:customStyle="1" w:styleId="CharTok" w:type="character">
     <w:name w:val="CharTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialCharTok">
+  <w:style w:customStyle="1" w:styleId="SpecialCharTok" w:type="character">
     <w:name w:val="SpecialCharTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StringTok">
+  <w:style w:customStyle="1" w:styleId="StringTok" w:type="character">
     <w:name w:val="StringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimStringTok">
+  <w:style w:customStyle="1" w:styleId="VerbatimStringTok" w:type="character">
     <w:name w:val="VerbatimStringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialStringTok">
+  <w:style w:customStyle="1" w:styleId="SpecialStringTok" w:type="character">
     <w:name w:val="SpecialStringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="BB6688"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ImportTok">
+  <w:style w:customStyle="1" w:styleId="ImportTok" w:type="character">
     <w:name w:val="ImportTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="008000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTok">
+  <w:style w:customStyle="1" w:styleId="CommentTok" w:type="character">
     <w:name w:val="CommentTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentationTok">
+  <w:style w:customStyle="1" w:styleId="DocumentationTok" w:type="character">
     <w:name w:val="DocumentationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:i/>
       <w:color w:val="BA2121"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AnnotationTok">
+  <w:style w:customStyle="1" w:styleId="AnnotationTok" w:type="character">
     <w:name w:val="AnnotationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentVarTok">
+  <w:style w:customStyle="1" w:styleId="CommentVarTok" w:type="character">
     <w:name w:val="CommentVarTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OtherTok">
+  <w:style w:customStyle="1" w:styleId="OtherTok" w:type="character">
     <w:name w:val="OtherTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FunctionTok">
+  <w:style w:customStyle="1" w:styleId="FunctionTok" w:type="character">
     <w:name w:val="FunctionTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="06287E"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VariableTok">
+  <w:style w:customStyle="1" w:styleId="VariableTok" w:type="character">
     <w:name w:val="VariableTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="19177C"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ControlFlowTok">
+  <w:style w:customStyle="1" w:styleId="ControlFlowTok" w:type="character">
     <w:name w:val="ControlFlowTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OperatorTok">
+  <w:style w:customStyle="1" w:styleId="OperatorTok" w:type="character">
     <w:name w:val="OperatorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BuiltInTok">
+  <w:style w:customStyle="1" w:styleId="BuiltInTok" w:type="character">
     <w:name w:val="BuiltInTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="008000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ExtensionTok">
+  <w:style w:customStyle="1" w:styleId="ExtensionTok" w:type="character">
     <w:name w:val="ExtensionTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PreprocessorTok">
+  <w:style w:customStyle="1" w:styleId="PreprocessorTok" w:type="character">
     <w:name w:val="PreprocessorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="BC7A00"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AttributeTok">
+  <w:style w:customStyle="1" w:styleId="AttributeTok" w:type="character">
     <w:name w:val="AttributeTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="7D9029"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RegionMarkerTok">
+  <w:style w:customStyle="1" w:styleId="RegionMarkerTok" w:type="character">
     <w:name w:val="RegionMarkerTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="InformationTok">
+  <w:style w:customStyle="1" w:styleId="InformationTok" w:type="character">
     <w:name w:val="InformationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WarningTok">
+  <w:style w:customStyle="1" w:styleId="WarningTok" w:type="character">
     <w:name w:val="WarningTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
+  <w:style w:customStyle="1" w:styleId="AlertTok" w:type="character">
     <w:name w:val="AlertTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
+  <w:style w:customStyle="1" w:styleId="ErrorTok" w:type="character">
     <w:name w:val="ErrorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
+  <w:style w:customStyle="1" w:styleId="NormalTok" w:type="character">
     <w:name w:val="NormalTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId1" Target="numbering.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId2" Target="styles.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Id="rId3" Target="settings.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Id="rId4" Target="webSettings.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Id="rId5" Target="fontTable.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId6" Target="theme/theme1.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Id="rId7" Target="footnotes.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Id="rId8" Target="comments.xml" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External" /></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" Target="https://likumi.lv/ta/id/331743-eiropas-savienibas-fondu-2021-2027-gada-planosanas-perioda-vadibas-likums" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10326,318 +8715,59 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...248 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>18597</Characters>
+  <Pages>5</Pages>
+  <Words>4680</Words>
+  <Characters>2668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>154</Lines>
-  <Paragraphs>102</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>51120</CharactersWithSpaces>
+  <CharactersWithSpaces>7334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:keywords/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...6 lines deleted...]
-</Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>