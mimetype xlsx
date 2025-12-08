--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -6,60 +6,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sabina.kalinina\Desktop\Projektu nodaļa\ERAF\PSD metodika\FINAL_2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cf-bambj\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E460AA9D-20ED-4649-A404-CD232101C6A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{89A93069-0D6D-4F21-9FF5-B374B558DF7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="finanšu izteiksmē" sheetId="4" r:id="rId1"/>
     <sheet name="platības izteiksmē" sheetId="2" r:id="rId2"/>
     <sheet name="laika izteiksmē_stundās" sheetId="1" r:id="rId3"/>
     <sheet name="laika izteiksmēs_dienas" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1760,89 +1760,86 @@
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>SD</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t>))*100</t>
     </r>
   </si>
   <si>
-    <t>2.	pielikums 
-[...5 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Papildinošas saimnieciskās darbības (turpmāk - PSD) uzraudzība </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>finanšu izteiksmē</t>
     </r>
   </si>
   <si>
     <r>
       <t>Ēkas, pieguļošā un labiekārtotā kopējā platība, m</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>2</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Pielikums 
+Metodikai papildinošas saimnieciskās darbības uzraudzības nodrošināšanai Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.1.3. specifiskā atbalsta mērķa "Veicināt pielāgošanos klimata pārmaiņām, risku novēršanu un noturību pret katastrofām" 2.1.3.3. pasākuma "Katastrofu risku mazināšanas pasākumi" trešās projektu iesniegumu atlases kārtas projektos </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2508,93 +2505,90 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="21" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="97">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -3058,942 +3052,936 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G42"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A11" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G20" sqref="G20:G23"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.26953125" customWidth="1"/>
-    <col min="2" max="2" width="14.26953125" customWidth="1"/>
+    <col min="1" max="1" width="4.33203125" customWidth="1"/>
+    <col min="2" max="2" width="14.33203125" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
-    <col min="5" max="5" width="28.7265625" customWidth="1"/>
-    <col min="6" max="6" width="15.81640625" customWidth="1"/>
+    <col min="5" max="5" width="28.6640625" customWidth="1"/>
+    <col min="6" max="6" width="15.88671875" customWidth="1"/>
     <col min="7" max="7" width="40" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="99.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="E1" s="36" t="s">
+    <row r="1" spans="1:7" ht="99.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E1" s="33" t="s">
+        <v>113</v>
+      </c>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+    </row>
+    <row r="2" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
         <v>111</v>
-      </c>
-[...5 lines deleted...]
-        <v>112</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
-    <row r="3" spans="1:7" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
     </row>
-    <row r="4" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="5"/>
-      <c r="C4" s="44"/>
-[...5 lines deleted...]
-    <row r="5" spans="1:7" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="C4" s="41"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="43"/>
+    </row>
+    <row r="5" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="7"/>
-      <c r="C5" s="47"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:7" ht="70" x14ac:dyDescent="0.35">
+      <c r="C5" s="44"/>
+      <c r="D5" s="45"/>
+      <c r="E5" s="45"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="46"/>
+    </row>
+    <row r="7" spans="1:7" ht="69" x14ac:dyDescent="0.3">
       <c r="A7" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="50" t="s">
+      <c r="B7" s="47" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="51"/>
-      <c r="D7" s="52"/>
+      <c r="C7" s="48"/>
+      <c r="D7" s="49"/>
       <c r="E7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="16" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A8" s="40" t="s">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="53"/>
-[...1 lines deleted...]
-      <c r="D8" s="55"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="52"/>
       <c r="E8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="11"/>
-      <c r="G8" s="37"/>
-[...5 lines deleted...]
-      <c r="D9" s="58"/>
+      <c r="G8" s="34"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="38"/>
+      <c r="B9" s="53"/>
+      <c r="C9" s="54"/>
+      <c r="D9" s="55"/>
       <c r="E9" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="11"/>
-      <c r="G9" s="38"/>
-[...5 lines deleted...]
-      <c r="D10" s="58"/>
+      <c r="G9" s="35"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="38"/>
+      <c r="B10" s="53"/>
+      <c r="C10" s="54"/>
+      <c r="D10" s="55"/>
       <c r="E10" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="11"/>
-      <c r="G10" s="38"/>
-[...5 lines deleted...]
-      <c r="D11" s="61"/>
+      <c r="G10" s="35"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="39"/>
+      <c r="B11" s="56"/>
+      <c r="C11" s="57"/>
+      <c r="D11" s="58"/>
       <c r="E11" s="10" t="s">
         <v>89</v>
       </c>
       <c r="F11" s="11"/>
-      <c r="G11" s="39"/>
-[...2 lines deleted...]
-      <c r="A12" s="40" t="s">
+      <c r="G11" s="36"/>
+    </row>
+    <row r="12" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="62"/>
-[...1 lines deleted...]
-      <c r="D12" s="64"/>
+      <c r="B12" s="59"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="61"/>
       <c r="E12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F12" s="11"/>
-      <c r="G12" s="37"/>
-[...5 lines deleted...]
-      <c r="D13" s="67"/>
+      <c r="G12" s="34"/>
+    </row>
+    <row r="13" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="38"/>
+      <c r="B13" s="62"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="64"/>
       <c r="E13" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="11"/>
-      <c r="G13" s="38"/>
-[...5 lines deleted...]
-      <c r="D14" s="67"/>
+      <c r="G13" s="35"/>
+    </row>
+    <row r="14" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="38"/>
+      <c r="B14" s="62"/>
+      <c r="C14" s="63"/>
+      <c r="D14" s="64"/>
       <c r="E14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="11"/>
-      <c r="G14" s="38"/>
-[...5 lines deleted...]
-      <c r="D15" s="70"/>
+      <c r="G14" s="35"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="39"/>
+      <c r="B15" s="65"/>
+      <c r="C15" s="66"/>
+      <c r="D15" s="67"/>
       <c r="E15" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F15" s="11"/>
-      <c r="G15" s="39"/>
-[...2 lines deleted...]
-      <c r="A16" s="40" t="s">
+      <c r="G15" s="36"/>
+    </row>
+    <row r="16" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="62"/>
-[...1 lines deleted...]
-      <c r="D16" s="64"/>
+      <c r="B16" s="59"/>
+      <c r="C16" s="60"/>
+      <c r="D16" s="61"/>
       <c r="E16" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F16" s="11"/>
-      <c r="G16" s="37"/>
-[...5 lines deleted...]
-      <c r="D17" s="67"/>
+      <c r="G16" s="34"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A17" s="38"/>
+      <c r="B17" s="62"/>
+      <c r="C17" s="63"/>
+      <c r="D17" s="64"/>
       <c r="E17" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="11"/>
-      <c r="G17" s="38"/>
-[...5 lines deleted...]
-      <c r="D18" s="67"/>
+      <c r="G17" s="35"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A18" s="38"/>
+      <c r="B18" s="62"/>
+      <c r="C18" s="63"/>
+      <c r="D18" s="64"/>
       <c r="E18" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="11"/>
-      <c r="G18" s="38"/>
-[...5 lines deleted...]
-      <c r="D19" s="70"/>
+      <c r="G18" s="35"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A19" s="39"/>
+      <c r="B19" s="65"/>
+      <c r="C19" s="66"/>
+      <c r="D19" s="67"/>
       <c r="E19" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F19" s="11"/>
-      <c r="G19" s="39"/>
-[...2 lines deleted...]
-      <c r="A20" s="40" t="s">
+      <c r="G19" s="36"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A20" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="62"/>
-[...1 lines deleted...]
-      <c r="D20" s="64"/>
+      <c r="B20" s="59"/>
+      <c r="C20" s="60"/>
+      <c r="D20" s="61"/>
       <c r="E20" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F20" s="11"/>
-      <c r="G20" s="37"/>
-[...5 lines deleted...]
-      <c r="D21" s="67"/>
+      <c r="G20" s="34"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A21" s="38"/>
+      <c r="B21" s="62"/>
+      <c r="C21" s="63"/>
+      <c r="D21" s="64"/>
       <c r="E21" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="11"/>
-      <c r="G21" s="38"/>
-[...5 lines deleted...]
-      <c r="D22" s="67"/>
+      <c r="G21" s="35"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A22" s="38"/>
+      <c r="B22" s="62"/>
+      <c r="C22" s="63"/>
+      <c r="D22" s="64"/>
       <c r="E22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="11"/>
-      <c r="G22" s="38"/>
-[...5 lines deleted...]
-      <c r="D23" s="70"/>
+      <c r="G22" s="35"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A23" s="39"/>
+      <c r="B23" s="65"/>
+      <c r="C23" s="66"/>
+      <c r="D23" s="67"/>
       <c r="E23" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="11"/>
-      <c r="G23" s="39"/>
-[...2 lines deleted...]
-      <c r="A24" s="71" t="s">
+      <c r="G23" s="36"/>
+    </row>
+    <row r="24" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A24" s="68" t="s">
         <v>14</v>
       </c>
-      <c r="B24" s="72"/>
-[...2 lines deleted...]
-      <c r="E24" s="72"/>
+      <c r="B24" s="69"/>
+      <c r="C24" s="69"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="69"/>
       <c r="F24" s="12">
         <f>SUM(F8:F23)</f>
         <v>0</v>
       </c>
       <c r="G24" s="17"/>
     </row>
-    <row r="25" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A25" s="43" t="s">
+    <row r="25" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A25" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="B25" s="43"/>
-[...2 lines deleted...]
-      <c r="E25" s="43"/>
+      <c r="B25" s="40"/>
+      <c r="C25" s="40"/>
+      <c r="D25" s="40"/>
+      <c r="E25" s="40"/>
       <c r="F25" s="12">
         <f>F8+F12+F16+F20</f>
         <v>0</v>
       </c>
       <c r="G25" s="11"/>
     </row>
-    <row r="26" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A26" s="43" t="s">
+    <row r="26" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A26" s="40" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="43"/>
-[...2 lines deleted...]
-      <c r="E26" s="43"/>
+      <c r="B26" s="40"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="40"/>
       <c r="F26" s="12">
         <f>F9+F13+F17+F21</f>
         <v>0</v>
       </c>
       <c r="G26" s="11"/>
     </row>
-    <row r="27" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A27" s="43" t="s">
+    <row r="27" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A27" s="40" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="43"/>
-[...2 lines deleted...]
-      <c r="E27" s="43"/>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
       <c r="F27" s="12">
         <f t="shared" ref="F27" si="0">F11+F15+F19+F23</f>
         <v>0</v>
       </c>
       <c r="G27" s="11"/>
     </row>
-    <row r="28" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A28" s="43" t="s">
+    <row r="28" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A28" s="40" t="s">
         <v>91</v>
       </c>
-      <c r="B28" s="43"/>
-[...2 lines deleted...]
-      <c r="E28" s="43"/>
+      <c r="B28" s="40"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="40"/>
+      <c r="E28" s="40"/>
       <c r="F28" s="12">
         <f>F11+F15+F19+F23</f>
         <v>0</v>
       </c>
       <c r="G28" s="11"/>
     </row>
-    <row r="29" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A29" s="43" t="s">
+    <row r="29" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A29" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="B29" s="43"/>
-[...3 lines deleted...]
-      <c r="F29" s="31" t="e">
+      <c r="B29" s="40"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="40"/>
+      <c r="E29" s="40"/>
+      <c r="F29" s="12" t="e">
         <f>F26/(F24-F28)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G29" s="11"/>
     </row>
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A30" s="15" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A31" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="19"/>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A32" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="B32" s="34" t="s">
+      <c r="B32" s="31" t="s">
         <v>92</v>
       </c>
-      <c r="C32" s="35"/>
-[...4 lines deleted...]
-    <row r="33" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="32"/>
+    </row>
+    <row r="33" spans="1:5" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A33" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="20.5" x14ac:dyDescent="0.45">
-      <c r="B35" s="30" t="s">
+    <row r="35" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B35" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="E35" s="29" t="s">
+      <c r="E35" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-    <row r="38" spans="1:5" ht="17" x14ac:dyDescent="0.45">
+    <row r="38" spans="1:5" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A38" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="39" spans="1:5" ht="17" x14ac:dyDescent="0.45">
+    <row r="39" spans="1:5" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A39" s="15" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="40" spans="1:5" ht="17" x14ac:dyDescent="0.45">
+    <row r="40" spans="1:5" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A40" s="15" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="41" spans="1:5" ht="17" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:5" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A41" s="15" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="A25:E25"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="B16:D19"/>
     <mergeCell ref="B20:D23"/>
     <mergeCell ref="A24:E24"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="B32:F32"/>
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="G16:G19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="G20:G23"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="G8:G11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="G12:G15"/>
     <mergeCell ref="C4:G4"/>
     <mergeCell ref="C5:G5"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D11"/>
     <mergeCell ref="B12:D15"/>
     <mergeCell ref="A29:E29"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;R&amp;"Times New Roman,Regular"&amp;10 2. pielikums </oddHeader>
     <oddFooter>&amp;C&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:G45"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="15.81640625" customWidth="1"/>
+    <col min="1" max="1" width="5.109375" customWidth="1"/>
+    <col min="2" max="2" width="19.5546875" customWidth="1"/>
+    <col min="3" max="4" width="18.109375" customWidth="1"/>
+    <col min="5" max="5" width="30.44140625" customWidth="1"/>
+    <col min="6" max="6" width="15.88671875" customWidth="1"/>
     <col min="7" max="7" width="40" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>82</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
     </row>
-    <row r="3" spans="1:7" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
     </row>
-    <row r="4" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="5"/>
-      <c r="C4" s="44"/>
-[...5 lines deleted...]
-    <row r="5" spans="1:7" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="C4" s="41"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="43"/>
+    </row>
+    <row r="5" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="7"/>
-      <c r="C5" s="47"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:7" ht="80.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="44"/>
+      <c r="D5" s="45"/>
+      <c r="E5" s="45"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="46"/>
+    </row>
+    <row r="7" spans="1:7" ht="80.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>28</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
-      <c r="A8" s="40" t="s">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A8" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="75"/>
-[...1 lines deleted...]
-      <c r="D8" s="75"/>
+      <c r="B8" s="72"/>
+      <c r="C8" s="72"/>
+      <c r="D8" s="72"/>
       <c r="E8" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="11"/>
-      <c r="G8" s="37"/>
-[...5 lines deleted...]
-      <c r="D9" s="76"/>
+      <c r="G8" s="34"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A9" s="38"/>
+      <c r="B9" s="73"/>
+      <c r="C9" s="73"/>
+      <c r="D9" s="73"/>
       <c r="E9" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="11"/>
-      <c r="G9" s="38"/>
-[...5 lines deleted...]
-      <c r="D10" s="76"/>
+      <c r="G9" s="35"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A10" s="38"/>
+      <c r="B10" s="73"/>
+      <c r="C10" s="73"/>
+      <c r="D10" s="73"/>
       <c r="E10" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="11"/>
-      <c r="G10" s="38"/>
-[...5 lines deleted...]
-      <c r="D11" s="77"/>
+      <c r="G10" s="35"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="39"/>
+      <c r="B11" s="74"/>
+      <c r="C11" s="74"/>
+      <c r="D11" s="74"/>
       <c r="E11" s="10" t="s">
         <v>89</v>
       </c>
       <c r="F11" s="11"/>
-      <c r="G11" s="39"/>
-[...2 lines deleted...]
-      <c r="A12" s="40" t="s">
+      <c r="G11" s="36"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A12" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="75"/>
-[...1 lines deleted...]
-      <c r="D12" s="75"/>
+      <c r="B12" s="72"/>
+      <c r="C12" s="72"/>
+      <c r="D12" s="72"/>
       <c r="E12" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F12" s="11"/>
-      <c r="G12" s="37"/>
-[...5 lines deleted...]
-      <c r="D13" s="76"/>
+      <c r="G12" s="34"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A13" s="38"/>
+      <c r="B13" s="73"/>
+      <c r="C13" s="73"/>
+      <c r="D13" s="73"/>
       <c r="E13" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="11"/>
-      <c r="G13" s="38"/>
-[...5 lines deleted...]
-      <c r="D14" s="76"/>
+      <c r="G13" s="35"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A14" s="38"/>
+      <c r="B14" s="73"/>
+      <c r="C14" s="73"/>
+      <c r="D14" s="73"/>
       <c r="E14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="11"/>
-      <c r="G14" s="38"/>
-[...5 lines deleted...]
-      <c r="D15" s="77"/>
+      <c r="G14" s="35"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A15" s="39"/>
+      <c r="B15" s="74"/>
+      <c r="C15" s="74"/>
+      <c r="D15" s="74"/>
       <c r="E15" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F15" s="11"/>
-      <c r="G15" s="39"/>
-[...2 lines deleted...]
-      <c r="A16" s="40" t="s">
+      <c r="G15" s="36"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A16" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="75"/>
-[...1 lines deleted...]
-      <c r="D16" s="75"/>
+      <c r="B16" s="72"/>
+      <c r="C16" s="72"/>
+      <c r="D16" s="72"/>
       <c r="E16" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F16" s="11"/>
-      <c r="G16" s="37"/>
-[...5 lines deleted...]
-      <c r="D17" s="76"/>
+      <c r="G16" s="34"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A17" s="38"/>
+      <c r="B17" s="73"/>
+      <c r="C17" s="73"/>
+      <c r="D17" s="73"/>
       <c r="E17" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="11"/>
-      <c r="G17" s="38"/>
-[...5 lines deleted...]
-      <c r="D18" s="76"/>
+      <c r="G17" s="35"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A18" s="38"/>
+      <c r="B18" s="73"/>
+      <c r="C18" s="73"/>
+      <c r="D18" s="73"/>
       <c r="E18" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="11"/>
-      <c r="G18" s="38"/>
-[...5 lines deleted...]
-      <c r="D19" s="77"/>
+      <c r="G18" s="35"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A19" s="39"/>
+      <c r="B19" s="74"/>
+      <c r="C19" s="74"/>
+      <c r="D19" s="74"/>
       <c r="E19" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F19" s="11"/>
-      <c r="G19" s="39"/>
-[...2 lines deleted...]
-      <c r="A20" s="40" t="s">
+      <c r="G19" s="36"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A20" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="75"/>
-[...1 lines deleted...]
-      <c r="D20" s="75"/>
+      <c r="B20" s="72"/>
+      <c r="C20" s="72"/>
+      <c r="D20" s="72"/>
       <c r="E20" s="10" t="s">
         <v>8</v>
       </c>
       <c r="F20" s="11"/>
-      <c r="G20" s="37"/>
-[...5 lines deleted...]
-      <c r="D21" s="76"/>
+      <c r="G20" s="34"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A21" s="38"/>
+      <c r="B21" s="73"/>
+      <c r="C21" s="73"/>
+      <c r="D21" s="73"/>
       <c r="E21" s="10" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="11"/>
-      <c r="G21" s="38"/>
-[...5 lines deleted...]
-      <c r="D22" s="76"/>
+      <c r="G21" s="35"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A22" s="38"/>
+      <c r="B22" s="73"/>
+      <c r="C22" s="73"/>
+      <c r="D22" s="73"/>
       <c r="E22" s="10" t="s">
         <v>10</v>
       </c>
       <c r="F22" s="11"/>
-      <c r="G22" s="38"/>
-[...5 lines deleted...]
-      <c r="D23" s="77"/>
+      <c r="G22" s="35"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A23" s="39"/>
+      <c r="B23" s="74"/>
+      <c r="C23" s="74"/>
+      <c r="D23" s="74"/>
       <c r="E23" s="10" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="11"/>
-      <c r="G23" s="39"/>
-[...2 lines deleted...]
-      <c r="A24" s="79" t="s">
+      <c r="G23" s="36"/>
+    </row>
+    <row r="24" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A24" s="76" t="s">
         <v>29</v>
       </c>
-      <c r="B24" s="80"/>
-[...7 lines deleted...]
-      <c r="A25" s="43" t="s">
+      <c r="B24" s="77"/>
+      <c r="C24" s="77"/>
+      <c r="D24" s="77"/>
+      <c r="E24" s="77"/>
+      <c r="F24" s="77"/>
+      <c r="G24" s="78"/>
+    </row>
+    <row r="25" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="B25" s="43"/>
-      <c r="C25" s="43"/>
+      <c r="B25" s="40"/>
+      <c r="C25" s="40"/>
       <c r="D25" s="12">
         <f>SUM(D8:D23)</f>
         <v>0</v>
       </c>
       <c r="E25" s="12"/>
       <c r="F25" s="12"/>
-      <c r="G25" s="82" t="s">
+      <c r="G25" s="79" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="18.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="71" t="s">
+    <row r="26" spans="1:7" ht="18" x14ac:dyDescent="0.3">
+      <c r="A26" s="68" t="s">
         <v>32</v>
       </c>
-      <c r="B26" s="72"/>
-[...2 lines deleted...]
-      <c r="E26" s="72"/>
+      <c r="B26" s="69"/>
+      <c r="C26" s="69"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="69"/>
       <c r="F26" s="12">
         <f>SUM(F8:F23)</f>
         <v>0</v>
       </c>
-      <c r="G26" s="83"/>
-[...2 lines deleted...]
-      <c r="A27" s="43" t="s">
+      <c r="G26" s="80"/>
+    </row>
+    <row r="27" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
+      <c r="A27" s="40" t="s">
         <v>33</v>
       </c>
-      <c r="B27" s="43"/>
-[...2 lines deleted...]
-      <c r="E27" s="43"/>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
       <c r="F27" s="12">
         <f>F8+F12+F16+F20</f>
         <v>0</v>
       </c>
       <c r="G27" s="11"/>
     </row>
-    <row r="28" spans="1:7" ht="19.5" x14ac:dyDescent="0.45">
-      <c r="A28" s="43" t="s">
+    <row r="28" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
+      <c r="A28" s="40" t="s">
         <v>34</v>
       </c>
-      <c r="B28" s="43"/>
-[...2 lines deleted...]
-      <c r="E28" s="43"/>
+      <c r="B28" s="40"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="40"/>
+      <c r="E28" s="40"/>
       <c r="F28" s="12">
         <f>F9+F13+F17+F21</f>
         <v>0</v>
       </c>
       <c r="G28" s="11"/>
     </row>
-    <row r="29" spans="1:7" ht="19.5" x14ac:dyDescent="0.45">
-      <c r="A29" s="43" t="s">
+    <row r="29" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
+      <c r="A29" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="43"/>
-[...2 lines deleted...]
-      <c r="E29" s="43"/>
+      <c r="B29" s="40"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="40"/>
+      <c r="E29" s="40"/>
       <c r="F29" s="12">
         <f t="shared" ref="F29" si="0">F11+F15+F19+F23</f>
         <v>0</v>
       </c>
       <c r="G29" s="11"/>
     </row>
-    <row r="30" spans="1:7" ht="19.5" x14ac:dyDescent="0.45">
-      <c r="A30" s="71" t="s">
+    <row r="30" spans="1:7" ht="19.2" x14ac:dyDescent="0.4">
+      <c r="A30" s="68" t="s">
         <v>94</v>
       </c>
-      <c r="B30" s="72"/>
-[...2 lines deleted...]
-      <c r="E30" s="73"/>
+      <c r="B30" s="69"/>
+      <c r="C30" s="69"/>
+      <c r="D30" s="69"/>
+      <c r="E30" s="70"/>
       <c r="F30" s="12">
         <f>F11+F15+F19+F23</f>
         <v>0</v>
       </c>
       <c r="G30" s="11"/>
     </row>
-    <row r="31" spans="1:7" ht="18" x14ac:dyDescent="0.45">
-      <c r="A31" s="43" t="s">
+    <row r="31" spans="1:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="A31" s="40" t="s">
         <v>18</v>
       </c>
-      <c r="B31" s="43"/>
-[...3 lines deleted...]
-      <c r="F31" s="31" t="e">
+      <c r="B31" s="40"/>
+      <c r="C31" s="40"/>
+      <c r="D31" s="40"/>
+      <c r="E31" s="40"/>
+      <c r="F31" s="12" t="e">
         <f>F28/(D25-F30)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="G31" s="11"/>
     </row>
-    <row r="32" spans="1:7" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="78" t="s">
+    <row r="32" spans="1:7" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="75" t="s">
         <v>36</v>
       </c>
-      <c r="B32" s="78"/>
-[...7 lines deleted...]
-      <c r="A33" s="74" t="s">
+      <c r="B32" s="75"/>
+      <c r="C32" s="75"/>
+      <c r="D32" s="75"/>
+      <c r="E32" s="75"/>
+      <c r="F32" s="75"/>
+      <c r="G32" s="75"/>
+    </row>
+    <row r="33" spans="1:7" ht="30.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="71" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="74"/>
-[...6 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="B33" s="71"/>
+      <c r="C33" s="71"/>
+      <c r="D33" s="71"/>
+      <c r="E33" s="71"/>
+      <c r="F33" s="71"/>
+      <c r="G33" s="71"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A34" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="B34" s="34" t="s">
+      <c r="B34" s="31" t="s">
         <v>92</v>
       </c>
-      <c r="C34" s="35"/>
-[...4 lines deleted...]
-    <row r="35" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C34" s="32"/>
+      <c r="D34" s="32"/>
+      <c r="E34" s="32"/>
+      <c r="F34" s="32"/>
+    </row>
+    <row r="35" spans="1:7" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A35" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="20.5" x14ac:dyDescent="0.45">
-      <c r="B37" s="30" t="s">
+    <row r="37" spans="1:7" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B37" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="E37" s="29" t="s">
+      <c r="E37" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-    <row r="41" spans="1:7" ht="17" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:7" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A41" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="17.5" x14ac:dyDescent="0.45">
+    <row r="42" spans="1:7" ht="18" x14ac:dyDescent="0.35">
       <c r="A42" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="17" x14ac:dyDescent="0.45">
+    <row r="43" spans="1:7" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A43" s="15" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="17" x14ac:dyDescent="0.45">
+    <row r="44" spans="1:7" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A44" s="15" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="34">
     <mergeCell ref="A32:G32"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="B16:B19"/>
     <mergeCell ref="C16:C19"/>
     <mergeCell ref="D16:D19"/>
     <mergeCell ref="A27:E27"/>
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="A29:E29"/>
     <mergeCell ref="A31:E31"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A24:G24"/>
     <mergeCell ref="A26:E26"/>
     <mergeCell ref="G25:G26"/>
     <mergeCell ref="D8:D11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="B12:B15"/>
     <mergeCell ref="C12:C15"/>
     <mergeCell ref="D12:D15"/>
     <mergeCell ref="B34:F34"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="A33:G33"/>
@@ -4009,630 +3997,627 @@
     <mergeCell ref="G20:G23"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="B8:B11"/>
     <mergeCell ref="C8:C11"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="59" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Times New Roman,Regular"&amp;10 2. pielikums</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;10&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:E73"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="D58" sqref="D58"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.453125" customWidth="1"/>
+    <col min="1" max="1" width="19.44140625" customWidth="1"/>
     <col min="2" max="2" width="33" customWidth="1"/>
-    <col min="3" max="3" width="14.7265625" customWidth="1"/>
-    <col min="4" max="4" width="40.7265625" customWidth="1"/>
+    <col min="3" max="3" width="14.6640625" customWidth="1"/>
+    <col min="4" max="4" width="40.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" s="2" customFormat="1" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:4" s="2" customFormat="1" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="3" spans="1:4" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:4" s="2" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
     </row>
-    <row r="4" spans="1:4" s="2" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4" s="2" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="45"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:4" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="43"/>
+    </row>
+    <row r="5" spans="1:4" s="2" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="48"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:4" s="2" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="45"/>
+      <c r="C5" s="45"/>
+      <c r="D5" s="46"/>
+    </row>
+    <row r="6" spans="1:4" s="2" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="3"/>
     </row>
-    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="88" t="s">
+    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="85" t="s">
         <v>39</v>
       </c>
-      <c r="B7" s="88" t="s">
+      <c r="B7" s="85" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="88" t="s">
+      <c r="C7" s="85" t="s">
         <v>40</v>
       </c>
-      <c r="D7" s="86" t="s">
+      <c r="D7" s="83" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="A9" s="91" t="s">
+    <row r="8" spans="1:4" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="86"/>
+      <c r="B8" s="86"/>
+      <c r="C8" s="86"/>
+      <c r="D8" s="84"/>
+    </row>
+    <row r="9" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A9" s="88" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="20"/>
       <c r="D9" s="20"/>
     </row>
-    <row r="10" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="90"/>
+    <row r="10" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A10" s="87"/>
       <c r="B10" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
     </row>
-    <row r="11" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="90"/>
+    <row r="11" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A11" s="87"/>
       <c r="B11" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
     </row>
-    <row r="12" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A12" s="90"/>
+    <row r="12" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A12" s="87"/>
       <c r="B12" s="21" t="s">
         <v>97</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
     </row>
-    <row r="13" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A13" s="90" t="s">
+    <row r="13" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A13" s="87" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="21"/>
       <c r="D13" s="21"/>
     </row>
-    <row r="14" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A14" s="90"/>
+    <row r="14" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A14" s="87"/>
       <c r="B14" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="21"/>
       <c r="D14" s="21"/>
     </row>
-    <row r="15" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="90"/>
+    <row r="15" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A15" s="87"/>
       <c r="B15" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
     </row>
-    <row r="16" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="90"/>
+    <row r="16" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="87"/>
       <c r="B16" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C16" s="21"/>
       <c r="D16" s="21"/>
     </row>
-    <row r="17" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A17" s="90" t="s">
+    <row r="17" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A17" s="87" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="21"/>
       <c r="D17" s="21"/>
     </row>
-    <row r="18" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="90"/>
+    <row r="18" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A18" s="87"/>
       <c r="B18" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C18" s="21"/>
       <c r="D18" s="21"/>
     </row>
-    <row r="19" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="90"/>
+    <row r="19" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A19" s="87"/>
       <c r="B19" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
     </row>
-    <row r="20" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A20" s="90"/>
+    <row r="20" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A20" s="87"/>
       <c r="B20" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C20" s="21"/>
       <c r="D20" s="21"/>
     </row>
-    <row r="21" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A21" s="90" t="s">
+    <row r="21" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A21" s="87" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="21"/>
       <c r="D21" s="21"/>
     </row>
-    <row r="22" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A22" s="90"/>
+    <row r="22" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A22" s="87"/>
       <c r="B22" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="21"/>
       <c r="D22" s="21"/>
     </row>
-    <row r="23" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A23" s="90"/>
+    <row r="23" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A23" s="87"/>
       <c r="B23" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
     </row>
-    <row r="24" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A24" s="90"/>
+    <row r="24" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A24" s="87"/>
       <c r="B24" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
     </row>
-    <row r="25" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A25" s="90" t="s">
+    <row r="25" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A25" s="87" t="s">
         <v>45</v>
       </c>
       <c r="B25" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="21"/>
       <c r="D25" s="21"/>
     </row>
-    <row r="26" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="90"/>
+    <row r="26" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A26" s="87"/>
       <c r="B26" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C26" s="21"/>
       <c r="D26" s="21"/>
     </row>
-    <row r="27" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A27" s="90"/>
+    <row r="27" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="87"/>
       <c r="B27" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
     </row>
-    <row r="28" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A28" s="90"/>
+    <row r="28" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A28" s="87"/>
       <c r="B28" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
     </row>
-    <row r="29" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A29" s="90" t="s">
+    <row r="29" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A29" s="87" t="s">
         <v>46</v>
       </c>
       <c r="B29" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="21"/>
       <c r="D29" s="21"/>
     </row>
-    <row r="30" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A30" s="90"/>
+    <row r="30" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="87"/>
       <c r="B30" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="21"/>
       <c r="D30" s="21"/>
     </row>
-    <row r="31" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A31" s="90"/>
+    <row r="31" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A31" s="87"/>
       <c r="B31" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
     </row>
-    <row r="32" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A32" s="90"/>
+    <row r="32" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A32" s="87"/>
       <c r="B32" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C32" s="21"/>
       <c r="D32" s="21"/>
     </row>
-    <row r="33" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A33" s="90" t="s">
+    <row r="33" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A33" s="87" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
     </row>
-    <row r="34" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A34" s="90"/>
+    <row r="34" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A34" s="87"/>
       <c r="B34" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
     </row>
-    <row r="35" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A35" s="90"/>
+    <row r="35" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="87"/>
       <c r="B35" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="21"/>
       <c r="D35" s="21"/>
     </row>
-    <row r="36" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A36" s="90"/>
+    <row r="36" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="87"/>
       <c r="B36" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
     </row>
-    <row r="37" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A37" s="90" t="s">
+    <row r="37" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A37" s="87" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="21"/>
       <c r="D37" s="21"/>
     </row>
-    <row r="38" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A38" s="90"/>
+    <row r="38" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A38" s="87"/>
       <c r="B38" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="21"/>
       <c r="D38" s="21"/>
     </row>
-    <row r="39" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A39" s="90"/>
+    <row r="39" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A39" s="87"/>
       <c r="B39" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="21"/>
       <c r="D39" s="21"/>
     </row>
-    <row r="40" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A40" s="90"/>
+    <row r="40" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A40" s="87"/>
       <c r="B40" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
     </row>
-    <row r="41" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A41" s="90" t="s">
+    <row r="41" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A41" s="87" t="s">
         <v>49</v>
       </c>
       <c r="B41" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="21"/>
       <c r="D41" s="21"/>
     </row>
-    <row r="42" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A42" s="90"/>
+    <row r="42" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A42" s="87"/>
       <c r="B42" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="21"/>
       <c r="D42" s="21"/>
     </row>
-    <row r="43" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A43" s="90"/>
+    <row r="43" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A43" s="87"/>
       <c r="B43" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
     </row>
-    <row r="44" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A44" s="90"/>
+    <row r="44" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="87"/>
       <c r="B44" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="21"/>
       <c r="D44" s="21"/>
     </row>
-    <row r="45" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A45" s="90" t="s">
+    <row r="45" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A45" s="87" t="s">
         <v>50</v>
       </c>
       <c r="B45" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="21"/>
       <c r="D45" s="21"/>
     </row>
-    <row r="46" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A46" s="90"/>
+    <row r="46" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A46" s="87"/>
       <c r="B46" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C46" s="21"/>
       <c r="D46" s="21"/>
     </row>
-    <row r="47" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A47" s="90"/>
+    <row r="47" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="87"/>
       <c r="B47" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="21"/>
       <c r="D47" s="21"/>
     </row>
-    <row r="48" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A48" s="90"/>
+    <row r="48" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A48" s="87"/>
       <c r="B48" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="21"/>
       <c r="D48" s="21"/>
     </row>
-    <row r="49" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A49" s="90" t="s">
+    <row r="49" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A49" s="87" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="21"/>
       <c r="D49" s="21"/>
     </row>
-    <row r="50" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A50" s="90"/>
+    <row r="50" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A50" s="87"/>
       <c r="B50" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="21"/>
       <c r="D50" s="21"/>
     </row>
-    <row r="51" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A51" s="90"/>
+    <row r="51" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="87"/>
       <c r="B51" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
     </row>
-    <row r="52" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A52" s="90"/>
+    <row r="52" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A52" s="87"/>
       <c r="B52" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C52" s="21"/>
       <c r="D52" s="21"/>
     </row>
-    <row r="53" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A53" s="90" t="s">
+    <row r="53" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A53" s="87" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="21" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
     </row>
-    <row r="54" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A54" s="90"/>
+    <row r="54" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="87"/>
       <c r="B54" s="21" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="21"/>
       <c r="D54" s="21"/>
     </row>
-    <row r="55" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A55" s="92"/>
+    <row r="55" spans="1:5" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="89"/>
       <c r="B55" s="21" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="22"/>
       <c r="D55" s="22"/>
     </row>
-    <row r="56" spans="1:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A56" s="93"/>
+    <row r="56" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="90"/>
       <c r="B56" s="21" t="s">
         <v>90</v>
       </c>
       <c r="C56" s="23"/>
       <c r="D56" s="23"/>
     </row>
-    <row r="57" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A57" s="84" t="s">
+    <row r="57" spans="1:5" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A57" s="81" t="s">
         <v>53</v>
       </c>
-      <c r="B57" s="85"/>
+      <c r="B57" s="82"/>
       <c r="C57" s="24">
         <f>SUM(C9:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="3"/>
     </row>
-    <row r="58" spans="1:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A58" s="84" t="s">
+    <row r="58" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="81" t="s">
         <v>54</v>
       </c>
-      <c r="B58" s="85"/>
+      <c r="B58" s="82"/>
       <c r="C58" s="25">
         <f>C9+C13+C17+C21+C25+C29+C33+C37+C41+C45+C49+C53</f>
         <v>0</v>
       </c>
       <c r="D58" s="3"/>
     </row>
-    <row r="59" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A59" s="84" t="s">
+    <row r="59" spans="1:5" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A59" s="81" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="85"/>
+      <c r="B59" s="82"/>
       <c r="C59" s="25">
         <f>C10+C14+C18+C22+C26+C30+C34+C38+C42+C46+C50+C54</f>
         <v>0</v>
       </c>
       <c r="D59" s="3"/>
     </row>
-    <row r="60" spans="1:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A60" s="84" t="s">
+    <row r="60" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="81" t="s">
         <v>56</v>
       </c>
-      <c r="B60" s="85"/>
+      <c r="B60" s="82"/>
       <c r="C60" s="25">
         <f>C12+C16+C20+C24+C28+C32+C36+C40+C44+C48+C52+C56</f>
         <v>0</v>
       </c>
       <c r="D60" s="3"/>
     </row>
-    <row r="61" spans="1:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A61" s="84" t="s">
+    <row r="61" spans="1:5" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="81" t="s">
         <v>98</v>
       </c>
-      <c r="B61" s="85" t="s">
+      <c r="B61" s="82" t="s">
         <v>87</v>
       </c>
       <c r="C61" s="25">
         <f>C12+C16+C20+C24+C28+C32+C36+C40+C44+C48+C52+C56</f>
         <v>0</v>
       </c>
       <c r="D61" s="3"/>
     </row>
-    <row r="62" spans="1:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A62" s="84" t="s">
+    <row r="62" spans="1:5" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A62" s="81" t="s">
         <v>57</v>
       </c>
-      <c r="B62" s="85"/>
-      <c r="C62" s="32" t="e">
+      <c r="B62" s="82"/>
+      <c r="C62" s="25" t="e">
         <f>C59/(C57-C61)</f>
         <v>#DIV/0!</v>
       </c>
       <c r="D62" s="3"/>
     </row>
-    <row r="63" spans="1:5" ht="48.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="74" t="s">
+    <row r="63" spans="1:5" ht="48.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="71" t="s">
         <v>84</v>
       </c>
-      <c r="B63" s="74"/>
-[...4 lines deleted...]
-      <c r="A64" s="74" t="s">
+      <c r="B63" s="71"/>
+      <c r="C63" s="71"/>
+      <c r="D63" s="71"/>
+    </row>
+    <row r="64" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="71" t="s">
         <v>99</v>
       </c>
-      <c r="B64" s="74"/>
-[...1 lines deleted...]
-      <c r="D64" s="74"/>
+      <c r="B64" s="71"/>
+      <c r="C64" s="71"/>
+      <c r="D64" s="71"/>
       <c r="E64" s="15"/>
     </row>
-    <row r="65" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A65" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="20.5" x14ac:dyDescent="0.35">
-      <c r="A67" s="30" t="s">
+    <row r="67" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A67" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="D67" s="33" t="s">
+      <c r="D67" s="30" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="68" spans="1:4" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-    <row r="70" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="70" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A70" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="71" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="71" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A71" s="15" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="72" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="72" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A72" s="15" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="73" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="73" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A73" s="15" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A45:A48"/>
     <mergeCell ref="A49:A52"/>
     <mergeCell ref="A7:A8"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="A53:A56"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A37:A40"/>
     <mergeCell ref="A41:A44"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="B7:B8"/>
     <mergeCell ref="A29:A32"/>
     <mergeCell ref="A33:A36"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A9:A12"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A61:B61"/>
@@ -4642,854 +4627,851 @@
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="A63:D63"/>
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="A60:B60"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Times New Roman,Regular"&amp;10 2. pielikums</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;10&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{590C2AB4-750F-43FD-8CD6-06A43B015F80}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:F70"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A13" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0">
       <selection activeCell="D61" sqref="D61"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="23.1796875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="12.26953125" customWidth="1"/>
+    <col min="1" max="1" width="23.109375" customWidth="1"/>
+    <col min="2" max="2" width="20.109375" customWidth="1"/>
+    <col min="3" max="3" width="12.33203125" customWidth="1"/>
+    <col min="4" max="4" width="58.5546875" customWidth="1"/>
+    <col min="5" max="5" width="20.109375" customWidth="1"/>
+    <col min="6" max="6" width="12.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="17.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:6" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
     </row>
-    <row r="3" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="3"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
     </row>
-    <row r="4" spans="1:6" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="44"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="41"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="43"/>
+    </row>
+    <row r="5" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="47"/>
-[...3 lines deleted...]
-    <row r="7" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="44"/>
+      <c r="C5" s="45"/>
+      <c r="D5" s="46"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="3" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A8" s="88" t="s">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="85" t="s">
         <v>39</v>
       </c>
-      <c r="B8" s="88" t="s">
+      <c r="B8" s="85" t="s">
         <v>61</v>
       </c>
-      <c r="C8" s="88" t="s">
+      <c r="C8" s="85" t="s">
         <v>62</v>
       </c>
-      <c r="D8" s="86" t="s">
+      <c r="D8" s="83" t="s">
         <v>63</v>
       </c>
-      <c r="E8" s="88" t="s">
+      <c r="E8" s="85" t="s">
         <v>102</v>
       </c>
-      <c r="F8" s="88" t="s">
+      <c r="F8" s="85" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="32.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...8 lines deleted...]
-      <c r="A10" s="91" t="s">
+    <row r="9" spans="1:6" ht="32.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="86"/>
+      <c r="B9" s="86"/>
+      <c r="C9" s="86"/>
+      <c r="D9" s="84"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
+    </row>
+    <row r="10" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A10" s="88" t="s">
         <v>41</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="20"/>
       <c r="D10" s="20"/>
       <c r="E10" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F10" s="20"/>
     </row>
-    <row r="11" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="90"/>
+    <row r="11" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A11" s="87"/>
       <c r="B11" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="21"/>
     </row>
-    <row r="12" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A12" s="90"/>
+    <row r="12" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A12" s="87"/>
       <c r="B12" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="21"/>
     </row>
-    <row r="13" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="97" t="s">
+    <row r="13" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="94" t="s">
         <v>65</v>
       </c>
-      <c r="B13" s="98"/>
+      <c r="B13" s="95"/>
       <c r="C13" s="21">
         <f>SUM(C10:C12)</f>
         <v>0</v>
       </c>
       <c r="D13" s="21"/>
       <c r="F13" s="21">
         <f>SUM(F10:F12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A14" s="91" t="s">
+    <row r="14" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A14" s="88" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C14" s="20"/>
       <c r="D14" s="20"/>
       <c r="E14" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="20"/>
     </row>
-    <row r="15" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="90"/>
+    <row r="15" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A15" s="87"/>
       <c r="B15" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="21"/>
       <c r="D15" s="21"/>
       <c r="E15" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="21"/>
     </row>
-    <row r="16" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="90"/>
+    <row r="16" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="87"/>
       <c r="B16" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="21"/>
       <c r="D16" s="21"/>
       <c r="E16" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="21"/>
     </row>
-    <row r="17" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="97" t="s">
+    <row r="17" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="94" t="s">
         <v>66</v>
       </c>
-      <c r="B17" s="98"/>
+      <c r="B17" s="95"/>
       <c r="C17" s="21">
         <f>SUM(C14:C16)</f>
         <v>0</v>
       </c>
       <c r="D17" s="21"/>
       <c r="F17" s="21">
         <f>SUM(F14:F16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="91" t="s">
+    <row r="18" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A18" s="88" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="20"/>
     </row>
-    <row r="19" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="90"/>
+    <row r="19" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A19" s="87"/>
       <c r="B19" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="21"/>
     </row>
-    <row r="20" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A20" s="90"/>
+    <row r="20" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A20" s="87"/>
       <c r="B20" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="21"/>
       <c r="D20" s="21"/>
       <c r="E20" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="21"/>
     </row>
-    <row r="21" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="97" t="s">
+    <row r="21" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="94" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="98"/>
+      <c r="B21" s="95"/>
       <c r="C21" s="21">
         <f>SUM(C18:C20)</f>
         <v>0</v>
       </c>
       <c r="D21" s="21"/>
       <c r="F21" s="21">
         <f>SUM(F18:F20)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A22" s="91" t="s">
+    <row r="22" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A22" s="88" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="20"/>
       <c r="D22" s="20"/>
       <c r="E22" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F22" s="20"/>
     </row>
-    <row r="23" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A23" s="90"/>
+    <row r="23" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A23" s="87"/>
       <c r="B23" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="21"/>
       <c r="D23" s="21"/>
       <c r="E23" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="21"/>
     </row>
-    <row r="24" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A24" s="90"/>
+    <row r="24" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A24" s="87"/>
       <c r="B24" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="21"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="21"/>
     </row>
-    <row r="25" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="97" t="s">
+    <row r="25" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="94" t="s">
         <v>69</v>
       </c>
-      <c r="B25" s="98"/>
+      <c r="B25" s="95"/>
       <c r="C25" s="21">
         <f>SUM(C22:C24)</f>
         <v>0</v>
       </c>
       <c r="D25" s="21"/>
       <c r="F25" s="21">
         <f>SUM(F22:F24)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="91" t="s">
+    <row r="26" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A26" s="88" t="s">
         <v>45</v>
       </c>
       <c r="B26" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C26" s="20"/>
       <c r="D26" s="20"/>
       <c r="E26" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="20"/>
     </row>
-    <row r="27" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A27" s="90"/>
+    <row r="27" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="87"/>
       <c r="B27" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="21"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="21"/>
     </row>
-    <row r="28" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A28" s="90"/>
+    <row r="28" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A28" s="87"/>
       <c r="B28" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="21"/>
       <c r="D28" s="21"/>
       <c r="E28" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="21"/>
     </row>
-    <row r="29" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="97" t="s">
+    <row r="29" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="94" t="s">
         <v>70</v>
       </c>
-      <c r="B29" s="98"/>
+      <c r="B29" s="95"/>
       <c r="C29" s="21">
         <f>SUM(C26:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="21"/>
       <c r="F29" s="21">
         <f>SUM(F26:F28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A30" s="91" t="s">
+    <row r="30" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="88" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="20"/>
       <c r="D30" s="20"/>
       <c r="E30" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F30" s="20"/>
     </row>
-    <row r="31" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A31" s="90"/>
+    <row r="31" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A31" s="87"/>
       <c r="B31" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="21"/>
       <c r="D31" s="21"/>
       <c r="E31" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="21"/>
     </row>
-    <row r="32" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A32" s="90"/>
+    <row r="32" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A32" s="87"/>
       <c r="B32" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="21"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="21"/>
     </row>
-    <row r="33" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A33" s="97" t="s">
+    <row r="33" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="94" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="98"/>
+      <c r="B33" s="95"/>
       <c r="C33" s="21">
         <f>SUM(C30:C32)</f>
         <v>0</v>
       </c>
       <c r="D33" s="21"/>
       <c r="F33" s="21">
         <f>SUM(F30:F32)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A34" s="91" t="s">
+    <row r="34" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A34" s="88" t="s">
         <v>47</v>
       </c>
       <c r="B34" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="20"/>
       <c r="D34" s="20"/>
       <c r="E34" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F34" s="20"/>
     </row>
-    <row r="35" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A35" s="90"/>
+    <row r="35" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A35" s="87"/>
       <c r="B35" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="21"/>
       <c r="D35" s="21"/>
       <c r="E35" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="21"/>
     </row>
-    <row r="36" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A36" s="90"/>
+    <row r="36" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="87"/>
       <c r="B36" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="21"/>
       <c r="D36" s="21"/>
       <c r="E36" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="21"/>
     </row>
-    <row r="37" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A37" s="97" t="s">
+    <row r="37" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="94" t="s">
         <v>72</v>
       </c>
-      <c r="B37" s="98"/>
+      <c r="B37" s="95"/>
       <c r="C37" s="21">
         <f>SUM(C34:C36)</f>
         <v>0</v>
       </c>
       <c r="D37" s="21"/>
       <c r="F37" s="21">
         <f>SUM(F34:F36)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A38" s="91" t="s">
+    <row r="38" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A38" s="88" t="s">
         <v>48</v>
       </c>
       <c r="B38" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="20"/>
       <c r="D38" s="20"/>
       <c r="E38" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F38" s="20"/>
     </row>
-    <row r="39" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A39" s="90"/>
+    <row r="39" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A39" s="87"/>
       <c r="B39" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="21"/>
       <c r="D39" s="21"/>
       <c r="E39" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="21"/>
     </row>
-    <row r="40" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A40" s="90"/>
+    <row r="40" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A40" s="87"/>
       <c r="B40" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="21"/>
       <c r="D40" s="21"/>
       <c r="E40" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="21"/>
     </row>
-    <row r="41" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A41" s="97" t="s">
+    <row r="41" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="94" t="s">
         <v>73</v>
       </c>
-      <c r="B41" s="98"/>
+      <c r="B41" s="95"/>
       <c r="C41" s="21">
         <f>SUM(C38:C40)</f>
         <v>0</v>
       </c>
       <c r="D41" s="21"/>
       <c r="F41" s="21">
         <f>SUM(F38:F40)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A42" s="91" t="s">
+    <row r="42" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A42" s="88" t="s">
         <v>49</v>
       </c>
       <c r="B42" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C42" s="20"/>
       <c r="D42" s="20"/>
       <c r="E42" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F42" s="20"/>
     </row>
-    <row r="43" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A43" s="90"/>
+    <row r="43" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A43" s="87"/>
       <c r="B43" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="21"/>
       <c r="D43" s="21"/>
       <c r="E43" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="21"/>
     </row>
-    <row r="44" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A44" s="90"/>
+    <row r="44" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="87"/>
       <c r="B44" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="21"/>
       <c r="D44" s="21"/>
       <c r="E44" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="21"/>
     </row>
-    <row r="45" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="97" t="s">
+    <row r="45" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="94" t="s">
         <v>74</v>
       </c>
-      <c r="B45" s="98"/>
+      <c r="B45" s="95"/>
       <c r="C45" s="21">
         <f>SUM(C42:C44)</f>
         <v>0</v>
       </c>
       <c r="D45" s="21"/>
       <c r="F45" s="21">
         <f>SUM(F42:F44)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A46" s="91" t="s">
+    <row r="46" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A46" s="88" t="s">
         <v>50</v>
       </c>
       <c r="B46" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C46" s="20"/>
       <c r="D46" s="20"/>
       <c r="E46" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F46" s="20"/>
     </row>
-    <row r="47" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A47" s="90"/>
+    <row r="47" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="87"/>
       <c r="B47" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="21"/>
       <c r="D47" s="21"/>
       <c r="E47" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="21"/>
     </row>
-    <row r="48" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A48" s="90"/>
+    <row r="48" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A48" s="87"/>
       <c r="B48" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="21"/>
       <c r="D48" s="21"/>
       <c r="E48" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="21"/>
     </row>
-    <row r="49" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="97" t="s">
+    <row r="49" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="94" t="s">
         <v>75</v>
       </c>
-      <c r="B49" s="98"/>
+      <c r="B49" s="95"/>
       <c r="C49" s="21">
         <f>SUM(C46:C48)</f>
         <v>0</v>
       </c>
       <c r="D49" s="21"/>
       <c r="F49" s="21">
         <f>SUM(F46:F48)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A50" s="91" t="s">
+    <row r="50" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A50" s="88" t="s">
         <v>51</v>
       </c>
       <c r="B50" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C50" s="20"/>
       <c r="D50" s="20"/>
       <c r="E50" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F50" s="20"/>
     </row>
-    <row r="51" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A51" s="90"/>
+    <row r="51" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="87"/>
       <c r="B51" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
       <c r="E51" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="21"/>
     </row>
-    <row r="52" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A52" s="90"/>
+    <row r="52" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A52" s="87"/>
       <c r="B52" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="21"/>
       <c r="D52" s="21"/>
       <c r="E52" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="21"/>
     </row>
-    <row r="53" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A53" s="97" t="s">
+    <row r="53" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="94" t="s">
         <v>76</v>
       </c>
-      <c r="B53" s="98"/>
+      <c r="B53" s="95"/>
       <c r="C53" s="21">
         <f>SUM(C50:C52)</f>
         <v>0</v>
       </c>
       <c r="D53" s="21"/>
       <c r="F53" s="21">
         <f>SUM(F50:F52)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A54" s="91" t="s">
+    <row r="54" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="88" t="s">
         <v>52</v>
       </c>
       <c r="B54" s="26" t="s">
         <v>64</v>
       </c>
       <c r="C54" s="20"/>
       <c r="D54" s="20"/>
       <c r="E54" s="26" t="s">
         <v>64</v>
       </c>
       <c r="F54" s="20"/>
     </row>
-    <row r="55" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A55" s="90"/>
+    <row r="55" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A55" s="87"/>
       <c r="B55" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="21"/>
       <c r="D55" s="21"/>
       <c r="E55" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="21"/>
     </row>
-    <row r="56" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A56" s="90"/>
+    <row r="56" spans="1:6" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="87"/>
       <c r="B56" s="21" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="21"/>
     </row>
-    <row r="57" spans="1:6" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A57" s="94" t="s">
+    <row r="57" spans="1:6" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="91" t="s">
         <v>77</v>
       </c>
-      <c r="B57" s="95"/>
+      <c r="B57" s="92"/>
       <c r="C57" s="22">
         <f>SUM(C54:C56)</f>
         <v>0</v>
       </c>
-      <c r="D57" s="94" t="s">
+      <c r="D57" s="91" t="s">
         <v>88</v>
       </c>
-      <c r="E57" s="95"/>
+      <c r="E57" s="92"/>
       <c r="F57" s="22">
         <f>SUM(F54:F56)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A58" s="96" t="s">
+    <row r="58" spans="1:6" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A58" s="93" t="s">
         <v>78</v>
       </c>
-      <c r="B58" s="96"/>
+      <c r="B58" s="93"/>
       <c r="C58" s="27">
         <f>C13+C17+C21+C25+C29+C33+C37+C41+C45+C49+C53+C57</f>
         <v>0</v>
       </c>
-      <c r="D58" s="96" t="s">
+      <c r="D58" s="93" t="s">
         <v>104</v>
       </c>
-      <c r="E58" s="96"/>
+      <c r="E58" s="93"/>
       <c r="F58" s="27">
         <f>F13+F17+F21+F25+F29+F33+F37+F41+F45+F49+F53+F57</f>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A59" s="96" t="s">
+    <row r="59" spans="1:6" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A59" s="93" t="s">
         <v>79</v>
       </c>
-      <c r="B59" s="96"/>
+      <c r="B59" s="93"/>
       <c r="C59" s="27">
         <v>365</v>
       </c>
-      <c r="D59" s="96" t="s">
+      <c r="D59" s="93" t="s">
         <v>79</v>
       </c>
-      <c r="E59" s="96"/>
+      <c r="E59" s="93"/>
       <c r="F59" s="27">
         <v>365</v>
       </c>
     </row>
-    <row r="60" spans="1:6" ht="18.5" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="A60" s="96" t="s">
+    <row r="60" spans="1:6" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A60" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="B60" s="96"/>
+      <c r="B60" s="93"/>
       <c r="C60" s="28">
         <f>C58/C59</f>
         <v>0</v>
       </c>
-      <c r="D60" s="96" t="s">
+      <c r="D60" s="93" t="s">
         <v>105</v>
       </c>
-      <c r="E60" s="96"/>
+      <c r="E60" s="93"/>
       <c r="F60" s="28">
         <f>F58/F59</f>
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A62" s="99" t="s">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A62" s="96" t="s">
         <v>103</v>
       </c>
-      <c r="B62" s="99"/>
-[...4 lines deleted...]
-    <row r="63" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="96"/>
+      <c r="C62" s="96"/>
+      <c r="D62" s="96"/>
+      <c r="E62" s="96"/>
+    </row>
+    <row r="63" spans="1:6" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A63" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="65" spans="1:4" ht="20.5" x14ac:dyDescent="0.45">
-      <c r="A65" s="30" t="s">
+    <row r="65" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="A65" s="29" t="s">
         <v>110</v>
       </c>
-      <c r="D65" s="29" t="s">
+      <c r="D65" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="67" spans="1:4" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-    <row r="68" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="68" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A68" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="69" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A69" s="15" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="17" x14ac:dyDescent="0.45">
+    <row r="70" spans="1:4" ht="16.2" x14ac:dyDescent="0.35">
       <c r="A70" s="15" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="D60:E60"/>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="A38:A40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A17:B17"/>
@@ -5784,51 +5766,51 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BA0DE28-6FDE-495A-BB38-D8AF0AAA1017}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ADE726F-5520-4B89-A7FF-9BC4E167DC4F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A251A853-4350-4B69-AAAF-8E39B8F87DD7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{180AF7C6-D1C9-4A9F-9F08-D881E9A86121}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>