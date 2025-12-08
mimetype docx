--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,262 +1,263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00F36496" w:rsidR="009D6B5E" w:rsidP="009D6B5E" w:rsidRDefault="009D6B5E" w14:paraId="35D96605" w14:textId="77777777">
+    <w:p w14:paraId="35D96605" w14:textId="77777777" w:rsidR="009D6B5E" w:rsidRPr="00F36496" w:rsidRDefault="009D6B5E" w:rsidP="009D6B5E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>APSTIPRINU</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="008B0F51" w:rsidP="009D6B5E" w:rsidRDefault="009D6B5E" w14:paraId="09ABF5E8" w14:textId="77777777">
+    <w:p w14:paraId="09ABF5E8" w14:textId="77777777" w:rsidR="008B0F51" w:rsidRPr="00F36496" w:rsidRDefault="009D6B5E" w:rsidP="009D6B5E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="009D6B5E" w:rsidP="00E168A1" w:rsidRDefault="00C811AF" w14:paraId="4BE3033F" w14:textId="47C6070B">
+    <w:p w14:paraId="4BE3033F" w14:textId="47C6070B" w:rsidR="009D6B5E" w:rsidRPr="00F36496" w:rsidRDefault="00C811AF" w:rsidP="00E168A1">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Projekta atlases departamenta direktore</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="009D6B5E">
+      <w:r w:rsidR="009D6B5E" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="009D6B5E" w:rsidP="009D6B5E" w:rsidRDefault="009D6B5E" w14:paraId="5F0055BC" w14:textId="7F8C4440">
+    <w:p w14:paraId="5F0055BC" w14:textId="7F8C4440" w:rsidR="009D6B5E" w:rsidRPr="00F36496" w:rsidRDefault="009D6B5E" w:rsidP="009D6B5E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(elektroniskais paraksts)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00391592">
+      <w:r w:rsidR="00391592" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A.Abu-Junese</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="009D6B5E" w:rsidP="2FAE0AB0" w:rsidRDefault="00E168A1" w14:paraId="2AE602F0" w14:textId="0BD3318C">
+    <w:p w14:paraId="2AE602F0" w14:textId="0BD3318C" w:rsidR="009D6B5E" w:rsidRPr="00F36496" w:rsidRDefault="00E168A1" w:rsidP="2FAE0AB0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="009D6B5E">
+      <w:r w:rsidR="009D6B5E" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Datums skatāms laika zīmogā</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="009D6B5E">
+      <w:r w:rsidR="009D6B5E" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="2FAE0AB0" w:rsidP="2FAE0AB0" w:rsidRDefault="2FAE0AB0" w14:paraId="0BEABE24" w14:textId="1DFBBD5D">
+    <w:p w14:paraId="0BEABE24" w14:textId="1DFBBD5D" w:rsidR="2FAE0AB0" w:rsidRPr="00F36496" w:rsidRDefault="2FAE0AB0" w:rsidP="2FAE0AB0">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="00422E4D" w:rsidP="447F11B5" w:rsidRDefault="00CD49EF" w14:paraId="629CE577" w14:textId="55BDBC73">
+    <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00F36496" w:rsidRDefault="00CD49EF" w:rsidP="447F11B5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF374B9" wp14:editId="743A40A9">
                 <wp:simplePos x="0" y="0"/>
@@ -376,6792 +377,6868 @@
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId13"/>
                 </v:shape>
                 <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="" r:id="rId14"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="00A47B24" w:rsidP="00CD49EF" w:rsidRDefault="00A47B24" w14:paraId="21CD3802" w14:textId="6860A7FB">
+    <w:p w14:paraId="21CD3802" w14:textId="6860A7FB" w:rsidR="00A47B24" w:rsidRPr="00F36496" w:rsidRDefault="00A47B24" w:rsidP="00CD49EF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="000A0BC7" w:rsidP="0098459D" w:rsidRDefault="00D667C4" w14:paraId="274D656B" w14:textId="533E8C15">
+    <w:p w14:paraId="274D656B" w14:textId="533E8C15" w:rsidR="000A0BC7" w:rsidRPr="00F36496" w:rsidRDefault="00D667C4" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Eiropas Savienības kohēzijas politikas programmas 2021</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="1494A05A">
+      <w:r w:rsidR="1494A05A" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="296F24FD">
+      <w:r w:rsidR="296F24FD" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="1494A05A">
+      <w:r w:rsidR="1494A05A" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="591F7166">
+      <w:r w:rsidR="591F7166" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2027.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="591F7166">
+      <w:r w:rsidR="591F7166" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">gadam </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="007D162C">
+      <w:r w:rsidR="007D162C" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.1.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifiskā atbalsta mērķa </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="68E3DEF0">
+      <w:r w:rsidR="68E3DEF0" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00011D35">
+      <w:r w:rsidR="00011D35" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Veicināt pielāgošanos klimata pārmaiņām, risku novēršanu un noturību pret katastrofām</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="38E0A97C">
+      <w:r w:rsidR="38E0A97C" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00533851">
+      <w:r w:rsidR="00533851" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.1.3.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> pasākuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="20263B23">
+      <w:r w:rsidR="20263B23" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00533851">
+      <w:r w:rsidR="00533851" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Katastrofu risku mazināšanas pasākumi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="5BF2AC30">
+      <w:r w:rsidR="5BF2AC30" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00533851">
+      <w:r w:rsidR="00533851" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="3625C59F">
+      <w:r w:rsidR="3625C59F" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk - pasākums) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="00533851">
+      <w:r w:rsidR="00533851" w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">trešās </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="004D7AF0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004D7AF0" w:rsidRPr="00F36496">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="008E6F2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00F36496">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>roje</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="008E6F2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00F36496">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ktu iesniegumu atlases </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>kārtas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36496">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36496" w:rsidR="008E6F2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008E6F2E" w:rsidRPr="00F36496">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nolikums</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F36496" w:rsidR="008E6F2E" w:rsidP="00FA4DAC" w:rsidRDefault="008E6F2E" w14:paraId="5F388C24" w14:textId="77777777">
+    <w:p w14:paraId="5F388C24" w14:textId="77777777" w:rsidR="008E6F2E" w:rsidRPr="00F36496" w:rsidRDefault="008E6F2E" w:rsidP="00FA4DAC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2866"/>
         <w:gridCol w:w="2974"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="00C92860" w:rsidTr="24952C24" w14:paraId="5F94A9AC" w14:textId="77777777">
+      <w:tr w:rsidR="00C92860" w:rsidRPr="00861FFC" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F36496" w:rsidR="00C92860" w:rsidP="0098459D" w:rsidRDefault="00C92860" w14:paraId="17652BDB" w14:textId="03D8B2DE">
+          <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00F36496" w:rsidRDefault="00C92860" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36496">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Specifiskā atbalsta mērķa vai pasākuma īstenošanu reglamentējošie </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="003F2B2B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="003F2B2B" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="00F36496">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>inistru kabineta noteikumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F36496" w:rsidR="00C92860" w:rsidP="2A7C1D10" w:rsidRDefault="00E94356" w14:paraId="1F501DD1" w14:textId="0FCE6DF8">
+          <w:p w14:paraId="1F501DD1" w14:textId="0FCE6DF8" w:rsidR="00C92860" w:rsidRPr="00F36496" w:rsidRDefault="00E94356" w:rsidP="2A7C1D10">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36496">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ministru kabineta </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="000873DE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000873DE" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2024. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="000873DE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000873DE" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00D667C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D667C4" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="000873DE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000873DE" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>februāra</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikum</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00D917B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D917B5" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="7550148D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="7550148D" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="000873DE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000873DE" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>118</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00AC3737">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AC3737" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eiropas Savienības kohēzijas politikas programmas 2021.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="7A128D15">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="7A128D15" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="3BB83F16">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="3BB83F16" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2027. gadam 2.1.3. specifiskā atbalsta mērķa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C96901">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C96901" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Veicināt pielāgošanos klimata pārmaiņām, risku novēršanu un noturību pret katastrofām</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C96901">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C96901" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2.1.3.3. pasākuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C96901">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C96901" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Katastrofu risku mazināšanas pasākumi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C96901">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C96901" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00312A67">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00312A67" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> trešās projektu iesniegumu atlases kārtas īstenošanas noteikumi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00AC3737">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00AC3737" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00C92860">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C92860" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00211EB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(turpmāk – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00211EB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">SAM </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F36496" w:rsidR="00211EB0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00211EB0" w:rsidRPr="00F36496">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK noteikumi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="00167064" w:rsidTr="24952C24" w14:paraId="04F771EA" w14:textId="77777777">
+      <w:tr w:rsidR="00167064" w:rsidRPr="00861FFC" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00F36496" w:rsidR="00167064" w:rsidP="0098459D" w:rsidRDefault="00167064" w14:paraId="653E2803" w14:textId="77777777">
+          <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00F36496" w:rsidRDefault="00167064" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36496">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00422ACF" w:rsidR="0021658B" w:rsidP="025F09B8" w:rsidRDefault="37DE06E6" w14:paraId="53858688" w14:textId="6E0D43F2">
+          <w:p w14:paraId="53858688" w14:textId="6E0D43F2" w:rsidR="0021658B" w:rsidRPr="00422ACF" w:rsidRDefault="37DE06E6" w:rsidP="025F09B8">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="025F09B8">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Pasākuma</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="4F1B3F3B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4F1B3F3B" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> trešajai</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00249A0D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00249A0D" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="7239D234">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="7239D234" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atlases kārtai </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00105543">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00105543" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">pieejamais </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6D939696">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6D939696" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējais </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0A3B5A37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0A3B5A37" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">attiecināmais finansējums ir </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0001193A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0001193A" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="004F0811">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004F0811" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="727437F4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="727437F4" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00386898">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00386898" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>537</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="004F0811">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004F0811" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00670D60">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00670D60" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>217</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6086C13A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6086C13A" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="1ACACF2F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1ACACF2F" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="006D3B39">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006D3B39" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0A3B5A37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0A3B5A37" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tai skaitā</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6D939696">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6D939696" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6AEC06E8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6AEC06E8" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Eiropas Reģionālās attīstības fonda finansējums</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="60765B30">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="60765B30" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00249A0D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00249A0D" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(turpmāk – </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="13771ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="13771ED6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ERAF</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="70B70B8C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="70B70B8C" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6D939696">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6D939696" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="13771ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="13771ED6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="000742B6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000742B6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="13771ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="13771ED6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="000742B6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000742B6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>206</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0A7576B9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0A7576B9" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="13771ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="13771ED6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00E80BF0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E80BF0" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>634</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="13771ED6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="13771ED6" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="1ACACF2F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1ACACF2F" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="6FEFADFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="6FEFADFD" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="772D088C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="772D088C" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>un</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0A3B5A37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0A3B5A37" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> valsts budžeta </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="772D088C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="772D088C" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>līdz</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="0A3B5A37">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0A3B5A37" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>finansējums –</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="006D3B39">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006D3B39" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="005C1C12">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="005C1C12" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00B80C78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B80C78" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="48898FF9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="48898FF9" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="005C1C12">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="005C1C12" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>330</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="00B80C78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00B80C78" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 583</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="3ADDDC23">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="3ADDDC23" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="1ACACF2F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="1ACACF2F" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
-            <w:r w:rsidRPr="025F09B8" w:rsidR="000101A0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="000101A0" w:rsidRPr="025F09B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00422ACF" w:rsidR="00D856AB" w:rsidP="0098459D" w:rsidRDefault="00EB70C8" w14:paraId="50C94121" w14:textId="02A0F007">
+          <w:p w14:paraId="50C94121" w14:textId="02A0F007" w:rsidR="00D856AB" w:rsidRPr="00422ACF" w:rsidRDefault="00EB70C8" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Maksimālā </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC50C0" w:rsidR="00C52C7B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00C52C7B" w:rsidRPr="00EC50C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta intensitāte </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00422ACF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00D856AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D856AB" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">85% no projekta kopējā attiecināmā finansējuma, </w:t>
             </w:r>
             <w:r w:rsidR="00422ACF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>nepieciešamais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00D856AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D856AB" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> līdzfinansējums </w:t>
             </w:r>
             <w:r w:rsidR="00422ACF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00422ACF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00422ACF" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00D856AB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Yu Mincho" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D856AB" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Yu Mincho" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>15%. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00422ACF" w:rsidR="00470818" w:rsidP="2A7C1D10" w:rsidRDefault="00470818" w14:paraId="75DB9BDD" w14:textId="101C0B1A">
+          <w:p w14:paraId="75DB9BDD" w14:textId="101C0B1A" w:rsidR="00470818" w:rsidRPr="00422ACF" w:rsidRDefault="00470818" w:rsidP="2A7C1D10">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00422ACF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Izmaksas ir attiecināmas, ja tās ir radušās ne agrāk </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="003B727A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="003B727A" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>kā</w:t>
             </w:r>
             <w:r w:rsidRPr="00422ACF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="0018099F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0018099F" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00E65A8A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00E65A8A" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="0018099F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0018099F" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="279F50EF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="279F50EF" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="0018099F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0018099F" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00F82E0A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F82E0A" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>1. janvārī</w:t>
             </w:r>
-            <w:r w:rsidRPr="00422ACF" w:rsidR="00EF2DF0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00EF2DF0" w:rsidRPr="00422ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="00B27CA6" w:rsidTr="24952C24" w14:paraId="7C2AFC4E" w14:textId="77777777">
+      <w:tr w:rsidR="00B27CA6" w:rsidRPr="00861FFC" w14:paraId="7C2AFC4E" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00B27CA6" w:rsidP="0098459D" w:rsidRDefault="00EB30C3" w14:paraId="0EAF7C19" w14:textId="162501D7">
+          <w:p w14:paraId="0EAF7C19" w14:textId="162501D7" w:rsidR="00B27CA6" w:rsidRPr="00B27CA6" w:rsidRDefault="00EB30C3" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta īstenošanas termiņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00B27CA6" w:rsidP="0098459D" w:rsidRDefault="00237B1A" w14:paraId="7D3883F3" w14:textId="76920B43">
+          <w:p w14:paraId="7D3883F3" w14:textId="76920B43" w:rsidR="00B27CA6" w:rsidRPr="00B27CA6" w:rsidRDefault="00237B1A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ne ilgāk kā l</w:t>
             </w:r>
             <w:r w:rsidR="00D07557">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>īdz 2029. gada 31. decembrim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="00D0127A" w:rsidTr="24952C24" w14:paraId="75B656C8" w14:textId="77777777">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00861FFC" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00D0127A" w:rsidP="0098459D" w:rsidRDefault="00D0127A" w14:paraId="23D9BE9B" w14:textId="77777777">
+          <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00D0127A" w:rsidRPr="00B27CA6" w:rsidRDefault="00D0127A" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27CA6">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projektu iesni</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B27CA6" w:rsidR="00743768">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00743768" w:rsidRPr="00B27CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>egumu atlases īstenošanas veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00D0127A" w:rsidP="0098459D" w:rsidRDefault="00346120" w14:paraId="7371F44E" w14:textId="0944A3D8">
+          <w:p w14:paraId="7371F44E" w14:textId="0944A3D8" w:rsidR="00D0127A" w:rsidRPr="00B27CA6" w:rsidRDefault="00346120" w:rsidP="0098459D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ierobežota</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B27CA6" w:rsidR="00D0127A">
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00B27CA6">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B27CA6" w:rsidR="00D0127A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D0127A" w:rsidRPr="00B27CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projektu iesniegumu atlase </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="00D0127A" w:rsidTr="24952C24" w14:paraId="14E1B066" w14:textId="77777777">
+      <w:tr w:rsidR="00D0127A" w:rsidRPr="00861FFC" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00D0127A" w:rsidP="00D42DD9" w:rsidRDefault="22EBBED5" w14:paraId="6F2C3FFF" w14:textId="4CF67DEE">
+          <w:p w14:paraId="6F2C3FFF" w14:textId="4CF67DEE" w:rsidR="00D0127A" w:rsidRPr="00B27CA6" w:rsidRDefault="22EBBED5" w:rsidP="00D42DD9">
             <w:pPr>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B27CA6">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Projekta iesnieguma iesniegšanas t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B27CA6" w:rsidR="375B1E72">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="375B1E72" w:rsidRPr="00B27CA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ermiņš </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00D0127A" w:rsidP="00687A36" w:rsidRDefault="4FECC708" w14:paraId="20F8DD1A" w14:textId="538A8542">
+          <w:p w14:paraId="20F8DD1A" w14:textId="538A8542" w:rsidR="00D0127A" w:rsidRPr="00B27CA6" w:rsidRDefault="59D81F88" w:rsidP="00687A36">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="24952C24" w:rsidR="59D81F88">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="4F96DE65">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4F96DE65" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="4302B342">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="4302B342" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="59D81F88">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>gada</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">gada </w:t>
+            </w:r>
+            <w:r w:rsidR="55452654" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="5031ED62" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="55452654" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>. jūlija</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00F25E83" w:rsidP="00687A36" w:rsidRDefault="00F25E83" w14:paraId="68B1E844" w14:textId="77777777">
+          <w:p w14:paraId="68B1E844" w14:textId="77777777" w:rsidR="00F25E83" w:rsidRPr="00B27CA6" w:rsidRDefault="00F25E83" w:rsidP="00687A36">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="00F25E83" w:rsidP="00687A36" w:rsidRDefault="00F25E83" w14:paraId="0FA017E5" w14:textId="18595498">
+          <w:p w14:paraId="0FA017E5" w14:textId="18595498" w:rsidR="00F25E83" w:rsidRPr="00B27CA6" w:rsidRDefault="00F25E83" w:rsidP="00687A36">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B27CA6" w:rsidR="001D3C28" w:rsidP="447F11B5" w:rsidRDefault="003F532A" w14:paraId="0BC16238" w14:textId="0883A35F">
+          <w:p w14:paraId="0BC16238" w14:textId="5349B1D5" w:rsidR="001D3C28" w:rsidRPr="00B27CA6" w:rsidRDefault="003F532A" w:rsidP="447F11B5">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Līdz </w:t>
             </w:r>
             <w:r w:rsidR="00207E90">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">2025. gada </w:t>
             </w:r>
             <w:r w:rsidR="002518FE">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>28</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:ins w:id="0" w:author="Liene Rubīna" w:date="2025-10-28T13:30:00Z" w16du:dateUtc="2025-10-28T11:30:00Z">
+              <w:r w:rsidR="00542CE4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>9</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="1" w:author="Liene Rubīna" w:date="2025-10-28T13:30:00Z" w16du:dateUtc="2025-10-28T11:30:00Z">
+              <w:r w:rsidR="002518FE" w:rsidDel="00542CE4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>8</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00207E90">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="002518FE">
-[...12 lines deleted...]
-            </w:r>
+            <w:del w:id="2" w:author="Liene Rubīna" w:date="2025-10-28T13:30:00Z" w16du:dateUtc="2025-10-28T11:30:00Z">
+              <w:r w:rsidR="002518FE" w:rsidDel="00542CE4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>novem</w:delText>
+              </w:r>
+              <w:r w:rsidR="00207E90" w:rsidDel="00542CE4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>brim</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="3" w:author="Liene Rubīna" w:date="2025-10-28T13:30:00Z" w16du:dateUtc="2025-10-28T11:30:00Z">
+              <w:r w:rsidR="00542CE4">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>decembrim</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00861FFC" w:rsidR="0053179D" w:rsidTr="24952C24" w14:paraId="4C0ADB4B" w14:textId="77777777">
+      <w:tr w:rsidR="0053179D" w:rsidRPr="00861FFC" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="24952C24">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00237B1A" w:rsidR="0053179D" w:rsidP="0053179D" w:rsidRDefault="0053179D" w14:paraId="0E9FE417" w14:textId="4EF0C815">
+          <w:p w14:paraId="0E9FE417" w14:textId="4EF0C815" w:rsidR="0053179D" w:rsidRPr="00237B1A" w:rsidRDefault="0053179D" w:rsidP="0053179D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00237B1A">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Termiņš projekta iesnieguma iesniegšanai priekšizskatīšanā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00237B1A" w:rsidR="0053179D" w:rsidP="60795C3A" w:rsidRDefault="1474107C" w14:paraId="26FE0AD7" w14:textId="5DF4B540">
+          <w:p w14:paraId="26FE0AD7" w14:textId="5DF4B540" w:rsidR="0053179D" w:rsidRPr="00237B1A" w:rsidRDefault="3CEDD8EC" w:rsidP="60795C3A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="24952C24" w:rsidR="3CEDD8EC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="506E66C0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="506E66C0" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="5B5D9C9E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="5B5D9C9E" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="172B1641">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="172B1641" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="3CEDD8EC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>gada</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">gada </w:t>
+            </w:r>
+            <w:r w:rsidR="27660EBD" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="43AF70FC" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="24952C24" w:rsidR="27660EBD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="27660EBD" w:rsidRPr="24952C24">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. jūlija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00237B1A" w:rsidR="00627902" w:rsidP="00DB605A" w:rsidRDefault="00C2542A" w14:paraId="7AF2B4B1" w14:textId="2270218C">
+          <w:p w14:paraId="7AF2B4B1" w14:textId="6B55A929" w:rsidR="00627902" w:rsidRPr="00237B1A" w:rsidRDefault="00C2542A" w:rsidP="00DB605A">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Līdz 2025. gada </w:t>
             </w:r>
+            <w:ins w:id="4" w:author="Liene Rubīna" w:date="2025-10-28T13:29:00Z" w16du:dateUtc="2025-10-28T11:29:00Z">
+              <w:r w:rsidR="006D0F41">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+            </w:ins>
+            <w:del w:id="5" w:author="Liene Rubīna" w:date="2025-10-28T13:29:00Z" w16du:dateUtc="2025-10-28T11:29:00Z">
+              <w:r w:rsidR="00F102EA" w:rsidDel="006D0F41">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>30</w:delText>
+              </w:r>
+            </w:del>
             <w:r w:rsidR="00F102EA">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>30. oktobrim</w:t>
-            </w:r>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:del w:id="6" w:author="Liene Rubīna" w:date="2025-10-28T13:30:00Z" w16du:dateUtc="2025-10-28T11:30:00Z">
+              <w:r w:rsidR="00F102EA" w:rsidDel="00511079">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>oktobrim</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="7" w:author="Liene Rubīna" w:date="2025-10-28T13:31:00Z" w16du:dateUtc="2025-10-28T11:31:00Z">
+              <w:r w:rsidR="009E4CCD">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+                  <w:szCs w:val="24"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>decembrim</w:t>
+              </w:r>
+            </w:ins>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00237B1A" w:rsidR="005F2FFD" w:rsidP="001A05D7" w:rsidRDefault="00C87C2E" w14:paraId="3AEDD0DA" w14:textId="018C4C6D">
+    <w:p w14:paraId="3AEDD0DA" w14:textId="018C4C6D" w:rsidR="005F2FFD" w:rsidRPr="00237B1A" w:rsidRDefault="00C87C2E" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237B1A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Prasības projekta iesniedzējam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00237B1A" w:rsidR="007C2284">
+      <w:r w:rsidR="007C2284" w:rsidRPr="00237B1A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00237B1A" w:rsidR="00BF2018">
+      <w:r w:rsidR="00BF2018" w:rsidRPr="00237B1A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>un sadarbības partnerim</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BA3CAD" w:rsidR="00E65F0B" w:rsidP="00BA3CAD" w:rsidRDefault="005203BB" w14:paraId="01840351" w14:textId="1DEF4C12">
+    <w:p w14:paraId="01840351" w14:textId="1DEF4C12" w:rsidR="00E65F0B" w:rsidRPr="00BA3CAD" w:rsidRDefault="005203BB" w:rsidP="00BA3CAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237B1A">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00BA3CAD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00237B1A">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedzējs ir</w:t>
       </w:r>
       <w:r w:rsidR="00BA3CAD">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA3CAD" w:rsidR="00E65F0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E65F0B" w:rsidRPr="00BA3CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Nodrošinājuma valsts aģentūra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA3CAD" w:rsidR="00BA3CAD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BA3CAD" w:rsidRPr="00BA3CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC50C0" w:rsidR="006C7F64" w:rsidP="00021066" w:rsidRDefault="004B56A5" w14:paraId="3E9BD767" w14:textId="3AEF2BDA">
+    <w:p w14:paraId="3E9BD767" w14:textId="3AEF2BDA" w:rsidR="006C7F64" w:rsidRPr="00EC50C0" w:rsidRDefault="004B56A5" w:rsidP="00021066">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC50C0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00021066">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00021066">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadarbības partneris</w:t>
       </w:r>
-      <w:r w:rsidRPr="00021066" w:rsidR="00B36071">
+      <w:r w:rsidR="00B36071" w:rsidRPr="00021066">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00021066" w:rsidR="00C92860">
+      <w:r w:rsidR="00C92860" w:rsidRPr="00021066">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00021066">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC50C0" w:rsidR="008051FF">
+      <w:r w:rsidR="008051FF" w:rsidRPr="00EC50C0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Valsts ugunsdzēsības un glābšanas dienest</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC50C0" w:rsidR="0BDB769D">
+      <w:r w:rsidR="0BDB769D" w:rsidRPr="00EC50C0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC50C0" w:rsidR="008051FF">
+      <w:r w:rsidR="008051FF" w:rsidRPr="00EC50C0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC50C0" w:rsidR="008051FF" w:rsidP="60795C3A" w:rsidRDefault="008051FF" w14:paraId="2FC1BAB2" w14:textId="1A65106A">
+    <w:p w14:paraId="2FC1BAB2" w14:textId="1A65106A" w:rsidR="008051FF" w:rsidRPr="00EC50C0" w:rsidRDefault="008051FF" w:rsidP="60795C3A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="992" w:hanging="425"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00693EE8" w:rsidP="001A05D7" w:rsidRDefault="00693EE8" w14:paraId="51642327" w14:textId="5F0F7CF3">
+    <w:p w14:paraId="51642327" w14:textId="5F0F7CF3" w:rsidR="00693EE8" w:rsidRPr="00D65F68" w:rsidRDefault="00693EE8" w:rsidP="001A05D7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="00DF10F8" w:rsidP="00C13006" w:rsidRDefault="00264C06" w14:paraId="1516A38F" w14:textId="15049D18">
+    <w:p w14:paraId="1516A38F" w14:textId="15049D18" w:rsidR="00DF10F8" w:rsidRPr="00CC5D3B" w:rsidRDefault="00264C06" w:rsidP="00C13006">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008945CD">
+      <w:r w:rsidR="008945CD" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003E7D44">
+      <w:r w:rsidR="003E7D44" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BA2C68">
+      <w:r w:rsidR="00BA2C68" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Proj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C45E5D">
+      <w:r w:rsidR="00C45E5D" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ekt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BA2C68">
+      <w:r w:rsidR="00BA2C68" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>u portāls</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003E7D44">
+      <w:r w:rsidR="003E7D44" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009B279C">
+      <w:r w:rsidR="009B279C" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId15">
-        <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FB10AE">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00FB10AE" w:rsidRPr="00CC5D3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00315B31">
+      <w:r w:rsidR="00315B31" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FB10AE">
+      <w:r w:rsidR="00FB10AE" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="00786796" w:rsidP="00786796" w:rsidRDefault="00D56FA0" w14:paraId="253BA502" w14:textId="539EE105">
+    <w:p w14:paraId="253BA502" w14:textId="539EE105" w:rsidR="00786796" w:rsidRPr="00CC5D3B" w:rsidRDefault="00D56FA0" w:rsidP="00786796">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>uridisk</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona, kura nav </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00C45E5D">
+      <w:r w:rsidR="00C45E5D" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portāla </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>e-vides lietotāj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="006A4986">
+      <w:r w:rsidR="006A4986" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001706E2">
+      <w:r w:rsidR="001706E2" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">līguma un lietotāju tiesību </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>veidlap</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001706E2">
+      <w:r w:rsidR="001706E2" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00D224DF">
+      <w:r w:rsidR="00D224DF" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstoši tīmekļvietnē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="001C5742">
+      <w:r w:rsidR="001C5742" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
-        <w:r w:rsidRPr="00CC5D3B" w:rsidR="008D0661">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="008D0661" w:rsidRPr="00CC5D3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00D224DF">
+      <w:r w:rsidR="00D224DF" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="001C5742" w:rsidP="00D65F68" w:rsidRDefault="005F011E" w14:paraId="7A5A73F1" w14:textId="7655C18B">
+    <w:p w14:paraId="7A5A73F1" w14:textId="7655C18B" w:rsidR="001C5742" w:rsidRPr="00D65F68" w:rsidRDefault="005F011E" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ja j</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>uridiska</w:t>
       </w:r>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, kura</w:t>
       </w:r>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00E4223D">
+      <w:r w:rsidR="00E4223D" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="003D4811">
+      <w:r w:rsidR="003D4811" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektu portāla </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>e-vides lietotāj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="006A4986">
+      <w:r w:rsidR="006A4986" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">a, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0039527A">
+      <w:r w:rsidR="0039527A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">nepieciešams </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0098519A">
+      <w:r w:rsidR="0098519A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>labot</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="006A4986">
+      <w:r w:rsidR="006A4986" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, anulēt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="0098519A">
+      <w:r w:rsidR="0098519A" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai piešķirt </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="002533D1">
+      <w:r w:rsidR="002533D1" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">lietotāju tiesības, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00620C60">
+      <w:r w:rsidR="00620C60" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">tā iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
-        <w:r w:rsidRPr="00786796" w:rsidR="00620C60">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00620C60" w:rsidRPr="00786796">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00620C60">
+      <w:r w:rsidR="00620C60" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D224DF">
+      <w:r w:rsidR="00D224DF" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E1465F" w:rsidR="00693EE8" w:rsidP="025F09B8" w:rsidRDefault="00EA3CA9" w14:paraId="6CE0DB61" w14:textId="0C8AB2F4">
+    <w:p w14:paraId="6CE0DB61" w14:textId="0C8AB2F4" w:rsidR="00693EE8" w:rsidRPr="00E1465F" w:rsidRDefault="00EA3CA9" w:rsidP="025F09B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00CE1E23">
+      <w:r w:rsidR="00CE1E23" w:rsidRPr="025F09B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizpilda projekta iesnieguma datu laukus</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="0026E9D6">
+      <w:r w:rsidR="0026E9D6" w:rsidRPr="025F09B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> un pievieno pielikumus</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00CE1E23">
+      <w:r w:rsidR="00CE1E23" w:rsidRPr="025F09B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00783061">
+      <w:r w:rsidR="00783061" w:rsidRPr="025F09B8">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">(ja kāds no zemāk minētajiem dokumentiem pieejams publiski pieejamā tīmekļvietnē, attiecīgajā projekta iesnieguma datu laukā norāda tīmekļvietnes adresi vai, ja kāds no iesniedzamiem dokumentiem Projektu portālā ir iesniegts cita projekta ietvaros, norāda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1465F" w:rsidR="00783061">
+      <w:r w:rsidR="00783061" w:rsidRPr="00E1465F">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta numuru): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E1465F" w:rsidR="00B15FE7" w:rsidP="00903862" w:rsidRDefault="007B3491" w14:paraId="58AF64B2" w14:textId="59977809">
+    <w:p w14:paraId="58AF64B2" w14:textId="59977809" w:rsidR="00B15FE7" w:rsidRPr="00E1465F" w:rsidRDefault="007B3491" w:rsidP="00903862">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk160614523" w:id="0"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk160614523"/>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">izmaksu un ieguvumu analīzi </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ietver “Projekta izmaksu efektivitātes novērtēšana” veidlapu</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;  atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="002959A5">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidR="002959A5">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. pielikums)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E1465F" w:rsidR="007E7CD4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="007E7CD4" w:rsidRPr="00E1465F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E1465F" w:rsidR="00E647C6" w:rsidP="00903862" w:rsidRDefault="00E647C6" w14:paraId="347A9904" w14:textId="77777777">
+    <w:p w14:paraId="347A9904" w14:textId="77777777" w:rsidR="00E647C6" w:rsidRPr="00E1465F" w:rsidRDefault="00E647C6" w:rsidP="00903862">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izmaksas pamatojošus dokumentus:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E1465F" w:rsidR="00E647C6" w:rsidP="00D65F68" w:rsidRDefault="00E647C6" w14:paraId="0DCBB208" w14:textId="77777777">
+    <w:p w14:paraId="0DCBB208" w14:textId="77777777" w:rsidR="00E647C6" w:rsidRPr="00E1465F" w:rsidRDefault="00E647C6" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1465F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>indikatīvu būvdarbu izmaksu aplēsi (tāmi);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F2159F" w:rsidR="00903862" w:rsidP="00D65F68" w:rsidRDefault="00903862" w14:paraId="42615E63" w14:textId="237655F1">
+    <w:p w14:paraId="42615E63" w14:textId="237655F1" w:rsidR="00903862" w:rsidRPr="00F2159F" w:rsidRDefault="00903862" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta budžetā (projekta iesnieguma sadaļā “Budžeta kopsavilkums”) norādīto izmaksu apmēru pamatojoš</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokument</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ja attiecināms):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E647C6" w:rsidR="00E647C6" w:rsidP="00D65F68" w:rsidRDefault="00903862" w14:paraId="5EE8FEC5" w14:textId="3018D3A0">
+    <w:p w14:paraId="5EE8FEC5" w14:textId="3018D3A0" w:rsidR="00E647C6" w:rsidRPr="00E647C6" w:rsidRDefault="00903862" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="2410" w:hanging="992"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">paredzēto materiāltehnisko līdzekļu un aprīkojuma izmaksu aprēķinus pamatojošos dokumentus (ja attiecināms); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E647C6" w:rsidR="00903862" w:rsidP="00D65F68" w:rsidRDefault="00903862" w14:paraId="30443195" w14:textId="70B806C7">
+    <w:p w14:paraId="30443195" w14:textId="70B806C7" w:rsidR="00903862" w:rsidRPr="00E647C6" w:rsidRDefault="00903862" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="2410" w:hanging="992"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>uzņēmuma/pakalpojumu līgumu izmaksu aprēķina atšifrējumu, kas pamato plānoto izmaksu apmēru uz vienu rādītāja vienību (informāciju par veiktajām tirgus aptaujām, statistikas datiem, pieredzi līdzīgos projektos u. tml.) (ja attiecināms);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E647C6" w:rsidP="00D65F68" w:rsidRDefault="00DA6215" w14:paraId="70BA565C" w14:textId="31C9EE90">
+    <w:p w14:paraId="70BA565C" w14:textId="31C9EE90" w:rsidR="00E647C6" w:rsidRDefault="00DA6215" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="788" w:hanging="431"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA6215">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">apliecinājumu par informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā (atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="003F66A6">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA6215">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>. pielikums</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6215">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>pielikums</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>attiecināms</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7EF0" w:rsidRPr="008E7EF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7EF0" w:rsidRPr="008E7EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> uz sadarbības </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>attiecināms</w:t>
+      </w:r>
+      <w:r w:rsidR="00E174CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>partneri</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> uz sadarbības </w:t>
+      </w:r>
+      <w:r w:rsidR="00711FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>, kas ir publiska persona, t.sk. tās iestāde, struktūrvienība, orgāns, kapitālsabiedrība</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>partneri</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7EF0" w:rsidRPr="008E7EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>, kas ir publiska persona, t.sk. tās iestāde, struktūrvienība, orgāns, kapitālsabiedrība</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6215">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E7EF0" w:rsidP="00D65F68" w:rsidRDefault="00CE1198" w14:paraId="1AF1789A" w14:textId="5012A1BA">
+    <w:p w14:paraId="1AF1789A" w14:textId="5012A1BA" w:rsidR="008E7EF0" w:rsidRDefault="00CE1198" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="788" w:hanging="431"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE1198">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības līgumu, kas noslēgts ar sadarbības partneri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un kurā </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F3103" w:rsidR="005F3103">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005F3103" w:rsidRPr="005F3103">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ir iekļauta vismaz Ministru kabineta 2023. gada 13. jūnija noteikumu Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021. – 2027. gada plānošanas periodā” 6. punktā minētā informācija</w:t>
       </w:r>
       <w:r w:rsidR="005F3103">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EC58D1" w:rsidR="00EC58D1" w:rsidP="00EC58D1" w:rsidRDefault="00EC58D1" w14:paraId="5A1F81D8" w14:textId="77777777">
+    <w:p w14:paraId="5A1F81D8" w14:textId="77777777" w:rsidR="00EC58D1" w:rsidRPr="00EC58D1" w:rsidRDefault="00EC58D1" w:rsidP="00EC58D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC58D1">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pārveidojamu transportlīdzekļu autotransporta reģistrācijas apliecība/s (attiecināms uz projektu "Ugunsdrošības un civilās aizsardzības koledžas profesionālās izglītības iestādes kompleksa būvniecības 1. kārta, Drošības klašu izveide”);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005214F3" w:rsidR="005214F3" w:rsidP="025F09B8" w:rsidRDefault="00FC6920" w14:paraId="4C590A57" w14:textId="2620C7C9">
+    <w:p w14:paraId="4C590A57" w14:textId="2620C7C9" w:rsidR="005214F3" w:rsidRPr="005214F3" w:rsidRDefault="00FC6920" w:rsidP="025F09B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="005214F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005214F3" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pliecinājums par papildinošas saimnieciskas darbības, parasto papildpakalpojumu un citas saimnieciskas darbības veikšanu infrastruktūrā atbilstoši atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00EE132A">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="005214F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005214F3" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. pielikum</w:t>
       </w:r>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="005214F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005214F3" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> formai (attiecināms, ja infrastruktūrā tiek veikta papildinoša saimnieciska darbība, sniegti parastie papildpakalpojumi un veikta cita saimnieciska darbība);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="005214F3" w:rsidR="005214F3" w:rsidP="025F09B8" w:rsidRDefault="005214F3" w14:paraId="0EEE9196" w14:textId="7A4BC241">
+    <w:p w14:paraId="0EEE9196" w14:textId="7A4BC241" w:rsidR="005214F3" w:rsidRPr="005214F3" w:rsidRDefault="005214F3" w:rsidP="025F09B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ja infrastruktūrā TIEK veikta papildinoša saimnieciska darbība, parastie papildpakalpojumi un cita saimnieciska darbība: aprēķins atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00936193">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00936193" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="33397B44">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="33397B44" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00936193">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00936193" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ases </w:t>
       </w:r>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00EE132A">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000E2F10">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="025F09B8" w:rsidR="00A36593">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A36593" w:rsidRPr="025F09B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="025F09B8">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikumam, līgumi vai jebkura cita veida informācija par ēkas daļas iznomāšanu vai dokumentāciju par iznomātajām telpām platības, laika vai finanšu izteiksmē;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E647C6" w:rsidR="005F3103" w:rsidP="00D65F68" w:rsidRDefault="005214F3" w14:paraId="605C44B5" w14:textId="48DA5349">
+    <w:p w14:paraId="605C44B5" w14:textId="48DA5349" w:rsidR="005F3103" w:rsidRPr="00E647C6" w:rsidRDefault="005214F3" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005214F3">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>citi dokumenti (attiecināms, ja tie nepieciešami projekta iesnieguma kvalitatīvai izvērtēšanai).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="00CF6E17" w:rsidP="00D65F68" w:rsidRDefault="1E477A8E" w14:paraId="7A81AF97" w14:textId="587CACCD">
+    <w:p w14:paraId="7A81AF97" w14:textId="587CACCD" w:rsidR="00CF6E17" w:rsidRPr="00CC5D3B" w:rsidRDefault="1E477A8E" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="445D3849">
+      <w:r w:rsidR="445D3849" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="445D3849">
+      <w:r w:rsidR="445D3849" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="7F828B8C">
+      <w:r w:rsidR="7F828B8C" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda precīzi, nodrošinot to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00AC39FA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AC39FA" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>identificējamību</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="281F401B">
+      <w:r w:rsidR="281F401B" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="08EF4D21">
+      <w:r w:rsidR="08EF4D21" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00786796" w:rsidP="00786796" w:rsidRDefault="00313F21" w14:paraId="0809A9A0" w14:textId="5093119F">
+    <w:p w14:paraId="0809A9A0" w14:textId="5093119F" w:rsidR="00786796" w:rsidRDefault="00313F21" w:rsidP="00786796">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lai nodrošinātu kvalitatīvu projekta iesnieguma veidlapas aizpildīšanu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="005C4725">
+      <w:r w:rsidR="005C4725" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmanto </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001504F4">
+      <w:r w:rsidR="001504F4" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E16155" w:rsidR="001504F4">
+      <w:r w:rsidR="001504F4" w:rsidRPr="00E16155">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05362D68" wp14:editId="0A78B059">
             <wp:extent cx="219106" cy="200053"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="744531427" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="744531427" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="219106" cy="200053"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001504F4">
+      <w:r w:rsidR="001504F4" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ietvertos skaidrojumus </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>projekta iesnieguma veidlapas aizpildīšana</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001504F4">
+      <w:r w:rsidR="001504F4" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4920" w:rsidP="00D65F68" w:rsidRDefault="007122C3" w14:paraId="2CFA12F7" w14:textId="4DB6A94D">
+    <w:p w14:paraId="2CFA12F7" w14:textId="4DB6A94D" w:rsidR="007C4920" w:rsidRDefault="007122C3" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Izmaksu plānošanā jāņem vērā Finanšu ministrijas 2025. gada 9. jūnija vadlīnijas Nr. 1.2 “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.-2027.gada plānošanas periodā”, kas pieejamas tīmekļa vietnē</w:t>
       </w:r>
       <w:r w:rsidR="00373D48">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
-        <w:r w:rsidRPr="00897B06" w:rsidR="007C4920">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="007C4920" w:rsidRPr="00897B06">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00786796" w:rsidR="005E7CDE" w:rsidP="00786796" w:rsidRDefault="005E7CDE" w14:paraId="1B657C2C" w14:textId="4A8AE3AA">
+    <w:p w14:paraId="1B657C2C" w14:textId="4A8AE3AA" w:rsidR="005E7CDE" w:rsidRPr="00786796" w:rsidRDefault="005E7CDE" w:rsidP="00786796">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00636A89">
+      <w:r w:rsidR="00636A89" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>nformācija par aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="004469DA">
+      <w:r w:rsidR="004469DA" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00636A89">
+      <w:r w:rsidR="00636A89" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, ko projekta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="000A6B93">
+      <w:r w:rsidR="000A6B93" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00636A89">
+      <w:r w:rsidR="00636A89" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmanto sagatavojot projekta iesniegumu, pieejama</w:t>
       </w:r>
-      <w:r w:rsidRPr="00786796" w:rsidR="00C0495E">
+      <w:r w:rsidR="00C0495E" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId20">
-        <w:r w:rsidRPr="00786796" w:rsidR="00C0495E">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00C0495E" w:rsidRPr="00786796">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00786796" w:rsidR="00C0495E">
+      <w:r w:rsidR="00C0495E" w:rsidRPr="00786796">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="00446CC4" w:rsidP="00786796" w:rsidRDefault="3AEC74B1" w14:paraId="1EE335CF" w14:textId="5C9698C8">
+    <w:p w14:paraId="1EE335CF" w14:textId="5C9698C8" w:rsidR="00446CC4" w:rsidRPr="00CC5D3B" w:rsidRDefault="3AEC74B1" w:rsidP="00786796">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1B389443">
+      <w:r w:rsidR="1B389443" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00C65276">
+      <w:r w:rsidR="00C65276" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>sveš</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">valodā, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>atbilstoši</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="08FF6078">
+      <w:r w:rsidR="08FF6078" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Valsts</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> valodas likum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>am pievieno Ministru kabineta 2000.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="36509AE9">
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>gada 22</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="36509AE9">
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>augusta noteikumu Nr.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="36509AE9">
+      <w:r w:rsidR="36509AE9" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">291 “Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>noteiktajā kārtībā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="1EE2A303">
+      <w:r w:rsidR="1EE2A303" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai notariāli apliecinātu tulkojumu valsts valodā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="6DE0719E">
+      <w:r w:rsidR="6DE0719E" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="00411490" w:rsidP="002A7D5C" w:rsidRDefault="00030AA6" w14:paraId="68BD4AD8" w14:textId="72C765FE">
+    <w:p w14:paraId="68BD4AD8" w14:textId="72C765FE" w:rsidR="00411490" w:rsidRPr="00CC5D3B" w:rsidRDefault="00030AA6" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00313F21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a iesniegumā summas norāda </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00313F21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00313F21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz 2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00DB7526">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB7526" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">cipariem </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00313F21">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00313F21" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aiz komata.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="001306D9" w:rsidP="002A7D5C" w:rsidRDefault="0042748D" w14:paraId="40019846" w14:textId="63CD1718">
+    <w:p w14:paraId="40019846" w14:textId="63CD1718" w:rsidR="001306D9" w:rsidRPr="00CC5D3B" w:rsidRDefault="0042748D" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FA3DD6">
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rojekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="0072213C">
+      <w:r w:rsidR="0072213C" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FA3DD6">
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz līdz projekt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00406312">
+      <w:r w:rsidR="00406312" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FA3DD6">
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00406312">
+      <w:r w:rsidR="00406312" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FA3DD6">
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegšanas beigu termiņam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00FA3DD6">
+      <w:r w:rsidR="00FA3DD6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="001306D9" w:rsidP="002A7D5C" w:rsidRDefault="002B6657" w14:paraId="183B9305" w14:textId="2D3EB7AF">
+    <w:p w14:paraId="183B9305" w14:textId="2D3EB7AF" w:rsidR="001306D9" w:rsidRPr="00CC5D3B" w:rsidRDefault="002B6657" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts pēc projektu iesniegumu iesniegšanas beigu datuma, tas netiek vērtēts. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00AA1B48">
+      <w:r w:rsidR="00AA1B48" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Centrālā finanšu un līgumu aģentūra (turpmāk – s</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>adarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00AA1B48">
+      <w:r w:rsidR="00AA1B48" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> par to informē projekta iesniedzēju</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="0013188F">
+      <w:r w:rsidR="0013188F" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="008E372B" w:rsidP="00833B90" w:rsidRDefault="68672EE0" w14:paraId="22452EA0" w14:textId="30ED6472">
+    <w:p w14:paraId="22452EA0" w14:textId="30ED6472" w:rsidR="008E372B" w:rsidRPr="00CC5D3B" w:rsidRDefault="68672EE0" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējam pēc projekta iesnieguma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="2EAD6D44">
+      <w:r w:rsidR="2EAD6D44" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="106D7AB6">
+      <w:r w:rsidR="106D7AB6" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sadarbības iestādē</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nosūt</w:t>
       </w:r>
       <w:r w:rsidR="00F26037">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00E4223D">
+      <w:r w:rsidR="00E4223D" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>automātiski sagatavot</w:t>
       </w:r>
       <w:r w:rsidR="00F26037">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A9599A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elektroniskā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>past</w:t>
       </w:r>
       <w:r w:rsidR="00A9599A">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a vēstuli</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="06B31755">
+      <w:r w:rsidR="06B31755" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma iesniegšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="008E372B" w:rsidP="00DB7526" w:rsidRDefault="00A111C6" w14:paraId="421D37D3" w14:textId="774D934B">
+    <w:p w14:paraId="421D37D3" w14:textId="774D934B" w:rsidR="008E372B" w:rsidRPr="00CC5D3B" w:rsidRDefault="00A111C6" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Konsultatīvais atbalsts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00916ED5">
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> ierobežotā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00BF5A92">
+      <w:r w:rsidR="00BF5A92" w:rsidRPr="00CC5D3B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlasē</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00CC5D3B" w:rsidR="004C0025" w:rsidP="002A7D5C" w:rsidRDefault="008E372B" w14:paraId="059B75BC" w14:textId="1833946A">
+    <w:p w14:paraId="059B75BC" w14:textId="3EB93E59" w:rsidR="004C0025" w:rsidRPr="00CC5D3B" w:rsidRDefault="008E372B" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120492295" w:id="1"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120492295"/>
       <w:r w:rsidRPr="00CC5D3B">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="003006B8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003006B8" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00ED6CC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="009D55CA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, sagatavojot </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00A749C2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A749C2" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumu, var saņemt sadarbības iestādes konsultatīvo atbalstu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00ED6CC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta ies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="009D55CA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00ED6CC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED6CC8" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ieguma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00912EA6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00912EA6" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sagatavo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="009D55CA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009D55CA" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>šana</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00A749C2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A749C2" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="003E43EE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003E43EE" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00782546">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00782546" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vienu reizi </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="003E43EE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003E43EE" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iesniedzot projekta iesniegumu priekšizskatīšan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00732ED1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00732ED1" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ai </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="006D6857">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006D6857" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC5D3B" w:rsidR="00EB18BD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00EB18BD" w:rsidRPr="00CC5D3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00DA529F">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000142D5" w:rsidR="00DA529F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DA529F" w:rsidRPr="000142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">līdz </w:t>
       </w:r>
       <w:r w:rsidR="000142D5">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2025.gada</w:t>
       </w:r>
+      <w:ins w:id="10" w:author="Jekaterīna Bambāne" w:date="2025-10-28T13:57:00Z" w16du:dateUtc="2025-10-28T11:57:00Z">
+        <w:r w:rsidR="001E1701">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1.decembrim</w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="11" w:author="Jekaterīna Bambāne" w:date="2025-10-28T13:57:00Z" w16du:dateUtc="2025-10-28T11:57:00Z">
+        <w:r w:rsidR="00D51754" w:rsidDel="001E1701">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> 30.oktobrim</w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="00D51754">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 30.oktobrim.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00F714F3" w:rsidP="002A7D5C" w:rsidRDefault="00723777" w14:paraId="760F9B36" w14:textId="1C13FA18">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="760F9B36" w14:textId="1C13FA18" w:rsidR="00F714F3" w:rsidRPr="00D65F68" w:rsidRDefault="00723777" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums iesniegts priekšizskatīšanai, sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009737AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D0C85" w:rsidR="00CA47AD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA47AD" w:rsidRPr="005D0C85">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009737AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbdienu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009737AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izskata </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009737AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">priekšizskatīšanai saņemto projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="00CB4E9B">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00E4223D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E4223D" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008C76AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sniedz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00774218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00774218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>viedokli par projekta iesniegumā norādītās informācijas atbilstību</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00130DEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00130DEE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAM</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00774218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00774218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> MK noteikumu un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00886C91">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00886C91" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> š</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0053706B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0053706B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002B6B33">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002B6B33" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00774218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00774218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nolikuma prasībām</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009737AF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009737AF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D77574" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D77574">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja atlases </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref172292401 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D01F74" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D01F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D77574" w:rsidR="00D77574">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D77574" w:rsidRPr="00D77574">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> punktā minētā vērtēšanas komisija ir izveidota līdz projekta iesnieguma iesniegšanai priekšizskatīšanā, atbildīgās iestādes un nozares ministrijas pārstāvji, kuri norīkoti darbam vērtēšanas komisijā, var iesaistīties priekšizskatīšanai iesniegtā projekta iesnieguma izskatīšanā.</w:t>
       </w:r>
       <w:r w:rsidR="00D77574">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Priekšizskatīšanā sniegt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008C76AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="007D412F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007D412F" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jam</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadarbības iestādes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008C76AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>viedokli</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00024BE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00024BE0" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00024BE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00024BE0" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008C76AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C76AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>komentāriem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir rekomendējošs raksturs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D30F5A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D30F5A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00B4298A" w:rsidP="00833B90" w:rsidRDefault="00690AC3" w14:paraId="1E95DBAC" w14:textId="65783B05">
+    <w:p w14:paraId="1E95DBAC" w14:textId="65783B05" w:rsidR="00B4298A" w:rsidRPr="00D65F68" w:rsidRDefault="00690AC3" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc priekšizskatīšanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00652D3A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00652D3A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesnie</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dzējam ir tiesības precizēt projekta iesniegumu,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FA76F6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FA76F6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ievērojot projektu iesniegumu iesniegšanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C108F8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C108F8" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="004C7EC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C7EC5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F714F3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F714F3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00916ED5" w:rsidP="0D1C0D36" w:rsidRDefault="00970461" w14:paraId="3B75B470" w14:textId="71B5C48E">
+    <w:p w14:paraId="3B75B470" w14:textId="71B5C48E" w:rsidR="00916ED5" w:rsidRPr="00D65F68" w:rsidRDefault="00970461" w:rsidP="0D1C0D36">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120490924" w:id="2"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120490924"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc projekta iesnieguma iesniegšanas sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0008339D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0008339D" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00916ED5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumā konstatē tehniskas neprecizitātes vai tādas nepilnības, ko var novērst līdz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F34F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F34F43" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00D62468">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490735 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C95BD2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C95BD2" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00995218">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00995218" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00582061">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00582061" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktā lēmuma pieņemšanai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00916ED5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F34F43">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F34F43" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00916ED5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B071D2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B071D2" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00582061">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00582061" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ziņojuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="004C2AE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C2AE4" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>veidā informē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00916ED5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="004C2AE4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C2AE4" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00916ED5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00916ED5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="001F6058" w:rsidP="002A7D5C" w:rsidRDefault="48D7B61A" w14:paraId="58A8C74D" w14:textId="383FDC4B">
+    <w:p w14:paraId="58A8C74D" w14:textId="383FDC4B" w:rsidR="001F6058" w:rsidRPr="00D65F68" w:rsidRDefault="48D7B61A" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120491921" w:id="3"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref120491921"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="4F1684EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="7DCC3368">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="7DCC3368" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="277144E6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="277144E6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> nolikuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="4F1684EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF09FF">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="003A5859">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="4F1684EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="4F1684EB" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā norādītās informācijas saņemšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesniedzējam ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="415B8946">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="415B8946" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tiesības </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="701A7D08">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="701A7D08" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestādes noteiktajā termiņā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="701A7D08">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="701A7D08" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="77B2BBFA" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="51CC502C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="51CC502C" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00307416">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00307416" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="51CC502C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="51CC502C" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="369D170B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="369D170B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="002927C4" w:rsidP="002A7D5C" w:rsidRDefault="006204AD" w14:paraId="69EC6F73" w14:textId="1D1938B7">
+    <w:p w14:paraId="69EC6F73" w14:textId="1D1938B7" w:rsidR="002927C4" w:rsidRPr="00D65F68" w:rsidRDefault="006204AD" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="006D2D4B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006D2D4B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00920415">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00920415" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="002D7636">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F72ABA">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BC64AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā minētajā ziņojumā norādītā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003842C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003842C3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izpildes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BC64AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00E7299C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E7299C" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>termiņa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BC64AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BC64AE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003309DA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003309DA" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vērtēšanas komisija</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="006507F9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006507F9" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izvērtē projekta iesniegumu un sniedz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00421071">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00421071" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atzinumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120491269 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002727BF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002727BF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="007C7713">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007C7713" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C15A36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15A36" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. nodaļā no</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00AD22A0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">teiktajā kārtībā. Gadījumā, ja projekta iesniegums nav atkārtoti iesniegts šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="005B01D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005B01D1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001B7670">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00AD22A0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AD22A0" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā noteiktajā kārtībā, komisija vērtē projekta iesnieguma sākotnēji iesniegtās informācijas apjomā. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="002727BF" w:rsidP="00C0495E" w:rsidRDefault="00916ED5" w14:paraId="79D4808F" w14:textId="0508D279">
+    <w:p w14:paraId="79D4808F" w14:textId="0508D279" w:rsidR="002727BF" w:rsidRPr="00D65F68" w:rsidRDefault="00916ED5" w:rsidP="00C0495E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D25D08">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D25D08" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>šī nolikuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002815A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002C7DC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002C7DC5" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="001B7670">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002815A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B54A16">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B54A16" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktā termiņa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002815A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002815A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002815A6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002815A6" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B97422">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00AF1E78">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008B722A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B722A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā ziņojumā norādītā termiņā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="006350CD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006350CD" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008B722A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B722A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B54A16">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B54A16" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00A01D52" w:rsidP="00DB7526" w:rsidRDefault="00A01D52" w14:paraId="2E23197B" w14:textId="68057499">
+    <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00D65F68" w:rsidRDefault="00A01D52" w:rsidP="00DB7526">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120491269" w:id="4"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00D537C1" w:rsidP="002A7D5C" w:rsidRDefault="00D537C1" w14:paraId="473A255F" w14:textId="48DCE104">
+    <w:p w14:paraId="473A255F" w14:textId="48DCE104" w:rsidR="00D537C1" w:rsidRPr="00D65F68" w:rsidRDefault="00D537C1" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00CC10BB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CC10BB" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C13EB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības fondu 2021.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C441E1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C441E1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00711EC7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00711EC7" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C441E1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C441E1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C13EB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">2027. gada plānošanas perioda vadības likuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003C2265">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003C2265" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – Likums) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C13EB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C13EB3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">21. panta prasībām atbilstošu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projektu iesniegumu vērtēšanas komisiju (turpmāk</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērtēšanas komisija)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00614668">
+      <w:r w:rsidR="00614668" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve">likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā” un </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Regulas Nr. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00E002CE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E002CE" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00A004A1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A004A1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2509</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> 61.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00402F7A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00402F7A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FB4B0B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pantā noteikto</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="004D4E35">
+      <w:r w:rsidR="004D4E35" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="D13438"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00D537C1" w:rsidP="002A7D5C" w:rsidRDefault="00D537C1" w14:paraId="12545E31" w14:textId="7C03350F">
+    <w:p w14:paraId="12545E31" w14:textId="7C03350F" w:rsidR="00D537C1" w:rsidRPr="00D65F68" w:rsidRDefault="00D537C1" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D03AB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Latvijas Republikas un Eiropas Savienības normatīvajiem aktiem</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kā arī </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D03AB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003D7C86">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003D7C86" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildīgi </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">par </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008B1741">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008B1741" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">objektivitātes un </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">konfidencialitātes ievērošanu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0052340B" w:rsidP="00833B90" w:rsidRDefault="00B60437" w14:paraId="52EF6844" w14:textId="2082DB15">
+    <w:p w14:paraId="52EF6844" w14:textId="2082DB15" w:rsidR="0052340B" w:rsidRPr="00D65F68" w:rsidRDefault="00B60437" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120520594" w:id="5"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00ED50C7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00ED50C7" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beigām vērtē projektu iesniegumus saskaņā ar projektu iesniegumu vērtēšanas kritērijiem, ievērojot projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā noteikto </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0043459A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0043459A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00D069C2">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00210C00">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00210C00" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00AF29FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AF29FF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0043459A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0043459A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0043459A" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D537C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="000E76D2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000E76D2" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B75942">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B75942" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D537C1">
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>aizpildot projekt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00485091">
+      <w:r w:rsidR="00485091" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D537C1">
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegum</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00485091">
+      <w:r w:rsidR="00485091" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D537C1">
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0020379A" w:rsidP="00C0495E" w:rsidRDefault="34A7FB25" w14:paraId="7DCBB967" w14:textId="5408F2CF">
+    <w:p w14:paraId="7DCBB967" w14:textId="5408F2CF" w:rsidR="0020379A" w:rsidRPr="00D65F68" w:rsidRDefault="34A7FB25" w:rsidP="00C0495E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120489080" w:id="6"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref120489080"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B21429">
+      <w:r w:rsidR="00B21429" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B644CD">
+      <w:r w:rsidR="00B644CD" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, vispirms izvērtējot visus neprecizēj</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001A3435">
+      <w:r w:rsidR="001A3435" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B644CD">
+      <w:r w:rsidR="00B644CD" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>mos</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00A04699">
+      <w:r w:rsidR="00A04699" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">un pēc tam </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00A65928">
+      <w:r w:rsidR="00A65928" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>– precizējamos kritērijus šādā  secībā</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0020379A" w:rsidP="002A7D5C" w:rsidRDefault="00DB6821" w14:paraId="2E3CECE5" w14:textId="5999897C">
+    <w:p w14:paraId="2E3CECE5" w14:textId="5999897C" w:rsidR="0020379A" w:rsidRPr="00D65F68" w:rsidRDefault="00DB6821" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>vienotie kritēriji</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00A72958">
+      <w:r w:rsidR="00A72958" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā)</w:t>
       </w:r>
       <w:r w:rsidR="003919E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0020379A" w:rsidP="002A7D5C" w:rsidRDefault="00DB6821" w14:paraId="720C01FA" w14:textId="0D1D806E">
+    <w:p w14:paraId="720C01FA" w14:textId="0D1D806E" w:rsidR="0020379A" w:rsidRPr="00D65F68" w:rsidRDefault="00DB6821" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00926E26">
+      <w:r w:rsidR="00926E26" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā)</w:t>
       </w:r>
       <w:r w:rsidR="003919E1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00F22ECE" w:rsidP="025F09B8" w:rsidRDefault="00DB6821" w14:paraId="22D053A6" w14:textId="3E3C360D">
+    <w:p w14:paraId="22D053A6" w14:textId="3E3C360D" w:rsidR="00F22ECE" w:rsidRPr="00D65F68" w:rsidRDefault="00DB6821" w:rsidP="025F09B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00926E26">
+      <w:r w:rsidR="00926E26" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vērtē </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D65F68">
+      <w:r w:rsidR="00D65F68" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>visi balsstiesīgie vērtēšanas komisijas locekļi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00926E26">
+      <w:r w:rsidR="00926E26" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009970E4">
+      <w:r w:rsidR="009970E4" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00E60B1A" w:rsidP="002A7D5C" w:rsidRDefault="00D537C1" w14:paraId="6DC8EF62" w14:textId="06FD8DED">
+    <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00D65F68" w:rsidRDefault="00D537C1" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120491837" w:id="7"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C62E95">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C62E95" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="009B5CD7" w:rsidP="00833B90" w:rsidRDefault="00F31B42" w14:paraId="1098FF39" w14:textId="1EAF12D3">
+    <w:p w14:paraId="1098FF39" w14:textId="1EAF12D3" w:rsidR="009B5CD7" w:rsidRPr="00D65F68" w:rsidRDefault="00F31B42" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120491666" w:id="8"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009F3EDF">
+      <w:r w:rsidR="009F3EDF" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>komisija izvērtē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009F3EDF">
+      <w:r w:rsidR="009F3EDF" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C83F2F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C83F2F" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D537C1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00D537C1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0093766F" w:rsidP="00593C80" w:rsidRDefault="0093766F" w14:paraId="5883F8B6" w14:textId="7F88CBB7">
+    <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00D65F68" w:rsidRDefault="0093766F" w:rsidP="00593C80">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001A2736">
+      <w:r w:rsidR="001A2736" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="007A6511">
+      <w:r w:rsidR="007A6511" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0093766F" w:rsidP="002A7D5C" w:rsidRDefault="00000595" w14:paraId="59E93123" w14:textId="54192BF3">
+    <w:p w14:paraId="59E93123" w14:textId="54192BF3" w:rsidR="0093766F" w:rsidRPr="00D65F68" w:rsidRDefault="00000595" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120490735" w:id="9"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref120490735"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="002A370A">
+      <w:r w:rsidR="002A370A" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">adarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0093766F">
+      <w:r w:rsidR="0093766F" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>(turpmāk – lēmums) par:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0093766F" w:rsidP="002A7D5C" w:rsidRDefault="0093766F" w14:paraId="620EEF71" w14:textId="77777777">
+    <w:p w14:paraId="620EEF71" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00D65F68" w:rsidRDefault="0093766F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120521412" w:id="10"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0093766F" w:rsidP="002A7D5C" w:rsidRDefault="0093766F" w14:paraId="7204B92F" w14:textId="77777777">
+    <w:p w14:paraId="7204B92F" w14:textId="77777777" w:rsidR="0093766F" w:rsidRPr="00D65F68" w:rsidRDefault="0093766F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120521415" w:id="11"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="004D46FF" w:rsidP="002A7D5C" w:rsidRDefault="0093766F" w14:paraId="4273B6EA" w14:textId="77777777">
+    <w:p w14:paraId="4273B6EA" w14:textId="77777777" w:rsidR="004D46FF" w:rsidRPr="00D65F68" w:rsidRDefault="0093766F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0D1C0D36" w:rsidP="00EF3CCB" w:rsidRDefault="00EF3CCB" w14:paraId="398EAC86" w14:textId="663C45A3">
+    <w:p w14:paraId="398EAC86" w14:textId="663C45A3" w:rsidR="0D1C0D36" w:rsidRPr="00D65F68" w:rsidRDefault="00EF3CCB" w:rsidP="00EF3CCB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu sadarbības iestāde pieņem </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00B375F1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B375F1" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>viena</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> mēneš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00BE4E42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BE4E42" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā pēc projektu iesniegumu iesniegšanas beigu datuma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00E00D8D" w:rsidP="0D1C0D36" w:rsidRDefault="00E860CF" w14:paraId="237CDED1" w14:textId="4332E0FA">
+    <w:p w14:paraId="237CDED1" w14:textId="4332E0FA" w:rsidR="00E00D8D" w:rsidRPr="00D65F68" w:rsidRDefault="00E860CF" w:rsidP="0D1C0D36">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lēmumu par projekta </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0072213C">
+      <w:r w:rsidR="0072213C" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">iesnieguma </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">apstiprināšanu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001F518A">
+      <w:r w:rsidR="001F518A" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> pieņem, ja</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00D03AB3">
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00E00D8D">
+      <w:r w:rsidR="00E00D8D" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniegums atbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00E60B1A" w:rsidP="002A7D5C" w:rsidRDefault="00E860CF" w14:paraId="584A0BF6" w14:textId="2B8BFACA">
+    <w:p w14:paraId="584A0BF6" w14:textId="2B8BFACA" w:rsidR="00E60B1A" w:rsidRPr="00D65F68" w:rsidRDefault="00E860CF" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu var pieņemt par katru projektu atsevišķi, negaidot visu projektu vērtēšanas rezultātus</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00871391">
+      <w:r w:rsidR="00871391" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00E860CF" w:rsidP="002A7D5C" w:rsidRDefault="00250E1E" w14:paraId="6AF2D09B" w14:textId="003CAB75">
+    <w:p w14:paraId="6AF2D09B" w14:textId="003CAB75" w:rsidR="00E860CF" w:rsidRPr="00D65F68" w:rsidRDefault="00250E1E" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu pieņem, ja projekta iesniedzējam nepieciešams veikt sadarbības iestādes noteiktās darbības, lai projekta iesniegums pilnībā atbilstu projektu iesniegumu vērtēšanas kritērijiem un projektu varētu atbilstoši īstenot.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="001E4627">
+      <w:r w:rsidR="001E4627" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja projekta iesniegums ir apstiprināts ar nosacījumu, projekta iesniedzējs veic tikai darbības, kuras ir noteiktas lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="009930F5" w:rsidP="002A7D5C" w:rsidRDefault="00A053E0" w14:paraId="08DBB484" w14:textId="1BE658D2">
+    <w:p w14:paraId="08DBB484" w14:textId="1BE658D2" w:rsidR="009930F5" w:rsidRPr="00D65F68" w:rsidRDefault="00A053E0" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00060FFB">
+      <w:r w:rsidR="00060FFB" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesnieguma</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> noraidīšanu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00A47BBD">
+      <w:r w:rsidR="00A47BBD" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pieņem, ja </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009930F5">
+      <w:r w:rsidR="009930F5" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējs nav uzaicināts iesniegt projekta iesniegumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00C729BD">
+      <w:r w:rsidR="00C729BD" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="005E65D3">
+      <w:r w:rsidR="005E65D3" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">vai projekta iesniegums nav iesniegts </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0098321E">
+      <w:r w:rsidR="0098321E" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="005E65D3">
+      <w:r w:rsidR="005E65D3" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="008C6C65" w:rsidP="00C45158" w:rsidRDefault="008C6C65" w14:paraId="174DCF20" w14:textId="5EFFDF33">
+    <w:p w14:paraId="174DCF20" w14:textId="5EFFDF33" w:rsidR="008C6C65" w:rsidRPr="00D65F68" w:rsidRDefault="008C6C65" w:rsidP="00C45158">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003E7C12">
+      <w:r w:rsidR="003E7C12" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas komisija vērtē projekta iesniegumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="000058FF">
+      <w:r w:rsidR="000058FF" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="000058FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000058FF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja tiek konstatēta kāda no lēmumā noteiktajiem nosacījumiem neizpilde vai ja projekta iesniedzēja iesniegtās vai vērtēšanas komisijai pieejamās informācijas dēļ projekta iesniegums neatbilst kādam projektu iesniegumu vērtēšanas kritērijiem, precizētā projekta iesnieguma vērtēšanu neturpina. Pamatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, sadarbības iestāde izdod atzinumu par:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="008C6C65" w:rsidP="002A7D5C" w:rsidRDefault="008C6C65" w14:paraId="1F0FB3FA" w14:textId="128F7BF7">
+    <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00D65F68" w:rsidRDefault="008C6C65" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref120521487" w:id="12"/>
+      <w:bookmarkStart w:id="22" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="008C6C65" w:rsidP="002A7D5C" w:rsidRDefault="009E55B3" w14:paraId="38783DE3" w14:textId="0D12CDF4">
+    <w:p w14:paraId="38783DE3" w14:textId="0D12CDF4" w:rsidR="008C6C65" w:rsidRPr="00D65F68" w:rsidRDefault="009E55B3" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="008C6C65">
+      <w:r w:rsidR="008C6C65" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00E225A8" w:rsidP="13804690" w:rsidRDefault="005A65DD" w14:paraId="327368D3" w14:textId="6EA4F409">
+    <w:p w14:paraId="327368D3" w14:textId="6EA4F409" w:rsidR="00E225A8" w:rsidRPr="00D65F68" w:rsidRDefault="005A65DD" w:rsidP="13804690">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi sadarbības iestāde sagatavo elektroniska </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00767AAC">
+      <w:r w:rsidR="00767AAC" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">dokumenta formātā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00F414CF">
+      <w:r w:rsidR="00F414CF" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>vienošanās</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> slēgšanas procedūru.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00211D41" w:rsidP="13804690" w:rsidRDefault="0093766F" w14:paraId="537366BC" w14:textId="30F9B1BC">
+    <w:p w14:paraId="537366BC" w14:textId="30F9B1BC" w:rsidR="00211D41" w:rsidRPr="00D65F68" w:rsidRDefault="0093766F" w:rsidP="13804690">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Informāciju par </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009E0969">
+      <w:r w:rsidR="009E0969" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>apstiprinātajiem projektu iesniegumiem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003F63A7">
+      <w:r w:rsidR="003F63A7" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="54CB2501">
+      <w:r w:rsidR="54CB2501" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003F63A7">
+      <w:r w:rsidR="003F63A7" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">publicē </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00700F0A">
+      <w:r w:rsidR="00700F0A" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>tīmekļa vietnē</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00211D41">
+      <w:r w:rsidR="00211D41" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidRPr="00D65F68" w:rsidR="00211D41">
+        <w:r w:rsidR="00211D41" w:rsidRPr="00D65F68">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00613E5E">
+      <w:r w:rsidR="00613E5E" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="005C4702" w:rsidP="005C4702" w:rsidRDefault="005C4702" w14:paraId="0BE4EE4F" w14:textId="77777777">
+    <w:p w14:paraId="0BE4EE4F" w14:textId="77777777" w:rsidR="005C4702" w:rsidRPr="00D65F68" w:rsidRDefault="005C4702" w:rsidP="005C4702">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:left="454" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="004E3E56" w:rsidP="00524B9B" w:rsidRDefault="0014261A" w14:paraId="7E688725" w14:textId="52FE27F3">
+    <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00D65F68" w:rsidRDefault="0014261A" w:rsidP="00524B9B">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="002A7D5C" w:rsidRDefault="00402A7F" w14:paraId="4AEBC798" w14:textId="32D0D347">
+    <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="002A7D5C" w:rsidRDefault="00402A7F" w14:paraId="5254F8DF" w14:textId="04F47AEC">
+    <w:p w14:paraId="5254F8DF" w14:textId="04F47AEC" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sūtīt uz tīmekļa vietnē </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId22">
-        <w:r w:rsidRPr="00D65F68" w:rsidR="003971CC">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="003971CC" w:rsidRPr="00D65F68">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/2021-2027-projektu-atlases</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="003971CC">
+      <w:r w:rsidR="003971CC" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
-        <w:r w:rsidRPr="00D65F68" w:rsidR="009E55B3">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="009E55B3" w:rsidRPr="00D65F68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="002A7D5C" w:rsidRDefault="00402A7F" w14:paraId="20DC5702" w14:textId="39C7D1DF">
+    <w:p w14:paraId="20DC5702" w14:textId="39C7D1DF" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">vērsties </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="009E5AFF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="009E5AFF" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Klientu apkalpošanas centrā (Meistaru ielā 10, Rīgā, vai zvanot pa tālruni </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00524B9B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00524B9B" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">+371 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="2D1D59C7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="2D1D59C7" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22099777</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="002A7D5C" w:rsidRDefault="00402A7F" w14:paraId="4002B2F4" w14:textId="2BA60579">
+    <w:p w14:paraId="4002B2F4" w14:textId="2BA60579" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs jautājumus par konkrēto projektu iesniegumu atlasi iesniedz ne vēlāk kā </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FE7205">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00FE7205" w:rsidRPr="00D65F68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>darbdienas līdz projektu iesniegumu iesniegšanas beigu termiņam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="002A7D5C" w:rsidRDefault="00402A7F" w14:paraId="42982291" w14:textId="77777777">
+    <w:p w14:paraId="42982291" w14:textId="77777777" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="002A7D5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem tiks nosūtītas elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="00833B90" w:rsidRDefault="00402A7F" w14:paraId="6172EC0A" w14:textId="39595C2A">
+    <w:p w14:paraId="6172EC0A" w14:textId="39595C2A" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="00402A7F" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais atbalsts par projekta iesnieguma aizpildīšanu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0041389F">
+      <w:r w:rsidR="0041389F" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">e-vidē tiek sniegts </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="000E31F7">
+      <w:r w:rsidR="000E31F7" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> oficiālajā darba laikā, aizpildot </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0041389F">
+      <w:r w:rsidR="0041389F" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pieteikumu </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="7B415DF5">
+      <w:r w:rsidR="7B415DF5" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC7FBB5" wp14:editId="74618461">
             <wp:extent cx="238858" cy="253786"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="964020630" name="Picture 964020630"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 964020630"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -7171,1190 +7248,1187 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="238858" cy="253786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, rakstot uz </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="00D65F68" w:rsidR="3ACAD7DD">
+        <w:r w:rsidR="3ACAD7DD" w:rsidRPr="00D65F68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>vis@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00524B9B">
+      <w:r w:rsidR="00524B9B" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>+371</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00FE7205">
+      <w:r w:rsidR="00FE7205" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>20003306.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00402A7F" w:rsidP="00833B90" w:rsidRDefault="3ACAD7DD" w14:paraId="0491A020" w14:textId="60C82248">
+    <w:p w14:paraId="0491A020" w14:textId="60C82248" w:rsidR="00402A7F" w:rsidRPr="00D65F68" w:rsidRDefault="3ACAD7DD" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktuālā informācija par projektu iesniegumu atlasi </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="0E5B5B1A">
+      <w:r w:rsidR="0E5B5B1A" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un atbildes uz biežāk uzdotajiem jautājumiem </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>ir pieejama</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="191AD159">
+      <w:r w:rsidR="191AD159" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> tīmekļa vietn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="5DDB50FC">
+      <w:r w:rsidR="5DDB50FC" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ē </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r w:rsidRPr="00D65F68" w:rsidR="1B423A36">
+        <w:r w:rsidR="1B423A36" w:rsidRPr="00D65F68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/2021-2027-projektu-atlases</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="1B423A36">
+      <w:r w:rsidR="1B423A36" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402A7F" w:rsidP="00833B90" w:rsidRDefault="00402A7F" w14:paraId="61B8AD7C" w14:textId="57F53D14">
+    <w:p w14:paraId="61B8AD7C" w14:textId="57F53D14" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="00833B90">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Vienošanās par projekta īstenošanu projekta teksts vienošanās slēgšanas procesā var tikt precizēts atbilstoši projekta specifikai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F2159F" w:rsidR="00860C5C" w:rsidP="00860C5C" w:rsidRDefault="00860C5C" w14:paraId="6437A53C" w14:textId="77777777">
+    <w:p w14:paraId="6437A53C" w14:textId="77777777" w:rsidR="00860C5C" w:rsidRPr="00F2159F" w:rsidRDefault="00860C5C" w:rsidP="00860C5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Saskaņā ar Likuma 26. pantu sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F2159F" w:rsidR="00860C5C" w:rsidP="00860C5C" w:rsidRDefault="00860C5C" w14:paraId="45CAEAA7" w14:textId="77777777">
+    <w:p w14:paraId="45CAEAA7" w14:textId="77777777" w:rsidR="00860C5C" w:rsidRPr="00F2159F" w:rsidRDefault="00860C5C" w:rsidP="00860C5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F2159F" w:rsidR="00860C5C" w:rsidP="00860C5C" w:rsidRDefault="00860C5C" w14:paraId="1498EC2D" w14:textId="77777777">
+    <w:p w14:paraId="1498EC2D" w14:textId="77777777" w:rsidR="00860C5C" w:rsidRPr="00F2159F" w:rsidRDefault="00860C5C" w:rsidP="00860C5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F2159F" w:rsidR="00860C5C" w:rsidP="00860C5C" w:rsidRDefault="00860C5C" w14:paraId="49A93637" w14:textId="77777777">
+    <w:p w14:paraId="49A93637" w14:textId="77777777" w:rsidR="00860C5C" w:rsidRPr="00F2159F" w:rsidRDefault="00860C5C" w:rsidP="00860C5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2159F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00771CAE" w:rsidP="00D65F68" w:rsidRDefault="00771CAE" w14:paraId="147B8854" w14:textId="77777777">
+    <w:p w14:paraId="147B8854" w14:textId="77777777" w:rsidR="00771CAE" w:rsidRPr="00D65F68" w:rsidRDefault="00771CAE" w:rsidP="00D65F68">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00A43B5E" w:rsidP="001C2119" w:rsidRDefault="00A43B5E" w14:paraId="3F896676" w14:textId="77777777">
+    <w:p w14:paraId="3F896676" w14:textId="77777777" w:rsidR="00A43B5E" w:rsidRPr="00D65F68" w:rsidRDefault="00A43B5E" w:rsidP="001C2119">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00370305" w:rsidP="001C2119" w:rsidRDefault="00370305" w14:paraId="7AAEBF65" w14:textId="77777777">
+    <w:p w14:paraId="7AAEBF65" w14:textId="77777777" w:rsidR="00370305" w:rsidRPr="00D65F68" w:rsidRDefault="00370305" w:rsidP="001C2119">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00C70414" w:rsidP="00196D54" w:rsidRDefault="00C70414" w14:paraId="7B09204A" w14:textId="77777777">
+    <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00D65F68" w:rsidRDefault="00C70414" w:rsidP="00196D54">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="7365"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00D65F68" w14:paraId="2849AEA5" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="2849AEA5" w14:textId="77777777" w:rsidTr="00D65F68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="228A466B" w14:textId="5D07DA98">
+          <w:p w14:paraId="228A466B" w14:textId="5D07DA98" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="0075464B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="2DBC34FE" w14:textId="0ACA12C3">
+          <w:p w14:paraId="2DBC34FE" w14:textId="0ACA12C3" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A2C88">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Projektu iesniegumu vērtēšanas kritēriji un to</w:t>
             </w:r>
             <w:r w:rsidRPr="002A2C88">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> piemērošanas metodika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00D65F68" w14:paraId="1D585502" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="1D585502" w14:textId="77777777" w:rsidTr="00D65F68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="2DBDB686" w14:textId="7B0BB35D">
+          <w:p w14:paraId="2DBDB686" w14:textId="7B0BB35D" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E23EA8">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E23EA8">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E23EA8">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="62101090" w14:textId="479786FE">
+          <w:p w14:paraId="62101090" w14:textId="479786FE" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0096518C">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vienošanās par projekta īstenošanu projekts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00D65F68" w14:paraId="55857834" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="55857834" w14:textId="77777777" w:rsidTr="00D65F68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="60C1E865" w14:textId="6C302157">
+          <w:p w14:paraId="60C1E865" w14:textId="6C302157" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C6572D">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>. pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="09FD4D27" w14:textId="45364A04">
+          <w:p w14:paraId="09FD4D27" w14:textId="45364A04" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099102E">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Sadarbības partnera apliecinājumu par informētību attiecībā uz interešu konflikta jautājumu regulējumu un to integrāciju iekšējās kontroles sistēmā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00D65F68" w14:paraId="3DECB93D" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="3DECB93D" w14:textId="77777777" w:rsidTr="00D65F68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="7C615514" w14:textId="4225F804">
+          <w:p w14:paraId="7C615514" w14:textId="4225F804" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="005672C3">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="3D09D993" w14:textId="0D891576">
+          <w:p w14:paraId="3D09D993" w14:textId="0D891576" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00750847">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Izmaksu un ieguvumu analīzes modelis (MS Excel datne)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00D65F68" w14:paraId="1B33C2ED" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="1B33C2ED" w14:textId="77777777" w:rsidTr="00D65F68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="3D8B3506" w14:textId="166B3E3D">
+          <w:p w14:paraId="3D8B3506" w14:textId="166B3E3D" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00627323">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="207DF52F" w14:textId="25EC3552">
+          <w:p w14:paraId="207DF52F" w14:textId="25EC3552" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E96455">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Izmaksu un ieguvumu analīzes modeļa aizpildīšanas metodika</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00797AF2" w14:paraId="62159FF1" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="62159FF1" w14:textId="77777777" w:rsidTr="00797AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00797AF2" w14:paraId="70D659D5" w14:textId="034FBA99">
+          <w:p w14:paraId="70D659D5" w14:textId="034FBA99" w:rsidR="00797AF2" w:rsidRDefault="00797AF2" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="59154661">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6. pielikums.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E96455" w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00FF2E77" w14:paraId="6A413185" w14:textId="6FB91696">
+          <w:p w14:paraId="6A413185" w14:textId="6FB91696" w:rsidR="00797AF2" w:rsidRPr="00E96455" w:rsidRDefault="00FF2E77" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF2E77">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apliecinājums par papildinošas saimnieciskas darbības, parasto papildpakalpojumu un citas saimnieciskas darbības veikšanu infrastruktūrā</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00797AF2" w:rsidTr="00797AF2" w14:paraId="06BB611D" w14:textId="77777777">
+      <w:tr w:rsidR="00797AF2" w14:paraId="06BB611D" w14:textId="77777777" w:rsidTr="00797AF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="59154661" w:rsidR="00797AF2" w:rsidP="0098459D" w:rsidRDefault="00764A25" w14:paraId="79AEEFD0" w14:textId="3D817BA5">
+          <w:p w14:paraId="79AEEFD0" w14:textId="3D817BA5" w:rsidR="00797AF2" w:rsidRPr="59154661" w:rsidRDefault="00764A25" w:rsidP="0098459D">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7. pielikums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7365" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D36610" w:rsidP="00764A25" w:rsidRDefault="00797AF2" w14:paraId="0BD37599" w14:textId="77777777">
+          <w:p w14:paraId="0BD37599" w14:textId="77777777" w:rsidR="00D36610" w:rsidRDefault="00797AF2" w:rsidP="00764A25">
             <w:pPr>
               <w:ind w:right="-20" w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00803E4B">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Metodika papildinošas saimnieciskās darbības uzraudzības nodrošināšanai</w:t>
             </w:r>
             <w:r w:rsidR="00C14AAE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14AAE" w:rsidR="00C14AAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00C14AAE" w:rsidRPr="00C14AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 2.1.3. specifiskā atbalsta mērķa </w:t>
             </w:r>
             <w:r w:rsidR="00C14AAE">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14AAE" w:rsidR="00C14AAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00C14AAE" w:rsidRPr="00C14AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veicināt pielāgošanos klimata pārmaiņām, risku novēršanu un noturību pret katastrofām</w:t>
             </w:r>
             <w:r w:rsidR="00C14AAE">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14AAE" w:rsidR="00C14AAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00C14AAE" w:rsidRPr="00C14AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2.1.3.3. pasākuma </w:t>
             </w:r>
             <w:r w:rsidR="00C14AAE">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14AAE" w:rsidR="00C14AAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00C14AAE" w:rsidRPr="00C14AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Katastrofu risku mazināšanas pasākumi</w:t>
             </w:r>
             <w:r w:rsidR="00C14AAE">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14AAE" w:rsidR="00C14AAE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00C14AAE" w:rsidRPr="00C14AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> trešās projektu iesniegumu atlases kārtas projektos</w:t>
             </w:r>
             <w:r w:rsidR="00FD33FF">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00D65F68" w:rsidR="00797AF2" w:rsidP="00D65F68" w:rsidRDefault="00074E2F" w14:paraId="4732E657" w14:textId="5BF68091">
+          <w:p w14:paraId="4732E657" w14:textId="5BF68091" w:rsidR="00797AF2" w:rsidRPr="00D65F68" w:rsidRDefault="00074E2F" w:rsidP="00D65F68">
             <w:pPr>
               <w:ind w:right="-20" w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r w:rsidR="00111585">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. pielikums </w:t>
             </w:r>
             <w:r w:rsidRPr="00D65F68">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D65F68" w:rsidR="00087BFC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidR="00087BFC" w:rsidRPr="00D65F68">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veidlapa PSD uzraudzībai platības izteiksmē</w:t>
             </w:r>
             <w:r w:rsidR="00087BFC">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
             <w:r w:rsidR="00D36610">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00087BFC">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="0004362D" w:rsidP="0098459D" w:rsidRDefault="0004362D" w14:paraId="24215070" w14:textId="4D5D24C5">
+    <w:p w14:paraId="24215070" w14:textId="4D5D24C5" w:rsidR="0004362D" w:rsidRPr="00D65F68" w:rsidRDefault="0004362D" w:rsidP="0098459D">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D36610" w:rsidR="00E174CB" w:rsidP="00D36610" w:rsidRDefault="00E174CB" w14:paraId="258B285D" w14:textId="1D4DDED9">
+    <w:p w14:paraId="258B285D" w14:textId="1D4DDED9" w:rsidR="00E174CB" w:rsidRPr="00D36610" w:rsidRDefault="00E174CB" w:rsidP="00D36610">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="009F6EF1" w:rsidP="65EA1D8A" w:rsidRDefault="009F6EF1" w14:paraId="09584E15" w14:textId="3A47D0A0">
+    <w:p w14:paraId="09584E15" w14:textId="3A47D0A0" w:rsidR="009F6EF1" w:rsidRPr="00D65F68" w:rsidRDefault="009F6EF1" w:rsidP="65EA1D8A">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="000876C3" w:rsidP="65EA1D8A" w:rsidRDefault="000876C3" w14:paraId="0B75B72B" w14:textId="77777777">
+    <w:p w14:paraId="0B75B72B" w14:textId="77777777" w:rsidR="000876C3" w:rsidRPr="00D65F68" w:rsidRDefault="000876C3" w:rsidP="65EA1D8A">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00D65F68" w:rsidR="009F6EF1" w:rsidP="00B45BBB" w:rsidRDefault="009F6EF1" w14:paraId="4F91CA63" w14:textId="5F10A0D8">
+    <w:p w14:paraId="4F91CA63" w14:textId="5F10A0D8" w:rsidR="009F6EF1" w:rsidRPr="00D65F68" w:rsidRDefault="009F6EF1" w:rsidP="00B45BBB">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00D65F68" w:rsidR="009F6EF1" w:rsidSect="00EE4DF2">
+    <w:sectPr w:rsidR="009F6EF1" w:rsidRPr="00D65F68" w:rsidSect="00EE4DF2">
       <w:headerReference w:type="default" r:id="rId27"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FB47AE" w:rsidRDefault="00FB47AE" w14:paraId="4A3318E2" w14:textId="77777777">
+    <w:p w14:paraId="557DBAF0" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FB47AE" w:rsidRDefault="00FB47AE" w14:paraId="5006413E" w14:textId="77777777">
+    <w:p w14:paraId="75CFB312" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FB47AE" w:rsidP="00152F67" w:rsidRDefault="00FB47AE" w14:paraId="30D09704" w14:textId="77777777"/>
+    <w:p w14:paraId="26615858" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FB47AE" w:rsidP="00F25516" w:rsidRDefault="00FB47AE" w14:paraId="3A64D359" w14:textId="77777777">
+    <w:p w14:paraId="68EE01C7" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FB47AE" w:rsidP="00F25516" w:rsidRDefault="00FB47AE" w14:paraId="0C096BC6" w14:textId="77777777">
+    <w:p w14:paraId="2AC6EBB8" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00FB47AE" w:rsidP="00152F67" w:rsidRDefault="00FB47AE" w14:paraId="7F66944E" w14:textId="77777777"/>
+    <w:p w14:paraId="3D9A809F" w14:textId="77777777" w:rsidR="00B34A7A" w:rsidRDefault="00B34A7A" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidRPr="003E3069" w:rsidR="007B3491" w:rsidP="003E3069" w:rsidRDefault="007B3491" w14:paraId="41A2DF0C" w14:textId="77777777">
+    <w:p w14:paraId="41A2DF0C" w14:textId="77777777" w:rsidR="007B3491" w:rsidRPr="003E3069" w:rsidRDefault="007B3491" w:rsidP="003E3069">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3069">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="003E3069">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atbilstoši Ministru kabineta 2023. gada 13. jūlija noteikumu Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021. – 2027. gada plānošanas periodā” 4. pielikumam, </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId1">
+      <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="003E3069">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/343827</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003E3069">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidRPr="00D65F68" w:rsidR="00FB4B0B" w:rsidP="00702951" w:rsidRDefault="00FB4B0B" w14:paraId="321F8AFC" w14:textId="22534FE4">
+    <w:p w14:paraId="321F8AFC" w14:textId="22534FE4" w:rsidR="00FB4B0B" w:rsidRPr="00D65F68" w:rsidRDefault="00FB4B0B" w:rsidP="00702951">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D65F68" w:rsidR="00665AE9">
+      <w:r w:rsidR="00665AE9" w:rsidRPr="00D65F68">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam. Pieejams šeit: https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX%3A32024R2509</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00880274" w:rsidR="00763C7B" w:rsidRDefault="00763C7B" w14:paraId="6F35D30E" w14:textId="0704FAF5">
+      <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00880274" w:rsidRDefault="00763C7B">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000E2D63">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00763C7B" w:rsidRDefault="00763C7B" w14:paraId="7EEEB220" w14:textId="77777777">
+  <w:p w14:paraId="7EEEB220" w14:textId="77777777" w:rsidR="00763C7B" w:rsidRDefault="00763C7B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="043B71C7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F140B758"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="454" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
@@ -8786,51 +8860,51 @@
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C534650"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF182C92"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3168" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4392" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -9660,147 +9734,147 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54D655DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23E800D4"/>
     <w:lvl w:ilvl="0" w:tplc="FF10C172">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63C70566"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6D3C2752"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10220,54 +10294,65 @@
   <w:num w:numId="11" w16cid:durableId="1744911074">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="325209713">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="331959404">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="229539747">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="75784508">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1366829744">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="135951223">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Liene Rubīna">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::liene.rubina@cfla.gov.lv::acc0ca09-bf80-48e8-869a-5c760b4ba851"/>
+  </w15:person>
+  <w15:person w15:author="Jekaterīna Bambāne">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::jekaterina.bambane@cfla.gov.lv::6a77159c-d978-4271-8e9f-b67d38995edf"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="000032A1"/>
@@ -10568,50 +10653,51 @@
     <w:rsid w:val="001C2BA7"/>
     <w:rsid w:val="001C3905"/>
     <w:rsid w:val="001C3A07"/>
     <w:rsid w:val="001C3BA8"/>
     <w:rsid w:val="001C490F"/>
     <w:rsid w:val="001C4A28"/>
     <w:rsid w:val="001C4DE6"/>
     <w:rsid w:val="001C5742"/>
     <w:rsid w:val="001C5868"/>
     <w:rsid w:val="001C5A2D"/>
     <w:rsid w:val="001C6A65"/>
     <w:rsid w:val="001C7471"/>
     <w:rsid w:val="001D2898"/>
     <w:rsid w:val="001D28A9"/>
     <w:rsid w:val="001D3021"/>
     <w:rsid w:val="001D31CA"/>
     <w:rsid w:val="001D3C28"/>
     <w:rsid w:val="001D5901"/>
     <w:rsid w:val="001D59C5"/>
     <w:rsid w:val="001D5C49"/>
     <w:rsid w:val="001D6920"/>
     <w:rsid w:val="001D69FF"/>
     <w:rsid w:val="001E04A9"/>
     <w:rsid w:val="001E0CDA"/>
     <w:rsid w:val="001E1167"/>
+    <w:rsid w:val="001E1701"/>
     <w:rsid w:val="001E1E89"/>
     <w:rsid w:val="001E23A6"/>
     <w:rsid w:val="001E26E6"/>
     <w:rsid w:val="001E2CE3"/>
     <w:rsid w:val="001E2E58"/>
     <w:rsid w:val="001E44BF"/>
     <w:rsid w:val="001E4627"/>
     <w:rsid w:val="001E480A"/>
     <w:rsid w:val="001E541D"/>
     <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E7424"/>
     <w:rsid w:val="001F02C0"/>
     <w:rsid w:val="001F15DF"/>
     <w:rsid w:val="001F160F"/>
     <w:rsid w:val="001F2114"/>
     <w:rsid w:val="001F3C84"/>
     <w:rsid w:val="001F4729"/>
     <w:rsid w:val="001F4CBA"/>
     <w:rsid w:val="001F4E00"/>
     <w:rsid w:val="001F518A"/>
     <w:rsid w:val="001F5218"/>
     <w:rsid w:val="001F587A"/>
     <w:rsid w:val="001F6058"/>
     <w:rsid w:val="001F6453"/>
     <w:rsid w:val="001F7AC6"/>
@@ -10870,50 +10956,51 @@
     <w:rsid w:val="00355F4C"/>
     <w:rsid w:val="00357050"/>
     <w:rsid w:val="003575BF"/>
     <w:rsid w:val="00357CB0"/>
     <w:rsid w:val="00360C19"/>
     <w:rsid w:val="00360E0F"/>
     <w:rsid w:val="00360E83"/>
     <w:rsid w:val="0036205B"/>
     <w:rsid w:val="003623CC"/>
     <w:rsid w:val="003628BB"/>
     <w:rsid w:val="00362EE1"/>
     <w:rsid w:val="003632CC"/>
     <w:rsid w:val="00363FB0"/>
     <w:rsid w:val="00364F6C"/>
     <w:rsid w:val="00365B60"/>
     <w:rsid w:val="003675B8"/>
     <w:rsid w:val="00370305"/>
     <w:rsid w:val="0037247B"/>
     <w:rsid w:val="00372705"/>
     <w:rsid w:val="00373D48"/>
     <w:rsid w:val="00374EB3"/>
     <w:rsid w:val="003754B9"/>
     <w:rsid w:val="0037586E"/>
     <w:rsid w:val="00375AF7"/>
     <w:rsid w:val="00375DFB"/>
+    <w:rsid w:val="003768E3"/>
     <w:rsid w:val="00377117"/>
     <w:rsid w:val="00380588"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="00381D2E"/>
     <w:rsid w:val="003842C3"/>
     <w:rsid w:val="00384684"/>
     <w:rsid w:val="00384D0E"/>
     <w:rsid w:val="00384FE0"/>
     <w:rsid w:val="00386898"/>
     <w:rsid w:val="003870B3"/>
     <w:rsid w:val="00387379"/>
     <w:rsid w:val="00390A92"/>
     <w:rsid w:val="00391592"/>
     <w:rsid w:val="00391807"/>
     <w:rsid w:val="003919E1"/>
     <w:rsid w:val="00392C90"/>
     <w:rsid w:val="003947B6"/>
     <w:rsid w:val="0039527A"/>
     <w:rsid w:val="00397117"/>
     <w:rsid w:val="003971CC"/>
     <w:rsid w:val="003A0169"/>
     <w:rsid w:val="003A0199"/>
     <w:rsid w:val="003A0394"/>
     <w:rsid w:val="003A0EBC"/>
     <w:rsid w:val="003A2CD1"/>
@@ -11145,85 +11232,87 @@
     <w:rsid w:val="004E6E58"/>
     <w:rsid w:val="004E712C"/>
     <w:rsid w:val="004E7353"/>
     <w:rsid w:val="004F015B"/>
     <w:rsid w:val="004F061C"/>
     <w:rsid w:val="004F06E6"/>
     <w:rsid w:val="004F0811"/>
     <w:rsid w:val="004F0D37"/>
     <w:rsid w:val="004F13A7"/>
     <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F1F7C"/>
     <w:rsid w:val="004F38C3"/>
     <w:rsid w:val="004F451B"/>
     <w:rsid w:val="004F4B51"/>
     <w:rsid w:val="004F5A73"/>
     <w:rsid w:val="004F6758"/>
     <w:rsid w:val="004F759B"/>
     <w:rsid w:val="00500812"/>
     <w:rsid w:val="00500DA3"/>
     <w:rsid w:val="00501EF4"/>
     <w:rsid w:val="005031AA"/>
     <w:rsid w:val="005040D3"/>
     <w:rsid w:val="00504C60"/>
     <w:rsid w:val="00506153"/>
     <w:rsid w:val="005066B3"/>
+    <w:rsid w:val="00511079"/>
     <w:rsid w:val="00511539"/>
     <w:rsid w:val="0051164D"/>
     <w:rsid w:val="00511DAB"/>
     <w:rsid w:val="0051273E"/>
     <w:rsid w:val="00512CF8"/>
     <w:rsid w:val="00513BCE"/>
     <w:rsid w:val="00513E6C"/>
     <w:rsid w:val="005150C3"/>
     <w:rsid w:val="0051769A"/>
     <w:rsid w:val="00517E15"/>
     <w:rsid w:val="005203BB"/>
     <w:rsid w:val="005214F3"/>
     <w:rsid w:val="0052180D"/>
     <w:rsid w:val="00522975"/>
     <w:rsid w:val="0052340B"/>
     <w:rsid w:val="005246B9"/>
     <w:rsid w:val="005249FF"/>
     <w:rsid w:val="00524B9B"/>
     <w:rsid w:val="00525794"/>
     <w:rsid w:val="00525CAD"/>
     <w:rsid w:val="005301F2"/>
     <w:rsid w:val="005312DA"/>
     <w:rsid w:val="0053179D"/>
     <w:rsid w:val="00531AA3"/>
     <w:rsid w:val="00531F24"/>
     <w:rsid w:val="00532A98"/>
     <w:rsid w:val="00533221"/>
     <w:rsid w:val="00533851"/>
     <w:rsid w:val="00534FD3"/>
     <w:rsid w:val="0053599E"/>
     <w:rsid w:val="00535A0A"/>
     <w:rsid w:val="00535EED"/>
     <w:rsid w:val="00535F93"/>
     <w:rsid w:val="0053706B"/>
     <w:rsid w:val="00540F4A"/>
+    <w:rsid w:val="00542CE4"/>
     <w:rsid w:val="0054404B"/>
     <w:rsid w:val="00544CBC"/>
     <w:rsid w:val="00544F16"/>
     <w:rsid w:val="00546640"/>
     <w:rsid w:val="00547D4E"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="0055077F"/>
     <w:rsid w:val="00550B5F"/>
     <w:rsid w:val="005527C1"/>
     <w:rsid w:val="00553415"/>
     <w:rsid w:val="00553978"/>
     <w:rsid w:val="00554DB1"/>
     <w:rsid w:val="0055666A"/>
     <w:rsid w:val="00557900"/>
     <w:rsid w:val="0056042E"/>
     <w:rsid w:val="005672CD"/>
     <w:rsid w:val="00567495"/>
     <w:rsid w:val="00570E35"/>
     <w:rsid w:val="00571CF0"/>
     <w:rsid w:val="0057212D"/>
     <w:rsid w:val="00574322"/>
     <w:rsid w:val="00575D6C"/>
     <w:rsid w:val="00576215"/>
     <w:rsid w:val="0057690F"/>
     <w:rsid w:val="00576FB1"/>
@@ -11357,50 +11446,51 @@
     <w:rsid w:val="006350CD"/>
     <w:rsid w:val="00635569"/>
     <w:rsid w:val="0063568F"/>
     <w:rsid w:val="00635E32"/>
     <w:rsid w:val="00636A89"/>
     <w:rsid w:val="00636DC7"/>
     <w:rsid w:val="00637F3C"/>
     <w:rsid w:val="006426FE"/>
     <w:rsid w:val="0064385A"/>
     <w:rsid w:val="00645C5B"/>
     <w:rsid w:val="00646D84"/>
     <w:rsid w:val="0064721C"/>
     <w:rsid w:val="00647658"/>
     <w:rsid w:val="006507F9"/>
     <w:rsid w:val="00650C61"/>
     <w:rsid w:val="00651913"/>
     <w:rsid w:val="00652D3A"/>
     <w:rsid w:val="00653245"/>
     <w:rsid w:val="00654355"/>
     <w:rsid w:val="0065445B"/>
     <w:rsid w:val="00654BFA"/>
     <w:rsid w:val="0065547E"/>
     <w:rsid w:val="006555D6"/>
     <w:rsid w:val="006560BE"/>
     <w:rsid w:val="0065698F"/>
+    <w:rsid w:val="0066159B"/>
     <w:rsid w:val="00662403"/>
     <w:rsid w:val="00664050"/>
     <w:rsid w:val="00664A26"/>
     <w:rsid w:val="00664B5E"/>
     <w:rsid w:val="00665AE9"/>
     <w:rsid w:val="00667C79"/>
     <w:rsid w:val="00670CCB"/>
     <w:rsid w:val="00670D60"/>
     <w:rsid w:val="006721FB"/>
     <w:rsid w:val="00672471"/>
     <w:rsid w:val="00672EA3"/>
     <w:rsid w:val="00673807"/>
     <w:rsid w:val="00674A63"/>
     <w:rsid w:val="00674E09"/>
     <w:rsid w:val="00675383"/>
     <w:rsid w:val="00675725"/>
     <w:rsid w:val="00676AF8"/>
     <w:rsid w:val="00677DF7"/>
     <w:rsid w:val="00677E5D"/>
     <w:rsid w:val="00680444"/>
     <w:rsid w:val="00680C49"/>
     <w:rsid w:val="00681057"/>
     <w:rsid w:val="006821A5"/>
     <w:rsid w:val="00682333"/>
     <w:rsid w:val="006823DC"/>
@@ -11432,50 +11522,51 @@
     <w:rsid w:val="006A5DCA"/>
     <w:rsid w:val="006A69E0"/>
     <w:rsid w:val="006A7E89"/>
     <w:rsid w:val="006B0CA3"/>
     <w:rsid w:val="006B168E"/>
     <w:rsid w:val="006B34ED"/>
     <w:rsid w:val="006B3987"/>
     <w:rsid w:val="006B3B18"/>
     <w:rsid w:val="006B4C0B"/>
     <w:rsid w:val="006B57B1"/>
     <w:rsid w:val="006B57B7"/>
     <w:rsid w:val="006B59AE"/>
     <w:rsid w:val="006B6E75"/>
     <w:rsid w:val="006C05DC"/>
     <w:rsid w:val="006C0FAC"/>
     <w:rsid w:val="006C10B9"/>
     <w:rsid w:val="006C25CA"/>
     <w:rsid w:val="006C2A5A"/>
     <w:rsid w:val="006C346C"/>
     <w:rsid w:val="006C3A5C"/>
     <w:rsid w:val="006C490C"/>
     <w:rsid w:val="006C511A"/>
     <w:rsid w:val="006C72B2"/>
     <w:rsid w:val="006C7F64"/>
     <w:rsid w:val="006C7F90"/>
+    <w:rsid w:val="006D0F41"/>
     <w:rsid w:val="006D1A78"/>
     <w:rsid w:val="006D2D4B"/>
     <w:rsid w:val="006D377B"/>
     <w:rsid w:val="006D3B39"/>
     <w:rsid w:val="006D4D37"/>
     <w:rsid w:val="006D5C75"/>
     <w:rsid w:val="006D5E82"/>
     <w:rsid w:val="006D5EA8"/>
     <w:rsid w:val="006D628E"/>
     <w:rsid w:val="006D6857"/>
     <w:rsid w:val="006D6E1D"/>
     <w:rsid w:val="006D7302"/>
     <w:rsid w:val="006D78DF"/>
     <w:rsid w:val="006D7DB4"/>
     <w:rsid w:val="006E0550"/>
     <w:rsid w:val="006E10E2"/>
     <w:rsid w:val="006E1557"/>
     <w:rsid w:val="006E170D"/>
     <w:rsid w:val="006E1BA4"/>
     <w:rsid w:val="006E2038"/>
     <w:rsid w:val="006E2365"/>
     <w:rsid w:val="006E2ABA"/>
     <w:rsid w:val="006E3911"/>
     <w:rsid w:val="006E476F"/>
     <w:rsid w:val="006E689A"/>
@@ -11552,50 +11643,51 @@
     <w:rsid w:val="007470E0"/>
     <w:rsid w:val="00750727"/>
     <w:rsid w:val="007531F2"/>
     <w:rsid w:val="0075371E"/>
     <w:rsid w:val="00754369"/>
     <w:rsid w:val="007550E4"/>
     <w:rsid w:val="007556B1"/>
     <w:rsid w:val="007560D7"/>
     <w:rsid w:val="0075637E"/>
     <w:rsid w:val="00756434"/>
     <w:rsid w:val="0075643D"/>
     <w:rsid w:val="007565EA"/>
     <w:rsid w:val="00756CF1"/>
     <w:rsid w:val="0075706C"/>
     <w:rsid w:val="007607E5"/>
     <w:rsid w:val="00761517"/>
     <w:rsid w:val="00762EAA"/>
     <w:rsid w:val="00763955"/>
     <w:rsid w:val="00763C7B"/>
     <w:rsid w:val="00763CBA"/>
     <w:rsid w:val="00763FCE"/>
     <w:rsid w:val="00764A25"/>
     <w:rsid w:val="007654F9"/>
     <w:rsid w:val="007662B5"/>
     <w:rsid w:val="007664EF"/>
+    <w:rsid w:val="00767600"/>
     <w:rsid w:val="00767AAC"/>
     <w:rsid w:val="00767B59"/>
     <w:rsid w:val="00770455"/>
     <w:rsid w:val="00770B26"/>
     <w:rsid w:val="00770E12"/>
     <w:rsid w:val="0077115B"/>
     <w:rsid w:val="00771CAE"/>
     <w:rsid w:val="00773520"/>
     <w:rsid w:val="00773604"/>
     <w:rsid w:val="00773945"/>
     <w:rsid w:val="00773DE5"/>
     <w:rsid w:val="00774185"/>
     <w:rsid w:val="00774218"/>
     <w:rsid w:val="00774A73"/>
     <w:rsid w:val="00774C57"/>
     <w:rsid w:val="0077603D"/>
     <w:rsid w:val="00776076"/>
     <w:rsid w:val="00776BB7"/>
     <w:rsid w:val="0077757A"/>
     <w:rsid w:val="007809A5"/>
     <w:rsid w:val="00781BFB"/>
     <w:rsid w:val="00781CD8"/>
     <w:rsid w:val="00782546"/>
     <w:rsid w:val="00783042"/>
     <w:rsid w:val="00783061"/>
@@ -11995,50 +12087,51 @@
     <w:rsid w:val="009C2E17"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C7127"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009C772F"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D2436"/>
     <w:rsid w:val="009D2C7E"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D6786"/>
     <w:rsid w:val="009D6B5E"/>
     <w:rsid w:val="009D7FBF"/>
     <w:rsid w:val="009E0969"/>
     <w:rsid w:val="009E141D"/>
     <w:rsid w:val="009E1864"/>
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1E4B"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="009E4CCC"/>
+    <w:rsid w:val="009E4CCD"/>
     <w:rsid w:val="009E55B3"/>
     <w:rsid w:val="009E5AFF"/>
     <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E74A0"/>
     <w:rsid w:val="009E76B1"/>
     <w:rsid w:val="009F0A58"/>
     <w:rsid w:val="009F0AFB"/>
     <w:rsid w:val="009F16F5"/>
     <w:rsid w:val="009F19F0"/>
     <w:rsid w:val="009F29F2"/>
     <w:rsid w:val="009F31CD"/>
     <w:rsid w:val="009F3302"/>
     <w:rsid w:val="009F3475"/>
     <w:rsid w:val="009F3EDF"/>
     <w:rsid w:val="009F5D0D"/>
     <w:rsid w:val="009F6024"/>
     <w:rsid w:val="009F6EF1"/>
     <w:rsid w:val="009F6FDD"/>
     <w:rsid w:val="00A004A1"/>
     <w:rsid w:val="00A01C87"/>
     <w:rsid w:val="00A01D52"/>
     <w:rsid w:val="00A0283D"/>
     <w:rsid w:val="00A02E8E"/>
     <w:rsid w:val="00A03FAA"/>
     <w:rsid w:val="00A04699"/>
@@ -12210,50 +12303,51 @@
     <w:rsid w:val="00B00631"/>
     <w:rsid w:val="00B02F6A"/>
     <w:rsid w:val="00B030FB"/>
     <w:rsid w:val="00B0328C"/>
     <w:rsid w:val="00B03B56"/>
     <w:rsid w:val="00B044C6"/>
     <w:rsid w:val="00B044DC"/>
     <w:rsid w:val="00B063BD"/>
     <w:rsid w:val="00B06C7D"/>
     <w:rsid w:val="00B071D2"/>
     <w:rsid w:val="00B07FC4"/>
     <w:rsid w:val="00B102E6"/>
     <w:rsid w:val="00B1086E"/>
     <w:rsid w:val="00B12022"/>
     <w:rsid w:val="00B146D4"/>
     <w:rsid w:val="00B15FE7"/>
     <w:rsid w:val="00B21429"/>
     <w:rsid w:val="00B23BF7"/>
     <w:rsid w:val="00B23F29"/>
     <w:rsid w:val="00B2478C"/>
     <w:rsid w:val="00B26578"/>
     <w:rsid w:val="00B27301"/>
     <w:rsid w:val="00B27CA6"/>
     <w:rsid w:val="00B310C6"/>
     <w:rsid w:val="00B3209A"/>
+    <w:rsid w:val="00B34A7A"/>
     <w:rsid w:val="00B36071"/>
     <w:rsid w:val="00B36C62"/>
     <w:rsid w:val="00B375F1"/>
     <w:rsid w:val="00B401F0"/>
     <w:rsid w:val="00B4082F"/>
     <w:rsid w:val="00B40B5B"/>
     <w:rsid w:val="00B41802"/>
     <w:rsid w:val="00B4298A"/>
     <w:rsid w:val="00B42AC5"/>
     <w:rsid w:val="00B45BBB"/>
     <w:rsid w:val="00B47500"/>
     <w:rsid w:val="00B479C6"/>
     <w:rsid w:val="00B47E94"/>
     <w:rsid w:val="00B520C1"/>
     <w:rsid w:val="00B5245B"/>
     <w:rsid w:val="00B52CC7"/>
     <w:rsid w:val="00B5336F"/>
     <w:rsid w:val="00B5381D"/>
     <w:rsid w:val="00B538A1"/>
     <w:rsid w:val="00B54888"/>
     <w:rsid w:val="00B54A16"/>
     <w:rsid w:val="00B556C3"/>
     <w:rsid w:val="00B60437"/>
     <w:rsid w:val="00B6082C"/>
     <w:rsid w:val="00B60AD9"/>
@@ -12683,50 +12777,51 @@
     <w:rsid w:val="00DB3919"/>
     <w:rsid w:val="00DB3B92"/>
     <w:rsid w:val="00DB4DAD"/>
     <w:rsid w:val="00DB59F0"/>
     <w:rsid w:val="00DB605A"/>
     <w:rsid w:val="00DB6821"/>
     <w:rsid w:val="00DB7526"/>
     <w:rsid w:val="00DC054D"/>
     <w:rsid w:val="00DC065E"/>
     <w:rsid w:val="00DC0855"/>
     <w:rsid w:val="00DC085E"/>
     <w:rsid w:val="00DC0C38"/>
     <w:rsid w:val="00DC1DDF"/>
     <w:rsid w:val="00DC2343"/>
     <w:rsid w:val="00DC26C3"/>
     <w:rsid w:val="00DC2A1F"/>
     <w:rsid w:val="00DC3A75"/>
     <w:rsid w:val="00DC5838"/>
     <w:rsid w:val="00DC5FFB"/>
     <w:rsid w:val="00DC6633"/>
     <w:rsid w:val="00DC7812"/>
     <w:rsid w:val="00DD2852"/>
     <w:rsid w:val="00DD2EB8"/>
     <w:rsid w:val="00DD3797"/>
     <w:rsid w:val="00DD46FA"/>
+    <w:rsid w:val="00DD4750"/>
     <w:rsid w:val="00DD524D"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD68EF"/>
     <w:rsid w:val="00DE06F7"/>
     <w:rsid w:val="00DE0EAB"/>
     <w:rsid w:val="00DE1911"/>
     <w:rsid w:val="00DE1EDA"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3B30"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE3E9C"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE45DC"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DF09FF"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF0D5D"/>
     <w:rsid w:val="00DF10F8"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF4CE0"/>
     <w:rsid w:val="00DF55A2"/>
     <w:rsid w:val="00DF5EFF"/>
@@ -13630,158 +13725,158 @@
     <w:rsid w:val="7F462556"/>
     <w:rsid w:val="7F828B8C"/>
     <w:rsid w:val="7FCC9A89"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="620FAB79"/>
   <w15:docId w15:val="{F228B167-2F82-46C4-8FAC-2377A6EC3081}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13922,52 +14017,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14034,480 +14129,480 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char,List Paragraph11"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ListParagraphChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Normal bullet 2 Char,Bullet list Char,List Paragraph1 Char,Saraksta rindkopa1 Char,Colorful List - Accent 12 Char,List1 Char,Akapit z listą BS Char,Colorful List - Accent 11 Char,Dot pt Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="tv2131" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
     <w:name w:val="tv2131"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="c14" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="c14">
     <w:name w:val="c14"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="naisf" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
     <w:name w:val="naisf"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyText2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
     <w:name w:val="Body Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A1D0A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style2" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:next w:val="BodyText2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
     <w:name w:val="Style1 Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style3" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
@@ -14536,229 +14631,229 @@
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CharCharCharChar" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00614668"/>
   </w:style>
-  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Headinggg1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
     <w:name w:val="Headinggg1"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style4" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="005E7CDE"/>
   </w:style>
-  <w:style w:type="character" w:styleId="superscript" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="superscript">
     <w:name w:val="superscript"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B6082C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E5005"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E5005"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E5005"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BF27CE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -16086,58 +16181,58 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2142187638">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
-  <w:encoding w:val="windows-1257"/>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2021-2027-projektu-atlases" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F4-3-6-8&amp;data=05%7C01%7Cmadara.sporane%40cfla.gov.lv%7C29d69584060a451bb37808dbc02e2186%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638315076612463850%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=6LaUV5id2XR0aqcaeMiSG0VZgXMOSy5wxLxXINI3NB0%3D&amp;reserved=0" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/2021-2027-projektu-atlases" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur04.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.cfla.gov.lv%2Flv%2F4-3-6-8&amp;data=05%7C01%7Cmadara.sporane%40cfla.gov.lv%7C29d69584060a451bb37808dbc02e2186%7Cc2d02fb61e644741866ff8f5689ca39a%7C0%7C0%7C638315076612463850%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=6LaUV5id2XR0aqcaeMiSG0VZgXMOSy5wxLxXINI3NB0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/343827" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -16402,61 +16497,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="571dcd048b865a279aeabe1e1b872ccd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2eda47e00832e08c97b63d7199162a2" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16651,136 +16737,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01C07927-C3F5-4EED-A63E-0D1243B8B5E7}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBC88A37-0CFE-43A0-AA3A-72E20323D5F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>8</Pages>
+  <Words>12320</Words>
+  <Characters>7023</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>58</Lines>
+  <Paragraphs>38</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>CFLA</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>19305</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2015-12-13T08:56:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>