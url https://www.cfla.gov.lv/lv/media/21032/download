--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,60 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="2B4597EC" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>APSTIPRINU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4303FD1A" w14:textId="50E428F9" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="00384D0E" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7736" w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>rojektu atlases departamenta direktore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183594BD" w14:textId="1884DCD1" w:rsidR="00202C7E" w:rsidRPr="005F226A" w:rsidRDefault="00202C7E" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(elektroniskais paraksts) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>Abu-Junese</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A97D1DA" w14:textId="77777777" w:rsidR="00202C7E" w:rsidRDefault="00202C7E" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (datums skatāms laika zīmogā)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3710E133" w14:textId="0EFD7181" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00BC022F" w:rsidRDefault="007E5686" w:rsidP="172E77F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00BC022F" w:rsidRDefault="00CD49EF" w:rsidP="172E77F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -430,51 +573,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F388C24" w14:textId="77777777" w:rsidR="008E6F2E" w:rsidRPr="00BC022F" w:rsidRDefault="008E6F2E" w:rsidP="172E77F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2866"/>
         <w:gridCol w:w="2974"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C92860" w:rsidRPr="00BC022F" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00C92860" w:rsidRPr="00BC022F" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00BC022F" w:rsidRDefault="00C92860" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Specifiskā atbalsta mērķa vai pasākuma īstenošanu reglamentējošie </w:t>
             </w:r>
@@ -682,51 +825,51 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(turpmāk –</w:t>
             </w:r>
             <w:r w:rsidR="000F1C95" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00211EB0" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK noteikumi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00167064" w:rsidRPr="00BC022F" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00167064" w:rsidRPr="00BC022F" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00BC022F" w:rsidRDefault="00167064" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
@@ -1165,50 +1308,51 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00454C08" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BF0E8A8" w14:textId="4098A3B6" w:rsidR="001C488A" w:rsidRDefault="00470818" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Projekta iesniegumā </w:t>
             </w:r>
             <w:r w:rsidR="00F11139" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējo attiecināmo finansējumu plāno ne vairāk kā </w:t>
             </w:r>
             <w:r w:rsidR="00A44C4E" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30 000 000</w:t>
             </w:r>
             <w:r w:rsidR="00F11139" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D85A70" w:rsidRPr="172E77F0">
@@ -1290,58 +1434,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> no projekta kopējā attiecināmā finansējuma, vienlaikus ievērojot </w:t>
             </w:r>
             <w:r w:rsidR="008553BB" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>MK</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumu 42.</w:t>
             </w:r>
             <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
-              <w:t xml:space="preserve">punkta nosacījumus. Valsts budžeta </w:t>
-[...6 lines deleted...]
-              <w:t>līdzfinansējums nepārsniedz 10</w:t>
+              <w:t>punkta nosacījumus. Valsts budžeta līdzfinansējums nepārsniedz 10</w:t>
             </w:r>
             <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0CA063F3" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> no pasākuma atlases kārtas kopējām attiecināmajām izmaksām, privātais finansējums ir vismaz </w:t>
             </w:r>
             <w:r w:rsidR="4775862F" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -1583,51 +1720,51 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>panta 5.</w:t>
             </w:r>
             <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>punkta "n" apakšpunktam, kurš nosaka stimulējošās ietekmes izņēmumu</w:t>
             </w:r>
             <w:r w:rsidR="00141C21" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101F04" w:rsidRPr="00BC022F" w14:paraId="3F4FBAFA" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00101F04" w:rsidRPr="00BC022F" w14:paraId="3F4FBAFA" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="301592D6" w14:textId="118DD13D" w:rsidR="00101F04" w:rsidRPr="00BC022F" w:rsidRDefault="00101F04" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Komercdarbības atbalsta veidi</w:t>
             </w:r>
@@ -1666,51 +1803,51 @@
             </w:hyperlink>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu </w:t>
             </w:r>
             <w:r w:rsidR="003E0A17" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>45. panta 2. punkta "c" un "d" apakšpunkts</w:t>
             </w:r>
             <w:r w:rsidR="008C1A4F" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="587F7DED" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="587F7DED" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6E72EAC2" w14:textId="4686A1E4" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta īstenošanas termiņš</w:t>
             </w:r>
           </w:p>
@@ -1780,51 +1917,51 @@
             </w:r>
             <w:r w:rsidR="00610CF7" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0053703E" w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>decembrim</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projektu iesniegumu atlases īstenošanas veids</w:t>
             </w:r>
           </w:p>
@@ -1838,51 +1975,51 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Ierobežota </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projektu iesniegumu atlase </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6F2C3FFF" w14:textId="33796C42" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesnieguma iesniegšanas termiņš</w:t>
             </w:r>
@@ -1951,143 +2088,179 @@
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00895AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00B60302" w:rsidRPr="00895AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> jūlija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="2532BC78" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w14:paraId="0BC16238" w14:textId="75DCF623" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="172E77F0">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>līdz 20</w:t>
             </w:r>
-            <w:r w:rsidR="00F64652" w:rsidRPr="172E77F0">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidR="00F64652" w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001C6244" w:rsidRPr="172E77F0">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidR="001C6244" w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="172E77F0">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00F64652" w:rsidRPr="172E77F0">
+            <w:r w:rsidR="00F64652" w:rsidRPr="4E147D93">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="172E77F0">
-[...2 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:r w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="009F06AA" w:rsidRPr="172E77F0">
-[...30 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+            <w:del w:id="0" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
+              <w:r w:rsidR="009F06AA" w:rsidRPr="172E77F0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>30</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="172E77F0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>.</w:delText>
+              </w:r>
+              <w:r w:rsidR="002704DA" w:rsidRPr="172E77F0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+              <w:r w:rsidR="001C6244" w:rsidRPr="172E77F0">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:delText>novembrim</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="1" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
+              <w:r w:rsidR="29782645" w:rsidRPr="4E147D93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>1</w:t>
+              </w:r>
+              <w:r w:rsidR="0F9FF16D" w:rsidRPr="4E147D93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>5</w:t>
+              </w:r>
+              <w:r w:rsidR="29782645" w:rsidRPr="4E147D93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>. dece</w:t>
+              </w:r>
+              <w:r w:rsidR="001C6244" w:rsidRPr="4E147D93">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>mbrim</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidR="002704DA" w:rsidRPr="00167DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="172E77F0">
+      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="4E147D93">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E9FE417" w14:textId="4D8577A9" w:rsidR="00575CD9" w:rsidRPr="0053179D" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Termiņš projekta iesnieguma iesniegšanai </w:t>
             </w:r>
@@ -2460,50 +2633,51 @@
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB1A018" w14:textId="23600832" w:rsidR="001C5742" w:rsidRPr="00137B16" w:rsidRDefault="00264C06" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="008945CD" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r w:rsidR="003E7D44" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – </w:t>
       </w:r>
       <w:r w:rsidR="0035605F" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portāls</w:t>
@@ -2675,51 +2849,50 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5A73F1" w14:textId="5C9817B3" w:rsidR="001C5742" w:rsidRPr="00137B16" w:rsidRDefault="005F011E" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ja j</w:t>
       </w:r>
       <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uridiska</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -3396,163 +3569,274 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts vides dienesta izziņa par ietekmes uz vidi novērtējuma, sākotnējā </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izvērtējuma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai tehnisko noteikumu nepieciešamību (attiecināms, ja projekta darbībām nav jāveic ietekmes uz vidi sākotnējais </w:t>
-[...15 lines deleted...]
-        <w:t>);</w:t>
+        <w:t xml:space="preserve"> vai tehnisko noteikumu nepieciešamību (attiecināms, ja projekta darbībām nav jāveic ietekmes uz vidi sākotnējais izvērtējums);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29105792" w14:textId="5EF80C92" w:rsidR="00476760" w:rsidRDefault="00476760" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Valsts vides dienesta lēmums par paredzētās darbības ietekmes uz vidi novērtējuma nepiemērošanu (attiecināms, ja projekta darbībām nav jāveic ietekmes uz vidi novērtējums); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A223FEE" w14:textId="152EDE88" w:rsidR="000B48EC" w:rsidRPr="00557177" w:rsidRDefault="601A3F44" w:rsidP="172E77F0">
+    <w:p w14:paraId="4A223FEE" w14:textId="660B068D" w:rsidR="000B48EC" w:rsidRPr="00557177" w:rsidRDefault="5F8DDD12" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="172E77F0">
+      <w:r w:rsidRPr="7C529020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sugu un biotopu aizsardzības jomā sertificēta eksperta atzinum</w:t>
       </w:r>
-      <w:r w:rsidR="5DC1C286" w:rsidRPr="172E77F0">
+      <w:r w:rsidR="765ECD97" w:rsidRPr="7C529020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="1FD23E6C" w:rsidRPr="172E77F0">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (ja attiecināms)</w:t>
+      <w:r w:rsidR="0B8BBEB2" w:rsidRPr="7C529020">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:ins w:id="2" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
+        <w:r w:rsidR="0B8BBEB2" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>vai arī darbību nepieciešamība jāapliecina ar dabas aizsardzības plānā sniegto informāciju</w:t>
+        </w:r>
+        <w:r w:rsidR="6D3A1ED8" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>, vai apliecinājums, ka minētie dokumenti tiks iesniegti</w:t>
+        </w:r>
+        <w:r w:rsidR="12762BD3" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="3ABFAD43" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>pirms tiks īstenotas darbības konkrētajā teritorijā</w:t>
+        </w:r>
+        <w:r w:rsidR="16B175F5" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidR="16B175F5" w:rsidRPr="7C529020">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>(ja attiecināms)</w:t>
+      </w:r>
+      <w:r w:rsidR="1892A6FD" w:rsidRPr="7C529020">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB64281" w14:textId="42084F30" w:rsidR="000B48EC" w:rsidRPr="00682993" w:rsidRDefault="00182534" w:rsidP="172E77F0">
+    <w:p w14:paraId="6BB64281" w14:textId="50072E9B" w:rsidR="000B48EC" w:rsidRPr="00682993" w:rsidRDefault="690F777F" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="172E77F0">
+      <w:r w:rsidRPr="7C529020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>hidrolo</w:t>
       </w:r>
-      <w:r w:rsidR="00E440A3" w:rsidRPr="172E77F0">
+      <w:r w:rsidR="06F22391" w:rsidRPr="7C529020">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>ģijas jomā sertificēta eksperta</w:t>
       </w:r>
-      <w:r w:rsidRPr="172E77F0">
-[...11 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="7C529020">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atzinums, kurā, balstoties uz hidroloģiskajiem aprēķiniem, tiek aprakstītas plānotās ūdenslīmeņa izmaiņas un sniegts apliecinājums, ka paredzētās ūdens līmeņa izmaiņas neietekmēs blakus teritorijas (arī ārpus ĪADT) (ja attiecināms)</w:t>
+      </w:r>
+      <w:r w:rsidR="12AC35BF" w:rsidRPr="7C529020">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2E037F" w14:textId="0F846D73" w:rsidR="70CD8ED1" w:rsidRDefault="70CD8ED1" w:rsidP="7C529020">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:ins w:id="3" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="4" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
+        <w:r w:rsidRPr="32545CF1">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>pašvaldības sagatavots dokuments, piemēram, izziņa, kurā sniegta informācija par tās rīcībā esošajiem/neesošajiem dokumentāriem materiāliem par projekta iesniegumā plānotajās teritorijās īstenoto rekultivāciju;</w:t>
+        </w:r>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="1C93DEC1" w14:textId="3F851BFF" w:rsidR="39D87E5B" w:rsidRDefault="00C625D3" w:rsidP="7C529020">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:ins w:id="5" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:ins w:id="6" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="39D87E5B" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">okumenti par licencēm kūdras ieguvei un izmaiņām </w:t>
+        </w:r>
+        <w:r w:rsidR="2D75E10E" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve">licencēs </w:t>
+        </w:r>
+        <w:r w:rsidR="39D87E5B" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t>projekta īstenošanas teritorijās</w:t>
+        </w:r>
+        <w:r w:rsidR="3FB3419B" w:rsidRPr="7C529020">
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:lang w:eastAsia="lv-LV"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (ja attiecināms);</w:t>
+        </w:r>
+      </w:ins>
     </w:p>
     <w:p w14:paraId="036900BE" w14:textId="79EF8AEA" w:rsidR="0023334F" w:rsidRPr="00BC022F" w:rsidRDefault="0023334F" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>citi dokumenti, ja tādi nepieciešami, lai pilnvērtīgi pamatotu projektā plānotās darbības un izmaksas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A81AF97" w14:textId="737B7890" w:rsidR="00CF6E17" w:rsidRPr="00BC022F" w:rsidRDefault="1E477A8E" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4156,50 +4440,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aiz komata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40019846" w14:textId="3686EB0B" w:rsidR="001306D9" w:rsidRPr="00BC022F" w:rsidRDefault="0042748D" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>rojekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="0072213C" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz līdz projektu iesniegumu iesniegšanas</w:t>
@@ -4435,51 +4720,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> ierobežotā</w:t>
       </w:r>
       <w:r w:rsidR="00BF5A92" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlasē</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E33464" w14:textId="0CB598C6" w:rsidR="009D55CA" w:rsidRPr="00774218" w:rsidRDefault="008E372B" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref120492295"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref120492295"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
       <w:r w:rsidR="003006B8" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="00ED6CC8" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="009D55CA" w:rsidRPr="172E77F0">
@@ -4546,96 +4831,95 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00782546" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vienu reizi </w:t>
       </w:r>
       <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">iesniedzot projekta iesniegumu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšan</w:t>
       </w:r>
       <w:r w:rsidR="00732ED1" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00732ED1" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00184A1C" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidR="00EF2CD6" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ne vēlāk kā trīs nedēļas pirms plānotā projekta iesnieguma iesniegšanas beigu termiņa</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="002D6780" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760F9B36" w14:textId="702F5F07" w:rsidR="00F714F3" w:rsidRPr="00017102" w:rsidRDefault="00723777" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
@@ -5201,51 +5485,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B75B470" w14:textId="645D7931" w:rsidR="00916ED5" w:rsidRPr="00017102" w:rsidRDefault="00970461" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref120490924"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref120490924"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc projekta iesnieguma iesniegšanas sadarbības iestāde</w:t>
       </w:r>
       <w:r w:rsidR="0008339D" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -5408,71 +5692,71 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
       </w:r>
       <w:r w:rsidR="004C2AE4" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="58A8C74D" w14:textId="70FF2B22" w:rsidR="001F6058" w:rsidRPr="00017102" w:rsidRDefault="48D7B61A" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref120491921"/>
-      <w:bookmarkStart w:id="3" w:name="_Ref172292878"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref120491921"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref172292878"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="4F1684EB" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
       <w:r w:rsidR="7DCC3368" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -5608,116 +5892,116 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestādes noteiktajā termiņā </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
       </w:r>
       <w:r w:rsidR="701A7D08" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="77B2BBFA" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidR="00187AE8" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="51CC502C" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="369D170B" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EC6F73" w14:textId="430AA275" w:rsidR="002927C4" w:rsidRPr="00017102" w:rsidRDefault="006204AD" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Ref188435005"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref188435005"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:r w:rsidR="006D2D4B" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
       <w:r w:rsidR="00920415" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -6016,51 +6300,51 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
       </w:r>
       <w:r w:rsidR="489965A3" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0B9A16" w14:textId="1750CBED" w:rsidR="009B5CD7" w:rsidRPr="00017102" w:rsidRDefault="00916ED5" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6252,73 +6536,73 @@
       </w:r>
       <w:r w:rsidR="008B722A" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
       <w:r w:rsidR="00B54A16" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00017102" w:rsidRDefault="00A01D52" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref120491269"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref120491269"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="03EADB2C" w14:textId="57C0CDCF" w:rsidR="00695D3E" w:rsidRPr="00017102" w:rsidRDefault="00D537C1" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref172292401"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
       <w:r w:rsidR="00CC10BB" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -6345,99 +6629,109 @@
       <w:r w:rsidR="003C2265" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – Likums) </w:t>
       </w:r>
       <w:r w:rsidR="00C13EB3" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">21. panta prasībām atbilstošu </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>projektu iesniegumu vērtēšanas komisiju (turpmāk</w:t>
+        <w:t xml:space="preserve">projektu iesniegumu vērtēšanas komisiju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(turpmāk</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērtēšanas komisija)</w:t>
       </w:r>
       <w:r w:rsidR="00FB4B0B" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
       <w:r w:rsidR="00614668" w:rsidRPr="00017102">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā”</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="0049659D" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D527F9" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas locekļi projektu iesniegumu vērtēšanā piedalās šādā apjomā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24BC6361" w14:textId="77777777" w:rsidR="001F355E" w:rsidRPr="00017102" w:rsidRDefault="001F355E" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -6523,126 +6817,125 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši Latvijas Republikas un Eiropas Savienības normatīvajiem aktiem, kā arī ir atbildīgi par objektivitātes un konfidencialitātes ievērošanu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A192351" w14:textId="77777777" w:rsidR="00292D50" w:rsidRPr="00017102" w:rsidRDefault="00292D50" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref120520594"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref120520594"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beigu datuma vērtē projektu iesniegumus saskaņā ar projektu iesniegumu vērtēšanas kritērijiem, ievērojot projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā noteikto (nolikuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums) un Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aizpildot projekta iesnieguma vērtēšanas veidlapu.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="53A9C501" w14:textId="17ECE3B4" w:rsidR="00695D3E" w:rsidRPr="00017102" w:rsidRDefault="00422A92" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nepieciešamības gadījumā vērtēšanas komisija kā neatkarīgus ekspertus viedokļa sniegšanai (bez balsstiesībām) projektu iesniegumu izvērtēšanai var pieaicināt ekspertus, kas tiek piesaistīti no sadarbības iestādes vai citām iestādēm, vai arī institūcijām</w:t>
       </w:r>
       <w:r w:rsidR="00F1224E" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (piemēram, nozares ministrijas (Klimata un enerģētikas ministrija)) </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Eksperta vērtējumam ir rekomendējošs raksturs. Pieaicinātais eksperts, veicot darba uzdevuma izpildi, ievēro objektivitātes un konfidencialitātes nosacījumus.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Ref199862463"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref199862463"/>
     </w:p>
     <w:p w14:paraId="63F89D49" w14:textId="7CEFCE98" w:rsidR="007900E0" w:rsidRPr="00017102" w:rsidRDefault="007900E0" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pirms šī nolikuma</w:t>
       </w:r>
       <w:r w:rsidR="009364A7" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
@@ -6743,51 +7036,51 @@
       </w:r>
       <w:r w:rsidR="00677201" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kas ietverti vērtēšanas komisijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vispirms izvērtējot visus neprecizējamos un pēc tam – precizējamos kritērijus šādā secībā</w:t>
       </w:r>
       <w:r w:rsidR="0049659D" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="50692632" w14:textId="0FBB720C" w:rsidR="0049659D" w:rsidRPr="00017102" w:rsidRDefault="0049659D" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie kritēriji;</w:t>
       </w:r>
     </w:p>
@@ -6834,137 +7127,138 @@
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00017102" w:rsidRDefault="00D537C1" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref120491837"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
       <w:r w:rsidR="00C62E95" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="45B2DF69" w14:textId="77777777" w:rsidR="00B23103" w:rsidRPr="00017102" w:rsidRDefault="00F31B42" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref120491666"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
       <w:r w:rsidR="005922B8" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
       <w:r w:rsidR="00D537C1" w:rsidRPr="00017102">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="67BCA365" w14:textId="69239ED7" w:rsidR="00B57426" w:rsidRPr="001423F0" w:rsidRDefault="00B57426" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nolikuma </w:t>
       </w:r>
       <w:r w:rsidR="00D1481C" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā gadījumā vērtēšanas komisijas balsstiesīgie locekļi projektam noteikto nosacījumu izpildes izvērtēšanā un kritēriju pārvērtēšanā iesaistās nolikuma 2</w:t>
       </w:r>
       <w:r w:rsidR="00D1481C" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>0</w:t>
@@ -6994,99 +7288,99 @@
       <w:r w:rsidR="001A2736" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
       <w:r w:rsidR="007A6511" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE2E326" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref120490735"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref120490735"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Sadarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu (turpmāk – lēmums) par:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043113F5" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref120521412"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref120521412"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="69D747E3" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref120521415"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref120521415"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="02EDBDEA" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EAA0414" w14:textId="6023E2D2" w:rsidR="00CD126C" w:rsidRDefault="007716BA" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
@@ -7129,51 +7423,50 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444010B8" w14:textId="18A63315" w:rsidR="007716BA" w:rsidRPr="00CD126C" w:rsidRDefault="007716BA" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pirms nolikuma </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521412 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -7380,51 +7673,51 @@
       <w:r w:rsidR="003D4C62" w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>. punktā noteiktā atzinuma</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="3FE4AFA5" w14:textId="621FAFEC" w:rsidR="00A3211F" w:rsidRPr="00BC022F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu sadarbības iestāde pieņem, ja tiek izpildīti visi turpmāk minētie nosacījumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="433331B8" w14:textId="4F4F871C" w:rsidR="00A3211F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
@@ -7587,51 +7880,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uz projekta iesniedzēju vai ar to saistīto fizisko personu attiecas vismaz viens no Likuma 22. pantā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2277769C" w14:textId="30C9B8F8" w:rsidR="005F6A76" w:rsidRPr="009930F5" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:t>attiecībā uz projekta iesniedzēju vai ar to saistīto fizisko personu ir noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas;</w:t>
+        <w:t xml:space="preserve">attiecībā uz projekta iesniedzēju vai ar to saistīto fizisko personu ir noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745CC95D" w14:textId="77777777" w:rsidR="005F6A76" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējs nav uzaicināts iesniegt projekta iesniegumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174DCF20" w14:textId="7F9AE554" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
@@ -7664,77 +7964,76 @@
       <w:r w:rsidR="009E55B3" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref120521487"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref120521487"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="009E55B3" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
       <w:r w:rsidR="00E349B9" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">vai vērtēšanas komisijai pieejamās </w:t>
       </w:r>
       <w:r w:rsidR="008C6C65" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327368D3" w14:textId="2E1349A5" w:rsidR="00E225A8" w:rsidRPr="00BC022F" w:rsidRDefault="005A65DD" w:rsidP="005758AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -8429,51 +8728,58 @@
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D7FDE" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pantu </w:t>
       </w:r>
       <w:r w:rsidR="001C2119" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:t>sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
+        <w:t xml:space="preserve">sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās </w:t>
+      </w:r>
+      <w:r w:rsidR="001C2119" w:rsidRPr="172E77F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB57500" w14:textId="681F39A1" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A12DAF3" w14:textId="77777777" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -8488,96 +8794,89 @@
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:t xml:space="preserve">radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem </w:t>
-[...6 lines deleted...]
-        <w:t>projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
+        <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F896676" w14:textId="77777777" w:rsidR="00A43B5E" w:rsidRPr="00BC022F" w:rsidRDefault="00A43B5E" w:rsidP="172E77F0">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00BC022F" w:rsidRDefault="00C70414" w:rsidP="172E77F0">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24215070" w14:textId="4D5D24C5" w:rsidR="0004362D" w:rsidRPr="00F317C7" w:rsidRDefault="0004362D" w:rsidP="172E77F0">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C77EFD" w14:textId="5E111A41" w:rsidR="004B20D5" w:rsidRPr="00085F9B" w:rsidRDefault="001F2114" w:rsidP="172E77F0">
+    <w:p w14:paraId="28C77EFD" w14:textId="07E09633" w:rsidR="004B20D5" w:rsidRPr="00085F9B" w:rsidRDefault="001F2114" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums. </w:t>
       </w:r>
       <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kritēriji un to</w:t>
       </w:r>
       <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
@@ -8595,57 +8894,51 @@
       <w:r w:rsidR="00CE1AAA">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00875050">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00357D9F" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
-        <w:t>lapām</w:t>
-[...5 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>lapām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F28FEB4" w14:textId="49549E26" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="00377BB2" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums. </w:t>
       </w:r>
       <w:r w:rsidR="00F93CF5" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
@@ -8711,72 +9004,66 @@
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lapām</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D65E6F4" w14:textId="59A1EE2E" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="57C82F19" w:rsidP="172E77F0">
+    <w:p w14:paraId="4D65E6F4" w14:textId="77777777" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="57C82F19" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pielikums. Projekta budžeta kopsavilkuma pielikums (MS Excel datne)</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212BF884" w14:textId="45F1171F" w:rsidR="00F93CF5" w:rsidRPr="00377BB2" w:rsidRDefault="00F93CF5" w:rsidP="172E77F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums. Vienošanās</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -8962,65 +9249,65 @@
     <w:p w14:paraId="13CFB8D9" w14:textId="00D6B187" w:rsidR="00C8404B" w:rsidRPr="00BC022F" w:rsidRDefault="00C8404B" w:rsidP="172E77F0">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C8404B" w:rsidRPr="00BC022F" w:rsidSect="006569E7">
       <w:headerReference w:type="default" r:id="rId34"/>
       <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="069BD053" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3">
+    <w:p w14:paraId="51BC01C8" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="164825B5" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3">
+    <w:p w14:paraId="0FC34F53" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="412E2214" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3" w:rsidP="00152F67"/>
+    <w:p w14:paraId="33FECF50" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00152F67"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9056,278 +9343,326 @@
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41964FAD" w14:textId="77777777" w:rsidR="005F226A" w:rsidRDefault="005F226A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7352720E" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3" w:rsidP="00F25516">
+    <w:p w14:paraId="2E6247A3" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00F25516">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23BCB064" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3" w:rsidP="00F25516">
+    <w:p w14:paraId="6E68A66B" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00F25516">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E7E05AC" w14:textId="77777777" w:rsidR="00AA40F3" w:rsidRDefault="00AA40F3" w:rsidP="00152F67"/>
+    <w:p w14:paraId="0C493817" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00152F67"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="07C5D745" w14:textId="2C9E0C9C" w:rsidR="007372D4" w:rsidRPr="000A312C" w:rsidRDefault="007372D4" w:rsidP="00755C0C">
+    <w:p w14:paraId="07C5D745" w14:textId="2C9E0C9C" w:rsidR="007372D4" w:rsidRDefault="007372D4" w:rsidP="00755C0C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000A312C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="000A312C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> Pieejami </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="001A0A37" w:rsidRPr="000A312C">
+        <w:r w:rsidR="001A0A37" w:rsidRPr="005722C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/361628-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00577DC8" w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r w:rsidR="00577DC8">
+        <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="4C00B132" w14:textId="77777777" w:rsidR="007014BA" w:rsidRPr="000A312C" w:rsidRDefault="007014BA" w:rsidP="000A312C">
+    <w:p w14:paraId="4C00B132" w14:textId="77777777" w:rsidR="007014BA" w:rsidRDefault="007014BA" w:rsidP="007014BA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000A312C">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="000A312C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="71D986DC" w14:textId="1E7DE48D" w:rsidR="0064231D" w:rsidRPr="000A312C" w:rsidRDefault="0064231D" w:rsidP="0064231D">
+    <w:p w14:paraId="71D986DC" w14:textId="1E7DE48D" w:rsidR="0064231D" w:rsidRDefault="0064231D" w:rsidP="0064231D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A312C">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="00B834F4" w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r w:rsidR="00B834F4">
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieejamas: </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidRPr="000A312C">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="2ED1AC77" w14:textId="619E34AE" w:rsidR="00261243" w:rsidRPr="000A312C" w:rsidRDefault="00261243" w:rsidP="00261243">
+    <w:p w14:paraId="2ED1AC77" w14:textId="619E34AE" w:rsidR="00261243" w:rsidRDefault="00261243" w:rsidP="00261243">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000A312C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="000A312C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Ministru kabineta 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā”</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00261243">
+        <w:t>Ministru kabineta 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="54141A40" w14:textId="77777777" w:rsidR="00F93CF5" w:rsidRPr="000A312C" w:rsidRDefault="00F93CF5" w:rsidP="00F93CF5">
+    <w:p w14:paraId="54141A40" w14:textId="77777777" w:rsidR="00F93CF5" w:rsidRPr="00214F24" w:rsidRDefault="00F93CF5" w:rsidP="00F93CF5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000A312C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="000A312C">
-[...9 lines deleted...]
-        <w:t>Vienošanās par projekta īstenošanu tiek parakstīts/ -</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C7873">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Līgums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Vienošanās par projekta īstenošanu tiek parakstīt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s/ -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>ta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A312C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Projektu portālā un netiek noformēts/ -</w:t>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Projektu portālā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un netiek noformēt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s/ -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A312C">
-[...3 lines deleted...]
-        <w:t>ta</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A312C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota Līguma/ Vienošanās par projekta īstenošanu </w:t>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsevišķa elektroniska dokumenta formā. Nolikuma pielikumā pievienota </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Līguma/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vienošanās par projekta īstenošanu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>standartformas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000A312C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:r w:rsidRPr="249C5527">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00880274" w:rsidRDefault="00763C7B">
@@ -9338,51 +9673,57 @@
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000E2D63">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="000E2D63">
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>0</w:t>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7EEEB220" w14:textId="77777777" w:rsidR="00763C7B" w:rsidRDefault="00763C7B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDF4575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A820848A"/>
     <w:lvl w:ilvl="0" w:tplc="0A687E34">
@@ -10198,51 +10539,50 @@
     <w:rsid w:val="0007792D"/>
     <w:rsid w:val="00077DC8"/>
     <w:rsid w:val="00080D8C"/>
     <w:rsid w:val="00081E54"/>
     <w:rsid w:val="00082145"/>
     <w:rsid w:val="0008339D"/>
     <w:rsid w:val="00084664"/>
     <w:rsid w:val="0008551A"/>
     <w:rsid w:val="00085F9B"/>
     <w:rsid w:val="00086513"/>
     <w:rsid w:val="00087AFA"/>
     <w:rsid w:val="00090039"/>
     <w:rsid w:val="000910DF"/>
     <w:rsid w:val="00092804"/>
     <w:rsid w:val="00092F6C"/>
     <w:rsid w:val="00094CAB"/>
     <w:rsid w:val="0009522D"/>
     <w:rsid w:val="000954FD"/>
     <w:rsid w:val="00095981"/>
     <w:rsid w:val="00096389"/>
     <w:rsid w:val="000A08CC"/>
     <w:rsid w:val="000A0BC7"/>
     <w:rsid w:val="000A136A"/>
     <w:rsid w:val="000A1F7D"/>
     <w:rsid w:val="000A253D"/>
-    <w:rsid w:val="000A312C"/>
     <w:rsid w:val="000A3D2C"/>
     <w:rsid w:val="000A4536"/>
     <w:rsid w:val="000A4B9F"/>
     <w:rsid w:val="000A5453"/>
     <w:rsid w:val="000A5609"/>
     <w:rsid w:val="000A584F"/>
     <w:rsid w:val="000A626A"/>
     <w:rsid w:val="000A6640"/>
     <w:rsid w:val="000A6B93"/>
     <w:rsid w:val="000A76DC"/>
     <w:rsid w:val="000B02F4"/>
     <w:rsid w:val="000B0C9F"/>
     <w:rsid w:val="000B0F0B"/>
     <w:rsid w:val="000B2919"/>
     <w:rsid w:val="000B3E05"/>
     <w:rsid w:val="000B3F66"/>
     <w:rsid w:val="000B48EC"/>
     <w:rsid w:val="000B4CFC"/>
     <w:rsid w:val="000B5479"/>
     <w:rsid w:val="000B5E64"/>
     <w:rsid w:val="000B6C07"/>
     <w:rsid w:val="000B716B"/>
     <w:rsid w:val="000B7448"/>
     <w:rsid w:val="000B74E4"/>
     <w:rsid w:val="000B7612"/>
@@ -10355,57 +10695,59 @@
     <w:rsid w:val="00146620"/>
     <w:rsid w:val="001470EA"/>
     <w:rsid w:val="00151D6E"/>
     <w:rsid w:val="00151EFA"/>
     <w:rsid w:val="00152F67"/>
     <w:rsid w:val="00153134"/>
     <w:rsid w:val="001532A0"/>
     <w:rsid w:val="001544AC"/>
     <w:rsid w:val="00155866"/>
     <w:rsid w:val="00156AA0"/>
     <w:rsid w:val="00157CC3"/>
     <w:rsid w:val="00161469"/>
     <w:rsid w:val="00163857"/>
     <w:rsid w:val="00163F63"/>
     <w:rsid w:val="00164584"/>
     <w:rsid w:val="00164FCD"/>
     <w:rsid w:val="00165327"/>
     <w:rsid w:val="00165725"/>
     <w:rsid w:val="00165FB9"/>
     <w:rsid w:val="001661BA"/>
     <w:rsid w:val="0016677E"/>
     <w:rsid w:val="00166AB9"/>
     <w:rsid w:val="00167064"/>
     <w:rsid w:val="00167134"/>
     <w:rsid w:val="00167D77"/>
+    <w:rsid w:val="00167DBE"/>
     <w:rsid w:val="00170385"/>
     <w:rsid w:val="001706E2"/>
     <w:rsid w:val="001707C5"/>
     <w:rsid w:val="00172CF3"/>
     <w:rsid w:val="0017435E"/>
     <w:rsid w:val="001750E0"/>
     <w:rsid w:val="0017526B"/>
+    <w:rsid w:val="00175586"/>
     <w:rsid w:val="0017579D"/>
     <w:rsid w:val="00176498"/>
     <w:rsid w:val="001775A7"/>
     <w:rsid w:val="001775DB"/>
     <w:rsid w:val="00177745"/>
     <w:rsid w:val="001808F7"/>
     <w:rsid w:val="0018099F"/>
     <w:rsid w:val="001813F9"/>
     <w:rsid w:val="0018140E"/>
     <w:rsid w:val="00182082"/>
     <w:rsid w:val="00182534"/>
     <w:rsid w:val="00183ADA"/>
     <w:rsid w:val="00184A1C"/>
     <w:rsid w:val="00184F21"/>
     <w:rsid w:val="0018550D"/>
     <w:rsid w:val="00185BA0"/>
     <w:rsid w:val="00186AEC"/>
     <w:rsid w:val="00187AE8"/>
     <w:rsid w:val="00187DDB"/>
     <w:rsid w:val="001931FB"/>
     <w:rsid w:val="001939A3"/>
     <w:rsid w:val="00193C5A"/>
     <w:rsid w:val="00193DAD"/>
     <w:rsid w:val="00193DC6"/>
     <w:rsid w:val="001943B6"/>
@@ -10710,50 +11052,51 @@
     <w:rsid w:val="00320569"/>
     <w:rsid w:val="00320EA9"/>
     <w:rsid w:val="00320F68"/>
     <w:rsid w:val="00321077"/>
     <w:rsid w:val="003211D4"/>
     <w:rsid w:val="003226F0"/>
     <w:rsid w:val="003242AE"/>
     <w:rsid w:val="00324E42"/>
     <w:rsid w:val="003255B2"/>
     <w:rsid w:val="00326455"/>
     <w:rsid w:val="00327553"/>
     <w:rsid w:val="00327999"/>
     <w:rsid w:val="0033019B"/>
     <w:rsid w:val="003309DA"/>
     <w:rsid w:val="00331354"/>
     <w:rsid w:val="0033153B"/>
     <w:rsid w:val="0033161B"/>
     <w:rsid w:val="003319D9"/>
     <w:rsid w:val="00332D7D"/>
     <w:rsid w:val="00333109"/>
     <w:rsid w:val="0033343D"/>
     <w:rsid w:val="00334CA6"/>
     <w:rsid w:val="00336389"/>
     <w:rsid w:val="00340AFB"/>
     <w:rsid w:val="00341097"/>
+    <w:rsid w:val="0034123A"/>
     <w:rsid w:val="00342250"/>
     <w:rsid w:val="00342B35"/>
     <w:rsid w:val="00342CEB"/>
     <w:rsid w:val="00343EEA"/>
     <w:rsid w:val="00346120"/>
     <w:rsid w:val="003467E5"/>
     <w:rsid w:val="00346C5F"/>
     <w:rsid w:val="00346DA5"/>
     <w:rsid w:val="00350E7D"/>
     <w:rsid w:val="00350EBC"/>
     <w:rsid w:val="003535C8"/>
     <w:rsid w:val="00353B9A"/>
     <w:rsid w:val="00354CCB"/>
     <w:rsid w:val="00355466"/>
     <w:rsid w:val="00355B3B"/>
     <w:rsid w:val="00355F4C"/>
     <w:rsid w:val="0035605F"/>
     <w:rsid w:val="003563E9"/>
     <w:rsid w:val="00357050"/>
     <w:rsid w:val="00357CB0"/>
     <w:rsid w:val="00357D9F"/>
     <w:rsid w:val="003601C4"/>
     <w:rsid w:val="00360392"/>
     <w:rsid w:val="00360C19"/>
     <w:rsid w:val="00360E0F"/>
@@ -10812,50 +11155,51 @@
     <w:rsid w:val="003B1E7F"/>
     <w:rsid w:val="003B2CA4"/>
     <w:rsid w:val="003B31A9"/>
     <w:rsid w:val="003B3EA9"/>
     <w:rsid w:val="003B4913"/>
     <w:rsid w:val="003B6D66"/>
     <w:rsid w:val="003B727A"/>
     <w:rsid w:val="003B72D5"/>
     <w:rsid w:val="003B7399"/>
     <w:rsid w:val="003B7A70"/>
     <w:rsid w:val="003C1F8C"/>
     <w:rsid w:val="003C2265"/>
     <w:rsid w:val="003C27D7"/>
     <w:rsid w:val="003C2CBE"/>
     <w:rsid w:val="003C2E47"/>
     <w:rsid w:val="003C31D0"/>
     <w:rsid w:val="003C3399"/>
     <w:rsid w:val="003C3AC7"/>
     <w:rsid w:val="003C3CE9"/>
     <w:rsid w:val="003C4CF7"/>
     <w:rsid w:val="003C5C49"/>
     <w:rsid w:val="003C675D"/>
     <w:rsid w:val="003C6B90"/>
     <w:rsid w:val="003C7DD0"/>
     <w:rsid w:val="003D03B5"/>
+    <w:rsid w:val="003D14BA"/>
     <w:rsid w:val="003D1CCA"/>
     <w:rsid w:val="003D2528"/>
     <w:rsid w:val="003D270C"/>
     <w:rsid w:val="003D2A47"/>
     <w:rsid w:val="003D2C25"/>
     <w:rsid w:val="003D2F9A"/>
     <w:rsid w:val="003D382B"/>
     <w:rsid w:val="003D3E38"/>
     <w:rsid w:val="003D4091"/>
     <w:rsid w:val="003D4C62"/>
     <w:rsid w:val="003D51E0"/>
     <w:rsid w:val="003D7034"/>
     <w:rsid w:val="003D7C86"/>
     <w:rsid w:val="003D7D11"/>
     <w:rsid w:val="003E00D4"/>
     <w:rsid w:val="003E0A17"/>
     <w:rsid w:val="003E0F25"/>
     <w:rsid w:val="003E0F47"/>
     <w:rsid w:val="003E12B4"/>
     <w:rsid w:val="003E3776"/>
     <w:rsid w:val="003E43EE"/>
     <w:rsid w:val="003E5E2E"/>
     <w:rsid w:val="003E5EBA"/>
     <w:rsid w:val="003E6005"/>
     <w:rsid w:val="003E7D44"/>
@@ -10961,50 +11305,51 @@
     <w:rsid w:val="00467BB8"/>
     <w:rsid w:val="00467F35"/>
     <w:rsid w:val="00470818"/>
     <w:rsid w:val="00471721"/>
     <w:rsid w:val="0047199A"/>
     <w:rsid w:val="004728CA"/>
     <w:rsid w:val="004734F5"/>
     <w:rsid w:val="00474F1E"/>
     <w:rsid w:val="00475FF9"/>
     <w:rsid w:val="00476760"/>
     <w:rsid w:val="0047692B"/>
     <w:rsid w:val="00476E1F"/>
     <w:rsid w:val="00482C98"/>
     <w:rsid w:val="00482D63"/>
     <w:rsid w:val="00484753"/>
     <w:rsid w:val="00485091"/>
     <w:rsid w:val="004857B6"/>
     <w:rsid w:val="0049054C"/>
     <w:rsid w:val="00490637"/>
     <w:rsid w:val="00491131"/>
     <w:rsid w:val="00491E1E"/>
     <w:rsid w:val="004926D1"/>
     <w:rsid w:val="00494350"/>
     <w:rsid w:val="004960A9"/>
     <w:rsid w:val="004960CA"/>
+    <w:rsid w:val="004961FB"/>
     <w:rsid w:val="0049659D"/>
     <w:rsid w:val="00497048"/>
     <w:rsid w:val="0049774D"/>
     <w:rsid w:val="004A2719"/>
     <w:rsid w:val="004A3B57"/>
     <w:rsid w:val="004A3EAA"/>
     <w:rsid w:val="004A4B09"/>
     <w:rsid w:val="004A4DCC"/>
     <w:rsid w:val="004A6ACE"/>
     <w:rsid w:val="004A764E"/>
     <w:rsid w:val="004B165C"/>
     <w:rsid w:val="004B1E14"/>
     <w:rsid w:val="004B20D5"/>
     <w:rsid w:val="004B20FA"/>
     <w:rsid w:val="004B2925"/>
     <w:rsid w:val="004B2FEB"/>
     <w:rsid w:val="004B3C4A"/>
     <w:rsid w:val="004B453C"/>
     <w:rsid w:val="004B56A5"/>
     <w:rsid w:val="004B788C"/>
     <w:rsid w:val="004B79A6"/>
     <w:rsid w:val="004C06ED"/>
     <w:rsid w:val="004C1CD3"/>
     <w:rsid w:val="004C1F9C"/>
     <w:rsid w:val="004C2582"/>
@@ -11182,69 +11527,69 @@
     <w:rsid w:val="005C3100"/>
     <w:rsid w:val="005C345C"/>
     <w:rsid w:val="005C3496"/>
     <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C39A4"/>
     <w:rsid w:val="005C3C03"/>
     <w:rsid w:val="005C4725"/>
     <w:rsid w:val="005C47BB"/>
     <w:rsid w:val="005C5A9C"/>
     <w:rsid w:val="005C6A1C"/>
     <w:rsid w:val="005C6EAC"/>
     <w:rsid w:val="005C7D80"/>
     <w:rsid w:val="005D07FB"/>
     <w:rsid w:val="005D0C6A"/>
     <w:rsid w:val="005D1457"/>
     <w:rsid w:val="005D1567"/>
     <w:rsid w:val="005D2D4E"/>
     <w:rsid w:val="005D2DA3"/>
     <w:rsid w:val="005D34E9"/>
     <w:rsid w:val="005D3C85"/>
     <w:rsid w:val="005D3FA9"/>
     <w:rsid w:val="005D5616"/>
     <w:rsid w:val="005D5EDA"/>
     <w:rsid w:val="005D6E19"/>
     <w:rsid w:val="005D7DA1"/>
+    <w:rsid w:val="005E13EE"/>
     <w:rsid w:val="005E2CB6"/>
     <w:rsid w:val="005E4108"/>
     <w:rsid w:val="005E48EA"/>
     <w:rsid w:val="005E570F"/>
     <w:rsid w:val="005E5F1A"/>
     <w:rsid w:val="005E6C68"/>
     <w:rsid w:val="005F011E"/>
     <w:rsid w:val="005F0401"/>
     <w:rsid w:val="005F0E40"/>
     <w:rsid w:val="005F0EA6"/>
     <w:rsid w:val="005F1491"/>
     <w:rsid w:val="005F226A"/>
     <w:rsid w:val="005F265F"/>
     <w:rsid w:val="005F2FFD"/>
     <w:rsid w:val="005F3616"/>
     <w:rsid w:val="005F39FE"/>
     <w:rsid w:val="005F41A0"/>
     <w:rsid w:val="005F62A6"/>
-    <w:rsid w:val="005F67DA"/>
     <w:rsid w:val="005F6A76"/>
     <w:rsid w:val="005F77A1"/>
     <w:rsid w:val="005F78F6"/>
     <w:rsid w:val="005F7FD8"/>
     <w:rsid w:val="00600C91"/>
     <w:rsid w:val="00601969"/>
     <w:rsid w:val="0060303F"/>
     <w:rsid w:val="006034EC"/>
     <w:rsid w:val="00603BB4"/>
     <w:rsid w:val="00603C85"/>
     <w:rsid w:val="00605007"/>
     <w:rsid w:val="006055AB"/>
     <w:rsid w:val="006055E1"/>
     <w:rsid w:val="006057A3"/>
     <w:rsid w:val="00605E4C"/>
     <w:rsid w:val="00607601"/>
     <w:rsid w:val="00607CF8"/>
     <w:rsid w:val="00607E8A"/>
     <w:rsid w:val="00610CF7"/>
     <w:rsid w:val="00610DCA"/>
     <w:rsid w:val="0061118D"/>
     <w:rsid w:val="00612A05"/>
     <w:rsid w:val="0061309B"/>
     <w:rsid w:val="006130CF"/>
     <w:rsid w:val="006136CE"/>
@@ -11303,51 +11648,50 @@
     <w:rsid w:val="00660A2C"/>
     <w:rsid w:val="00662403"/>
     <w:rsid w:val="006648EF"/>
     <w:rsid w:val="00667477"/>
     <w:rsid w:val="00667C79"/>
     <w:rsid w:val="00667D0D"/>
     <w:rsid w:val="00667EC7"/>
     <w:rsid w:val="00670CCB"/>
     <w:rsid w:val="006721FB"/>
     <w:rsid w:val="00673807"/>
     <w:rsid w:val="00674A63"/>
     <w:rsid w:val="00675383"/>
     <w:rsid w:val="00675725"/>
     <w:rsid w:val="00676AF8"/>
     <w:rsid w:val="00677201"/>
     <w:rsid w:val="00677739"/>
     <w:rsid w:val="006778F0"/>
     <w:rsid w:val="00677DF7"/>
     <w:rsid w:val="00677E5D"/>
     <w:rsid w:val="00677FE4"/>
     <w:rsid w:val="00680444"/>
     <w:rsid w:val="00680C49"/>
     <w:rsid w:val="006821A5"/>
     <w:rsid w:val="00682333"/>
     <w:rsid w:val="006823DC"/>
-    <w:rsid w:val="00682C01"/>
     <w:rsid w:val="00683111"/>
     <w:rsid w:val="006839E8"/>
     <w:rsid w:val="006842AE"/>
     <w:rsid w:val="00684509"/>
     <w:rsid w:val="00684668"/>
     <w:rsid w:val="006855FB"/>
     <w:rsid w:val="00685623"/>
     <w:rsid w:val="00685C75"/>
     <w:rsid w:val="00686BEA"/>
     <w:rsid w:val="00690AC3"/>
     <w:rsid w:val="006910CB"/>
     <w:rsid w:val="00691AF2"/>
     <w:rsid w:val="00692139"/>
     <w:rsid w:val="00692201"/>
     <w:rsid w:val="006935D3"/>
     <w:rsid w:val="00693D91"/>
     <w:rsid w:val="00693EE8"/>
     <w:rsid w:val="00695640"/>
     <w:rsid w:val="00695D3E"/>
     <w:rsid w:val="00695ED6"/>
     <w:rsid w:val="006964B3"/>
     <w:rsid w:val="006974D7"/>
     <w:rsid w:val="006A0832"/>
     <w:rsid w:val="006A0ADD"/>
     <w:rsid w:val="006A0B96"/>
@@ -11357,50 +11701,51 @@
     <w:rsid w:val="006A28E7"/>
     <w:rsid w:val="006A4986"/>
     <w:rsid w:val="006A5DCA"/>
     <w:rsid w:val="006A5E75"/>
     <w:rsid w:val="006A69E0"/>
     <w:rsid w:val="006A6E66"/>
     <w:rsid w:val="006A7789"/>
     <w:rsid w:val="006A7E89"/>
     <w:rsid w:val="006B0F40"/>
     <w:rsid w:val="006B168E"/>
     <w:rsid w:val="006B1E46"/>
     <w:rsid w:val="006B22C8"/>
     <w:rsid w:val="006B2499"/>
     <w:rsid w:val="006B2588"/>
     <w:rsid w:val="006B34ED"/>
     <w:rsid w:val="006B3987"/>
     <w:rsid w:val="006B3B18"/>
     <w:rsid w:val="006B4D50"/>
     <w:rsid w:val="006B57B7"/>
     <w:rsid w:val="006B59AE"/>
     <w:rsid w:val="006B66B8"/>
     <w:rsid w:val="006B74F8"/>
     <w:rsid w:val="006B7C5C"/>
     <w:rsid w:val="006C08F0"/>
     <w:rsid w:val="006C0FAC"/>
+    <w:rsid w:val="006C23A3"/>
     <w:rsid w:val="006C25CA"/>
     <w:rsid w:val="006C2A5A"/>
     <w:rsid w:val="006C346C"/>
     <w:rsid w:val="006C3A5C"/>
     <w:rsid w:val="006C447D"/>
     <w:rsid w:val="006C4547"/>
     <w:rsid w:val="006C4905"/>
     <w:rsid w:val="006C490C"/>
     <w:rsid w:val="006C55E2"/>
     <w:rsid w:val="006C5D69"/>
     <w:rsid w:val="006C689C"/>
     <w:rsid w:val="006C7F5D"/>
     <w:rsid w:val="006C7F90"/>
     <w:rsid w:val="006D106A"/>
     <w:rsid w:val="006D1A78"/>
     <w:rsid w:val="006D2D4B"/>
     <w:rsid w:val="006D377B"/>
     <w:rsid w:val="006D45D8"/>
     <w:rsid w:val="006D4D37"/>
     <w:rsid w:val="006D58B3"/>
     <w:rsid w:val="006D5E82"/>
     <w:rsid w:val="006D5EA8"/>
     <w:rsid w:val="006D628E"/>
     <w:rsid w:val="006D7302"/>
     <w:rsid w:val="006D7DB4"/>
@@ -11601,50 +11946,51 @@
     <w:rsid w:val="007D22D0"/>
     <w:rsid w:val="007D2E8F"/>
     <w:rsid w:val="007D412F"/>
     <w:rsid w:val="007D4494"/>
     <w:rsid w:val="007D52D3"/>
     <w:rsid w:val="007D5EF6"/>
     <w:rsid w:val="007D70F7"/>
     <w:rsid w:val="007E3406"/>
     <w:rsid w:val="007E3FBB"/>
     <w:rsid w:val="007E3FF6"/>
     <w:rsid w:val="007E50D1"/>
     <w:rsid w:val="007E5686"/>
     <w:rsid w:val="007E6025"/>
     <w:rsid w:val="007E6F70"/>
     <w:rsid w:val="007E7546"/>
     <w:rsid w:val="007E79BE"/>
     <w:rsid w:val="007E7AB7"/>
     <w:rsid w:val="007F12AC"/>
     <w:rsid w:val="007F263F"/>
     <w:rsid w:val="007F26A1"/>
     <w:rsid w:val="007F2CC0"/>
     <w:rsid w:val="007F3792"/>
     <w:rsid w:val="007F65FC"/>
     <w:rsid w:val="007F6FF8"/>
     <w:rsid w:val="007F7320"/>
+    <w:rsid w:val="007F7E9F"/>
     <w:rsid w:val="00800E44"/>
     <w:rsid w:val="00802697"/>
     <w:rsid w:val="00803F23"/>
     <w:rsid w:val="008044AE"/>
     <w:rsid w:val="00804F20"/>
     <w:rsid w:val="00805BA7"/>
     <w:rsid w:val="0080603A"/>
     <w:rsid w:val="008066C6"/>
     <w:rsid w:val="00806836"/>
     <w:rsid w:val="00806E02"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="0081041C"/>
     <w:rsid w:val="0081093E"/>
     <w:rsid w:val="0081094F"/>
     <w:rsid w:val="008111A2"/>
     <w:rsid w:val="00811589"/>
     <w:rsid w:val="008127C6"/>
     <w:rsid w:val="00812885"/>
     <w:rsid w:val="00813A34"/>
     <w:rsid w:val="00815ECF"/>
     <w:rsid w:val="00816483"/>
     <w:rsid w:val="0081653D"/>
     <w:rsid w:val="00816E21"/>
     <w:rsid w:val="0082081C"/>
     <w:rsid w:val="00821628"/>
@@ -11708,50 +12054,51 @@
     <w:rsid w:val="00875D0C"/>
     <w:rsid w:val="00875D7C"/>
     <w:rsid w:val="00875E0D"/>
     <w:rsid w:val="008769F8"/>
     <w:rsid w:val="00880274"/>
     <w:rsid w:val="00881286"/>
     <w:rsid w:val="00881972"/>
     <w:rsid w:val="00882A40"/>
     <w:rsid w:val="00883C33"/>
     <w:rsid w:val="00883FC4"/>
     <w:rsid w:val="00886C91"/>
     <w:rsid w:val="00887374"/>
     <w:rsid w:val="00890395"/>
     <w:rsid w:val="00890AFA"/>
     <w:rsid w:val="0089139D"/>
     <w:rsid w:val="00891F4A"/>
     <w:rsid w:val="00891FFD"/>
     <w:rsid w:val="00893200"/>
     <w:rsid w:val="008945CD"/>
     <w:rsid w:val="00895AA8"/>
     <w:rsid w:val="008971EE"/>
     <w:rsid w:val="00897E5A"/>
     <w:rsid w:val="008A065F"/>
     <w:rsid w:val="008A271B"/>
     <w:rsid w:val="008A29A8"/>
+    <w:rsid w:val="008A2B12"/>
     <w:rsid w:val="008A35FB"/>
     <w:rsid w:val="008A38AE"/>
     <w:rsid w:val="008A642B"/>
     <w:rsid w:val="008B117C"/>
     <w:rsid w:val="008B1741"/>
     <w:rsid w:val="008B1B73"/>
     <w:rsid w:val="008B202C"/>
     <w:rsid w:val="008B23E4"/>
     <w:rsid w:val="008B40D7"/>
     <w:rsid w:val="008B722A"/>
     <w:rsid w:val="008B7436"/>
     <w:rsid w:val="008B791F"/>
     <w:rsid w:val="008C0530"/>
     <w:rsid w:val="008C0BBE"/>
     <w:rsid w:val="008C1644"/>
     <w:rsid w:val="008C1A4F"/>
     <w:rsid w:val="008C3121"/>
     <w:rsid w:val="008C3447"/>
     <w:rsid w:val="008C419D"/>
     <w:rsid w:val="008C5563"/>
     <w:rsid w:val="008C5A1A"/>
     <w:rsid w:val="008C5A23"/>
     <w:rsid w:val="008C6C65"/>
     <w:rsid w:val="008C76AE"/>
     <w:rsid w:val="008D0661"/>
@@ -11893,50 +12240,51 @@
     <w:rsid w:val="009A2963"/>
     <w:rsid w:val="009A2BDD"/>
     <w:rsid w:val="009A330A"/>
     <w:rsid w:val="009A3B83"/>
     <w:rsid w:val="009A4140"/>
     <w:rsid w:val="009A477C"/>
     <w:rsid w:val="009A49AE"/>
     <w:rsid w:val="009A73AE"/>
     <w:rsid w:val="009A7530"/>
     <w:rsid w:val="009B08BF"/>
     <w:rsid w:val="009B14EE"/>
     <w:rsid w:val="009B47C4"/>
     <w:rsid w:val="009B48ED"/>
     <w:rsid w:val="009B4F31"/>
     <w:rsid w:val="009B5CD7"/>
     <w:rsid w:val="009B708F"/>
     <w:rsid w:val="009C0B19"/>
     <w:rsid w:val="009C1084"/>
     <w:rsid w:val="009C1751"/>
     <w:rsid w:val="009C4D00"/>
     <w:rsid w:val="009C5771"/>
     <w:rsid w:val="009C7501"/>
     <w:rsid w:val="009C764E"/>
     <w:rsid w:val="009D0412"/>
     <w:rsid w:val="009D2C7E"/>
+    <w:rsid w:val="009D3A37"/>
     <w:rsid w:val="009D3DDF"/>
     <w:rsid w:val="009D4432"/>
     <w:rsid w:val="009D4ED1"/>
     <w:rsid w:val="009D4F4D"/>
     <w:rsid w:val="009D55CA"/>
     <w:rsid w:val="009D62AB"/>
     <w:rsid w:val="009D6786"/>
     <w:rsid w:val="009D6CDC"/>
     <w:rsid w:val="009E0969"/>
     <w:rsid w:val="009E0F9D"/>
     <w:rsid w:val="009E141D"/>
     <w:rsid w:val="009E1864"/>
     <w:rsid w:val="009E1977"/>
     <w:rsid w:val="009E1E4B"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009E421B"/>
     <w:rsid w:val="009E436B"/>
     <w:rsid w:val="009E4CCC"/>
     <w:rsid w:val="009E55B3"/>
     <w:rsid w:val="009E5691"/>
     <w:rsid w:val="009E5AFF"/>
     <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E6F43"/>
     <w:rsid w:val="009E74A0"/>
     <w:rsid w:val="009F06AA"/>
@@ -12030,51 +12378,50 @@
     <w:rsid w:val="00A83847"/>
     <w:rsid w:val="00A83C95"/>
     <w:rsid w:val="00A84BE6"/>
     <w:rsid w:val="00A860F9"/>
     <w:rsid w:val="00A863C3"/>
     <w:rsid w:val="00A870E4"/>
     <w:rsid w:val="00A87197"/>
     <w:rsid w:val="00A87454"/>
     <w:rsid w:val="00A900D0"/>
     <w:rsid w:val="00A91392"/>
     <w:rsid w:val="00A914FE"/>
     <w:rsid w:val="00A91981"/>
     <w:rsid w:val="00A91B59"/>
     <w:rsid w:val="00A922D1"/>
     <w:rsid w:val="00A92B58"/>
     <w:rsid w:val="00A92B84"/>
     <w:rsid w:val="00A93DBC"/>
     <w:rsid w:val="00A93E7C"/>
     <w:rsid w:val="00A9451A"/>
     <w:rsid w:val="00A96202"/>
     <w:rsid w:val="00A96534"/>
     <w:rsid w:val="00A9717F"/>
     <w:rsid w:val="00A9731B"/>
     <w:rsid w:val="00AA1B48"/>
     <w:rsid w:val="00AA2531"/>
-    <w:rsid w:val="00AA40F3"/>
     <w:rsid w:val="00AA479D"/>
     <w:rsid w:val="00AA5DF8"/>
     <w:rsid w:val="00AA6727"/>
     <w:rsid w:val="00AA6A32"/>
     <w:rsid w:val="00AA75A7"/>
     <w:rsid w:val="00AB02E3"/>
     <w:rsid w:val="00AB0EFC"/>
     <w:rsid w:val="00AB11AE"/>
     <w:rsid w:val="00AB2459"/>
     <w:rsid w:val="00AB31A2"/>
     <w:rsid w:val="00AB3617"/>
     <w:rsid w:val="00AB3D33"/>
     <w:rsid w:val="00AB4068"/>
     <w:rsid w:val="00AB5630"/>
     <w:rsid w:val="00AB6332"/>
     <w:rsid w:val="00AC1B77"/>
     <w:rsid w:val="00AC1F8C"/>
     <w:rsid w:val="00AC3395"/>
     <w:rsid w:val="00AC36A7"/>
     <w:rsid w:val="00AC3737"/>
     <w:rsid w:val="00AC4642"/>
     <w:rsid w:val="00AC49AA"/>
     <w:rsid w:val="00AC4AB5"/>
     <w:rsid w:val="00AC5062"/>
     <w:rsid w:val="00AC57FA"/>
@@ -12142,62 +12489,64 @@
     <w:rsid w:val="00B2478C"/>
     <w:rsid w:val="00B24F22"/>
     <w:rsid w:val="00B25782"/>
     <w:rsid w:val="00B25B8E"/>
     <w:rsid w:val="00B26578"/>
     <w:rsid w:val="00B271E5"/>
     <w:rsid w:val="00B310C6"/>
     <w:rsid w:val="00B312F3"/>
     <w:rsid w:val="00B3209A"/>
     <w:rsid w:val="00B328F2"/>
     <w:rsid w:val="00B35293"/>
     <w:rsid w:val="00B35354"/>
     <w:rsid w:val="00B36C62"/>
     <w:rsid w:val="00B401F0"/>
     <w:rsid w:val="00B4082F"/>
     <w:rsid w:val="00B40B5B"/>
     <w:rsid w:val="00B41476"/>
     <w:rsid w:val="00B41DF4"/>
     <w:rsid w:val="00B42AC5"/>
     <w:rsid w:val="00B44DB9"/>
     <w:rsid w:val="00B464A9"/>
     <w:rsid w:val="00B47500"/>
     <w:rsid w:val="00B479C6"/>
     <w:rsid w:val="00B47E94"/>
     <w:rsid w:val="00B5002A"/>
+    <w:rsid w:val="00B51DF8"/>
     <w:rsid w:val="00B520C1"/>
     <w:rsid w:val="00B5255F"/>
     <w:rsid w:val="00B52B80"/>
     <w:rsid w:val="00B52CC7"/>
     <w:rsid w:val="00B54A16"/>
     <w:rsid w:val="00B5677F"/>
     <w:rsid w:val="00B57426"/>
     <w:rsid w:val="00B57CDD"/>
     <w:rsid w:val="00B60302"/>
     <w:rsid w:val="00B60437"/>
     <w:rsid w:val="00B60AD9"/>
     <w:rsid w:val="00B60E11"/>
+    <w:rsid w:val="00B61D2F"/>
     <w:rsid w:val="00B61E0C"/>
     <w:rsid w:val="00B6253E"/>
     <w:rsid w:val="00B64A39"/>
     <w:rsid w:val="00B66B1F"/>
     <w:rsid w:val="00B704C0"/>
     <w:rsid w:val="00B70629"/>
     <w:rsid w:val="00B71E77"/>
     <w:rsid w:val="00B73342"/>
     <w:rsid w:val="00B73DE1"/>
     <w:rsid w:val="00B73F38"/>
     <w:rsid w:val="00B740BF"/>
     <w:rsid w:val="00B75942"/>
     <w:rsid w:val="00B75C91"/>
     <w:rsid w:val="00B76990"/>
     <w:rsid w:val="00B76D26"/>
     <w:rsid w:val="00B77AA5"/>
     <w:rsid w:val="00B77CB9"/>
     <w:rsid w:val="00B80F7F"/>
     <w:rsid w:val="00B812A6"/>
     <w:rsid w:val="00B81759"/>
     <w:rsid w:val="00B82469"/>
     <w:rsid w:val="00B829D2"/>
     <w:rsid w:val="00B82A09"/>
     <w:rsid w:val="00B82D05"/>
     <w:rsid w:val="00B82D7C"/>
@@ -12205,50 +12554,51 @@
     <w:rsid w:val="00B84A8E"/>
     <w:rsid w:val="00B85394"/>
     <w:rsid w:val="00B85561"/>
     <w:rsid w:val="00B85E15"/>
     <w:rsid w:val="00B85E8D"/>
     <w:rsid w:val="00B860B4"/>
     <w:rsid w:val="00B87185"/>
     <w:rsid w:val="00B9075B"/>
     <w:rsid w:val="00B907FF"/>
     <w:rsid w:val="00B9274D"/>
     <w:rsid w:val="00B92C75"/>
     <w:rsid w:val="00B93DC7"/>
     <w:rsid w:val="00B947B6"/>
     <w:rsid w:val="00B94E52"/>
     <w:rsid w:val="00B95497"/>
     <w:rsid w:val="00B95B27"/>
     <w:rsid w:val="00BA2321"/>
     <w:rsid w:val="00BA2BCD"/>
     <w:rsid w:val="00BA5409"/>
     <w:rsid w:val="00BA5641"/>
     <w:rsid w:val="00BA58F3"/>
     <w:rsid w:val="00BA5F49"/>
     <w:rsid w:val="00BA6ED0"/>
     <w:rsid w:val="00BA7233"/>
     <w:rsid w:val="00BA775F"/>
+    <w:rsid w:val="00BA7A36"/>
     <w:rsid w:val="00BA7A7F"/>
     <w:rsid w:val="00BB0068"/>
     <w:rsid w:val="00BB08A1"/>
     <w:rsid w:val="00BB0A01"/>
     <w:rsid w:val="00BB129C"/>
     <w:rsid w:val="00BB2567"/>
     <w:rsid w:val="00BB33A9"/>
     <w:rsid w:val="00BB37CB"/>
     <w:rsid w:val="00BB5140"/>
     <w:rsid w:val="00BB5178"/>
     <w:rsid w:val="00BB5240"/>
     <w:rsid w:val="00BB587D"/>
     <w:rsid w:val="00BB68DF"/>
     <w:rsid w:val="00BB6CDC"/>
     <w:rsid w:val="00BB7921"/>
     <w:rsid w:val="00BB7EC0"/>
     <w:rsid w:val="00BC022F"/>
     <w:rsid w:val="00BC3562"/>
     <w:rsid w:val="00BC4747"/>
     <w:rsid w:val="00BC4BBC"/>
     <w:rsid w:val="00BC5D0F"/>
     <w:rsid w:val="00BC5DCE"/>
     <w:rsid w:val="00BC61B5"/>
     <w:rsid w:val="00BC64AE"/>
     <w:rsid w:val="00BC6D65"/>
@@ -12323,161 +12673,164 @@
     <w:rsid w:val="00C35DDB"/>
     <w:rsid w:val="00C3645A"/>
     <w:rsid w:val="00C36973"/>
     <w:rsid w:val="00C37890"/>
     <w:rsid w:val="00C37D55"/>
     <w:rsid w:val="00C37E94"/>
     <w:rsid w:val="00C40113"/>
     <w:rsid w:val="00C40740"/>
     <w:rsid w:val="00C41421"/>
     <w:rsid w:val="00C41D72"/>
     <w:rsid w:val="00C4279C"/>
     <w:rsid w:val="00C43370"/>
     <w:rsid w:val="00C43DAB"/>
     <w:rsid w:val="00C43FD0"/>
     <w:rsid w:val="00C44361"/>
     <w:rsid w:val="00C445BA"/>
     <w:rsid w:val="00C45C8D"/>
     <w:rsid w:val="00C46AA2"/>
     <w:rsid w:val="00C50092"/>
     <w:rsid w:val="00C51BD2"/>
     <w:rsid w:val="00C53012"/>
     <w:rsid w:val="00C53E25"/>
     <w:rsid w:val="00C54F08"/>
     <w:rsid w:val="00C603CA"/>
     <w:rsid w:val="00C603FD"/>
+    <w:rsid w:val="00C625D3"/>
     <w:rsid w:val="00C62E95"/>
     <w:rsid w:val="00C64BAC"/>
     <w:rsid w:val="00C65757"/>
     <w:rsid w:val="00C67268"/>
     <w:rsid w:val="00C70137"/>
     <w:rsid w:val="00C7040E"/>
     <w:rsid w:val="00C70414"/>
     <w:rsid w:val="00C70875"/>
     <w:rsid w:val="00C70A44"/>
     <w:rsid w:val="00C712BA"/>
     <w:rsid w:val="00C72559"/>
     <w:rsid w:val="00C72F40"/>
     <w:rsid w:val="00C736BD"/>
     <w:rsid w:val="00C73ADD"/>
     <w:rsid w:val="00C76341"/>
     <w:rsid w:val="00C7783E"/>
     <w:rsid w:val="00C800E8"/>
     <w:rsid w:val="00C81E64"/>
     <w:rsid w:val="00C82626"/>
     <w:rsid w:val="00C829EA"/>
     <w:rsid w:val="00C83416"/>
     <w:rsid w:val="00C8404B"/>
     <w:rsid w:val="00C84056"/>
     <w:rsid w:val="00C85228"/>
     <w:rsid w:val="00C865B6"/>
     <w:rsid w:val="00C86871"/>
     <w:rsid w:val="00C87C2E"/>
     <w:rsid w:val="00C91CA1"/>
     <w:rsid w:val="00C92860"/>
     <w:rsid w:val="00C92D1A"/>
     <w:rsid w:val="00C93079"/>
     <w:rsid w:val="00C93457"/>
     <w:rsid w:val="00C9360A"/>
     <w:rsid w:val="00C93C5C"/>
     <w:rsid w:val="00C94B46"/>
+    <w:rsid w:val="00C94BC1"/>
     <w:rsid w:val="00C961DA"/>
     <w:rsid w:val="00C97317"/>
     <w:rsid w:val="00C9768A"/>
     <w:rsid w:val="00C97EAB"/>
     <w:rsid w:val="00CA0941"/>
     <w:rsid w:val="00CA191E"/>
     <w:rsid w:val="00CA3D24"/>
     <w:rsid w:val="00CA459E"/>
     <w:rsid w:val="00CA4A99"/>
     <w:rsid w:val="00CA5F7D"/>
-    <w:rsid w:val="00CA6FC2"/>
     <w:rsid w:val="00CA77E4"/>
     <w:rsid w:val="00CA7888"/>
     <w:rsid w:val="00CA7F30"/>
     <w:rsid w:val="00CB01B9"/>
     <w:rsid w:val="00CB0667"/>
     <w:rsid w:val="00CB0C40"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB20A6"/>
     <w:rsid w:val="00CB2A6A"/>
     <w:rsid w:val="00CB2E93"/>
     <w:rsid w:val="00CB370B"/>
     <w:rsid w:val="00CB4951"/>
     <w:rsid w:val="00CB4ED9"/>
     <w:rsid w:val="00CB578C"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CC03D2"/>
     <w:rsid w:val="00CC049C"/>
     <w:rsid w:val="00CC10BB"/>
     <w:rsid w:val="00CC2667"/>
     <w:rsid w:val="00CC3952"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC46F6"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
     <w:rsid w:val="00CD0BF9"/>
     <w:rsid w:val="00CD0D9A"/>
     <w:rsid w:val="00CD126C"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD335B"/>
     <w:rsid w:val="00CD40F6"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD5585"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD584E"/>
+    <w:rsid w:val="00CD62BA"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD7995"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE1AAA"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1F55"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE371A"/>
     <w:rsid w:val="00CE4097"/>
     <w:rsid w:val="00CE41DB"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CE7BFD"/>
     <w:rsid w:val="00CE7C1F"/>
     <w:rsid w:val="00CF0184"/>
     <w:rsid w:val="00CF1CCE"/>
     <w:rsid w:val="00CF1F3E"/>
     <w:rsid w:val="00CF22BA"/>
     <w:rsid w:val="00CF2F8E"/>
     <w:rsid w:val="00CF35F3"/>
     <w:rsid w:val="00CF55A1"/>
     <w:rsid w:val="00CF6E17"/>
     <w:rsid w:val="00CF7D9D"/>
     <w:rsid w:val="00CF7FF0"/>
     <w:rsid w:val="00D0127A"/>
     <w:rsid w:val="00D019E4"/>
     <w:rsid w:val="00D01C10"/>
     <w:rsid w:val="00D01C91"/>
+    <w:rsid w:val="00D01DDD"/>
     <w:rsid w:val="00D03334"/>
     <w:rsid w:val="00D03945"/>
     <w:rsid w:val="00D03AB3"/>
     <w:rsid w:val="00D04474"/>
     <w:rsid w:val="00D06C7C"/>
     <w:rsid w:val="00D079DF"/>
     <w:rsid w:val="00D07B64"/>
     <w:rsid w:val="00D1063B"/>
     <w:rsid w:val="00D11987"/>
     <w:rsid w:val="00D13DB3"/>
     <w:rsid w:val="00D1481C"/>
     <w:rsid w:val="00D1595C"/>
     <w:rsid w:val="00D15C57"/>
     <w:rsid w:val="00D1641F"/>
     <w:rsid w:val="00D1786E"/>
     <w:rsid w:val="00D201BE"/>
     <w:rsid w:val="00D2039F"/>
     <w:rsid w:val="00D21416"/>
     <w:rsid w:val="00D2169E"/>
     <w:rsid w:val="00D224DF"/>
     <w:rsid w:val="00D23B0E"/>
     <w:rsid w:val="00D23C8F"/>
     <w:rsid w:val="00D24F9B"/>
     <w:rsid w:val="00D25483"/>
     <w:rsid w:val="00D258CB"/>
@@ -12609,50 +12962,51 @@
     <w:rsid w:val="00DD4436"/>
     <w:rsid w:val="00DD524D"/>
     <w:rsid w:val="00DD5789"/>
     <w:rsid w:val="00DD5E74"/>
     <w:rsid w:val="00DD68EF"/>
     <w:rsid w:val="00DE06F7"/>
     <w:rsid w:val="00DE0DD1"/>
     <w:rsid w:val="00DE1525"/>
     <w:rsid w:val="00DE189C"/>
     <w:rsid w:val="00DE1EDA"/>
     <w:rsid w:val="00DE2041"/>
     <w:rsid w:val="00DE3699"/>
     <w:rsid w:val="00DE3D90"/>
     <w:rsid w:val="00DE42B7"/>
     <w:rsid w:val="00DE443C"/>
     <w:rsid w:val="00DE4665"/>
     <w:rsid w:val="00DE6F5B"/>
     <w:rsid w:val="00DE702F"/>
     <w:rsid w:val="00DF0B0B"/>
     <w:rsid w:val="00DF13FA"/>
     <w:rsid w:val="00DF2288"/>
     <w:rsid w:val="00DF3AEC"/>
     <w:rsid w:val="00DF3B0F"/>
     <w:rsid w:val="00DF4CE0"/>
     <w:rsid w:val="00DF55A2"/>
+    <w:rsid w:val="00DF5DFD"/>
     <w:rsid w:val="00E00D8D"/>
     <w:rsid w:val="00E02038"/>
     <w:rsid w:val="00E02B12"/>
     <w:rsid w:val="00E033DF"/>
     <w:rsid w:val="00E04914"/>
     <w:rsid w:val="00E04D68"/>
     <w:rsid w:val="00E062A7"/>
     <w:rsid w:val="00E07D8E"/>
     <w:rsid w:val="00E106AA"/>
     <w:rsid w:val="00E10EB1"/>
     <w:rsid w:val="00E10ED1"/>
     <w:rsid w:val="00E1168C"/>
     <w:rsid w:val="00E11C70"/>
     <w:rsid w:val="00E11D22"/>
     <w:rsid w:val="00E11D93"/>
     <w:rsid w:val="00E120ED"/>
     <w:rsid w:val="00E13A8E"/>
     <w:rsid w:val="00E1474D"/>
     <w:rsid w:val="00E14A47"/>
     <w:rsid w:val="00E154F0"/>
     <w:rsid w:val="00E16110"/>
     <w:rsid w:val="00E16CD7"/>
     <w:rsid w:val="00E17B10"/>
     <w:rsid w:val="00E20CD7"/>
     <w:rsid w:val="00E20E5E"/>
@@ -12686,79 +13040,81 @@
     <w:rsid w:val="00E521B7"/>
     <w:rsid w:val="00E52255"/>
     <w:rsid w:val="00E52599"/>
     <w:rsid w:val="00E52A4A"/>
     <w:rsid w:val="00E53F0A"/>
     <w:rsid w:val="00E53F48"/>
     <w:rsid w:val="00E54DB8"/>
     <w:rsid w:val="00E56655"/>
     <w:rsid w:val="00E56BA1"/>
     <w:rsid w:val="00E57614"/>
     <w:rsid w:val="00E6096D"/>
     <w:rsid w:val="00E60B1A"/>
     <w:rsid w:val="00E6123D"/>
     <w:rsid w:val="00E613D5"/>
     <w:rsid w:val="00E61463"/>
     <w:rsid w:val="00E61DA7"/>
     <w:rsid w:val="00E62C8A"/>
     <w:rsid w:val="00E66E89"/>
     <w:rsid w:val="00E66F58"/>
     <w:rsid w:val="00E6763F"/>
     <w:rsid w:val="00E70307"/>
     <w:rsid w:val="00E70501"/>
     <w:rsid w:val="00E70542"/>
     <w:rsid w:val="00E70785"/>
     <w:rsid w:val="00E70A7A"/>
+    <w:rsid w:val="00E714CA"/>
     <w:rsid w:val="00E71679"/>
     <w:rsid w:val="00E71D9E"/>
     <w:rsid w:val="00E7299C"/>
     <w:rsid w:val="00E72BFF"/>
     <w:rsid w:val="00E72FD1"/>
     <w:rsid w:val="00E73917"/>
     <w:rsid w:val="00E73943"/>
     <w:rsid w:val="00E7464D"/>
     <w:rsid w:val="00E75997"/>
     <w:rsid w:val="00E75EE1"/>
     <w:rsid w:val="00E765BF"/>
     <w:rsid w:val="00E80C1D"/>
     <w:rsid w:val="00E81682"/>
     <w:rsid w:val="00E8175F"/>
     <w:rsid w:val="00E818D0"/>
     <w:rsid w:val="00E823E9"/>
     <w:rsid w:val="00E83381"/>
     <w:rsid w:val="00E83B89"/>
     <w:rsid w:val="00E846A3"/>
     <w:rsid w:val="00E84BFF"/>
     <w:rsid w:val="00E84E0C"/>
     <w:rsid w:val="00E855FC"/>
     <w:rsid w:val="00E8591A"/>
     <w:rsid w:val="00E85EC6"/>
     <w:rsid w:val="00E85F42"/>
     <w:rsid w:val="00E85FBE"/>
     <w:rsid w:val="00E860CF"/>
     <w:rsid w:val="00E904FE"/>
     <w:rsid w:val="00E911EA"/>
+    <w:rsid w:val="00E91EC9"/>
     <w:rsid w:val="00E91F68"/>
     <w:rsid w:val="00E92157"/>
     <w:rsid w:val="00E939B2"/>
     <w:rsid w:val="00E94356"/>
     <w:rsid w:val="00E943DF"/>
     <w:rsid w:val="00E94DBD"/>
     <w:rsid w:val="00E94E38"/>
     <w:rsid w:val="00E95168"/>
     <w:rsid w:val="00E96538"/>
     <w:rsid w:val="00E96601"/>
     <w:rsid w:val="00EA01BD"/>
     <w:rsid w:val="00EA0DB3"/>
     <w:rsid w:val="00EA2922"/>
     <w:rsid w:val="00EA2AF0"/>
     <w:rsid w:val="00EA3373"/>
     <w:rsid w:val="00EA3B09"/>
     <w:rsid w:val="00EA3B28"/>
     <w:rsid w:val="00EA5200"/>
     <w:rsid w:val="00EA552A"/>
     <w:rsid w:val="00EA59FF"/>
     <w:rsid w:val="00EA5A45"/>
     <w:rsid w:val="00EA6C45"/>
     <w:rsid w:val="00EA75F0"/>
     <w:rsid w:val="00EB1A7B"/>
     <w:rsid w:val="00EB1D87"/>
@@ -12942,50 +13298,51 @@
     <w:rsid w:val="00F75959"/>
     <w:rsid w:val="00F76771"/>
     <w:rsid w:val="00F770E6"/>
     <w:rsid w:val="00F81465"/>
     <w:rsid w:val="00F8262A"/>
     <w:rsid w:val="00F827C6"/>
     <w:rsid w:val="00F829EB"/>
     <w:rsid w:val="00F85799"/>
     <w:rsid w:val="00F85C13"/>
     <w:rsid w:val="00F870E6"/>
     <w:rsid w:val="00F90095"/>
     <w:rsid w:val="00F90336"/>
     <w:rsid w:val="00F90D3E"/>
     <w:rsid w:val="00F90D98"/>
     <w:rsid w:val="00F910A5"/>
     <w:rsid w:val="00F93CF5"/>
     <w:rsid w:val="00F940F7"/>
     <w:rsid w:val="00F94551"/>
     <w:rsid w:val="00F94EA6"/>
     <w:rsid w:val="00F95D19"/>
     <w:rsid w:val="00F95D56"/>
     <w:rsid w:val="00F95E48"/>
     <w:rsid w:val="00F97316"/>
     <w:rsid w:val="00FA01C7"/>
     <w:rsid w:val="00FA1D08"/>
+    <w:rsid w:val="00FA2150"/>
     <w:rsid w:val="00FA376D"/>
     <w:rsid w:val="00FA3DD6"/>
     <w:rsid w:val="00FA4C60"/>
     <w:rsid w:val="00FA4DAC"/>
     <w:rsid w:val="00FA565D"/>
     <w:rsid w:val="00FA5AFB"/>
     <w:rsid w:val="00FA69A6"/>
     <w:rsid w:val="00FA76F6"/>
     <w:rsid w:val="00FB17F6"/>
     <w:rsid w:val="00FB1D85"/>
     <w:rsid w:val="00FB1E5C"/>
     <w:rsid w:val="00FB21A3"/>
     <w:rsid w:val="00FB2569"/>
     <w:rsid w:val="00FB2B07"/>
     <w:rsid w:val="00FB398A"/>
     <w:rsid w:val="00FB3AA6"/>
     <w:rsid w:val="00FB45C3"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:rsid w:val="00FB4F23"/>
     <w:rsid w:val="00FB4FE5"/>
     <w:rsid w:val="00FC044D"/>
     <w:rsid w:val="00FC0570"/>
     <w:rsid w:val="00FC060E"/>
     <w:rsid w:val="00FC0D0A"/>
     <w:rsid w:val="00FC2337"/>
@@ -13016,389 +13373,429 @@
     <w:rsid w:val="00FE6351"/>
     <w:rsid w:val="00FE63D0"/>
     <w:rsid w:val="00FE6614"/>
     <w:rsid w:val="00FE7205"/>
     <w:rsid w:val="00FE7F9C"/>
     <w:rsid w:val="00FF098E"/>
     <w:rsid w:val="00FF1433"/>
     <w:rsid w:val="00FF26CB"/>
     <w:rsid w:val="00FF2735"/>
     <w:rsid w:val="00FF2790"/>
     <w:rsid w:val="00FF29DF"/>
     <w:rsid w:val="00FF2B78"/>
     <w:rsid w:val="00FF30FF"/>
     <w:rsid w:val="00FF36DB"/>
     <w:rsid w:val="00FF3B65"/>
     <w:rsid w:val="00FF3E05"/>
     <w:rsid w:val="00FF5E52"/>
     <w:rsid w:val="00FF6161"/>
     <w:rsid w:val="00FF7959"/>
     <w:rsid w:val="00FF7981"/>
     <w:rsid w:val="01A001B5"/>
     <w:rsid w:val="01CF3B44"/>
     <w:rsid w:val="01F0BEA8"/>
     <w:rsid w:val="020A0E21"/>
     <w:rsid w:val="02117895"/>
+    <w:rsid w:val="026CF9E0"/>
     <w:rsid w:val="02751933"/>
     <w:rsid w:val="029FCBFC"/>
     <w:rsid w:val="02BB5BE8"/>
     <w:rsid w:val="033D1E17"/>
     <w:rsid w:val="034527CC"/>
     <w:rsid w:val="037071D3"/>
     <w:rsid w:val="041FEC47"/>
     <w:rsid w:val="046F6863"/>
     <w:rsid w:val="046FE3EA"/>
     <w:rsid w:val="04E1FABA"/>
+    <w:rsid w:val="04F61F8C"/>
     <w:rsid w:val="05D6DF23"/>
     <w:rsid w:val="061C1AF5"/>
     <w:rsid w:val="06B31755"/>
     <w:rsid w:val="06CC2C7B"/>
+    <w:rsid w:val="06F22391"/>
     <w:rsid w:val="07CDEC41"/>
     <w:rsid w:val="081CAF4A"/>
+    <w:rsid w:val="085C292F"/>
     <w:rsid w:val="08EF4D21"/>
     <w:rsid w:val="08FF6078"/>
     <w:rsid w:val="0927A0B1"/>
     <w:rsid w:val="097762B3"/>
     <w:rsid w:val="099C40AC"/>
     <w:rsid w:val="09B1EFE8"/>
     <w:rsid w:val="09BC91CA"/>
     <w:rsid w:val="0A7661B7"/>
     <w:rsid w:val="0B228994"/>
+    <w:rsid w:val="0B8BBEB2"/>
     <w:rsid w:val="0BC00C7B"/>
     <w:rsid w:val="0C95BEB6"/>
     <w:rsid w:val="0CA063F3"/>
     <w:rsid w:val="0CB47C27"/>
     <w:rsid w:val="0D2C99A5"/>
     <w:rsid w:val="0D639B00"/>
     <w:rsid w:val="0D6605B6"/>
     <w:rsid w:val="0D6F5B42"/>
     <w:rsid w:val="0D8258EF"/>
     <w:rsid w:val="0E49C359"/>
     <w:rsid w:val="0E741AAC"/>
     <w:rsid w:val="0F5D65E7"/>
     <w:rsid w:val="0F99E590"/>
+    <w:rsid w:val="0F9FF16D"/>
     <w:rsid w:val="0FBA395F"/>
     <w:rsid w:val="106D7AB6"/>
     <w:rsid w:val="10C97420"/>
     <w:rsid w:val="117932E3"/>
     <w:rsid w:val="1179DF32"/>
     <w:rsid w:val="1202C425"/>
+    <w:rsid w:val="12762BD3"/>
+    <w:rsid w:val="12AC35BF"/>
     <w:rsid w:val="12EDA773"/>
     <w:rsid w:val="142ECEAC"/>
     <w:rsid w:val="148606EB"/>
+    <w:rsid w:val="159EDA74"/>
     <w:rsid w:val="15A21D55"/>
     <w:rsid w:val="16799EEC"/>
     <w:rsid w:val="1697F350"/>
+    <w:rsid w:val="16B175F5"/>
     <w:rsid w:val="16E7319D"/>
     <w:rsid w:val="172E77F0"/>
     <w:rsid w:val="1744318A"/>
+    <w:rsid w:val="175E901A"/>
     <w:rsid w:val="176228C8"/>
     <w:rsid w:val="17A9A73E"/>
+    <w:rsid w:val="18365840"/>
     <w:rsid w:val="1864CD55"/>
+    <w:rsid w:val="1892A6FD"/>
     <w:rsid w:val="18D2EC88"/>
     <w:rsid w:val="190AF034"/>
     <w:rsid w:val="1927FEF1"/>
     <w:rsid w:val="196A0E05"/>
     <w:rsid w:val="1971E7A6"/>
     <w:rsid w:val="1995774D"/>
     <w:rsid w:val="19AA4B6A"/>
     <w:rsid w:val="1A3CAF97"/>
     <w:rsid w:val="1B389443"/>
     <w:rsid w:val="1BF794A5"/>
     <w:rsid w:val="1C462558"/>
     <w:rsid w:val="1CDD719E"/>
     <w:rsid w:val="1D3A50B3"/>
     <w:rsid w:val="1D7A9D29"/>
     <w:rsid w:val="1DBF511F"/>
+    <w:rsid w:val="1E28D75F"/>
     <w:rsid w:val="1E477A8E"/>
     <w:rsid w:val="1E68B51C"/>
     <w:rsid w:val="1E8632D5"/>
     <w:rsid w:val="1EAF310C"/>
     <w:rsid w:val="1EE2A303"/>
     <w:rsid w:val="1F09AE2D"/>
     <w:rsid w:val="1F56B4A1"/>
     <w:rsid w:val="1FB4985C"/>
     <w:rsid w:val="1FD23E6C"/>
     <w:rsid w:val="20151260"/>
     <w:rsid w:val="20388384"/>
     <w:rsid w:val="215F9933"/>
     <w:rsid w:val="21645363"/>
     <w:rsid w:val="22E35F4F"/>
     <w:rsid w:val="2321F26E"/>
     <w:rsid w:val="237E6C11"/>
     <w:rsid w:val="23EA3721"/>
     <w:rsid w:val="23F7370D"/>
     <w:rsid w:val="243C2B5B"/>
     <w:rsid w:val="248FBB5D"/>
     <w:rsid w:val="249C5527"/>
     <w:rsid w:val="24EE7E4A"/>
     <w:rsid w:val="24F6D7F2"/>
     <w:rsid w:val="2528C004"/>
+    <w:rsid w:val="25EC9D8A"/>
     <w:rsid w:val="2623F50C"/>
     <w:rsid w:val="2669CE5D"/>
+    <w:rsid w:val="269B1E28"/>
     <w:rsid w:val="277144E6"/>
     <w:rsid w:val="27F7F099"/>
     <w:rsid w:val="281F401B"/>
     <w:rsid w:val="282A2EE1"/>
     <w:rsid w:val="2894CC5C"/>
+    <w:rsid w:val="29782645"/>
     <w:rsid w:val="299B8616"/>
     <w:rsid w:val="2ABC2180"/>
     <w:rsid w:val="2B53DEA1"/>
     <w:rsid w:val="2BD63D67"/>
     <w:rsid w:val="2C1C31AB"/>
     <w:rsid w:val="2D1D59C7"/>
+    <w:rsid w:val="2D75E10E"/>
     <w:rsid w:val="2D7EC4F6"/>
     <w:rsid w:val="2D8DE471"/>
     <w:rsid w:val="2EAD6D44"/>
     <w:rsid w:val="2F1953C5"/>
     <w:rsid w:val="2F27E7C9"/>
     <w:rsid w:val="2F4CCA31"/>
     <w:rsid w:val="2F859185"/>
     <w:rsid w:val="2F998379"/>
     <w:rsid w:val="2FDC2352"/>
     <w:rsid w:val="3004A97A"/>
     <w:rsid w:val="30C4FBB8"/>
     <w:rsid w:val="3112E449"/>
     <w:rsid w:val="3117FC56"/>
     <w:rsid w:val="311AA5E0"/>
     <w:rsid w:val="31ED6233"/>
     <w:rsid w:val="3213288A"/>
+    <w:rsid w:val="32545CF1"/>
     <w:rsid w:val="332DBA0E"/>
     <w:rsid w:val="33965266"/>
     <w:rsid w:val="33DC931C"/>
     <w:rsid w:val="34526768"/>
     <w:rsid w:val="34A7FB25"/>
     <w:rsid w:val="35818D31"/>
     <w:rsid w:val="35905F44"/>
     <w:rsid w:val="359D70D5"/>
     <w:rsid w:val="361F8E55"/>
     <w:rsid w:val="36509AE9"/>
     <w:rsid w:val="369D170B"/>
     <w:rsid w:val="38CA6ABB"/>
     <w:rsid w:val="38E102D0"/>
+    <w:rsid w:val="38E62164"/>
     <w:rsid w:val="39123547"/>
     <w:rsid w:val="39537CCB"/>
+    <w:rsid w:val="39D87E5B"/>
     <w:rsid w:val="3A1D2D10"/>
+    <w:rsid w:val="3ABFAD43"/>
+    <w:rsid w:val="3AC6EE5A"/>
     <w:rsid w:val="3ACE913C"/>
     <w:rsid w:val="3AEC74B1"/>
     <w:rsid w:val="3B7D7B46"/>
     <w:rsid w:val="3B94FCA8"/>
     <w:rsid w:val="3BAD1D39"/>
     <w:rsid w:val="3BB56B13"/>
     <w:rsid w:val="3BB86E6B"/>
     <w:rsid w:val="3D45E551"/>
     <w:rsid w:val="3D6276AF"/>
     <w:rsid w:val="3D9FC251"/>
     <w:rsid w:val="3DC52A88"/>
     <w:rsid w:val="3DC83381"/>
     <w:rsid w:val="3E3F8EA5"/>
     <w:rsid w:val="3ECC83F2"/>
     <w:rsid w:val="3F37FB74"/>
     <w:rsid w:val="3F4AAF32"/>
     <w:rsid w:val="3F5C61FF"/>
+    <w:rsid w:val="3FB3419B"/>
+    <w:rsid w:val="3FEE2154"/>
     <w:rsid w:val="40D4580A"/>
     <w:rsid w:val="40D8922E"/>
     <w:rsid w:val="40EF2B00"/>
     <w:rsid w:val="415B8946"/>
     <w:rsid w:val="4224B8C7"/>
     <w:rsid w:val="424BDFEE"/>
     <w:rsid w:val="42BD59A4"/>
     <w:rsid w:val="43D1CD1B"/>
     <w:rsid w:val="43EA71AF"/>
     <w:rsid w:val="4459DE77"/>
     <w:rsid w:val="445D3849"/>
     <w:rsid w:val="4467FB62"/>
     <w:rsid w:val="45E4D007"/>
     <w:rsid w:val="461314E3"/>
     <w:rsid w:val="4642874D"/>
     <w:rsid w:val="469AB62D"/>
     <w:rsid w:val="4765F006"/>
     <w:rsid w:val="4766502D"/>
     <w:rsid w:val="4775862F"/>
     <w:rsid w:val="481D1306"/>
     <w:rsid w:val="489965A3"/>
     <w:rsid w:val="48D7B61A"/>
     <w:rsid w:val="48E5D3FF"/>
     <w:rsid w:val="4903A52A"/>
     <w:rsid w:val="491B4D93"/>
     <w:rsid w:val="493F7859"/>
     <w:rsid w:val="49B311F9"/>
+    <w:rsid w:val="49BD9CDF"/>
     <w:rsid w:val="4A3A5887"/>
     <w:rsid w:val="4A479F45"/>
     <w:rsid w:val="4BB2674C"/>
     <w:rsid w:val="4BF02505"/>
     <w:rsid w:val="4C86E7B7"/>
+    <w:rsid w:val="4CB67797"/>
     <w:rsid w:val="4D1CACB0"/>
     <w:rsid w:val="4DB9EAB5"/>
+    <w:rsid w:val="4E147D93"/>
     <w:rsid w:val="4F1684EB"/>
     <w:rsid w:val="4F60CF17"/>
     <w:rsid w:val="4F742A20"/>
     <w:rsid w:val="4F750B0F"/>
     <w:rsid w:val="500AAEE0"/>
     <w:rsid w:val="501268E7"/>
     <w:rsid w:val="501870A3"/>
     <w:rsid w:val="502CC2F0"/>
     <w:rsid w:val="50F6E03F"/>
     <w:rsid w:val="5106625F"/>
     <w:rsid w:val="51C4DC5B"/>
     <w:rsid w:val="51CC502C"/>
     <w:rsid w:val="521EB46B"/>
     <w:rsid w:val="5241331F"/>
     <w:rsid w:val="52E6EFB9"/>
+    <w:rsid w:val="53244D72"/>
+    <w:rsid w:val="5333E9F4"/>
     <w:rsid w:val="534CBC5F"/>
     <w:rsid w:val="535F10E7"/>
     <w:rsid w:val="539578CC"/>
     <w:rsid w:val="53F37F70"/>
     <w:rsid w:val="541C3F0D"/>
     <w:rsid w:val="54222DA6"/>
     <w:rsid w:val="54A11C76"/>
     <w:rsid w:val="54CB2501"/>
     <w:rsid w:val="54D89742"/>
     <w:rsid w:val="55330C80"/>
     <w:rsid w:val="55B83350"/>
     <w:rsid w:val="5697FB58"/>
     <w:rsid w:val="56B8E1AE"/>
     <w:rsid w:val="57C82F19"/>
     <w:rsid w:val="57CD8B8A"/>
     <w:rsid w:val="58DAA5D4"/>
     <w:rsid w:val="58EE4478"/>
     <w:rsid w:val="591ADAEE"/>
     <w:rsid w:val="5984AC7B"/>
     <w:rsid w:val="59BD6524"/>
     <w:rsid w:val="59DD3388"/>
     <w:rsid w:val="59F3CEBA"/>
     <w:rsid w:val="5A139258"/>
     <w:rsid w:val="5A3669CA"/>
     <w:rsid w:val="5A48BF7D"/>
     <w:rsid w:val="5AAF012D"/>
     <w:rsid w:val="5AFD7AA2"/>
     <w:rsid w:val="5B534D55"/>
     <w:rsid w:val="5BEE4D19"/>
     <w:rsid w:val="5CACF77B"/>
     <w:rsid w:val="5DC1C286"/>
     <w:rsid w:val="5E4F926B"/>
     <w:rsid w:val="5E62D19E"/>
+    <w:rsid w:val="5F7FC00A"/>
+    <w:rsid w:val="5F8DDD12"/>
     <w:rsid w:val="5FC1EE04"/>
     <w:rsid w:val="601A3F44"/>
     <w:rsid w:val="617CE892"/>
     <w:rsid w:val="62AD7C66"/>
     <w:rsid w:val="62E224C4"/>
     <w:rsid w:val="63126664"/>
     <w:rsid w:val="6357E7DC"/>
     <w:rsid w:val="641418C8"/>
     <w:rsid w:val="6418498A"/>
     <w:rsid w:val="642EB3DD"/>
     <w:rsid w:val="645D1279"/>
     <w:rsid w:val="64853FC3"/>
     <w:rsid w:val="64AAF8A7"/>
     <w:rsid w:val="64CDA24E"/>
     <w:rsid w:val="653B44B7"/>
     <w:rsid w:val="65C0B61E"/>
     <w:rsid w:val="65CB2E50"/>
     <w:rsid w:val="6614736C"/>
     <w:rsid w:val="6642468E"/>
     <w:rsid w:val="6778E274"/>
     <w:rsid w:val="67D51E7F"/>
     <w:rsid w:val="67E2FCBE"/>
     <w:rsid w:val="68174D28"/>
     <w:rsid w:val="68672EE0"/>
+    <w:rsid w:val="690F777F"/>
     <w:rsid w:val="6A57B455"/>
     <w:rsid w:val="6AA51081"/>
     <w:rsid w:val="6B556D70"/>
     <w:rsid w:val="6C570D51"/>
     <w:rsid w:val="6D09B283"/>
     <w:rsid w:val="6D2E93B3"/>
+    <w:rsid w:val="6D3A1ED8"/>
     <w:rsid w:val="6DA02325"/>
     <w:rsid w:val="6DE0719E"/>
     <w:rsid w:val="6DE69B44"/>
     <w:rsid w:val="6E792E5E"/>
     <w:rsid w:val="6E8310AD"/>
     <w:rsid w:val="6EAB256A"/>
     <w:rsid w:val="6EEBAD46"/>
     <w:rsid w:val="701A7D08"/>
+    <w:rsid w:val="70798537"/>
+    <w:rsid w:val="70CD8ED1"/>
     <w:rsid w:val="70D5A9DB"/>
+    <w:rsid w:val="71AE9FC8"/>
     <w:rsid w:val="71CE5127"/>
     <w:rsid w:val="71FA5381"/>
     <w:rsid w:val="720F7667"/>
     <w:rsid w:val="7212AB9C"/>
     <w:rsid w:val="72F858CC"/>
     <w:rsid w:val="73091624"/>
     <w:rsid w:val="739858EE"/>
     <w:rsid w:val="74FD0408"/>
     <w:rsid w:val="753F8580"/>
     <w:rsid w:val="7657A4A7"/>
+    <w:rsid w:val="765ECD97"/>
+    <w:rsid w:val="76B327FE"/>
     <w:rsid w:val="76D9897A"/>
     <w:rsid w:val="76DF0438"/>
     <w:rsid w:val="776857D5"/>
     <w:rsid w:val="77B2BBFA"/>
     <w:rsid w:val="77CEF75A"/>
     <w:rsid w:val="77F5EF5E"/>
     <w:rsid w:val="78103331"/>
     <w:rsid w:val="782719A4"/>
     <w:rsid w:val="782B6295"/>
     <w:rsid w:val="790F85DA"/>
     <w:rsid w:val="798A0BC7"/>
     <w:rsid w:val="79942AE1"/>
     <w:rsid w:val="79B601E7"/>
     <w:rsid w:val="79BAEA43"/>
     <w:rsid w:val="7A2FB49F"/>
     <w:rsid w:val="7A6C65A4"/>
     <w:rsid w:val="7BC6FF2B"/>
+    <w:rsid w:val="7C529020"/>
     <w:rsid w:val="7CA2B0AF"/>
     <w:rsid w:val="7CDE02DB"/>
     <w:rsid w:val="7D196F27"/>
     <w:rsid w:val="7DCC3368"/>
     <w:rsid w:val="7DD67968"/>
     <w:rsid w:val="7EB0E5DA"/>
     <w:rsid w:val="7F828B8C"/>
     <w:rsid w:val="7FA856B0"/>
     <w:rsid w:val="7FCC9A89"/>
     <w:rsid w:val="7FE8C409"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="620FAB79"/>
   <w15:docId w15:val="{109BC4DC-D6F9-47D4-B08C-24B479F6F140}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -16088,55 +16485,88 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/10127" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikus.Spalvins@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/index.php/2021.-2027.gada_pl%C4%81no%C5%A1anas_periods" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/10127" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikus.Spalvins@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/index.php/2021.-2027.gada_pl%C4%81no%C5%A1anas_periods" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas%20attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361628-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
+<t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <t:Task id="{24A09C63-7F8E-438B-824D-2B51756C3EBE}">
+    <t:Anchor>
+      <t:Comment id="1922551310"/>
+    </t:Anchor>
+    <t:History>
+      <t:Event id="{2354E523-FD43-4348-85E8-DFC8775D2DB5}" time="2025-12-02T10:19:26.71Z">
+        <t:Attribution userId="S::mikus.spalvins@cfla.gov.lv::10fea813-f093-4c5d-b7e8-e8940875d4ff" userProvider="AD" userName="Mikus Spalviņš"/>
+        <t:Anchor>
+          <t:Comment id="60229010"/>
+        </t:Anchor>
+        <t:Create/>
+      </t:Event>
+      <t:Event id="{3528556E-B336-4B34-AE9F-77D293877054}" time="2025-12-02T10:19:26.71Z">
+        <t:Attribution userId="S::mikus.spalvins@cfla.gov.lv::10fea813-f093-4c5d-b7e8-e8940875d4ff" userProvider="AD" userName="Mikus Spalviņš"/>
+        <t:Anchor>
+          <t:Comment id="60229010"/>
+        </t:Anchor>
+        <t:Assign userId="S::sarmite.lucane@cfla.gov.lv::fe6046fb-29f1-4aaa-9ff3-06fd5ed22496" userProvider="AD" userName="Sarmīte Lucāne"/>
+      </t:Event>
+      <t:Event id="{E9CD66AD-163C-4126-AE8A-24C2D7D17E9A}" time="2025-12-02T10:19:26.71Z">
+        <t:Attribution userId="S::mikus.spalvins@cfla.gov.lv::10fea813-f093-4c5d-b7e8-e8940875d4ff" userProvider="AD" userName="Mikus Spalviņš"/>
+        <t:Anchor>
+          <t:Comment id="60229010"/>
+        </t:Anchor>
+        <t:SetTitle title="@Sarmīte Lucāne Papildinu nolikumu ar VARAM vēstulē noteikto. Vai jums eksperta atzinums vai DAP līdz pēdējam MP derēs vai labāk citu termiņu? Tiklīdz pieejams, pirms darbības pabeigšanas?"/>
+      </t:Event>
+    </t:History>
+  </t:Task>
+</t:Tasks>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16397,61 +16827,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16646,134 +17067,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0478CA9D-39DC-478E-98D7-8A346D80539D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF1ED7FA-6B40-4C2D-8082-806D7CA9E303}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3515</Words>
-  <Characters>20042</Characters>
+  <Words>15447</Words>
+  <Characters>8805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>CFLA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23510</CharactersWithSpaces>
+  <CharactersWithSpaces>24204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Base Target">
     <vt:lpwstr>30.</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Order">
+    <vt:r8>666100</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>