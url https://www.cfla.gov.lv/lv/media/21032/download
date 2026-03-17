--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -10,210 +10,210 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/documenttasks/documenttasks1.xml" ContentType="application/vnd.ms-office.documenttasks+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B4597EC" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000D7736" w:rsidP="172E77F0" w:rsidRDefault="000D7736" w14:paraId="2B4597EC" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>APSTIPRINU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E20A7C" w14:textId="77777777" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000D7736" w:rsidP="172E77F0" w:rsidRDefault="000D7736" w14:paraId="27E20A7C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Centrālās finanšu un līgumu aģentūras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4303FD1A" w14:textId="50E428F9" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="00384D0E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000D7736" w:rsidP="172E77F0" w:rsidRDefault="00384D0E" w14:paraId="4303FD1A" w14:textId="50E428F9">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="000D7736" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="000D7736">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojektu atlases departamenta direktore</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183594BD" w14:textId="1884DCD1" w:rsidR="00202C7E" w:rsidRPr="005F226A" w:rsidRDefault="00202C7E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="005F226A" w:rsidR="00202C7E" w:rsidP="172E77F0" w:rsidRDefault="00202C7E" w14:paraId="183594BD" w14:textId="1884DCD1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(elektroniskais paraksts) </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>A. </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Abu-Junese</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A97D1DA" w14:textId="77777777" w:rsidR="00202C7E" w:rsidRDefault="00202C7E" w:rsidP="172E77F0">
+    <w:p w:rsidR="00202C7E" w:rsidP="172E77F0" w:rsidRDefault="00202C7E" w14:paraId="5A97D1DA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> (datums skatāms laika zīmogā)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3710E133" w14:textId="0EFD7181" w:rsidR="000D7736" w:rsidRPr="00BC022F" w:rsidRDefault="000D7736" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000D7736" w:rsidP="172E77F0" w:rsidRDefault="000D7736" w14:paraId="3710E133" w14:textId="0EFD7181">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9C37EC" w14:textId="266806D2" w:rsidR="007E5686" w:rsidRPr="00BC022F" w:rsidRDefault="007E5686" w:rsidP="172E77F0">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+    <w:p w:rsidRPr="00BC022F" w:rsidR="007E5686" w:rsidP="172E77F0" w:rsidRDefault="007E5686" w14:paraId="1D9C37EC" w14:textId="266806D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="629CE577" w14:textId="55BDBC73" w:rsidR="00422E4D" w:rsidRPr="00BC022F" w:rsidRDefault="00CD49EF" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00422E4D" w:rsidP="172E77F0" w:rsidRDefault="00CD49EF" w14:paraId="629CE577" w14:textId="55BDBC73">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AF374B9" wp14:editId="743A40A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>339725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2677795" cy="1476375"/>
@@ -291,3725 +291,3731 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1600199" y="28575"/>
                             <a:ext cx="1078173" cy="1390650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict w14:anchorId="7CCB52F9">
               <v:group id="Group 1618416861" style="position:absolute;margin-left:0;margin-top:26.75pt;width:210.85pt;height:116.25pt;z-index:251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:margin" coordsize="26783,14763" o:spid="_x0000_s1026" w14:anchorId="2D05EDD3" o:gfxdata="UEsDBBQABgAIAAAAIQCm5lH7DAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hjQnp77LSVoKJIXdoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0x0gXTfXV/V25wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crvcmYDpKHvd9eRSn2mR+LnKF/ckEGPEEEt6PWoqYtmOT&#10;VSdmxcGqTOTSg4P2eJPUz0zIld9WPwccuJf0nEErIK8ixGdhkjtTARmsXOtk+X9GljRYuK7TEso2&#10;4Gahjk7nspX7sgGmS8PbhL3BdExny6c23wAAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAL9D52q1AgAA1wcAAA4AAABkcnMvZTJvRG9jLnhtbNRVW2vbMBR+H+w/&#10;CL23vqS2E9OkjHUtg24L68aeFVm2Ra0LkhKn/35HspM2yWClsMIe4uhyztF3vvMd6fJqKzq0YcZy&#10;Jec4OY8xYpKqistmjn/+uDmbYmQdkRXplGRz/Mgsvlq8f3fZ65KlqlVdxQyCINKWvZ7j1jldRpGl&#10;LRPEnivNJGzWygjiYGqaqDKkh+iii9I4zqNemUobRZm1sHo9bOJFiF/XjLpvdW2ZQ90cAzYXviZ8&#10;V/4bLS5J2RiiW05HGOQVKAThEg7dh7omjqC14SehBKdGWVW7c6pEpOqaUxZygGyS+CibW6PWOuTS&#10;lH2j9zQBtUc8vTos/bq5NfpeLw0w0esGuAgzn8u2NsL/A0q0DZQ97iljW4coLKZ5URSzDCMKe8lF&#10;kU+KbCCVtsD8iR9tPz15TidFeuIZ7Q6ODuBoTkv4jRzA6ISDv2sFvNzaMDwGES+KIYh5WOszKJcm&#10;jq94x91jkB4UxoOSmyWnSzNMgM6lQbya4zzL4yzNZhhJIkD4YOTPRqlnx/t508GR+MTuFH2wSKqP&#10;LZEN+2A1SBcY9dbRoXmYHpy66ri+4V2HjHK/uGvvW6LhyCQo0m+OCYPuj3TzB84GTV4ruhZMuqHJ&#10;DOsgdyVty7XFyJRMrBgkaT5XASEpraHfAbFvs2KSQtMD+KLICoygzfJJdjGIwjrDHG13Se2AD4xY&#10;UCFa9V9UBeDJ2qmA/yUqTLI8myXQ30cq3GsJKDbW3TIlkB8AcgAbwpPNnXUez5OJ17xUnlBYJ2Un&#10;DxbA0K+EKnjE4xBqNGQBg/9GpJO3VKdn8R+LMTTXXoyheqPi/OE1VNSLdKj2fiNU8hVKTPI4TmbQ&#10;4HDzpdNsd+/tbsYkLqZJAQwHTU5mcZ6F5+atNRmuUXg9gsTHl84/T8/nMH7+Hi9+AwAA//8DAFBL&#10;AwQUAAYACAAAACEAXjHPDfRnAAB4jQIAFAAAAGRycy9tZWRpYS9pbWFnZTEuZW1mrHllWFRRt/Ag&#10;AhLSICilICAxxNAgQ4rSJZ1KiHR3CNJS0i0hITB0N9IztAJDSs0IQwgjMeQd3ve+7733z/d9z/fc&#10;8zxr733OWWevdfbaeyUOAABwwMK/LjwcAIAQC6c3Nze3oEYJABRggUVR7QUAgAPwibsDoMIiY1H+&#10;xxVCAACI3QUADLAv+v7HGwCgB4wHmDy+A8BOAODBAgsWsNNx48jgABiwY3Is3CHvWbyd0+c/4RZX&#10;UwEAUMDCLS6/zJ1/4GFJYK8Q8BOZuwCSf4wBAC4ZAIANO6b7x30I+D8fY7v/GgvKAHD+Reu/3ofJ&#10;AwDh8v8v3z+V+Sef/6QPADDL4P6bPpMM4b/HbP+Nr8cyBP9+/t9p9GQTiv+Lh/8+vicDwDuTAwB2&#10;sfCv9fgX3r/62zWK1lRXuk/0kAg7vP/qpYI2Vhr4WCC6h20Bf04vlLAdjru2khwAMs6wjb25ayur&#10;JgsA1CYQX1riYe8JXV4augMAlB63gLNiw+wDAMi9eaUgq+tjtmdKkEGtuMBEPp9bE1uYMZ6Dzpxw&#10;YcLv2y9+GkaEr0kS5fflurQwioJcwFJmPnc7c/kpYajhhKT61AyIor+S8wsdeTRX6/XpVZutl40t&#10;bZpi4jJmBembD9/b2YFAIH6oiupvFSZE4XIFmpzU/ztdTETI/Uciu+1BV+daFgyfuFJHqwaVfzQb&#10;53xrDnw7liXMQR8uV6sGsMzY0O3ce1ShXy3NFG26VmxcoOmg+AXSuXX7lIuEaKBJvpMmQhg1m133&#10;AAySHxoTOVW7lCnXnU061YUJOQf+LdKpd/hhbGnQ+r5K/Hdo9KDnOeeGhP8n7fJKbg2ffpL4MZf3&#10;aXF+3CTdMnTx7QEx8ALT/jM5ga/ahkptRnG0UEkaLhJl63idcNlyXRvN/422Vc0QIMINEcqzkLJv&#10;cbv4QhTmll1nOGXgDnv6HQbJVaoQcxjStdR0Avk9vksdMT1im/knTjRj0HHI9rkGZgjLSOvYPHVh&#10;jf6p0tg08xJivI500HN2sxL57MbnGz9nM71pFUfWePMl41OY9crZ6uMSFqvMgGDFWffUYJ7XdCnd&#10;ktsWHgSjcRVjd6NkQ6niUA1IGFXy+GC2W6b5A2GQkolUX8u1iPBeDnsNV52pTqtjed8X2KhUw6an&#10;J6ngflLnPiiddO/teHtR/rbI74cz22nXiFDJi6zW/IP3MGfg2yDPzLrScWpz+eZFiMByr5k8n+hT&#10;UVNbou9pZ6x1pv46xSzlOu7Q2zlZuJ8G4kh681To4I2R6Wak5b7IVuJooMDht+/d+qUcqdJr/YuP&#10;JQH9QK+fI3/PMsb5LFKMs97UW+dvaPhamd1UgeqAJTF2HlVWbmrj5bXDEPHrusfDUFfDiUU6eOqX&#10;nz37sqeLEBFi2gby7lBDHG1y7VYikz3B1Il8p5MIutqLpL2sRsu3/Yxi3yrsgtGeJQJtT+HjWrPx&#10;XCSjQiK8TPYnks7Fhm2Tjn5krarnV/DxivvPBCH1+UKRJn9CfBHgIX3De4RaIcd/Nk7xEHX+fAKS&#10;DYz6HBTKiafrwjZjC0NSgl1Vrrloq9x2VmUafGvhtvE8qzbSttmMYyB6U4UDegMfX2RoG/dZaHjk&#10;Uu/IqElHuV4zbm0WdEz3USN1itDoIXx9LiLOgjcnYMDU5niU3WZ2N7BfI4kMyrHYOqqmE/44cgSI&#10;q4RDaRW7J2H/mR6E4dksgQZgMBCExjJT+qzocUfH+mjlXEV0g0SEkeXbWRmS3z7FMmImYs5K7mcD&#10;rCJQoy+ePeIU5Xbrvwe3aqQy9n+CRQVKzTwjXXMxugviOTG5e36jqt/4Nzmfk4d3tj23ie/0yBAv&#10;Q8ojepjIsgPHA38w/PRvwezEmu4SfeoKrvYHgto9H7KubWp1HoAizT2Cq8Y8JJ5480RnaIAXcJ2H&#10;rRETjpZ+S66p9M8xDq3SCaZ9QOJ+DuPLnWLO3QW7huKLRGKmFKG94OuX9RO+CRmiq+LzXex3371s&#10;6N9dcf0k3vNKdAaW9JmX/nD46S1T2xjwtzkX9BNVjDDUm587CCaqQusHqztYfl0iHRSMqaWP9x+r&#10;O1iy2TsaRNhHDWKaT+VjTZ8VAeCQXGUj4gHRJU6aE/gNgzNp55+gbSMhJ8lxE8GGBMNWngnVYBR/&#10;R32t9na9KWuqx/vr8sWikr/loLGdp2owPrAwSCVp/+uq77e2Z78W8h9B0X/Odr6qwSgvzUSPAlqV&#10;HPeTUbqWw5bTAbaoi8mzJ4tyBmRuYgJrDGzin2XqmXkvsg+Y2K584hl+vKD2UddZ2miayh37E8PS&#10;xkJD2cyyqxoiYV8njs6Stdnh5oh6WeufuCdRXsxc+Kzt7r7M0uVqETLLPE0oucFaTCTTSZqqr+vM&#10;TXRmDYFTIjC9TvhttUDklvZCKskV2n23fDRHiYWmMouf52LEMWKwT2x1oVKLKFNfkzJVK5q9LMVh&#10;r0KSzrdzuf2T4EUht0zty/sV0R34uanUaSBI11jH8fUHQzxHGp7wI+R1DHCadV3hJ1BhD3veqGey&#10;EM9tH0PMpzgDu3DOUbWlE4nKw7SdQFaC7CzFEWUzY62XX0U/euSLDzB4b2vW55h+0dUKSwW9RQSJ&#10;kb1pwnNndUvFatQN4qKjHEwKvdZ+s+2zutCqeu4HmMNI/yxTiXg4EOxT+HQStc8NOzd//E5VdEaD&#10;gO3a7DCwS/wslOArNIUXUmeD1XRfFZ21KAUOurrBbhQ0O5FSILbplQ7JDUAKfjocQByqk2ov6VZT&#10;9ZL7o7rKeDM5GHda3C3A+NAwqubD3POlDe/M2CR7rJpVBt/kXOMmhQFBqO+BY5lzK+9NgrOfVPCk&#10;qtk9HVJ6Dl8Q6vNtdJVw4p4m9JVJiIR9y8/KCif2FlomMOdF88/zthY1FBmQzayI9Qk5gcyuiLNf&#10;0UQwcFxsm7yyU/DtUfXZpq73R3LsbvffK/peQ8H1U5jMxKqk27MMXo/aeGNq1T7OLEu08JoVKFh9&#10;c0DurlrtPyD4haY3WjUgQh33Ilvc/USw9KRTXj924fYwisE/i/BFZ4ng4j80n2TqU72fbqmo20MF&#10;bFdiJ/458Kql8XfES9czj1MgOahYQFiV4Rs5AWkYk9fUlcRzP9Ct8NxG+bkDm7QIapnIu2qTwsGh&#10;qtxVYQ7fvxC6sYUXaqZPpZiUEMnjsnH3nehFo6hEhTuyiHUt31lYzYXEFu8uFegOFJAWT4Tn5zbv&#10;CrGXojXCCz4kSYf6v5XV8biKq3N51eSeAn+l9bWRf2fEHWanv5w3Q6pCE4GvsKhkkVkt7WwXofB9&#10;cbkjbC/3r/4usb3lABkGkUXAB3N5h6B8TfeQ/NldR0i74eDBzcXJY/KYFleUknwje6TkBOOShjS7&#10;P6axSJFuvnHYy0m+lEj+Odvz3QbSh70/tqRwr0e192ylHJ3of9KI9058RcNcAyNG77C75eVIyrY9&#10;bDWap7K6roX2xOSzKaQmt42W5DzDnF6FIhA9eWRr8zN2yK3Rv+9pIvxexvR1IaXfjJ9fVCFSuA8E&#10;OUyDEniW/Ka3vLM1wPDv14OWjdAlRjvn+JY/OIQcEy3nXn9zD/glmxI2/6rKjAf/EqUuyL6eyFm+&#10;0XNHNIYlioapGRsYo7uW4GZwvzgoCdPMSM6nAGsxw78J2TBzV6bqqcnbFWT6zAw61FkfRaqDUPoi&#10;gqg0YZFu3vc2elc/it+r3bl0MtjpOyw5OTQ3sTkUlXaH16hole0RymAVGfHmtEekHH9+ppeUctyV&#10;WngUTua59TPw6LqArWkkcxcvP3I1KNUA6yMtCri1cvdGSzYwQIJ+PTH0ZkE94aYmLNXsBvuD3Y1W&#10;JYuhSajvGXiWKiX+otzfhHCZduz0LlNsY+V35PgIBW/IB8nqSfc/QPDaqBZnTp8Yx3KRHGdEDyir&#10;d+94oVdPSUUeBdmlmJVNnV/VtWRW5v0olC+P19Ytyg1OhplDWqAdh/uPbXArqxsuwyaB5109JHRw&#10;eYWP0lkOc3ZR2L0FKA47rL7Cz34dm11ifL/CFHHcTJq6DfOQ3mn4tWt1jXfjGmbYHkDQzp1UwzDb&#10;BmtBaghDQBxQTRvgVj52q7JEwt9RctByJlkvYETPh2Jpz6yOkQuVpRkVKYrvuWIqAu7DJCVcpuLO&#10;bJyI4RC+ubQ8fcsypAfBrvXU9fFg0jBOOua4tMTmD5UpTOdGaupE8svPdjcfPtPKYvxpilaVIW2Q&#10;+6z052DwOB//1f6eY8k16i4m/07vfR833htduh1xcUgQ7Oup8oN1NJ83aA/SrYUAbT7QH37zFDUn&#10;LDhxeSE285vBPy7cYW7Yepp+0S+k8+VY94oEpa+46lGCZZjSIkb0cKA7g9ENZlfRpzkx8jrVya+y&#10;3Zc2NTh/P4GN8ZPgB4Iqk6EPV2OSBwfO8SiQgtThzw2kBOZ5f2dtou+baXidjogSYws+Oy+hhJfk&#10;6vRqh9TVu/rghEhRfwLIuSp2U6s3vcnpaNC5EJxpMT1XAjPYl2oyeE3dc7dIiMTK/WEeqhhvYGvv&#10;WdYSurAtTOuITM7VZYLAeuWe94Fy3Gpied8kgDM2qUdumPYFO0Lqd5mCl5tzXNxrP6IXkOhvRGHa&#10;5TCs//p/bOWf2wDVWjBFIwVm6g+hqZbmWKZUge55UG4BRxW3vOEgZIKQv2cwDwdCqIz/h7xbE+uD&#10;R63dhQb9lm+Ts1OM1ccTN0VpmuP2rfpEzZw1siFe6vJFt8e/21fscp0CgTzoKBnau/qEcjANsbb/&#10;bK9wJEkEhIKlmHQt51eSKvpkHv9+vikoVaviVe70w09uvPqyQ3iErOrabcuU0wKIlW4X+4S509L9&#10;DuLSvprc5OWP7IobVjTsbgTU2kS4YLwS/gAMHHL0OLFirH9TvC6vQIJdNNuDazpY5vFLzTTEDQqE&#10;0LM1vKYBb8mz7ae8zteeeJsnyhacQPTdS/WcknQHkyh+WOcPW3uwzLfYyjy/YemuvCoJO0VnQZXV&#10;KoKc3rStejVWTve7fL54hXWofGbtuezZFT+Ya7kZXidXdxgfXflsPk1HBF8FRy5USDyeiByQQ9zb&#10;REenr7Iic1YOSP94zRTKG4YZ1suGW0qyGwfqHQV3BhUb1nKuXvJ3t2JOKnJhGqtn32Y9TT7o7V4E&#10;GIbutvtKZlnHLiG+k91Y3bnxDrP7pvfdJmkWnmfKLFrEkesYZDoNqzRJsU0LQAmrdKN1t07d0g3r&#10;fQjQoHg+w9/CFWlCAqswZ0sI3cqizx1Xmog9nNbJVIs5i240kwCVmRSeRlToiCdhK+Rt4ZfPJoA0&#10;lNSTgPPFyEydi5VoqUlFw52+/qVElNIJPypNtAmdg8lta5B68OnrcUjNhPTqWEPnPvu2uhC1Fstr&#10;uib3ulWo8krxsoH7yKQ0IttX8qtzzDr1D2tw21jn4ZfDwp+jeNWY2Td9Ez2pBRoHovOqF6sUdeUa&#10;nthQj23iU15AGrwITVVHpy5vLHKrZvkNDTT8x01EdinbG9/IqlHPHgNBbiaShhU151wKo20zP9/H&#10;iJec8hta6FfWKQSx3pgHovhdVae130Vhqvo0NV4mnJJWcWREDtKOjE68WTlKl3xa9eLBHbxUPCEw&#10;gc2WI7fbGKzruz/cN6etUur62u7DHAMcJU0fN0zb3KUTXpCXmNYDZBzKqAav4mnsCKp0oYetsFZl&#10;Rf7a/Mqdyv2IxnvExabpbHSsiMPA6Sh2MOuZSQQzpt3L7i2onyj7FV+u1YWvxVfToIOndRYOTWfH&#10;uVgl/HF3yKvtK3glHgo7d2GGp40fz5WOXSPBDiXq9acyLdzTsiIaI7Tmrb4OJCq/aogP0oH9l9Xe&#10;IoxObepHacY/lw1npyqNZ4Y7zhFrgtx1j4MkC/o0yYadFJJnqazpHPu4SzNMJeLUgVQT0k5MRKhE&#10;g2hf63MtG30DmkuimnPhlOyhF46D2fbMLT0df87zrVPfGeF78C9Aj+SLCa6XO8Bvwe6bA6fCw6Zd&#10;WD2JI07SpFIqUPJTOMyqMkc+gzDyQfDXmqY8i/G2E71aFl26phwY2v2cLGUs5FlXuWVdpdRHDDYi&#10;4FeSoXtYaK50u353Eg3wpY1bxDgsr0WKa/+Cszx4nHahPyM6Kjv+Lxron/oJ69ZE8jyafi+3mLWE&#10;kZi7Nb04n9+iTBQljDPcZhzMKIXxCpbGwVh3ZdBG8e3Y1umJSKmJr23Y1ZGzfZLeHQ4hV66/temk&#10;yfQl8HEo3jd+IZY64l54Qr3tgSNWZ/sf+RNZ773Umm99W555OjCOCABC878Tr5Rh8UScQL0506fq&#10;9X6KVOi+4PjU1/keMR578HtyCydt2dbL4Yd8OVkzfd+wuyyT319n+/1xSutRl9kwYbrhZZWG9NEa&#10;qXI5UuhH61U2dAfDwVyYKwwnqVVmu5G+siLDuMTRGuz4tn4Oxm6IRJ4f7T2by/WLGzalJxT1rAZ0&#10;Tf1rZwvGkQvE3yFumdLfgcJqLCQkq7VsT2yO8skjkTbtTpBEzBxlalACpOgzZmgDlk9ff9Ko//4O&#10;1ufi473hpIZ178zZY+10WeSmfiBB70M6AvdTNJ+XaL30/FAH2B0Msj+Rtrn6PHiy8JHbFBGJCUcs&#10;n5Lxg2z27aXPzzQQyQmn5ENZou8usMG/5IPhat2E/cBq33NzjoyJxGCQ7QE3RvQirHPs/Ot4X/Vw&#10;t6/5vgOSuX99Q+NEyF16ScULUOQ5Nel9rW1ZVlo8lJMNVQ3aYpMSJzrCT7SnYqfledoKZDMGf7w5&#10;cgeBfq3lUeq3UzWJMfiP8KOPUFjT2swESwser7tc4vg7XRBYLNnrSwqHwBPLsOs8ckw/f+O4ZNOx&#10;7W/OV//O8kOnhV2hZrI69HQBq6ySgd3G55OCQwULjW6pJlvi3S19S3+GfW2mvIe7dy48+W9cdlv1&#10;E4Qjzc5CeEizudPSsPaIg1viVIvkagMfvUhpm4lW6DXbEnTucq9RnZ8qgKpqs9jhuMCvbl36Rqj3&#10;y9V63Nm+H/rqCnP3kQ2ZiccP72NjovshDiO3EXKnAFH4B0R1/SZmacIoRicuKNrB1T2XmgB45Pd9&#10;GL3rpP/k5l2grMFqdm23mKe7o2HQrZU/8YabBx19TU7C5YSRf0w3kxwMOD/c9+qmL3Fplp3LeNEm&#10;+Vpvev2o54nP9uuhOYClz8nqUDaeu3HUasT4Sye3xZe8+DQR5wq3HnCcUPdlhq1e1bvQ6yPMur9Y&#10;2ZA8Am439FjfZDDLLwLIbY67bSvWNKFZS5sG9IIiGnI4vTwO1rB+G1nS5SOttfTUgkcLIh6Pbo00&#10;RyDBnLTPh8wLX5WZppux6apfLg+Nxa5JgSirrus3tu7DeGQxUVbtL4DJM3nOj5YNI57cuGFMPwev&#10;e/cc9rn8kBKDzMNyGqvhjejfOUaBxlg1kNwOinTuWLl1YZ79iNaLC7TNHPMeV5ixtAi+zZ/96T6n&#10;1x6JVoeVEh+09e2SVXD/lIVuqCU1L5kXbvBeja0Nm9Ngf9RPXmLwt0GxcE+fyfOc8HyE4GnRMG0e&#10;yur6MJsSYdmk8ZOKueQ1eGXyNk+lLLHFyQXva7LdecLdTYbNoNFbDayTql6++LLyWrDhvHWTbckI&#10;G0eWJMnJ1J+3RU6IDh3TG1XT+heMgH+tMSF+VOxPKr5vSrzNK033NtmXTtmsICWzYw9aO1Z49OTM&#10;AYy1JsU2k1S5AxTZe1LWe2W3Ka1wGVpuww1BKvNLlc5yi5wez4XXzdnHFQ9Hngg3+LmtvS2tUsRG&#10;meyMny6Vk1kfso0561c8s4mieeHUBlviM8oCe/qrRhx+RoYE//27s7PNnrlvz9SiOd3pUTDE0F+F&#10;qi82viJrxMon/nPVtjRS+n38jmf+p7UDgv2fVwLuf/DIsjLrT5MO7r4T/ivnXWgdKUjIQR/UP8C6&#10;+b2yTYLd7mSuMVQQOPNsW3pVnSr/7cF+Qpb36ioYkzu8yrxrZ9Sk8cp7IhKWFKXDx/gtGPCazi3F&#10;QTGh06PM97g7Mjs/+E+Wc/fCK1r2NecjVN8WsP5u1UEHn5cAcZeDJW2gsUVXdnfRtmRHui6kLSBU&#10;VZYFRZlezLxWQ6yU8aCE0T7ommL72o8DxLx9beMU+01RT68FNsp89HkbKzk59DI2pisZassMZTAv&#10;Lmm6TYaMitLwt3LcoNk6PHXLPFnm2F6aVn40fzTtFxItHWxG7L7/q2KAp1Q8fy8r+81G04bagT8w&#10;mSZlZ+GpZdup+AEFVebCaEbjy0dg2o25ROHi7D4lKEd1S1/L1Y532X3sn+VUluVg5k67YsdOV0Wa&#10;uXUL3ZLKHFD6QljJSQ8wzG889l/wNDX2Dw7PODJ5H6+nZMqYndP77Dpxlgqm6G3uhAjsdJ/1cJZp&#10;yw8+NvCQjIB2/qA39MemNvYSIozUBG4Tp7O8keJ5bQYj79MzjyaoFKWaPGo/D5bBhsxFFIyOYmw1&#10;RCV/+RlPr5b+7FN8H+PcMnXZ1GLYJlbpmhnc7coGSZAz04gwaea4zZZg05TOzZ92sloNRpyBmY8m&#10;O9ie3PnMGyRS54nAvKqjlA9wCiwkXkmBBoC8Oer907VOjt7/HId6dWYNe7h/mL1fwSDrnpOgKjmn&#10;O18FpToS0G1qGc3Cno+UNFHmVKT5TIICsFC7IDQu+FoXPVDaPnIjNBIL6a6d5eWrClnWeowpF0z/&#10;xjEgeK9/TKWaMddEpgTNG5wOUV1nAE512c5pnUQppaH0OAYi1X+UWky9bHt8byMfPBDwp3elaeLu&#10;+qTrr5Ac47S909tgw2gvGdKiUhl+0M1NrcR4sWkSft66PfTE1hRRUKt4ROjtqHpjo5iKmEgnBW2w&#10;AJ0nxCZVLw4oEKnbStmiK9L9lWZL/U5wy1SejHbQx/WJN0cawRf86HP/yKwgVuBnrbCFTwyThH7Y&#10;U/ArSzKDRuUI1khmwmm3VHFRZDMNPYnRoxJ7hYKNGG5w25fcMvNj8YW34MG4RM9ttisDaXKfvgQc&#10;3z41ShYXPnYBOgG1FwlX72XdVXtMWmru2e57cYX7x4blrkMvXO0Vo7iFfngREUmk5pJISX2lhuEi&#10;BZm6xc6NJpmh1danoLDkCouZdFnXNl9db5DtuFkd6wPeWIc5TZtSLN35rdlulXzwz92Sgw9ofJ/K&#10;3+fZsMcPpC2OcBtPQfxMxteSoxIZW7HomdysZ+t/VmBXY6sGtZZfJycS94zgwwVDXr/Xh98RtomX&#10;L5OZRc69FQPjXxTZ2s+KYndKeM4jGYph2sF93EAcz8z2HqLt80VqDw1gPZKm2IjE3gTRfcAUiuZp&#10;fzNXeJE4GlqznFtWPq3DmeEU8xGoXe97W7rwrNva9x167aUfqoeLF0pV/ufG+ICBjZWitUnq4kSd&#10;Bn9L72k7ZQ7uIYN+pdclibMcSZCJJst1uGe3kIii6I+gfvlWR6weXPpWXB48iVVHNLFH/dot9ZVh&#10;h2fQMXNIB7QDNOOlSppAgI0SQFiOmx/Ch5DDvZ5kp/xo5IGDxJKUzPWDbtyPX6yHBEocRjPrjGkZ&#10;89tijk/kb0kXBSjSc4oi7+/bXgeM8NOrq3ryT2d9ca9B5gZa+/qTupYM6l+73v7Fa7dXXuqvSu5Z&#10;EZe6aDKcqck3uWwx/2MKW8cSUe5mPizp1FGS/91WhNPSgNBS7M9tpWphA1vZocOWovSZwNP/Vamq&#10;mKsE4bIeZBJHdtoAGQ/bsKUsVv8V4TGpC0RAqQ28rLnviyZnE5MuHTWRIv5OHH+lYT1Cgc2rKtkJ&#10;W1Gj+dAm8r3cb1HUQoAhrj+IFKjLlWqcuvphQuK18wW+QiUh5SLlklq5rtPzQshe/Cqt+k+d/++K&#10;XxNTQG+M6VFY0ckI37PFxZn9w+cmwJlhwoUdznu6DLu89MFC26QKN5sMK4INMZv+l7VPNPi9cjmo&#10;O0eoeA7gMGfGLp10wrHOp9Yt+q01vq+slDgi5ArKSL05RcaNtVuHqSBnvY8abFokVpFeoe8VZIcf&#10;ak5aXtLl5PeGkiYPtoQdJufoiBI5859ryUZGl3yZsdq4r5jvQjpHPxaTL9ZP1WB2mvoJ1EVK9cmk&#10;Ha27cX9w5e/dIsfANbcNbnr7gL2hNQOMr3pDDu4jHGfOkyhRk0zM9ULCd+ddoH6FrFrODE3rPe/h&#10;LL357WcbqDM2LluHJG6x0Y27P+/prmtknwYsU+ddTJCIdP9S2yB+weeqvszJQsLMHv64ZasPoFXG&#10;8/uy4TB8veyyCaBJ5xJQVzosEX9zsZDwYOpPxFuk5JQb6b7MwAhebr5AOFIDGhD8vGTjamB28shN&#10;XX/zyZIsauuOLnX5y9755kYK/Fq6he9v7g280EciDEjIE8lcGHVYCq2e7zNAHvW9JXK50bAYiXr9&#10;i9Aw3/fOlLRvgcFBh4yhpMdr9ZNw7k81xZSnsfmofpj4ZrOaAQnNuGTDtxVm3gjNXfVGOjcGT4qI&#10;VeLuUv7dJXtlHNVf1Zo1lk9VBVZChHsI6z4guUgGSJUT5dY/clLH7MxTWlpAk811z+cCguF2+29Q&#10;CvpY2eV8EWqJfVLa8j013V/uMHvpw/Q4pKnI2tr83vddEst3wlWERudUR7GspUiCKh17tn3U/f74&#10;z+jFVMaDk/TULwkdNYAJrUnXwsMz1gRE8yN3rgNeG4Hcz44qNzx/wa4OaL1n40OFSLRP3hLVxPpD&#10;ITUjFY/M+L8pKacnd9ebfeS2HtBEvGBmQ86FBNxkBC4HVfQ/ijLfIBzEX8+EHOOt52bjjZJiT7i8&#10;bK1nFJ+mV0R1WQMNWju+sdkrwnOmlypm+TdvucJlHcil5UVkTftxxnNLRjxLnGP03Upjlqi5c7mt&#10;p3jCSyAa6pde5VI4S9wGQcJX/FwZRL1p93C51k3/UkTZMTWkIfC4SF1C7+Z5HT6XWjs65CxDGWBe&#10;nQtqjkgrPD4petPNyhsQw++S0v+ghjYmmZ+uIpOcGrtlSyrKGr7ykWfzIUv342Hucls1DIWoo5hC&#10;AjnO+Kpy7ikp6sXVSHQxMeUniOOCiN8drnnGsgwokYR6XW6G6tuReebOD/d4knZYRcMe+l/Ogslv&#10;jF39JCa4DmX6jT82kHrSPM9AKpDL+OTx/O5x53gUtabmi1PRKKp7HT3RymyHdAyIaf8d3Znz7pVP&#10;mPVV55qrOWZhIy+XPUzjgyrfjFHrvQkXZ73aFxJLH87I8+QpGmdC/KcIsMeRZdU8q36ZJzyMlzJC&#10;8y+THsMilNk4j4uEgVTBMjjMplP3BQUgByq3eixONFLN2cIdsNZCPVrMTx3nHO1Ryfn7yKPO7R7F&#10;BGR+Sw4Dps7dJopbuY+8MZrcMpTksVoT5/lYVPeHbh9Owlt/D3cgLOWvXpxyFP/HyvsMYzJts3IM&#10;0l9m6r4QD6OGOx0E1m/2C+sSqV6HoKtVNsM2v+oK5sSOviemqKTbxB1/9FuBwkc+aUS7gGKCKuY/&#10;AGUgmt98hHuvLOz2gj2iwmsknhV5gfuPQyXfwYnK93Y5n03O5T1D1lrk4SKmU/6n5UTHa6BsJIXL&#10;iQZQxKJjCzrhvfAcvo8keV8K/dgNSOvFTgRFLuL3sxhiS1KFgS0gW7BEQUWh/djrt/p5/LHeEIQI&#10;4/hKUGkYjkqQEAZXUbwQZnglLI1XvKHYSw6fx72eRSv/m135EQfX9gStcqa3IBjvj2s9iGss5TVZ&#10;0VBRpuEaA5Gu210QqcKNOB8dYVgrYXJtDp/G3vMGI305wuIOxp5jZbHTOoniMdmJajvygtaqQoid&#10;+DaC8bfcgdgVSFtPCNStuM5iSRPyCel729VnVFMnqm0xUAAgZvIOgrH1qLTDWSmZt4i7Sp5X8tf6&#10;tVkwcphEbDXBB4vrEzvvYeUEouN86Aahu7anJxjnsOy/Cro+m/C1/OItih4j8QCfP3pZQnQKYGkg&#10;H57HM17mC0Yux9+2BSfWWGxJISwtJ5oi17BVhAH9VFxrTuK6KHDzC1qn93khEqPsSlFNGGzAVGcr&#10;V2Wyo6I9gBZ9XdLCCMbfYVfFCXa5etzrRRq+lIIN0UDa+jshAvT1z6iVMLBShMs/Z9/dCXa5TuOI&#10;R/w7u4VlZYr91wmx/QpB625cs9wbrnipabvokU6QAJX8fskjpAtp+sLVaqTPCUoRBlRSVHA3Kq0T&#10;JIBl8oRYIo7l4PaX/oXHPV0iuzO/+RysxPmh2A0SwYEvOGoXX6hipCcU/b/8YMVfKSROkAtCMcN+&#10;L3hOPkeKULG7guvOt607WDJ+63onSJFr2BrCkFcS2Q8VbZW0lGxh/WUZcxTcxWNO9NECkHMyhCEN&#10;aBFvZEEWUbAr5oKCdmMOdYIFTmWxRyXQ4tNicYIEaL3/WhthkLQEojEnKAkce1McpR3Gcyj0Xedw&#10;jaBgFARjIdzneTpERSAD0QUtYBE5p1QJQ5j5F11O/4oTJPAEyy5hJWW6IFbGHbaFgd00uwIjTzhn&#10;A/kCK2uWL2CNpKVSPW8SoOVAy0MEpQPeSyDS3QlKAvlm+z1o4QSsF1K7L4ocwtYQBk8g9mdaAqz0&#10;LNjoP/eWCNWAivLJpoYrvf7SHnId3ENa3VD5svzi0ac7wUl4OsT32GJhoEghPZ5g5B9OUBI4Vsln&#10;rUkYPP6Ru8Ni6I48GYN7zfaFY99Lq0s/Q9ByhMGan00YbNM9+r4r+HRa3vtCZSWs9JLeFGEAGsG6&#10;uD3hJxDBdPJRKnQovhR58T93KN6PXTMnDtIY6WkLDcWkgj6Pd/D+n3WHrOeF6DJ5QrF5IpCS17HP&#10;dJQiR7E1hCFfzHaav06FDkc7S4RqQAs3a2PC4C0ua4P4KyVtcp2Kdc3ajQk7wWn4fYSB4sMKnDkr&#10;0huKWDUJA9J5nrf9uK+kYqJfX9D1eUkDKvvnpOSFLQxZLQbbCrJedfV5N2nWExCGjhKX6U0XBhlZ&#10;8BZHh3lLxi2S0YjEO+QzgPxfulSh+HRfUWlLRqHvImF54XklXNJK/0iCTD+svMLOTyP91lJXZ3to&#10;WZFj2BrCUBCoOBgFb4NUQlyb4+sSIRUs2MGo7RPIIgycmwDrYImkDZVCKk81v0Eqfk9h8AXiHZyg&#10;JFCJY9mEgVOtcd/VNL/lG41AdJ4nWHE9fjvgGQvx7JdKJWULHEQL3CbmdaJWE4bo9OpDixsVBgcy&#10;JFwytjeuPRXPtgB5tDrpl6D/pvNU4w5Yt/FchJ1nWwy8Jn0/0UdgITBu3wSR3l485guN7SMCWW2I&#10;VZEjSBOGUOwbHKr115U1CQM99ejrLivAcRZStFSTJEIKmrUpLUZFWiOVvpow5PvL98X1PpWhM/ah&#10;SyrXo789yAnOit9VGIKxTk5QEjUJA7pDd0rLi3j0fezoH7OvEyRARRsh8Vghg7E5rs7jkx+p1VkY&#10;eF6ryI5o+Y/wFEeL5RjAL0jz8ZzI70HIi+V8Vrl2ICrOUp9/9OFI4y+8Hu/r8Vs9JWIKxOma4qxU&#10;5CiSwsBKEbR+QAE9hjPiOCsvg+ExhzYPlB7A2YaMW5MwcCYhhGEaCx8LpzdcuQwVxC9hBExbTzD2&#10;qsStNipBsxct1XRp9einYP87YL2Q1y6yX0a62o05dGenD/yHCQO/SERaxSIIWV+mtrA7tR7SHPnw&#10;IbtL4h/5nSyG/EDkfE+ofBEsqt9okeUHrAslQgqQLsd/gzwOWC87h3E89j9bqDiZy/qcQ5xOkCuv&#10;zRP7I1/meUMVy2GFfACBuc4JUuQaksLAShi0NqBA0XG1JCvDlUtRmD5JrJ1QozAAMKU7S3824TiU&#10;CU3RxzzByM24xmy2sklzN0UY+NGTD+avpEcYR1hsMfhjWlroYAtXLHUH4uK/+KOEAc9zPfvl8hxS&#10;+aNTkD+dcbwn0vyaiKNYPbAogtZ3LbukDB3WURgoikj/cj6nc92fIaaDC4Kxi0n8b+E519gjPhTY&#10;Kucv8uUCSROux/TiXXyAfPu7Lxi/Es/9vrxPPKPtn4gm80iRY3Cj5S5ERZQKJS0MCipbQPmtRjqk&#10;AtYv+R1tcxkFZxidVAxDJViVVzQ2bUKMJxB5RAovChoLsH2Nqaaw67MszN94A5GFLIiFXZ5BfKuM&#10;cfJCVj/OWLTT45AVsnqaaL7jWvmhuLSW9uQe6/tC3I+TjTz+aFrXAxXhb3bF5rWY3ngPJ8jVHIJW&#10;IJWI153EsK5OUBKeUHQcn7UQIgAxneMcdnESENK+wBY623SXKcqcNYn0oSJ+y4rtzCiE6JS2cqJC&#10;WCPP8NmZ/xCUdzKEIRzpwutJemkZtB9zqhPkovjgeivtKdB4Jjy3TU6Lxi+PcYKTPzIx7bpdJuyA&#10;e9lWDq+dGlfyx7mfv2yoE0ORi3CjJYSZ+xUq9pebZEnlXFTot9g6My4qxABYBV95Syp4fCb6t/vI&#10;RRNoNagJzNGB3pKxc0UYUPh8MFNheUzih0UooKUQja9gDuP+0TsZJR+tlLfDxE2nJxyfC4thrjtY&#10;IdOTvR1iuyINr6HFn+vr+ORXbr91JY8nUFhsnYhWF3FApBeCmJzWvJMsXGJ9Js/RvnIuV4BygpKA&#10;yN3HZ2VewWKY6hwW8AMspOV1X6h8rTwjxaGkcgGueW9e0eMHohv1iq99Jb9p+NobiF7jRKOwPsJn&#10;5zVh0YxPnWxEeErK2slzIl0e/HpKIsc6QQLOdsQ9X4QgLRRRYuVmpQ7GViGPP3KHYoNdp2RZeAfv&#10;hd98QCznIC/XcAo3hQJ/r/XgmNsfT8s7RQ5CJsvwewN+jLQJsvLx6z/XIGPPvUd/mXF5XCbn1DAZ&#10;hnE9/kgAAtGNcxycw2ypd5L4YMJXwBWkapee8S29bWK70p8h8VyDGhd2Ht9CBALxM0ZXThjVVL7D&#10;YDyck+ZtR7p5TYlbPcwB05dIK9PtHK4CKhsrKp8RrXk40d0SJPIpVLlb2pJyRfHCxDU5bRtH0h2/&#10;SEcivfzlMzghaeCEMghwW96bXTh3UfyU1BmWNaLzeDe/JoUYd4WoduPXpanOUYVCoVAoFAqFQqFQ&#10;KBQKhUKhUCgUCoVCoVAoFAqFQqFQKBQKhUKx/aNVZEduluMtGXsmv8DM4y5VCsXWBhcF9QatF3zh&#10;8mm+YOzfm2Qo/m9fuGIalwF3LuHKKxm7X+I4f7lqkBOkqCO8/uhZ3lD8SV84PgfvZz2/LORXkB7u&#10;zdC+cponXDlwu9gqf9Cgxt5A7PGC8LhpBe3HT8Pf9zgh2xwUTXeniSe6w1YGPe0rTuD3JL5ArE9B&#10;x0mJtD7mRFVUhzdUeaR8+db5Kfn0Vj7tlU+Ia2DnybLBCJcEcy7Baxwjn9d2nmrkO/niyjZOkKIO&#10;4LLqeCfr7E+N7WXXuJBK8jNvvCMfwrzB+MxmbZ29HP4oyGfSsU8Luzwrn5NDxF51QrY5PFy7g5v4&#10;OPmVJL8mRZ7xi1WIwZ2F3V+UT+s9odjHTlRFdfj8lrOcVoUs5iGLdnDxjcSiIdUpi4WMNx5/7CLn&#10;Ei5vSfnRPn7Pz096+VltoKK1E6TYTOQVRdvKugik5LesrLTcK2s1xn6U/Ce58ApE2OOPTP9D1z2E&#10;MCBdH0mjwAYDVqUTss3hDVlP+jpOWukLWekMl69Enq1EY9bOF7BuSQgu8vUdJ6qiOqqEgRV+HCyB&#10;2H9wrCM3O4XZ1SUb0Sp047qHziVko1O8lGu50g5/3R3iGfsYKmoBqWTRSbJmAkQBXYnF3oB1bX7J&#10;2L3ZbWA+5/vjXdGN+54bwIiAQ6TzA7GM/Re2GdiV4BoVIWsAROE6VMQSJ2Sbg2tKejtMkk/sC9uO&#10;blHYdnwLfuqe/JS9y4Rm6A4PV2GoBVKFQTYbDVhjnKDfCaYRC7yrS5cd7N2bgBNGNZVFQVPWPsgA&#10;XmLTQOwob6C0tZxXw7f+SaCAVt3HQatBTdyhyCn5XJWotsuMByp2cgeiJ/O+7mDZSegm7eaEbBSs&#10;vPmBsjPoG2gaih5ZtQ5D7SHrLQStxYl3wT0cnaA0eIqjl/g6Pw0TGV2/ri/gncWHOEEZ4CrN3H3b&#10;Gypr4wmWHe8KT8nch4EWR1XepewjmQU8z4Xz5Lf2C/MK2sS8fB++oNXKXbSpxoNlJfM+7taVe4r/&#10;pbjs6GR52gzAYhhRJQwpS+Ahn7zFsbNluzz7npsEG0eWLeTt2U2Zns1YwXy7R7owyO4+ESeo1igs&#10;GnsguiAz0crN9IXKZ+Kln+QEcd3FbjCLZ6JfPBN/D+EL9YbK30BruI6LeqK1+Q8XIXFOd+WdU3qA&#10;J1QxAnG41t9S7jFAU9oXHjsbLcH9nnaPV2375oDOTrRUMwtKKnmPN7iCE9c0hBk+C/+vRmu2Ac/3&#10;Ba47suCch3d2oqWBqxz5wpXPe0sqPsf9frPva/2GtH6FtE73FJcGnVOrgALk9pddCbP+PTz/Nzh/&#10;PU18xF+Ce8/BPcuypbcmMB/QT5buAn0JXuYn3o8TnEReAHkUjD+Kc2/1th97DfIwufdjAr5AaQek&#10;+y1vOD4P6ZLVrpEPMKkrPsHfz3kCo09wTuUybB3w7ubw3SGfZ3DRGicoDT5/9P6C9hOQz+ORz9Fn&#10;EhUTlkKlD8d8CEO6HpaTU8DNbjyh+EhveBw3xl2Nd8WVshYgba9z4RbntCqcMt6N8ybyeiQXlpGd&#10;s8IVUxBvvuRxyFqG50NaSzM2C0JYP3RrpTyiC/bf1O0HYfHel2IxvMoFa7zBigjK2zx2o1EXlnnC&#10;8VmeUKwPTs8UPnt1qWvxbt6D9bEQ6ZQ9Q/G7lKtS4Xgkv6Rsb+fs+otMYYjFpPVFBmQlW26Gp4A+&#10;BnFcMsOr+Rjwkq6VTUK4I3LQmsG1A6U/yvUbcQwZ+gYqmKz5l19ktRIzWV5cwhHqkP/TsRmKfeZp&#10;W1WoCbSIrcRJh3h42Ws8geiTstAo12bktXgvkvGDFKV0KyCvKHIOXuqKRPrlV/6ehPtynclJ7POv&#10;cxdVLbdGQHwekPMkbXhGPifJdQ2dY75g/IOMJeVqAvIV/eBKicfKI0u+x3/Csbg7GGsvQ5W1aM3w&#10;/H3YxbAdxnweZ51F/i35II7LJZ5AheQjV7jGe1rF8+hARGWdIBdKgazkFIgtYdpkTcyAvQampDkY&#10;+4jrQhZm8TEUBMoORh7I4rr2O0WakulBviI97mDkbud0G61G+lAuvuD1mGZ3IPIM/p9b2O15KTO8&#10;jl1enxTHoicQSTrCCU8oel9htxflHsxHT6A0aZkmhEF8akFrPvLqYyknci+kjfnD69NiC0Tuc6Il&#10;4QmUPejL+ixO3iIf0B38SFa9qs+oEgY6F8u5Ku/3HJbEsf/gZbxanciQ6VD/tBWOvTKyIfsryDW8&#10;/vKznCAuB95XPMOyuxC3KpvAVY7X4/hPUkADkQE8j8t/4Z7fMYPtvrOsaPwp7vks+JlsloLjHP3A&#10;y/yKG5zKDQB2S6jaEo8KjpeGlp7xn8N9oqhY30sa6LBDxUXBr3Ciyga3uO+XXPTUvqe1HHFK0Qrf&#10;g1/GXyfp7siVna1XEl2a/HbWqWiR1sm+jzgHhWg8zr0a17oKeVguaUU6Cs/7F9OL+1VtgLsxcPky&#10;WC6/ST7xmVgBmCclEImAtRx5/x93IHan2x/L2NyFKAhUHAwxkUouzxyMfcO1G/FcQ8E35B3xebgQ&#10;ayDyiBPN5Q7GR0lFxX2Q/sXVWz3urG2HSzlZm7w/hArP/a5doaQVfk6OE+zT+8umSVr4bmwrbCpa&#10;8WH4fVdWvKavBPHcqb4JdDnwHmdTlEUgeQ6uj/f5AuINgYi9LXH5PpEmHHsztavpDVt3yz3xrAhb&#10;YXc7bCSFwSkvPA/POxuVeTjuORb3s1fjpuOX6eLGPA5oSXFrf2mERJCsORDC4Yj/AN7NJ5JOPCMF&#10;C0Le14lWP5EmDPISWBDZ0mQnlRiZkbZBi7eWwiDDbrAImhWV+dk/w707JjZKReWxV2zmqAjOY4bv&#10;1HpUc7lIUbwQ/W2YsazcdqGGqZcs1GnCYI+e/IrWLbmNGxd2RQWZw8JrF5bY6kQrImZ5yHoFlsQC&#10;dG2W5vtL05Yk9wRicWlBGA/mK3dq5nE+l11heRzmZ+rO1oDHH7sfFXw20jwGFbVHbVr6BDxFZb28&#10;JZXLEoU7UanECpKWClZZKL4efKqw7ei0CU/5/ujf8BzvIH0LYX0tThMQVFTk2yv2NZDXwSrLwI5X&#10;vp75R+uPVocThBZ8WhMU/mkSTyq/9WryeTYiDLAEOnFFailbIjixgU6Qy4V3i3x7iXE4ooVrvpsc&#10;XUkVBqdcIW7VHhKMK/tP8NryPpdwTw8ntNbCIO81FHvRxXVCHeD882A9/iKiwXwO4FmddEEIeuFZ&#10;ZiHdS5CeOa4UyzO/7di9ca2FbCgYj+XXCaqfSBeGxHBlgiyQ6XQUttyJLqi1MNgqm7EdHJR4d7wQ&#10;ZCqXYpdzXnGCqiAFMCKbwEj/O2gtYDwGpQoDw6HyGX4StLJdYHWsly3dUTAgNE5BQ0vODWpoObR5&#10;dFf7mAMeg8ksBdQugCsSK1C7g9HLaL3Y+VWxAab5q75A/Ca0wmfWxfFYHU2Kyk7CvUfj3Sy2KyuF&#10;mdYU35Pc0271g7FP8trE9neiEY1cRwxqxsrjamWLWBJc3DYYm5qYr4LKl9zohd1EtORv2qLBihp9&#10;zQmhOHIT4A0JYYLFVSUaGxEGpP0x5jXDcPwL53ASTYqtEyGe6+29MqxV+Wc5u2SlCgPiojX/QLqx&#10;KYCoDbLzA+WSlTFoJZeur5UwMB9Lxv4mC8xWA97tC/KcjB+wlnB0ww5hWRmUL41Dq0i+fYwwjQrb&#10;Rw+khStlGO8KjexIJ7B+ItXHIC11wHqZhRuV8BwU9kyGxreBaXqkE11QO2HAC0SrQW+/E5QEMr+1&#10;XbFR8PBCC2rYYQiCdL2PrQSvhULDNPJ4lTDgZVM0QtHkngwJ0HmFwvYD0yCtZcga4QQlQetBhgP9&#10;seuQ7v+B3ybF0haG5e7wGNkZqZnkW/lKKUA4R3wRLIwwRb3h+NewWJ7PL7a6Fba9b4s2XaVzzBOo&#10;aEeB8obLX8IzrGFXSfKA96U4cM8LZ/etVNApCUvgXC7Tjvf6Ia01W1hoglcTBgD5eTVFQZ4Vzwbh&#10;leXgUVGGSmHne0SeyNBfAjULQyNUytckX2hiB625SE9X5Ev3KkYG4JxV3CoQ6drgDlR0kZgpwmC3&#10;vplbCMJaulb2A6mjMIjo4B7VBYdAft1ZZY1Yv+aF0oRXkF8SO41WKfJ1JAT1c7Em+RyStw1MGFjI&#10;oXqlTlCtsTnCkF2hYyG0HHIOXygK0FVOUBrQcl2QuIctYmWyrVxSGGj14Hhaf9WBLAWPwslweXEB&#10;60EnyJUHcxx993Go0D+LMHFXZXFG0dy21tnXThcGwutHQS8Zu1i2k3cKkpD3YOXFcW9JxScJAas1&#10;2De3R2oy/BIUZXeofDBEQsxdSVcgtjxhPRH57cq4m/fLqDy/iaPXeR7xvcioQEIYov90ogjEcuOU&#10;axFP7ukZ/wdHHiDIso2dVNKULpygJmHoM6opzOmP7O6f00VlOlLpOBLFgunynEFZvFXiVheGUIpP&#10;yAEq41XJclUnYUBeOHtmVgfe67l8HilPeP8csXKCuP1ed4jm22gsNhR0eQbPYTsuJS0haxUbkQYq&#10;DJblBNUatReGSsN5605QEqjg7WzzOCEMVj8nKA0oyJclr4VCCLVux+MZFkMgkmWb+Mrd0NrNZ7i8&#10;uKD1AI+7A4/9CZbQR+KUZCsSiq9G2L/doeiduL4fYvSQFG4pZKiATlciAbYmntDYmxD2P+TjMqZL&#10;Kh3zQiogui2wVGozhOX2W/18HZ9EhS5/B5XqE3r0naAMeALRCSI+TFfA+pUb9crxYPx4CMLSRKsI&#10;AVmGd/qsJxwbSEsQ140zfbYwWC/IxVKA530sIXQ4dxrzmN0vydtwxXrmtXOqjZqEAS0x8nuW5B3e&#10;F66zGO/1JbT+/0wQ577I85H+l7zhsdOR9kskbpowiHMxY26Nl3mVKAt1EgYIeTA6M9tcCLy3KxJC&#10;j/irmhVbh/C4OxBBd7RyveQfw0Px7+inQR5f7SuJn4FzYSHx/TdEYajDPAbvFgoDWryjkJGctpoo&#10;sBlj4QSsGdm6jOehdf/F287u0qQKA58hm+MHFekEu5W1uysomLJFHM1ZEQW0Dt5wxUpcq5tEcID8&#10;uC1ZAWkupsy5EJzQh95wezwffXEvug8eFAoUkm/tyoR8QaVJiNjGAAG5WVpSFjy09G5/2e1OUAZQ&#10;IMttsx/pRuFNjNIgvWWJSoEK/R03bJEIDpBPD8jQKvvZQavSOZyETNIKV64RP07I+hH59Bbfnfgd&#10;2MKmeP8FG/MxBKNTmHdyPBB93zm8aWwDYXDe969NUS6coCSQ1kjynQetZfTN0I/A52d67LyJv1XN&#10;t4O8td62hQF5FYoOcw7XT1QXBhTOuHhhN0ZuK5Y6PLSFwsBr4b6yy7G8sFB8efWWSWa7hSvQj2PF&#10;liFL9I9tta8SBhRg9meh5OweSEQHNIHlew4nHXnONm8UEeky8GUHovPk5BSgcD+XKgwF59gebDcE&#10;w1cyLu4NVXyIPniaSU6w+2DnB8QBafL441knDaWClRsF8TfGY78bQraEVkv6UKdp5CkuDyIvxCkp&#10;6Ua/n1N/GQpheN22CETkn5coCUiFi82ROQ6oHLjXRCckBagAEAOnRZTn5i/zgBaNc1IVNiIMHnQN&#10;7ArKPKhcWb0b6Q5aV3pLxk3Hc47C+7wvOfa/LYTB6U5JeU8BR3noR5HulDyPNYP+G3vaf+wbigLj&#10;e4oidrfHAe+B94F6hPLJxs3fYEYl7EqNivITMutd9NPfq4me9mNnewLxpPPOu6XCAHDrdNupZlck&#10;xGM6buawGX5vxf+LedzXHi+bFS0YLXaipgmDvHBcB+d/hEp1Kb8jQCV9FBaGXcBpcQSisxNeZbz4&#10;u2RCkYSXr8N1B4oZzC3hAta9Cd+HXchiy/GsUnjxd7Tw3H9K4bErfnRkXlH0QPatfcHIYbh33K4Q&#10;nKRUbmTKbC1AH49YMHweyc+K9bjWK55A5AZhMPZPpHO9hPFZO0+lYN3hRKcwPC/PKHlR/qvXX9qD&#10;z8MhW08wMl7y2KkUqHxpzscEOOVarkFhkHTYcxtS/StJbEQY7F2vYyv4/u1WtvxT7v4tsw39peei&#10;AfiRlUyGwAOxn5KfkW8jYZCyRgH1Ryz6Djz+yEV4ztlOl1IsS5St/ozXkpOuQtbH9vuWMvFNflFp&#10;K+at7A0KC0LCJG+R5lA03RdT3yDCEIz9mihoonh8IRuhPfMt9pJzCUcYWHk4wQMtfoYw0HtsV5Ka&#10;hIFAy1sqL43n41wpnMhsKcS8NjO+/QSTX1x2oxNFkCYMslV+9FcpGE5LLy0+wuyXOu43VP7kWhKI&#10;24pDZnwuic/0B6Ofo0AtlEpHYQjazjMc+00qP8B5C7jnjEQBZNpQcH6GOfk1LQsZv2eBRTgq9ohs&#10;3u9s4JAp8uwdESu7AEq6eR0hn8HJSwoIKtSrrrZV34Hwq1c7vxCXwoR8QWH/DGlfSmdZorKzIuPY&#10;V4l5JKmQ7wZC8W+k4vFc3BfWwignOB0UhkDsPU7IEkGuZqXg/wGSHhEHuxzgvj/az4DryzsdtypV&#10;6B1h+ECemw7cLA5xWxiccsVrpwpDKHqPnX9sYKyV6cLAbyXwzpCvaHSW4T5ruEu65BeuZ/tEIAqS&#10;tzKHodCJimeJ3MsyIeVErh39Fen+DO98rX2c+W03PigDT6dbevUM9HJL4ZPtyvlyN035lj0YT7Y2&#10;tZoSjeMMd4ezz9gTSCGzBqBl4Q7TiON4rEH+D/P5C6h6xtz4pDCwIoTjG3hPvNTxbA34kiQ+0xUq&#10;n+8OjLGHxFLgLo70hRWynDPWJJ3cOh+FB4XqzXy/1ROt9PeyFT8Iy+D/nGj2VOJgfApM4XX286Hi&#10;8jypwKgk4colbn90aEa/fFPwj9wdXZRSFLQVvE51yuhCqGKJJ1z5uK/6XAXkISyLERC7Dfbz4Pll&#10;RALPH4xNRv71tCs7BBhhiS5VdSD/Hk+OzLDS+KN/c4LSwfttZEo0gRb5auTvt0y3pIf5w1++01D8&#10;y4zvJWRKdOyLwi64ZtfnKGxp82YIvJv+yXLVGRU9peuZPiUawpg2JdoaWdjtBckTXPc1iFp3X6hi&#10;YaLsSlmhaIbjz2RYSK1HNYcQTJJ6IO8bcZi3yB9OwMvzR2+XmZFSdmJrmgUqanQeb/fYDersDcTP&#10;9JZkmbNQEztNPIeONucS9jUYv2QsGD8ndbdlfkWXOM7fFkXxpALXBLZYnIrKfide3lgUtvs5i052&#10;j86CNGGA4nuCpWh9TCNewx2MPQGhsDzBiktSp1FXBx2ZnlD5/+G5KvjBD1rIjokdmWnleEsm4rmf&#10;PgdCmvHBknyFGSzviz7zKElvwHrQEyzvyS6Fc0qd4A2MOYrXQZoekXRJ2qwRqEznbura+e3GnMph&#10;TVSScTDnh+UVx852glA54mfIOwmPa82p6M7hNPCzZfu9jT0nv3h0xhBzFSSfT7bPRblw5j5UB+eR&#10;5AfLz8O7fAisxDPc6wuUdvaeneWbAohNARoQuSbKGq1aJyQJjsLY97TLVXKWLCCTjTo9Jcc5EsNu&#10;gBNkTxmXsKq0UuBRfq6gAOHdj8DxohotPByndYP3cr8n7H1vcFTZlV8/2EajSYRGOzRjZREY14gd&#10;CKi2lG5FIVjDMgwuw5jMQiPXmt3IhUjhGnkLQTOIXY23hVS7M4O3zCIq2cS1tYXYL8x8mEJT+VOx&#10;q+zWOllwvgBxJa6UU3YTpczUVmUE5WQsl10o53fPO+/e99Td6G93033UPN5795577rm/e8655713&#10;330bfuNB4180/+9f/sXN3x77Bz/4D/8pOXH/qz/a8/ArP/1g+tIfvP13f5M/cDEzSvO1PvjMK5/6&#10;8u93//azf/KZL05NDrUe+8o/+838hX9HU7nif7L1j/+0+3b3h3cffX56/ec6N/0Z0fzw9V//H1de&#10;+fNzs7cbPpfq3p5YmaUZAi7XPxj8j4+3/ODfvPvfvvHj//5zWoIi9vlXD+//YN+XR+nwmb3eM7J+&#10;h6x7IetsgBR/v7E3FqN/sSRtWANjDW30913eeB2PtSYpNkK7kdy//dnnsce29w9+/vmtdPAMbSdo&#10;w7oh4CFpm+n4U7TJ3zrKfJa2BCWAFrK4x1ibZANt4Jc+/PrroP8dOv6onf7z/2QdFTmXvfB+nRJ+&#10;i7YR2r7il/vT2McxyX+J0uXYM9JSQpE/WqalSI4mKwKKwIIR6F4A5Z4F0CyET2maHe+/9Ok117qv&#10;7fj0jljsW2uux0Y+/eya0dHR7rWXgvqzv+oebHj42YfZwWzMm2v4uZcb7JuauvX2Ww0/DmjmHnfP&#10;Ns++PDv3i7mR5rnLc2P5C3PT33twea75cUDzZrp7cMtbn33rzKOpXMMPb21Zmx88c3/qVsMPN2PB&#10;JP67EOt+2EN/D3/2vXzz2ExzQ/5C/q/Hpi+//Vc9QhIbjHUP7tm8Z9PgYDy3xbvV0PDwTM4jeRr+&#10;0vKZjXXPdq/v3vx49ru59WvvzDTP/oLkmb48dvk7IT7dm7s3bTmTjcUapuYaBs/MPZq61bC24VcB&#10;zR/dMHx6/t7PqB0vj3x3ffcf/t00ybN21LYL+GzatGdT7MxdwmekYdOeM7n7kGfEyjP3q+7Z71C7&#10;Zn/5vZG1c5cv9+y5cH96+nuXL39jc1AX4ZPd8tbLb7356Ie5hv/b0Ldp0+CbUz+/9fZPmt8KaAif&#10;ucuz/3T25TzhfG3t4+6eC9mxubHLj5utzIOxT30xfrfl7pbc12LNnver39v0epv3k/jbvxd/GPCZ&#10;jcVGaUwYeXbkmdj6tbkblPFM7FKs+ZnYtYBm0CyExacNDSN08BxOaAEu+5d9bPWreW6EMi7QtmXG&#10;UsRihE9w2mBGkEHQPAgS6YD0Jzhda6AFn2c/CBL1oPoQeOedkZfeeeedZ/A3MvJS7EYBEb/4O3vf&#10;/NwXN2x4bsOWM3u//DVvsADN3Gx+bmbur3q692R/kZ+eG7OmZYmzvyBT+AnM7M1Huelbt35ss4Kj&#10;2Xemp2f+y2bi85D4jN35RpBjDwa96amp3KZN3ZsGz+TyDbdsjj16GJu+OJ3vIT5/9Ciff/kb79us&#10;4Ah8cg8hT9+j3H3yeEGOPQCf/CzkaSZ5Hl829mGzzZHhs4fdx/3puw0h6/JpiQ+Js7mnZ89vPbo/&#10;Pdq8PsIDp4Pe/Vv/ue/3N332ra89+n/3b739zwvQzMbuE85z33l59uX7c9Nzbz8uQDPo5b92ay77&#10;l//k4ZapW1NZ72EBmoexa9v/1/WekZeuPTtyfWSH4zIs8SCFvrmYdYA2xx7NrvnIy8c2f8dPWfOR&#10;zQqOBhtmic+W/+knrLVuLiCJPVx7g/gEI83aQnrI1HFbSI8UgZVDgNxgsb8Rv5aGoeJ/IkgDXWIV&#10;+wv4FCOgdKFpXgBNqbpWSh7hUy3yKD4Uvy1AN6qlv1R/SveX4qP4FDNn8XWl7F31R/VH9Wc+AmIX&#10;pWxH7au07Sg+is98y+IUta/SuqH4KD7FbGcxflXHr8Ioqn2pfRXWDHsPrZTtqP4sTH/Wfrv4n/gx&#10;wVL3ioAiIAhgntfDT/uzz+h4IfO8XiK6C9j8cn8beyeY24U8O8/rOTor/DeX1Z8ioAgoAoqAIqAI&#10;KAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgo&#10;AoqAIqAIKAKKgCKgCKwUAscaj8XPN64UN+XzNCOQjEMbkvGnuQ0q+8ogAE04pn5B32IiBNgvrIxe&#10;KZfVRQA2W2xDzZInUhSz8TSNAsjD3v0da0wHfiHKC3RJv34p1xvxIVKmWL3huiADtI/kiPDBKIW0&#10;lC9fIX6LSYvS4tyNi1CfS4M8VyZpp8jrtgPHbjrKubyitCtzzh4cXjy8DVHt/EPkdyzoXxy7LbZU&#10;x+K9AQ9JxR49k4yjpwvlU64pd76xN44Wp+O9If4kFZ33+rxdvvOPpQ1cDzhbmiRFLEg/T5uph/bS&#10;G0KFvCjiUXnQw+CDDe1KBjhBE6gNTp3gJ1il40N0jNL8G/JpITPzkhzeIx38IA9jZMuGKVfqLG1s&#10;KE01GpQa7Z7a4bcSaeFjQjNoE0uCVh9r7KUf9mGU4RdQD9OY/IA31UzpqJ/ai9Jmj34D37Qpg3yU&#10;B29BNtr+f+TwJwTpB57gx5TcBtSNekgSww/HlhPTMPo21dTbCO3BL83t8+XkXpQ8Kk+cbY/ZOlGS&#10;2y+0adPLZCFmD7nQVltWMEG7h3xMXVmtfCt5xNoA3MObtSkgZqVkNMMScBrbfpr60R0VxC/ABsEF&#10;9QFRQQUISCuhA+AFWfBjFGxdjK49d4+YD5dFPYYPbM/vxV6nnjRpoCsD80Ea1+/y5d63KUYGXz7w&#10;GaIykos8qQ9pLlZRPiwvXV/5uIBW/BT44tzytXmSthp7qtfoXXHebj4fWz1BKW5lOujBtG+Tggpr&#10;BnSE6xAe4CK+QGonXsbmDN8IIlwPUBJqu2eeaIubhvNk/E1KA1egL7mgd8+hp6wt6aBHmDYZwoc8&#10;SqQOtJ8pIZ/rt0ReyXfLcrtdXm49OCZpfL5JgydaINKv1h59KPpYuA5I5qKIc5eSWyEtRg6jIGX8&#10;/KAf2F6kTvaGlh+PKPZcjtJGc6J1cy61gNrQG2iblEHvohx+PGpIDo/5rszUL75fCNt22mgkl+N2&#10;WR7RI2iY1Ic84CZYQUYXx6g8RBnkR+uJnkfrXZlz9oqEf6h3w7zRQmkRH0dbjLEuWsamueWZCggx&#10;z6PUf2wv1GvEg9Mtguw7oK2gD4+pbo2wcZFR0gnBwMegF6gecw461IMyQkt2aM59PIIePe8lUTf9&#10;QIk60mbjkQ7ntl5QhXlCZosd2ik4S33PxUQCRJ5uPuQjOzWyGhmIl6VdnSNufSne3GKhcFvPacjv&#10;DVBFGqwRKNh8OeYUyg35ItgM4mr4CoNyUFKuPZif+BLmUvp/3OmM+hipB22ArUnPgBPkhU3Pk43S&#10;pReQB/kgKzb0nvFHfi8JD5HMxSpq2yhrddFIENTD8kB7uQ7UuZi2S/2L3TPKaC3rIFBBD1g+rm7z&#10;cRRF2Kulx5Hr+dmWbD5Hl+QjnTJs/9x7QBDUoGM+8K6Q0/IodcTxCnoQ5cOUprcpHfxcG0bPCH/3&#10;mH2B5IEflSSeoOWNEPHrQG+79UWxcvkiHpB2ioSUEsiANMGEtSiMl5RZ2T35IaPr7B+AEja2Ea6J&#10;06RWzpcz3oPe1fGwDTA/Nx88XG1zuaGXREvE8wvaLl2hY24DbBV2j55zaw2XMG10etHW4csreSXj&#10;hSg2Lm6wKORzvfBJbu+7eaBIO/FCWFJYadiPRvNX5pzRIzmoNvJIuPI2++iVkrQIdLQFtoB0ukZG&#10;im21ybfX6WzTqINl5vLoLbZ9lIW94sd80vGjlCd00lLOk7P5e7Y1bgvbGHkWv072RUnCm8uBl2gK&#10;6Z5pv2gg6kVPMSW0Fil8RtYZtAPScz0BT1AG+Sjl9v55tNPng1GV87ksWw/7HKSELY7lExm4xGr8&#10;z9qAHkXb7F5QYy8pyLCUkBzlxLZJVkbTlE8Fxyxvks5BS72PfKLFHRZBhe+2SL2gtT4Gx4FcZvwf&#10;CrQmigXToneSxkehLveHfNZcyEBSkAzSKvSoS+/2eNjHYfTztZjwEp5SD/cg88JIxThxLvORGpkP&#10;ZEC93Adoe8ApwEG0WLAWitXYAxWry4Vq4AiGc2Ax8BnsC1zbpxiK+JDu096mo5Sco+XIx962Gogi&#10;3fokNw/0lGfyhU8hGVGr9JrV4jAl2in1EC/izPnQRnvHnXvmPNXK2oqRxtLCMkgmh4+tA5iwpgwR&#10;Rmgn6Gw+ok2pE/JCc9JUAnfUcOb2NmSitKAe109bjit9RNpLtZbmCqmFAq0BShynSyrOGUXoubRY&#10;cuXctB75ATem4HQgQ1skz6T56cJH+No9+5NofpSXW4/QomVIx15+SeoFyQcPOZZ8wwcYRHBD7ws/&#10;tnUpQdj49UgKeppx5PqR7/7AR9oercelW7ljltiOU0/ivMW5Ho72KMqyLRXnEm2xUB7zuGyxVj+R&#10;r7Eh4cZ72FvUnlK+JvdSfcv5FWvHeZ9vyvRk8Rpg9/AhQpGMaJWko55idQnNyu2j+luIc/mkKVT7&#10;wtKMdw6wJVsjC4WdLqx0aarVaP95+IUVka607IvJRbwA1LDHBu8oe+ZD42Vo3FsM93LRUgt8uXmk&#10;4XbYCHXpcph4gXgvnQPHGDQWBzhjVEDEkqwyXSCpTJSC8cvdbNSDCGZl7Gs5eD6pLOJtyMlawG1Z&#10;Xg9yjRRNhSLLJ8lRKB88RC7sQYNIsrr8glyxsG8g6zK6iz18A7eLW1GojdWVxvcbWSPkmmL5EgIL&#10;/JbH6Tz1P3ig97EHpk+K2JdXo5ZWBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAE&#10;ahcBmWcgz+NlL+mydxFAmtzvl/yz/jyApP8cQPb/2E8XeuGT8unkPJovfJ+UH6WL8kV50ETphK88&#10;b3hzmfMjhN/TvUcvABEzJ8fsqadpj58g5bYQT8PwlEbKSS/iiS7zsfxcPu6THaRLOfAWOqlHeNtz&#10;PM/0+VMtUraYfFLO8Dby8pwk0Ls/8MGz3mi6S1M/xzyPz87To6fIZr6ioM3zAC0e8pR5yMwvxDNG&#10;nmdonpPzE2hK4TPMo+BeBt1Q8H4FnvmhHqmDz20dMg+RU9JEi83ISHMKTFkz2wzzDOhJcsAX9OAr&#10;Wkc6Y+rh+RyYfxCeH+HzDOQt5jusZLV+ZOzN2BzPKpGn4mh39EmyPCE3Xtd/f0CQN/OUxHZ9ftLb&#10;4CN04Mt8BFk8ZcbMETkP2yr4gk/S+CzYN9t4IflABd7MCRrIvsTQ+vOmpB74MdN2ny/mhVgJ6vEo&#10;beYXQQt8/Py9nPcS8tKjsGTYcKHzJCEL+5WeSBIfoeMesjbJPEJ8Ap6m10w93KOsjdaH83kynjLj&#10;O/sLkRVlw/KFZwlDemiHpSNt8Ps/rJ2MRf39H7VJFwHRFE4j5GCTjvUAweL2bjmBz3lfy5AaRp75&#10;WmruUakHGibHoIF2Su+zfG5J8OLedlNxzP7OlkVbClNGS9bLOWylGHrAAGOq2DfmIbk9yvZOuhT4&#10;FPYNrnaAB/e8Hdft+5OMMtu6RRzn0ABOgbZxD6KesLyoz9bPdVl5hSO0neMixBecymngF96kTH3u&#10;YR/Sm1EExCNzOtucS4v8cM+DBsiHOUXp5vsFWK0tY3o/0AV+ewcz5nk2qpWX5bPlwvECnTWmjCZx&#10;fdAwqYV5IarEPEZs0cjS5Vofx9Rv1HOC0Pw2o1ekZ6E1csyU6PlwWtTmLd3S4gWRiLWA33OCvKkm&#10;5JSOF3A9As3E/xwp0ppwwf0OaCwiS7QBG85pNKrr+wwGgYgdBz0Q0hQgRmOsQ4ueD/sFlITNWdvl&#10;PntyvOD6G+OrHD8h8hjuVKfoLvWf6UnJD59DXmzwD0Jh96YtTh3QeuFrqerpiBChX3EMzjt2D/Sg&#10;OYIse2hKiSAt6daHoEdsvAAezIuRZo2yPYw8Gy9gPE8HfUa8HXk5PnHrQTk5Bx9XUyUdtYKL227Q&#10;no+0o570gNsKFKK9KShwr1pNwXgriMK/Ak1BG/0FPtgjHW+dBWl+ucJXcODJfLi871f8/ifPY8Z5&#10;SFEoXoCMUi/ng5J/GBnkDPcPbLyAGITbgrLAwNUMKV9fe+pPg8LRIuOk6xcQmbHd4R7eeVOOUaRx&#10;mJDFPUrQcxmM5Rh/kU57ysc9Stie7zeoPGPN2gg6iuVMr4TtGfyQjlpBa+0XdUATTN2mPvS45ctv&#10;FVk/1Ov4MMjDfGlv5IZW1PcPSBVDQTTFRQi9QX1COmSidusXqEfQK3ajXvJtWdLE9rCXHjNc6Bx1&#10;gKvwLlgn6nV6DPKJX0I56utIPts851kfIbyD+hyekld/e+pZ+okfnd9+5ERzoQWsPfDspEs+kqAz&#10;eaZfbTlEAqgFdMkCqKNc2i+DnnZ7WySS9Gie4emUFVmkHPZStlSeS1+/x7DzQigtBBF4e7HLUvSg&#10;s569FKXmVQ4BeFn4hULxAnpZvHnhHjf2HvLKhVsCz83enX0Kjvm8MH15UtlfoA2FfVF5pKimWs5T&#10;r4iHduVKN16gaG4ofoG2ocY/LODb4dkXZu+4FuAIjq8tqkET6ErCtI3bdyEY6VwM6uuYewUj9vyf&#10;+ASMIIU9PGJxNzafz0NSUA8iOF47yvoJya/EXjQS7YvGIZWQp37qdCPE+mm1tlQRUAQUAUVAEVAE&#10;FAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQUAUVAEVAEFAFFQBFQBBQBRUARUAQU&#10;AUVAEVAEgMA393V3/G5Xd6du1YtBd+ee4+XQ1n/Z8rz3vJekbYPuqxSH/xr71oEy6MLwv29NevLe&#10;su7d97qr53iDVxZdyJIu+Ktg8FtpeB8Q7yHpvnpweN77dpn8wvPqF0jzq9knPl9Gv6A+oHp8QCGf&#10;TH7hoMYL1W2v5fIlGi9Ut62W05dqvKA+QfyOxgt6LSO+R+MF9QviFzRe0HhBrik0XlC/IH5B4wWN&#10;FzReUH8g/kD2Gi9ovKDxgvoF8Qey13hhkfECff8n5VlfQt+KMetGi209zXu9v7A4/5CKN3VMtiY8&#10;rBxO9uSlPJzXxtwMjResjS/EphPeV3tGM807Et6xeMI713T7yFgm04Tv/CyOTzXS6/2FxfqFsy0T&#10;w/nspQPJ+GTb/lP57LsHUvTlERlzn+a9xguLixcQH6w7ns/ms6+eujiE/Uw7+YiamKOl8cJibTrh&#10;dXTmsznSAvzaT5G359jhqfcNGi8ca0x54WsBuk4oOv6n4hu9Xb4uQB/aTx1rhF8oNv6DV9qZ12nO&#10;zTdxqs+XaLyQjK/vONokY36KIsKZ9vGWwrZOvR5/Y9/UcI78Av/y2f2n7m5NGG0qFCvMtJ9tCfO+&#10;0grNK0Rb6TSNF7q8N/b9i4HJ1o0UAXbR9v6B/QPnmlKOLYvNp7x7WxEt4ieawMdf34fvEQmd3Xd5&#10;h3afPH2zDXzpvkT86/teGRhPkG+oyvhC44WEN9mWz14f2tW50buSWNeXz753MLh/4NqvN9l6q3f/&#10;qXj/tv4X+6dMxHAis64v3td+6sX+13aTBsy3d288cS07lT20O+GdbXrwpXz2QS/xrtL50BovULwQ&#10;39YP+37Q25/JZ+/TlQHseL7tZprONZH9m9ggTjqTz67vMDZOX/rJUE66oC9pMFcdD3pPnkaJj7d3&#10;0X2q4vFFoXrLRa/xQpKiwTd64PV5e2WgmN1inOdtozewL58dHeI4A2kFfILxKRu9nU6keYLuS1Xv&#10;PUqNF46RLjTvEE3IZxuOp7wn2W4qPtmaz9460mVihFK2vJEi0QmjZahhWz/HJPN9Trlsv1Q99R4v&#10;0PWk99pu3DXiaBD/P/jS2RZEksX8A6XTmL9/4DWKAkrQkA9J0PXnKI07lve6viuJJ/AuVe+q5tV3&#10;vJCKn23h8Zz9AvosT7+xIYoEStp8ytvVxVeHxWw8Fc+03D4Cbvjl/C2f/ZvhXZ3Mu5SNlvI1q1Wu&#10;nuOFVPxKa3v/xNDo0InM6BDb7sQwHWcuUtrOLv9ZZHFbJG0p5hdS8TN0TRLhnUU94D3QU6xcJdPr&#10;O1642jKeuNpytiVD+5MDsN9dnemmsy1IH2/FNcNSbTBJXuFK4moCvDNNrxreh3Yz77MtHxrelbD9&#10;Uu2p+3iBZqZgXN/ovXsgnz1xOtNk7iHiPmLJWGAh9gsemPmy0TvUlc9eHB5PgDfqI94lfMpCeK8G&#10;TX3HC/Y6P+E9bKc7DF+iu8xL9gXFbC5B9yvz2XV9he5lVpNvqOd4wbWtVPxo44nMrk7cZXLTV+SY&#10;fMD+gTd6qvX6QdpY3/GC9QG4i3Ro94dtuI+48rYK3vcM72K+oxrS6z1eEJvg/VEaH1bBL1Tp84dw&#10;25NxjRdc37AaPsHyrwbbL+Xz6iBeQNwexACYeZJ0zqO2Uf7zDWH56Jqm/DIwPrUeL6TiM9vHE8Hz&#10;BUK6eceV1vBco1K2suq23Lir82yLlS/lNXeMJyojX63HC3Rtv3ssc2crYniaX+Rd2nciM55Y/r2D&#10;lbLdFM2kodkuwUya9w5iJk1l5Kv1eCHlXW2ZoDkJh3rw7AEzVT7q3bgq1wpLiwtS3of0xHNqeGdX&#10;F90Rf5VmTb1/EPc4KuGraj1eOEb3+DCfKJ+N9/Wfxv7/bJf5hytl28vhQ/LFoaH57E+/xE8072yt&#10;lHy1Hi+kaQ5jU8d9//ljPtuf4bmMqx4HLHTuUiONYj38HBMasd/MpFmaj1muL6n1eCEV/yQ2s/3a&#10;MNDOEdbtp9KNq3JvcYn3ECDf+g5+Rgr5Go7jHU173bMcn7PYsjUdL9BMxoT3hd3XzUwVtr0cve80&#10;2YZIsjK2F64Xvf7VnrB82/pw3ROmK0/8UMvxQio+nuCZKuwV2DNQpEbzkhdrM6tBj/kT2/owMoTl&#10;mxjeaWa7rEadpXjWbrxAmtDyUW//6ZMD+wdOnob/zWWvD+8/tX+A0k6/trs8tpYuGjeQJiQaKJ51&#10;5RsbEvl2dSKqLK/vqul4oekoZqrTLxlvN7PeYW84P0pz2CszJrt2eS6Q7yjNnoR3aKKZdZWTr5bj&#10;BbIr2BY9gaSZ6TSbZMLMJsF5+W2ukI278l2imTT9p+kah97Sq5R8tRwvWBuk2SRtOcwmIaQr7w+s&#10;XCKLP5Omwu9U1W68EI4HUt7J0wM9wX3/FZ+7lC4aF4TlKEJHI8NYpqmjsvLVdLzgXPOn4ju7Jtsq&#10;9wxwvi8Qn8B7zHap9LpPtRwvzLPBKl33gOVEzLggH7JqPq0+4gXfBqsyVnD8Q4Xlq5d4YZ6PWN74&#10;vmq2WUk56yVeeNJ4rfk63zFZ5nt71VxfXcULznWF+gEnTvFx0XihsrF7JeODqI/SeGG+fdSrz6jJ&#10;+ws0b8HVeV5Zp7zP/Nz6F277YbnT9GRiaXyW5utqMl5ouruVnjvIewY0T+jO1qstwXnwrkTV2X/8&#10;ztY0vb8hcm30ztK7/+XzW7UYLyS87x950HuO3p7nNV0vHdjWf/QpWMs9QasFraNZTZinnaJ5mh9v&#10;34/VIMvmG2oxXgCK+ewrA3e3fhKjefDH89k39mFWm9hbte5T3pkErQ6XmdmOdRreoJXi4v3QhHLJ&#10;W4vxQip+rukErZg1Mfz+QcyDz2Unq/4dZ8QFiGt+SvP3c/RFgp/2Ym7LF7rgIxYebywtThD+NRkv&#10;0IzX9w4CS/6100p6FD+Uzb6WbscYJXK+1DlayeWKGSGWzm9xba7FeCEZf8HMYwKq2N47+AL53OXZ&#10;jNjO6u5pFeJWXl0Ycrf3d9F7f+WTu/biBayHtLNT1mXLkTZMDL9LX4Gx8Xm57Gyx9Wz0bra190Ni&#10;/k1lbxzG+lGL5bNU+lqLF/D+5AMz1uZ9RPPG57b336N308pnYzQqLWqch9861HPfyMqawHL3n37Y&#10;Xi65ayxeoLXc430Tw6O0huLFIWCKCBJnU8OvDMy0V+89hkzTjcNTJOv14YvDrAvX6Ozi8BRdV7zW&#10;VZ54p9bihfGWyTZam5HWVbzXNmrel1rfgdUbxxOTrVcSi7PVxdr2cugzLXe3TrbRr3WSxgn4hPcP&#10;ksx0fm/rzTZ6C78M8U6txQuyfmLKS5j3q/szeLuW11ks57X6YsdsvO0HmVPeJzGsQT81fJPe9PPT&#10;ynQNVGvxgrXNLvNdqHcPdoW+92Tzq9VHdNG3DvG+Na6Cyxvf1Fi84NxDSHjjiYmh9Z3li8MX6wuK&#10;05/IYEWO4vmLu2+wUD61Fi+kHVtKx98/eLaF7ctNr3bfkPC+vm+Gvj9TbjlrLV4I28DZlqdxvUas&#10;JpRpWR3bD+MTrqN24wXEA4gWqzUuKCFXwW/alaB3fOFy2lu78UJY50vZg+YxVrUcLyzHRtIrZGtP&#10;E5/ajhfUNyzG59V2vFDe6/OnyQcU8pkaL6jvEN+h8YL6DvERtR8vYD6Da/v0BDh07uZV4niePBWT&#10;r/bjhcm2tPO+BO5MV9O9yHQjzcV07oMkvKuJTEtlfFWtxwtdtMLuur6zTbiji2eB63e8eGqyNVX2&#10;e/0yJkf3Kfr+3e3D/GVjI19HvG+8AvccIVetxwtYhz2XHcvMtL9A2vB1Wi1tXV+ijHOLn3RtkTLf&#10;v9vWP9kq8q3Ot/CeJAfyaz1eQKywjeaGTNE7ErwG7E6aZ16JuKBwnfj+HdZ2xHdyWb71OyolX+3H&#10;C100zxxzH3n+4MWhqy3VNSd6Y2j+/mgmUzH5aj1eSDd+Eru79RppAs9+bD9VuXXYo7ECn2Mde2gq&#10;y/eA1ngMX/cU9ieFeS2PtsbjBVrx9d7WF0/h+xGM9RTNIzxKXw1YyPiZXP1nnCQf5jda+a4PfZW+&#10;gFOZuVi1HC/Avvg9JNYE1gbMH7tJ79Qtz4ZWwi5JPhq/JobzvqaKfA3Hz7ZUQr4ajhfoS/Mf9ebo&#10;W1MTFDmKF75Gx3laL35nF1/Dl8H2i70ngS8a9HEUA23gjc+vDzV1HCNNLu99hlqOFzItd2ie+c3W&#10;ydabrfytqUv7xhN03naz7V5b5b9RO56Yab+79c5WbGMZaMMb+ybbcI508ltlvj9a2/EC3kfETPMX&#10;PMwznxj+kOaZI6W87ykW9z1dJBu2jd7tI7iuvEprL3Baud6VSju+p5bjBTumJ7yZdnxrinqlzLZm&#10;ZSgVn9D90A6+C1ZuX+DKV8PxgjtOkwaMZS4dKP/c4uI+wZ2/iNmuU9nXdldWvlqOF1ydT8XfPTDT&#10;Xv53DlwZSh2n4jcO363wOva1HS9Y20vSWi1HaR12d3xcmM2WK5a/2lJp+eojXuCxujpjBRtHVFq+&#10;OokX6IlscZ/As0ls/krG8Ph2lPtdCNTlnpeSq9w+rF7ihWJjNUaAu+2Y2yC+I0FrOPBsl2JlFpM+&#10;2XaUvifm2z7NnxinN/+lrsXwKQdtvcQLxW2MosqDDceP+rNdUnRXuL1/pZ4V0jPSrvZTV1pxfYCZ&#10;Ks0drwzcq9o15eopXihsWwnvLt17ODlwZ+tG72gj7vl8/zBdb6zMfQhvvOVaFneUMScB3x1s70+Y&#10;lYIKy2Jjh0rka7yA8RuzSaZoVcVXaZ/PzrSv3HV+yuMZKu8d5GcPh+geQnEfVa5rlsL11Hu8APvb&#10;SHMO7ZOhVwbSK/hN241eU6flzV9LrYTNL6ROjReO0WyX5h32OeFHvfTMolSsT6OHveYgG4+eh65Z&#10;aH5CqzyVxtNys2JQuHyIvpI+o97jBZ57zCsF58w8gonhS7QaZBD7U0+FbYrmFtg16InuaFOxtRLA&#10;+y7NpIFfwA/7j3rPNiF2CPOsjvP6jhdo5mnT9w8jRuCe4h7LZ189dbOt8LieojVT3juAXsaYu5H6&#10;uqGPrxJDvgK2Tv5ioGeKZqpY/jgay3y8HVeV8+grfk+0nuOFVPxKYl0f1oW9ODzhr6o4kb04hGN8&#10;URg9FrXfLu8OXXWsOz6e+CSW8nZ2TtGVQSEfkoofabp9JEcRqeWNFZ7Be2L40G5oSpR3pc/rO17I&#10;tEy2XqX3qK62XEmMZWC1uzrPNdE5rQeJr3jMt11EEhhRRjMdnbeNR9nVBR8RHefx/OOKz/tsy6s0&#10;TuTpOkV4f9hajfceNV7A+5aYTXKDevbEaay/TP4AWxG7TXi4TyC/0aHi9xGZT4p47+zKZ69l79Fz&#10;SFl/stI+oFD99R0v2Otsnk2ykHeWXjCjRI60Adu6vievQZ+iuc657MnT5AtIw+b7kKhPqdR5PccL&#10;rm1gNsnE8K5O3GVy06PH+AbUuuOIMfl3fWhnJ2bNRelC5+R39g/cOFit1w8ia33HC9ZGyV5ptgt/&#10;f6a47XbRXLS/plWm4RPww1E++6CXnl+Y6wrLL2zbXXRF0byjUFwRpitWvjzp9R4viE1gn6HZJKWe&#10;Q5xrunFQ9EC0gTWi//QMrezv8pp/TDNVisYgpX3RfF6rQ6/xgrW5J7xnSe8z7Opq6ljfsX5HR2e/&#10;ueq4fWRmO5137Or6eDvHHsV9iq2nmnyBK6/GCwu3MVxvyFruuJ6cyF6hOex+WpXb/EJ8i8YL9lrC&#10;tZHStktxww48f8Z3JJdSvjp9hMYLC/cLjm15GbrquHSgeudVO7KWvC5y6TReWJqNpuLfp1gBd6SW&#10;Vr4ay2m8sCS/QDPWriQyKzjPwbXPSh1rvLDE8Z4ihWq07dJxTmkfpvHC0vxCpWx3NevVeKG0rdSa&#10;7Zdqj8YL6hfE12i8sMR4oYbuK4iv0HhB/YL4BY0XNF6Qaw+NF9QviF/QeEHjBY0X1B+IP5C9xgsa&#10;L2i8oH5B/IHsNV7QeEHjBfUL4g9kr/GCxgvljhf+VeJnsQ3e855u1YvBD2Lf3DeXXf3fL498+8C3&#10;Dvzo4LcO0qb7qsThmwf++NTqa4LWoAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKg&#10;CCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAoqAIqAIKAKKgCKgCCgCioAioAgoAopAtSNw&#10;IBaLbaDtGdrSh19/vcGLxT5Dx3+ftjn6Q/6/pu3PaHv1Cwf+4Yt7OY9OYzvo+EXafwonsZGXzS5y&#10;vBCabXtjseeo3K+ZsiTL3jW/Bp6QYc1zuR8heS2RJPeuMWk4f422kzjw/+IkdyNt8reOjp+lbXvs&#10;fUmifWEZHYLQYRSHTZT7HG3AYc1ei8N6SttAG/6eow3H/x8AAP//AwBQSwMEFAAGAAgAAAAhAEq9&#10;P2S1XwAAAG0BABQAAABkcnMvbWVkaWEvaW1hZ2UyLmVtZux49VccXbPuDC7Bg3twC+4JDAQbLDC4&#10;OwR3DxYgCcEHBncGCB48OMESHAaHBIJbwgR35pLznfec79xf7vkD7l7r6Xp2V3VV7d1VvdZuIAAA&#10;cHnAPwP+QBAPuEChUH8RiQ8ADBACAEyKGkoAABAAcAUCyB70D+x/jHBsAEACAwAwfFD0/g8NANAj&#10;iwmYPEMDPDgA8D6A6QEP7niAICCA7oETPwCNuGf5r8+A/8RfW3UFAAD0gL+2AiC0/7B7CPEwwmWf&#10;gDAAj/6DAwDcIACA9YFT/cc8XPY/bz+I/+ZCIADwn1j/rWd7AQDovPjfPM8G+lee/4oPADCC0P8r&#10;PgMI978467/lxQzC/q/7/x6jJxtX8p8c/p3jgACYp/IAwO4D/tmPf+z+kX/3KEZLU5kAjwbvgRKA&#10;VRQgD7LkAdM4WA/Xn1rTfwXQG6IsD6gZp9t7mGA4yGnIAQB1ifi3VpgPc1wPFSNvAIDU5y+AK/aM&#10;AQCAvDlYQU43wPx3LnZO6sDV18SwoKKI5Ysf0hUKkR43Xe1MdFSi0RnWcWzsSjaxMZ1sgyukBK9+&#10;8ekTf2539U/VAdbxkPQndNooE2PWMSOWURe5F2am5+fhG4SGvnkTDjLtN4fSwhOjt9uBeZmB9qWj&#10;iMHitqez6Qm/rov1FmuWaysOEN0DzLN2PRXaP0IbK2q8UcrObWfLWzH7++5RYJP6RitbOcfyzW9v&#10;EJChZMySEigLvqoamzJFappqAi8nH4zOSMuYW7K+oFHX638a+iI+1e+7x+219fm/9a24P8TAlDEh&#10;fe9tZIdEsrUT3Z7D6yMsDKC/36TGpjy4bYLYGC3OC8HuNppysW6tFOZDsee4ZvyqZQrYIiSGau4I&#10;Vf3oPh283yV8DgjMeK39EK9RX76NTVqP0WK59ZpE9NgZHL1EgbUOb98NTt/HFc29QVpMO5fx9W3G&#10;Qv+6J903iA/Wdi3bj7aZmYz/4WcoapzPh9vf6lhJrz/rUxNaXOp8djR0GCIVNUTJ9rBCZzYXsOgh&#10;E3hYkks0wJggb8ZBDc2z3gwbMOyg7FMuE7QgNvv7H98QBk4HdAGaDiriOYr3Kbigq7iHiPp/V/W/&#10;3qz/b/h/1dKpIpad6859opFWKK7jSXg9SnSjZclxdszk92enxp5ZxOSC6zu9Fp9VXPDVG0BXNuZW&#10;epwYNqeO2XX+7KTvTQv5jutA/gqi4LY0Ufd26end13nfg4tpPXTs0OfqS4j0iAfb6R/X5xN+K/ef&#10;dHfu37FLX0jDS+ScbibV538T1e4h3C+y3EKkibh5broFHNUssJboCjralBPdZyWkXY02TpfqBfdd&#10;pxAeub2zyb+7iZDxdnYW+ClNp3aFY0BVtbQ51f93f/z7K//bIDWgQPDDitXcfzX3VWS3/37V4WFM&#10;+l7YrZLeYNavPM98ugSF+68CNamf8VL1Y7z8bVu2v8HGxQj2O0QZV5yEz2MgKDAfOuBRQHWp2ll1&#10;30NzaP2rB/iMnCTXrCLLNFzTf9/M+NBNhr140bYcft9E33LyuCje7saYA1ctjddo6WNjRVXVj7+N&#10;K5IWuPqI0ai+8Qj3JwE37aVvePqvlbvlR59xiofv3JqSFxL36ZCU5e+7R94THq34G5zfM6AEdTyU&#10;ExlW0T59cKcP5muij/+40Ca0dSnt8CTmBaIGVZt6YJbv1TFFjXnXxfY76GIPhX36q7Bx40e1wFvU&#10;KS/M625k2u12s001bOKasO7QCprG25SzL3XzA2CNOCOaaLuPRluRuAsV+n2JtDcNmx2bWqkc5P4O&#10;9yiWtxGxQlsN1KSqXg0KS17vLL+8EJG4h12HuiDAt8dYLRU6GTA2tTGy4j/qW2LkUBd08nGSgsN0&#10;1lvdAtOnMS2QVQPgtypaCz1GrC7Kt6Io/HXiFpl9fkoJypLcy0i0nfLyDwHuM68zOtnUNLjIj5on&#10;FDpReEk6mB+NINMjSX42j5WUZLGNCW0PyALSAwjw4DbwMlCNjz3O7oZdLMPCJ72iZ7ZfoCXhELOW&#10;39CqP4SkOO5Q2xsmrYFOggw8uTkKYHjRNmweDzyuvP+kLqxUBIS3WHeqx6400EQyoabcKdxQcxE3&#10;Uwl8xN1ClbEkxCQ35AyXV/JzMmMN3fujUsRTfJv0XK1EXUTXanJjTsy8nabMAAU/IEhuDFLeD1SM&#10;1D29BpCCSALEP9Ge9O2gKGOzGb16FEocvl+qCTHe55X/MiM5diif2W3b7eET2tLzxKIn0EaJc4mf&#10;mywGtx87dhkEdf8MO9d7pz2XvRCcy514pXojBC6/qDtTwmxekULvQe/oyG8Q92ZB5oxJcDfKzmNn&#10;YPzSi94KQsXoNjqlJ2molYBYupCKiK0j+hRt91Vd1tA0pe4+SIJ/Q7h3e9dq8s3MtzPNxbCNKwvQ&#10;88rxPV/L+u+oOsCSoLpT9Yzhtmtho6aBFNJ6mblaZJcTjwoNgO5RSP+tnZHz0Nnxa7DS62e8DBwH&#10;F7adNxl5zzm6ViCGAI+YFpnmvfigxAnj+XYX+HSl97eKkjFFiNFqO/M+SsDskD7T51nEeHa1ktmT&#10;pjZ1wKRlQetPvukdUqCNpoRjiGppPXdXjWPa4PH+uaO4X+FxwEuEo52lshhmQvKHNe/y+ZeBslv9&#10;DElR9EUTOnax93rIX+Y7g6HGIyIQRRf+kmBD7vX8av+vH+n4uQ6fRcMGEBNEKhaslb0b1ByhWt+c&#10;yHoJx5WCXq/6/OSrzBG85p0lrr8dYIFn9/jCexeq4ImsC0U5UWvCuq6KL+6DjTi6DOOlzdYoItb5&#10;+5oXS42+mtGI6axI5yVcooY/r5CFo8Gya92uZFRBNNU70De1nKbMfxi1dk7pkiDYNNoktRjfeSWt&#10;CT9hgB1UmpHTzAf6vpAlwTR6YRLUk5KLJyc5AGHZxNseb9b9V+JfbG9Ex3yrSLRr39U9N+Lyuq0k&#10;r/lXckVthDFRNEFJrH3TIt/iwz34COZNf94lu1nOY8YfyKZBjV/qn1/LZehpt6216+VCE8I+SfVr&#10;fDgBnjO9Jo479blthcxvvNGcbnegqlbUNUleULJ7prr9bQbr6LNYDDjPpjhEH3d0420LstM3o58m&#10;SjcNo8vsWSf/ioz2EiPMCcfo3nqSFQyDk9VCPqtCj57T4DOJYCvl7ST6zJ/lZRak4SbFDWIR1f4y&#10;avT07ufWFFo6+VrRf0Bu/xbx4dS+vMUiO6Y/FD5vLIoQ16SrtwLr2Iez2nveD9EO8cuwz6oMU5xI&#10;DUvQ/JSswz67V5WyrtFUFYzidRdo6gsUe1bkVjyRIiiOw1SCsC98m41uC6g3ZY5clfx5xHvRLkDo&#10;iBVJuZiljZStsnlnRMkmBXYdaF7mvO9GaN76+qa2ok3BqIFt1XThDR9DxPVrn6XFwacf/9EoMP3z&#10;tCs/HU+2eUGVaEXFMQJi/xWvUVWLsoRaPm1eo1If1kTLFazi91KWDn3/yZGFWgXd+7WaN3nwCVkO&#10;u44ylhgLUd2gZaLfba7pAk7ZxM4j4HlZwb0gJNOUwJ9Yca1nPh4C3gFB2yFwAR3EwfOQp8pFmzOu&#10;dZdK63thot99RNd/vj0/MB9OeX6JjkWNNqBdpfYucTmK3Wf/9IdPv7R5xYWwfuyHI/UXaKow9yyp&#10;r1wEuUFtVqezrJ8Oq86zivzTRA3OIbjMIwO4xc+owb+Y9k5vfGZka1ZicisHq1PgNLW9GpMXX0+v&#10;EnofiX7bQBv9ofo4vcqFnaYb1J04itPx8btSrW9C1dB7lDLwsDBITwY99Vb+PSPLWkANcmQWbC52&#10;23pPADHZaTguWt1RWTdNjwtq2b8RibaTjEnOpwCWB3oruhPodhiI/lnIPmF7ISaG7xhenzgsmlhe&#10;Im+OK6lVQWCOCOaASxtIWs3MnkZjsTl9Vaf3eX+hz/wSMtGuE88C3uCzjKqU5ytZ6/skVIZ3lRc8&#10;Lg2lo5kNUn/3jCPGt5P11+EeH7ZEnFhf1VysAAEkWcZMt5wL6KUoCNMo3pW8Csvy2kjZn4mgqsrQ&#10;rlZqlRjdpnMRNutkQNs7+uCfGJCt/N26x1a3GkX58Zf4mgdJfYORyrNbTTsTDk69Vf5sMWdMzvLl&#10;nL2+4FZkNW7076bmnnbmEWBmhIKiNXYE0lSvt9MpVZycgiXCi4fodRkajj2cGqtrJ++EEEmKVrru&#10;rcf8knvMmbU6dA6q4+jcsksCa7zJ5j6bFSSHzzcSbxZPGEG3DeqhLH9EtS2u+kv5RcIDaApFPAQj&#10;v7LvYUHTSQrDFKh8G7Ryp50nzoAlAYroOc+qyPezvU5kt7VNMAW0eGt7QStRSXbkHd+RaR/6iWCP&#10;qYuxsqLNMImBtPwUarYhaORpamp7ozpbCbW+leeW4/yjQdVRlHHcXtBLQ6ge8GT6LT/C3YP0REfz&#10;9eORd1aNZ0WpJnq5c0zyexmS47eNuBG/92uh1NA0rulg7xzJGgonA55gs9vXbWLZpENPtTQHSqoX&#10;SPfbQGAz0tRBjuvnGogr6oFA7kuXwCSB4KzLYfcKGU99c2B+9BVFFHmQf6bV5/F4V55POXywG7S4&#10;rXAVTlJPUSoviFDS24PQfJ8+vNYU3HVfINlQdcIxtt62y7Nm/Omxo/I36tudIeI/TT3A86ucz8ob&#10;08j1jQu6+rvhIpFVY3UlaeSES+x7AfhTOFe3Wycxj8mp3CodV9uRBfVyGlKJ+6+qC0abEntO4cfX&#10;iT0hPrkiUSsOEUUDEUcYNEqO+ZwFI10Xacyi+Cdsm3+YGXY4UcqjrNVxV7F6BZJo86ozIEHP7Fiq&#10;cIHL8YaJ/LB7xgm8DbLL1Y/+4l0qVz/Ml78gyeaMtFX9j5shEVhcr4dfScnyHTPxhaT/2M8dgto8&#10;fEBTP7gsK5J7FmIpCyelXXVg26Xged3ZIZhYskz4FjNmerK6NhK1i58SjCyzAtiLl1hC/RYoBjTS&#10;fSOgIvKunrHD1ym2N4f0VCaN7HHzAO2zlvZj28nWIsn7tXcojHXsGYqvsD0rfdkVpU6xFm75vh4B&#10;TMYXiT6dW9yb2Ko/zaIvkmzRFh36HZC4TkQeFKUp+OKC9aKRpO5akVKKhu4aODdayLjp9lijtpGX&#10;kdoBc4/aOr5Ob92793LylVpqZFC/XUBXsRnOyifawilNv41h+WG4apV9+YYNhmT1zcgc7t7dlGz2&#10;6JTBrChByBgUmPV+dJ68fiNEfkZjtP+ouCkL6vaLsWJ6D49nrUFg1XTFUilwvn6G236jpWLKoVeL&#10;mdOxYAK43VmMYphqR4sR18XsABVctXDbEaOzRJyoBlVgsaVE+qOfUhIy4QAL1kfIkZKlpvL32UkI&#10;WfXArkIR3QLRaUGx1I2QquSjSRdbaf64erkoglIRd6rf7BTQiSxf4kdw3ZUdIRIUv0q4wJISm8uQ&#10;bbC7dCZBi9acNejJ5qWeWUeUjjJVJ261OKcZ0r6EhazA97xhTXbf97FFcXn39mVZKLDqz4nMyQ92&#10;ocEuqi75iB9+9sOYAlj8PEUu1CzxRSuYix8W+J1zzHMd+3Ehdh8bTEEhCMtyzRgn5vvXdpdPoHGN&#10;eNTMAL+tpjd2jdbklqVv6FAdyVP9H7SqqwhF0KBmqJcGbIyLxhOkpeWIqcujigwDsHQ32pUrzcjR&#10;qr75jtb9Q9olPq3q6e/9ywN6kgPiE6CMH5VDnpIkuX2s3YXhFIszH3WD5Ya+17hMRyI0f+1951W3&#10;ysOgM+ifh8zexe+9QuZHTQ14zKAKFVC4UPXEvQFYZbKraU3GIPi2qsumKti7ojDJ6dSNc+vQzq0h&#10;I0INyThgXLdhke17I7ooZrxcp6yLIoikFHbIoEzHojGZetf7bLlAc3YpNvEVgMDvXB+71SKrZ2H2&#10;KnDKErqbr2rtoNRY6OScQNOyWBrCvk//JFxdZ9FABFslj7bJYZQTCdq27mPNmizFKvmSuiFuT48S&#10;RrjVPBqk8OvAXD/YZI99/GKJYziFFwbO5UkmIrdKo1lfJ2ji/wZSp6+UHxfZrw3PnNipXRdfK+Dx&#10;7FZiozLgmR8BJL1OIuZkmmaBEKTYEfkRFDe+XSrf0Kv0QqCVsJ5kFSjY7HpHB+Sm+q3f9UnQRntY&#10;2QyJ0Z4hOSa0SCkI7LPGjiiHq77VjNA66rwhfZcUN+38Ehcm7nizDQB3OlV90iU9o270oArRkF+H&#10;85B2Q/pMy3AoHZZqf+jYm+nusF+XP2HgnVsujwKkroQ4ctQZdDngAzBZ0X5oAIQsEDVA0rtVpQJe&#10;mxM9xNnT4im8CFDowrLTws4fXaLiRkmgim5euFj0NfPmSTJ+q5RWZ33QuSWieilEfb5mFTeFS/WS&#10;1fb7wsaMg5tAFiPVZnzKefKerzS7mTNoMTxFtb9doWOchz0JJzXi9exgg12p6ZtWUiV3Vd6hKZD9&#10;4xlV6/KXPdQlDNO2gGT0kowglYmLCYPnOWzlbxfJeo7NQycIafoBtl0r1CsUr+VFNVfHVVHr1gWs&#10;UZVcyJ+uZEqOOr1H6UECuQsavI5u7FGgEAGoXbzsXr+m84JTpa9UfNWIL4EOd44RtcGO/pkzASds&#10;AgmbKMbjyTow3HTc1jdzd9J4OEqciRKYaPjmhi3EXz23u3U8KThl/KZAdrMdCZXTCXnMsXQ5UwD8&#10;EI44k9EuNp3A4Y+b4xZi8fgq4cbLN9eezLoPQs4rWXfjFTdSE/CsloZUPLl3gOft2yl6I6ItAf2o&#10;hG5Dmt/HZ7P29gPj8XdgT03L1MprE5YZHpwqDq7E5725ybSbHySqdMqQqoY5lZon1DQ1hl+Hmwql&#10;GOxU1i7JlFYv+zdbuN3hvUXboHKUWx/50+4yj2BndhpZ3fAQL76CnLJh+iX9gqjU87UKONuCU+ut&#10;FxD2riLZltvtxoWJwMY5SrdZam3TmkHr6gtAiIpu3OAziWy0QCaUSdgydYxe3QZThnRgWC7YOvSj&#10;jMWw1MpUtrqqvBHHlFrntrmgFXvoiRxunwDHTzbnU3OqAS2AqjdkkSybNJVm8y7woRZpoU37k4fm&#10;SspjtcW3oLvMoCQuVhn3wUJ4CYMBbTZnIiiwVD163gA/940XMYB3ayb8qWj9iwkN/15sHjaJO7xn&#10;01RclPpifrTL1BC3W9Jxm0fF1EumBaNtK8BsvNTRvSfMop+DAlIP+EtksrBtJXatytjVEh4OfCbS&#10;BM2CnCPlzDX+E1SL/T5F1naFcUq0CrcvRXuuguurrhyrxMqWzmNcdfcMgHnytLiDHr/ny6hOXuIU&#10;V5WqjWY5ruOcSTUIuuiEk0pTBFdKZgthbOU0A9juC9fvOJUWU+NvU/1TnuGmin5i7pxgZVYeGWeg&#10;YteBPJ7J9w/XvVimczCs4sUQDu/jnz86TBuqn7IXyiKGQCxvYjMCtAuHSAv3zmgywb6yRRPPe19V&#10;DlURt3ZeGLx4Xk+h1bwHcuBM6H86TTWgvOrKzGUUVLlHfJCXcF3GNbbDZeDNLc3JEY/DhE4LiYTl&#10;9sJVE/Z5SHFnX8YHoD4b3m29MYrx7swsf3WLdPHELXY3LVo/KLrXPHXSq6pLwaPGZ02+iOG+Hq6a&#10;diYIJpUXtXvSGca6/ZU8v+wRawmCqrerUMC4cjcoXhNmPhWoeiyCGL3E1Hf9BO/1GzTVlqp11Grw&#10;cp2WiSBwPDaPG97m3D87k/tBBz+XAL3uZstLr9XwxS5NFhf9FGPS4tS4ost41lz89Zt5jtnowlYL&#10;NUxyJQXq1V7/lkHJLFIp7eIINv5RXouUMye8wZBcEDjfIKBaiZOPaKRt10cEBspwDuHnlbuUj7+D&#10;wGibRd8Iv4dWJbXeS8cVZNNmkn4UB/CcRNutLMVLWq1S2KZFFa9gVrTD7PnaVTI9RgtTuEankM4p&#10;q67tdaAGW/3I74YWQrovxkuUJwuu4qYi0W6GsktWvDTrOlmJEWLTXRdzcaNAFSt0aI1RiEeHg4Qb&#10;W1zzF4VQI/FznZIQFvLsbhisQ6th3Y6ZW7dZJ/aE9iikFrtSUdWZPZxHxAHvBO8kWK3DtCah3SxD&#10;fQiSa7T7/keZ5rJC+CbaVunvlARUuNTVobNJmbtwBQmTXvk8jku+ZYY4LAloU4+ezgw2WiYspmDb&#10;rmHV4Gfis9ndKVHcEMysjpjhgXq0N/mxflAO5IZEE7gkWA9hEwROcelmMr5qDAixp39NCZ0JmdBl&#10;9WuFrzxC4Ood02wNbaWgw3tQb0GBDNh/3IXIWyKi7mrb1j7DohsD6+pJONulboZTyWhDzWjHM0TU&#10;Mj+uKlvSPYGdMEDjV4rMu7B0VDQzlNgc6MNAVL7VrEz5BX8ECfR206lpRoUXyMxcinXVcLR4quUq&#10;FhKHOFbZ19u1d+rRZ3E1W1sxd0Dro09ojyGzY+o0JZJc8gLhelo/OsqVGL5/P+IpUcAh7GjsRymU&#10;3h0f8MlqPY3wVRT74Fzgn1rk1hHJM/qoixVOc3qNNR+W3zQqjwsGuSR6bUCT7tGbyA+61TnAgQWg&#10;2xyEQGjelSPi/bUtTz8VnWwvJ63CF+ZrcxrpmowocRbkx4vP8M2aofqIA13pGXz6lx1mJYMB2AI1&#10;+EkYEXk/iiNNuOPFKUV9KvyEt18puEvRt0hqYbFnd2MQGJVpB1F1/o75IG4OqmeeLWBM8SzcfQum&#10;MR5EQjpPiCspnaVnq5IQ5Ef0yVVoJ+uv/etNl7A+koRRTL8MoIieMlY49RMeQl4mbsOvsq481pWQ&#10;MLSt6uK2s0srqmqj3uWhhTIaQTXu12iJY6IUZ9FgG8BBQG1x/ZEiQQp3YNEdW9IhqUA6xlJVgGR8&#10;duHBmKZSx4uaw6kNE6vTZo5HHqLbxIsq3tQakNboUQAraJH4DLnTcz14fIbN2p8pwT0KdvpJ9II/&#10;l31PWGBK+kVKbpD+34wWXNEmtCJQLAFjtYaAIfeIfZZOby7xN9FTWWym/alz1euBMt5x0aQyspsE&#10;QSvqaV+xvPGNHgp3uiDCjk7ML0kK0Y4D760nedMmnOuVGYUIoSGuTl+csxYabyc/ksXBobYTo92T&#10;H9heThJAL74OYybQpT07/yLKo16kyHqzvwN9MvHJs+oThxcgVGLsjzG3sa+S2sXEp3qoj3VZOa87&#10;xcGeigC36NZg6X73HXXJO+1YyFzMHeRMwBxgrvqOK7XtKuJaMFzkprhTuIuTW1q5V67WljX0uVOr&#10;pBYkdCYI2pBjilyltauno6yUml99ST60pTiCr+eUQJKHL5CvkpVQ7luJ1WzvEzcCO95ImiBK/nbV&#10;syZdMQVg2n9eKDdhQdts2C1HdAipmCRLHT+B64xus5gB/aibrdq89Rryfvinnl3qD+81NCQnQfHG&#10;4j/h/olVYCDXeF1xUfZJ9ho/IMhVWrduKavN5AuoNMAosm8w4ynCMqCMo2Jkye+Y0aS8Bh2dKEyI&#10;ABOExwYkZ/jomeB+juhjrTE5SBN5/5pnvVu/i+hxwxWOCl0mzkj//Aka0lPiV/21tkRur3tew9Pa&#10;C80XaLE7RTtkR3HHu52UkrsFkok5llpkNyW/uMf1LKJSwN7hrFF7T+c5UYc+jU7IQVcx9UgXTet6&#10;01zH91K/pQiptDql7hGpZO2lC+X01UUjhi78F4RayM8vYW1RydbMEpZPHm9UNdoaUuAXt2SNigHF&#10;QzMB7qXvPgCnVRxCPhDNLTdkvvensBSa1iORHcQKDjnkY8rjwhU1BgRpIDO9R/DLsjnVXvWF8p6F&#10;MjvJ2NoRyKNjkH1dwch5lPGST51HFgM965K0BKWQe5A7asrnJ3zBl/WiY4npEc9Fs/VQ4xB7lVhR&#10;ZQm5BJbQXkAKLU9WSyYXj29hW6gE2RGKSsmdVkjGC7II1dXRzRx59ZqGLx/IqmrJ4uniWSXTRKLJ&#10;Na2CLFsv1Laq84Rw/mTOTyw4uvN/+GMvo6daPXNNHOEVl3wcNI4a07ACBAjb/GSn4LrHiDuRj8Ff&#10;w+nFqg2ab1cuMF0xdRgi2uShzcQH5GlN/hyWFd/DO63xB5tg+taPYLxVg52PM1e6qg7tAmDL3fK+&#10;4jwZYbzm9ksRch+7LL6XtugLmNS+YWDiYqIVkhCDEyeJYMVzslPu+j+n7XrcNMahTG2b8cIIPdjP&#10;jgk2txkNmIxbmuSAPblPJztlFH+RUYx/1S3BVHehjrSQyzzSlVeL4q1i/96YOn5fkeKgx6FBlzFP&#10;jpYHKGsdeqMjI/B8ibUAYjfR4OSn9M0tm8Q1vIdkIhFRns0jPKHHz9M/UaWr+GvC6nSOjGMBD0An&#10;FpYfFCm59FmLNCkQQOheHsqh/H5NT5HQwIln3YUGXNunu+AYEWJE9+hZpAEr2S3JrtbtOLBZgBDI&#10;Zzn8yo9vMEFOLcqoVs5+b5Lu50++nzhZ2wjnp5PJQ7FvXQ/CXwKeDc1c+/9NYz73Y3UiKfsKl5ii&#10;8re+qMbS1Z51VapO3/7vZsMx+YXqDCMS0KTBAAuypAV3FZWQ8ccqb+dcNu8mJa11yFhky7l80yxb&#10;BX+6jw07gntqNjfNI+xiXMbbdbbuSZx1JL8weMqWC+RjcaZtb+MBUsY5Yvz0/wbdwNjyjG38hiYV&#10;aLWCsQTksPBdarETumvSSGi1GqkI6pV0yrF/bvzNMG4tCyXPvY5qqG5ubY5KReXtPyKbYXHYvYHY&#10;owNUEnas9xf/VCelFEnuFYmkqZGNqijeKd213LSZnhpJaC2+A5OO3lSEI1zcPa2/fhxl1P46hgvM&#10;E2/DtbdgL+FeskQRePtX/Pqievm7p8sp68rpbOcSCR+5+0Kz5TtOgPFJ8rKr8ItAXV7UAVmwvMiC&#10;BAyPWJYxlt97Fwi8XyMP30brPtHr6tq4GydBEDmnhu7/Gc7olnmqZ6GoxZ6bp1dRuTZj5g0RMlgN&#10;cpCSMM5XezSnKkp/7fey1fOZ3UpRUV9/rD0vbnShDB/9Ua1OJAOfYEhHuOfxWwxwq46otSwz+dk5&#10;8Cez9IGGvVQ0C3h44ys8d0HgSFZxTa/kjoQF5FJVBxlbMDr1OIq12PQ5CnMPmbmpPb4LNoPvz8PJ&#10;2Fs1rysioOW1ceql8I3nsYtYYh+2NLpmlHM3fry18aocpKTLTBZJxwkU/kDw6viFpYkTnDJH7eot&#10;jX1bz835WyxwpT/GsfjMNxbJp6y2jpHvg/0kFpjIYu5YDgJQJPmLVRvieJfx3KtUR9JP/rievnxx&#10;5/3KgKpJ0dZFdb62LM+t+vv4pV+a6meN2++QReWe97mU9ctO1vc6Z3rLTNWkr7LW2ekLZlAueDcv&#10;K3fARyskAnGRPNztAn32vftcaXMYcEqm/wNIILffV1r/YykqZGmDCYddVp84fiZ3RGEusJUX9cz/&#10;rVn6TEnNq2GYC3xVgyx1TjpoaQTZ1u9Jkr2Hn2nIbquIJVS1zR5qoycYcdNmYfuvEYwWYgou6j2F&#10;1gujbzipMMcpcNpqCJLiGecHmOP91gZGzhRGhZ60SbdctoJYMuOgBW66GG3WvP2SCfBTr092TYbs&#10;torwXBI2LpTZMxtzqDlQYjYo//mSkleNcpv3E1hvki12DKcakHhz9sLGCkF+Zp5zYltISkttSzJ/&#10;fq62eUzCanE2Ggij/PYj8Mw4XmCrR+J/aJP9N2mn6jjZDG9jE+QM5U0VyE9gpED3f1Ek5VeFOKmE&#10;LSBqmwU46haCMRcY/Ai8i6Txxqe33LBbe5sQI2gkJYhHffO5qUJb25SW2o7Y4y7blCuimxzxnQuY&#10;YAgWfX8+61Yd0WZnwgeeLpwG6/8vzWm15nPTBA0YlB9ODfHLRpbH/JAlS5uZmHOW9jxdNiL3g6/1&#10;Wme8hYyUlC2peG2zzMwe60xF/NcZJ/574+6lz00VAney2F6o7i+gs+uXksy8ZGXPrQW0hsAlsPg4&#10;A6AGA1b/Aw1yzmWkHibRegpWVAZ+HYfczRWYyqF3hixZ2oyECsbxRVLymTEhKIuZXrnTMGT+3cre&#10;pDC6JUttTzjkaHAzRoMXs4sUux+JCDhzgd9sPRYoV8j8+rdG3EU9qixZajVxo5qkJAMcNsstV/iU&#10;IPCtDuF85IJRwS7Px+vd2G/D6JYstT1xCULKTfxMwLtC0nKkwFdTGKSua/WZzkS869NO/Jgv0tZg&#10;S19AYnyBTcl6N6tC7CYtFoIb0bbtgiN0a5ZsLVmyZMmSJUuWLFmyZMmSJUuWNiOxW2/E9+KVTIOs&#10;60bYLyLh48jGQHaeXue18bk+XxZirZ05rkFb9HRZRQgfr0FsaeCsnXTnAc6gtnAcbYbIP1Ue/9No&#10;t3cq5fjDa934wEkDN/4Vc42e981hnbytuGPRXH3seL/gltx01P9N2on3v6IsuIkt8HT3B2Sd+J+z&#10;bvxP2Y6eR1yTyHpQ4777fi3lxn6bcf3USNdLpyub3l1kScTNEOlI7LCx0d5nJp3Y79lPE/61mnBl&#10;UwMdpwY6Rb18o93hhxQRGK8ZH9w4sSzlxI9urqO0JWUj23+/zo3vZs5FD1ZP0mmBBjewjJM4b8j3&#10;gvPVORhB/50iUD2Wxt2vwjuoJX6Lg9TB2N2Id/i4CnOq7qDwL0v5xE3+AsDDd1ZuN08VPoWbbAv3&#10;fte7sf0yrveSGuz9ZNQ/OHzc5oTqzrjxf6jR3xIoXlBef9wUHksAi12VAslQ5Xu36uE243HjepMk&#10;ES/jNBDeMyeWuP5Fqoe5+p+dn8c1d6RMM9SOI7hNXNebkXTix4TPLeUT22HVCK9P7NgPLxQOJr0t&#10;PBxrNWUi3qEC5cd4qSC9wseriW2cLHdxMdP6NBLv4IjKJfv7lu27emkMALKXu86tOiIV9Q5lU1ix&#10;PcvkxfF9/y2SFx0KTxnl8YMcmNg1yR062KnNHeDPhn02oNVFvb+qHIclHe8gVK2AU4VLH+8k2/f6&#10;gcB0iQD8cdLx35bU+3theWs7bhelHgrLlqMR5qYK/4g6hUx507uATNnEK7x/ZZcNqXQB8RlzIFM0&#10;vO7C8Ydlyj+/rCntxDhga6aeL05F44fybERXL2LOmnRix2TVULKzaiRpMg1u4mLZZAc1KF3AYBIQ&#10;YXtxfIjSODgbiV8ikHMs9lCFf+Jxz5F+NH6yomoHpXumuTfR3BIbpEEj1USqdgnvU7xBDSu7rLfU&#10;bfyYZKRqh9wNvMPKyr6hQQS39l6SdP0LFQ4XwM5UvklJ4BuSEe+cmg5Vu3NtXyiF26Wi/g+VJttX&#10;OZjhEkmy/yqcr3A0W0OS3QPgNbLOnCcp6aAc100Ho8yqxzMF2GuS7HN340NUJ2cOi8R+lX+kN/cc&#10;Ka9/KZ0T2CLMM7Yd4xGkvE5X/OHpiF8vjXG96mgQpyKv666jLx3lQHljRW9c7ZeFoPxEz67KhLZU&#10;Wuo7BOUiKolndV1i2zIY0XuzVXkfaQDwnip0bn2wCX62Gum/uW0VOA7XCsANxrPF/0AVvgTJW+/G&#10;54U+gS8BnoYtql1OylBeHwtUc2i4q3vs+i2kkd4/Smljy61Q+p/pHQ7sX6j0Fuj3WAYoeFwzYhcf&#10;5yruXL2zPATQHAFyXsaJs6lqudJ5WJ9HABYkq2zJPwncz+jdhYr7rvKYBX/65D7GKbXRxD4M9nCO&#10;kIS8MExTKjh+WOA0YS6kmqZnn6k8H5CftMo81eUKfU7Eq586oC64qpr3VL632JdNR2RgJX7uUd6L&#10;sqo78T1D9ck1dRx9/WSdE9uLuF8ZMndDO96zAFKV8bIa+W1VBnuHjc3EIIBtElSUfi/OSK0Sz5xV&#10;juuU678g0NbXO7Fzlc5Veuc5dkcqPmDlAqEyc2OsG7thVDT+idJZqXee1P/DBZLRNH5wnJ2XpYPI&#10;VDhJaXLyxwKFU9nJxyhcjTh1rDqOpB4NOkHvD1Ej3q+0AKmA6Y9kZAzQMuJF7yxgfzQ86/8HlSbS&#10;Z5KeL7wxmliu+IAlJvbaZZzeewqUL8K7pP5lKSd2ngAzQb8XCCyLxddI7nQcI9WsMp+v56tBOUz5&#10;Kc0D9GyKnk1GGitcpP8mCGxLb4n24d6am0d+p685Ckf5Hik+KO9cwMrUEB1Y/HGI6wfKf0gysKsv&#10;VzzZtbEbuDKGuF8ZorJVIc+psTnUNKMwSLbUixw9okp5qMbxfidJhku+1JW3EIlGvODKOm97jiwe&#10;Ean6dV2HXonaqN9HkmSw3vsIoKlBL+LkNKW/h9KdJqnB4aRjZXPthy3L6bwc7zw6Gr9S6R+IJJJN&#10;JRVqJMQcTpcw/Jk0/YWNbnyO0r+W83Fkx/biemWuc9P7SOePUOXYdIrL8YnzFeapXBpJ+3sko322&#10;y0b9XcTHBM40Eh/v5BobVZ6KJPZR2fZPO736m5M3nNjvxf+9bFtV3k9xkUF6yypH389bDUrlRyfA&#10;fkRS1wlkxgdS8ZnaUr4TOdpQ776qcv2EvNA0ir9I+c9Qve6ekf0oc+WOYL+2qeMz0Co1FVU7qp5+&#10;in3a5ueUlzrR6Kp8bhdYqcr5D5UgKXFWo5uYq+eo9PGq3HpV2LuqsM8yoU2J2mOjG9NIquTT9O7Z&#10;kiin6J0aVA+gxKar3UIg0X9KH0/pVwWKA/IvFuI7h/zzndG38sH+m690ZpuBRHnvXfV7jHj4FEAV&#10;nuGeVuOpgV8fFzXTSFdzOBcSVs/YLvyWyrNb+KohVLvKxMnCM3Kg5LaNbCSxg+l8sveSbkw2nzdI&#10;7z6g30zdPF4MlCrvMQCGjXYMkpg2y0QSZ1MfChcq/mSBmpN0X0bbkJeeH6xgQAnwTYeISvq6vjqV&#10;ORvqUUnHOvH4T2mlfRkYYXMS9ytDOVCqElalo/ELGEnT8zHU9Xz5SDch6eZ/qEpcrobgpDQzJcQo&#10;UUBjCmWGVPA7+v6WKvV1/X5HEnGxOWtbDTjS6dtZ/11jQM85mpK8GmYXnebBvmoKSm9XpdOodD/R&#10;wKJmqEbA4euGuM5N7796T2U/JHODwNVV7yJtOV7wFTXw6hNsVw3iukD/X/p/qdJ/iwGSGfFL2iuN&#10;+2V2mMO+9N+bCm+oTj7Su0rHkw0q0BVKSoE42b57B85c17MnFXeW6u1tlQHT5y3qbXQ0wXnjL6Bx&#10;4EHPDSgF1JkC7H7K//9GaAAoANdK8nIO0Vyp89n1XOdseImPRvoq6ldnM18+KFVRlw7r1MlMnptG&#10;cPzbVMnmhobQPluEikN1Z2WkU/lqCI67uzXjJo5SZR4kgA5SWm/yPpKS+3QykfhZeu9DNaSA5p+d&#10;f14i3tOocgYM3HggiYKUAZRzDCiDi5pS4u1Tpfdwbd4+FAYf3KCm/2eZzVOyabkmRcCRpDQHf02r&#10;jW7bJ3zdvK93z1ZYIrX+OlLXnAVKB3T8JeL7OYHw3wLCn8Xv/jJNxusTqfp4PigV5opHSf3EUdil&#10;+n8oJ1cIWOzNZiB0sOIdLn7G1Du+bOD4S4WgVD4zqS+eDasu+4YZcEb93yjPv2Sd2GCl8xgqXWku&#10;RANt1GvrSo3WkJQy8nMrFGaawknsJXA8JMm3fKxRjxjjsT8FoPSPU2PMzWpEK0lzBdMqirO1pMax&#10;qsi3ApsydjmrNNkO5g7vx9gKqoZ4Vg15Yk1w5w3XjFymUXQDU0vDK3turYY8Re9yAen7SXOUYK9e&#10;TJUo7/nhIaE3Kuyh3zsr7pH10fjErJ5rhPoa+9eZquKaFL1jJGWdW7X6ElNAqTjn6D8NPvzXsIlv&#10;EN8qPyYKqnOyeP4tKjU8+3IMnU5xnigEJWljU5KG6uGmWyr6wNs0eONMcv3XX/9lRjlxBksvFwMl&#10;o2/SDGxZAVmdhLlLzunEFmbAaC5JlcnRkuXMLzwxQFGlvRZIQu+q/Dk1vqcj8eP1/PnxAqW50UqV&#10;x3+SeAwaHhegNPpFLUv9mNM9vJc5xjBspOtMOpyF4/oXIy01ulyq9GYrDuruBX3/TGCVavZqNRLt&#10;p99nKh4j1s+U5qlS6d9OVZqbECbqvXAnn/eyJPLj+uRmWqZ4mL65eBi3uaozKe75nO+pcr0tc2T1&#10;GfBGUgpUlEP/zcpKfev9iow6j55/IJ4WqJPdpbRu0O/byYt0ZNs9lXR6/XyYpL7KfRG8KW9mI47L&#10;djanvl0+xhX4zHN/nN65QuW9RXl8MMHUg/d6blpHNuch4ej7/ayAyoBNgx+N9OMfqrM+KTCONSrb&#10;8Z9WWov13kwktynAV4WYJJfaeJXN7oCyyQoFAxUakjlMDsByY4fxnB6uijwTYAmcrAQtCBtquiTg&#10;Inq4/htqEhHVKB81lAYR/mNqrJWoJiSB4s1pcP0kkqihU08XUApw2HwLNNI+jbX4K7p2/Q4OEg2O&#10;f7V4YbC0AuAj3RVezka8SyTdzJq8ud5FwDFpu/70QlCKt3Mph9J5L1Pu72SWNnG+cCSBzXZVVrUw&#10;NfynFP890pFEWw1K/Yd61shedrTjHwvPde62P9V7kvbMMfqLFRdJKhvbf9VcW+IyKIr9Hh4Apd4x&#10;oMxNCenzYj2bpnqZp+fMFS/Ub3hgmukMbmYzBfiqUO0WPQDdsdiCGamNYkd+YDcJIKer0s7OHzig&#10;slXhBzANpIq8WI10utI5Ss9OkjRgammNfcjXyt5DjbFiI6l3vvI9T/GOQFqHr6iT9NoJ9ZuUymYg&#10;wlbT8C+zRFcrqaF0/ykgnQ8/skn3Y1kut0YOyJTuzklsQ9mk+cdVs2wH+ImncAL2rHmOJDdH7Xkn&#10;j3ETAp33HzPJHVwLco4k6eHGla6s63ey5uJU/zRMC5ZjyQ97z3gYSXIq3YvUWS8gfXWOv8hMwUY+&#10;DolIXqkO8d4ydzTY8k+kXlmxquuQkLaKMYF/iurjwpGkoToSIH/HNFmhL4IlS5YsWbJkyZIlS5Za&#10;QWa1o3v3b7PKw/wlAQeEcO/MBq8whD6P386lSWAqh9Exo2fWrxmVMgD5Ihr5xgWvfZ8OqrfOTDnh&#10;Vpdzk6OM3G2ZX3YC5SZekIKlZomRb7aiagfc/pOuf7hGlEdohHhM2o0PbO4y+PWhRk+jXfwmzVqz&#10;d2TaTRxppkccf4CZ/zQ+iczzeQdc0tp7YDYDBc7A8ZM16r5DoY5VKSa/Bw0s+3q2oz+AkT3lxjc1&#10;o3rFnyBd7v+GO8K/UiNtJBxgwgmADU+Fe1+YqjD3+Dj+zjgo8IwlxyxTFcbx1b8m7SSuFYDqcF/L&#10;OVGsjZB0DVzAFKnaGy8apB/Pa3o5W5rVDMe/ViAcSkhH4udwerEBqOM/m3K4hjn+74vzJvO/KMQU&#10;T8aNZ8J52BnJqHcIc62DvLJvpisSe2WcxBWmPt34ZerkuPtdnXG8vxHvywTKdqg/NoGhCnJzdjlS&#10;Qb/Ospl6bF3G8R9Qhf0Dp4vwb6NOUyzNRbyXBYzMiPbBjWOo2Ppozx8DwiRuZJH437Ouf0Km0vuF&#10;iSjat6zsa4CYvPF9DB8bwvs8E8WBwXsE30nxsCvbEcy8XtT/cdaJH21WjBRwtMVTB+mohnpQcd7P&#10;uN5JQ9onyikbnjiF6RcSKhA+UJ14oIePi1E7TJJhnXq6fIbP1kbtKCch/G28m0IV3ST+8HIuncJZ&#10;xbjgPZ90vINQ2/yn+ujDpLvKeGY6Gj/TzP+qHrJO4pes2+dAyWfOMRiiTRtVz2O6epF17Chtadna&#10;lLgU9OtqqI5M4kr87yeVd6LAdWid03NAbmVmkNSGGqon6leV9LRU8CeqkLQAsm8NFyN13bYL1zGr&#10;196EF7gq7FlV4t9qJU31TkcKxvo468q1rr8H+2YmqPFJm4IHrmMxqeH4yclyf/9UeR+ftV8qD3ct&#10;VfitkgRm/VedYjAOu0xom3vM3d49kaDJitgvh3fp0dXYWuaC+wCUAuggwJuJePtmIvF/qAz717nb&#10;bZu/d4XGM65nlEWSlol7AeHoBrfK5KPGXEPyjOvep0O6Y6/+4u1gw7PjH1znJvqxiEB9hq/lkxp5&#10;py1NfVQkdshUVsX5jvME+ZAOQBuUd+Ou2ffkxoeovvHgf7beSRwIKOG7pmOsO3UJnywwCJjHpyti&#10;RoswER8mUYbQqKmI74gwYftvumO8v7TWYQgUtfdva7r16lwofNZWtk2y3wfQCQy7SQ0MH+XG75OK&#10;fVkNP0tq4JWRbvxe/b6soVPPKrOfmdUB15sq0LF8JeDF32tw48/o/etYWcB+U5y5ema8UuoFIAFp&#10;JI2MxNGzPW+K9rlV74/HAYH8aQjyGBNV3jg3OP67yvulTMSfqMaqpbKV5/V6/iHp6nOx8sAlbEoq&#10;6v9FUs2tK/d3knQeknFj19R1quqHZDBLfhFPaXoCsjdVad8pHl9UwD3uOX2ORYLiomb4EEjgY6Sb&#10;uEvv8v8s5fHm6Gh8Cg7A2WjVLkhQvdqOFRTZrYNHRxP3KI1pAc/+KyOjiclKI1sX7dXkqpZBZYP+&#10;Lx3py4rWhcrjbkn3W9Vp79D7T6g+puvzZfF8VzJSdQ53WtIJGvBJVdnFiwElrnF0bgSHeBslYE3U&#10;c7ZfvCrN84TSGIuzc/6+KFaqlM/dev9WmTp46E9S4OKv6eL/YbX9DQLpTyepIwFm4zcQ9S5Ys2zx&#10;V1S+ycrn6nqBO0x645HZfVehnipGBcr3xexjKuiDVHJ9NI4X+Typ3bNwTlXlnU0lChSf6ftynHAb&#10;ov40SaQRZjnP9e5WhX+gRseLZ4FAyQWk4yQN9makrUINvquyr7nNSu/sj2RSPufp+6ejonGOPX5M&#10;lfCA3ntaFfIGvKgRBycDn8wP1Rnw2FmoPGYYoDHAUWepi8QPU6XPVnwuO90fNa33dlY6ADG80i2G&#10;B/mLyo+16HncgqvP6XrvWCQy3tmkSacS708pvYfgQ7/nq8Gx6cbQ2HRi2dOnZh1vjv5brPTYkjFF&#10;/z8pvl5XHTyrZ3sGtfs50VFqy72fKN3Jt1ZstwpnYtJVufC7fEblnaH0VqnOPhJIrmUbbn2Hvt31&#10;juzvAJQ4Y2CGqFP8S7zNMT6X3MHpePc3uP400lMbzmRpFJOJfFmKpL5vVMCBRPXzocr5nHhWh+O+&#10;HLP/aBi3R7D+nq3A+8nsWzJl039T1M5PKY/X9fsOlkdNgTYmobbSnWN9JXWuUGP8VxJsn5ST+F3G&#10;xfPZY6CAK9YDZk3V+Pxp5Eyh8LKJxEcirdi+QKFoWFXgLUg0FeZFgfWUVKeqagqLilA659EggXrX&#10;QEnqSY1xH40RANI7us7pvSe+jZKgxyqt/eoqeiX0/HeKe6fSZIPXq5KiF2FXYjvRqaSWDxE/M1Vp&#10;r8BnDpSKd4/SWKn/FqeisVGMzINRucrpemyoWiHQP4BURc1pFHuGnl+arcDZVgMJRrSud5caGsn/&#10;AZKqtiKxjZ7dHPAsiS5pyy5KOgNueOqAByv/rcPqXU2AEokuvu5hx6fyBhB3q0zHpcoTv9XvE/V7&#10;qgDEQfgzMFnqtoxtq/8FSu9j0xbRBNdVb8l1MPp/sJ6fg51Jmfiu8A5pIxxoD/JVZzwVzy3juiZ+&#10;lcZ58Cs+jlW9PBxqtbfUwXeT8Omhd8bnl03/mbKl3aojzdaOSJ8upkAbm+hVZj8HNl1E9kY0fqgY&#10;/qcab4qYZHPUWyr4XwJHhES1nktN+R+qwi5Mfd//Yc4mMUe3qBKNv6IkDXafHq+2V1QR53FqhWkQ&#10;7ETZmKqMSfgxKp9ZKryM+sSRZkQtfpBKBswa0StuUmG+gnqvd6BUjbFHzcAs4v1V/EpKUunePp9L&#10;So8NYfP1/GYB7ZfM86GiGiq23UYNIGAaL/ZFAIPOmazs9YOaitjvlfdf09EEaR6hskrlrb5J7UhA&#10;qcHUzUbKGTc1L018OgN5Yj8X2mgQoGSrr9K8B8mlOC8SBymNM4XxbIr4JyqfN5UmG9jM1mC9j2mk&#10;uhYo3cQBtBXTQtn2Vf1UZwdgh2fNoM4fLDX7ktnLI3BnKoPtHop/Ao7DBHWqi81OSqVBvmghpOVo&#10;aSAznSTbXB30jqD9zC5OUzZc41KRbbfHu4l6MgXamATQ6CHqcaeoQsar8Kju28XMbarkV1Qhq0HJ&#10;+8PZzGRuFvM/0KBgcG56JkeKdyWFUtwpzKWFjw3pmQEljSxA/smMcAGhG5+qNFcqX3YevqL/J0pN&#10;cAE9UqciE+3bQ8+H6515Co9LUuwdJrlWUCo8rDA3K1uY2YQwiiENitjQtcR4mkvKDFE+ycqq/dVA&#10;Sf2WbR2fYPwRXbYweCuR7nr/hGDXYfxPatD79Rv3NLbPvqG8J410/TrFPZn922E2q8lIyqhsX5Ut&#10;0CTeHYX7sNE0sgm5se1jdYbzGbwpj89BGUnsAyADbyA25nk3692J+v8W/Y/UfSPoPP6jAjxbH8qQ&#10;dlx5p+dG0puMQtLvwwElm/vUEY83e/CZHcEkUN0omLIJlHcpnes1NjiUI2fC6BuPOHxdvQ0b5V2p&#10;KfYaG+dUFZJbAxjEsKdGvTdwymUUJ6bZYvqRQHQufpImoZAU72ruatHng0jV8LEhPfsPoAykTMw4&#10;nBpgVsSPUR6jVMGTlM/TDKAAgfh4Wc9/V1+RSCivWvEyT88eU2cw3tcQvb55UDL69lF9VzERHUYx&#10;VBP1DtF/iwXCZZIO5xvp7PpP6zd+jE8pvaH6vELPZDZ4S2XrrRIQTyeuWS1SJ61z4xm99z/x/YTy&#10;nqnOuEJgmE8DsyXDZBRSDpR6/97RXD+tTitVvNpHE6KjqJzYs58hxbDf9L4BJW2RjPT+I25yAsel&#10;em+x/vtAvN8udc024VqV9xm2nej5owCcNFXG0xACSuMFRtsmo5Ckxo8DlHj3M0DimbTTD2SOodpT&#10;iiPAe08ozVm0merhdaRyYdnanNhmChhCO+JuMf4zNerWbD2QrZZRZbCPmwMEAk/xCqlSQIl3tBob&#10;X0g9Rl0ZlcWzQD15z4ZGcbucOlNDnIcnOQWkcKhSfCBRNahy9pcwraNKTBnJROPI1jK2quONUL7z&#10;xMeTqqz9ctMeOUmp9zD6X15DfRuJ5wt0/lNqvINC1dNOaorTJZKAUnlpoObLPuMObDza/XfEx5mo&#10;aXMpEqdsRPz51I94OMUs/YlPvM1xOGYKycyVakCi8i4yzryufzlTbPCXI0BZgzpWpw8O3vLZ5XlE&#10;OCBpx7SYAH25OsUivcMephPxA9U71yEAKLeAejBnNKlcdxsP/6jMk3L/N9iPkuwDlebtSEq9PzUH&#10;SjpSDpQcvsWzHDFll7M39f+JlI0NdLLnd8qVje8aG9TQHiHgLyosW5sT+zlUmDuDDJkCiJ8hI/9A&#10;STIOBchtBJvJvCXvMz+m33fRu1SQaXp+vRr99GyH+O6oSBp4DP8Zu8hL6/9L9P5JqHkV6J+5gQ6D&#10;Dubh9H9GI8cb1RBSVxpNR6uOo9KDvTneQmxMpIMa/jQ9/1jSCGl5iyr6bDMoo5OIN6X9tvh4FTsN&#10;UDJ40XsTAUkAFG+qynmFzJCL9O44SasPaSzlW6vR+68Bn97hpI35aqwRAp4GW4m/Kc3bNapeiXTT&#10;92NHSZIo/lA9G6f3L1U4Sr+PkLQaCyCwjxn9Xl1gLuRAKZDcwX5xIwSCznIVgxbVd0rqfyYdWjw9&#10;SefEDFCZh+g3Wzqeo12SkQTH0dxhgB31X2EzmGkv4xTsv2X22bve4zlQKv0z4Et5vcIAxzATEgsZ&#10;1PNY4kg6MtpXGteOdOI3SXtezKKETLu/M6WETYoGVKc/q7BsbU6NQr16gtSn7BCAFMzPSW17z+s7&#10;DbdIny8ijXjfSCHZM2NkkOu/lUGFec9nIvFB7Oirl4pQBT2q/z6V5P0YKaNgTpGggAbMklBUEL2R&#10;DiFQIgEx7pUme5v92TIl3lY+N7O8SL5G9UW8iQIl+2vYczJDcVOpCu93SBA9e0FxnxWo9zbS00gO&#10;T7axx9QUE+hMqyyGH31fJpDN0eddSTe+O+oYaaf3b8WE0XuzqQOlyUkfc8gTKagyHc6WAmxNgQrp&#10;ZfZdK/Ae5s8spXkPk9jwnE/5khKbu96Jzxdg2GrMgHEuHYR89P8UAe0Ys6DAmUNR72r9D/+PM1mu&#10;slUoPw5ewN7/VHXNXOJTeme6vn/IHh+B6H7qi3x5V/8tUXhaHXYN9a3OcIw67HKBbQXr5w3udtvq&#10;/QkCMcfScODDTIXpivsh03DqDLexyBFG33hkpoTKq7dS5kcqZFVR96pRbhMDV6mirlGPuUUVVZuK&#10;Vu0SRjFHtNQ7sdP1nEafongapSUOZBBgpFQ0sa8KJZvEm6j07lalnceor74itpcalymY2+nJxoXf&#10;je0maX25Kjg01mN3qtEx4M/B2SJ3Ci8jccAnnlLKd7J6/h1qpAtSlf7OjKz13zClcUM62vMnqEQk&#10;qH5LJXs3qVKv5D9TtmBS/i7xdxEVnDs97bpodAtUIWpYZf4fZRPIsRlZ5qvXswkC216YDcrr5+rI&#10;F4jHsSYtQsQfxzOVdediy3KAMhxN3wsAVdbnFI+RfYP4Y+pqor7fwEIDdUicbJdE1zQHEzheo/6/&#10;jjoLlyV/YFZwOFwhmItlc1lKKl8mRFDe4ZV9zPnsXX+QXXdVv7ubuDtpzQ9MTIFNF2pbQjoamdYh&#10;Y4G3cfI2LcS6lY2mMxlTJG8zqExbbUxtwX1D0ZYKQWDQMjpOgIJxy6T/SSaO7VbSRgFprePIj8Ks&#10;xZFYZpKMAq5Jm+f5nPM99/vj/n7vJZu19725+/11fn7Ouef+eO/dfcdX17zzJ9/z6de/atlvXv6W&#10;az70P5Ov/uTm6Vt+680LT3/h41++8sg9s3s+svnPv/7t2evfNdf44pF3PzPw/e8++uz03mtv+dSb&#10;9973+cHZoftu/eqPWs89/BevfXx2xc+ce8077njpgfcujx5e8Q+/99LDO4f/44af+s6PfuPw+a/v&#10;m7r2b0dv/NDOoc9ffc/6Z9808q7ok1/51uWfvyG6bvdzVx382NF7t89f2X7vvqsfuu3Rfc988Xtv&#10;uuPm7de/5fDlX/30Vd/+8Ka1m4+/O3r61z71d//5479zeN31a1742Ft+ecO9K74+O3z9/nXf/8qf&#10;3PadLz174pHbP/Hq1r+//6/nPz796fvffvC3hzbM7dtxzf6V+7/w1m+s+LNH//Lfvnzd8E0jv3/0&#10;41/7wr1/9fz/nnv+rq9cPzS+sPe+I/fsveGZ83e/eM0XHx+7cuu3V73zjd973Sc++82Db/1M9MmF&#10;95340RtWLdx+28e+98gvfeONd1zxj8/96R/819YPfeQN7/nd4fv+6UtP/PRt3/zB1Mjbp972mte/&#10;dO4dO1qtzqpr33X8j+84eCWewRHd3Lxl25FfuP0D1B0ZHxjRZ3foMy/0GRsgxeu14/QcEGpvoA3P&#10;vxikjV5PyCbP8BjiqahNTfvQvZ+6GS2227cdv/n11Bmh7ddpwzNDIEPnrqT+FbTpix+kQYN1tIEW&#10;trh9PJdkLW2QN3XL5OSPkbBbqX8TJs3rEWqf04HTquxJmvtZ2tq0/f1P0B96/WF0Sh7iQf2NtCnt&#10;AFsLivQXPaLFX5j3h/FoPO5R5/DIxg+0Dz/Ynl3RfvGhFQ+NHJbFgam1a5tbb103PrUu2rls3bZl&#10;UzI/dP5t50//97knzp1vtDsHG6dWGp3Du+/ef/yupzbcemLn3P7j+49fvl3oVx05Of/iuT96/MaD&#10;17VPnjp3auVH27wwvPvOrU/eNbR2w7+upwe77D8+ul7l3z5/+rv3H91C8udP3Xhq5VmZj4j+qa1P&#10;jY7+yt3R1uPLT4zeLfODjy+cPPXo9x9fOHK2fe7Uo888/mKbF4Z27r/rxIF3jt019XPRgW1v3r77&#10;gNAPnT238NlzLzReONtoP3Gw8dGFt8l8NH7neNScGx0fXxYtW7Ysosa8Tr5w6P6HjrZHRqKRlZva&#10;HG1ZGZiMlnMOR8NIi/g1eCgaPMqjFUS/+K/2Zw5v2rhpZOPs4dnDJrowauDJJ1/as/r9o6sPrD6w&#10;xqCJ+aH7Tx/tHO0c3NI5dvpvzmNGXgNPnRj9lw1PPf/qExtOjA7rLNE/c/ro/LHvfm3L6aOnjx5p&#10;xwsDJ7a/f3zN1udJ+oHVrvzHXjg2f+NnD27ZfPSxYxpd4hp4fm70yQ1PPn/F9tHtG+ZiMdHQwqkF&#10;suejC5B/ys4PnNl+J5m+/s6719ztyT/zwqFNG39+xaHZLcc2HnPo50joahqvHeVGVwbm5+l5RTQ6&#10;v4WbeB6dK2ibWs2PJtJ5bkG/aaNH760vlcGgKaChvQM7wxkZX9Zppy4MdOZS54c68zy/bNu2beMO&#10;hdI3qGgJhVk0ozGan3Poo5lneZSkP8PzexL0Mh/TD87S6zAdKRaYfkzpBw7Qi7JzzKW/7Fg0RAQd&#10;yv6GoX95587xaP3L4wOYf4noaaPXqvPtdhSRD0q/WfaYYZTFgZnOGaVfL/RDnUO0x3Q6Z5V+ldnD&#10;ZuaiaJgkKz0LIBmdk6SELInpTQBg7/rOr3YGZn64c+cUeImYXg3aoxpnr+u0O+evuup10NXGdDRM&#10;+veQNXN7xBANwCpaJx2d+YYQasAGSB7ZNDNnBA/AQHphnXxozF9GHbxMI8TR2NxA51meN/RRZyEi&#10;yY2Tg9TBCw7hNXZmYAZ/o5kf8HjmDDfR5rNMfyZqCDImAOQATCL6sZeZcI+wIQIkf/NCtFkcaIh/&#10;0UDH0A93xsFgAkYO3E+CVy2wJzRvAmbpBzpnQL/KyImIvg16eIJ5E7Boxsg3DmgAQM/yjQMagGjm&#10;SbE/GutEyycjl17kUygaMKtNWpYR+iqfKMntAXZjJZlxP8lpnEEoDjH9PNGPWfupN8f0czT/xEna&#10;Yxl/GlCQ4cY8dWd+iNQhvjMYnEEzgy4nPejnMRB6zM8g6Smke+YwsPQN7CQkkYU+sdA4OzvLMK3v&#10;dM6YlICxY5SkMwvEelmH4t84KU42Foi9w/S0q8xFYz9YTq4xvc5HjxH4jfOPMSgOPZ8Fru/MdFDK&#10;SX5MD/5VMGoL9vWGN78cTryP7ffmad9aGCI9nYCejBoniygh1u2k1yRk86vRObSq8+Jmdlrn0C6f&#10;orC+vIdc8V8rDsOmToKeqHh/96l5NAj6dsrCTKcjO0Cw1uByFUzScJiKUHKWzpw7tBunvXZmlH49&#10;M0zj6XVuFQUs7TVGAUt79Yt+/RKSPzKSRAL2r1mTnAc+afElPCnh5hIMQj+fmCf5lehr+QJhFp41&#10;Pq8kfOh+gHll5UO9f+Xnw4XBZ+3n+DSDVF8Y+Rr1S11+cX5m1ys6S085naHLvNTjxQgdvNLoCalU&#10;eiD4iqbHfcTRV9kAPULjovuIG4nmHtoeWSN8T0cPxvcOsWbvI66mUfqLzqj/X72bk9NTzcnF8IkS&#10;+P8VkvBmcZDs0HVqEZawTDeX1rXYXffmdyQ9U9q9tOZ63gzGqkvptfXmiedpw2fnJS+VvmVytDnl&#10;26Lr21QvtWoD26Xz8B9rRo7qSbZFWKpGbVVC3li1Ko2O2cIgMrrm0upcqMudd+mVTlt3LeTJo3Fp&#10;QafjVmCzygjbfCybk63JJr+n6S/6wt+cwhhvaMQ8NjOmaiVxbFHP0E3BHsQXNC3aMK+82oIea7QR&#10;vZFBY7xBb+ugjInGmVPPZA5rzBfXThmH9pPc2F5QqBTYpPmNtmXkiR+Wyu3lYWmlWcngpfldgoRI&#10;mphSrby2Wy2yrdAbXsc70IsMX1dynnk9PUJDUY3liaTOzPQux54pV3esa1eLI8n2si8s30ESUiZ2&#10;GXqqDrI+vatl+jLj/83GMs6RWCtiA+3axho8bybUE1NjCCUTU8sLTvZmh8pCK7mKtSZz2FbmJli/&#10;9LHmr2Ne1gS9Dxpk/BwHD+lC3sf81GdbrX6WY6KANSPXs1Fm3b/ZWEIrSTcV2/fU1+rGiujiOIsF&#10;LCdGGx7Yt5UjntkVksM8tk3K4bWUPJkI5lSnbVV2UqZaANnTjhyxL7kPKD3aPCxVE7IEXksskVFq&#10;FSSotyq1SfsPa94BHpePaQNeQ+vkpJHJUeQ+51CanCbkx1GK9QdzTS/3hUp9ce0LZVH1MJUMNkI/&#10;7FctaW0+lqrZRyGp1UqmtTgvVbtrgVoFDl2XvlirktLooNfQmpxVar/FvqRv8Kh+be0a+xXbS3U/&#10;7jOfkaM1OeRXOdrmY6neIgPUO4npBMcJUtTalolZXC+NF1KLiI5rEuQQb1xLMYaMUH7LkY91q0fy&#10;TNbVPvXG2EOI6Dq1cW00c7FuyGxNTvBxyMj3aDUX3YrQmZnIzM18LEkaxUYtbrFHNOYzIjuvaIon&#10;+3ZrndF5p2WEUM8gk46VDmKoT4qAmx+uHsWMvFO7TO7oCkvdpXunpcO86GQK1mvtEm6ygPOS/XXO&#10;DyydtVc4/L/5WIoUeCixaXFM0Y9jZtZkHbLVS+mDDu8YJfAm9jpLA3qhBb9Ez/DHEQAqkIG3laV+&#10;Sc5DhtnIZrbFkSv2g59odD0+9wWfL1dye4LmVUtam4+lWuFziiV2Ll+DzQeOd3CUUSmuzFBeOLY8&#10;2ktvQ76isUoJ6Yrmdb0MlkorreZNHE+KlmrfplXAiV/L6YNSadHazcb8mpS9Fpojkz9qjerXcdh+&#10;8CZ/JowW6+b9zKfLGun9g6z1onOibL6sFViI6oy26K1Igs71tIiv2/WWqfOiz0ayW3khX/W8DCW4&#10;46qxVjQZySDvXLn96KsuyGp5+0Q/pENGf7Hsl1VLU06NZf/iVmNZY9k/BPonqc7LSwlLHB/dt3u8&#10;1L62SsfXJs51jJ6Xeus41jrHdlePK4/7Rhb3zTmj0ittvJazrvq7a3vNSzqbie+twAIa01W1tQVj&#10;PuNx6MQ73KPGFaPQassyeF6u4nRe5Lhy3b7S2is/5WN59oo35erVntu6PFZ6+V5vWDZxj9K5TuFr&#10;Ir2vzte/ghYjoXf8+X4irnmxxSg4qGLOXxdEaM7kqfLJfBNyjLzWJD5X1GuzFnKbr9ypJb24J8T7&#10;hKLL1+Auf3nkkpS9Yckx9WJN95DiPPU91nlBHznAm4mEoIGzaBsdrLcYVdYToy0ITnNGK5+Zc2yJ&#10;o5hljyfP8Me0SaSKZ3rDUvPHWIL8oLth5EWcG4g5kKB8iFGjPuMg1kmtNHTMJ/wsEzlsagZQiz/L&#10;NggbvYwg3xeNkRd5vG4qidiqtjnrbJ/NivA6Xqws87c3LMWClkGGkTSWGS8NksgR596gg6TaqOgK&#10;8joL+ftulzlbC0W2paG6a9CEHpl3W2uXlaHrIkv43DkrvXyvNyyRK7CA85Dv5GKcEXPKy2s57+y6&#10;2hnLceSJly0/n4lf5i0qMgbqeBO95raDKtuo67BX9XDf8Bk/REM3f3vD0rXKqYfGC9cest7UIps7&#10;WG/Fe77mBrVmDuvWa5+PPgOPtWg+EW2iXooMscTaYOW2YruEppe/vWEZ54JfvygDyFrv8z/PS/IY&#10;b6Aj81LLHI+ZF+t4x/MJPqyIHG0nmN7na5k5aime18I2k5fC76zH8RGd1f72hiVbRfZZpMQ6sUEt&#10;TqzHRwPLp4gJv+QgH8ViJC0CKlc9Vfm+DLWB+Uw9VQ7MuX2NqJ3rptcblnJ8xt7r7nHICrEFrW6u&#10;dToX0imNoqXrmHd5iuaV3/KZ3NN6yzVVtIlczWe1oJu2NyzhoRxnrW6ba3auuOeiU0ydpFCkdcVF&#10;U+fctld9rizt947l9G6KuYk3pLIXzlg15bVuvcyjS1sTXuwLknugwSgPraL1ND3Fc71jWayjDIV7&#10;XC5D79JoTrrouX2XVvvu9ZnO9dr2imWv+oWfcjk+m+lGIqOZqIHZkooqQDZn3sqlgWWehUtnrcay&#10;f7Gqsayx7B8C/ZNU52WNZf8Q6J+kOi9rLPuHgCtpwrnjgfmiM36Xt/4+kY+GoMdn/hl3ZUJ6d1zv&#10;44oGflcp1/S444dre24rXI/VWCqW0vLVLH9+hKva6Sn6bUVpNGssXSw5HwVJzU1CMv+ek+V3sdRK&#10;221rpS7dHucl32nBHi65qXgUeSVYOvVB60SFFrWlSM/SWRcE43ppEC1jv+aljYHGokpbRtPSoXGw&#10;YCTxe6Uy2aJ5Scg5FdeRxhU4d2x+4bR0sMq3lH/jzp/uxbkJDErsecASmDtomayO60XRuPRxLt+H&#10;S2cVWLTiWsk4mM/2822M8xKI0RbHwoxLIUq0+Vq6XYVc/cWfRFwjX72FnDJvfNPBZJbFg4/mRdxB&#10;vQSCnNFBi7mcrUhL9+tmn+FokQ09tuXtkPPKOJPI92JezUvNxzA3Ma9reW2xJkEFMhB3bfP5EEH6&#10;3e8u/qQL30bsYWM5JT8fdTJJ/S+BppOX9D0eLyeZWzwv3qPyMVF+/BaXPnEUdBjVFiObze3sD0Tv&#10;2Vd1XAINa0eot8XY2PW0nmLJNcKxTnOQ5oNYRuNpcrLnJAdVXrzXQBdtmJccTZPAa/4x1eFT/pJt&#10;CTTUBvluMSLn2U26lSKttViGaGp9TOMqPyd5TbIk58k6L7ec+XSZAT2QhIyuWv1OXbomf5bttjaz&#10;vqKjl4tliCbHhPeMMDd9vdkj9losIms0xmGrSEO/L0tQC+m7HFfIS1jRJIt9/fqtR99GO/KxlHmS&#10;4Mae0bQc5Xskx3wHzsrjukNeSf0J5gMkocmRwbkh3lk+VGDkfImWfpNQ3nZHt+o1+1C2jCSWvrWc&#10;A5KbKZ5my9Uc93KI5GCsGxAJ132JZj2kc2SorBItUK/gA+uOv+vs2unbaEdJLGWNECXNcV2qZAUk&#10;wOoJPmrEcuLf83AtovUwN5FfobdCyzJcewhN0VG1tZ4X9wwGrt6Efa6UdCybZKtFk2PCUsrWTctr&#10;jrEGJUXKIsDRgi7aSA/QD84b5PvFQJPtEDqONI0NrX5OU9S6npfpix+eXtKfxZmOpVA7iCA2uTFx&#10;5bdIG9cvL7ddCts3OiAfiJrWrqMnyCdys7Q9vrRqo8S+k4NDNpb8m7LYO44NWW9zIcumdL7OzNUZ&#10;8RQUNfaSf4iG+24SzoK00nFL9uDtUva3b31RvRTxzPti2ViKVeQBf4Pa5EypXLC0mmv5HpalT9KV&#10;31fyLcheRaRoHzOR1DadPh9Lst6RormA51SmS8Ms54q9VmHavTn0wiP5KGhBT1I+5uw67IrtSaVP&#10;SuhuxkRQ9Zk2TVY+lsJB0vzcLDhPs9q5xpXy1Kmv9NlfmqWxLRQdlcstRysN/Wwp1VYCfZNZ9hVj&#10;aePv5gJlX3C8VftIc4kYKrW01lrONb7zOlIpN8meFHpfS3cj9t8/z5ToJfwvxtJ4S2c1dEwjizkX&#10;2Ns02+yemE8X8lo0kaHQE1LYsaFFfqo9FzQ3SQ/2y1hfi/vWHu2VwxI5aKVpnaK5RGwCOsQzhUa1&#10;a0uyFRXT5mGpOtgOold7mtRXif1txfdQX6ijHJbCRRL9upliOWvlM3NGJzN/QzsYTeEz8Q8p/LF4&#10;Z3NFxkDZp+vHCDJDfbi2D3WVx9LGHyhpLuAZxb69otXEkPISvw8vetu8V7nTpCGby3oX5srEBclN&#10;qZmx3/CfI+5bWB5L4TPxIWnpdQ3zTl0t7ZmVx7nG9c+3NDliW+w+AO+YL8yXJGf1GZHN+xqjSOPE&#10;PlcNS5LAKPqttcyfB61dK+oRr7GScq18nSWeMDeblfQW2YV1ux84ucnHdpe7GpZcN4LPhVxpXl0x&#10;yPjrWSOOgs2xRMxz+HBfERHWKBfeZ8ySlT8/TU8+0Win7ztVsVS0TC6w99YGW0d5ndCUmFqK7J7k&#10;pcotn1vMxzkS5wzpLc+fbZG/4tnnHC8sVXUsFc302IjGOEdK723EhwqsuVU6L+GJ0Wn2A2tXlQpj&#10;EcnuhXpwxHB1VMdSYu7mgNUORIxGtKWRdBAhnlbpeqmaRSfxsU5uL0xuMnqqB0iir1ZUxzLOA1hu&#10;ckGlxWuYT6xZqmSPUeiiXqok1mf5RX+QN0qrrVYgtFnX2EqLFjoS9zOdewfVsWSv42Onn3v9q5cU&#10;7xLXS6GnRr/kNkfTzRtL3SQKRt/uR4S+Xc/qBfKNDKV2sSwjDXxObBIWmNippYl11Ru24HPqZWk+&#10;V45Bh3jjSkPHdJfC9o0+PuaTXvomiV3L6xEf1XJfvuJmsYR0nS2QZqxFzH0e+9kMtNE6HV/zZOma&#10;zWfDR9bqWpWWvUwc07F3+lJS9JX1XWo5o6n+I8chX7EUK3xkfP0yEvS0FuJ3Bj4Vr9u6Vfp4bPWz&#10;7FKe+ZrT7RN7k5SsjzNBcgzX12XeIs/6T+PYxygCpjZOwBobzQX1qmXpDA1ZkVLdRRvHjNY1Zvl2&#10;gsrhYyRD/fkS7KojR+xMuYMX6DO6rYy8XlJ+i/jBgbzkVZtL5AliJXuG31I8HLpWsIdDntBrbqHN&#10;s8uuuXKlbtq1qj2nnhuUxB9XjiAiOSn+u6v5fVT2gJ/xQl4SrrwKfFk6xvRdRx03xaIYRZ232e3q&#10;NvKIB3T5nw0pH+mlPSWWWzoCyu+2Rg7JUHlJGywN/GW60jpTPpukDGtRzpi8FLSc+mFwV/zd1tJm&#10;1BhBRmJOOUL0rq/JPtadWJf2KilJZmC76OX8gb1xTVMemlM/uC1bL8GfIp9tlmOPPDsSmuNYQoNu&#10;afM0l44Sy4hzWr1RH5KtyFG9hj6o1Umu7JlrKMKUO8Y+k3M0cusvjRhB6y/owadVKqPldSOT/ec+&#10;S2tO2uM4uElivCerNckW52N5ucZynBwPj/UhDh496w8pqo7pno7vByPlSjE6DaIGSaBZavNzmmRB&#10;TowlSWHMDZVYgthisxpjC0Wra53bFz6NmbXUpUFf8kLpNN4hVfUx6XfqL+Ris3JMPhrfVD/7qj7n&#10;tYyczWnl17xUPRKXGEFF0XDrvFJnty2JghOJJPqOLo8uW2rZFe+ek/HB53UyRH3MQy9tTfm0nQqx&#10;FI+Nl0SFN3DXLYmIb6OMUo91JjdEtuakRgfyKf/JZqz3+iZZJjosl/porVRoERpep34/2iSWVqP2&#10;XCt0rqgFj3NsZsu1zpqcoLvU7LHxGiOM0yVnzadTV66XBtm4mnU1LoNlur1Fs/ba3Iu5yRGgljaf&#10;LpXRL3lsl+dih/Khy8q2tsV0ak8P7YXDUqrBRJB7Zu8ji/0coJz0vLV+Qw4/XyBz3aVF3+hwcytx&#10;3sH6rW2wp+ftQmIJrybgUXBMBWqJnCRPQkyIX54b7HgJmUk6d0ZQCeSTBO/8kp/3rzkJ2n5sFxZL&#10;8Zy9wz1C5AFtdE3CrYyz0QFqJl8kxziPXNySfaIX2vjoo/nm04psta8/7YXGUjywcQ9zEvmA/5Tg&#10;e4oRZZJBBTSMkGkxb70X2pie1pTebZPy+z9zcbAUu10EtJ/nESGIX5MCQezl2ppns2BsEeV1vh6L&#10;6ZQ+USvzdPaydvGwvIn+X6PrfSslF11PYvQYTTfHDFqmUvBVL+/9mE+h4yi4ki9U/+Jh2Z0HyEmu&#10;r35uas45RyUvd+16xr2s7qzJ57q0sZR7BLj/CKTCnCsaG3RLnpfm41Rm9dLGUjwAkvSmupeae5qD&#10;fmvuZaGqXKz3UsASddbUQqmLOTnKaPN9bua5aDmJeC0NLOP8pNxjZMM66Y1bF+1o42f8UsJSzwOa&#10;2JvNZ1J81oQzf5w9AVGDtu/lxRktLSw1PxXV9PbiIJfUshSxFC+mTS3kYz31dZz08WLNLF0sLxZC&#10;5fXUWJbHqoiyxrIIofLri4fl9I59dNSlDW3aNvkAzZf3ZPEpFwvLaULqgakHdu2jLb190PlPe4uP&#10;UxkLFgtLHHeRl8g95GVKS6t1XpaJIaMIJDO2fZS1SwvJxbyG5FzkepmSk5yzyNcycblUaBZrH8d3&#10;qLNy0szXeVn6DlddL/u1PxXkJO37db0sj3VdL8tjlU9Z18t8fKqt1vWyGl7Z1HW9zMam+kqv9TL8&#10;dV44rm5RrxxL9fxSf+OXaBfx7H6xsOz+epyrQ9r1u17X4ypgURBdLCy7rZfTkw/ivhK/6R5TSrt4&#10;95cWC0vkDu5s4Jq72vW4nMVn8+2bwlqvta8b/sXCstvzS8pnworQz97ou1zdINE7z2JheSHr5Ssv&#10;L3NzK/N6vCgvuQK8AvMSaCKHqNVjsNvyWnLPq+tliEldL0NEehl3ez3OR52sXI7PDXqxrFvexTr2&#10;5ByH+Rgte3LSq7peJjGpzy/TMOlurq6X3eGWzlXXy3Rcqs/W9bI6Ztkc9fV4NjbVVup6WQ2vfOq6&#10;XubjU361rpflsSqmrOtlMUblKOp6WQ6nclR1vSyHUzFVXS+LMSpPUdfL8ljlU9b1Mh+faqt1vayG&#10;VzZ1XS+zsam+UtfL6pilc9T1Mh2X7mbretkdbkmuul4mMel+pq6X3WPnc9b10sejt1FdL3vDz3LX&#10;9dJi0Xuvrpe9YygS6nrZLyQhp66X/UKzrpf9QlLysv7+ZX/wrOtlf3AUKXW97Beadb3sF5KQU59f&#10;9gvNul72C0nJS/oNBX7x5P52wv0eOq2m/X5MePL4SO4r7HdnhEb2b8fq3/eUfgZMXS/7uod3+Xwi&#10;yuX695CJnK3PL/uVm3m1Emv173uqIF2fX1ZBK4+2Pr/MQ6fqWl0vqyKWRV/Xyyxkupmv62U3qKXx&#10;1PUyDZVu5+p62S1yIV9dL0NEehnX9bIX9Fzeul66aPTar+tlrwgqf10vFYl+tHW97AeKkFHXy34h&#10;yWjic576857Efd3qGNf1sjpm2RxxvdTcTLTpnyfWz3MLMUVe0lNV8f97Up6tSp/p0FraJ7PEV3/e&#10;k6gLcn6J3MvYMp77KzX2gZzP1dPzOYxm/8eL9Tw3eKJ5l9mmPMeyKC+5AqTw9R+5pMTFw3Jf8N+s&#10;FVG1sbVNe35b10sfj+5HRXmJdZy7LsZ78fKyW2/retktciFfUV6+MutliFLZcV0vyyJVRFeUl3W9&#10;LELQXa/rpYtGL/2ivKzrZRV063pZBa082qK8rOtlHnrhWl0vQ0S6HRflZV0vqyB7KdfLiSiK1tI2&#10;QtvULZOTwwNRdBX1L6etQy+sP0zbh2lr/uLEdVePyxoNo03Uv5raKzCI2g1ugn4ZmmvHo2g18S1j&#10;XrJlfHAZZMKGwdVz38L0EJHcMD7IcxjvoG0vOub1CLXP6YDaz9H2z7S9MZp1ZtNtdAi8bojDKK2u&#10;pg04DI5bHFbS3Fra8FpNG/r/BwAA//8DAFBLAwQUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJamqJeSmlqKci2Aqlt9fsaxKa3Q3ZbZL+e9eT&#10;HocZZr7JV5NuxcC9a6xBiGcRCDalVY2pEL73709LEM6TUdRawwg3drAq7u9yypQdzRcPO1+JUGJc&#10;Rgi1910mpStr1uRmtmMTvLPtNfkg+0qqnsZQrluZRNFCampMWKip403N5WV31QgfI43refw2bC/n&#10;ze24Tz8P25gRHx+m9SsIz5P/C8MvfkCHIjCd7NUoJ1qEcMQjpPMURHCfk/gFxAkhWS4ikEUu//MX&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnht&#10;bC5yZWxzvJDLCsIwEEX3gv8QZm/TdiEipt2I4FbqBwzJtA02D5Io+vcGRLAguHM5M9xzD7Nr72Zi&#10;NwpROyugKkpgZKVT2g4Czt1htQEWE1qFk7Mk4EER2ma52J1owpRDcdQ+skyxUcCYkt9yHuVIBmPh&#10;PNl86V0wmPIYBu5RXnAgXpflmodPBjQzJjsqAeGoamDdw+fm32zX91rS3smrIZu+VHBtcncGYhgo&#10;CTCkNL6WdUGmB/7dofqPQ/V24LPnNk8AAAD//wMAUEsBAi0AFAAGAAgAAAAhAKbmUfsMAQAAFQIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAv0Pn&#10;arUCAADXBwAADgAAAAAAAAAAAAAAAAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;XjHPDfRnAAB4jQIAFAAAAAAAAAAAAAAAAAAdBQAAZHJzL21lZGlhL2ltYWdlMS5lbWZQSwECLQAU&#10;AAYACAAAACEASr0/ZLVfAAAAbQEAFAAAAAAAAAAAAAAAAABDbQAAZHJzL21lZGlhL2ltYWdlMi5l&#10;bWZQSwECLQAUAAYACAAAACEAO0YG3N8AAAAHAQAADwAAAAAAAAAAAAAAAAAqzQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsBAi0AFAAGAAgAAAAhAH9CMuLDAAAApQEAABkAAAAAAAAAAAAAAAAANs4AAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAcABwC+AQAAMM8AAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Picture 2" style="position:absolute;width:15659;height:14763;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlxBYOyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJuiVQTG8eNEkohJIdempbS42JtLVNrZSwlsf++CgR6HGbmDbPZja4TFxpC61nD01KB&#10;IK69abnR8PmxX5QgQkQ22HkmDRMF2G0fZhusjL/yO11OsREJwqFCDTbGvpIy1JYchqXviZP34weH&#10;McmhkWbAa4K7TmZKFdJhy2nBYk+vlurf09lpGNu3A3+tCztN5bTafx9sqTKr9fxxfHkGEWmM/+F7&#10;+2g0FHmh8ixfw+1RegNy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlxBYOyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata cropleft="4802f" croptop="5084f" cropbottom="4164f" o:title="" r:id="rId17"/>
                 </v:shape>
                 <v:shape id="Picture 2" style="position:absolute;left:16001;top:285;width:10782;height:13907;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8cTwswQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZq0gdTXKWhA9Fbv20ttz87pZunlZNlHjv2+EQo/DzHzDrLfRtuJGvW8cK5hNMxDE&#10;ldMN1wo+z/vJKwgfkDW2jknBgzxsN8PBGnPt7vxBtzLUIkHY56jAhNDlUvrKkEU/dR1x8r5dbzEk&#10;2ddS93hPcNvKlyxbSIsNpwWDHb0Zqn7Kq1WwLLoC3znUp/LwtVvEvakuNio1HsViBSJQDP/hv/ZR&#10;K5jD80q6AXLzCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxxPCzBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata o:title="" r:id="rId18"/>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CD3802" w14:textId="6860A7FB" w:rsidR="00A47B24" w:rsidRDefault="00A47B24" w:rsidP="172E77F0">
+    <w:p w:rsidR="00A47B24" w:rsidP="172E77F0" w:rsidRDefault="00A47B24" w14:paraId="21CD3802" w14:textId="6860A7FB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274D656B" w14:textId="0420050E" w:rsidR="000A0BC7" w:rsidRPr="00BC022F" w:rsidRDefault="00D667C4" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000A0BC7" w:rsidP="172E77F0" w:rsidRDefault="00D667C4" w14:paraId="274D656B" w14:textId="0420050E">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.–2027.gadam </w:t>
       </w:r>
-      <w:r w:rsidR="00EA3B09" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00EA3B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6.1.1</w:t>
       </w:r>
-      <w:r w:rsidR="00B20106" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B20106">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifiskā atbalsta mērķa </w:t>
       </w:r>
-      <w:r w:rsidR="00B20106" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B20106">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Pārejas uz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B20106" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B20106">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>klimatneitralitāti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B20106" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B20106">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pasākuma </w:t>
       </w:r>
-      <w:r w:rsidR="007B25AB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007B25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Atteikšanās no kūdras izmantošanas enerģētikā" </w:t>
       </w:r>
-      <w:r w:rsidR="006E342B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006E342B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – pasākums) </w:t>
       </w:r>
-      <w:r w:rsidR="007B25AB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007B25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>tr</w:t>
       </w:r>
-      <w:r w:rsidR="005A7643" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="005A7643">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>eš</w:t>
       </w:r>
-      <w:r w:rsidR="007B25AB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007B25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ās </w:t>
       </w:r>
-      <w:r w:rsidR="004D7AF0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="004D7AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="008E6F2E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008E6F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektu iesniegumu atlases </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>kārtas</w:t>
       </w:r>
-      <w:r w:rsidR="00FC63CA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FC63CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E6F2E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008E6F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nolikums</w:t>
       </w:r>
-      <w:r w:rsidR="00526E84" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00526E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F388C24" w14:textId="77777777" w:rsidR="008E6F2E" w:rsidRPr="00BC022F" w:rsidRDefault="008E6F2E" w:rsidP="172E77F0">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008E6F2E" w:rsidP="172E77F0" w:rsidRDefault="008E6F2E" w14:paraId="5F388C24" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="2866"/>
         <w:gridCol w:w="2974"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C92860" w:rsidRPr="00BC022F" w14:paraId="5F94A9AC" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00C92860" w:rsidTr="55B47E93" w14:paraId="5F94A9AC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="17652BDB" w14:textId="03D8B2DE" w:rsidR="00C92860" w:rsidRPr="00BC022F" w:rsidRDefault="00C92860" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00C92860" w:rsidP="172E77F0" w:rsidRDefault="00C92860" w14:paraId="17652BDB" w14:textId="03D8B2DE">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Specifiskā atbalsta mērķa vai pasākuma īstenošanu reglamentējošie </w:t>
             </w:r>
-            <w:r w:rsidR="003F2B2B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003F2B2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>inistru kabineta noteikumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1F501DD1" w14:textId="553BA378" w:rsidR="00C92860" w:rsidRPr="00BC022F" w:rsidRDefault="00E94356" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00C92860" w:rsidP="172E77F0" w:rsidRDefault="00E94356" w14:paraId="1F501DD1" w14:textId="553BA378">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ministru kabineta </w:t>
             </w:r>
-            <w:r w:rsidR="00A8081D" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00A8081D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025 </w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">.gada </w:t>
             </w:r>
-            <w:r w:rsidR="73091624" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="73091624">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D667C4" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00D667C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="54222DA6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="54222DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>jūnija</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>noteikum</w:t>
             </w:r>
-            <w:r w:rsidR="00D917B5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00D917B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr. </w:t>
             </w:r>
-            <w:r w:rsidR="005A7643" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="005A7643">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>407</w:t>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AC3737" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC3737">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="00BD6110" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00BD6110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas Savienības kohēzijas politikas programmas 2021.-2027. gadam 6.1.1. specifiskā atbalsta mērķa "Pārejas uz </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00BD6110" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00BD6110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>klimatneitralitāti</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00BD6110" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00BD6110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos" 6.1.1.1. pasākuma "Atteikšanās no kūdras izmantošanas enerģētikā" tr</w:t>
             </w:r>
-            <w:r w:rsidR="005A7643" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="005A7643">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>eš</w:t>
             </w:r>
-            <w:r w:rsidR="00BD6110" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00BD6110">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>ās projektu iesniegumu atlases kārtas īstenošanas noteikumi</w:t>
             </w:r>
-            <w:r w:rsidR="00AC3737" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC3737">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="007372D4" w:rsidRPr="172E77F0">
+            <w:r w:rsidRPr="172E77F0" w:rsidR="007372D4">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
-            <w:r w:rsidR="00C92860" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C92860">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00211EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>(turpmāk –</w:t>
             </w:r>
-            <w:r w:rsidR="000F1C95" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="000F1C95">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00211EB0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00211EB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>MK noteikumi)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00167064" w:rsidRPr="00BC022F" w14:paraId="04F771EA" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00167064" w:rsidTr="55B47E93" w14:paraId="04F771EA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="653E2803" w14:textId="77777777" w:rsidR="00167064" w:rsidRPr="00BC022F" w:rsidRDefault="00167064" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00167064" w:rsidP="172E77F0" w:rsidRDefault="00167064" w14:paraId="653E2803" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Finanšu nosacījumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="26BB856C" w14:textId="2A5CBA41" w:rsidR="0083552C" w:rsidRDefault="00BE34E5" w:rsidP="172E77F0">
+          <w:p w:rsidR="0083552C" w:rsidP="172E77F0" w:rsidRDefault="00BE34E5" w14:paraId="26BB856C" w14:textId="2A5CBA41">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="007D1747" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="007D1747">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>asākuma</w:t>
             </w:r>
-            <w:r w:rsidR="0077397B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0077397B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> tr</w:t>
             </w:r>
-            <w:r w:rsidR="00667477" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00667477">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>eš</w:t>
             </w:r>
-            <w:r w:rsidR="0077397B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0077397B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ās </w:t>
             </w:r>
-            <w:r w:rsidR="0083552C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0083552C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>atlases kārtai p</w:t>
             </w:r>
-            <w:r w:rsidR="00167064" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00167064">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">ieejamais kopējais </w:t>
             </w:r>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>attiecināmais finansējums ir</w:t>
             </w:r>
-            <w:r w:rsidR="000A5609" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="000A5609">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0070490A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0070490A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vismaz</w:t>
             </w:r>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0070490A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0070490A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
-            <w:r w:rsidR="00566AD0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00566AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0070490A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0070490A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
-            <w:r w:rsidR="00566AD0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00566AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0070490A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0070490A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidR="00566AD0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00566AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="003B727A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003B727A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>tai skaitā</w:t>
             </w:r>
-            <w:r w:rsidR="003D51E0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003D51E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> Taisnīgas pārkārtošanās fonda</w:t>
             </w:r>
-            <w:r w:rsidR="00791620" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00791620">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D1747" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="007D1747">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(turpmāk – </w:t>
             </w:r>
-            <w:r w:rsidR="003D51E0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003D51E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TPF</w:t>
             </w:r>
-            <w:r w:rsidR="007D1747" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="007D1747">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="00167064" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00167064">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">finansējums </w:t>
             </w:r>
-            <w:r w:rsidR="00566AD0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00566AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
-            <w:r w:rsidR="00907A49" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00907A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> 00</w:t>
             </w:r>
-            <w:r w:rsidR="00566AD0" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00566AD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00907A49" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00907A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> 000</w:t>
             </w:r>
-            <w:r w:rsidR="003B727A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003B727A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="003B727A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003B727A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00AC4642" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00AC4642">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00907A49" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00907A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">un nacionālais līdzfinansējums, ko veido </w:t>
             </w:r>
-            <w:r w:rsidR="006648EF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="006648EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">privātais </w:t>
             </w:r>
-            <w:r w:rsidR="00907A49" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00907A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">līdzfinansējums </w:t>
             </w:r>
-            <w:r w:rsidR="006648EF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="006648EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidR="00642123" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00642123">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">vismaz </w:t>
             </w:r>
-            <w:r w:rsidR="00C23729" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C23729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">1 890 000 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00C23729" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C23729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00C23729" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C23729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00907A49" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00907A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>un</w:t>
             </w:r>
-            <w:r w:rsidR="00C23729" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C23729">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> valsts budžeta līdzfinansējums, kas nepārsniedz 3</w:t>
             </w:r>
-            <w:r w:rsidR="00B84A8E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00B84A8E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> 405 000</w:t>
             </w:r>
-            <w:r w:rsidR="003B727A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003B727A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="003B727A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003B727A">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00346120" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00346120">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00470818" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00470818">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E552573" w14:textId="4E977276" w:rsidR="004F2E30" w:rsidRPr="00125127" w:rsidRDefault="004F2E30" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00125127" w:rsidR="004F2E30" w:rsidP="172E77F0" w:rsidRDefault="004F2E30" w14:paraId="5E552573" w14:textId="4E977276">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienam projekta iesniegumam </w:t>
             </w:r>
-            <w:r w:rsidR="00F25F3B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F25F3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējās </w:t>
             </w:r>
-            <w:r w:rsidR="00EA5200" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00EA5200">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">attiecināmās izmaksas ir lielākas par 1 000 000 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00EA5200" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00EA5200">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00454C08" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00454C08">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BF0E8A8" w14:textId="4098A3B6" w:rsidR="001C488A" w:rsidRDefault="00470818" w:rsidP="172E77F0">
+          <w:p w:rsidR="001C488A" w:rsidP="172E77F0" w:rsidRDefault="00470818" w14:paraId="6BF0E8A8" w14:textId="4098A3B6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Projekta iesniegumā </w:t>
             </w:r>
-            <w:r w:rsidR="00F11139" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F11139">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kopējo attiecināmo finansējumu plāno ne vairāk kā </w:t>
             </w:r>
-            <w:r w:rsidR="00A44C4E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00A44C4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>30 000 000</w:t>
             </w:r>
-            <w:r w:rsidR="00F11139" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F11139">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00D85A70" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00D85A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>euro</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D85A70" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00D85A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F11139" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F11139">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>apmērā</w:t>
             </w:r>
-            <w:r w:rsidR="008553BB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="008553BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54E0904E" w14:textId="6404DE21" w:rsidR="00167064" w:rsidRPr="00BC022F" w:rsidRDefault="00266891" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00167064" w:rsidP="172E77F0" w:rsidRDefault="00266891" w14:paraId="54E0904E" w14:textId="6404DE21">
             <w:pPr>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Maksimālais attiecināmais </w:t>
             </w:r>
-            <w:r w:rsidR="00F35E12" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F35E12">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>TPF</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> finansējuma apmērs nepārsniedz 85</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="3B7D7B46" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="3B7D7B46">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> no projekta kopējā attiecināmā finansējuma, vienlaikus ievērojot </w:t>
             </w:r>
-            <w:r w:rsidR="008553BB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="008553BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>MK</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> noteikumu 42.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>punkta nosacījumus. Valsts budžeta līdzfinansējums nepārsniedz 10</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0CA063F3" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0CA063F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> no pasākuma atlases kārtas kopējām attiecināmajām izmaksām, privātais finansējums ir vismaz </w:t>
             </w:r>
-            <w:r w:rsidR="4775862F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="4775862F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="4775862F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="4775862F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve"> no pasākuma atlases kārtas kopējām attiecināmajām izmaksām</w:t>
             </w:r>
-            <w:r w:rsidR="00ED6016" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00ED6016">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12EB63CB" w14:textId="4B977DBD" w:rsidR="1D3A50B3" w:rsidRDefault="1D3A50B3" w:rsidP="172E77F0">
+          <w:p w:rsidR="1D3A50B3" w:rsidP="172E77F0" w:rsidRDefault="1D3A50B3" w14:paraId="12EB63CB" w14:textId="4B977DBD">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Maksimālā </w:t>
             </w:r>
-            <w:r w:rsidR="00576DBE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00576DBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>TPF</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> finansējuma intensitāte </w:t>
             </w:r>
-            <w:r w:rsidR="00E35ED5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00E35ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">īstenojot  </w:t>
             </w:r>
-            <w:r w:rsidR="004C5F45" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="004C5F45">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">darbības, kurām tiek piemērots </w:t>
             </w:r>
-            <w:r w:rsidR="00E35ED5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00E35ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">komercdarbības </w:t>
             </w:r>
-            <w:r w:rsidR="004C5F45" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="004C5F45">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">atbalsta </w:t>
             </w:r>
-            <w:r w:rsidR="00E35ED5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00E35ED5">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>regulējum</w:t>
             </w:r>
-            <w:r w:rsidR="004C5F45" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="004C5F45">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">s, </w:t>
             </w:r>
-            <w:r w:rsidR="62AD7C66" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="62AD7C66">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>ievērojot MK noteikumu</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
-            <w:r w:rsidR="002F7811" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="002F7811">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>punktā minēto izmaksu segšanai, ievērojot regulas Nr. 651/2014 45. panta 9.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">punkta "b" apakšpunktu, lielajiem uzņēmumiem ir 70 </w:t>
             </w:r>
-            <w:r w:rsidR="1927FEF1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="1927FEF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75DB9BDD" w14:textId="7CA76E81" w:rsidR="00470818" w:rsidRPr="00BC022F" w:rsidRDefault="000438B2" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00470818" w:rsidP="172E77F0" w:rsidRDefault="000438B2" w14:paraId="75DB9BDD" w14:textId="7CA76E81">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>Atbilstoši MK noteikumu 30.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>punktam, p</w:t>
             </w:r>
-            <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00360392">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>rojekta izmaksas ir attiecināmas no 2025.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00360392">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>gada 1.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00360392">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>aprīļa, taču projekts kopumā nedrīkst būt pabeigts pirms projekta iesnieguma iesniegšanas sadarbības iestādē, kas tostarp ir atbilstoši regulas Nr. 651/2014 6.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00360392">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>panta 5.</w:t>
             </w:r>
-            <w:r w:rsidR="00C36973" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00C36973">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00360392" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00360392">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>punkta "n" apakšpunktam, kurš nosaka stimulējošās ietekmes izņēmumu</w:t>
             </w:r>
-            <w:r w:rsidR="00141C21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00141C21">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00101F04" w:rsidRPr="00BC022F" w14:paraId="3F4FBAFA" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00101F04" w:rsidTr="55B47E93" w14:paraId="3F4FBAFA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="301592D6" w14:textId="118DD13D" w:rsidR="00101F04" w:rsidRPr="00BC022F" w:rsidRDefault="00101F04" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00101F04" w:rsidP="172E77F0" w:rsidRDefault="00101F04" w14:paraId="301592D6" w14:textId="118DD13D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Komercdarbības atbalsta veidi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="46AEE9E4" w14:textId="0B7E4D20" w:rsidR="00B41476" w:rsidRPr="001C53E7" w:rsidRDefault="00B41476" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="001C53E7" w:rsidR="00B41476" w:rsidP="172E77F0" w:rsidRDefault="00B41476" w14:paraId="46AEE9E4" w14:textId="0B7E4D20">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Eiropas Komisijas 2014. gada 17. jūnija Regulas (ES) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId19">
               <w:r w:rsidRPr="172E77F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>651/2014</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu </w:t>
             </w:r>
-            <w:r w:rsidR="003E0A17" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="003E0A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>45. panta 2. punkta "c" un "d" apakšpunkts</w:t>
             </w:r>
-            <w:r w:rsidR="008C1A4F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="008C1A4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="587F7DED" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidTr="55B47E93" w14:paraId="587F7DED" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6E72EAC2" w14:textId="4686A1E4" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="6E72EAC2" w14:textId="4686A1E4">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta īstenošanas termiņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="49A4F608" w14:textId="062F3BAA" w:rsidR="00575CD9" w:rsidRPr="00646F2B" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00646F2B" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="49A4F608" w14:textId="062F3BAA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ne ilgāk kā līdz </w:t>
             </w:r>
-            <w:r w:rsidR="0076368C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0076368C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00B9075B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00B9075B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00610CF7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00610CF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="0053703E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0053703E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>31.</w:t>
             </w:r>
-            <w:r w:rsidR="00610CF7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00610CF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0053703E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="0053703E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>decembrim</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="75B656C8" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidTr="55B47E93" w14:paraId="75B656C8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="23D9BE9B" w14:textId="77777777" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="23D9BE9B" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projektu iesniegumu atlases īstenošanas veids</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7371F44E" w14:textId="638C88F7" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="7371F44E" w14:textId="638C88F7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Ierobežota </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">projektu iesniegumu atlase </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="14E1B066" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidTr="55B47E93" w14:paraId="14E1B066" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6F2C3FFF" w14:textId="33796C42" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="6F2C3FFF" w14:textId="33796C42">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Projekta iesnieguma iesniegšanas termiņš</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0FA017E5" w14:textId="0BAAD16A" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="0FA017E5" w14:textId="0BAAD16A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>No 20</w:t>
             </w:r>
-            <w:r w:rsidR="00D9444E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00D9444E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00F64652" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F64652">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="00EB7B38" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="00EB7B38">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00895AA8" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="00895AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00895AA8">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00B60302" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="00B60302">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> jūlija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0BC16238" w14:textId="75DCF623" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="0BC16238" w14:textId="4B5DC0AB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00167DBE">
+            <w:r w:rsidRPr="55B47E93" w:rsidR="00575CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>līdz 20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F64652" w:rsidRPr="00167DBE">
+              <w:t xml:space="preserve">līdz </w:t>
+            </w:r>
+            <w:del w:author="Mikus Spalviņš" w:date="2026-02-10T10:34:40.116Z" w16du:dateUtc="2026-02-10T10:34:40.116Z" w:id="285864874">
+              <w:r w:rsidRPr="55B47E93" w:rsidDel="00575CD9">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                </w:rPr>
+                <w:delText>20</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="55B47E93" w:rsidDel="00F64652">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                </w:rPr>
+                <w:delText>2</w:delText>
+              </w:r>
+              <w:r w:rsidRPr="55B47E93" w:rsidDel="001C6244">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                </w:rPr>
+                <w:delText>5</w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:author="Mikus Spalviņš" w:date="2026-02-10T10:34:41.168Z" w16du:dateUtc="2026-02-10T10:34:41.168Z" w:id="1464655119">
+              <w:r w:rsidRPr="55B47E93" w:rsidR="15F0155F">
+                <w:rPr>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                  <w:color w:val="FF0000"/>
+                </w:rPr>
+                <w:t>2026</w:t>
+              </w:r>
+            </w:ins>
+            <w:r w:rsidRPr="55B47E93" w:rsidR="00575CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001C6244" w:rsidRPr="00167DBE">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="55B47E93" w:rsidR="00F64652">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="55B47E93" w:rsidR="00575CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:del w:id="0" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
-              <w:r w:rsidR="009F06AA" w:rsidRPr="172E77F0">
+            <w:del w:author="Mikus Spalviņš" w:date="2026-02-10T10:34:45.437Z" w16du:dateUtc="2026-02-10T10:34:45.437Z" w:id="1437262441">
+              <w:r w:rsidRPr="55B47E93" w:rsidDel="29782645">
                 <w:rPr>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...29 lines deleted...]
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                   <w:color w:val="FF0000"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
-                <w:t>1</w:t>
+                <w:delText>1</w:delText>
               </w:r>
-              <w:r w:rsidR="0F9FF16D" w:rsidRPr="4E147D93">
+              <w:r w:rsidRPr="55B47E93" w:rsidDel="0F9FF16D">
                 <w:rPr>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                   <w:color w:val="FF0000"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
-                <w:t>5</w:t>
+                <w:delText>5</w:delText>
               </w:r>
-              <w:r w:rsidR="29782645" w:rsidRPr="4E147D93">
+            </w:del>
+            <w:ins w:author="Mikus Spalviņš" w:date="2026-02-10T10:34:46.783Z" w16du:dateUtc="2026-02-10T10:34:46.783Z" w:id="188782774">
+              <w:r w:rsidRPr="55B47E93" w:rsidR="6D201135">
                 <w:rPr>
-                  <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                  <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                   <w:color w:val="FF0000"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
-                <w:t>. dece</w:t>
-[...7 lines deleted...]
-                <w:t>mbrim</w:t>
+                <w:t>31</w:t>
               </w:r>
             </w:ins>
-            <w:r w:rsidR="002704DA" w:rsidRPr="00167DBE">
+            <w:r w:rsidRPr="55B47E93" w:rsidR="29782645">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>. dece</w:t>
+            </w:r>
+            <w:r w:rsidRPr="55B47E93" w:rsidR="001C6244">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>mbrim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="55B47E93" w:rsidR="002704DA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00575CD9" w:rsidRPr="00BC022F" w14:paraId="4C0ADB4B" w14:textId="77777777" w:rsidTr="4E147D93">
+      <w:tr w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidTr="55B47E93" w14:paraId="4C0ADB4B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0E9FE417" w14:textId="4D8577A9" w:rsidR="00575CD9" w:rsidRPr="0053179D" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="0053179D" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="0E9FE417" w14:textId="4D8577A9">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Termiņš projekta iesnieguma iesniegšanai </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>priekšizskatīšanā</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2866" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="26FE0AD7" w14:textId="658B6153" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="26FE0AD7" w14:textId="658B6153">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>No 20</w:t>
             </w:r>
-            <w:r w:rsidR="001544AC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="001544AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="001544AC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="001544AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="006C447D" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="006C447D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00895AA8" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="00895AA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00895AA8">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="006C447D" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="006C447D">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AD5A41" w:rsidRPr="00895AA8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="00895AA8" w:rsidR="00AD5A41">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>jūlija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7AF2B4B1" w14:textId="5079B219" w:rsidR="00575CD9" w:rsidRPr="00BC022F" w:rsidRDefault="00575CD9" w:rsidP="172E77F0">
+          <w:p w:rsidRPr="00BC022F" w:rsidR="00575CD9" w:rsidP="172E77F0" w:rsidRDefault="00575CD9" w14:paraId="7AF2B4B1" w14:textId="5079B219">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">līdz </w:t>
             </w:r>
-            <w:r w:rsidR="00F334DF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00F334DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
-            <w:r w:rsidR="001544AC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="001544AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>. </w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">gada </w:t>
             </w:r>
-            <w:r w:rsidR="00BD79B8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00BD79B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="001D7FE6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="001D7FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0146F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:r w:rsidRPr="172E77F0" w:rsidR="00B0146F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>novembrim</w:t>
             </w:r>
             <w:r w:rsidRPr="172E77F0">
               <w:rPr>
-                <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71C558D5" w14:textId="77777777" w:rsidR="005F2FFD" w:rsidRPr="00BC022F" w:rsidRDefault="005F2FFD" w:rsidP="172E77F0">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+    <w:p w:rsidRPr="00BC022F" w:rsidR="005F2FFD" w:rsidP="172E77F0" w:rsidRDefault="005F2FFD" w14:paraId="71C558D5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AEDD0DA" w14:textId="12E33BC0" w:rsidR="005F2FFD" w:rsidRPr="00BC022F" w:rsidRDefault="00C87C2E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="005F2FFD" w:rsidP="172E77F0" w:rsidRDefault="00C87C2E" w14:paraId="3AEDD0DA" w14:textId="12E33BC0">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Prasības projekta iesniedzējam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5071FD35" w14:textId="5123D160" w:rsidR="005F2FFD" w:rsidRDefault="00C92860" w:rsidP="172E77F0">
+    <w:p w:rsidR="005F2FFD" w:rsidP="172E77F0" w:rsidRDefault="00C92860" w14:paraId="5071FD35" w14:textId="5123D160">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:hanging="437"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="009A1D0A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009A1D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojekt</w:t>
       </w:r>
-      <w:r w:rsidR="00FC044D" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FC044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="009A1D0A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009A1D0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesnie</w:t>
       </w:r>
-      <w:r w:rsidR="00D917B5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D917B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dzēj</w:t>
       </w:r>
-      <w:r w:rsidR="00FC044D" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FC044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00D917B5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D917B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E4775B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E4775B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pasākuma tr</w:t>
       </w:r>
-      <w:r w:rsidR="00165327" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00165327">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>eš</w:t>
       </w:r>
-      <w:r w:rsidR="00E4775B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E4775B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ās atlases kārtas ietvaros atbilstoši MK noteikumu </w:t>
       </w:r>
-      <w:r w:rsidR="00B94E52" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B94E52">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="00E4775B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E4775B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00004AB9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00004AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00E4775B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E4775B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktam </w:t>
       </w:r>
-      <w:r w:rsidR="00D917B5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D917B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4BBC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00BC4BBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00004AB9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00004AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>akciju sabiedrība “</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4BBC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00BC4BBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Latvijas </w:t>
       </w:r>
-      <w:r w:rsidR="00004AB9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00004AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>valsts meži”</w:t>
       </w:r>
-      <w:r w:rsidR="00AC49AA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00AC49AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51642327" w14:textId="21E0D73C" w:rsidR="00693EE8" w:rsidRPr="00BC022F" w:rsidRDefault="00693EE8" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00693EE8" w:rsidP="172E77F0" w:rsidRDefault="00693EE8" w14:paraId="51642327" w14:textId="21E0D73C">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu noformēšanas un iesniegšanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB1A018" w14:textId="23600832" w:rsidR="001C5742" w:rsidRPr="00137B16" w:rsidRDefault="00264C06" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00137B16" w:rsidR="001C5742" w:rsidP="172E77F0" w:rsidRDefault="00264C06" w14:paraId="4CB1A018" w14:textId="23600832">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="008945CD" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008945CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
-      <w:r w:rsidR="003E7D44" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003E7D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedz Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – </w:t>
       </w:r>
-      <w:r w:rsidR="0035605F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0035605F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portāls</w:t>
       </w:r>
-      <w:r w:rsidR="003E7D44" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003E7D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00405898" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00405898">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r w:rsidR="00067BB2" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="00067BB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>https://projekti.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F369651" w14:textId="70E15EFA" w:rsidR="0039527A" w:rsidRDefault="00D56FA0" w:rsidP="172E77F0">
+    <w:p w:rsidR="0039527A" w:rsidP="172E77F0" w:rsidRDefault="00D56FA0" w14:paraId="4F369651" w14:textId="70E15EFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uridisk</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona, kura nav </w:t>
       </w:r>
-      <w:r w:rsidR="0035605F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0035605F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portāla </w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>e-vides lietotāj</w:t>
       </w:r>
-      <w:r w:rsidR="006A4986" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006A4986">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz </w:t>
       </w:r>
-      <w:r w:rsidR="001706E2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001706E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">līguma un lietotāju tiesību </w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>veidlap</w:t>
       </w:r>
-      <w:r w:rsidR="001706E2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001706E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D224DF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D224DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>atbilstoši tīmekļvietnē</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidR="008D0661" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="008D0661">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D224DF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D224DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="79B601E7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="79B601E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5A73F1" w14:textId="5C9817B3" w:rsidR="001C5742" w:rsidRPr="00137B16" w:rsidRDefault="005F011E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00137B16" w:rsidR="001C5742" w:rsidP="172E77F0" w:rsidRDefault="005F011E" w14:paraId="7A5A73F1" w14:textId="5C9817B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>ja j</w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uridiska</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> persona</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>, kura</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
-      <w:r w:rsidR="0035605F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0035605F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portāla </w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>e-vides lietotāj</w:t>
       </w:r>
-      <w:r w:rsidR="006A4986" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006A4986">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">a, </w:t>
       </w:r>
-      <w:r w:rsidR="0039527A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0039527A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">nepieciešams </w:t>
       </w:r>
-      <w:r w:rsidR="0098519A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0098519A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>labot</w:t>
       </w:r>
-      <w:r w:rsidR="006A4986" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006A4986">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>, anulēt</w:t>
       </w:r>
-      <w:r w:rsidR="0098519A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0098519A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai piešķirt </w:t>
       </w:r>
-      <w:r w:rsidR="002533D1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="002533D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">lietotāju tiesības, </w:t>
       </w:r>
-      <w:r w:rsidR="00620C60" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00620C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">tā iesniedz lietotāju tiesību veidlapu atbilstoši tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
-        <w:r w:rsidR="00620C60" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="00620C60">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/par-e-vidi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00620C60" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00620C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītajam</w:t>
       </w:r>
-      <w:r w:rsidR="00D224DF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D224DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FB1771" w14:textId="369046F5" w:rsidR="000203A1" w:rsidRPr="00BC022F" w:rsidRDefault="00184A1C" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="000203A1" w:rsidP="172E77F0" w:rsidRDefault="00184A1C" w14:paraId="21FB1771" w14:textId="369046F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="00CE1E23" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00CE1E23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>aizpilda projekta iesnieguma datu laukus un pi</w:t>
       </w:r>
-      <w:r w:rsidR="001C5742" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C5742">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>evieno</w:t>
       </w:r>
-      <w:r w:rsidR="008945CD" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008945CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> šādus</w:t>
       </w:r>
-      <w:r w:rsidR="007A390F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007A390F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B73DE1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B73DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>dokument</w:t>
       </w:r>
-      <w:r w:rsidR="008945CD" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008945CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
-      <w:r w:rsidR="00B73DE1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B73DE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00C73ADD" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C73ADD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BA62E5" w14:textId="6BE6D7F8" w:rsidR="00DF4CE0" w:rsidRPr="00E6763F" w:rsidRDefault="76D9897A" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00E6763F" w:rsidR="00DF4CE0" w:rsidP="172E77F0" w:rsidRDefault="76D9897A" w14:paraId="37BA62E5" w14:textId="6BE6D7F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta budžetā (projekta iesnieguma sadaļā “</w:t>
       </w:r>
-      <w:r w:rsidR="00FF26CB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FF26CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>udžeta kopsavilkums”) norādīto</w:t>
       </w:r>
-      <w:r w:rsidR="00C13481" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C13481">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaksu lietderīguma pamatojums un</w:t>
       </w:r>
-      <w:r w:rsidR="007014BA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007014BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmaksu apmēra pamatojumu – t.i., projekta iesniegumā plānotās izmaksas atbilst vidējām tirgus cenām konkrētās izmaksu pozīcijās (informāciju var pamatot ar, piemēram, publiski pieejamu avotu par preču vai pakalpojumu cenām norādīšanu, provizorisku tirgus izpēti</w:t>
       </w:r>
-      <w:r w:rsidR="007014BA" w:rsidRPr="172E77F0">
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007014BA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="007014BA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007014BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, noslēgtiem nodomu protokoliem vai līgumiem, pieredzi līdzīgos projektos, u.c. informāciju)</w:t>
       </w:r>
-      <w:r w:rsidR="00F81465" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00F81465">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E725036" w14:textId="1F28E912" w:rsidR="00004D6E" w:rsidRDefault="00004D6E" w:rsidP="172E77F0">
+    <w:p w:rsidR="00004D6E" w:rsidP="172E77F0" w:rsidRDefault="00004D6E" w14:paraId="4E725036" w14:textId="1F28E912">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>izmaksu un ieguvumu analīze atbilstoši</w:t>
       </w:r>
-      <w:r w:rsidR="00526E84" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00526E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlases </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="00526E84" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00526E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk – nolikum</w:t>
       </w:r>
-      <w:r w:rsidR="005118D8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="005118D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00526E84" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00526E84">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. pielikuma formai</w:t>
       </w:r>
-      <w:r w:rsidR="003F4837" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003F4837">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D5BA2A" w14:textId="76CF662A" w:rsidR="003F4837" w:rsidRDefault="00F4002C" w:rsidP="172E77F0">
+    <w:p w:rsidR="003F4837" w:rsidP="172E77F0" w:rsidRDefault="00F4002C" w14:paraId="68D5BA2A" w14:textId="76CF662A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta budžeta kopsavilkuma pielikums (nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00BD0075" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00BD0075">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>. pielikums);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197CC896" w14:textId="0D8F3D97" w:rsidR="00D44D8B" w:rsidRPr="001C605E" w:rsidRDefault="001C605E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="001C605E" w:rsidR="00D44D8B" w:rsidP="172E77F0" w:rsidRDefault="001C605E" w14:paraId="197CC896" w14:textId="0D8F3D97">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00D44D8B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D44D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>rojekta īstenošanas teritorijas apraksts (nolikuma 2. pielikums):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6327E2EE" w14:textId="77777777" w:rsidR="00D44D8B" w:rsidRDefault="00D44D8B" w:rsidP="172E77F0">
+    <w:p w:rsidR="00D44D8B" w:rsidP="172E77F0" w:rsidRDefault="00D44D8B" w14:paraId="6327E2EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izklājlapa “Teritoriju sadalījums” 1. tabula “Informāciju par visām projekta iesniegumā norādītājām ieguldījumu teritorijām”;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C39A665" w14:textId="2C462918" w:rsidR="00D44D8B" w:rsidRDefault="00D44D8B" w:rsidP="172E77F0">
+    <w:p w:rsidR="00D44D8B" w:rsidP="172E77F0" w:rsidRDefault="00D44D8B" w14:paraId="0C39A665" w14:textId="2C462918">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izklājlapa “Princips “piesārņotājs maksā”” 2. tabula “Pamatojošā informācija par projekta īstenošanas teritorijām, kas tiek uzskatītas par vēsturiskām kūdras ieguves vietām” un tajā minētie obligāti pievienojamie dokumenti</w:t>
       </w:r>
-      <w:r w:rsidR="0077459C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0077459C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7245E141" w14:textId="2C8967E3" w:rsidR="00F16807" w:rsidRDefault="00A059A5" w:rsidP="172E77F0">
+    <w:p w:rsidR="00F16807" w:rsidP="172E77F0" w:rsidRDefault="00A059A5" w14:paraId="7245E141" w14:textId="2C8967E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>kartogrāfiskais materiāls pārvietojama dokumenta formātā (.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pdf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>), kurā attēlotas projekta darbību īstenošanas vietas</w:t>
       </w:r>
-      <w:r w:rsidR="001B5E8A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001B5E8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F40DB26" w14:textId="61D01C3E" w:rsidR="001D26EA" w:rsidRPr="008A271B" w:rsidRDefault="001D26EA" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="008A271B" w:rsidR="001D26EA" w:rsidP="172E77F0" w:rsidRDefault="001D26EA" w14:paraId="6F40DB26" w14:textId="61D01C3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>dokumenti, kas apliecina, ka nekustamais īpašums, kurā plānotas projekta darbības, ir projekta iesniedzēja</w:t>
       </w:r>
-      <w:r w:rsidR="003A6FB4" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003A6FB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> īpašum</w:t>
       </w:r>
-      <w:r w:rsidR="00455F1B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00455F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00740813" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00740813">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, turējum</w:t>
       </w:r>
-      <w:r w:rsidR="00455F1B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00455F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00740813" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00740813">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vai valdījum</w:t>
       </w:r>
-      <w:r w:rsidR="00455F1B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00455F1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="001C4447" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C4447">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiesības </w:t>
       </w:r>
-      <w:r w:rsidR="00135FD8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00135FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ir vismaz uz termiņu, kas nav mazāks par</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C3128C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C3128C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta dzīves cikl</w:t>
       </w:r>
-      <w:r w:rsidR="00135FD8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00135FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00C3128C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C3128C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>, kas iekļauj projekta īstenošanas laiku</w:t>
       </w:r>
-      <w:r w:rsidR="00603BB4" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00603BB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, nav mazāks par </w:t>
       </w:r>
-      <w:r w:rsidR="00C3128C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C3128C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>15 gadi</w:t>
       </w:r>
-      <w:r w:rsidR="00603BB4" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00603BB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
-      <w:r w:rsidR="00C3128C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C3128C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005758AC">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(dokumenti attiecināmi, ja tiesības ir iegūtas, taču vēl nav nostiprinātas zemesgrāmatā, vai nav iespējams pārbaudīt informāciju publiskajās datubāzēs</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5685A6A1" w14:textId="10089528" w:rsidR="00294F56" w:rsidRDefault="00BC4747" w:rsidP="172E77F0">
+    <w:p w:rsidR="00294F56" w:rsidP="172E77F0" w:rsidRDefault="00BC4747" w14:paraId="5685A6A1" w14:textId="10089528">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">būvniecības ieceres dokumentācija </w:t>
       </w:r>
       <w:r w:rsidRPr="005758AC">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>(attiecināms, ja ieceres īstenošanai nepieciešams ierosināt būvniecības procesu, dokumentācija ir izstrādāta un tā nav pieejama Būvniecības informācijas sistēmā</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="635C7B95" w14:textId="1A60D930" w:rsidR="003B72D5" w:rsidRDefault="003B72D5" w:rsidP="172E77F0">
+    <w:p w:rsidR="003B72D5" w:rsidP="172E77F0" w:rsidRDefault="003B72D5" w14:paraId="635C7B95" w14:textId="1A60D930">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts vides dienesta izziņa par ietekmes uz vidi novērtējuma, sākotnējā </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izvērtējuma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai tehnisko noteikumu nepieciešamību (attiecināms, ja projekta darbībām nav jāveic ietekmes uz vidi sākotnējais izvērtējums);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29105792" w14:textId="5EF80C92" w:rsidR="00476760" w:rsidRDefault="00476760" w:rsidP="172E77F0">
+    <w:p w:rsidR="00476760" w:rsidP="172E77F0" w:rsidRDefault="00476760" w14:paraId="29105792" w14:textId="5EF80C92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Valsts vides dienesta lēmums par paredzētās darbības ietekmes uz vidi novērtējuma nepiemērošanu (attiecināms, ja projekta darbībām nav jāveic ietekmes uz vidi novērtējums); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A223FEE" w14:textId="660B068D" w:rsidR="000B48EC" w:rsidRPr="00557177" w:rsidRDefault="5F8DDD12" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00557177" w:rsidR="000B48EC" w:rsidP="172E77F0" w:rsidRDefault="5F8DDD12" w14:paraId="4A223FEE" w14:textId="660B068D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="5F8DDD12">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sugu un biotopu aizsardzības jomā sertificēta eksperta atzinum</w:t>
       </w:r>
-      <w:r w:rsidR="765ECD97" w:rsidRPr="7C529020">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="765ECD97">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="0B8BBEB2" w:rsidRPr="7C529020">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="0B8BBEB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:ins w:id="2" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z">
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="0B8BBEB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>vai arī darbību nepieciešamība jāapliecina ar dabas aizsardzības plānā sniegto informāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="6D3A1ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>, vai apliecinājums, ka minētie dokumenti tiks iesniegti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="12762BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="3ABFAD43">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pirms tiks īstenotas darbības konkrētajā teritorijā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="16B175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="16B175F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(ja attiecināms)</w:t>
       </w:r>
-      <w:r w:rsidR="1892A6FD" w:rsidRPr="7C529020">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="1892A6FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB64281" w14:textId="50072E9B" w:rsidR="000B48EC" w:rsidRPr="00682993" w:rsidRDefault="690F777F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00682993" w:rsidR="000B48EC" w:rsidP="172E77F0" w:rsidRDefault="690F777F" w14:paraId="6BB64281" w14:textId="50072E9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7C529020">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>hidrolo</w:t>
       </w:r>
-      <w:r w:rsidR="06F22391" w:rsidRPr="7C529020">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="7C529020" w:rsidR="06F22391">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>ģijas jomā sertificēta eksperta</w:t>
       </w:r>
       <w:r w:rsidRPr="7C529020">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinums, kurā, balstoties uz hidroloģiskajiem aprēķiniem, tiek aprakstītas plānotās ūdenslīmeņa izmaiņas un sniegts apliecinājums, ka paredzētās ūdens līmeņa izmaiņas neietekmēs blakus teritorijas (arī ārpus ĪADT) (ja attiecināms)</w:t>
       </w:r>
-      <w:r w:rsidR="12AC35BF" w:rsidRPr="7C529020">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="7C529020" w:rsidR="12AC35BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2E037F" w14:textId="0F846D73" w:rsidR="70CD8ED1" w:rsidRDefault="70CD8ED1" w:rsidP="7C529020">
+    <w:p w:rsidR="70CD8ED1" w:rsidP="7C529020" w:rsidRDefault="70CD8ED1" w14:paraId="1D2E037F" w14:textId="0F846D73">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:ins w:id="3" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z"/>
-[...12 lines deleted...]
-      </w:ins>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="70CD8ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>pašvaldības sagatavots dokuments, piemēram, izziņa, kurā sniegta informācija par tās rīcībā esošajiem/neesošajiem dokumentāriem materiāliem par projekta iesniegumā plānotajās teritorijās īstenoto rekultivāciju;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1C93DEC1" w14:textId="3F851BFF" w:rsidR="39D87E5B" w:rsidRDefault="00C625D3" w:rsidP="7C529020">
+    <w:p w:rsidR="39D87E5B" w:rsidP="7C529020" w:rsidRDefault="00C625D3" w14:paraId="1C93DEC1" w14:textId="3F851BFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:ins w:id="5" w:author="CFLA" w:date="2025-12-09T16:51:00Z" w16du:dateUtc="2025-12-09T14:51:00Z"/>
-[...40 lines deleted...]
-      </w:ins>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="00C625D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="39D87E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okumenti par licencēm kūdras ieguvei un izmaiņām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="2D75E10E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">licencēs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="39D87E5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>projekta īstenošanas teritorijās</w:t>
+      </w:r>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="3FB3419B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ja attiecināms);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="036900BE" w14:textId="79EF8AEA" w:rsidR="0023334F" w:rsidRPr="00BC022F" w:rsidRDefault="0023334F" w:rsidP="172E77F0">
+    <w:p w:rsidR="0023334F" w:rsidP="55B47E93" w:rsidRDefault="0023334F" w14:paraId="11FFB826" w14:textId="4628EBB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55B47E93" w:rsidR="0023334F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>citi dokumenti, ja tādi nepieciešami, lai pilnvērtīgi pamatotu projektā plānotās darbības un izmaksas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A81AF97" w14:textId="737B7890" w:rsidR="00CF6E17" w:rsidRPr="00BC022F" w:rsidRDefault="1E477A8E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00CF6E17" w:rsidP="172E77F0" w:rsidRDefault="1E477A8E" w14:paraId="7A81AF97" w14:textId="737B7890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="445D3849" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="445D3849">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ā atsauces uz</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pielikum</w:t>
       </w:r>
-      <w:r w:rsidR="445D3849" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="445D3849">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>iem</w:t>
       </w:r>
-      <w:r w:rsidR="7F828B8C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="7F828B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> norāda precīzi, nodrošinot to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="7F828B8C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="7F828B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>identificējam</w:t>
       </w:r>
-      <w:r w:rsidR="281F401B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="281F401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ību</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="281F401B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="281F401B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="08EF4D21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="08EF4D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Papildus minētajiem pielikumiem projekta iesniedzējs var pievienot citus dokumentus, kurus uzskata par nepieciešamiem projekta iesnieguma kvalitatīvai izvērtēšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DE5065" w14:textId="707BA4E4" w:rsidR="0077328F" w:rsidRPr="00704AC6" w:rsidRDefault="00313F21" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00704AC6" w:rsidR="0077328F" w:rsidP="172E77F0" w:rsidRDefault="00313F21" w14:paraId="50DE5065" w14:textId="707BA4E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Lai kvalitatīv</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6161" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FF6161">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>i aizpildītu</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6161" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FF6161">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="005C4725" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="005C4725">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> izmanto </w:t>
       </w:r>
-      <w:r w:rsidR="00C00E2A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C00E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">e-vidē </w:t>
       </w:r>
       <w:r w:rsidR="00020B30">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41E23613" wp14:editId="321AE120">
             <wp:extent cx="247650" cy="209550"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="333770403" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Attēls 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -4023,4508 +4029,4508 @@
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="247650" cy="209550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> pie projekta iesnieguma attiecīgās sadaļas iekļauto informāciju. Papildus, aizpildot projekta iesniegumu Projektu portālā, izmantojama Projektu portāla elektroniskā lietotāju rokasgrāmata (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eLRG</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) - </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
-        <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>https://elrg.cfla.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, kurā pieejamas aktuālās Projektu portāla funkcionalitāšu tehniskās un biznesa lietošanas instrukcijas, t.sk. par Projektu portāla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ekrānskatiem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020B30" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00020B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, specifiskām datu ievades prasībām un pielietojamiem risinājumiem.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E00FB45" w14:textId="77777777" w:rsidR="001B00D8" w:rsidRPr="00D52174" w:rsidRDefault="0064231D" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00D52174" w:rsidR="001B00D8" w:rsidP="172E77F0" w:rsidRDefault="0064231D" w14:paraId="6E00FB45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Izmaksu plānošanā jāņem vērā </w:t>
       </w:r>
-      <w:r w:rsidR="00B76D26" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B76D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Finanšu ministrijas 2023. gada 25. septembra vadlīnijas Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00B76D26" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B76D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B76D26" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B76D26">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>“Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021.-2027.gada plānošanas periodā”</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> un MK noteikumos noteiktais, tai skaitā attiecībā uz komercdarbības atbalsta piešķiršanas nosacījumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7747C428" w14:textId="6C9C6A3F" w:rsidR="00D52174" w:rsidRPr="001B00D8" w:rsidRDefault="00D52174" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="001B00D8" w:rsidR="00D52174" w:rsidP="172E77F0" w:rsidRDefault="00D52174" w14:paraId="7747C428" w14:textId="6C9C6A3F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Informācija par aktuālajiem makroekonomiskajiem pieņēmumiem un prognozēm, atbilstoši normatīvajiem aktiem publiskās un privātās partnerības jomā, ko projekta iesniedzējs izmanto sagatavojot projekta iesniegumu, pieejama</w:t>
       </w:r>
-      <w:r w:rsidR="00901604" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00901604">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
-        <w:r w:rsidR="00901604" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="00901604">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>Makroekonomiskie pieņēmumi un prognozes | Finanšu ministrija (fm.gov.lv)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00901604" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00901604">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006254AA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006254AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE335CF" w14:textId="0C026552" w:rsidR="00446CC4" w:rsidRPr="001B00D8" w:rsidRDefault="3AEC74B1" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="001B00D8" w:rsidR="00446CC4" w:rsidP="172E77F0" w:rsidRDefault="3AEC74B1" w14:paraId="1EE335CF" w14:textId="0C026552">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="1B389443" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1B389443">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> sagatavo latviešu valodā. Ja kāda no projekta iesnieguma sadaļām vai pielikumiem ir citā valodā, </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>atbilstoši</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="08FF6078" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="08FF6078">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Valsts</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> valodas likum</w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>am pievieno Ministru kabineta 2000.</w:t>
       </w:r>
-      <w:r w:rsidR="36509AE9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="36509AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>gada 22.</w:t>
       </w:r>
-      <w:r w:rsidR="36509AE9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="36509AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">augusta noteikumu </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
-        <w:r w:rsidR="005C6EAC" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="005C6EAC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>Nr. 291</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005C6EAC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="005C6EAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">“Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā” </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>noteiktajā kārtībā</w:t>
       </w:r>
-      <w:r w:rsidR="1EE2A303" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="1EE2A303">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai notariāli apliecinātu tulkojumu valsts valodā</w:t>
       </w:r>
-      <w:r w:rsidR="6DE0719E" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="6DE0719E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68BD4AD8" w14:textId="57496A7C" w:rsidR="00411490" w:rsidRPr="00BC022F" w:rsidRDefault="00030AA6" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00411490" w:rsidP="172E77F0" w:rsidRDefault="00030AA6" w14:paraId="68BD4AD8" w14:textId="57496A7C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projekt</w:t>
       </w:r>
-      <w:r w:rsidR="00313F21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00313F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">a iesniegumā summas norāda </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00313F21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00313F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00313F21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00313F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar precizitāti līdz </w:t>
       </w:r>
-      <w:r w:rsidR="00660A2C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00660A2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">diviem </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7526" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00DB7526">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">cipariem </w:t>
       </w:r>
-      <w:r w:rsidR="00313F21" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00313F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>aiz komata.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40019846" w14:textId="3686EB0B" w:rsidR="001306D9" w:rsidRPr="00BC022F" w:rsidRDefault="0042748D" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="001306D9" w:rsidP="172E77F0" w:rsidRDefault="0042748D" w14:paraId="40019846" w14:textId="3686EB0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FA3DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>rojekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="0072213C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0072213C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FA3DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedz līdz projektu iesniegumu iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="00CD335B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00CD335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FA3DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
-      <w:r w:rsidR="00CD335B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00CD335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
-      <w:r w:rsidR="00FA3DD6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FA3DD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183B9305" w14:textId="1C000975" w:rsidR="001306D9" w:rsidRPr="00BC022F" w:rsidRDefault="002B6657" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="001306D9" w:rsidP="172E77F0" w:rsidRDefault="002B6657" w14:paraId="183B9305" w14:textId="1C000975">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts pēc projektu iesniegumu iesniegšanas </w:t>
       </w:r>
-      <w:r w:rsidR="00404D7C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00404D7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu datuma, tas netiek vērtēts. </w:t>
       </w:r>
-      <w:r w:rsidR="00AA1B48" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00AA1B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Centrālā finanšu un līgumu aģentūra (turpmāk – s</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>adarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="00AA1B48" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00AA1B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> par to informē projekta iesniedzēju</w:t>
       </w:r>
-      <w:r w:rsidR="0013188F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0013188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DBD135" w14:textId="7F823B39" w:rsidR="008E372B" w:rsidRPr="00BC022F" w:rsidRDefault="68672EE0" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008E372B" w:rsidP="172E77F0" w:rsidRDefault="68672EE0" w14:paraId="56DBD135" w14:textId="7F823B39">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējam pēc projekta iesnieguma </w:t>
       </w:r>
-      <w:r w:rsidR="2EAD6D44" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="2EAD6D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>iesniegšanas</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="106D7AB6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="106D7AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestādē</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, tiek </w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>nosūtīt</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00086513">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F4A80" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="000F4A80">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu portāla</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> automātiski sagatavot</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00086513">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
-      <w:r w:rsidR="00086513" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00086513">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lektroniskā</w:t>
       </w:r>
-      <w:r w:rsidR="00C53E25" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C53E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>past</w:t>
       </w:r>
-      <w:r w:rsidR="00C53E25" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C53E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>a vēstule</w:t>
       </w:r>
-      <w:r w:rsidR="06B31755" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="06B31755">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma iesniegšanu</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421D37D3" w14:textId="774D934B" w:rsidR="008E372B" w:rsidRPr="00BC022F" w:rsidRDefault="00A111C6" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008E372B" w:rsidP="172E77F0" w:rsidRDefault="00A111C6" w14:paraId="421D37D3" w14:textId="774D934B">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Konsultatīvais atbalsts</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> ierobežotā</w:t>
       </w:r>
-      <w:r w:rsidR="00BF5A92" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00BF5A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektu iesniegumu atlasē</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E33464" w14:textId="0CB598C6" w:rsidR="009D55CA" w:rsidRPr="00774218" w:rsidRDefault="008E372B" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00774218" w:rsidR="009D55CA" w:rsidP="172E77F0" w:rsidRDefault="008E372B" w14:paraId="66E33464" w14:textId="0CB598C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Ref120492295"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120492295" w:id="7"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projek</w:t>
       </w:r>
-      <w:r w:rsidR="003006B8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003006B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00ED6CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009D55CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, sagatavojot </w:t>
       </w:r>
-      <w:r w:rsidR="00A749C2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00A749C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumu, var saņemt sadarbības iestādes konsultatīvo atbalstu </w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00ED6CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta ies</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009D55CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="00ED6CC8" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00ED6CC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ieguma </w:t>
       </w:r>
-      <w:r w:rsidR="00912EA6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00912EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sagatavo</w:t>
       </w:r>
-      <w:r w:rsidR="009D55CA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009D55CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>šana</w:t>
       </w:r>
-      <w:r w:rsidR="00A749C2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00A749C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003E43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00782546" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00782546">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vienu reizi </w:t>
       </w:r>
-      <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003E43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniedzot projekta iesniegumu </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003E43EE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003E43EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšan</w:t>
       </w:r>
-      <w:r w:rsidR="00732ED1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00732ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00732ED1" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00732ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00184A1C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00184A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2CD6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00EF2CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ne vēlāk kā trīs nedēļas pirms plānotā projekta iesnieguma iesniegšanas beigu termiņa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidR="002D6780" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="002D6780">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760F9B36" w14:textId="702F5F07" w:rsidR="00F714F3" w:rsidRPr="00017102" w:rsidRDefault="00723777" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00F714F3" w:rsidP="172E77F0" w:rsidRDefault="00723777" w14:paraId="760F9B36" w14:textId="702F5F07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja projekta iesniegums iesniegts </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšanai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F557FC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00F557FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>desmit</w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>darbdienu</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">laikā </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">izskata </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšanai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> saņemto projekta iesniegumu </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidR="00184A1C" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00184A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portāla </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7526" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB7526">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>e-</w:t>
       </w:r>
-      <w:r w:rsidR="008C76AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008C76AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vidē</w:t>
       </w:r>
-      <w:r w:rsidR="0071311F" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0071311F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00774218" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00774218">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>viedokli par projekta iesniegumā norādītās informācijas atbilstību</w:t>
       </w:r>
-      <w:r w:rsidR="00130DEE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00130DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00774218" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00774218">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>MK noteikumu un</w:t>
       </w:r>
-      <w:r w:rsidR="00886C91" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00886C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> š</w:t>
       </w:r>
-      <w:r w:rsidR="0053706B" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0053706B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ī</w:t>
       </w:r>
-      <w:r w:rsidR="002B6B33" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="002B6B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00774218" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00774218">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>nolikuma prasībām</w:t>
       </w:r>
-      <w:r w:rsidR="009737AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009737AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja atlases nolikuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref172292401 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001423F0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="001423F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0082272F" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0082272F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā minētā vērtēšanas komisija ir izveidota līdz projekta iesnieguma iesniegšanai </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšanā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>, atbildīgās iestādes</w:t>
       </w:r>
-      <w:r w:rsidR="008C419D" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008C419D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> pārstāvji</w:t>
       </w:r>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, kuri norīkoti darbam vērtēšanas komisijā, var iesaistīties </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšanai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D922F7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D922F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniegtā projekta iesnieguma izskatīšanā. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Priekšizskatīšanā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sniegt</w:t>
       </w:r>
-      <w:r w:rsidR="008C76AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008C76AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="007D412F" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="007D412F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>jam</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7FE8C409" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="7FE8C409">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vērtēšanas komisijas</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C76AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008C76AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>viedokli</w:t>
       </w:r>
-      <w:r w:rsidR="00024BE0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00024BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00024BE0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00024BE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
-      <w:r w:rsidR="008C76AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008C76AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>komentāriem</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir rekomendējošs raksturs</w:t>
       </w:r>
-      <w:r w:rsidR="00D30F5A" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D30F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D55E861" w14:textId="7F10F267" w:rsidR="00723777" w:rsidRPr="00017102" w:rsidRDefault="00690AC3" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00723777" w:rsidP="172E77F0" w:rsidRDefault="00690AC3" w14:paraId="4D55E861" w14:textId="7F10F267">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>priekšizskatīšanas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00652D3A" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00652D3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesnie</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dzējam ir tiesības precizēt projekta iesniegumu,</w:t>
       </w:r>
-      <w:r w:rsidR="00FA76F6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00FA76F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> ievērojot projektu iesniegumu iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="43EA71AF" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="43EA71AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> beigu </w:t>
       </w:r>
-      <w:r w:rsidR="64CDA24E" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="64CDA24E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumu</w:t>
       </w:r>
-      <w:r w:rsidR="00F714F3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F714F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B75B470" w14:textId="645D7931" w:rsidR="00916ED5" w:rsidRPr="00017102" w:rsidRDefault="00970461" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00916ED5" w:rsidP="172E77F0" w:rsidRDefault="00970461" w14:paraId="3B75B470" w14:textId="645D7931">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref120490924"/>
+      <w:bookmarkStart w:name="_Ref120490924" w:id="8"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja pēc projekta iesnieguma iesniegšanas sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="0008339D" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0008339D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniegumā konstatē tehniskas neprecizitātes vai tādas nepilnības, ko var novērst līdz </w:t>
       </w:r>
-      <w:r w:rsidR="00F34F43" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F34F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490735 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A84BE6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A84BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00995218" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00995218">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā </w:t>
       </w:r>
-      <w:r w:rsidR="00582061" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00582061">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktā lēmuma pieņemšanai</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00F34F43" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F34F43">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00187AE8" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00187AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portālā </w:t>
       </w:r>
-      <w:r w:rsidR="00582061" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00582061">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ziņojuma </w:t>
       </w:r>
-      <w:r w:rsidR="004C2AE4" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="004C2AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>veidā informē</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekta iesniedzēj</w:t>
       </w:r>
-      <w:r w:rsidR="004C2AE4" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="004C2AE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00916ED5" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00916ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par konstatētajām neprecizitātēm un to novēršanai veicamajām darbībām, nosakot izpildes termiņu.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="58A8C74D" w14:textId="70FF2B22" w:rsidR="001F6058" w:rsidRPr="00017102" w:rsidRDefault="48D7B61A" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="001F6058" w:rsidP="172E77F0" w:rsidRDefault="48D7B61A" w14:paraId="58A8C74D" w14:textId="70FF2B22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref120491921"/>
-      <w:bookmarkStart w:id="10" w:name="_Ref172292878"/>
+      <w:bookmarkStart w:name="_Ref120491921" w:id="9"/>
+      <w:bookmarkStart w:name="_Ref172292878" w:id="10"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="4F1684EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="4F1684EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>ēc</w:t>
       </w:r>
-      <w:r w:rsidR="7DCC3368" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="7DCC3368">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šī</w:t>
       </w:r>
-      <w:r w:rsidR="277144E6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="277144E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="4F1684EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="4F1684EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00F829EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F829EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="4F1684EB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="4F1684EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">punktā norādītās informācijas saņemšanas </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>projekta iesniedzējam ir</w:t>
       </w:r>
-      <w:r w:rsidR="415B8946" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="415B8946">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">tiesības </w:t>
       </w:r>
-      <w:r w:rsidR="701A7D08" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="701A7D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestādes noteiktajā termiņā </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>precizēt projekta iesniegumu, nemainot to pēc būtības</w:t>
       </w:r>
-      <w:r w:rsidR="701A7D08" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="701A7D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="77B2BBFA" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="77B2BBFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pēc precizējumu veikšanas </w:t>
       </w:r>
-      <w:r w:rsidR="51CC502C" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="51CC502C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projekta iesniedzējs atkārtoti iesniedz projekta iesniegumu </w:t>
       </w:r>
-      <w:r w:rsidR="00187AE8" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00187AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidR="51CC502C" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="51CC502C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="369D170B" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="369D170B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EC6F73" w14:textId="430AA275" w:rsidR="002927C4" w:rsidRPr="00017102" w:rsidRDefault="006204AD" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="002927C4" w:rsidP="172E77F0" w:rsidRDefault="006204AD" w14:paraId="69EC6F73" w14:textId="430AA275">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref188435005"/>
+      <w:bookmarkStart w:name="_Ref188435005" w:id="11"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidR="006D2D4B" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="006D2D4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī </w:t>
       </w:r>
-      <w:r w:rsidR="00920415" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00920415">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A66071" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A66071">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00BC64AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. punktā minētajā ziņojumā norādītā </w:t>
       </w:r>
-      <w:r w:rsidR="003842C3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="003842C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>izpildes</w:t>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00BC64AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E7299C" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00E7299C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="00BC64AE" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00BC64AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003309DA" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="003309DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vērtēšanas komisija</w:t>
       </w:r>
-      <w:r w:rsidR="006507F9" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="006507F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> izvērtē projekta iesniegumu un sniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00421071" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00421071">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">atzinumu </w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120491269 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A66071" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A66071">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E73943" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00E73943">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C15A36" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C15A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. nodaļā no</w:t>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00AD22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">teiktajā kārtībā. Gadījumā, ja projekta iesniegums nav atkārtoti iesniegts šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref172292878 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A66071" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00A66071">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00AD22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā kārtībā, komisija vērtē projekta iesniegum</w:t>
       </w:r>
-      <w:r w:rsidR="489965A3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="489965A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00AD22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sākotnēji iesniegtās informācijas apjomā.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="00AD22A0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00AD22A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0B9A16" w14:textId="1750CBED" w:rsidR="009B5CD7" w:rsidRPr="00017102" w:rsidRDefault="00916ED5" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="009B5CD7" w:rsidP="172E77F0" w:rsidRDefault="00916ED5" w14:paraId="4E0B9A16" w14:textId="1750CBED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc </w:t>
       </w:r>
-      <w:r w:rsidR="00D25D08" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D25D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šī nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120492295 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005758AC">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4214" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00DB4214">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="002815A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā</w:t>
       </w:r>
-      <w:r w:rsidR="00B54A16" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00B54A16">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteiktā termiņa</w:t>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="002815A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="002815A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidR="002815A6" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="002815A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0056546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0056546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120490924 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00017102" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00017102">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="00017102">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0056546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00017102" w:rsidR="0056546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001423F0" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="001423F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="0056546E" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Times New Roman" w:hAnsi="Aptos" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0056546E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="008B722A" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008B722A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā ziņojumā norādītā termiņ</w:t>
       </w:r>
-      <w:r w:rsidR="000E103D" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="000E103D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="008B722A" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="008B722A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> šajā nodaļā </w:t>
       </w:r>
-      <w:r w:rsidR="00B54A16" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00B54A16">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>noteiktais konsultatīvais atbalsts netiek nodrošināts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E23197B" w14:textId="68057499" w:rsidR="00A01D52" w:rsidRPr="00017102" w:rsidRDefault="00A01D52" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00A01D52" w:rsidP="172E77F0" w:rsidRDefault="00A01D52" w14:paraId="2E23197B" w14:textId="68057499">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Ref120491269"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120491269" w:id="12"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kārtība</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="03EADB2C" w14:textId="57C0CDCF" w:rsidR="00695D3E" w:rsidRPr="00017102" w:rsidRDefault="00D537C1" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00695D3E" w:rsidP="172E77F0" w:rsidRDefault="00D537C1" w14:paraId="03EADB2C" w14:textId="57C0CDCF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref172292401"/>
+      <w:bookmarkStart w:name="_Ref172292401" w:id="13"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu iesniegumu vērtēšanai </w:t>
       </w:r>
-      <w:r w:rsidR="00CC10BB" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00CC10BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ar rīkojumu izveido </w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C13EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Eiropas Savienības fondu 2021.</w:t>
       </w:r>
-      <w:r w:rsidR="00711EC7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00711EC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C13EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">2027. gada plānošanas perioda vadības likuma </w:t>
       </w:r>
-      <w:r w:rsidR="003C2265" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="003C2265">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">(turpmāk – Likums) </w:t>
       </w:r>
-      <w:r w:rsidR="00C13EB3" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C13EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">21. panta prasībām atbilstošu </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">projektu iesniegumu vērtēšanas komisiju </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(turpmāk</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00FB4B0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>– vērtēšanas komisija)</w:t>
       </w:r>
-      <w:r w:rsidR="00FB4B0B" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00FB4B0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">, vērtēšanas komisijas sastāva izveidē ievērojot </w:t>
       </w:r>
-      <w:r w:rsidR="00614668" w:rsidRPr="00017102">
+      <w:r w:rsidRPr="00017102" w:rsidR="00614668">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0" w:frame="1"/>
         </w:rPr>
         <w:t>likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā”</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidR="0049659D" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0049659D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D527F9" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D527F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas locekļi projektu iesniegumu vērtēšanā piedalās šādā apjomā:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BC6361" w14:textId="77777777" w:rsidR="001F355E" w:rsidRPr="00017102" w:rsidRDefault="001F355E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="001F355E" w:rsidP="172E77F0" w:rsidRDefault="001F355E" w14:paraId="24BC6361" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E522DDA" w14:textId="77777777" w:rsidR="009C5771" w:rsidRPr="00017102" w:rsidRDefault="009C5771" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="009C5771" w:rsidP="172E77F0" w:rsidRDefault="009C5771" w14:paraId="0E522DDA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6FFD74" w14:textId="0C4151F1" w:rsidR="00D527F9" w:rsidRPr="00017102" w:rsidRDefault="00DD4436" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00D527F9" w:rsidP="172E77F0" w:rsidRDefault="00DD4436" w14:paraId="2D6FFD74" w14:textId="0C4151F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji (vērtē balsstiesīgie sadarbības iestādes pārstāvji, kas ietverti vērtēšanas komisijā).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C07A53A" w14:textId="77777777" w:rsidR="00300578" w:rsidRPr="00017102" w:rsidRDefault="00300578" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00300578" w:rsidP="172E77F0" w:rsidRDefault="00300578" w14:paraId="3C07A53A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisijas locekļi ir atbildīgi par projektu iesniegumu savlaicīgu, objektīvu un rūpīgu izvērtēšanu atbilstoši Latvijas Republikas un Eiropas Savienības normatīvajiem aktiem, kā arī ir atbildīgi par objektivitātes un konfidencialitātes ievērošanu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A192351" w14:textId="77777777" w:rsidR="00292D50" w:rsidRPr="00017102" w:rsidRDefault="00292D50" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00292D50" w:rsidP="172E77F0" w:rsidRDefault="00292D50" w14:paraId="1A192351" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Ref120520594"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120520594" w:id="14"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Vērtēšanas komisija pēc projektu iesniegumu iesniegšanas termiņa beigu datuma vērtē projektu iesniegumus saskaņā ar projektu iesniegumu vērtēšanas kritērijiem, ievērojot projektu iesniegumu vērtēšanas kritēriju piemērošanas metodikā noteikto (nolikuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums) un Projektu portālā </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aizpildot projekta iesnieguma vērtēšanas veidlapu.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="53A9C501" w14:textId="17ECE3B4" w:rsidR="00695D3E" w:rsidRPr="00017102" w:rsidRDefault="00422A92" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00695D3E" w:rsidP="172E77F0" w:rsidRDefault="00422A92" w14:paraId="53A9C501" w14:textId="17ECE3B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nepieciešamības gadījumā vērtēšanas komisija kā neatkarīgus ekspertus viedokļa sniegšanai (bez balsstiesībām) projektu iesniegumu izvērtēšanai var pieaicināt ekspertus, kas tiek piesaistīti no sadarbības iestādes vai citām iestādēm, vai arī institūcijām</w:t>
       </w:r>
-      <w:r w:rsidR="00F1224E" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00F1224E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (piemēram, nozares ministrijas (Klimata un enerģētikas ministrija)) </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Eksperta vērtējumam ir rekomendējošs raksturs. Pieaicinātais eksperts, veicot darba uzdevuma izpildi, ievēro objektivitātes un konfidencialitātes nosacījumus.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Ref199862463"/>
+      <w:bookmarkStart w:name="_Ref199862463" w:id="15"/>
     </w:p>
-    <w:p w14:paraId="63F89D49" w14:textId="7CEFCE98" w:rsidR="007900E0" w:rsidRPr="00017102" w:rsidRDefault="007900E0" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="007900E0" w:rsidP="172E77F0" w:rsidRDefault="007900E0" w14:paraId="63F89D49" w14:textId="7CEFCE98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="60"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pirms šī nolikuma</w:t>
       </w:r>
-      <w:r w:rsidR="009364A7" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="009364A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 25</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. punktā noteiktās vērtēšanas uzsākšanas komisija pārbauda projekta iesniedzēja atbilstību Likuma 22. un 26. pantā noteiktajiem izslēgšanas noteikumiem, ievērojot MK noteikumos Nr. 408</w:t>
       </w:r>
-      <w:r w:rsidR="00261243" w:rsidRPr="00017102">
+      <w:r w:rsidRPr="00017102" w:rsidR="00261243">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidR="00261243" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00261243">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>noteikto kārtību, un veic projekta iesniedzēja pārbaudi atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> pantam. Ja projekta iesniedzējs atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem, lai projekta iesniedzēju izslēgtu no dalības projektu iesniegumu atlasē, projekta iesniegums uzskatāms par noraidītu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24FE7206" w14:textId="4E9E3AA2" w:rsidR="0049659D" w:rsidRPr="00017102" w:rsidRDefault="001375BB" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="0049659D" w:rsidP="172E77F0" w:rsidRDefault="001375BB" w14:paraId="24FE7206" w14:textId="4E9E3AA2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projekta iesnieguma atbilstību projektu vērtēšanas kritērijiem vērtē</w:t>
       </w:r>
-      <w:r w:rsidR="000F4A31" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="000F4A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> visi </w:t>
       </w:r>
-      <w:r w:rsidR="00677201" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00677201">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>balsstiesīgie</w:t>
       </w:r>
-      <w:r w:rsidR="000F4A31" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="000F4A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadarbības iestādes pārstāvji</w:t>
       </w:r>
-      <w:r w:rsidR="00677201" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00677201">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kas ietverti vērtēšanas komisijā</w:t>
       </w:r>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vispirms izvērtējot visus neprecizējamos un pēc tam – precizējamos kritērijus šādā secībā</w:t>
       </w:r>
-      <w:r w:rsidR="0049659D" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="0049659D">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="50692632" w14:textId="0FBB720C" w:rsidR="0049659D" w:rsidRPr="00017102" w:rsidRDefault="0049659D" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="0049659D" w:rsidP="172E77F0" w:rsidRDefault="0049659D" w14:paraId="50692632" w14:textId="0FBB720C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie kritēriji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411E7B0D" w14:textId="1E8E3893" w:rsidR="00DB33C5" w:rsidRPr="00017102" w:rsidRDefault="00DB33C5" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00DB33C5" w:rsidP="172E77F0" w:rsidRDefault="00DB33C5" w14:paraId="411E7B0D" w14:textId="1E8E3893">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vienotie izvēles kritēriji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17202361" w14:textId="3E3294D7" w:rsidR="0049659D" w:rsidRPr="00017102" w:rsidRDefault="0049659D" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="0049659D" w:rsidP="172E77F0" w:rsidRDefault="0049659D" w14:paraId="17202361" w14:textId="3E3294D7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifiskie atbilstības kritēriji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC8EF62" w14:textId="06FD8DED" w:rsidR="00E60B1A" w:rsidRPr="00017102" w:rsidRDefault="00D537C1" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00E60B1A" w:rsidP="172E77F0" w:rsidRDefault="00D537C1" w14:paraId="6DC8EF62" w14:textId="06FD8DED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref120491837"/>
+      <w:bookmarkStart w:name="_Ref120491837" w:id="16"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Vērtēšanas komisijas lēmums tiek atspoguļots vērtēšanas komisijas atzinumā</w:t>
       </w:r>
-      <w:r w:rsidR="00C62E95" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00C62E95">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> par projekta iesnieguma virzību apstiprināšanai, apstiprināšanai ar nosacījumu vai noraidīšanai.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="45B2DF69" w14:textId="77777777" w:rsidR="00B23103" w:rsidRPr="00017102" w:rsidRDefault="00F31B42" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00017102" w:rsidR="00B23103" w:rsidP="172E77F0" w:rsidRDefault="00F31B42" w14:paraId="45B2DF69" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref120491666"/>
+      <w:bookmarkStart w:name="_Ref120491666" w:id="17"/>
       <w:r w:rsidRPr="00017102">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc precizētā projekta iesnieguma saņemšanas sadarbības iestādē komisija izvērtē precizēto projekta iesniegumu atbilstoši kritērijiem, kuru izpildei tika izvirzīti papildu nosacījumi, kā arī kritērijiem, kuru vērtējumu maina precizētajā projekta iesniegumā ietvertā informācija, un aizpilda projekta iesnieguma vērtēšanas veidlapu </w:t>
       </w:r>
-      <w:r w:rsidR="005922B8" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="005922B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Projektu portālā</w:t>
       </w:r>
-      <w:r w:rsidR="00D537C1" w:rsidRPr="00017102">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="00017102" w:rsidR="00D537C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="67BCA365" w14:textId="69239ED7" w:rsidR="00B57426" w:rsidRPr="001423F0" w:rsidRDefault="00B57426" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="001423F0" w:rsidR="00B57426" w:rsidP="172E77F0" w:rsidRDefault="00B57426" w14:paraId="67BCA365" w14:textId="69239ED7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nolikuma </w:t>
       </w:r>
-      <w:r w:rsidR="00D1481C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D1481C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā minētajā gadījumā vērtēšanas komisijas balsstiesīgie locekļi projektam noteikto nosacījumu izpildes izvērtēšanā un kritēriju pārvērtēšanā iesaistās nolikuma 2</w:t>
       </w:r>
-      <w:r w:rsidR="00D1481C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00D1481C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>. punktā noteiktajā apjomā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5883F8B6" w14:textId="7F88CBB7" w:rsidR="0093766F" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="0093766F" w:rsidP="172E77F0" w:rsidRDefault="0093766F" w14:paraId="5883F8B6" w14:textId="7F88CBB7">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmuma </w:t>
       </w:r>
-      <w:r w:rsidR="001A2736" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001A2736">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pieņemšanas</w:t>
       </w:r>
-      <w:r w:rsidR="007A6511" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007A6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> un paziņošanas kārtība</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE2E326" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00CD126C" w:rsidP="172E77F0" w:rsidRDefault="00CD126C" w14:paraId="7DE2E326" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Ref120490735"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120490735" w:id="18"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Sadarbības iestāde, pamatojoties uz vērtēšanas komisijas sniegto atzinumu, pieņem lēmumu (turpmāk – lēmums) par:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043113F5" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00CD126C" w:rsidP="172E77F0" w:rsidRDefault="00CD126C" w14:paraId="043113F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Ref120521412"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120521412" w:id="19"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="69D747E3" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00CD126C" w:rsidP="172E77F0" w:rsidRDefault="00CD126C" w14:paraId="69D747E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Ref120521415"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120521415" w:id="20"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma apstiprināšanu ar nosacījumu;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="02EDBDEA" w14:textId="77777777" w:rsidR="00CD126C" w:rsidRPr="00BC022F" w:rsidRDefault="00CD126C" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00CD126C" w:rsidP="005758AC" w:rsidRDefault="00CD126C" w14:paraId="02EDBDEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesnieguma noraidīšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EAA0414" w14:textId="6023E2D2" w:rsidR="00CD126C" w:rsidRDefault="007716BA" w:rsidP="005758AC">
+    <w:p w:rsidR="00CD126C" w:rsidP="005758AC" w:rsidRDefault="007716BA" w14:paraId="2EAA0414" w14:textId="6023E2D2">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu sadarbības iestāde pieņem</w:t>
       </w:r>
-      <w:r w:rsidR="007F3792" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007F3792">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> trīs </w:t>
       </w:r>
-      <w:r w:rsidR="007D0AC2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007D0AC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>mēnešu</w:t>
       </w:r>
-      <w:r w:rsidR="007F3792" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007F3792">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā pēc projektu iesniegumu iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="005F265F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="005F265F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444010B8" w14:textId="18A63315" w:rsidR="007716BA" w:rsidRPr="00CD126C" w:rsidRDefault="007716BA" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00CD126C" w:rsidR="007716BA" w:rsidP="005758AC" w:rsidRDefault="007716BA" w14:paraId="444010B8" w14:textId="18A63315">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Pirms nolikuma </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521412 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D4C62" w:rsidRPr="003D4C62">
+      <w:r w:rsidRPr="003D4C62" w:rsidR="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>29.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. apakšpunktā noteiktā lēmuma pieņemšanas vai </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D4C62" w:rsidRPr="003D4C62">
+      <w:r w:rsidRPr="003D4C62" w:rsidR="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>36.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>. apakšpunktā noteiktā atzinuma izdošanas sadarbības iestāde atkārtoti pārbauda projekta iesniedzēja</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>un ar to</w:t>
       </w:r>
-      <w:r w:rsidR="003467E5" w:rsidRPr="003D4C62">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="003D4C62" w:rsidR="003467E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>saistīto fizisko personu atbilstību Likuma 22. pantā noteiktajiem izslēgšanas noteikumiem, ievērojot MK noteikumos Nr. 408</w:t>
       </w:r>
-      <w:r w:rsidR="00261243" w:rsidRPr="003D4C62">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="003D4C62" w:rsidR="00261243">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> noteikto kārtību, un veic projekta iesniedzēja un ar to</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>saistīto fizisko personu pārbaudi atbilstoši Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> pantam. Ja pirms</w:t>
       </w:r>
-      <w:r w:rsidR="00686BEA" w:rsidRPr="003D4C62">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="003D4C62" w:rsidR="00686BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120521487 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D4C62" w:rsidRPr="003D4C62">
+      <w:r w:rsidRPr="003D4C62" w:rsidR="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>36.1</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">. apakšpunktā noteiktā atzinuma izdošanas projekta iesniedzējs atbilst kādam no minētajos normatīvajos aktos noteiktajiem nosacījumiem, lai projekta iesniedzēju izslēgtu no dalības projektu iesniegumu atlasē, projekta iesniegums uzskatāms par noraidītu neatkarīgi no vērtēšanas komisijas </w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref120491837 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="003D4C62" w:rsidRPr="003D4C62">
+      <w:r w:rsidRPr="003D4C62" w:rsidR="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003D4C62">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>. punktā noteiktā atzinuma</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="3FE4AFA5" w14:textId="621FAFEC" w:rsidR="00A3211F" w:rsidRPr="00BC022F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00A3211F" w:rsidP="005758AC" w:rsidRDefault="00A3211F" w14:paraId="3FE4AFA5" w14:textId="621FAFEC">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu sadarbības iestāde pieņem, ja tiek izpildīti visi turpmāk minētie nosacījumi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433331B8" w14:textId="4F4F871C" w:rsidR="00A3211F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
+    <w:p w:rsidR="00A3211F" w:rsidP="005758AC" w:rsidRDefault="00A3211F" w14:paraId="433331B8" w14:textId="4F4F871C">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uz projekta iesniedzēju un ar to</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>saistītajām fiziskajām personām nav attiecināms neviens no Likuma 22. pantā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E074573" w14:textId="6DAA7927" w:rsidR="00A3211F" w:rsidRPr="00BC022F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00A3211F" w:rsidP="005758AC" w:rsidRDefault="00A3211F" w14:paraId="1E074573" w14:textId="6DAA7927">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējam un ar to</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>saistītajām fiziskajām personām nav noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18000BF2" w14:textId="77777777" w:rsidR="00A3211F" w:rsidRPr="00BC022F" w:rsidRDefault="00A3211F" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00A3211F" w:rsidP="005758AC" w:rsidRDefault="00A3211F" w14:paraId="18000BF2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniegums atbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584A0BF6" w14:textId="2A849E5F" w:rsidR="00E60B1A" w:rsidRPr="002A5367" w:rsidRDefault="00E860CF" w:rsidP="005758AC">
+    <w:p w:rsidRPr="002A5367" w:rsidR="00E60B1A" w:rsidP="005758AC" w:rsidRDefault="00E860CF" w14:paraId="584A0BF6" w14:textId="2A849E5F">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu var pieņemt par katru projektu atsevišķi, negaidot visu projektu vērtēšanas rezultātus</w:t>
       </w:r>
-      <w:r w:rsidR="00E26401" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E26401">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF2D09B" w14:textId="003CAB75" w:rsidR="00E860CF" w:rsidRPr="00BC022F" w:rsidRDefault="00250E1E" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00E860CF" w:rsidP="005758AC" w:rsidRDefault="00250E1E" w14:paraId="6AF2D09B" w14:textId="003CAB75">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu ar nosacījumu pieņem, ja projekta iesniedzējam nepieciešams veikt sadarbības iestādes noteiktās darbības, lai projekta iesniegums pilnībā atbilstu projektu iesniegumu vērtēšanas kritērijiem un projektu varētu atbilstoši īstenot.</w:t>
       </w:r>
-      <w:r w:rsidR="001E4627" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001E4627">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ja projekta iesniegums ir apstiprināts ar nosacījumu, projekta iesniedzējs veic tikai darbības, kuras ir noteiktas lēmumā par projekta iesnieguma apstiprināšanu ar nosacījumu, nemainot projekta iesniegumu pēc būtības.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662EEE52" w14:textId="5C2FCC9E" w:rsidR="005F6A76" w:rsidRPr="00BC022F" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="005F6A76" w:rsidP="005758AC" w:rsidRDefault="005F6A76" w14:paraId="662EEE52" w14:textId="5C2FCC9E">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Lēmumu par projekta iesnieguma noraidīšanu sadarbības iestāde pieņem, ja iestājas vismaz viens no nosacījumiem: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3179A338" w14:textId="77777777" w:rsidR="005F6A76" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
+    <w:p w:rsidR="005F6A76" w:rsidP="005758AC" w:rsidRDefault="005F6A76" w14:paraId="3179A338" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>uz projekta iesniedzēju vai ar to saistīto fizisko personu attiecas vismaz viens no Likuma 22. pantā minētajiem izslēgšanas noteikumiem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2277769C" w14:textId="30C9B8F8" w:rsidR="005F6A76" w:rsidRPr="009930F5" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
+    <w:p w:rsidRPr="009930F5" w:rsidR="005F6A76" w:rsidP="005758AC" w:rsidRDefault="005F6A76" w14:paraId="2277769C" w14:textId="30C9B8F8">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">attiecībā uz projekta iesniedzēju vai ar to saistīto fizisko personu ir noteiktas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts sankcijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745CC95D" w14:textId="77777777" w:rsidR="005F6A76" w:rsidRDefault="005F6A76" w:rsidP="005758AC">
+    <w:p w:rsidR="005F6A76" w:rsidP="005758AC" w:rsidRDefault="005F6A76" w14:paraId="745CC95D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>projekta iesniedzējs nav uzaicināts iesniegt projekta iesniegumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174DCF20" w14:textId="7F9AE554" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008C6C65" w:rsidP="005758AC" w:rsidRDefault="008C6C65" w14:paraId="174DCF20" w14:textId="7F9AE554">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Ja projekta iesniegums ir apstiprināts ar nosacījumu, pēc precizētā projekta iesnieguma iesniegšanas</w:t>
       </w:r>
-      <w:r w:rsidR="00E349B9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E349B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vērtēšanas komisija vērtē projekta iesniegumu. Ja tiek konstatēta kāda no lēmumā noteiktajiem nosacījumiem neizpilde vai ja projekta iesniedzēja iesniegtās vai vērtēšanas komisijai pieejamās informācijas dēļ projekta iesniegums neatbilst kādam projektu iesniegumu vērtēšanas kritērijiem, precizētā projekta iesnieguma vērtēšanu neturpina. P</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>amatojoties uz vērtēšanas komisijas atzinumu par nosacījumu izpildi vai neizpildi, sadarbības iestāde izdod</w:t>
       </w:r>
-      <w:r w:rsidR="009E55B3" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009E55B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> atzinumu par</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F0FB3FA" w14:textId="128F7BF7" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="008C6C65" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008C6C65" w:rsidP="172E77F0" w:rsidRDefault="008C6C65" w14:paraId="1F0FB3FA" w14:textId="128F7BF7">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Ref120521487"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Ref120521487" w:id="21"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto nosacījumu izpildi, ja precizētais projekta iesniegums iesniegts lēmumā noteiktajā termiņā un ar precizējumiem projekta iesniegumā ir izpildīti visi lēmumā izvirzītie nosacījumi;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="38783DE3" w14:textId="5110EC40" w:rsidR="008C6C65" w:rsidRPr="00BC022F" w:rsidRDefault="009E55B3" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="008C6C65" w:rsidP="005758AC" w:rsidRDefault="009E55B3" w14:paraId="38783DE3" w14:textId="5110EC40">
       <w:pPr>
         <w:pStyle w:val="naisf"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lēmumā noteikto</w:t>
       </w:r>
-      <w:r w:rsidR="008C6C65" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008C6C65">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">  nosacījumu neizpildi, atzīstot projekta iesniegumu par noraidāmu, ja kāds no lēmumā noteiktajiem nosacījumiem netiek izpildīts vai netiek izpildīts lēmumā noteiktajā termiņā vai ja projekta iesniedzēja iesniegtās </w:t>
       </w:r>
-      <w:r w:rsidR="00E349B9" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00E349B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">vai vērtēšanas komisijai pieejamās </w:t>
       </w:r>
-      <w:r w:rsidR="008C6C65" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008C6C65">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>informācijas dēļ projekta iesniegums neatbilst projektu iesniegumu vērtēšanas kritērijiem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327368D3" w14:textId="2E1349A5" w:rsidR="00E225A8" w:rsidRPr="00BC022F" w:rsidRDefault="005A65DD" w:rsidP="005758AC">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00E225A8" w:rsidP="005758AC" w:rsidRDefault="005A65DD" w14:paraId="327368D3" w14:textId="2E1349A5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Lēmumu par projekta iesnieguma apstiprināšanu, apstiprināšanu ar nosacījumu, noraidīšanu un atzinumu par nosacījumu izpildi</w:t>
       </w:r>
-      <w:r w:rsidR="006964B3" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="006964B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> va</w:t>
       </w:r>
-      <w:r w:rsidR="00B947B6" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00B947B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>i neizpildi</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> sadarbības iestāde sagatavo elektroniska </w:t>
       </w:r>
-      <w:r w:rsidR="00767AAC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00767AAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>dokumenta formātā</w:t>
       </w:r>
-      <w:r w:rsidR="00767AAC" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00767AAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">un projekta iesniedzējam paziņo normatīvajos aktos noteiktajā kārtībā. Lēmumā par projekta iesnieguma apstiprināšanu vai atzinumā par nosacījumu izpildi tiek iekļauta informācija par </w:t>
       </w:r>
-      <w:r w:rsidR="00F414CF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00F414CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>vienošanās</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> slēgšanas procedūru.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537366BC" w14:textId="3A67048F" w:rsidR="00211D41" w:rsidRPr="00BC022F" w:rsidRDefault="0093766F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00211D41" w:rsidP="172E77F0" w:rsidRDefault="0093766F" w14:paraId="537366BC" w14:textId="3A67048F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Informāciju par </w:t>
       </w:r>
-      <w:r w:rsidR="009E0969" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009E0969">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>apstiprinātajiem projektu iesniegumiem</w:t>
       </w:r>
-      <w:r w:rsidR="003F63A7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003F63A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="54CB2501" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="54CB2501">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestāde</w:t>
       </w:r>
-      <w:r w:rsidR="003F63A7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="003F63A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">publicē </w:t>
       </w:r>
-      <w:r w:rsidR="00700F0A" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00700F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>tīmekļa vietnē</w:t>
       </w:r>
-      <w:r w:rsidR="00211D41" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00211D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
-        <w:r w:rsidR="00211D41" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="00211D41">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>www.esfondi.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00103090" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00103090">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E688725" w14:textId="52FE27F3" w:rsidR="004E3E56" w:rsidRPr="00BC022F" w:rsidRDefault="0014261A" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="004E3E56" w:rsidP="172E77F0" w:rsidRDefault="0014261A" w14:paraId="7E688725" w14:textId="52FE27F3">
       <w:pPr>
         <w:pStyle w:val="Headinggg1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Papildu informācija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEBC798" w14:textId="32D0D347" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="4AEBC798" w14:textId="32D0D347">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Jautājumus par projekta iesnieguma sagatavošanu un iesniegšanu lūdzam:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5254F8DF" w14:textId="4BE663D0" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="5254F8DF" w14:textId="4BE663D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sūtīt uz tīmekļa vietnē</w:t>
       </w:r>
-      <w:r w:rsidR="008A642B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008A642B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
-        <w:r w:rsidR="007E7AB7" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="007E7AB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/6-1-1-1-k-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādītās kontaktpersonas elektroniskā pasta adresi vai </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
-        <w:r w:rsidR="009E55B3" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="009E55B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>pasts@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">  vai</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DC5702" w14:textId="39C7D1DF" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="20DC5702" w14:textId="39C7D1DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1066" w:hanging="562"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">vērsties </w:t>
       </w:r>
-      <w:r w:rsidR="009E5AFF" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009E5AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> Klientu apkalpošanas centrā (Meistaru ielā 10, Rīgā, vai zvanot pa tālruni </w:t>
       </w:r>
-      <w:r w:rsidR="00524B9B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00524B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">+371 </w:t>
       </w:r>
-      <w:r w:rsidR="2D1D59C7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="2D1D59C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>22099777</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4002B2F4" w14:textId="5E8AFBE7" w:rsidR="00402A7F" w:rsidRPr="004C7CD6" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="004C7CD6" w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="4002B2F4" w14:textId="5E8AFBE7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta iesniedzējs jautājumus par konkrēto projektu iesniegumu atlasi iesniedz ne vēlāk kā </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7205" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FE7205">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">divas </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">darbdienas līdz projektu iesniegumu iesniegšanas </w:t>
       </w:r>
-      <w:r w:rsidR="0FBA395F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0FBA395F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">termiņa </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">beigu </w:t>
       </w:r>
-      <w:r w:rsidR="481D1306" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="481D1306">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>datumam</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42982291" w14:textId="77777777" w:rsidR="00402A7F" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="42982291" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Atbildes</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> uz iesūtītajiem jautājumiem tiks nosūtītas elektroniski jautājuma uzdevējam.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5C8678" w14:textId="77777777" w:rsidR="00684668" w:rsidRPr="00684668" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00684668" w:rsidR="00684668" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="2F5C8678" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskais atbalsts par projekta iesnieguma aizpildīšanu </w:t>
       </w:r>
-      <w:r w:rsidR="00355466" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00355466">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Projektu portāla </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">e-vidē tiek sniegts </w:t>
       </w:r>
-      <w:r w:rsidR="000E31F7" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="000E31F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>sadarbības iestādes</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> oficiālajā darba laikā, aizpildot pieteikumu </w:t>
       </w:r>
       <w:r w:rsidR="0D2C99A5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2BC7FBB5" wp14:editId="6145ECF7">
             <wp:extent cx="238858" cy="253786"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="964020630" name="Picture 964020630"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30">
                       <a:extLst>
@@ -8532,782 +8538,782 @@
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="238858" cy="253786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">, rakstot uz </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="172E77F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>vis@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai zvanot uz </w:t>
       </w:r>
-      <w:r w:rsidR="00524B9B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00524B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>+371</w:t>
       </w:r>
-      <w:r w:rsidR="00FE7205" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00FE7205">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>20003306.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0491A020" w14:textId="2DDD833D" w:rsidR="00402A7F" w:rsidRPr="00684668" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00684668" w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="0491A020" w14:textId="2DDD833D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="461" w:hanging="461"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Aktuālā informācija par projektu iesniegumu atlasi </w:t>
       </w:r>
-      <w:r w:rsidR="0BC00C7B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="0BC00C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">un atbildes uz biežāk uzdotajiem jautājumiem </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>ir pieejama</w:t>
       </w:r>
-      <w:r w:rsidR="59F3CEBA" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="59F3CEBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> tīmekļa vietn</w:t>
       </w:r>
-      <w:r w:rsidR="007B0B2C" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="007B0B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">ē </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
-        <w:r w:rsidR="007E7AB7" w:rsidRPr="172E77F0">
+        <w:r w:rsidRPr="172E77F0" w:rsidR="007E7AB7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           </w:rPr>
           <w:t>https://www.cfla.gov.lv/lv/6-1-1-1-k-3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C40113" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00C40113">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B8AD7C" w14:textId="106C33F7" w:rsidR="00402A7F" w:rsidRPr="00132874" w:rsidRDefault="00402A7F" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00132874" w:rsidR="00402A7F" w:rsidP="172E77F0" w:rsidRDefault="00402A7F" w14:paraId="61B8AD7C" w14:textId="106C33F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Vienošanās par projekta īstenošanu projekta teksts vienošanās</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">slēgšanas procesā var tikt precizēts atbilstoši projekta specifikai. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397D67ED" w14:textId="61C3F8CF" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="00EE455A" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="001C2119" w:rsidP="172E77F0" w:rsidRDefault="00EE455A" w14:paraId="397D67ED" w14:textId="61C3F8CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">Saskaņā ar </w:t>
       </w:r>
-      <w:r w:rsidR="009946CB" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="009946CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>ikuma 2</w:t>
       </w:r>
-      <w:r w:rsidR="008D7FDE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008D7FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D7FDE" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="008D7FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pantu </w:t>
       </w:r>
-      <w:r w:rsidR="001C2119" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C2119">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">sadarbības iestāde ir tiesīga pieņemt lēmumu, ar kuru nosaka aizliegumu fiziskajai vai juridiskajai personai vai personai, kura ir attiecīgās </w:t>
       </w:r>
-      <w:r w:rsidR="001C2119" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="001C2119">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>juridiskās personas valdes vai padomes loceklis vai prokūrists, vai persona, kura ir pilnvarota pārstāvēt projekta iesniedzēju ar filiāli saistītās darbībās, piedalīties projektu iesniegumu atlasē uz laiku, kas nepārsniedz trīs gadus no lēmuma spēkā stāšanās dienas, ja šī persona:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB57500" w14:textId="681F39A1" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="001C2119" w:rsidP="172E77F0" w:rsidRDefault="001C2119" w14:paraId="3AB57500" w14:textId="681F39A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>apzināti sniegusi nepatiesu informāciju, kas ir būtiska projekta iesnieguma novērtēšanai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A12DAF3" w14:textId="77777777" w:rsidR="001C2119" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="001C2119" w:rsidP="172E77F0" w:rsidRDefault="001C2119" w14:paraId="3A12DAF3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>īstenojot projektu, apzināti sniegusi sadarbības iestādei nepatiesu informāciju vai citādi ļaunprātīgi rīkojusies saistībā ar projekta īstenošanu, kas bijis par pamatu neatbilstoši veikto izdevumu ieturēšanai vai atgūšanai, un sadarbības iestāde ir izmantojusi tiesības vienpusēji atkāpties no līguma par projekta īstenošanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030AFB06" w14:textId="6FEEDFF6" w:rsidR="00250B8A" w:rsidRPr="00BC022F" w:rsidRDefault="001C2119" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00250B8A" w:rsidP="172E77F0" w:rsidRDefault="001C2119" w14:paraId="030AFB06" w14:textId="6FEEDFF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>radījusi mākslīgus apstākļus vai apzināti sniegusi faktiskajiem apstākļiem būtiski neatbilstošu informāciju, lai gūtu priekšrocības salīdzinājumā ar citiem projektu iesniedzējiem vai lai sadarbības iestāde pieņemtu tai labvēlīgu lēmumu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F896676" w14:textId="77777777" w:rsidR="00A43B5E" w:rsidRPr="00BC022F" w:rsidRDefault="00A43B5E" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00A43B5E" w:rsidP="172E77F0" w:rsidRDefault="00A43B5E" w14:paraId="3F896676" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B09204A" w14:textId="77777777" w:rsidR="00C70414" w:rsidRPr="00BC022F" w:rsidRDefault="00C70414" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00C70414" w:rsidP="172E77F0" w:rsidRDefault="00C70414" w14:paraId="7B09204A" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pielikumi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24215070" w14:textId="4D5D24C5" w:rsidR="0004362D" w:rsidRPr="00F317C7" w:rsidRDefault="0004362D" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00F317C7" w:rsidR="0004362D" w:rsidP="172E77F0" w:rsidRDefault="0004362D" w14:paraId="24215070" w14:textId="4D5D24C5">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28C77EFD" w14:textId="07E09633" w:rsidR="004B20D5" w:rsidRPr="00085F9B" w:rsidRDefault="001F2114" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00085F9B" w:rsidR="004B20D5" w:rsidP="172E77F0" w:rsidRDefault="001F2114" w14:paraId="28C77EFD" w14:textId="07E09633">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums. </w:t>
       </w:r>
-      <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="3ECC83F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>Projektu iesniegumu vērtēšanas kritēriji un to</w:t>
       </w:r>
-      <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="3ECC83F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> piemērošanas metodika </w:t>
       </w:r>
-      <w:r w:rsidR="359D70D5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="359D70D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidR="00CE1AAA">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00875050">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00357D9F" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00357D9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3ECC83F2" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="3ECC83F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F28FEB4" w14:textId="49549E26" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="00377BB2" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00377BB2" w:rsidR="00377BB2" w:rsidP="172E77F0" w:rsidRDefault="00377BB2" w14:paraId="0F28FEB4" w14:textId="49549E26">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums. </w:t>
       </w:r>
-      <w:r w:rsidR="00F93CF5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00F93CF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Projekta īstenošanas teritorijas apraksts </w:t>
       </w:r>
-      <w:r w:rsidR="00F93CF5" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00F93CF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>(MS Excel datne);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE98489" w14:textId="77777777" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="7D196F27" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00377BB2" w:rsidR="00377BB2" w:rsidP="172E77F0" w:rsidRDefault="7D196F27" w14:paraId="1FE98489" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pielikums. Izmaksu un ieguvumu analīzes modelis (MS Excel datne);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19508E49" w14:textId="3D680FB1" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="7D196F27" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00377BB2" w:rsidR="00377BB2" w:rsidP="172E77F0" w:rsidRDefault="7D196F27" w14:paraId="19508E49" w14:textId="3D680FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pielikums. Izmaksu un ieguvumu analīzes modeļa aizpildīšanas metodika</w:t>
       </w:r>
-      <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="4467FB62">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="4467FB62">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">uz </w:t>
       </w:r>
       <w:r w:rsidR="00443F7C">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="4467FB62">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="4467FB62" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="4467FB62">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lapām</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D65E6F4" w14:textId="77777777" w:rsidR="00377BB2" w:rsidRPr="00377BB2" w:rsidRDefault="57C82F19" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00377BB2" w:rsidR="00377BB2" w:rsidP="172E77F0" w:rsidRDefault="57C82F19" w14:paraId="4D65E6F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>pielikums. Projekta budžeta kopsavilkuma pielikums (MS Excel datne)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212BF884" w14:textId="45F1171F" w:rsidR="00F93CF5" w:rsidRPr="00377BB2" w:rsidRDefault="00F93CF5" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00377BB2" w:rsidR="00F93CF5" w:rsidP="172E77F0" w:rsidRDefault="00F93CF5" w14:paraId="212BF884" w14:textId="45F1171F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pielikums. Vienošanās</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>par projekta īstenošanu</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> projekts uz </w:t>
       </w:r>
-      <w:r w:rsidR="493F7859" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="493F7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
         <w:t>lapām.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22855ED4" w14:textId="4917B64F" w:rsidR="033D1E17" w:rsidRDefault="033D1E17" w:rsidP="172E77F0">
+    <w:p w:rsidR="033D1E17" w:rsidP="172E77F0" w:rsidRDefault="033D1E17" w14:paraId="22855ED4" w14:textId="4917B64F">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5082674B" w14:textId="3F056AE8" w:rsidR="033D1E17" w:rsidRDefault="033D1E17" w:rsidP="172E77F0">
+    <w:p w:rsidR="033D1E17" w:rsidP="172E77F0" w:rsidRDefault="033D1E17" w14:paraId="5082674B" w14:textId="3F056AE8">
       <w:pPr>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="292D8498" w14:textId="0A02E686" w:rsidR="00A7104B" w:rsidRPr="00BC022F" w:rsidRDefault="00A7104B" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00A7104B" w:rsidP="172E77F0" w:rsidRDefault="00A7104B" w14:paraId="292D8498" w14:textId="0A02E686">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09584E15" w14:textId="77777777" w:rsidR="009F6EF1" w:rsidRPr="00BC022F" w:rsidRDefault="009F6EF1" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="009F6EF1" w:rsidP="172E77F0" w:rsidRDefault="009F6EF1" w14:paraId="09584E15" w14:textId="77777777">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1282AEFB" w14:textId="799F1BD1" w:rsidR="00CB370B" w:rsidRPr="00CB370B" w:rsidRDefault="004446B7" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00CB370B" w:rsidR="00CB370B" w:rsidP="172E77F0" w:rsidRDefault="004446B7" w14:paraId="1282AEFB" w14:textId="799F1BD1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>M.Spalviņš</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3A7F9379" w14:textId="5439D841" w:rsidR="00CB370B" w:rsidRPr="00CB370B" w:rsidRDefault="00100E67" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00CB370B" w:rsidR="00CB370B" w:rsidP="172E77F0" w:rsidRDefault="00100E67" w14:paraId="3A7F9379" w14:textId="5439D841">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="172E77F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="lv-LV"/>
           </w:rPr>
           <w:t>Mikus.Spalvins@cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CB370B" w:rsidRPr="172E77F0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:r w:rsidRPr="172E77F0" w:rsidR="00CB370B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBDFFA4" w14:textId="7EC915AA" w:rsidR="00100E67" w:rsidRPr="00100E67" w:rsidRDefault="00100E67" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00100E67" w:rsidR="00100E67" w:rsidP="172E77F0" w:rsidRDefault="00100E67" w14:paraId="2BBDFFA4" w14:textId="7EC915AA">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="172E77F0">
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>28810189</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B495CF4" w14:textId="3305136A" w:rsidR="00CB370B" w:rsidRPr="00CB370B" w:rsidRDefault="00CB370B" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00CB370B" w:rsidR="00CB370B" w:rsidP="172E77F0" w:rsidRDefault="00CB370B" w14:paraId="4B495CF4" w14:textId="3305136A">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13CFB8D9" w14:textId="00D6B187" w:rsidR="00C8404B" w:rsidRPr="00BC022F" w:rsidRDefault="00C8404B" w:rsidP="172E77F0">
+    <w:p w:rsidRPr="00BC022F" w:rsidR="00C8404B" w:rsidP="172E77F0" w:rsidRDefault="00C8404B" w14:paraId="13CFB8D9" w14:textId="00D6B187">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C8404B" w:rsidRPr="00BC022F" w:rsidSect="006569E7">
+    <w:sectPr w:rsidRPr="00BC022F" w:rsidR="00C8404B" w:rsidSect="006569E7">
       <w:headerReference w:type="default" r:id="rId34"/>
       <w:footerReference w:type="default" r:id="rId35"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51BC01C8" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9">
+    <w:p w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w14:paraId="51BC01C8" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FC34F53" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9">
+    <w:p w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w14:paraId="0FC34F53" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33FECF50" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00152F67"/>
+    <w:p w:rsidR="00E91EC9" w:rsidP="00152F67" w:rsidRDefault="00E91EC9" w14:paraId="33FECF50" w14:textId="77777777"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -9332,199 +9338,199 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41964FAD" w14:textId="77777777" w:rsidR="005F226A" w:rsidRDefault="005F226A">
+  <w:p w:rsidR="005F226A" w:rsidRDefault="005F226A" w14:paraId="41964FAD" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E6247A3" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00F25516">
+    <w:p w:rsidR="00E91EC9" w:rsidP="00F25516" w:rsidRDefault="00E91EC9" w14:paraId="2E6247A3" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E68A66B" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00F25516">
+    <w:p w:rsidR="00E91EC9" w:rsidP="00F25516" w:rsidRDefault="00E91EC9" w14:paraId="6E68A66B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C493817" w14:textId="77777777" w:rsidR="00E91EC9" w:rsidRDefault="00E91EC9" w:rsidP="00152F67"/>
+    <w:p w:rsidR="00E91EC9" w:rsidP="00152F67" w:rsidRDefault="00E91EC9" w14:paraId="0C493817" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="07C5D745" w14:textId="2C9E0C9C" w:rsidR="007372D4" w:rsidRDefault="007372D4" w:rsidP="00755C0C">
+    <w:p w:rsidR="007372D4" w:rsidP="00755C0C" w:rsidRDefault="007372D4" w14:paraId="07C5D745" w14:textId="2C9E0C9C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Pieejami </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="001A0A37" w:rsidRPr="005722C3">
+      <w:hyperlink w:history="1" r:id="rId1">
+        <w:r w:rsidRPr="005722C3" w:rsidR="001A0A37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://likumi.lv/ta/id/361628-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00577DC8">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="4C00B132" w14:textId="77777777" w:rsidR="007014BA" w:rsidRDefault="007014BA" w:rsidP="007014BA">
+    <w:p w:rsidR="007014BA" w:rsidP="007014BA" w:rsidRDefault="007014BA" w14:paraId="4C00B132" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>Tirgus izpēte var notikt dažādos veidos, piemēram, izsūtot e-pastus potenciālajiem piegādātājiem, veicot telefonisku aptauju, balstoties uz ekspertu slēdzieniem u.tml., nepieciešams nodrošināt tirgus izpētes dokumentēšanu, lai būtu pierādījums tam, kā notikusi attiecīgā pretendenta izvēle.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="71D986DC" w14:textId="1E7DE48D" w:rsidR="0064231D" w:rsidRDefault="0064231D" w:rsidP="0064231D">
+    <w:p w:rsidR="0064231D" w:rsidP="0064231D" w:rsidRDefault="0064231D" w14:paraId="71D986DC" w14:textId="1E7DE48D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="00B834F4">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pieejamas: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="2ED1AC77" w14:textId="619E34AE" w:rsidR="00261243" w:rsidRDefault="00261243" w:rsidP="00261243">
+    <w:p w:rsidR="00261243" w:rsidP="00261243" w:rsidRDefault="00261243" w14:paraId="2ED1AC77" w14:textId="619E34AE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00261243">
         <w:t>Ministru kabineta 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="54141A40" w14:textId="77777777" w:rsidR="00F93CF5" w:rsidRPr="00214F24" w:rsidRDefault="00F93CF5" w:rsidP="00F93CF5">
+    <w:p w:rsidRPr="00214F24" w:rsidR="00F93CF5" w:rsidP="00F93CF5" w:rsidRDefault="00F93CF5" w14:paraId="54141A40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C7873">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Līgums</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidRPr="249C5527">
         <w:rPr>
@@ -9643,98 +9649,92 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> priekšskatījuma izdruka, un tā satur būtiskākos projekta īstenošanas nosacījumus. Izdrukā ar simbolu “@” apzīmēti mainīgie elementi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1491902409"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6F35D30E" w14:textId="0704FAF5" w:rsidR="00763C7B" w:rsidRPr="00880274" w:rsidRDefault="00763C7B">
+      <w:p w:rsidRPr="00880274" w:rsidR="00763C7B" w:rsidRDefault="00763C7B" w14:paraId="6F35D30E" w14:textId="0704FAF5">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000E2D63">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>1</w:t>
-[...5 lines deleted...]
-          <w:t>0</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r w:rsidRPr="00880274">
           <w:rPr>
             <w:rFonts w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="7EEEB220" w14:textId="77777777" w:rsidR="00763C7B" w:rsidRDefault="00763C7B">
+  <w:p w:rsidR="00763C7B" w:rsidRDefault="00763C7B" w14:paraId="7EEEB220" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDF4575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A820848A"/>
     <w:lvl w:ilvl="0" w:tplc="0A687E34">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:pStyle w:val="Headinggg1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2062" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
@@ -10415,51 +10415,52 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1556816450">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="true"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A0BC7"/>
     <w:rsid w:val="00000595"/>
     <w:rsid w:val="00000963"/>
     <w:rsid w:val="00000CD6"/>
@@ -11527,51 +11528,50 @@
     <w:rsid w:val="005C3100"/>
     <w:rsid w:val="005C345C"/>
     <w:rsid w:val="005C3496"/>
     <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C39A4"/>
     <w:rsid w:val="005C3C03"/>
     <w:rsid w:val="005C4725"/>
     <w:rsid w:val="005C47BB"/>
     <w:rsid w:val="005C5A9C"/>
     <w:rsid w:val="005C6A1C"/>
     <w:rsid w:val="005C6EAC"/>
     <w:rsid w:val="005C7D80"/>
     <w:rsid w:val="005D07FB"/>
     <w:rsid w:val="005D0C6A"/>
     <w:rsid w:val="005D1457"/>
     <w:rsid w:val="005D1567"/>
     <w:rsid w:val="005D2D4E"/>
     <w:rsid w:val="005D2DA3"/>
     <w:rsid w:val="005D34E9"/>
     <w:rsid w:val="005D3C85"/>
     <w:rsid w:val="005D3FA9"/>
     <w:rsid w:val="005D5616"/>
     <w:rsid w:val="005D5EDA"/>
     <w:rsid w:val="005D6E19"/>
     <w:rsid w:val="005D7DA1"/>
-    <w:rsid w:val="005E13EE"/>
     <w:rsid w:val="005E2CB6"/>
     <w:rsid w:val="005E4108"/>
     <w:rsid w:val="005E48EA"/>
     <w:rsid w:val="005E570F"/>
     <w:rsid w:val="005E5F1A"/>
     <w:rsid w:val="005E6C68"/>
     <w:rsid w:val="005F011E"/>
     <w:rsid w:val="005F0401"/>
     <w:rsid w:val="005F0E40"/>
     <w:rsid w:val="005F0EA6"/>
     <w:rsid w:val="005F1491"/>
     <w:rsid w:val="005F226A"/>
     <w:rsid w:val="005F265F"/>
     <w:rsid w:val="005F2FFD"/>
     <w:rsid w:val="005F3616"/>
     <w:rsid w:val="005F39FE"/>
     <w:rsid w:val="005F41A0"/>
     <w:rsid w:val="005F62A6"/>
     <w:rsid w:val="005F6A76"/>
     <w:rsid w:val="005F77A1"/>
     <w:rsid w:val="005F78F6"/>
     <w:rsid w:val="005F7FD8"/>
     <w:rsid w:val="00600C91"/>
     <w:rsid w:val="00601969"/>
     <w:rsid w:val="0060303F"/>
@@ -12755,51 +12755,50 @@
     <w:rsid w:val="00CB370B"/>
     <w:rsid w:val="00CB4951"/>
     <w:rsid w:val="00CB4ED9"/>
     <w:rsid w:val="00CB578C"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CC03D2"/>
     <w:rsid w:val="00CC049C"/>
     <w:rsid w:val="00CC10BB"/>
     <w:rsid w:val="00CC2667"/>
     <w:rsid w:val="00CC3952"/>
     <w:rsid w:val="00CC4142"/>
     <w:rsid w:val="00CC46F6"/>
     <w:rsid w:val="00CC5CBC"/>
     <w:rsid w:val="00CC772F"/>
     <w:rsid w:val="00CC773E"/>
     <w:rsid w:val="00CD0BF9"/>
     <w:rsid w:val="00CD0D9A"/>
     <w:rsid w:val="00CD126C"/>
     <w:rsid w:val="00CD2B51"/>
     <w:rsid w:val="00CD335B"/>
     <w:rsid w:val="00CD40F6"/>
     <w:rsid w:val="00CD49EF"/>
     <w:rsid w:val="00CD5585"/>
     <w:rsid w:val="00CD55C2"/>
     <w:rsid w:val="00CD584E"/>
-    <w:rsid w:val="00CD62BA"/>
     <w:rsid w:val="00CD72CC"/>
     <w:rsid w:val="00CD7695"/>
     <w:rsid w:val="00CD76A3"/>
     <w:rsid w:val="00CD7995"/>
     <w:rsid w:val="00CE0CA7"/>
     <w:rsid w:val="00CE1AAA"/>
     <w:rsid w:val="00CE1E23"/>
     <w:rsid w:val="00CE1F55"/>
     <w:rsid w:val="00CE1FF7"/>
     <w:rsid w:val="00CE371A"/>
     <w:rsid w:val="00CE4097"/>
     <w:rsid w:val="00CE41DB"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CE6D45"/>
     <w:rsid w:val="00CE7BFD"/>
     <w:rsid w:val="00CE7C1F"/>
     <w:rsid w:val="00CF0184"/>
     <w:rsid w:val="00CF1CCE"/>
     <w:rsid w:val="00CF1F3E"/>
     <w:rsid w:val="00CF22BA"/>
     <w:rsid w:val="00CF2F8E"/>
     <w:rsid w:val="00CF35F3"/>
     <w:rsid w:val="00CF55A1"/>
     <w:rsid w:val="00CF6E17"/>
     <w:rsid w:val="00CF7D9D"/>
@@ -13430,50 +13429,51 @@
     <w:rsid w:val="0CA063F3"/>
     <w:rsid w:val="0CB47C27"/>
     <w:rsid w:val="0D2C99A5"/>
     <w:rsid w:val="0D639B00"/>
     <w:rsid w:val="0D6605B6"/>
     <w:rsid w:val="0D6F5B42"/>
     <w:rsid w:val="0D8258EF"/>
     <w:rsid w:val="0E49C359"/>
     <w:rsid w:val="0E741AAC"/>
     <w:rsid w:val="0F5D65E7"/>
     <w:rsid w:val="0F99E590"/>
     <w:rsid w:val="0F9FF16D"/>
     <w:rsid w:val="0FBA395F"/>
     <w:rsid w:val="106D7AB6"/>
     <w:rsid w:val="10C97420"/>
     <w:rsid w:val="117932E3"/>
     <w:rsid w:val="1179DF32"/>
     <w:rsid w:val="1202C425"/>
     <w:rsid w:val="12762BD3"/>
     <w:rsid w:val="12AC35BF"/>
     <w:rsid w:val="12EDA773"/>
     <w:rsid w:val="142ECEAC"/>
     <w:rsid w:val="148606EB"/>
     <w:rsid w:val="159EDA74"/>
     <w:rsid w:val="15A21D55"/>
+    <w:rsid w:val="15F0155F"/>
     <w:rsid w:val="16799EEC"/>
     <w:rsid w:val="1697F350"/>
     <w:rsid w:val="16B175F5"/>
     <w:rsid w:val="16E7319D"/>
     <w:rsid w:val="172E77F0"/>
     <w:rsid w:val="1744318A"/>
     <w:rsid w:val="175E901A"/>
     <w:rsid w:val="176228C8"/>
     <w:rsid w:val="17A9A73E"/>
     <w:rsid w:val="18365840"/>
     <w:rsid w:val="1864CD55"/>
     <w:rsid w:val="1892A6FD"/>
     <w:rsid w:val="18D2EC88"/>
     <w:rsid w:val="190AF034"/>
     <w:rsid w:val="1927FEF1"/>
     <w:rsid w:val="196A0E05"/>
     <w:rsid w:val="1971E7A6"/>
     <w:rsid w:val="1995774D"/>
     <w:rsid w:val="19AA4B6A"/>
     <w:rsid w:val="1A3CAF97"/>
     <w:rsid w:val="1B389443"/>
     <w:rsid w:val="1BF794A5"/>
     <w:rsid w:val="1C462558"/>
     <w:rsid w:val="1CDD719E"/>
     <w:rsid w:val="1D3A50B3"/>
@@ -13486,50 +13486,51 @@
     <w:rsid w:val="1EAF310C"/>
     <w:rsid w:val="1EE2A303"/>
     <w:rsid w:val="1F09AE2D"/>
     <w:rsid w:val="1F56B4A1"/>
     <w:rsid w:val="1FB4985C"/>
     <w:rsid w:val="1FD23E6C"/>
     <w:rsid w:val="20151260"/>
     <w:rsid w:val="20388384"/>
     <w:rsid w:val="215F9933"/>
     <w:rsid w:val="21645363"/>
     <w:rsid w:val="22E35F4F"/>
     <w:rsid w:val="2321F26E"/>
     <w:rsid w:val="237E6C11"/>
     <w:rsid w:val="23EA3721"/>
     <w:rsid w:val="23F7370D"/>
     <w:rsid w:val="243C2B5B"/>
     <w:rsid w:val="248FBB5D"/>
     <w:rsid w:val="249C5527"/>
     <w:rsid w:val="24EE7E4A"/>
     <w:rsid w:val="24F6D7F2"/>
     <w:rsid w:val="2528C004"/>
     <w:rsid w:val="25EC9D8A"/>
     <w:rsid w:val="2623F50C"/>
     <w:rsid w:val="2669CE5D"/>
     <w:rsid w:val="269B1E28"/>
+    <w:rsid w:val="275C2742"/>
     <w:rsid w:val="277144E6"/>
     <w:rsid w:val="27F7F099"/>
     <w:rsid w:val="281F401B"/>
     <w:rsid w:val="282A2EE1"/>
     <w:rsid w:val="2894CC5C"/>
     <w:rsid w:val="29782645"/>
     <w:rsid w:val="299B8616"/>
     <w:rsid w:val="2ABC2180"/>
     <w:rsid w:val="2B53DEA1"/>
     <w:rsid w:val="2BD63D67"/>
     <w:rsid w:val="2C1C31AB"/>
     <w:rsid w:val="2D1D59C7"/>
     <w:rsid w:val="2D75E10E"/>
     <w:rsid w:val="2D7EC4F6"/>
     <w:rsid w:val="2D8DE471"/>
     <w:rsid w:val="2EAD6D44"/>
     <w:rsid w:val="2F1953C5"/>
     <w:rsid w:val="2F27E7C9"/>
     <w:rsid w:val="2F4CCA31"/>
     <w:rsid w:val="2F859185"/>
     <w:rsid w:val="2F998379"/>
     <w:rsid w:val="2FDC2352"/>
     <w:rsid w:val="3004A97A"/>
     <w:rsid w:val="30C4FBB8"/>
     <w:rsid w:val="3112E449"/>
@@ -13559,50 +13560,51 @@
     <w:rsid w:val="3ABFAD43"/>
     <w:rsid w:val="3AC6EE5A"/>
     <w:rsid w:val="3ACE913C"/>
     <w:rsid w:val="3AEC74B1"/>
     <w:rsid w:val="3B7D7B46"/>
     <w:rsid w:val="3B94FCA8"/>
     <w:rsid w:val="3BAD1D39"/>
     <w:rsid w:val="3BB56B13"/>
     <w:rsid w:val="3BB86E6B"/>
     <w:rsid w:val="3D45E551"/>
     <w:rsid w:val="3D6276AF"/>
     <w:rsid w:val="3D9FC251"/>
     <w:rsid w:val="3DC52A88"/>
     <w:rsid w:val="3DC83381"/>
     <w:rsid w:val="3E3F8EA5"/>
     <w:rsid w:val="3ECC83F2"/>
     <w:rsid w:val="3F37FB74"/>
     <w:rsid w:val="3F4AAF32"/>
     <w:rsid w:val="3F5C61FF"/>
     <w:rsid w:val="3FB3419B"/>
     <w:rsid w:val="3FEE2154"/>
     <w:rsid w:val="40D4580A"/>
     <w:rsid w:val="40D8922E"/>
     <w:rsid w:val="40EF2B00"/>
     <w:rsid w:val="415B8946"/>
+    <w:rsid w:val="4198158E"/>
     <w:rsid w:val="4224B8C7"/>
     <w:rsid w:val="424BDFEE"/>
     <w:rsid w:val="42BD59A4"/>
     <w:rsid w:val="43D1CD1B"/>
     <w:rsid w:val="43EA71AF"/>
     <w:rsid w:val="4459DE77"/>
     <w:rsid w:val="445D3849"/>
     <w:rsid w:val="4467FB62"/>
     <w:rsid w:val="45E4D007"/>
     <w:rsid w:val="461314E3"/>
     <w:rsid w:val="4642874D"/>
     <w:rsid w:val="469AB62D"/>
     <w:rsid w:val="4765F006"/>
     <w:rsid w:val="4766502D"/>
     <w:rsid w:val="4775862F"/>
     <w:rsid w:val="481D1306"/>
     <w:rsid w:val="489965A3"/>
     <w:rsid w:val="48D7B61A"/>
     <w:rsid w:val="48E5D3FF"/>
     <w:rsid w:val="4903A52A"/>
     <w:rsid w:val="491B4D93"/>
     <w:rsid w:val="493F7859"/>
     <w:rsid w:val="49B311F9"/>
     <w:rsid w:val="49BD9CDF"/>
     <w:rsid w:val="4A3A5887"/>
@@ -13619,50 +13621,51 @@
     <w:rsid w:val="4F742A20"/>
     <w:rsid w:val="4F750B0F"/>
     <w:rsid w:val="500AAEE0"/>
     <w:rsid w:val="501268E7"/>
     <w:rsid w:val="501870A3"/>
     <w:rsid w:val="502CC2F0"/>
     <w:rsid w:val="50F6E03F"/>
     <w:rsid w:val="5106625F"/>
     <w:rsid w:val="51C4DC5B"/>
     <w:rsid w:val="51CC502C"/>
     <w:rsid w:val="521EB46B"/>
     <w:rsid w:val="5241331F"/>
     <w:rsid w:val="52E6EFB9"/>
     <w:rsid w:val="53244D72"/>
     <w:rsid w:val="5333E9F4"/>
     <w:rsid w:val="534CBC5F"/>
     <w:rsid w:val="535F10E7"/>
     <w:rsid w:val="539578CC"/>
     <w:rsid w:val="53F37F70"/>
     <w:rsid w:val="541C3F0D"/>
     <w:rsid w:val="54222DA6"/>
     <w:rsid w:val="54A11C76"/>
     <w:rsid w:val="54CB2501"/>
     <w:rsid w:val="54D89742"/>
     <w:rsid w:val="55330C80"/>
+    <w:rsid w:val="55B47E93"/>
     <w:rsid w:val="55B83350"/>
     <w:rsid w:val="5697FB58"/>
     <w:rsid w:val="56B8E1AE"/>
     <w:rsid w:val="57C82F19"/>
     <w:rsid w:val="57CD8B8A"/>
     <w:rsid w:val="58DAA5D4"/>
     <w:rsid w:val="58EE4478"/>
     <w:rsid w:val="591ADAEE"/>
     <w:rsid w:val="5984AC7B"/>
     <w:rsid w:val="59BD6524"/>
     <w:rsid w:val="59DD3388"/>
     <w:rsid w:val="59F3CEBA"/>
     <w:rsid w:val="5A139258"/>
     <w:rsid w:val="5A3669CA"/>
     <w:rsid w:val="5A48BF7D"/>
     <w:rsid w:val="5AAF012D"/>
     <w:rsid w:val="5AFD7AA2"/>
     <w:rsid w:val="5B534D55"/>
     <w:rsid w:val="5BEE4D19"/>
     <w:rsid w:val="5CACF77B"/>
     <w:rsid w:val="5DC1C286"/>
     <w:rsid w:val="5E4F926B"/>
     <w:rsid w:val="5E62D19E"/>
     <w:rsid w:val="5F7FC00A"/>
     <w:rsid w:val="5F8DDD12"/>
@@ -13674,50 +13677,51 @@
     <w:rsid w:val="63126664"/>
     <w:rsid w:val="6357E7DC"/>
     <w:rsid w:val="641418C8"/>
     <w:rsid w:val="6418498A"/>
     <w:rsid w:val="642EB3DD"/>
     <w:rsid w:val="645D1279"/>
     <w:rsid w:val="64853FC3"/>
     <w:rsid w:val="64AAF8A7"/>
     <w:rsid w:val="64CDA24E"/>
     <w:rsid w:val="653B44B7"/>
     <w:rsid w:val="65C0B61E"/>
     <w:rsid w:val="65CB2E50"/>
     <w:rsid w:val="6614736C"/>
     <w:rsid w:val="6642468E"/>
     <w:rsid w:val="6778E274"/>
     <w:rsid w:val="67D51E7F"/>
     <w:rsid w:val="67E2FCBE"/>
     <w:rsid w:val="68174D28"/>
     <w:rsid w:val="68672EE0"/>
     <w:rsid w:val="690F777F"/>
     <w:rsid w:val="6A57B455"/>
     <w:rsid w:val="6AA51081"/>
     <w:rsid w:val="6B556D70"/>
     <w:rsid w:val="6C570D51"/>
     <w:rsid w:val="6D09B283"/>
+    <w:rsid w:val="6D201135"/>
     <w:rsid w:val="6D2E93B3"/>
     <w:rsid w:val="6D3A1ED8"/>
     <w:rsid w:val="6DA02325"/>
     <w:rsid w:val="6DE0719E"/>
     <w:rsid w:val="6DE69B44"/>
     <w:rsid w:val="6E792E5E"/>
     <w:rsid w:val="6E8310AD"/>
     <w:rsid w:val="6EAB256A"/>
     <w:rsid w:val="6EEBAD46"/>
     <w:rsid w:val="701A7D08"/>
     <w:rsid w:val="70798537"/>
     <w:rsid w:val="70CD8ED1"/>
     <w:rsid w:val="70D5A9DB"/>
     <w:rsid w:val="71AE9FC8"/>
     <w:rsid w:val="71CE5127"/>
     <w:rsid w:val="71FA5381"/>
     <w:rsid w:val="720F7667"/>
     <w:rsid w:val="7212AB9C"/>
     <w:rsid w:val="72F858CC"/>
     <w:rsid w:val="73091624"/>
     <w:rsid w:val="739858EE"/>
     <w:rsid w:val="74FD0408"/>
     <w:rsid w:val="753F8580"/>
     <w:rsid w:val="7657A4A7"/>
     <w:rsid w:val="765ECD97"/>
@@ -13762,146 +13766,146 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="620FAB79"/>
   <w15:docId w15:val="{109BC4DC-D6F9-47D4-B08C-24B479F6F140}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14042,52 +14046,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14154,479 +14158,479 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="0" w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000A0BC7"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="H&amp;P List Paragraph,2,Strip,Normal bullet 2,Bullet list,List Paragraph1,Saraksta rindkopa1,Colorful List - Accent 12,List1,Akapit z listą BS,Colorful List - Accent 11,Numbered Para 1,Dot pt,List Paragraph Char Char Char,List Paragraph11"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B168E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+  <w:style w:type="character" w:styleId="ListParagraphChar" w:customStyle="1">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="H&amp;P List Paragraph Char,2 Char,Strip Char,Normal bullet 2 Char,Bullet list Char,List Paragraph1 Char,Saraksta rindkopa1 Char,Colorful List - Accent 12 Char,List1 Char,Akapit z listą BS Char,Colorful List - Accent 11 Char,Dot pt Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="007D065F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv2131">
+  <w:style w:type="paragraph" w:styleId="tv2131" w:customStyle="1">
     <w:name w:val="tv2131"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C39A4"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="300"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="414142"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00806E02"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
     <w:name w:val="Default"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="c14">
+  <w:style w:type="character" w:styleId="c14" w:customStyle="1">
     <w:name w:val="c14"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0063568F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="naisf">
+  <w:style w:type="paragraph" w:styleId="naisf" w:customStyle="1">
     <w:name w:val="naisf"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText2Char"/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+  <w:style w:type="character" w:styleId="BodyText2Char" w:customStyle="1">
     <w:name w:val="Body Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText2"/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote Char,Fußnote Char Char,Fußnote Char Char Char Char Char Char,Fußnote,-E Fußnotentext,footnote text,Fußnotentext Ursprung,single space,FOOTNOTES,fn,Footnote Text Char2 Char,Footnote Text Char Char1 Char,Schriftart: 9 pt,f,F"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:aliases w:val="Footnote Char,Fußnote Char Char1,Fußnote Char Char Char,Fußnote Char Char Char Char Char Char Char,Fußnote Char1,-E Fußnotentext Char,footnote text Char,Fußnotentext Ursprung Char,single space Char,FOOTNOTES Char,fn Char,f Char,F Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote Reference Number,Footnote symbol,Footnote Refernece,Footnote Reference Superscript,ftref,Odwołanie przypisu,BVI fnr,Footnotes refss,SUPERS,Ref,de nota al pie,-E Fußnotenzeichen,Footnote reference number,Times 10 Point,E,E FNZ"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CharCharCharChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0093766F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A1D0A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+  <w:style w:type="paragraph" w:styleId="Style1" w:customStyle="1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:link w:val="Style1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F25516"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
+  <w:style w:type="paragraph" w:styleId="Style2" w:customStyle="1">
     <w:name w:val="Style2"/>
     <w:next w:val="BodyText2"/>
     <w:link w:val="Style2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C53012"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
+  <w:style w:type="character" w:styleId="Style1Char" w:customStyle="1">
     <w:name w:val="Style1 Char"/>
     <w:basedOn w:val="ListParagraphChar"/>
     <w:link w:val="Style1"/>
     <w:rsid w:val="005C34DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
+  <w:style w:type="paragraph" w:styleId="Style3" w:customStyle="1">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Style1"/>
     <w:link w:val="Style3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5EE9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
+  <w:style w:type="character" w:styleId="Style2Char" w:customStyle="1">
     <w:name w:val="Style2 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style2"/>
     <w:rsid w:val="00C53012"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style3Char">
+  <w:style w:type="character" w:styleId="Style3Char" w:customStyle="1">
     <w:name w:val="Style3 Char"/>
     <w:basedOn w:val="Style1Char"/>
     <w:link w:val="Style3"/>
     <w:rsid w:val="00BD5EE9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00786059"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
@@ -14655,198 +14659,198 @@
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C603FD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00101F04"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharChar">
+  <w:style w:type="paragraph" w:styleId="CharCharCharChar" w:customStyle="1">
     <w:name w:val="Char Char Char Char"/>
     <w:aliases w:val="Char2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="FootnoteReference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB4B0B"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind w:firstLine="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+  <w:style w:type="character" w:styleId="BodyTextIndentChar" w:customStyle="1">
     <w:name w:val="Body Text Indent Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC022F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00BC022F"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="00BC022F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA376D"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00614668"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+  <w:style w:type="character" w:styleId="ui-provider" w:customStyle="1">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F17FB7"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headinggg1">
+  <w:style w:type="paragraph" w:styleId="Headinggg1" w:customStyle="1">
     <w:name w:val="Headinggg1"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:before="360" w:after="240"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
+  <w:style w:type="paragraph" w:styleId="Style4" w:customStyle="1">
     <w:name w:val="Style4"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00835AA1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A76ED0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A76ED0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1710855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="17706452">
       <w:bodyDiv w:val="1"/>
@@ -16484,52 +16488,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111196522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/10127" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikus.Spalvins@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/index.php/2021.-2027.gada_pl%C4%81no%C5%A1anas_periods" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/10127" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fm.gov.lv/lv/makroekonomiskie-pienemumi-un-prognozes?utm_source=https%3A%2F%2Fwww.google.com%2F" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mikus.Spalvins@cfla.gov.lv" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.microsoft.com/office/2019/05/relationships/documenttasks" Target="documenttasks/documenttasks1.xml" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@cfla.gov.lv" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://projekti.cfla.gov.lv/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elrg.cfla.gov.lv/index.php/2021.-2027.gada_pl%C4%81no%C5%A1anas_periods" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/6-1-1-1-k-3" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A32014R0651" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vis@cfla.gov.lv" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv/par-e-vidi" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esfondi.lv" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas%20attiecinamo-izmaksu-noteiksanai-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gada-planosanas-perioda" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/361628-eiropas-savienibas-kohezijas-politikas-programmas-2021-2027-gadam-6-1-1-specifiska-atbalsta-merka-parejas-uz-klimatneitralitati" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/documenttasks/documenttasks1.xml><?xml version="1.0" encoding="utf-8"?>
 <t:Tasks xmlns:t="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <t:Task id="{24A09C63-7F8E-438B-824D-2B51756C3EBE}">
     <t:Anchor>
       <t:Comment id="1922551310"/>
     </t:Anchor>
     <t:History>
       <t:Event id="{2354E523-FD43-4348-85E8-DFC8775D2DB5}" time="2025-12-02T10:19:26.71Z">
         <t:Attribution userId="S::mikus.spalvins@cfla.gov.lv::10fea813-f093-4c5d-b7e8-e8940875d4ff" userProvider="AD" userName="Mikus Spalviņš"/>
         <t:Anchor>
           <t:Comment id="60229010"/>
         </t:Anchor>
         <t:Create/>
       </t:Event>
       <t:Event id="{3528556E-B336-4B34-AE9F-77D293877054}" time="2025-12-02T10:19:26.71Z">
         <t:Attribution userId="S::mikus.spalvins@cfla.gov.lv::10fea813-f093-4c5d-b7e8-e8940875d4ff" userProvider="AD" userName="Mikus Spalviņš"/>
         <t:Anchor>
           <t:Comment id="60229010"/>
         </t:Anchor>
@@ -16827,52 +16830,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="577fd68e924bce6afd137616fea3f61a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa8ffa63de612d33f1fb2d0d4a53db59" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -16882,147 +16885,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17068,164 +17071,148 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
     <SharedWithUsers xmlns="42144e59-5907-413f-b624-803f3a022d9b">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF1ED7FA-6B40-4C2D-8082-806D7CA9E303}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0406C41-D5D9-414E-A548-6951D4672993}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{692F3876-2DB8-43A2-8015-249A56E5785B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6768D83E-66AF-472A-999C-72C07D7E136C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07950C3E-A3E9-4269-9555-A3B110AC29B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>CFLA</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilze Kvartenoka</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Base Target">
     <vt:lpwstr>30.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
     <vt:lpwstr>lv</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Order">
     <vt:r8>666100</vt:r8>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>