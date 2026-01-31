--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,57417 +1,6213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2427"/>
         <w:gridCol w:w="4722"/>
         <w:gridCol w:w="2427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93565" w:rsidTr="007B907B" w14:paraId="0DCCCFC3" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="3C370A49" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00727602" w14:paraId="1C4F5964" w14:textId="309718A8">
+          <w:p w14:paraId="79ED13BF" w14:textId="26CA1757" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="center"/>
-[...138 lines deleted...]
-              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3905" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="2EAC9036" w14:textId="77777777">
+          <w:p w14:paraId="171B8684" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRPr="005A6076" w:rsidRDefault="005A6076">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Līgums</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>par Eiropas Savienības fonda projekta īstenošanu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="160440CF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00637DEB" w14:paraId="2108A2A7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2007" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26925821" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3905" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574BBA03" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="2D252BCE" w14:textId="77777777">
+          <w:p w14:paraId="0F2BDEA2" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="6B35C855" w14:textId="77777777">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="6354A42D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="4788"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93565" w14:paraId="7C02D23A" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="72DB13B6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="0953604A" w14:textId="77777777">
+          <w:p w14:paraId="412B4570" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Rīgā</w:t>
-[...3 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>Rīgā,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="5EA1B0A7" w14:textId="77777777">
+          <w:p w14:paraId="3413B387" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Datums </w:t>
+              <w:t>Datums skatāms laika zīmogā</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="1347F9ED" w14:textId="77777777">
+    <w:p w14:paraId="59902CDE" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...130 lines deleted...]
-        <w:t xml:space="preserve">” </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Centrālā finanšu un līgumu aģentūra (turpmāk – Sadarbības iestāde), Smilšu iela 1, Rīga, LV-1919, reģistrācijas Nr. 90000812928, kuras vārdā saskaņā ar Ministru kabineta 2012. gada 6. novembra noteikumiem Nr. 745 “Centrālās finanšu un līgumu aģentūras nolikums” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@cfla_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> un </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> un Eiropas Savienības fondu 2021.—2027. gada plānošanas perioda vadības likumu (turpmāk – likums) rīkojas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@cfla_paraksttiesigas_amatpersonas_vards_uzvards_</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="4B4BC081" w14:textId="77777777">
+        <w:t>@cfla_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> , no vienas puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B163551" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@finansejuma_sanemeja_nosaukums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">), </w:t>
+        <w:t xml:space="preserve"> (turpmāk – Finansējuma saņēmējs), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@finansejuma_sanemeja_</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Nr. </w:t>
+        <w:t>@finansejuma_sanemeja_adrese</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> , reģistrācijas Nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@fs_registracijas_vai_nodklu_maksataja_nr</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, kura vārdā saskaņā ar </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@fs_paraksttiesigas_amatpersonas_ricibas_pamatojums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> rīkojas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@fs_paraksttiesigas_amatpersonas_vards_uzvards_amats</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...114 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="3424F2AD" w14:textId="77777777">
+        <w:t xml:space="preserve"> uz likuma pamata kā Eiropas Savienības (turpmāk — ES) Taisnīgas pārkārtošanās fonda finansējuma saņēmējs, no otras puses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0810C8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="087E9A36" w14:textId="77777777">
+      </w:pPr>
+      <w:r>
+        <w:t>kopā - Puses, katrs atsevišķi - Puse,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4678B6E0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...367 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 1.07.2025 noteikumiem Nr. 407 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa “Pārejas uz klimatneitralitāti radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos” 6.1.1.1. pasākuma “Atteikšanās no kūdras izmantošanas enerģētikā” trešās projektu iesniegumu atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> vadību un Sadarbības iestādes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@lemuma_datums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Nr. </w:t>
+        <w:t xml:space="preserve"> lēmumu Nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@lemuma_nr</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> par </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> par projekta iesnieguma ” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@projekta_iesnieguma_</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="7BEEC867" w14:textId="77777777">
+        <w:t>@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ” (turpmāk — Projekts) apstiprināšanu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200C90B6" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...367 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>pamatojoties uz Ministru kabineta (turpmāk — MK) 1.07.2025 noteikumiem Nr. 407 Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam 6.1.1. specifiskā atbalsta mērķa “Pārejas uz klimatneitralitāti radīto ekonomisko, sociālo un vides seku mazināšana visvairāk skartajos reģionos” 6.1.1.1. pasākuma “Atteikšanās no kūdras izmantošanas enerģētikā” trešās projektu iesniegumu atlases kārtas īstenošanas noteikumi (turpmāk — SAM MK noteikumi), ES un Latvijas Republikas normatīvajiem aktiem par ES fondu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> vadību un Sadarbības iestādes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@lemuma_datums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Nr. </w:t>
+        <w:t xml:space="preserve"> lēmumu Nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>@lemuma_nr</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> par </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> par projekta iesnieguma ” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@projekta_iesnieguma_</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> un </w:t>
+        <w:t>@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ” (turpmāk — Projekts) apstiprināšanu ar nosacījumu un </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@sadarbibas_iestades_lemuma_datums</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Nr. </w:t>
+        <w:t xml:space="preserve"> atzinumu Nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@sadarbibas_iestades_lemuma_nr</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> par </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="128B1FDE" w14:textId="77777777">
+        <w:t xml:space="preserve"> par lēmumā ietverto nosacījumu izpildi,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1847B9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...106 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7E523247" w14:textId="77777777">
+      </w:pPr>
+      <w:r>
+        <w:t>vienojas par Projekta īstenošanas, finansējuma piešķiršanas un uzraudzības kārtību, un noslēdz šo Līgumu par projekta īstenošanu (turpmāk - Līgums), paredzot, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47844120" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...105 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta darbību īstenošana tiek uzsākta Līguma spēkā stāšanās dienā. Projekta darbības īsteno līdz </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@projekta_beigu_</w:t>
-[...6 lines deleted...]
-        <w:t>datums</w:t>
+        <w:t>@projekta_beigu_datums</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="325FDB8F" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="37C335F4" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2276C9E7" w14:textId="77777777">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta izdevumi ir attiecināmi no 01.04.2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F99680" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta kopējie attiecināmie izdevumi: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@kopejie_attiecinamie_izdevumi_eur</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> EUR </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> EUR ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...6 lines deleted...]
-        <w:t>ProjektaKopejieAttiecinamieIzdevumiVardiem</w:t>
+        <w:t>@ProjektaKopejieAttiecinamieIzdevumiVardiem</w:t>
       </w:r>
       <w:r>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="422C6B4D" w14:textId="77777777">
+    <w:p w14:paraId="400F8391" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> summa: </w:t>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Atbalsta summa: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@atbalsta_summa_procentos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> % no </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@atbalsta_summa_eur</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> EUR </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> EUR ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...31 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3D1D2E48" w14:textId="77777777">
+        <w:t>@atbalsta_summa_summa_vardiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ), no tās:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E372E10" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:numId w:val="47"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Taisnīgas pārkārtošanās fonda finansējums: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@fonda_finansejums_procentos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> % no </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@fonda_finansejums_neparsniedz_eur</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> EUR </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> EUR ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>@fonda_finansejums_neparsniedz_summa_vardiem</w:t>
+      </w:r>
       <w:r>
         <w:t>);</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="23855AAC" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="15EEF43B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="3"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:numId w:val="47"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">valsts budžeta finansējums: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@budzeta_finansejuma_veids_procentos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> % no </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, nepārsniedzot </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@budzeta_finansejuma_veids_eur</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> EUR </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> EUR ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>@budzeta_finansejuma_veids_summa_vardiem</w:t>
+      </w:r>
       <w:r>
         <w:t>);</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4DF43C25" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="0B1C3BCD" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:numId w:val="46"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">privātais attiecināmais finansējums: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@privatais_finansejums_procentos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> % no </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> % no attiecināmajiem izdevumiem, ne mazāk kā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
         <w:t>@privatais_finansejums_eur</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> EUR </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">( </w:t>
+        <w:t xml:space="preserve"> EUR ( </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>@</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>@privatais_finansejums_summa_vardiem</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552EDC12" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekts tiek īstenots saskaņā ar Līguma un tā pielikumu noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BD8C03" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs Līguma 1. pielikuma “Līguma vispārīgie noteikumi” 8 . sadaļā noteiktajā kārtībā var saņemt avansa maksājumu līdz 90 % no Taisnīgas pārkārtošanās fonda un valsts budžeta finansējuma kopsummas .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB11106" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Puses, parakstot Līgumu, apliecina, ka nav apstākļu, kas aizliegtu Pusēm noslēgt šo Līgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E70D64" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgums sagatavots ar šādiem pielikumiem, kas ir Līguma neatņemama sastāvdaļa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F989A0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma 1.pielikums: Līguma vispārīgie noteikumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68217FDC" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma 2.pielikums: Projekta iesniegums ” </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightme"/>
         </w:rPr>
-        <w:t>privatais_finansejums_summa_vardiem</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2DB4321B" w14:textId="77777777">
+        <w:t>@projekta_iesnieguma_nosaukums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ” un tā pielikumi (ja attiecināms).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683318B9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="74F30767" w14:textId="77777777">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Puses vienojas, ka Projekta iesnieguma pielikumi ir Līguma neatņemama sastāvdaļa un to oriģināleksemplārus, ko iesniedzis Finansējuma saņēmējs Kohēzijas politikas fondu vadības informācijas sistēmā (turpmāk – Projektu portāls (KPVIS)), uzglabā </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sadarbības iestāde. Finansējuma saņēmējs nodrošina aktuālo Projekta iesnieguma pielikumu iesniegšanu Sadarbības iestādei pēc tās pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B487070" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...182 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2A6FF334" w14:textId="77777777">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Vienošanās, kas starp Pusēm noslēgtas pēc šī Līguma spēkā stāšanās dienas, pievienojamas šim Līgumam un kļūst par tā neatņemamu sastāvdaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750E3C7F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...860 lines deleted...]
-        <w:r w:rsidR="00F93565">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgumā noteikto pienākumu izpildei Finansējuma saņēmējs izmanto Projektu portālā (KPVIS), Sadarbības iestādes tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">pieejamos </w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="22E6EE10" w14:textId="77777777">
+        <w:t>pieejamos metodiskos materiālus un veidlapu aktuālās versijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E33BCBD" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...180 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1047AC70" w14:textId="77777777">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumentiem, kas iesniegti izmantojot Projektu portālu (KPVIS), ir juridiskais spēks, neatkarīgi no tā, vai tie satur rekvizītu “paraksts”. Par saistošiem atzīstami Pušu paziņojumi, kas nosūtīti izmantojot Projektu portālu (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DC6803" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...172 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="28AF0940" w14:textId="77777777">
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgums sagatavots un parakstīts ar drošu elektronisko parakstu. Līgums stājas spēkā, kad to parakstījusi pēdējā no Pusēm, un ir spēkā līdz Pušu saistību pilnīgai izpildei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8F349F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+          <w:numId w:val="45"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pušu paraksti:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="4788"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93565" w14:paraId="460E52A7" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="57951A05" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="5E029771" w14:textId="77777777">
+          <w:p w14:paraId="13E2A96E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Sadarbības</w:t>
-[...40 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Sadarbības iestādes vārdā:</w:t>
             </w:r>
             <w:r>
               <w:t>*</w:t>
-            </w:r>
-[...90 lines deleted...]
-              <w:t>_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="5736228E" w14:textId="77777777">
+          <w:p w14:paraId="798AA97D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Finansējuma saņēmēja vārdā:</w:t>
+            </w:r>
+            <w:r>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00637DEB" w14:paraId="17035EB7" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E14042A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
               </w:rPr>
-              <w:t>@fs</w:t>
+              <w:t>@cfla_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3960" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F08AA3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+            <w:pPr>
+              <w:pStyle w:val="Compact"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
               </w:rPr>
-              <w:t>_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
+              <w:t>@fs_paraksttiesigas_amatpersonas_paraksta_atsifrejums_amats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="57D58151" w14:textId="77777777">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="7755619A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9576"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93565" w14:paraId="01F68D95" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="6AB7FCF7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="34CEF0BF" w14:textId="77777777">
+          <w:p w14:paraId="218E49F5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>DOKUMENTS PARAKSTĪTS ELEKTRONISKI AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="6AA23776" w14:textId="77777777">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="2F707C14" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4751"/>
         <w:gridCol w:w="4825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F93565" w14:paraId="22A6D657" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="1FD0BD8A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3929" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="6C369BC2" w14:textId="77777777">
+          <w:p w14:paraId="0954D7C5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="060255EB" w14:textId="77777777">
+          <w:p w14:paraId="16E66581" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Līguma</w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> Nr. </w:t>
+              <w:t xml:space="preserve">Līguma par Eiropas Savienības fonda projekta īstenošanu Nr. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="highlightme"/>
               </w:rPr>
               <w:t>@nr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93565" w14:paraId="50479B4D" w14:textId="77777777">
+      <w:tr w:rsidR="00637DEB" w14:paraId="15735DA8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3929" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="75798365" w14:textId="77777777">
+          <w:p w14:paraId="26040909" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="51B2B7F2" w14:textId="77777777">
+          <w:p w14:paraId="03DB7710" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
             <w:pPr>
               <w:pStyle w:val="Compact"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">1. </w:t>
+              <w:t>1. pielikums</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00F93565" w14:paraId="661DB163" w14:textId="77777777">
+    <w:p w14:paraId="05DCBC65" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="00637DEB" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidP="00AE60AB" w:rsidRDefault="00000000" w14:paraId="1C2B09B2" w14:textId="77777777">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00341150" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3A1FA644" w14:textId="77777777">
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="līguma-vispārīgie-noteikumi"/>
+      <w:r>
+        <w:t>Līguma vispārīgie noteikumi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6888DA64" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="termini" w:id="1"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="termini"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Termini</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6B3A45CF" w14:textId="77777777">
+    <w:p w14:paraId="652F0E3C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Atbalsta</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Atbalsta summa</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — daļa no Attiecināmajiem izdevumiem , ko Sadarbības iestāde, pamatojoties uz Līguma nosacījumiem izmaksā Finansējuma saņēmējam gadījumā, ja Projekts īstenots atbilstoši Līguma nosacījumiem un ES un Latvijas Republikas normatīvo aktu (turpmāk — normatīvie akti) prasībām. Finansējuma saņēmējs var pretendēt uz Atbalsta summu par izdevumiem, kas radušies Projekta darbību īstenošanas laikā un par kuriem Finansējuma saņēmējs veicis maksājumus ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Projekta darbību īsten</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ošanas laika beigu datuma un ne vēlāk kā 31.12.2029 .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59420F34" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> summa</w:t>
-[...479 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3594FE80" w14:textId="77777777">
+        <w:t>Attiecināmie izdevumi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā attiecināmās izmaksas atbilstoši SAM MK noteikumiem un, kuras ir uzskaitītas Finansējuma saņēmēja grāmatvedībā, ir identificējamas un pierādāmas, un ir pamatotas ar maksājumu un darījumu apliecinošajiem dokumentiem vai rezultātu pamatojošajiem dokumentiem, piemērojot vienkāršotās izmaksas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564E1DF3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Dubultā finansēšana</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — gadījumi, kad Finansējuma saņēmējs Attiecināmajos izdevumos ir iekļāvis izdevumus, kas vienlaikus tikuši, tiek finansēti vai kurus plānots finansēt no citiem ES, finanšu instrumentu, valsts vai pašvaldības līdzekļiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDFC7E0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Finanšu korekcija</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — Attiecināmo izdevumu proporcionāls samazinājums, kas tiek piemērots par konstatēto normatīvo aktu vai Līguma pārkāpumu Projekta īstenošanas vai Projekta pēcuzraudzības perioda ietvaros. Ja neatbilstoši veikto izdevumu summu nav iespējams noteikt vai arī gadījumos, kad neattiecināt visus neatbilstoši veiktos izdevumus būtu nesamērīgi, finanšu korekcijas tiek piemērotas atbilstoši Vadošās iestādes vadlīnijām</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D03929F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>izdevumi</w:t>
-[...270 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2FF44859" w14:textId="77777777">
+        <w:t>Interešu konflikts</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — situācija, kurā personai, kas saistīta ar Projekta īstenošanu, amata pienākumu neatkarīgu un objektīvu izpildi vai uzdevumu veikšanu Projekta īstenošanas ietvaros negatīvi ietekmē iemesli, kas ir saistīti ar ģimeni, emocionālajām saitēm, politisko vai nacionālo piederību, ekonomiskajām vai kādām citām tiešām vai netiešām personīgajām interesēm, kas attiecīgajai personai ir kopējas ar sadarbības partneri, galasaņēmēju, radiniekiem vai darījumu partneriem - atbilstoši Regulā 2024/2509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:t>, likumā “Par interešu konflikta novēršanu valsts amatpersonu darbībā” un citos normatīvajos aktos par interešu konflikta novēršanu noteiktajam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1CCB14" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Dubultā</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Izdevumus pamatojošie dokumenti</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — attaisnojuma dokumenti (rēķini, faktūrrēķini, pavadzīmes, čeki, kvītis, avansa norēķini u. c.) un visi pārējie dokumenti (protokoli, līgumi, rīkojumi, pieņemšanas-nodošanas akti, darba laika uzskaites tabulas u. c.), kas pamato Projekta ietvaros veiktos izdevumus atbilstoši Vadošās iestādes vadlīnijām</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A7BEFF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Maksājuma pieprasījums</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — atbilstoši Līgumā noteiktajai kārtībai un izmantojot Projektu portālu (KPVIS), Sadarbības iestādē iesniegts dokumentu kopums par projekta izdevumiem un īstenošanas progresu, noslēgtajiem līgumiem, sasniegtajiem rezultātiem un rādītājiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3256F283" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>finansēšana</w:t>
-[...177 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Neatbilstoši veiktie izdevumi</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — izdevumi, ko Finansējuma saņēmējs Projektā norādījis kā Attiecināmos izdevumus, bet kas nav iekļaujami Atbalsta summā, pamatojoties uz Sadarbības iestādes pieņemto lēmumu, ar kuru konstatēta neatbilstība normatīvo aktu izpratnē</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="49883BA0" w14:textId="77777777">
+    <w:p w14:paraId="4CA25611" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Finanšu </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pēcuzraudzības periods</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>— 5 (piecu) gadu periods, kas sākas pēc noslēguma maksājuma veikšanas Finansējuma saņēmējam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACCB926" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>korekcija</w:t>
-[...356 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0A6432EF" w14:textId="77777777">
+        <w:t>Plānoto maksājuma pieprasījumu iesniegšanas grafiks</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — dokuments, kurā tiek noteikti plānotie Projekta maksājuma pieprasījumu apmēri un iesniegšanas termiņi un ko Finansējuma saņēmējs sagatavo un iesniedz Sadarbības iestādē izmantojot Projektu portālu (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE79AA7" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Interešu</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Projekta dzīves cikls</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — infrastruktūras, kurā Projekta ietvaros veiktas investīcijas, lietderīgais izmantošanas laiks, ko Finansējuma saņēmējs nosaka atbilstoši SAM MK noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5224ED2E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Projekta pēcuzraudzības pārskats</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — atbilstoši Līgumā noteiktajai kārtībai un formai pēc Projekta darbību īstenošanas laika beigu termiņa (pēc noslēguma maksājuma veikšanas) sagatavots un, izmantojot Projektu portālu (KPVIS), Sadarbības iestādē iesniegts pārskats par Projekta un tā rezultātu atbilstību Līguma noteikumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DABE8EE" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>konflikts</w:t>
+        <w:t>Rezultātu pamatojošie dokumenti, piemērojot vienkāršotās izmaksas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> — projektā īstenotās darbības un sasniegtos rezultātus apliecinošie dokumenti, kas saskaņā ar SAM MK noteikumiem un atbilstošajam vienkāršoto izmaksu veidam noteikti Vadošās iestādes “Vadlīnijas attiecināmo izmaksu noteikšanai Eiropas Savienības kohēzijas politikas programmas 2021. – 2027. gada plānošanas periodā” un “Vadlīnijas par vienkāršoto izmaksu izmantošanas iespējām un to piemērošana Eiropas Savienības kohēzijas politikas programmas 2021. – 2027. gadam ietvaros”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7713EFE3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="Xe220dd445714c1d321d8f70301c1399372d5869"/>
+      <w:r>
+        <w:t>Finansējuma saņēmēja vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="52E6DA5D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējam ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D540835" w14:textId="130706C8" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nodrošināt, ka projektā vai projekta daļā, kurā netiek sniegts komercdarbības atbalsts, bet kurā tiek īstenoti valsts deleģētie pārvaldes uzdevumi, </w:t>
+      </w:r>
+      <w:del w:id="3" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>plānotie ieņēmumi</w:delText>
+        </w:r>
+      </w:del>
+      <w:proofErr w:type="spellStart"/>
+      <w:ins w:id="4" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>ieņēmumi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pēc</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>infrastruktūras</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pieņemšanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ekspluatācijā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> (</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pēc</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ekosistēmu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>infrastruktūras</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pieņemšanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ekspluatācijā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t>)</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve"> ik gadu projekta dzīves ciklā nepārsniedz 50 procentus no infrastruktūras un atjaunoto teritoriju uzturēšanas izdevumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCBE513" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:rPr>
+          <w:ins w:id="5" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:ins w:id="6" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>nodrošināt</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, ka </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projektā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>vai</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>daļā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kurā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>netiek</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>sniegts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>komercdarbības</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>atbalsts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, bet </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kurā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>tiek</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenoti</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>valsts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>deleģētie</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pārvaldes</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>uzdevumi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenošanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>rezultātā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>gūtie</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>neto</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieņēmumi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>tiek</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>norādīti</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>izmaksu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieguvumu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:t>analīzē</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t>;</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+      </w:ins>
+    </w:p>
+    <w:p w14:paraId="781FBB47" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>iesniegt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> — </w:t>
+        <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>situācija</w:t>
+        <w:t>ievadīt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>kurā</w:t>
+        <w:t>informāciju</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2458 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> par Projekta īstenošanu Projektu portālā (KPVIS) atbilstoši šim Līgumam, normatīvajiem aktiem, kā arī lietotāja līgumam par KPVIS </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>un to</w:t>
+        <w:t>izmantošanu;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...159 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="738E560B" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="74608787" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...252 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3687D30A" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>3 (trīs) darbdienu laikā pēc izmaiņu veikšanas iesniegt Sadarbības iestādei informāciju par personām, kuras ir tiesīgas Finansējuma saņēmēja vārdā iesniegt un apstiprināt Projektu portālā (KPVIS) visus ar Projektu saistītos dokumentus (tai skaitā, maksājuma pieprasījumus), ja mainījusies iepriekš Sadarbības iestādei sniegtā informācija. Ja minētās personas darbojas uz Finansējuma saņēmēja izsniegtas pilnvaras pamata – iesniegt pilnvaru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363C463F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...142 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="13B807F8" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma darbības laikā Projektu portālā (KPVIS) paziņot Sadarbības iestādei izmaiņas Finansējuma saņēmēja pamatdatos (kontaktinformācija, adrese, pilnvarotā persona (ja attiecināms)) 3 (trīs) darbdienu laikā pēc to maiņas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415FB0A2" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...369 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="161666B3" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta īstenošanā nodrošināt visu normatīvajos aktos, Vadošās iestādes, Atbildīgās iestādes, Sadarbības iestādes un citu institūciju vadlīnijās un metodikās, kā arī Līgumā paredzēto nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F081736" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...174 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="746E9DF1" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt, lai Atbalsta summa tiktu izlietota saskaņā ar pareizas finanšu pārvaldības principu, ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446F3CB9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...182 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="52AE1A3D" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt, lai Projekta Attiecināmie izdevumi būtu tieši saistīti ar Projekta mērķu sasniegšanu un atbilstoši projekta īstenošanai piešķirtā finansējuma izlietošanas nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A795155" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...118 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7C318161" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt Projektā paredzēto mērķu, Projekta darbību rezultātu un rādītāju un, ja Projekts to paredz, horizontālo principu rādītāju sasniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3218B3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...150 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="123D63AC" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pēc Sadarbības iestādes vai Atbildīgās iestādes pieprasījuma iesniegt informāciju par rādītājiem, kas nav iekļauti maksājuma pieprasījumā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEA5760" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...329 lines deleted...]
-        <w:t>,</w:t>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt komunikācijas un vizuālās identitātes pasākumus saskaņā ar Projektā plānoto un normatīvajos aktos,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> un </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> un vadošās iestādes vadlīnijās </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> noteiktajām prasībām, tai skaitā, Finansējuma saņēmēja oficiālajā tīmekļa vietnē (ja tāda ir) un sociālo mediju vietnēs (ja tādas ir) publicēt īsu un samērīgu aprakstu par Projektu, tā mērķiem un rezultātiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1827019A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>īstenojot Projektu, visos ar Projekta īstenošanu saistītajos dokumentos norādīt Projekta identifikācijas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B753103" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>veikt pievienotās vērtības nodokļa uzskaiti atbilstoši Latvijas Republikas normatīvo aktu prasībām un neatgūt pievienotās vērtības nodokli, ja to saņem kā Atbalsta summu Projekta ietvaros, nodrošināt pievienotās vērtības nodokļa nodalītu uzskaiti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E5FF2E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nepieļaut Interešu konflikta, korupcijas, krāpšanas un dubultā finansējuma situācijas iestāšanos un nekavējoties informēt Sadarbības iestādi par apstākļiem, kas rada vai kuru rezultātā varētu rasties kāda no minētajām situācijām. Nekavējoties informēt Sadarbības iestādi, ja Finansējuma saņēmējam ir zināma informācija vai aizdomas par iespējamu krāpšanu projektā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177B5F4E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nekavējoties, bet ne vēlāk kā 5 (piecu) darbdienu laikā no dienas, kad Finansējuma saņēmējs par to uzzinājis, rakstiski informēt Sadarbības iestādi par jebkuriem apstākļiem, kas varētu mainīt Projekta īstenošanas atbilstību Līguma nosacījumiem, kā arī gadījumiem, ja kāds no Projektā dotajiem apliecinājumiem var kļūt vai kļūst nepatiess, neprecīzs, nepilnīgs vai maldinošs, vai par jebkādiem citiem būtiskiem notikumiem un apstākļiem, kas negatīvi ietekmē vai apdraud, vai kas pamatoti uzskatāmi par tādiem, kas</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> varētu negatīvi ietekmēt vai apdraudēt Līguma izpildi, tai skaitā par Projekta īstenošanā konstatētajiem riskiem, kas var ietekmēt projektā plānoto finanšu plūsmu, Projekta īstenošanas laika grafiku un rādītāju sasniegšanu noteiktajos termiņos . Finansējuma saņēmējam ir pienākums rakstiski informēt Sadarbības iestādi par jebkādiem darījumiem ar Finansējuma saņēmēja kapitāla daļām, akcijām vai īpašumu, kas iegādāts vai radīts, izmantojot atbalsta līdzekļus, vai īpašumu, kas citādi guvis labumu no atbalsta, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(ieskaitot, bet neaprobežojoties ar to atsavināšanu vai ieķīlāšanu) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7303F3C5" w14:textId="5EB0ADBD" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta īstenošanas laikā un Sadarbības iestādes paziņotajā dokumentu glabāšanas termiņā un attiecībā uz komercdarbības atbalstu desmit gadus no dienas, kad Finansējuma saņēmējam ir piešķirts atbalsts nodrošināt visu ar Projekta īstenošanu un komercdarbības atbalstu saistīto dokumentu glabāšanu, tai skaitā, Projekta iesnieguma, jebkuru ar Projektu saistīto sarakstes dokumentu, iepirkuma dokumentācijas, Projektā noslēgto līgumu, veikto darbu, piegāžu un sniegto pakalpojumu apliecinošu dokumentu, veikto maks</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ājumu apliecinošo dokumentu oriģinālu vai to atvasinājumu ar juridisku spēku </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>glabāšanu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>noteiktajām</w:t>
+        <w:t>atbilstoši</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> Regulas 2021/1060</w:t>
+      </w:r>
+      <w:del w:id="7" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteReference w:id="8"/>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve"> 82. pantam. Pēc noslēguma maksājuma pieprasījuma pārbaudes Sadarbības iestāde vēstulē par apstiprinātiem Attiecināmajiem izdevumiem paziņo Finansējuma saņēmējam par </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dokumentu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>prasībām</w:t>
+        <w:t>glabāšanas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, tai </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>skaitā</w:t>
+        <w:t>termiņu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:del w:id="9" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteReference w:id="9"/>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk203728503"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2014. gada 17. jūnija Regula (ES) Nr. 651/2014</w:t>
+      </w:r>
+      <w:del w:id="12" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r w:rsidR="00727602">
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteReference w:id="10"/>
+        </w:r>
+      </w:del>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Finansējuma</w:t>
+        <w:t>ar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> ko </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>noteiktas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79ABD4DC" w14:textId="76045802" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sadarbības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>saņēmēja</w:t>
+        <w:t>iestāde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...148 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4710C016" w14:textId="77777777">
+        <w:t xml:space="preserve"> 2.1.</w:t>
+      </w:r>
+      <w:del w:id="14" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>14</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="15" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>16</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā minēto dokumentu glabāšanas termiņu var pārtraukt un proporcionāli pagarināt par laikposmu, kurā saistībā ar darbībām Projekta īstenošanas ietvaros ir uzsākts kriminālprocess vai tiesvedības process, vai pēc Eiropas Komisijas pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5011E558" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="68A5E7B4" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt Sadarbības iestādei, citu ES fondu vadībā iesaistīto Latvijas Republikas un ES institūciju pārstāvjiem, šo noteikumu 6.4. apakšpunktā minēto iestāžu, kā arī citu kompetento institūciju pārstāvjiem pieeju visu ar Projekta īstenošanu saistīto dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un grāmatvedības sistēmai, kā arī attiecīgā Projekta īstenošanas vietai un nodrošināt iespējas iepriekš minēto institūciju pārstāvjiem veikt uzraudzību un kontroli visā Līguma darbības laikā, nodrošin</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ot šo institūciju likumīgo prasību izpildi un brīvu piekļuvi Finansējuma saņēmēja grāmatvedības un finanšu dokumentiem, kas saistīti ar Projekta īstenošanu, kā arī citiem nepieciešamajiem dokumentiem, informācijai, finanšu līdzekļiem, telpām un citām materiālām vērtībām, tai skaitā, nodrošināt pieprasīto dokumentu izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599850B0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...222 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3FB6CAD1" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pēc Sadarbības iestādes lūguma iesniegt pieprasīto informāciju un dokumentus Sadarbības iestādes noteiktajā termiņā, kas nav īsāks par 5 (piecām) darbdienām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435C431C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...286 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="628F9960" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgumā un Sadarbības iestādes noteiktajos termiņos izpildīt Līguma noteikumus un Sadarbības iestādes norādījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4587547A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...910 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="39FBF5D5" w14:textId="2FC8D39C">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ja Projekta īstenošanā tiek konstatēti neatbilstoši veiktie izdevumi vai pārkāpums, pēc Sadarbības iestādes pieprasījuma atmaksāt Sadarbības iestādes norādītajā kontā nepamatoti izmaksāto Atbalsta summu vai tās daļu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C094D9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...813 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1212ACD2" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nosūtīt Sadarbības iestādei informāciju par būvniecības lietas pieejamību Būvniecības informācijas sistēmā par visām Projektā paredzētajām darbībām, kuru īstenošanai nepieciešama būvniecības ieceres dokumentācija (ja attiecināms), piemēram, būvprojekts, paskaidrojuma raksts, paziņojums par būvniecību, ne vēlāk kā 1 (viena) mēneša laikā pēc projektēšanas nosacījumu izpildes, norādot ar Projekta darbībām saistītās būvniecības lietas numuru;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1B4271" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...228 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="717CAFDB" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta ietvaros veicot personu datu apstrādi, tajā skaitā to uzkrāšanu un iesniegšanu Sadarbības iestādei, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D0BB66" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...713 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="57734DE8" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta izmaksu pieauguma gadījumā segt sadārdzinājumu no saviem līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B20370" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7D80A61A" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>izmantot Projekta ietvaros iegādātos pamatlīdzekļus/vērtības Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483A88D3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...94 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4B713811" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmēja reorganizācijas gadījumā nodrošināt ar Līgumu uzņemto saistību nodošanu tā saistību pārņēmējam, informējot par to Sadarbības iestādi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089FD5C8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...1100 lines deleted...]
-        <w:t xml:space="preserve"> Regulas 2021/1060</w:t>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ievērot Regulas 2021/1060</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...255 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> 66.pantā noteikto un nodrošināt, ka Finansējuma saņēmējs pēdējo divu gadu laikā pirms Projekta iesniegšanas nav veicis pārcelšanu uz Projekta īstenošanas vietu un divus gadus pēc Projekta darbību īstenošanas pabeigšanas Projekta darbības netiek pārceltas uz citu valsti;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="24EFFECC" w14:textId="77777777">
+    <w:p w14:paraId="76D91166" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...178 lines deleted...]
-        <w:t xml:space="preserve"> Regulas 2021/1060</w:t>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt Projekta rezultātu saglabāšanu un ilgtspēju, kā arī izmantot Projekta ietvaros iegādātos pamatlīdzekļus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi, ievērojot Regulas 2021/1060</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 65. </w:t>
-[...154 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="260E9FBE" w14:textId="77777777">
+        <w:t xml:space="preserve"> 65. pantā un SAM MK noteikumos noteiktos nosacījumus un termiņus Projekta darbību īstenošanas laikā un Pēcuzraudzības periodā, kā arī neizdarīt būtiskas izmaiņas Projektā, tai skaitā:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007D7BA8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="9"/>
-[...126 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1A130861" w14:textId="77777777">
+          <w:numId w:val="53"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>izmantot Projektā attīstīto infrastruktūru un sasniegtos rezultātus Projektā plānoto darbību veikšanai un saskaņā ar Projektā paredzēto mērķi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FD8A69" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="9"/>
-[...867 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6735283C" w14:textId="77777777">
+          <w:numId w:val="53"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nepārdot, nedāvināt, neizīrēt, neiznomāt, nemainīt, neaizdot, nepatapināt, neieķīlāt, citādi neatsavināt un neapgrūtināt īpašumu, kas iegādāts vai radīts Projektā, un īpašumu, kas guvis labumu no atbalsta, kā arī neveikt citas darbības, kuru rezultātā īpašums pilnīgi vai daļēji var nokļūt citas personas īpašumā vai valdījumā, izņemot gadījumus, kad Finansējuma saņēmēja iecerētās darbības neizraisa nevēlamas sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Īpašuma vai valdījuma tiesības attiecībā uz atbalstītajiem infrastruktūras objektiem nemaina un ieguldījums paliek Latvijas Republikas teritorijā visu Pēcuzraudzības periodu . Īpašuma vai valdījuma tiesības nostiprina zemesgrāmatā (izņemot gadījumu, ja pašvaldības īpašums uz normatīvā akta, līguma vai pašvaldības lēmuma pamata ir nodots pašvaldības iestādes kā Finansējuma saņēmēja pārvaldīšanā vai, ja īpašuma tiesības uz objektu ir spēkā bez to nostiprināšanas zemesgrāmatās);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B3C8B1" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="9"/>
-[...597 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7D556C12" w14:textId="77777777">
+          <w:numId w:val="53"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt, ka netiek pārtraukta produktīvā darbība, t. i., Finansējuma saņēmējs netiek likvidēts, reorganizēts (apvienots, pārveidots vai sadalīts) vai tā daļa netiek pārvietota uz citu valsti vai citu administratīvo teritoriju valsts iekšienē, uz kuru attiecas atšķirīgi atbalsta nosacījumi, kā arī nepieļaut situāciju, kurā tiek pārtraukta Līgumā paredzētā darbība, izņemot gadījumus, kad saņemta Sadarbības iestādes iepriekšēja rakstveida atļauja vai saņemts atbilstošs MK izdots rīkojums un Finansējuma saņē</w:t>
+      </w:r>
+      <w:r>
+        <w:t>mēja iecerētās darbības neizraisa nevēlamās sekas — tās neietekmē Projekta būtību, īstenošanas nosacījumus un nesniedz nepamatotas priekšrocības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49271ED8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="9"/>
-[...494 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="511FEC6B" w14:textId="77777777">
+          <w:numId w:val="53"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošināt Projektā iegādāto un radīto vērtību saglabāšanu un uzturēšanu. Ugunsgrēka, vētras, plūdu un citu nepārvaramas varas gadījumu vai trešo personu prettiesiskas rīcības rezultātā radušos zaudējumus Finansējuma saņēmējam ir pienākums segt un bojātās vai iznīcinātās vērtības atjaunot no saviem līdzekļiem pilnā apmērā. Ja Finansējuma saņēmējs ir veicis Projektā iegādāto un radīto vērtību apdrošināšanu, zaudējumus sedz no saņemtās apdrošināšanas atlīdzības. Gadījumā, ja ar šādu kompensāciju nepietiek, Fi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nansējuma saņēmējs zaudējumus sedz no saviem līdzekļiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD71790" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="9"/>
-[...292 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="50BDA4B4" w14:textId="77777777">
+          <w:numId w:val="53"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>gadījumos, kad Latvijas Republikas normatīvajos aktos noteiktajā kārtībā noraksta Projektā iegādāto pamatlīdzekli, norakstīšanas faktam ir jābūt pamatotam (pamatlīdzekļa norakstīšana nerada būtiskas izmaiņas Projektā) un dokumentētam. Šādā gadījumā Finansējuma saņēmējam nav pienākums nodrošināt norakstītā pamatlīdzekļa atrašanos Projekta īstenošanas vietā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AFDA02" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="8"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="16647372" w14:textId="77777777">
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>iesniegt Projekta Pēcuzraudzības pārskatu Projektu portālā (KPVIS), ievērojot šādus nosacījumus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4B71BF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="10"/>
-[...68 lines deleted...]
-        <w:r w:rsidR="00F93565">
+          <w:numId w:val="54"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta Pēcuzraudzības pārskatu, atbilstoši Sadarbības iestādes tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:t xml:space="preserve"> publicētajai formai, Sadarbības iestādē iesniedz līdz nākamā gada 1.jūnijam par katru gadu Pēcuzraudzības periodā, sākot ar nākamo gadu pēc noslēguma maksājuma veikšanas Finansējuma saņēmējam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5758E5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta Pēcuzraudzības pārskatu Finansējuma saņēmējs sagatavo par iepriekšējo kalendāro gadu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA1EFD" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nekavējoties rakstiski informēt Sadarbības iestādi, ja Projekta darbību īstenošanas laikā vai Pēcuzraudzības periodā Finansējuma saņēmējam ir radušies iepriekš neparedzēti, ar Projektu un tā rezultātu izmantošanu saistīti ieņēmumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F838290" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>veikt citas Līgumā un lēmumā par Projekta iesnieguma apstiprināšanu noteiktās darbības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1334A010" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējam ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64ED3FCE" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>saņemt Atbalsta summu, ja Projekts ir īstenots saskaņā ar normatīvo aktu un Līguma nosacījumiem, ievērojot noteikto kārtību un termiņu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CB5B24D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>saņemt nepieciešamo informāciju par Projekta īstenošanas nosacījumiem, tai skaitā, saņemt konsultācijas par ieteicamajiem Projekta īstenošanā konstatēto risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61862676" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727E6BAF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="X55a1eb4b40bbd4852ef0b85a7c311cdc2b8f9d0"/>
+      <w:r>
+        <w:t>Sadarbības iestādes vispārīgie pienākumi un tiesības</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="76F60B36" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestādei ir pienākums:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58191386" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konsultēt Finansējuma saņēmēju par Projekta īstenošanu, tai skaitā, sniegt informāciju par Projekta īstenošanā konstatētajiem riskiem un ieteicamajiem risku mazinošajiem pasākumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550ECDBA" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>veikt Projekta īstenošanas uzraudzību un kontroli visā Līguma darbības laikā un izvērtēt Projekta īstenošanas atbilstību normatīvo aktu un Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F72E70" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pārbaudīt Finansējuma saņēmēja maksājuma pieprasījumu un apstiprināt Finansējuma saņēmēja maksājuma pieprasījumā iekļautos izdevumus, ja tie ir attiecināmi , un pieņemt lēmumu par Atbalsta summas vai tās daļas atmaksu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBD5EAC" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>apstrādājot Finansējuma saņēmēja iesniegtos personu datus, ievērot normatīvajos aktos par personu datu (tai skaitā, īpašu kategoriju personas datu) aizsardzību noteiktās prasības;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E5BA1B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pieņemt lēmumu par neatbilstoši veikto izdevumu konstatēšanu, finanšu korekcijas piemērošanu, uz laiku apturēt maksājumu veikšanu Finansējuma saņēmējam un atgūt nepamatoti apstiprināto un izmaksāto Atbalsta summu vai tās daļu atbilstoši ES un Latvijas Republikas normatīvo un tiesību aktu prasībām, kā arī Eiropas Komisijas un Vadošās iestādes vadlīnijām, skaidrojumiem, norādījumiem un lēmumiem . Komercdarbības atbalsta nosacījumu pārkāpumu gadījumā Sadarbības iestāde pieņem lēmumu par nelikumīga komercdarbīb</w:t>
+      </w:r>
+      <w:r>
+        <w:t>as atbalsta konstatēšanu un to atgūst;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4321A4E8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>veikt citas normatīvajos aktos un Līgumā noteiktās darbības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC01EEF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="56"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestādei ir tiesības:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716FC20A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pieprasīt un saņemt no Finansējuma saņēmēja, valsts informācijas sistēmām un reģistriem, ārējām datu bāzēm informāciju par Finansējuma saņēmēju un tā saimniecisko darbību , kas nepieciešama, lai nodrošinātu Projekta īstenošanas uzraudzību un kontroli, kā arī krāpšanas un neatbilstību risku identificēšanai veikt šīs informācijas uzkrāšanu un apstrādi Eiropas Komisijas uzturētajā projektu risku vērtēšanas sistēmā ARACHNE;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6773E65A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>rīkoties ar jebkādu informāciju saistībā ar Projekta īstenošanu, īpaši tā publicitātes vai informācijas izplatīšanas nolūkā, ievērojot attiecīgās informācijas raksturu, tai skaitā, nosacījumus ierobežotas pieejamības informācijas izplatīšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6458FA1D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma darbības laikā pieprasīt un saņemt visus nepieciešamos dokumentus un skaidrojumus, kas saistīti ar Līguma izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44800832" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="58"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>izmantot citas normatīvajos aktos un Līgumā paredzētās tiesības.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC741F3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="valsts-atbalsta-nosacījumi"/>
+      <w:r>
+        <w:t>Valsts atbalsta nosacījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="3D39F4AC" w14:textId="45421531" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Piešķirtais komercdarbības atbalsts saskaņā ar regulas Nr. 651/2014 45. panta 2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>punkta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>publicētajai</w:t>
+        <w:t>apakšpunktu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>formai</w:t>
+        <w:t>nevar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Sadarbības</w:t>
+        <w:t>tikt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...532 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="131E7417" w14:textId="77777777">
+        <w:t xml:space="preserve"> apvienots ar finansējumu citas atbalsta programmas ietvaros, kam finansējums tiek piešķirts no vietējiem, reģionālajiem, valsts vai Eiropas Savienības finanšu līdzekļiem par tām pašām attiecināmajām izmaksām. Piešķirtais komercdarbības atbalsts var tikt kumulēts ar citu komercdarbības atbalstu, ja vien atbalsts attiecas uz dažādām attiecināmajām izmaksām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736C4BD0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
-[...382 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4C93A0F2" w14:textId="77777777">
+          <w:numId w:val="59"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Komercdarbības atbalsta piešķiršanas brīdis ir diena, kad tiek pieņemts sadarbības iestādes lēmums par projekta iesnieguma apstiprināšanu vai izdots atzinums par lēmumā noteikto nosacījumu izpildi, ja iepriekš ir bijis pieņemts lēmums par projekta iesnieguma apstiprināšanu ar nosacījumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA568E5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja ar saimniecisku darbību nesaistīts projekts vai tā daļa atbilstoši SAM MK noteikumu 14.1. apakšpunktam tā dzīves cikla laikā kļūst par projektu, kas saistīts ar saimniecisku darbību, kurai sniegtais atbalsts būtu kvalificējams kā komercdarbības atbalsts, finansējuma saņēmējs no finansējuma, par kuru nav saņemts nekāds komercdarbības atbalsts, atmaksā sadarbības iestādei visu nelikumīgi saņemto komercdarbības atbalstu kopā ar procentiem saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B5D643" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="59"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja tiek pārkāpti regulas Nr. 651/2014 nosacījumi, finansējuma saņēmējam ir pienākums atmaksāt sadarbības iestādei projekta ietvaros saņemto nelikumīgo komercdarbības atbalstu kopā ar procentiem no līdzekļiem, kas ir brīvi no komercdarbības atbalsta, saskaņā ar Komercdarbības atbalsta kontroles likuma IV vai V nodaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE97D3E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="569238E2" w14:textId="77777777">
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="grāmatvedības-uzskaite"/>
+      <w:r>
+        <w:t>Grāmatvedības uzskaite</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="5A767024" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
-[...1180 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4F82E53D" w14:textId="77777777">
+          <w:numId w:val="60"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Uzsākot Projekta īstenošanu, Finansējuma saņēmējs nodrošina veikto maksājumu izsekojamību izmantojot Projektam paredzēto norēķinu kontu Valsts kasē vai ES dalībvalstī, vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē no kura veic un uz kuru saņem visus ar Projekta īstenošanu saistītos maksājumus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB8ECE6" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
-[...770 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="26A18000" w14:textId="77777777">
+          <w:numId w:val="60"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Atbalsta summas maksājuma par Vienkāršotajām izmaksām saņemšanai Finansējuma saņēmējs var norādīt atsevišķu kontu Valsts kasē vai ES dalībvalstī, vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D64E289" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Projektā paredzēts avansa maksājums, Finansējuma saņēmējs rīkojas atbilstoši šo noteikumu 8. sadaļā noteiktajam. Ja Avansa maksājuma saņemšanai norādīts konts Valsts kasē Finansējuma saņēmējs ar Projekta īstenošanu saistītos maksājumus no Avansa maksājuma veic no konta Valsts kasē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12537757" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs, īstenojot Projektu, uzskaita Attiecināmos izdevumus, ar Projektu saistītos ieņēmumus, izmaksas, naudas plūsmas savā grāmatvedības uzskaitē saskaņā ar normatīvo aktu prasībām un vispārpieņemtajiem grāmatvedības kārtošanas principiem tā, lai tos būtu iespējams identificēt, nodalīt no pārējām izmaksām, ieņēmumiem, izdevumiem, naudas plūsmām un pārbaudīt. Finansējuma saņēmējs nodrošina atsevišķu grāmatvedības uzskaiti par katra Projekta izdevumiem vai atbilstošu uzskaites kodu sistēmu atti</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ecībā uz visiem ar Projektu saistītajiem darījumiem. Šī prasība neattiecas uz Projekta izdevumiem, kuriem piemēro vienkāršotās izmaksas .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271608B8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="60"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finanšu pārskatus Finansējuma saņēmējs sagatavo atbilstoši normatīvajiem aktiem, kas nosaka kārtību, kādā finanšu pārskatos atspoguļojams saņemtais finansiālais atbalsts (finanšu atbalsts).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13593298" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="7C1CED66" w14:paraId="1CB83AAC" w14:textId="137B310F">
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="Xfe01e891724baca704aae9545d6a3c35135f744"/>
+      <w:r>
+        <w:t>Kārtība, kādā tiek veiktas pārbaudes Projekta īstenošanas vietā</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="5FF6AA16" w14:textId="29AE5B8F" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="15"/>
-[...3088 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde Līguma darbības laikā var veikt pārbaudi Projektā vai iepirkuma līgumā norādītajā Projekta īstenošanas vietā atbilstoši MK noteikumiem</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Vadošās</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>iestādes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>vadlīnijā</w:t>
+        <w:t>vadlīnijām</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> lai </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> , lai </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>pārliecinātos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> par </w:t>
-[...58 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="615E9335" w14:textId="77777777">
+        <w:t xml:space="preserve"> par faktisko Līguma īstenošanu atbilstoši normatīvo aktu prasībām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E80907" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
-[...143 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde vismaz 5 (piecas) darbdienas pirms plānotās pārbaudes Projekta īstenošanas vietā informē par to Finansējuma saņēmēju. Sadarbības iestāde atbilstoši MK noteikumiem</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...90 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="04423A7D" w14:textId="77777777">
+        <w:t xml:space="preserve"> ir tiesīga nepieciešamības gadījumā veikt arī pārbaudes, iepriekš par to neinformējot Finansējuma saņēmēju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AF0EC3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
-[...199 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7BCA85E7" w14:textId="77777777">
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja tiek plānota pārbaude pie Projektā iesaistītas personas, kas nav Finansējuma saņēmējs, Finansējuma saņēmējs, tiklīdz tas ir zināms, informē Projektā iesaistīto personu par Sadarbības iestādes plānoto pārbaudi, tās mērķi un apjomu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD611AC" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
-[...228 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="237FED79" w14:textId="77777777">
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs nodrošina Sadarbības iestādes, Eiropas Komisijas, Eiropas Biroja krāpšanas apkarošanai, Korupcijas novēršanas un apkarošanas biroja, ES fondu vadībā iesaistīto institūciju, Valsts kontroles un Iepirkumu uzraudzības biroja pārstāvjiem, kā arī citu kompetento institūciju pārstāvjiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3170F496" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="18"/>
-[...303 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7DC60CDA" w14:textId="77777777">
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestādes darba laikā piekļūšanu Projekta īstenošanas vietai, telpām, dokumentu oriģināliem vai atvasinājumiem ar juridisku spēku un visai informācijai, tai skaitā, informācijai elektroniskā formātā, kas nepieciešama šādu pārbaužu veikšanai (pēc pieprasījuma visa ar Projekta īstenošanu saistītā dokumentācija jāuzrāda Projekta īstenošanas vietā);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5563F722" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="18"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="31E7F57E" w14:textId="77777777">
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>telpu un darba vietu dokumentu pārbaudei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770CA89E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="18"/>
-[...94 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2AC1A4A3" w14:textId="77777777">
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>iespēju organizēt intervijas ar Projektā iesaistītajām personām (piem., Projekta īstenošanas un vadības personālu);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BADAA5D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="18"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="61D5CE17" w14:textId="77777777">
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pieprasīto dokumentu uzrādīšanu un, ja nepieciešams, izsniegšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106D7A18" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="18"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="62503021" w14:textId="77777777">
+          <w:numId w:val="62"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>par Projekta īstenošanu atbildīgo personu piedalīšanos pārbaudē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F1A90F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
-[...172 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="395351C8" w14:textId="77777777">
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Citas ES fondu vadībā iesaistītās Latvijas Republikas vai ES institūcijas, kā arī citas kompetentās institūcijas pārbaudes Projekta īstenošanas vietā veic saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEF8316" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="17"/>
-[...292 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4C753FCB" w14:textId="77777777">
+          <w:numId w:val="61"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Veicot pārbaudi Projekta īstenošanas vietā, Sadarbības iestāde var piesaistīt attiecīgās nozares ekspertu, lai pārliecinātos par Finansējuma saņēmēja Projekta īstenošanas atbilstību Līguma un normatīvo aktu nosacījumiem. Pamatojoties uz eksperta atzinumu, Sadarbības iestāde var lemt par neatbilstību konstatēšanu un Attiecināmo izdevumu samazināšanu vai Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E84A647" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="491D3C4B" w14:textId="77777777">
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="iepirkumu-veikšanas-kārtība"/>
+      <w:r>
+        <w:t>Iepirkumu veikšanas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="51EBCFFA" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...308 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="019ED228" w14:textId="77777777">
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc Līguma noslēgšanas ievada datus par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) atbilstoši Projektu portālā (KPVIS) pieejamai formai. Finansējuma saņēmējs aktualizē informāciju par Projektā plānotiem iepirkumiem Projektu portālā (KPVIS) tiklīdz zināma informācija par izmaiņām, bet ne vēlāk kā līdz iepirkuma procedūras uzsākšanai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E969005" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...404 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="44F0F1E4" w14:textId="77777777">
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde 10 (desmit) darbdienu laikā pēc informācijas par Projektā plānotiem iepirkumiem saņemšanas pārbauda tās atbilstību normatīvo aktu nosacījumiem, tai skaitā, norādītā iepirkuma priekšmeta atbilstību Projektā plānotajām darbībām, nepieciešamības gadījumā lūdzot informāciju precizēt. Ja Sadarbības iestāde 10 (desmit) darbdienu laikā no informācijas iesniegšanas Projektu portālā (KPVIS) nav lūgusi precizēt iesniegto informāciju par Projektā plānotiem iepirkumiem, uzskatāms, ka tā ir saskaņota.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512006BA" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde atbilstoši MK noteikumos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...187 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6A7C9BDB" w14:textId="77777777">
+        <w:t xml:space="preserve"> paredzētajai kārtībai un Iepirkumu uzraudzības biroja izstrādātajai metodikai izlases veidā veic iepirkumu pirmspārbaudes, nepieciešamības gadījumā pieprasot papildu informāciju vai dokumentus no Finansējuma saņēmēja vai kompetentajām institūcijām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AEF186" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...54 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="497418AB" w14:textId="77777777">
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Veicot iepirkumu Projekta vajadzībām, Finansējuma saņēmējs :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5674875B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="20"/>
-[...110 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="05E3387C" w14:textId="77777777">
+          <w:numId w:val="64"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošina Publisko iepirkumu likumā un normatīvajos aktos un Iepirkumu uzraudzības biroja vadlīnijās un skaidrojumos noteikto prasību ievērošanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F799A8E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="20"/>
-[...111 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="64"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošina nediskriminācijas, savstarpējās atzīšanas, atklātības un vienlīdzīgas attieksmes principu ievērošanu, kā arī piegādātāju brīvu konkurenci</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="78FA90C9" w14:textId="77777777">
+    <w:p w14:paraId="072B1407" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="20"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3F916183" w14:textId="77777777">
+          <w:numId w:val="64"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nodrošina interešu konflikta neesamību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AAC0D3D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...380 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja paredzamā līguma cena nesasniedz robežu, no kuras iepirkums jāveic saskaņā ar Publisko iepirkumu likumu vai normatīvo aktu, Finansējuma saņēmējs pirms līguma noslēgšanas veic un dokumentē tirgus izpēti. Tirgus izpētei var izmantot savu iepriekšējo pieredzi, attiecīgās jomas ekspertu vērtējumu, interneta resursus, potenciālo līguma izpildītāju aptaujas un citas metodes atbilstoši Iepirkumu uzraudzības biroja skaidrojumiem </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...82 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4756A70C" w14:textId="77777777">
+        <w:t>. Tirgus izpētes dokumentus Finansējuma saņēmējs iesniedz pēc Sadarbības iestādes pieprasījuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55849595" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Slēdzot uzņēmuma līgumu ar esošo vai bijušo darbinieku</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="19"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> , </w:t>
+        <w:t xml:space="preserve"> , Finansējuma saņēmējs nodrošina un spēj dokumentāli pierādīt, ka attiecīgais darbinieks nav bijis iesaistīts iepirkuma, kura ietvaros tiek slēgts uzņēmuma līgums, procedūras dokumentu izstrādāšanā, tam nav bijušas citas priekšrocības vai tas kā citādi nav ietekmējis Finansējuma saņēmēja lēmuma pieņemšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6B465A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="63"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma noteiktajā termiņā iesniedz iepirkuma dokumentāciju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6076C0A3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="X97110fadc4d9a2d8e9060baa6ac4bb79c8c5858"/>
+      <w:r>
+        <w:t>Maksājuma pieprasījumu iesniegšanas un izskatīšanas kārtība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="46C9142B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs, īstenojot Projektu, maksājumus veic no saviem līdzekļiem vai saņemtā Avansa maksājuma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B177F21" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs, īstenojot Projektu, maksājumus veic no līdzekļiem, kas Projekta īstenošanai paredzēti tā budžetā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F74CFBC" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc Līguma noslēgšanas iesniedz Projektu portālā (KPVIS) Sadarbības iestādei Plānoto maksājuma pieprasījumu iesniegšanas grafiku. Ja ir notikušas izmaiņas iepriekš iesniegtajā Plānoto maksājuma pieprasījumu iesniegšanas grafikā (tai skaitā, ja iesniedzamais maksājuma pieprasījums ir par mazāku vai lielāku summu par iepriekš plānoto vai maksājuma pieprasījums tiks iesniegts vēlāk nekā iepriekš grafikā norādīts), Finansējuma saņēmējs precizētu Plānoto maksājuma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pieprasījumu iesniegšanas grafiku un detalizētu izmaiņu skaidrojumu iesniedz saskaņošanai Sadarbības iestādē, tiklīdz ir zināma informācija par izmaiņām Plānotajā maksājuma pieprasījumu iesniegšanas grafikā, bet ne vēlāk kā kopā ar kārtējo maksājuma pieprasījumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F52225B" w14:textId="6A5BDFE0" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Projektā paredzēts avansa maksājums, Finansējuma saņēmējs Projekta īstenošanai norāda norēķinu kontu Valsts kasē vai darījuma kontu ES dalībvalstī vai Eiropas Ekonomikas zonas valstī reģistrētā </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Finansējuma</w:t>
+        <w:t>kredītiestādē</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...251 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="625343A2" w14:textId="77777777">
+      <w:del w:id="22" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>, vai norēķinu kontu ES dalībvalstī vai Eiropas Ekonomikas zonas valstī reģistrētā kredītiestādē un iesniedz kredītiestādes garantiju</w:delText>
+        </w:r>
+      </w:del>
+      <w:r>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A87D33" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...138 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="287616B5" w14:textId="77777777">
+        <w:rPr>
+          <w:del w:id="23" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="24" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>Finansējuma saņēmējs nodrošina, ka kredītiestādes garantijā ir norādīta vismaz summa, izsniegšanas datums, spēkā stāšanās datums, darbības termiņš, kas nav īsāks par 4 (četriem) mēnešiem pēc Līgumā noteiktā Projekta pabeigšanas datuma, un nosacījumi, ka pēc pirmā Sadarbības iestādes pieprasījuma saņemšanas, kurā paziņots, ka Finansējuma saņēmējam saskaņā ar Līgumu ir iestājies pienākums atmaksāt avansa maksājuma summu, kredītiestāde apņemas pilnā apmērā atmaksāt uz Sadarbības iestādes norādīto kontu garantē</w:delText>
+        </w:r>
+        <w:r>
+          <w:delText>to avansa maksājuma summu 5 (piecu) darbdienu laikā pēc Sadarbības iestādes rakstiska pieprasījuma saņemšanas.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="0CFCECB5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...1839 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs, atverot darījuma kontu kredītiestādē, noslēdz trīspusēju līgumu starp Finansējuma saņēmēju, Sadarbības iestādi un kredītiestādi, ievērojot MK noteikumu nosacījumus</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="20"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3F006418" w14:textId="77777777">
+    <w:p w14:paraId="5E1181BE" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Darījuma konta līguma darbības laiks nevar pārsniegt 6 mēnešus pēc avansa maksājuma saņemšanas darījuma kontā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AB3362" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Atbalsta summas saņemšanai avansa maksājuma veidā Finansējuma saņēmējs pēc Līguma noslēgšanas, izmantojot Projektu portālu (KPVIS), iesniedz Sadarbības iestādē avansa maksājuma pieprasījumu, tam pievienojot informāciju par plānoto avansa izlietojumu. Pamatojošos dokumentus Finansējuma saņēmējs iesniedz pēc Sadarbības iestādes pieprasījuma. Avansa maksājuma summu Finansējuma saņēmējam ir tiesības pieprasīt pa daļām, iesniedzot Sadarbības iestādē avansa maksājuma pieprasījumu par katru daļu atsevišķi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6239CB4C" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="25" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="26" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>Kredītiestādes garantijas spēkā uzturēšana pēc starpposma vai noslēguma maksājuma veikšanas, ar kuru tiek dzēsta visa saņemtā avansa summa, nav nepieciešama.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="22DF1CE1" w14:textId="4AC82C11" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Darījuma</w:t>
+        <w:t>Sadarbības</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>konta</w:t>
+        <w:t>iestāde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> 80 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>astoņdesmit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) dienu laikā, ieskaitot informācijas precizēšanai un maksājuma veikšanai nepieciešamo laiku, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>līguma</w:t>
+        <w:t>šo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>darbības</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="27" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>8</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="28" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>7</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā minētās informācijas saņemšanas pārbauda iesniegto avansa maksājuma pieprasījumu, pieņem lēmumu par avansa maksājuma pieprasījuma noraidīšanu vai apmaksu pilnā vai daļējā apmērā vai pa daļām un pārskaita Finansējuma saņēmējam avansa maksājumu apstiprinātajā apjomā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6463BB41" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs iesniedz maksājuma pieprasījumu ne retāk kā reizi par katriem sešiem Projekta īstenošanas mēnešiem 20 darbdienu laikā pēc attiecīgā pārskata perioda beigām. Noslēguma maksājuma pieprasījumu Finansējuma saņēmējs iesniedz 20 darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas laika beigām vai pēc pēdējā Finansējuma saņēmēja veiktā maksājuma, ja maksājums veikts ne vēlāk kā 20 (divdesmit) darbdienu laikā pēc Līguma 1.punktā noteiktajām Projekta darbību īstenošanas </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laika beigām, bet ne vēlāk kā 31.12.2029. Atsevišķos gadījumos, Finansējuma saņēmējam vienojoties ar Sadarbības iestādi, maksājuma pieprasījuma iesniegšanas termiņš var tikt mainīts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61138C72" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Pirmajā maksājuma pieprasījumā Finansējuma saņēmējs kā pārskata perioda sākuma datumu norāda Līguma spēkā stāšanās datumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FFD777" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Maksājuma pieprasījuma sadaļas aizpilda un iesniedz atbilstoši Sadarbības iestādes Projektu portālā (KPVIS) pieejamajai formai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F9D936" w14:textId="7C4F5CEB" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs kopā ar Maksājuma pieprasījumu iesniedz Maksājuma pieprasījumā iekļauto Izdevumus vai Rezultātu pamatojošo dokumentu, t. sk. komunikācijas un vizuālās identitātes prasību ievērošanu apliecinošo liecību, veikto iepirkumu pamatojošo dokumentu u. c. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:del w:id="29" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>Projekta īstenošanu apliecinošo dokumentu kopijas</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="30" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>Projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenošanu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>apliecinošo</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>dokumentu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kopijas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>izlases</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kārtībā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>arī</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenošanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>rezultātā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>gūto</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieņēmumu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>izmaksas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pamatojošos</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>dokumentus</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>Pirms</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>vai</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kopā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ar</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>Noslēguma</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>maksājuma</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pieprasījumu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, ja </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>tas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>nepieciešams</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>iesniedz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>aktualizētu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>Izmaksu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> un </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieguvumu</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>analīzi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kurā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ņemti</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>vērā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>faktiski</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>gūtie</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>neto</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieņēmumi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> no </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>darbību</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenošanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>ieviešanas</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>laikā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>nosakot</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> ES fondu </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>atbalsta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>likmi</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projektā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>vai</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>projekta</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>daļā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kurā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>netiek</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>sniegts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>komercdarbības</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>atbalsts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve">, bet </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>kurā</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>tiek</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>īstenoti</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>valsts</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>deleģētie</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>pārvaldes</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:t>uzdevumi</w:t>
+        </w:r>
+      </w:ins>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...70 lines deleted...]
-      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0D0CB088" w14:textId="77777777">
+    <w:p w14:paraId="460E8C16" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...2228 lines deleted...]
-        <w:r w:rsidR="00F93565">
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs pēc Sadarbības iestādes pieprasījuma iesniedz apliecinājumu, ka Projekta ietvaros neveic ar pievienotās vērtības nodokli apliekamus darījumus vai veic darījumus, uz kuriem nav attiecināms </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Pievienotās</w:t>
-[...43 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>Pievienotās vērtības nodokļa likums</w:t>
+        </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="48A643AB" w14:textId="77777777">
+    <w:p w14:paraId="37210CEC" w14:textId="1B50B005" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...103 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc attiecīgā pārskata perioda beigām saskaņā ar MK noteikumiem</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="21"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">, Projektu portālā (KPVIS) iesniedz elektroniska dokumenta formā aizpildītu pārskatu par pievienotās vērtības nodokļa summām, kuras Finansējuma saņēmējs pārskata periodā paredz iekļaut Projekta attiecināmajās izmaksās, ja Finansējuma saņēmējam saskaņā ar SAM MK noteikumiem pievienotās vērtības nodoklis ir Attiecināmie izdevumi un tos nav tiesību atskaitīt no valsts budžetā maksājamās </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Projektu</w:t>
+        <w:t>nodokļa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>portālā</w:t>
+        <w:t>summas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> (KPVIS) </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>iesniedz</w:t>
+        <w:t>kā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>elektroniska</w:t>
+        <w:t>priekšnodokli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...309 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="22"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2D7EC69F" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="09F99DEB" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Starpposma maksājuma pieprasījumiem par pirmajiem 6 (sešiem) mēnešiem no avansa saņemšanas dienas ir jābūt vismaz piešķirtās Avansa summas apmērā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482BEE3A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Finansējuma saņēmējs nevar izlietot Avansa maksājumu noteiktajā termiņā, tas informē Sadarbības iestādi vismaz 10 (desmit) darbdienas pirms maksājuma pieprasījuma iesniegšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585F0734" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Avansa maksājumu un starpposma maksājumu summa nedrīkst pārsniegt 90 % no Projektam piešķirtā Taisnīgas pārkārtošanās fonda finansējuma un, ja Projektā paredzēts — valsts budžeta finansējuma apjoma .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A43174" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde tai iesniegto maksājuma pieprasījumu izskata, pamatojoties uz maksājuma pieprasījuma iesniegšanas brīdī spēkā esošo Līgumu un SAM MK noteikumos noteiktajiem Projekta ieviešanas nosacījumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460A07A2" w14:textId="6159B7A1" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestāde pārbauda Finansējuma saņēmēja iesniegto maksājuma pieprasījumu (tai </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Starpposma</w:t>
+        <w:t>skaitā</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>šo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>maksājuma</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="31" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>14</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="32" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve">. apakšpunktā minētos dokumentus) un apstiprina attiecināmos izdevumus un veic maksājumu 80 (astoņdesmit) dienu laikā, ieskaitot informācijas precizēšanai un maksājuma veikšanai nepieciešamo laiku, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pēc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>pieprasījumiem</w:t>
+        <w:t>šo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> par </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>pirmajiem</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 6 (</w:t>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="33" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>11</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="34" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā minētā maksājuma pieprasījuma saņemšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D39930" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde iesniegtajos dokumentos konstatē nepilnības, Finansējuma saņēmējam ir pienākums ne vēlāk kā 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestāde ir nosūtījusi Finansējuma saņēmējam rakstisku paziņojumu par Finansējuma saņēmēja iesniegtajos maksājuma pieprasījumu Izdevumus vai Rezultātus pamatojošos dokumentos konstatētajām nepilnībām, šīs nepilnības novērst. Gadījumā, ja Finansējuma saņēmējs konstatētās nepilnības nenovērš šajā apakšpunktā minētajā termiņā, Sadarbības iestāde </w:t>
+      </w:r>
+      <w:r>
+        <w:t>var piemērot šo noteikumu 9. un 10. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A876EB" w14:textId="2D013D38" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sadarbības iestādei ir tiesības iesniegto maksājuma pieprasījumu noraidīt, ja pēc Sadarbības iestādes pieprasījuma Finansējuma saņēmējs </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>sešiem</w:t>
+        <w:t>neiesniedz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>mēnešiem</w:t>
+        <w:t>šo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> no </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>avansa</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="35" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>14</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="36" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>12</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve">. apakšpunktā minētos pamatojošos dokumentus vai </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nenovērš</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>saņemšanas</w:t>
+        <w:t>šo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>dienas</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="37" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>22</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="38" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>20</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā minētās Sadarbības iestādes norādītās nepilnības noteiktajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE6DCD9" w14:textId="239652A8" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Finansējuma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>saņēmējs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>ir</w:t>
+        <w:t>šo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>jābūt</w:t>
+        <w:t>noteikumu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="739690E2" w14:textId="77777777">
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="39" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>11</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="40" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā paredzētajā termiņā nav iesniedzis Sadarbības iestādē maksājuma pieprasījumu, Sadarbības iestāde nosūta Finansējuma saņēmējam rakstisku atgādinājumu un brīdina par iespējamām saistību neizpildes sekām. Ja Finansējuma saņēmējs 10 (desmit) darbdienu laikā pēc rakstiska atgādinājuma nosūtīšanas neiesniedz Sadarbības iestādei maksājuma pieprasījumu, Sadarbības iestāde var piemērot šo noteikumu 9. un 10. sadaļā paredzētās sankcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B37BFA" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...159 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7241271C" w14:textId="77777777">
+          <w:numId w:val="65"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestādei ir tiesības maksājuma pieprasījuma izvērtēšanas laikā pieaicināt ekspertu, lai pārbaudītu, vai Attiecināmie izdevumi ir samērīgi un ekonomiski pamatoti, kā arī lai pārbaudītu Attiecināmo izdevumu pozīciju atbilstību Projektā plānotajam, Projekta darbību izpildes apmērus un atbilstību Projekta mērķim. Kompensācijas trešajām personām par kaitējumu, kas ir nodarīts Projekta īstenošanas gaitā Finansējuma saņēmēja vai darbu izpildītāju darbības vai bezdarbības rezultātā, uzskatāmas par neatti</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ecināmiem izdevumiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A7E522" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="attiecināmo-izdevumu-apmēra-samazināšana"/>
+      <w:r>
+        <w:t>Attiecināmo izdevumu apmēra samazināšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="310E35D9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="21"/>
-[...2324 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2AE614DE" w14:textId="77777777">
+          <w:numId w:val="66"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde var samazināt Attiecināmo izdevumu summu, ja:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0934A046" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...78 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="57BB5BF8" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs nenodrošina normatīvo aktu vai Līguma nosacījumu izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F55A1F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...54 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="49C41255" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs nenodrošina konstatēto trūkumu novēršanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598F360B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...126 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="02002D89" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>faktiski veiktās izmaksas vai darbības Projektā veiktas mazākā apmērā, nekā norādīts apstiprinātajā Projektā un tā pielikumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66193B94" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...142 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5BDF8E66" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nav īstenota kāda no Projekta darbībām ,tai skaitā darbības, kas attiecas uz horizontālo principu ieviešanu vai netiek sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710F9912" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...158 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2A66D0A6" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs nav iesniedzis Izdevumus vai Rezultātus pamatojošos dokumentus vai tie nav pietiekami, lai apliecinātu Attiecināmo izdevumu atbilstību normatīvo aktu vai Līguma nosacījumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E702E7D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...86 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="455F48DF" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>maksājuma pieprasījumā norādītie izdevumi neatbilst SAM MK noteikumos noteiktajam vienkāršoto izmaksu veidam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B4616E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...110 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="737B614F" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projektā veiktie izdevumi nav atbilstoši pareizas finanšu pārvaldības principam, nav veikti ievērojot saimnieciskuma, lietderības un efektivitātes principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130A81B8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5F510CC8" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs iepirkumu Projekta ietvaros nav veicis atbilstoši normatīvo aktu vai Līguma prasībām;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151F31A2" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="436442E0" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konstatēti Neatbilstoši veiktie izdevumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BFD9C2" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...129 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="78666CA1" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs Projekta īstenošanas laikā ir maldinājis Sadarbības iestādi, sniedzot nepatiesu informāciju, un nav lietderīgi un samērīgi izbeigt Līgumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2311D360" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...468 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0C6253DA" w14:textId="77777777">
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs neizlieto avansu 6 (sešu) mēnešu laikā . Attiecināmie izdevumi tiek samazināti par summu, ko Finansējuma saņēmējs saņēmis no kredītiestādes par avansa atrašanos Finansējuma saņēmēja kontā kredītiestādē laikā no avansa saņemšanas dienas Finansējuma saņēmēja kontā līdz avansa izlietošanai noteiktajam termiņam. Šādā gadījumā Finansējuma saņēmējs nākamajam maksājuma pieprasījumam pievieno kredītiestādes izziņu par avansa izlietošanai noteiktajā periodā gūtajiem ieņēmumiem no avansa summas a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>trašanās Finansējuma saņēmēja kontā kredītiestādē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE6D2ED" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="23"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Regulas 2021/1060</w:t>
+          <w:numId w:val="67"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>tiek konstatēta neatbilstība Regulas 2021/1060</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="23"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 2. </w:t>
-[...50 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3337934F" w14:textId="77777777">
+        <w:t xml:space="preserve"> 2. panta 31. punkta izpratnē un ir piemērota Finanšu korekcija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B36D220" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="22"/>
-[...127 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="761B119E" w14:textId="77777777">
+          <w:numId w:val="66"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Sadarbības iestāde samazina maksājuma pieprasījumā norādīto Attiecināmo izdevumu apmēru, tā informē Finansējuma saņēmēju, norādot pamatojumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2127CB33" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="077FC506" w14:textId="77777777">
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="maksājuma-apturēšana"/>
+      <w:r>
+        <w:t>Maksājuma apturēšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="0EAB3880" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
-[...247 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:numId w:val="68"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja pastāv kaut viens no turpmāk minētajiem apstākļiem, Sadarbības iestāde līdz šo apstākļu un to izraisīto seku pilnīgai izvērtēšanai vai novēršanai var apturēt Atbalsta summas maksājuma veikšanu , nepieciešamības gadījumā norādot termiņu attiecīgo apstākļu novēršanai</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="24"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4BB63CF0" w14:textId="77777777">
+    <w:p w14:paraId="59A3393A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Projekta īstenošanas laikā ir iestājušies apstākļi, kas rada Līguma noteikto Finansējuma saņēmēja pienākumu un sniegto apliecinājumu pārkāpumu, kā arī Projekta pārbaudes rezultātā tiek konstatēti trūkumi un noteikts termiņš to novēršanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D73EC9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ja rodas pamatotas aizdomas, ka Finansējuma saņēmēja veiktie izdevumi nav uzskatāmi par Attiecināmajiem izdevumiem vai nav atbilstoši drošas finanšu vadības principam, nav samērīgi un ekonomiski pamatoti un apstākļu noskaidrošanai ir nepieciešams saņemt eksperta vai kompetentās iestādes atzinumu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D908142" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansējuma saņēmējs vairs neatbilst SAM MK noteikumu prasībām, kas noteiktas Finansējuma saņēmējam, lai tas varētu pretendēt uz Atbalsta summu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBB8B74" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ir ierosināts Finansējuma saņēmēja tiesiskās aizsardzības process vai ārpustiesas tiesiskās aizsardzības process, Projektā paredzētā saimnieciskā darbība ir apturēta vai pārtraukta, vai arī ir uzsākta Finansējuma saņēmēja likvidācija, ir uzlikts arests tā kustamai vai nekustamai mantai vai finanšu līdzekļiem, kā arī ja Valsts ieņēmumu dienests ir pieņēmis lēmumu par Finansējuma saņēmēja pamata saimnieciskās darbības apturēšanu normatīvo aktu pārkāpumu gadījumos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E1D01C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ja saistībā ar darbībām Projekta īstenošanas ietvaros ir uzsākts administratīvā pārkāpuma process vai kriminālprocess;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F99C76" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pret Finansējuma saņēmēju tiesā vai šķīrējtiesā ir iesniegts prasības pieteikums vai pieteikums par prasības nodrošinājumu par summu, kas pārsniedz 50 % (piecdesmit procentus) no Atbalsta summas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F42FFD" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nav sasniegti rādītāji, kas tika norādīti Projektā ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E1BD93" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>nav sasniegti Projektā norādītie saimnieciskās darbības rādītāji, vai tie sasniegti daļēji un nepamato Projektā veiktos ilgtermiņa ieguldījumus pieprasītās Atbalsta summas apmērā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043280E1" w14:textId="30CCEDBC" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="69"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Finansējuma saņēmējs nav nodrošinājis maksājuma pieprasījuma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>iesniegšanu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>šo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>noteikumu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="43" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>11</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="44" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>9</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t xml:space="preserve">. apakšpunktā paredzētajā termiņā vai nav novērsis maksājuma pieprasījumā konstatētās </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nepilnības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>šo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>noteikumu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 8.</w:t>
+      </w:r>
+      <w:del w:id="45" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>22</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="46" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:t>20</w:t>
+        </w:r>
+      </w:ins>
+      <w:r>
+        <w:t>. apakšpunktā minētajā termiņā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C91FF6" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:del w:id="47" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="48" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>Sadarbības iestādei ir tiesības lūgt pagarināt kredītiestādes garantijas termiņu par periodu, kamēr maksājums ir apturēts.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="2086EE5D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="līguma-grozījumi"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Projekta</w:t>
+        <w:t>Līguma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>īstenošanas</w:t>
-      </w:r>
+        <w:t>grozījumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...1664 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3EBA2CDB" w14:textId="77777777">
+    </w:p>
+    <w:p w14:paraId="73732938" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="24"/>
-[...439 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja pēc līguma noslēgšanas tā individuālajā daļā vai Projektā, vai Līguma pielikumos ir nepieciešami grozījumi, Sadarbības iestāde vai Finansējuma saņēmējs Projektu portālā (KPVIS) ierosina Līguma grozījumus. Līguma grozījumus veic par būtiskām izmaiņām, kas attiecas uz Projekta iesnieguma datu laukiem, kas norādīti MK noteikumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="25"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4EFFCE12" w14:textId="77777777">
+        <w:t xml:space="preserve"> 1.pielikuma 3. punktā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24013578" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="469174F6" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma grozījumus noformē, Pusēm savstarpēji rakstiski vienojoties un apstiprinot Līguma grozījumus Projektu portālā (KPVIS), ja vien Līgumā nav noteikta cita kārtība.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6CF444" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...197 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5540D4D6" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma grozījumi stājas spēkā ar attiecīgo grozījumu priekšlikuma saņemšanas dienu Sadarbības iestādē, izņemot gadījumus, kad Sadarbības iestāde noteikusi citu Līguma grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E3ACF8" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...276 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3331FCEB" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestādes ierosinātie Līguma grozījumi par izmaiņām Līguma 1.pielikumā “Līguma vispārīgie noteikumi” stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu portālā (KPVIS), izņemot gadījumus, kas Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346F7EE3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...116 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1FC0A1C8" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ierosinot Līguma grozījumus, Finansējuma saņēmējs vienlaikus ar grozījumu priekšlikumu Projektu portālā (KPVIS) iesniedz Sadarbības iestādei:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3463874F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="27"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3C0B4A67" w14:textId="77777777">
+          <w:numId w:val="71"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pamatojuma informāciju, tai skaitā dokumentus, kas pamato ierosinātos Līguma grozījumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694AA80E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="27"/>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:numId w:val="71"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">koriģētas Projekta iesnieguma veidlapas attiecīgās sadaļas atbilstoši MK noteikumu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="26"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1832159B" w14:textId="77777777">
+        <w:t xml:space="preserve"> 1.pielikuma 3. punktā noteiktajiem datu laukiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701E106D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...164 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="54739A06" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sadarbības iestāde 20 (divdesmit) darbdienu laikā no Finansējuma saņēmēja ierosināto grozījumu priekšlikuma saņemšanas veic to izvērtēšanu un, ja nepieciešams, veic grozījumu saskaņošanu ar Atbildīgo iestādi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6922A7" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...623 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="71E8B34A" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos Līguma grozījumus noraida, tā informē Finansējuma saņēmēju par noraidīšanas pamatojumu, kā arī, ja nepieciešams, norāda informāciju par nepieciešamajiem precizējumiem un grozījumu atkārtotas iesniegšanas kārtību. Sadarbības iestādei ir tiesības noraidīt Finansējuma saņēmēja ierosinātos grozījumus, ja Projekta īstenošana nav iespējama atbilstoši Projektā noteiktajam un, ja šie grozījumi ietekmē Projekta mērķu un Projektā norādīto rādītāju un horizontālo </w:t>
+      </w:r>
+      <w:r>
+        <w:t>principu rādītāju sasniegšanu, pasliktina sākotnējo Projekta novērtējumu pēc Specifiskā atbalsta mērķa vai tā pasākuma projektu iesniegumu vērtēšanas kritērijiem, ir pretrunā normatīvajiem aktiem, Līguma nosacījumiem, kā arī citos gadījumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786340A6" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...303 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0733194B" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Sadarbības iestāde Finansējuma saņēmēja ierosinātos grozījumus apstiprina, tā nosūta paziņojumu par Līguma grozījumu apstiprināšanu vai Sadarbības iestādes apstiprinātos Līguma grozījumus Finansējuma saņēmējam apstiprināšanai un parakstīšanai Projektu portālā (KPVIS). Finansējuma saņēmējs Sadarbības iestādes noteiktajā termiņā apstiprina un paraksta Līguma grozījumus Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B4144C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...304 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4E5E0C04" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Finansējuma saņēmēja ierosinātajos grozījumos veicami precizējumi, Sadarbības iestāde informē Finansējuma saņēmēju par veicamajiem precizējumiem un norāda termiņu veicamo precizējumu iesniegšanai Projektu portālā (KPVIS). Grozījumu izvērtēšanas termiņu pagarina par precizējumu izskatīšanai nepieciešamo laiku, bet ne vairāk kā par 20 (divdesmit) darbdienām no precizējumu saņemšanas dienas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217B61FB" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...175 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="08FFD105" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Līguma izmaiņas attiecas uz Pušu pamatdatiem (kontaktinformācija, juridiskā adrese, atbildīgā amatpersona) Sadarbības iestāde vai Finansējuma saņēmējs veic atbilstošas izmaiņas Projektu portālā (KPVIS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156AA0C5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...532 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="59025EF1" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma grozījumi par Attiecināmo izdevumu gala summu pēc informācijas par Projekta izdevumiem un īstenošanas progresu, rādītāju sasniegšanu un Projekta noslēguma maksājuma pieprasījuma izskatīšanas un samazinot Projekta attiecināmo izdevumu summu par neatbilstoši veikto izdevumu summu pēc lēmuma par neatbilstības konstatēšanu apstrīdēšanas termiņa beigām, tiek noformēti kā vienpusējs Sadarbības iestādes paziņojums un stājas spēkā dienā, kad Sadarbības iestāde par to paziņojusi Finansējuma saņēmējam Projektu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> portālā (KPVIS), izņemot gadījumus, kad Sadarbības iestāde paziņojumā Finansējuma saņēmējam norādījusi citu grozījumu spēkā stāšanās termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A65D17" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...335 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4B01313F" w14:textId="77777777">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Līguma grozījumi attiecas uz Līguma 2.pielikuma sadaļā “Projekta budžeta kopsavilkums” iekļauto neparedzēto izdevumu pārdali citiem Projekta Attiecināmajiem izdevumiem, Finansējuma saņēmējs paziņo par nepieciešamajām izmaiņām, iesniedzot Sadarbības iestādē precizētu Līguma 2.pielikuma sadaļu “Projekta budžeta kopsavilkums” un pamatojumu pārdales nepieciešamībai šo noteikumu 11.5. apakšpunktā noteiktajā kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274E05B0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="26"/>
-[...252 lines deleted...]
-        <w:r w:rsidR="00F93565">
+          <w:numId w:val="70"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līgumā noteikto dokumentu veidlapas, informācijas laukus Projektu portālā (KPVIS) Sadarbības iestāde ir tiesīga grozīt vienpusēji bez iepriekšējas saskaņošanas ar Finansējuma saņēmēju. Informācija par veiktajiem grozījumiem dokumentu veidlapās nekavējoties tiek ievietota Sadarbības iestādes tīmekļa vietnē </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.cfla.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve"> un </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> un ir Finansējuma saņēmējam saistoša no to ievietošanas brīža.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773CEB9A" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="X9d206f08baa12f2c24cddf4a166170229820d1d"/>
+      <w:r>
+        <w:t>Līguma izbeigšanas kārtība un spēkā neesamība</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="77277BC3" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgums izbeidzas ar Pušu saistību pilnīgu izpildi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C3DBC1" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Puses var izbeigt Līguma darbību pirms Līguma noteikto saistību izpildes termiņa iestāšanās, savstarpēji vienojoties, ja vien šajā Līgumā attiecībā uz Pušu tiesībām un pienākumiem nav noteikta cita kārtība. Vienošanās par Līguma izbeigšanu tiek noformēta rakstiski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D254F4" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Finansējuma saņēmējam Projekta īstenošanas laikā nav veikta Atbalsta summas vai tās daļas izmaksa, kā arī nav citu no Līguma izrietošu saistību un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0411E651" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad saņemts Finansējuma saņēmēja rakstisks ierosinājums, veic apstākļu izvērtēšanu, pēc kā nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBD6474" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="73"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma izbeigšanu ierosina Sadarbības iestāde, tā nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu un parakstītu vienošanos par Līguma izbeigšanu. Ja Finansējuma saņēmējs nepiekrīt paziņojumā minētajiem apstākļiem, Finansējuma saņēmējs 10 (desmit) darbdienu laikā iesniedz iebildumus par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs piekrīt paziņojumā minētajam, Finansējuma saņēmējs paraksta vienošanos par Līguma izbeigšanu un nosūta Sadarbības iestādei tās eksemplāru. Ja Finansējuma saņē</w:t>
+      </w:r>
+      <w:r>
+        <w:t>mējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā vai nav iesniedzis iebildumus par Līguma izbeigšanu, Līgums uzskatāms par izbeigtu 10 (desmit) darbdienu laikā no Sadarbības iestādes noteiktā vienošanās parakstīšanas termiņa beigām. Ja saņemti Finansējuma saņēmēja iebildumi par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 13.8. apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C3845E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Finansējuma saņēmējam ir veikta Atbalsta summas vai tās daļas izmaksa un Finansējuma saņēmējam ir pienākums veikt saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksu un</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B9D5E6" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai izmaksātā Atbalsta summas daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu. Ja Finansējuma saņēmējs ir atmaksājis visu saņemtā Atbalsta summu vai izmaksātā Atbalsta summas daļu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta Finansējuma saņēmēja p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ārskaitītā Atbalsta summa vai izmaksātās Atbalsta summas daļa, nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4FCAE5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="74"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Līguma izbeigšanu ierosina Sadarbības iestāde, tā pieņem lēmumu par līguma izbeigšanu un paziņo Finansējuma saņēmējam termiņu, kādā saņemtā Atbalsta summa vai izmaksātā Atbalsta summas daļa atmaksājama, veicot pārskaitījumu uz Sadarbības iestādes norādīto kontu. Ja Finansējuma saņēmējs ir atmaksājis visu saņemtā Atbalsta summu vai izmaksātās Atbalsta summas daļu Sadarbības iestādes noteiktajā termiņā, Sadarbības iestāde 10 (desmit) darbdienu laikā no dienas, kad Sadarbības iestādes norādītajā kontā saņemta </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Finansējuma saņēmēja pārskaitītā Atbalsta summa vai izmaksātās Atbalsta summas daļa, nosūta Finansējuma saņēmējam paziņojumu par Līguma izbeigšanu. Ja Finansējuma saņēmējs sniedz iebildumus par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 13.8. apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C279413" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Līguma izbeigšanu ierosina Finansējuma saņēmējs, Sadarbības iestāde pieņem lēmumu par Līguma izbeigšanu un 10 (desmit) darbdienu laikā no lēmuma pieņemšanas brīža nosūta Finansējuma saņēmējam lēmumu par Līguma izbeigšanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25687180" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Līguma izbeigšanu ierosina Sadarbības iestāde, tā nosūta Finansējuma saņēmējam pieņemto lēmumu par Līguma izbeigšanu un parakstītu vienošanos par Līguma izbeigšanu. Ja Finansējuma saņēmējs nepiekrīt lēmumā minētajiem apstākļiem, Finansējuma saņēmējs 10 (desmit) darbdienu laikā iesniedz iebildumus par Līguma izbeigšanu. Gadījumā, ja Finansējuma saņēmējs piekrīt lēmumā minētajam, Finansējuma saņēmējs paraksta vienošanos par Līguma izbeigšanu un nosūta Sadarbības iestādei tās eksemplāru. Ja Finansējuma saņē</w:t>
+      </w:r>
+      <w:r>
+        <w:t>mējs neparaksta vienošanos par Līguma izbeigšanu Sadarbības iestādes noteiktajā termiņā vai nav iesniedzis iebildumus par Līguma izbeigšanu, Līgums uzskatāms par izbeigtu 10 (desmit) darbdienu laikā no Sadarbības iestādes noteiktā vienošanās parakstīšanas termiņa beigām. Ja saņemti Finansējuma saņēmēja iebildumi par Līguma izbeigšanu, Puses rīkojas atbilstoši šī Līguma 13.8. apakšpunktam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D6F1C0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Finansējuma saņēmējs objektīvu apsvērumu dēļ nevar nodrošināt saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksu Sadarbības iestādes noteiktajā termiņā, Puses noslēdz rakstisku vienošanos par Līguma izbeigšanu un par saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksas grafiku. Ar šīs vienošanās par saņemtās Atbalsta summas vai izmaksātās Atbalsta summas daļas atmaksas grafiku tiek izbeigta Līguma darbība un Finansējuma saņēmēja saistību izpilde Atbalsta summas vai tā</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s daļas atmaksai tiek nodrošināta atbilstoši vienošanās noteiktajam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CA5CA6" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:del w:id="51" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="52" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:delText>Līguma izbeigšanas gadījumā, pirms vienošanās par līguma izbeigšanu parakstīšanu Sadarbības iestāde šo noteikumu 8.5. apakšpunktā norādīto kredītiestādes garantiju atbrīvo, ja nav veikts avansa maksājums Finansējuma saņēmējam. Gadījumā, ja avansa maksājums ir veikts, Sadarbības iestāde kredītiestādes garantiju atbrīvo pēc tam, kad Finansējuma saņēmējs ir veicis avansa maksājuma pilnīgu atmaksu atbilstoši 12.4. apakšpunktam. Gadījumā, ja Finansējuma saņēmējs neveic saņemtā avansa maksājuma atmaksu Sadarbības</w:delText>
+        </w:r>
+        <w:r>
+          <w:delText xml:space="preserve"> iestādes noteiktajā termiņā, Sadarbības iestāde pieprasa avansa maksājuma garantijas apmaksu no garantijas devēja.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="7B0519B4" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="Compact"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:t>Sadarbības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>iestādei</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Finansējuma</w:t>
+        <w:t>tiesības</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...5077 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> vienpusēji atkāpties no Līguma atbilstoši MK noteikumos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="27"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0A94C50F" w14:textId="77777777">
+        <w:t xml:space="preserve"> noteiktajam šādos gadījumos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB80F1F" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="31"/>
-[...71 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="085880A2" w14:textId="77777777">
+          <w:numId w:val="75"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konstatēts, ka visi Projekta izdevumi atzīti par Neatbilstoši veiktiem izdevumiem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6928CE22" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="31"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="464B7276" w14:textId="77777777">
+          <w:numId w:val="75"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konstatēts, ka nav sasniegts Projekta mērķis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D78DF31" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="31"/>
-[...158 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5772E7C4" w14:textId="77777777">
+          <w:numId w:val="75"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konstatēts, ka Finansējuma saņēmējs Projekta darbību īstenošanas laikā, pēc atkārtota Sadarbības iestādes brīdinājuma, nepilda normatīvajos aktos vai Līgumā noteiktos pienākumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011749C6" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="31"/>
-[...452 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6E322E4E" w14:textId="77777777">
+          <w:numId w:val="75"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>konstatēts, ka Līgumu nav iespējams izpildīt tādēļ, ka ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas ES vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas. Šādā gadījumā Sadarbības iestāde nosūta Finansējuma saņēmējam parakstītu vienpusēju paziņojumu par Līguma izbeigšanu. Finansējuma saņēmējam ir pienākums pirms Līguma izbeigšanas veikt saņemtās Atbalsta summas vai tās daļas atmaksu Sadarbības iestādei Līgumā note</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iktajā kārtībā (ja attiecināms).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7575E4C7" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
-[...252 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="162759F4" w14:textId="77777777">
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Visos Līgumā minētajos gadījumos, kad Līgums tiek izbeigts ar Sadarbības iestādes vienpusēju paziņojumu, ja paziņojums tiek nosūtīts ar elektroniskā pasta starpniecību, izmantojot drošu elektronisko parakstu, Līgums uzskatāms par izbeigtu otrajā darbdienā pēc tā nosūtīšanas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D69ACF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
-[...236 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="7EB2A39A" w14:textId="77777777">
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Gadījumos, kad Līgums tiek izbeigts saskaņā ar Pušu rakstisku vienošanos, par Līguma izbeigšanas dienu uzskatāma diena, kad to parakstījusi pēdējā no Pusēm, ja vien Sadarbības iestāde minētajā vienošanās nav noteikusi citu Līguma izbeigšanas termiņu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FDC799" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
-[...188 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="263B5377" w14:textId="77777777">
+          <w:numId w:val="72"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgums uzskatāms par spēkā neesošu no tā parakstīšanas dienas, ja tas ticis noslēgts, pamatojoties uz prettiesisku administratīvo aktu par Projekta iesnieguma apstiprināšanu un minētais administratīvais akts ticis atcelts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDF0E99" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4CFDD445" w14:textId="77777777">
+          <w:numId w:val="49"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="noslēguma-jautājumi"/>
+      <w:r>
+        <w:t>Noslēguma jautājumi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="5B3FF180" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...84 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="40C54551" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Nosacījumi, kas tieši nav atrunāti Līgumā, tiek risināti saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F20A752" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...319 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6B00FDA1" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja viens vai vairāki Līguma noteikumi jebkādā veidā kļūst par spēkā neesošiem, pretlikumīgiem, tas nekādā veidā neierobežo un neietekmē pārējo Līguma noteikumu spēkā esamību, likumību vai izpildi. Šādā gadījumā Puses apņemas veikt visu iespējamo spēku zaudējušo saistību pārskatīšanu saskaņā ar normatīvajiem aktiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BFDD3D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> un Regulas 2021/1060 </w:t>
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Projekta lieta ir pieejama Likumā, Informācijas atklātības likumā un Regulas 2021/1060 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="28"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 49. </w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="200EF516" w14:textId="77777777">
+        <w:t xml:space="preserve"> 49. panta 3. punktā noteiktajā apjomā un kārtībā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75974EF0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="78DD2089" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ja Līgumā nav norādīts citādi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BC4EF7" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-[...94 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="563615EA" w14:textId="77777777">
+          <w:numId w:val="77"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>sadaļu un punktu virsraksti ir norādīti tikai pārskatāmības labad un neietekmē Līguma būtību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2E2448" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-[...270 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="73F38C72" w14:textId="77777777">
+          <w:numId w:val="77"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>atsauce uz Līgumu, dokumentu vai normatīvo aktu ir uzskatāma par atsauci uz to Līguma, dokumenta vai normatīvā akta redakciju, kas ir spēkā brīdī, kad ir piemērojama vai izpildāma attiecīgā Līguma norma, kura atsaucas uz Līgumu, dokumentu vai normatīvo aktu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3432D418" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="33"/>
-[...76 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="615FD478" w14:textId="77777777">
+          <w:numId w:val="77"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>atsauce uz personu ietver arī tās tiesību un saistību pārņēmējus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFF72F7" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...68 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3466DE87" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Līgums ir saistošs Pusēm un to tiesību un saistību pārņēmējiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EEA23D5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...588 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6973C033" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Puses tiek atbrīvotas no atbildības par Līguma pilnīgu vai daļēju neizpildi, ja šāda neizpilde radusies nepārvaramas varas vai ārkārtēju apstākļu rezultātā, kuru darbība sākusies pēc Līguma noslēgšanas un kurus nevarēja iepriekš ne paredzēt, ne novērst. Pie nepārvaramas varas un ārkārtējiem apstākļiem pieskaitāmi: stihiskas nelaimes, avārijas, katastrofas, epidēmijas, epizootijas, kara darbība, nemieri, kas kavē vai pārtrauc Līguma saistību pilnīgu izpildi. Puses apņemas veikt nepieciešamos pasākumus, lai l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>īdz minimumam samazinātu kaitējumus, kas var izrietēt no nepārvaramas varas apstākļiem, kā arī izpildīt attiecīgo Līguma saistību pēc nepārvaramas varas vai ārkārtējo apstākļu beigām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476D5B66" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...511 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="18A15898" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Par nepārvaramas varas un ārkārtējiem apstākļiem tiek ziņots rakstiski šo noteikumu 2.1.14. apakšpunktā noteiktajā kārtībā. Ziņojumā jānorāda, kādā termiņā ir iespējama un paredzama Līgumā noteikto saistību izpilde, un pēc otras Puses pieprasījuma papildus jāiesniedz izziņa, kuru izsniegusi kompetenta institūcija un kura satur minēto ārkārtējo apstākļu darbības apstiprinājumu un to raksturojumu. Šādā gadījumā Līgumā paredzēto Pušu pienākumu veikšanas termiņš tiek atlikts samērīgi ar šādu apstākļu darbības i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lgumu, ievērojot pieļaujamo Projekta īstenošanas ilgumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49583AA9" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...132 lines deleted...]
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="00D0808F" w14:textId="77777777">
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Strīdus, kas rodas Līguma darbības laikā, Puses risina savstarpējā sarunu ceļā, panākot vienošanos, kura tiek noformēta rakstiski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CF40BB" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076" w:rsidP="005A6076">
       <w:pPr>
         <w:pStyle w:val="Compact"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
-[...125 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+          <w:numId w:val="76"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Gadījumā, ja vienošanās netiek panākta, strīdi tiek risināti saskaņā ar Latvijas Republikas normatīvajos aktos noteikto kārtību.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00637DEB">
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B4362" w:rsidRDefault="006B4362" w14:paraId="1E9B39DE" w14:textId="77777777">
+    <w:p w14:paraId="13F5BB31" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B4362" w:rsidRDefault="006B4362" w14:paraId="7A3260A0" w14:textId="77777777">
+    <w:p w14:paraId="08B533D0" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B323AAA" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B4362" w:rsidRDefault="006B4362" w14:paraId="56BB0F4D" w14:textId="77777777">
+    <w:p w14:paraId="4CDAFFDD" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B4362" w:rsidRDefault="006B4362" w14:paraId="749207E8" w14:textId="77777777">
+    <w:p w14:paraId="17E3489B" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="64BBE845" w14:textId="77777777">
+    <w:p w14:paraId="21F32FE2" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...151 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas par finanšu korekciju piemērošanu, ziņošanu par Eiropas Savienības fondu īstenošanā konstatētajām neatbilstībām, neatbilstoši veikto izdevumu ieturēšanu un atgūšanu Eiropas Savienības fondu 2021.-2027.gada plānošanas periodā.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="17CA8F76" w14:textId="77777777">
+    <w:p w14:paraId="0980C4CD" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...87 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2024. gada 23. septembra Regula (ES, Euratom) 2024/2509 par finanšu noteikumiem, ko piemēro Savienības vispārējam budžetam (pārstrādāta redakcija)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="50EE6706" w14:textId="77777777">
+    <w:p w14:paraId="2C0A9BD4" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...85 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām pārbaudēm 2021.-2027.gada plānošanas periodā</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="64F3441E" w14:textId="77777777">
+    <w:p w14:paraId="2E08E610" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6389252A" w14:textId="77777777">
+    <w:p w14:paraId="266EC9AF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada 19. </w:t>
-[...103 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023. gada 19. decembra noteikumi Nr. 802 “Neatbilstību konstatēšanas un neatbilstoši veikto izdevumu atgūšanas kārtība Eiropas Savienības fondu īstenošanā 2021.–2027. gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="1F63962D" w14:textId="77777777">
+    <w:p w14:paraId="033BF833" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada 13. </w:t>
-[...111 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023. gada 13. jūlija noteikumi Nr. 408 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>“Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="4A84EEA0" w14:textId="77777777">
+    <w:p w14:paraId="2EAD63CB" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas “ES fondu 2021.-2027. gada un Atveseļošanas fonda komunikācijas un dizaina vadlīnijas”, publicētas tīmekļa </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F93565">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vietnē</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="68C34564" w14:textId="77777777">
+    <w:p w14:paraId="6B8D1F2E" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:del w:id="8" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:delText xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="2822EB7C" w14:textId="77777777" w:rsidR="00F93565" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:del w:id="10" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:delText xml:space="preserve"> Vadošās iestādes vadlīnijas par finanšu korekciju piemērošanu, ziņošanu par Eiropas Savienības fondu īstenošanā konstatētajām neatbilstībām, neatbilstoši veikto izdevumu ieturēšanu un atgūšanu Eiropas Savienības fondu 2021.-2027.gada plānošanas periodā.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w14:paraId="3B06269E" w14:textId="77777777" w:rsidR="00727602" w:rsidRDefault="00727602">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:del w:id="13" w:author="CFLA" w:date="2025-11-27T10:45:00Z" w16du:dateUtc="2025-11-27T08:45:00Z">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:delText xml:space="preserve"> Komisijas 2014. gada 17. jūnija Regula (ES) Nr. 651/2014</w:delText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="FootnoteReference"/>
+          </w:rPr>
+          <w:footnoteRef/>
+        </w:r>
+        <w:r>
+          <w:delText>, ar ko noteiktas atbalsta kategorijas atzīst par saderīgām ar iekšējo tirgu, piemērojot Līguma 107. un 108. pantu</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="4CDA1D1E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Eiropas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Parlamenta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> un </w:t>
-[...277 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="9">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="264A024B" w14:textId="77777777">
+  <w:footnote w:id="12">
+    <w:p w14:paraId="669BE57B" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...151 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
-    <w:p w:rsidR="00727602" w:rsidRDefault="00727602" w14:paraId="466AC88F" w14:textId="20F623BB">
+  <w:footnote w:id="13">
+    <w:p w14:paraId="05BF9ADF" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w14:paraId="22A501CE" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, </w:t>
-[...101 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Vadošās iestādes vadlīnijas “Vadlīnijas Eiropas Savienības fondu līdzfinansēto projektu riskos balstītām pārbaudēm 2021.-2027.gada plānošanas periodā”, publicētas tīmekļa vietnē https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-eiropas-savienibas-fondu-lidzfinanseto-projektu-riskos-balstitam-parbaudem-2021-2027-gada-planosanas-perioda.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0046BF7B" w14:textId="77777777">
+  <w:footnote w:id="15">
+    <w:p w14:paraId="2F42F66E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...293 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr.135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="352C890E" w14:textId="77777777">
+  <w:footnote w:id="16">
+    <w:p w14:paraId="36F4B573" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...293 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="13">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="0892C0D9" w14:textId="77777777">
+  <w:footnote w:id="17">
+    <w:p w14:paraId="64E1CE4C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> Līgums par Eiropas Savienības darbību</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="14">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="00FCEFC5" w14:textId="77777777">
+  <w:footnote w:id="18">
+    <w:p w14:paraId="45B42B6D" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...119 lines deleted...]
-        <w:t xml:space="preserve"> https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods/vadlinijas-eiropas-savienibas-fondu-lidzfinanseto-projektu-riskos-balstitam-parbaudem-2021-2027-gada-planosanas-perioda.</w:t>
+        <w:t xml:space="preserve"> Iepirkumu uzraudzības biroja skaidrojums “Skaidrojums par priekšizpētes veikšanu paredzamās līgumcenas noteikšanai”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="15">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="02870F1E" w14:textId="77777777">
+  <w:footnote w:id="19">
+    <w:p w14:paraId="2BF2CB11" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> Bijušais darbinieks šī līguma izpratnē ir darbinieks, kuram no darba tiesisko attiecību izbeigšanās dienas līdz paredzētajai uzņēmuma līguma noslēgšanai ir pagājuši mazāk kā divi gadi.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="16">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="125BAE5F" w14:textId="77777777">
+  <w:footnote w:id="20">
+    <w:p w14:paraId="1C65162E" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023. gada 25.aprīļa noteikumi Nr.205 “Valsts budžeta līdzekļu plānošanas kārtība Eiropas Savienības fondu projektu īstenošanai un maksājumu veikšanai 2021.-2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="17">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="623D2186" w14:textId="77777777">
+  <w:footnote w:id="21">
+    <w:p w14:paraId="6D10B5BB" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> MK 2023. gada 21.marta noteikumi Nr. 135 “Eiropas Savienības fondu projektu pārbaužu veikšanas kārtība 2021.–2027. gada plānošanas periodā”</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="18">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5E3C0D46" w14:textId="77777777">
+  <w:footnote w:id="22">
+    <w:p w14:paraId="3518AAAA" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> Pievienotās vērtības nodokļa likums</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="19">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="40D614B1" w14:textId="77777777">
+  <w:footnote w:id="23">
+    <w:p w14:paraId="0E580C9C" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> divi gadi.</w:t>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="20">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="6FE4911B" w14:textId="77777777">
+  <w:footnote w:id="24">
+    <w:p w14:paraId="62E86FC5" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...103 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023. gada 25.aprīļa noteikumi Nr.205 “Valsts budžeta līdzekļu plānošanas kārtība Eiropas Savienības fondu projektu īstenošanai un maksājumu veikšanai 2021.-2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="21">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="2E9FAB9A" w14:textId="77777777">
+  <w:footnote w:id="25">
+    <w:p w14:paraId="0A14D420" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...71 lines deleted...]
-        <w:t>”</w:t>
+        <w:t xml:space="preserve"> MK 2023.gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="22">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="3E86F0E9" w14:textId="77777777">
+  <w:footnote w:id="26">
+    <w:p w14:paraId="5C1A9741" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> MK 2023.gada 13.jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="23">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="59D4FCCD" w14:textId="77777777">
+  <w:footnote w:id="27">
+    <w:p w14:paraId="03298B55" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...293 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> MK 2023. gada 13. jūlija noteikumi Nr. 408 “Kārtība, kādā Eiropas Savienības fondu vadībā iesaistītās institūcijas nodrošina šo fondu ieviešanu 2021.–2027.gada plānošanas periodā”</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="24">
-    <w:p w:rsidR="00F93565" w:rsidRDefault="00000000" w14:paraId="5AF31C5D" w14:textId="77777777">
+  <w:footnote w:id="28">
+    <w:p w14:paraId="6BD2F2E0" w14:textId="77777777" w:rsidR="00637DEB" w:rsidRDefault="005A6076">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> MK 2023. gada </w:t>
-[...797 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Eiropas Parlamenta un Padomes 2021. gada 24. jūnija Regula (ES) 2021/1060, ar ko paredz kopīgus noteikumus par Eiropas Reģionālās attīstības fondu, Eiropas Sociālo fondu Plus, Kohēzijas fondu, Taisnīgas pārkārtošanās fondu un Eiropas Jūrlietu, zvejniecības un akvakultūras fondu un finanšu noteikumus attiecībā uz tiem un uz Patvēruma, migrācijas un integrācijas fondu, Iekšējās drošības fondu un Finansiāla atbalsta instrumentu robežu pārvaldībai un vīzu politikai</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E9EE645" w14:textId="77777777" w:rsidR="005A6076" w:rsidRDefault="005A6076">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0000A990"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D2A96E6"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A99411"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0426001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -57453,1167 +6249,2643 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1622422191">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="162B2221"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FB1CE3D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="233A2187"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0426001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AC3254B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BDC24726"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="53355870">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2099717017">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1992177674">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="626594741">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1721049342">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2057049007">
+  <w:num w:numId="6" w16cid:durableId="2053069183">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1385250452">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1872448850">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2065178382">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1990135038">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1653679192">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1454592709">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1418743951">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="756905230">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1686520930">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1302421594">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1345129281">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="57634662">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1843816554">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2104495169">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="579103356">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2146659906">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1021706703">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1306160560">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="584655423">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1263952744">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="170460803">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2130203411">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1153254825">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1121612611">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="2110466828">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="178274148">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1736203328">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1650551808">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1931816759">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1701397686">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1690911144">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="182256117">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="2074694596">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1762484431">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1753890106">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="131948621">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="377972808">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1183202318">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1013217403">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="513039568">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="46" w16cid:durableId="136607661">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1480616168">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="47" w16cid:durableId="1157064997">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1689716750">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="48" w16cid:durableId="1816483786">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1443187993">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="49" w16cid:durableId="1789855734">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1592622098">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="50" w16cid:durableId="1565018875">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1008561175">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="51" w16cid:durableId="714080785">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1837455316">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="52" w16cid:durableId="440609305">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2003728125">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="53" w16cid:durableId="879049909">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="771129250">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="54" w16cid:durableId="497187040">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="425856275">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="55" w16cid:durableId="1392461372">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1517844282">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="56" w16cid:durableId="727386287">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="84695243">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="57" w16cid:durableId="656542577">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1401828434">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="58" w16cid:durableId="2057846966">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1754232621">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="59" w16cid:durableId="919633850">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="619536570">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="60" w16cid:durableId="1140802689">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1946111463">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="61" w16cid:durableId="2052724883">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1419981739">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="62" w16cid:durableId="759759628">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1973444455">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="63" w16cid:durableId="1559975808">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1342775261">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="64" w16cid:durableId="1731801080">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1612322753">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="65" w16cid:durableId="801456728">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="614020467">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="66" w16cid:durableId="1965576993">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1824195337">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="67" w16cid:durableId="1484465850">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1301964167">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="68" w16cid:durableId="199786314">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="874974507">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="69" w16cid:durableId="209079529">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="95492390">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="70" w16cid:durableId="571935900">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="352078667">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="71" w16cid:durableId="1278490997">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1203789412">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="72" w16cid:durableId="972099673">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="66416751">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="73" w16cid:durableId="90127747">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="26416559">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="74" w16cid:durableId="832991173">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1584415012">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="75" w16cid:durableId="152644466">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="935022586">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="76" w16cid:durableId="1477339290">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:numIdMacAtCleanup w:val="33"/>
+  <w:num w:numId="77" w16cid:durableId="605960556">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
-</file>
-[...2 lines deleted...]
-<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="false"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:drawingGridHorizontalSpacing w:val="360"/>
   <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00754C77"/>
-    <w:rsid w:val="00000000"/>
     <w:rsid w:val="00067801"/>
     <w:rsid w:val="001E2B18"/>
     <w:rsid w:val="002C5E4B"/>
     <w:rsid w:val="00346B71"/>
     <w:rsid w:val="00376657"/>
     <w:rsid w:val="003978BF"/>
     <w:rsid w:val="003F784F"/>
     <w:rsid w:val="004162F8"/>
     <w:rsid w:val="0043115A"/>
     <w:rsid w:val="00467B2F"/>
     <w:rsid w:val="004B158C"/>
     <w:rsid w:val="004F2F0F"/>
     <w:rsid w:val="005972B9"/>
+    <w:rsid w:val="005A6076"/>
+    <w:rsid w:val="00637DEB"/>
     <w:rsid w:val="00672385"/>
     <w:rsid w:val="006966BE"/>
     <w:rsid w:val="0069B3E6"/>
     <w:rsid w:val="006B4362"/>
     <w:rsid w:val="00727602"/>
     <w:rsid w:val="00754C77"/>
     <w:rsid w:val="0076424E"/>
     <w:rsid w:val="00784AE0"/>
     <w:rsid w:val="007B907B"/>
     <w:rsid w:val="00853F7E"/>
     <w:rsid w:val="008D680B"/>
     <w:rsid w:val="0097455E"/>
     <w:rsid w:val="00974C1B"/>
     <w:rsid w:val="00976F70"/>
     <w:rsid w:val="00A93D87"/>
     <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="00BA7A36"/>
     <w:rsid w:val="00C01441"/>
     <w:rsid w:val="00C37046"/>
     <w:rsid w:val="00C83189"/>
     <w:rsid w:val="00CC63C0"/>
     <w:rsid w:val="00CF1609"/>
+    <w:rsid w:val="00D3038F"/>
     <w:rsid w:val="00D9031A"/>
     <w:rsid w:val="00DB2AE0"/>
     <w:rsid w:val="00DD72FD"/>
     <w:rsid w:val="00E028D0"/>
     <w:rsid w:val="00E062A7"/>
     <w:rsid w:val="00E27C46"/>
     <w:rsid w:val="00EC4F96"/>
     <w:rsid w:val="00EC5AF6"/>
     <w:rsid w:val="00ED0940"/>
     <w:rsid w:val="00F606E0"/>
     <w:rsid w:val="00F73B7B"/>
     <w:rsid w:val="00F93565"/>
     <w:rsid w:val="00FC4707"/>
     <w:rsid w:val="203A78C4"/>
     <w:rsid w:val="21F8376E"/>
     <w:rsid w:val="3187FF78"/>
     <w:rsid w:val="4910CA81"/>
     <w:rsid w:val="63D5F70C"/>
     <w:rsid w:val="740A61BE"/>
     <w:rsid w:val="7C1CED66"/>
     <w:rsid w:val="7C9B7FEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1CEE13BB"/>
-  <w15:docId w15:val="{D61062DC-7DE7-44C1-B98A-86F411EEECA2}"/>
+  <w15:docId w15:val="{BB05442F-5455-44A8-9AC3-5ED66698430D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -58909,988 +9181,1032 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00467B2F"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:i/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="CaptionChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="VerbatimChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimChar">
     <w:name w:val="Verbatim Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="SourceCode"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SectionNumber" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionNumber">
     <w:name w:val="Section Number"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="Vresrakstzmes" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Vresrakstzmes">
     <w:name w:val="Vēres rakstzīmes"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:rPr>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Beiguvresrakstzme" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Beiguvresrakstzme">
     <w:name w:val="Beigu vēres rakstzīme"/>
     <w:qFormat/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Numuranassimboli" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Numuranassimboli">
     <w:name w:val="Numurēšanas simboli"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Virsraksts">
     <w:name w:val="Virsraksts"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="180" w:after="180"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rdtjs" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rdtjs">
     <w:name w:val="Rādītājs"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FirstParagraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
     <w:name w:val="First Paragraph"/>
     <w:basedOn w:val="BodyText"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Compact" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
     <w:name w:val="Compact"/>
     <w:basedOn w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="36" w:after="36"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="345A8A" w:themeColor="accent1" w:themeShade="B5"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Title"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Author" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
     <w:name w:val="Author"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AbstractTitle" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
     <w:name w:val="Abstract Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Abstract"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="300" w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="345A8A"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Abstract" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
     <w:name w:val="Abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="100" w:after="300"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BlockText">
     <w:name w:val="Block Text"/>
     <w:basedOn w:val="BodyText"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="100" w:after="100"/>
       <w:ind w:left="480" w:right="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DefinitionTerm" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
     <w:name w:val="Definition Term"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Definition"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Definition" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
     <w:name w:val="Definition"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableCaption" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
     <w:name w:val="Table Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ImageCaption" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImageCaption">
     <w:name w:val="Image Caption"/>
     <w:basedOn w:val="Caption"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ilustrcija" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ilustrcija">
     <w:name w:val="Ilustrācija"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CaptionedFigure" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionedFigure">
     <w:name w:val="Captioned Figure"/>
     <w:basedOn w:val="Ilustrcija"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IndexHeading">
     <w:name w:val="index heading"/>
     <w:basedOn w:val="Virsraksts"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="BodyText"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
     <w:name w:val="Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
         <w:vAlign w:val="bottom"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="highlightme" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="highlightme">
     <w:name w:val="highlightme"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00D9031A"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:color w:val="002D9C"/>
-      <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="D0E2FF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="SourceCode" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SourceCode">
     <w:name w:val="Source Code"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="VerbatimChar"/>
     <w:pPr>
       <w:wordWrap w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KeywordTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KeywordTok">
     <w:name w:val="KeywordTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DataTypeTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DataTypeTok">
     <w:name w:val="DataTypeTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="902000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DecValTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DecValTok">
     <w:name w:val="DecValTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BaseNTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BaseNTok">
     <w:name w:val="BaseNTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FloatTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FloatTok">
     <w:name w:val="FloatTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="40A070"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ConstantTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ConstantTok">
     <w:name w:val="ConstantTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="880000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CharTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharTok">
     <w:name w:val="CharTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SpecialCharTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialCharTok">
     <w:name w:val="SpecialCharTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="StringTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="StringTok">
     <w:name w:val="StringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="VerbatimStringTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimStringTok">
     <w:name w:val="VerbatimStringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="4070A0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SpecialStringTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialStringTok">
     <w:name w:val="SpecialStringTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="BB6688"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ImportTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ImportTok">
     <w:name w:val="ImportTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="008000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTok">
     <w:name w:val="CommentTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DocumentationTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentationTok">
     <w:name w:val="DocumentationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:i/>
       <w:color w:val="BA2121"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnnotationTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnnotationTok">
     <w:name w:val="AnnotationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentVarTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentVarTok">
     <w:name w:val="CommentVarTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OtherTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OtherTok">
     <w:name w:val="OtherTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FunctionTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FunctionTok">
     <w:name w:val="FunctionTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="06287E"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="VariableTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="VariableTok">
     <w:name w:val="VariableTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="19177C"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ControlFlowTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ControlFlowTok">
     <w:name w:val="ControlFlowTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="007020"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OperatorTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OperatorTok">
     <w:name w:val="OperatorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BuiltInTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BuiltInTok">
     <w:name w:val="BuiltInTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="008000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ExtensionTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExtensionTok">
     <w:name w:val="ExtensionTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PreprocessorTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PreprocessorTok">
     <w:name w:val="PreprocessorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="BC7A00"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AttributeTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AttributeTok">
     <w:name w:val="AttributeTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:color w:val="7D9029"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RegionMarkerTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RegionMarkerTok">
     <w:name w:val="RegionMarkerTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="InformationTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="InformationTok">
     <w:name w:val="InformationTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="WarningTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WarningTok">
     <w:name w:val="WarningTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:i/>
       <w:color w:val="60A0B0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AlertTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
     <w:name w:val="AlertTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ErrorTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
     <w:name w:val="ErrorTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NormalTok" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
     <w:name w:val="NormalTok"/>
     <w:basedOn w:val="VerbatimChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
-    <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AE60AB"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:semiHidden/>
-    <w:rsid w:val="00DB2AE0"/>
+    <w:rsid w:val="005A6076"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A6076"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="005A6076"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005A6076"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="005A6076"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/253451-pievienotas-vertibas-nodokla-likums" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cfla.gov.lv/lv" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.esfondi.lv/normativie-akti-un-dokumenti/2021-2027-planosanas-periods" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -60187,73 +10503,65 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0afa2ca83f64c0f347b8b973f838addc" ns2:_="" ns3:_="">
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="81a6793cb9d799be2cf56460a42ef44c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25ce1e1fd3b31c1fe806c05066683953" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -60448,96 +10756,431 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0813ac2431d5a96eba4877dd4ed7de05">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93cb837ca8ca6ce7259761b52bb64bb4" ns2:_="" ns3:_="">
+    <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92D5E613-433D-46F1-A5E5-A30AD6458734}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{385F4EF1-6BB5-4EA2-A4D3-19DFD946B896}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4407D73E-9F38-4474-B77E-7E9F01D17A1A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FE75A50-D848-499F-8DFE-0A60FA2DF03C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A3D057E-AA6B-44B0-9D7E-12592F1EF530}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4C825C0-BEBC-4912-B3FE-A9490F04FB57}"/>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27D6C2BE-FD64-491F-AEE9-A3EFEFB65B52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <ds:schemaRef ds:uri="42144e59-5907-413f-b624-803f3a022d9b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EA36A6A-6849-4687-8600-62BDDBFAEF7B}">
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92D5E613-433D-46F1-A5E5-A30AD6458734}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>29</Pages>
+  <Words>7778</Words>
+  <Characters>54841</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1337</Lines>
+  <Paragraphs>470</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>62149</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCAE56773E04C54A8AAEC798B999D08D</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docLang">
+    <vt:lpwstr>lv</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>