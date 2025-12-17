--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -1,132 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29523"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cflagovlv.sharepoint.com/sites/PAN/Shared Documents/21-27/6.1.1.1. Atteikšanās no kūdras izmantošanas enerģētikā/6.1.1.1. Atteikšanās no kūdras 3.kārta - LVM/3.kārta - LVM/1.Atlases sagatavošana/Nolikums/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="561" documentId="8_{69FF3BA5-551C-4D0B-B2E8-7081012F7612}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{836E5E03-C4FD-4973-86EC-BFCA26E86347}"/>
+  <xr:revisionPtr revIDLastSave="572" documentId="8_{69FF3BA5-551C-4D0B-B2E8-7081012F7612}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1B7D7522-4C23-424E-9F86-99BB8117852A}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{85C76D3C-149C-4612-A659-C782BD7B9575}"/>
   </bookViews>
   <sheets>
     <sheet name="5.pielikums" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="likme">[1]HIDDEN!$G$2:$G$6</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'5.pielikums'!$A$1:$E$113</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'5.pielikums'!$A$1:$E$112</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D107" i="4" l="1"/>
-[...7 lines deleted...]
-  <c r="D64" i="4"/>
+  <c r="D106" i="4" l="1"/>
+  <c r="D102" i="4"/>
+  <c r="D95" i="4"/>
+  <c r="D85" i="4"/>
+  <c r="D83" i="4"/>
+  <c r="D77" i="4"/>
+  <c r="D72" i="4"/>
+  <c r="D68" i="4"/>
   <c r="D63" i="4"/>
-  <c r="D61" i="4"/>
-[...5 lines deleted...]
-  <c r="D24" i="4"/>
+  <c r="D62" i="4"/>
+  <c r="D60" i="4"/>
+  <c r="D55" i="4"/>
+  <c r="D48" i="4"/>
+  <c r="D37" i="4"/>
+  <c r="D34" i="4"/>
+  <c r="D28" i="4"/>
   <c r="D23" i="4"/>
-  <c r="D15" i="4"/>
+  <c r="D22" i="4"/>
   <c r="D14" i="4"/>
-  <c r="D12" i="4"/>
+  <c r="D13" i="4"/>
   <c r="D10" i="4"/>
-  <c r="D20" i="4"/>
-[...3 lines deleted...]
-  <c r="D17" i="4"/>
+  <c r="D19" i="4"/>
+  <c r="D47" i="4"/>
+  <c r="D71" i="4"/>
+  <c r="D94" i="4"/>
+  <c r="D16" i="4"/>
+  <c r="D65" i="4" l="1"/>
+  <c r="D59" i="4" s="1"/>
   <c r="D9" i="4"/>
-  <c r="D66" i="4" l="1"/>
-[...1 lines deleted...]
-  <c r="D8" i="4" s="1"/>
+  <c r="D8" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="202">
   <si>
     <t>5.pielikums</t>
   </si>
   <si>
     <t>projektu iesniegumu atlases nolikumam</t>
   </si>
   <si>
     <r>
       <t>Projekta budžeta kopsavilkuma pielikums</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Aptos"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>aizpildīšanai paredzētie lauki</t>
   </si>
   <si>
     <r>
@@ -189,1159 +188,1094 @@
   </si>
   <si>
     <t>1.1.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Projekta izmaksas saskaņā ar izmaksu vienoto likmi
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color indexed="12"/>
         <rFont val="Aptos"/>
       </rPr>
       <t xml:space="preserve">Atbilstoši SAM MK noteikumu 24.7. apakšpunktam un 25. punktam.
 </t>
     </r>
   </si>
   <si>
     <t>1.1.1.</t>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Projekta vadības un īstenošanas personāla izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>Atbilstoši SAM MK noteikumu 24.7. apakšpunktam plāno kā vienu izmaksu pozīciju, piemērojot izmaksu likmi 6 % apmērā no SAM MK noteikumu 24. punktā minētajām tiešajām attiecināmajām izmaksām, kas nav personāla izmaksas – 6 % no pozīciju Nr. 6,  Nr. 7, Nr. 10, Nr. 11 un Nr. 13 summas.</t>
+    </r>
+  </si>
+  <si>
+    <t>1.2.</t>
+  </si>
+  <si>
+    <t>1.2.1.</t>
+  </si>
+  <si>
+    <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
       <t xml:space="preserve">Projekta netiešās attiecināmās izmaksas
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>Atbilstoši SAM MK noteikumu 25. punktam plāno kā vienu izmaksu pozīciju, piemērojot izmaksu vienoto likmi 7 % apmērā no SAM MK noteikumu 24.  punktā minētajām tiešajām attiecināmajām izmaksām – 7 % no pozīciju Nr. 2.1., Nr. 6,  Nr. 7, Nr. 10, Nr. 11 un Nr. 13 summas.</t>
-[...3 lines deleted...]
-    <t>1.2.</t>
+      <t>Atbilstoši SAM MK noteikumu 25. punktam plāno kā vienu izmaksu pozīciju, piemērojot izmaksu vienoto likmi 7 % apmērā no SAM MK noteikumu 24.  punktā minētajām tiešajām attiecināmajām izmaksām – 7 % no pozīciju Nr. 1.1., Nr. 6,  Nr. 7, Nr. 10, Nr. 11 un Nr. 13 summas.</t>
+    </r>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>1.3.</t>
+  </si>
+  <si>
+    <t>Materiālu, aprīkojuma un iekārtu izmaksas</t>
+  </si>
+  <si>
+    <t>6.1.</t>
+  </si>
+  <si>
+    <t>1.3.1.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Materiālu un izejvielu izmaksas                                          </t>
+  </si>
+  <si>
+    <t>6.1.1.</t>
+  </si>
+  <si>
+    <t>1.3.1.1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Projekta vadības izmaksas
+      <t xml:space="preserve">Purva videi raksturīgo augu donormateriāla ievākšanas izmaksas donorteritorijās un to reintrodukcijas (stādīšanas, izkliedēšanas, transportēšanas) izmaksas 
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Atbilstoši SAM MK noteikumu 24.7. apakšpunktam un 25. punktam.
-[...17 lines deleted...]
-        <sz val="11"/>
+      <t>MK noteikumu 24.4. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>1.4.</t>
+  </si>
+  <si>
+    <t>Būvniecības izmaksas</t>
+  </si>
+  <si>
+    <t>7.1.</t>
+  </si>
+  <si>
+    <t>1.4.1.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Projektēšanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.4. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>7.2.</t>
+  </si>
+  <si>
+    <t>1.4.2.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Autoruzraudzības izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.5. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>7.3.</t>
+  </si>
+  <si>
+    <t>1.4.3.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Būvuzraudzības izmaksas 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.5. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.3.1.</t>
+  </si>
+  <si>
+    <t>piemēram, būvuzraudzības izmaksas objektam "X"</t>
+  </si>
+  <si>
+    <t>1.4.3.2.</t>
+  </si>
+  <si>
+    <t>…</t>
+  </si>
+  <si>
+    <t>7.4.</t>
+  </si>
+  <si>
+    <t>1.4.4.</t>
+  </si>
+  <si>
+    <t>Būvdarbu izmaksas (infrastruktūra - ceļu, dzelzceļu, ūdensvadu, kanalizācijas, interneta utt., tai skaitā labiekārtošanas izmaksas)</t>
+  </si>
+  <si>
+    <t>7.4.1.</t>
+  </si>
+  <si>
+    <t>1.4.4.1.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>Teritorijas sagatavošas revitalizācijai izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
         <color indexed="12"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>Atbilstoši SAM MK noteikumu 24.7. apakšpunktam plāno kā vienu izmaksu pozīciju, piemērojot izmaksu likmi 6 % apmērā no SAM MK noteikumu 24. punktā minētajām tiešajām attiecināmajām izmaksām, kas nav personāla izmaksas – 6 % no pozīciju Nr. 6,  Nr. 7, Nr. 10, Nr. 11 un Nr. 13 summas.</t>
-[...24 lines deleted...]
-    <t>1.3.1.1.</t>
+      <t>MK noteikumu 24.2.1., 24.2.2., 24.2.4., 24.2.4.,apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.1.1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Attīrīšana no nevēlamās zemsedzes un uzkrātajiem materiāliem, kas attiecināmi uz revitalizācijas veiksmīgu īstenošanu (celmu, siekstu izvešana, attīrīšana no nevēlamās zemsedzes, paaugas likvidācija un izvākšana, būvju nojaukšana, vēsturiskās būvtehnikas un citu materiālu utilizācija)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.2.1. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.1.2.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Virsmas apstrādes izmaksas atkarībā no īstenojamā revitalizācijas veida (līdzināšana, frēzēšana, dziļirdināšana, aparšana un citas līdzīgas tehniskas darbības)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.2.2. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.1.3.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Biotehnisko darbību izmaksas, kas nepieciešamas, lai atjaunotu videi raksturīgo struktūru un apstākļus piemēram, niedru un citu ūdensaugu izpļaušana un to atlikumu izvākšana, bebru dambju nojaukšana, ūdenstilpņu tīrīšana un citas līdzīgas darbības
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.2.3. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.1.4</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Projekta īstenošanai un turpmākai apsaimniekošanai nepieciešamās piekļuves infrastruktūras (piemēram, pievedceļu, tehnoloģisko ceļu, brauktuvju un ar to saistītās infrastruktūras) izbūves, atjaunošanas un nojaukšanas izmaksas, kā arī tādu infrastruktūras labiekārtojuma elementu iegādes un izvietošanas izmaksas, kas nepieciešami piekļuves infrastruktūras pieņemšanai ekspluatācijā
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>Atbilstoši SAM MK noteikumu 24.2.4. apakšpunktam, izmaksu apakšpozīcijas izmaksas nepārsniedz astoņus procentus no projekta kopējām attiecināmajām izmaksām</t>
+    </r>
+  </si>
+  <si>
+    <t>7.4.2.</t>
+  </si>
+  <si>
+    <t>1.4.4.2.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>Hidrotehnisko un melioratīvo pasākumu izmaksas atbilstoša hidroloģiskā stāvokļa nodrošināšanai</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.1., 24.3.2., 24.3.3., 24.3.4., 24.3.5. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.2.1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Esošās meliorācijas sistēmas (tai skaitā ūdensnoteku, novadgrāvju un grāvju) atjaunošanas, pārbūves, nojaukšanas vai demontāžas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.1. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.2.2.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Hidrotehnisko būvju (dambju un aizsprostu) būvniecības vai nojaukšanas izmaksas, lai nodrošinātu atbilstošu mitruma līmeni, īstenojot purvu ekosistēmu renaturalizāciju vai ūdeņu ekosistēmu izveidošanu
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.2. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.2.3.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Caurteku atjaunošanas, izveidošanas un demontāžas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.3. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.2.4.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Meliorācijas ūdensnoteku, grāvju un novadgrāvju apauguma tīrīšanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.4. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>1.4.4.2.5.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Videi saudzīgu meliorācijas sistēmu elementu (piemēram, akmeņu krāvumu, sedimentācijas baseinu, divpakāpju grāvju, meandru un citu risinājumu) ierīkošanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.3.5. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>7.6.</t>
+  </si>
+  <si>
+    <t>1.4.5.</t>
+  </si>
+  <si>
+    <t>Citas izmaksas</t>
+  </si>
+  <si>
+    <t>7.6.1.</t>
+  </si>
+  <si>
+    <t>1.4.5.1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Izmaksas, kas saistītas ar būves nodošanu ekspluatācijā
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.6. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>1.5.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Purva videi raksturīgo augu donormateriāla ievākšanas izmaksas donorteritorijās un to reintrodukcijas (stādīšanas, izkliedēšanas, transportēšanas) izmaksas 
+      <t xml:space="preserve">Komunikācijas un vizuālās identitātes prasību nodrošināšanas izmaksas
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.4. apakšpunkts</t>
-[...379 lines deleted...]
-    <t>1.5.</t>
+      <t>MK noteikumu 24.9. apakšpunktam, nepārsniedzot vienu procentu no projekta kopējām tiešajām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.</t>
+  </si>
+  <si>
+    <t>1.6.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Komunikācijas un vizuālās identitātes prasību nodrošināšanas izmaksas
+      <t>Projekta iesnieguma un to pamatojošās dokumentācijas sagatavošanas izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.9. apakšpunktam, nepārsniedzot vienu procentu no projekta kopējām tiešajām attiecināmajām izmaksām.</t>
-[...6 lines deleted...]
-    <t>1.6.</t>
+      <t>MK noteikumu 24.1. apakšpunkts - izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.1.</t>
+  </si>
+  <si>
+    <t>1.6.1.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Hidrologa, sertificēta sugu un biotopu aizsardzības jomas speciālista, sertificēta hidromelioratīvās būvniecības speciālista atzinuma sagatavošanas un konsultāciju izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.1. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.2.</t>
+  </si>
+  <si>
+    <t>1.6.2.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Hidroloģiskā, hidroģeoloģiskā vai melioratīvā modeļa izstrādes un hidroloģisko vai hidraulisko aprēķinu izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.2. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.3.</t>
+  </si>
+  <si>
+    <t>1.6.3.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Ietekmes sākotnējā izvērtējuma un ietekmes uz vidi novērtējuma, kā arī tehnisko noteikumu sagatavošanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.3. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.4.</t>
+  </si>
+  <si>
+    <t>1.6.4.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Revitalizācijas vai teritorijas atjaunošanas projekta plāna izstrādes un saskaņošanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.6. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.5.</t>
+  </si>
+  <si>
+    <t>1.6.5.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Atjaunoto teritoriju apsaimniekošanas plānu izstrādes izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.7. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.6.</t>
+  </si>
+  <si>
+    <t>1.6.6.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Izmaksu un ieguvumu analīzes izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.8. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.7.</t>
+  </si>
+  <si>
+    <t>1.6.7.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Agroķīmisko, ūdens un citu projektam nepieciešamo analīžu izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.9. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.8.</t>
+  </si>
+  <si>
+    <t>1.6.8.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Projekta iesniedzēja valdījumā, turējumā vai īpašumā esošo vēsturisko kūdras ieguves vietu inventarizācijas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.10. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>11.9.</t>
+  </si>
+  <si>
+    <t>1.6.9.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">Atjaunojamo teritoriju apsekošanas un esošās infrastruktūras stāvokļa diagnostikas un tehniskā stāvokļa pārbaudes izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.1.11. apakšpunkts
+Atbilstoši SAM MK noteikumu 24.1. apakšpunktam, izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
+    </r>
+  </si>
+  <si>
+    <t>1.7.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>Pārējās projekta īstenošanas izmaksas</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.</t>
+  </si>
+  <si>
+    <t>1.7.1.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>Projekta iesnieguma un to pamatojošās dokumentācijas sagatavošanas izmaksas</t>
-[...7 lines deleted...]
-      <t xml:space="preserve"> 
+      <t xml:space="preserve">Meža ekosistēmu atjaunošanas un ilgtspējīgas apsaimniekošanas izmaksas, uzlabojot to noturību, ekoloģisko vērtību un klimatnoturību
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.1. apakšpunkts - izmaksu apakšpozīciju Nr. 7.1., Nr. 7.2., Nr. 7.3. un pozīciju Nr. 11. summa nepārsniedz 10 % no projekta kopējām attiecināmajām izmaksām.</t>
-[...270 lines deleted...]
-    <t>1.7.1.</t>
+      <t>MK noteikumu 24.5. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.1.</t>
+  </si>
+  <si>
+    <t>1.7.1.1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Meža ieaudzēšanas izmaksas, veidojot mistraudzes ar Latvijas apstākļiem raksturīgām sugām, izņemot kūdrājos, kur to mazās auglības dēļ ieaudzējamas tikai priežu mežaudzes, vai teritorijās, kur dabiskās koku sukcesijas rezultātā veidojas pioniersugu audzes, primāri veicinot dabisku meža ieaudzēšanu atbilstoši normatīvajiem aktiem par mežu ieaudzēšanu un teritorijas attīstības plānošanas dokumentiem
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.1. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.2.</t>
+  </si>
+  <si>
+    <t>1.7.1.2.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Agrotehniskās kopšanas izmaksas, lai novērstu lakstaugu, puskrūmu, nevēlamu koku un krūmu atvašu konkurenci
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.2. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.3.</t>
+  </si>
+  <si>
+    <t>1.7.1.3.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Augsnes ielabošanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.3. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.4.</t>
+  </si>
+  <si>
+    <t>1.7.1.4.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Kokaugu individuālo aizsardzības līdzekļu iegādes un to piemērošanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.4. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.5.</t>
+  </si>
+  <si>
+    <t>1.7.1.5.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Kokaugu stādīšanas izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.5. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.1.6.</t>
+  </si>
+  <si>
+    <t>1.7.1.6.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ugunsdrošības aizsardzības infrastruktūras izveides izmaksas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Aptos"/>
+      </rPr>
+      <t>MK noteikumu 24.5.6. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.2.</t>
+  </si>
+  <si>
+    <t>1.7.2.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Meža ekosistēmu atjaunošanas un ilgtspējīgas apsaimniekošanas izmaksas, uzlabojot to noturību, ekoloģisko vērtību un klimatnoturību
+      <t xml:space="preserve">Finansējuma saņēmēja personāla darba braucienu, iekšzemes komandējumu un transporta pakalpojumu izmaksas
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.5. apakšpunkts</t>
-[...10 lines deleted...]
-      <t xml:space="preserve">Meža ieaudzēšanas izmaksas, veidojot mistraudzes ar Latvijas apstākļiem raksturīgām sugām, izņemot kūdrājos, kur to mazās auglības dēļ ieaudzējamas tikai priežu mežaudzes, vai teritorijās, kur dabiskās koku sukcesijas rezultātā veidojas pioniersugu audzes, primāri veicinot dabisku meža ieaudzēšanu atbilstoši normatīvajiem aktiem par mežu ieaudzēšanu un teritorijas attīstības plānošanas dokumentiem
+      <t>MK noteikumu 24.8. apakšpunkts</t>
+    </r>
+  </si>
+  <si>
+    <t>13.2.1.</t>
+  </si>
+  <si>
+    <t>1.7.2.1.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Degvielas izmaksas vieglajam transportlīdzeklim un reģionālā sabiedriskā un vietējā sabiedriskā transporta izmaksas
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.5.1. apakšpunkts</t>
-[...10 lines deleted...]
-      <t xml:space="preserve">Agrotehniskās kopšanas izmaksas, lai novērstu lakstaugu, puskrūmu, nevēlamu koku un krūmu atvašu konkurenci
+      <t>Atbilstoši SAM MK noteikumu 24.8.1. apakšpunktam izmaksas tiek segtas atbilstoši Finanšu ministrijas metodikā “Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika 1 km izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam īstenošanai” iekļautajiem nosacījumiem.</t>
+    </r>
+  </si>
+  <si>
+    <t>13.2.2.</t>
+  </si>
+  <si>
+    <t>1.7.2.2.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Personāla darba braucienu un iekšzemes komandējumu izmaksas (viesnīcas izmaksas, dienas nauda)
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.5.2. apakšpunkts</t>
-[...90 lines deleted...]
-    <t>1.7.2.</t>
+      <t>Atbilstoši SAM MK noteikumu 24.8.2. apakšpunktam personāla darba braucienu un iekšzemes komandējumu izmaksas (viesnīcas izmaksas, dienas nauda), kurām piemēro metodiku par iekšzemes komandējumu izmaksu segšanu atbilstoši Finanšu ministrijas metodikā "Vienas vienības izmaksu standarta likmes aprēķina un piemērošanas metodika iekšzemes komandējumu izmaksām darbības programmas “Izaugsme un nodarbinātība” un Eiropas Savienības kohēzijas politikas programmas 2021.–2027. gadam īstenošanai" iekļautajiem nosacījumiem.</t>
+    </r>
+  </si>
+  <si>
+    <t>1.8.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Finansējuma saņēmēja personāla darba braucienu, iekšzemes komandējumu un transporta pakalpojumu izmaksas
+      <t xml:space="preserve">Neparedzētie izdevumi
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t>MK noteikumu 24.8. apakšpunkts</t>
-[...47 lines deleted...]
-  <si>
+      <t>Atbilstoši SAM MK noteikumu 26. punktam neparedzētie izdevumi nepārsniedz 5 % no projekta kopējām tiešajām attiecināmajām izmaksām. Neparedzēto izdevumu izlietošanu finansējuma saņēmējs saskaņo ar sadarbības iestādi.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Izmaksas darbībām, kurām piemēro komercdarbības atbalstu saskaņā ar regulas Nr. 651/2014 45. panta 2. punkta "c" un "d" apakšpunktu un 8. punktu
+</t>
+    </r>
     <r>
       <rPr>
         <b/>
+        <i/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos"/>
       </rPr>
-      <t xml:space="preserve">Neparedzētie izdevumi
-[...24 lines deleted...]
-      </rPr>
       <t>Atbilstoši SAM MK noteikumu 28. punktam</t>
-    </r>
-[...38 lines deleted...]
-      <t>Atbilstoši SAM MK noteikumu 24.7. apakšpunktam plāno kā vienu izmaksu pozīciju, piemērojot izmaksu likmi 6 % apmērā no SAM MK noteikumu 24. punktā minētajām tiešajām attiecināmajām izmaksām, kas nav personāla izmaksas – 6 % no pozīciju Nr. 6,  Nr. 7, Nr. 10, Nr. 11 un Nr. 13 summas.</t>
     </r>
   </si>
   <si>
     <t>2.2.</t>
   </si>
   <si>
     <t>2.2.1.</t>
   </si>
   <si>
     <t>6.2.1.</t>
   </si>
   <si>
     <t>2.2.1.1.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Purva videi raksturīgo augu donormateriāla ievākšanas izmaksas donorteritorijās un to reintrodukcijas (stādīšanas, izkliedēšanas, transportēšanas) izmaksas 
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color indexed="12"/>
         <rFont val="Aptos"/>
@@ -1660,51 +1594,51 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="Aptos"/>
       </rPr>
       <t>5</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Aptos"/>
       </rPr>
       <t xml:space="preserve"> Izmaksu pozīcijās drīkst norādīt detalizētāku izmaksu pozīciju sadalījumu, paredzot vairākas apakšpozīcijas (piemēram, 11.izmaksu pozīcijā "Projekta iesnieguma un to pamatojošās dokumentācijas sagatavošanas izmaksas" var norādīt apakšpozīcijas - izmaksu un ieguvumu analīzes sagatavošanas izmaksas, ietekmes uz vidi novērtējuma dokumentu sagatavošanas izmaksas  u.tml.). Izmaksu pozīciju nosaukumus, kas atbilst kodiem, mainīt nedrīkst.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="32">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2568,1604 +2502,1569 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA3A8F41-F5D5-466D-ABBA-0C8319FB9FDB}">
-  <dimension ref="A1:F114"/>
+  <dimension ref="A1:F113"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B10" sqref="B10"/>
+      <pane ySplit="8" topLeftCell="A57" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H63" sqref="H63"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="86.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.140625" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6">
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6">
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="4" spans="1:6" ht="23.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:6" ht="6" customHeight="1" thickBot="1"/>
+    <row r="4" spans="1:6" ht="23.1" customHeight="1">
       <c r="A4" s="51" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="52"/>
       <c r="C4" s="52"/>
       <c r="D4" s="53"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" ht="10.5" customHeight="1">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
-    <row r="6" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" ht="15.75">
       <c r="A6" s="6"/>
       <c r="B6" s="7" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" ht="62.25" customHeight="1">
       <c r="A7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" ht="24" customHeight="1">
       <c r="A8" s="54" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="55"/>
       <c r="C8" s="56"/>
       <c r="D8" s="11">
-        <f>SUBTOTAL(109,D9:D108)</f>
-[...3 lines deleted...]
-    <row r="9" spans="1:6" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+        <f>SUBTOTAL(109,D9:D107)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="41.45" customHeight="1">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="15">
-        <f>SUBTOTAL(109,D10:D59)</f>
-[...3 lines deleted...]
-    <row r="10" spans="1:6" ht="47.25" x14ac:dyDescent="0.25">
+        <f>SUBTOTAL(109,D10:D58)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="47.25">
       <c r="A10" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="18" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="19">
-        <f>SUBTOTAL(109,D11:D11)</f>
-[...3 lines deleted...]
-    <row r="11" spans="1:6" ht="75" x14ac:dyDescent="0.25">
+        <f>SUBTOTAL(109,D12:D12)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="72.75">
       <c r="A11" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="47.25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B12" s="17" t="s">
+    <row r="12" spans="1:6" ht="72.75">
+      <c r="A12" s="20" t="s">
         <v>16</v>
       </c>
-      <c r="C12" s="18" t="s">
+      <c r="B12" s="21" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="19">
-[...5 lines deleted...]
-      <c r="A13" s="20" t="s">
+      <c r="C12" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="21" t="s">
+      <c r="D12" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="15.75">
+      <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="C13" s="22" t="s">
+      <c r="B13" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="D13" s="23">
-[...4 lines deleted...]
-      <c r="A14" s="16" t="s">
+      <c r="C13" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="B14" s="17" t="s">
+      <c r="D13" s="19">
+        <f>SUBTOTAL(109,D14:D15)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="33" customHeight="1">
+      <c r="A14" s="24" t="s">
         <v>22</v>
       </c>
+      <c r="B14" s="25" t="s">
+        <v>23</v>
+      </c>
       <c r="C14" s="18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D14" s="19">
-        <f>SUBTOTAL(109,D15:D16)</f>
-[...7 lines deleted...]
-      <c r="B15" s="25" t="s">
+        <f>SUBTOTAL(109,D15)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="82.5" customHeight="1">
+      <c r="A15" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="C15" s="18" t="s">
+      <c r="B15" s="27" t="s">
         <v>26</v>
       </c>
-      <c r="D15" s="19">
-[...5 lines deleted...]
-      <c r="A16" s="26" t="s">
+      <c r="C15" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="B16" s="27" t="s">
+      <c r="D15" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="75.75" customHeight="1">
+      <c r="A16" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="28" t="s">
+      <c r="B16" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="D16" s="23">
-[...4 lines deleted...]
-      <c r="A17" s="16" t="s">
+      <c r="C16" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="B17" s="17" t="s">
+      <c r="D16" s="30">
+        <f>SUBTOTAL(109,D17:D35)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="74.25" customHeight="1">
+      <c r="A17" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="C17" s="29" t="s">
+      <c r="B17" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="D17" s="30">
-[...4 lines deleted...]
-    <row r="18" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C17" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="75">
       <c r="A18" s="20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B18" s="21" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C18" s="31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D18" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B19" s="21" t="s">
+    <row r="19" spans="1:4" ht="75">
+      <c r="A19" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="31" t="s">
+      <c r="B19" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="D19" s="23">
-[...4 lines deleted...]
-      <c r="A20" s="24" t="s">
+      <c r="C19" s="32" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="25" t="s">
+      <c r="D19" s="30">
+        <f>SUBTOTAL(109,D20:D21)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="15.75">
+      <c r="A20" s="20"/>
+      <c r="B20" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="32" t="s">
+      <c r="C20" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D20" s="30">
-[...4 lines deleted...]
-    <row r="21" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D20" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="15.75">
       <c r="A21" s="20"/>
       <c r="B21" s="27" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="33" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B22" s="27" t="s">
+    <row r="22" spans="1:4" ht="31.5">
+      <c r="A22" s="24" t="s">
         <v>44</v>
       </c>
-      <c r="C22" s="33" t="s">
+      <c r="B22" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="D22" s="23">
-[...4 lines deleted...]
-      <c r="A23" s="24" t="s">
+      <c r="C22" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B23" s="25" t="s">
+      <c r="D22" s="30">
+        <f>SUBTOTAL(109,D23:D33)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="31.5">
+      <c r="A23" s="34" t="s">
         <v>47</v>
       </c>
-      <c r="C23" s="18" t="s">
+      <c r="B23" s="35" t="s">
         <v>48</v>
       </c>
+      <c r="C23" s="36" t="s">
+        <v>49</v>
+      </c>
       <c r="D23" s="30">
-        <f>SUBTOTAL(109,D24:D34)</f>
-[...7 lines deleted...]
-      <c r="B24" s="35" t="s">
+        <f>SUBTOTAL(109,D24:D27)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="75">
+      <c r="A24" s="20"/>
+      <c r="B24" s="27" t="s">
         <v>50</v>
       </c>
-      <c r="C24" s="36" t="s">
+      <c r="C24" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="D24" s="30">
-[...4 lines deleted...]
-    <row r="25" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="D24" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="45">
       <c r="A25" s="20"/>
       <c r="B25" s="27" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="37" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" ht="60">
       <c r="A26" s="20"/>
       <c r="B26" s="27" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" ht="105">
       <c r="A27" s="20"/>
       <c r="B27" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="37" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="105" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B28" s="27" t="s">
+    <row r="28" spans="1:4" ht="46.5">
+      <c r="A28" s="34" t="s">
         <v>58</v>
       </c>
-      <c r="C28" s="37" t="s">
+      <c r="B28" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="D28" s="23">
-[...4 lines deleted...]
-      <c r="A29" s="34" t="s">
+      <c r="C28" s="38" t="s">
         <v>60</v>
       </c>
-      <c r="B29" s="25" t="s">
+      <c r="D28" s="19">
+        <f>SUBTOTAL(109,D29:D33)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="45">
+      <c r="A29" s="26"/>
+      <c r="B29" s="27" t="s">
         <v>61</v>
       </c>
-      <c r="C29" s="38" t="s">
+      <c r="C29" s="37" t="s">
         <v>62</v>
       </c>
-      <c r="D29" s="19">
-[...4 lines deleted...]
-    <row r="30" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="D29" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="60">
       <c r="A30" s="26"/>
       <c r="B30" s="27" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="37" t="s">
         <v>64</v>
       </c>
       <c r="D30" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:4" ht="30">
       <c r="A31" s="26"/>
       <c r="B31" s="27" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="37" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:4" ht="30">
       <c r="A32" s="26"/>
       <c r="B32" s="27" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="37" t="s">
         <v>68</v>
       </c>
       <c r="D32" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" ht="60">
       <c r="A33" s="26"/>
       <c r="B33" s="27" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="37" t="s">
         <v>70</v>
       </c>
       <c r="D33" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="60" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B34" s="27" t="s">
+    <row r="34" spans="1:4" ht="15.75">
+      <c r="A34" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="C34" s="37" t="s">
+      <c r="B34" s="25" t="s">
         <v>72</v>
       </c>
-      <c r="D34" s="23">
-[...4 lines deleted...]
-      <c r="A35" s="24" t="s">
+      <c r="C34" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="25" t="s">
+      <c r="D34" s="30">
+        <f>SUBTOTAL(109,D35:D35)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="31.5">
+      <c r="A35" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="C35" s="18" t="s">
+      <c r="B35" s="40" t="s">
         <v>75</v>
       </c>
-      <c r="D35" s="30">
-[...5 lines deleted...]
-      <c r="A36" s="39" t="s">
+      <c r="C35" s="41" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="40" t="s">
+      <c r="D35" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="87.75" customHeight="1">
+      <c r="A36" s="42" t="s">
         <v>77</v>
       </c>
-      <c r="C36" s="41" t="s">
+      <c r="B36" s="43" t="s">
         <v>78</v>
       </c>
+      <c r="C36" s="44" t="s">
+        <v>79</v>
+      </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B37" s="43" t="s">
+    <row r="37" spans="1:4" ht="90.75" customHeight="1">
+      <c r="A37" s="16" t="s">
         <v>80</v>
       </c>
-      <c r="C37" s="44" t="s">
+      <c r="B37" s="45" t="s">
         <v>81</v>
       </c>
-      <c r="D37" s="23">
-[...4 lines deleted...]
-      <c r="A38" s="16" t="s">
+      <c r="C37" s="36" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="45" t="s">
+      <c r="D37" s="30">
+        <f>SUBTOTAL(109,D38:D46)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="105">
+      <c r="A38" s="20" t="s">
         <v>83</v>
       </c>
-      <c r="C38" s="36" t="s">
+      <c r="B38" s="21" t="s">
         <v>84</v>
       </c>
-      <c r="D38" s="30">
-[...4 lines deleted...]
-    <row r="39" spans="1:4" ht="105" x14ac:dyDescent="0.25">
+      <c r="C38" s="31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="90">
       <c r="A39" s="20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B39" s="21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C39" s="31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D39" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:4" ht="90">
       <c r="A40" s="20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B40" s="21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C40" s="31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D40" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:4" ht="90">
       <c r="A41" s="20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B41" s="21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C41" s="31" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D41" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:4" ht="75">
       <c r="A42" s="20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B42" s="21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C42" s="31" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D42" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" ht="75">
       <c r="A43" s="20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B43" s="21" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C43" s="31" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D43" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" ht="75">
       <c r="A44" s="20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B44" s="21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C44" s="31" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D44" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" ht="90">
       <c r="A45" s="20" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B45" s="21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C45" s="31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" ht="90">
       <c r="A46" s="20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B46" s="21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C46" s="31" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D46" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="90" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B47" s="21" t="s">
+    <row r="47" spans="1:4" ht="31.5">
+      <c r="A47" s="42">
+        <v>13</v>
+      </c>
+      <c r="B47" s="46" t="s">
         <v>110</v>
       </c>
-      <c r="C47" s="31" t="s">
+      <c r="C47" s="44" t="s">
         <v>111</v>
       </c>
-      <c r="D47" s="23">
-[...4 lines deleted...]
-      <c r="A48" s="42">
+      <c r="D47" s="30">
+        <f>SUBTOTAL(109,D48:D57)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="47.25">
+      <c r="A48" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B48" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C48" s="44" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" s="30">
+        <f>SUBTOTAL(109,D49:D54)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="90">
+      <c r="A49" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B49" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C49" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D49" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="45">
+      <c r="A50" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B50" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="D50" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="30">
+      <c r="A51" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="B51" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="C51" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="D51" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="30">
+      <c r="A52" s="26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="D52" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="30">
+      <c r="A53" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" s="27" t="s">
+        <v>128</v>
+      </c>
+      <c r="C53" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D53" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="30">
+      <c r="A54" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="B54" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" s="31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D54" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="47.25">
+      <c r="A55" s="20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B55" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="44" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" s="30">
+        <f>SUBTOTAL(109,D56:D57)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="105">
+      <c r="A56" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B56" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="C56" s="31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D56" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="129.75" customHeight="1">
+      <c r="A57" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B57" s="27" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" s="31" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="63">
+      <c r="A58" s="42">
+        <v>15</v>
+      </c>
+      <c r="B58" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="44" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="47.25">
+      <c r="A59" s="12"/>
+      <c r="B59" s="13">
+        <v>2</v>
+      </c>
+      <c r="C59" s="47" t="s">
+        <v>144</v>
+      </c>
+      <c r="D59" s="15">
+        <f>SUBTOTAL(109,D60:D105)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="46.5">
+      <c r="A60" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B60" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="C60" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="B48" s="46" t="s">
-[...153 lines deleted...]
-      <c r="A59" s="42">
+      <c r="D60" s="19">
+        <f>SUBTOTAL(109,D61:D61)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="72.75">
+      <c r="A61" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B61" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="B59" s="46" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="44" t="s">
+      <c r="D61" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="15.75">
+      <c r="A62" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B62" s="17" t="s">
         <v>145</v>
       </c>
-      <c r="D59" s="23">
-[...8 lines deleted...]
-      <c r="C60" s="47" t="s">
+      <c r="C62" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D62" s="19">
+        <f>SUBTOTAL(109,D63:D64)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15.75">
+      <c r="A63" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B63" s="25" t="s">
         <v>146</v>
       </c>
-      <c r="D60" s="15">
-[...11 lines deleted...]
-      <c r="C61" s="18" t="s">
+      <c r="C63" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D63" s="19">
+        <f>SUBTOTAL(109,D64)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="75.75" customHeight="1">
+      <c r="A64" s="26" t="s">
         <v>147</v>
       </c>
-      <c r="D61" s="19">
-[...8 lines deleted...]
-      <c r="B62" s="21" t="s">
+      <c r="B64" s="27" t="s">
         <v>148</v>
       </c>
-      <c r="C62" s="28" t="s">
+      <c r="C64" s="28" t="s">
         <v>149</v>
       </c>
-      <c r="D62" s="23">
-[...7 lines deleted...]
-      <c r="B63" s="17" t="s">
+      <c r="D64" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="75.75" customHeight="1">
+      <c r="A65" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B65" s="17" t="s">
         <v>150</v>
       </c>
-      <c r="C63" s="18" t="s">
-[...11 lines deleted...]
-      <c r="B64" s="25" t="s">
+      <c r="C65" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="D65" s="30">
+        <f>SUBTOTAL(109,D66:D84)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="75.75" customHeight="1">
+      <c r="A66" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="B66" s="21" t="s">
         <v>151</v>
       </c>
-      <c r="C64" s="18" t="s">
-[...8 lines deleted...]
-      <c r="A65" s="26" t="s">
+      <c r="C66" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="D66" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="75">
+      <c r="A67" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="B67" s="21" t="s">
         <v>152</v>
       </c>
-      <c r="B65" s="27" t="s">
+      <c r="C67" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="D67" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="75">
+      <c r="A68" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="B68" s="25" t="s">
         <v>153</v>
       </c>
-      <c r="C65" s="28" t="s">
+      <c r="C68" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="D68" s="30">
+        <f>SUBTOTAL(109,D69:D70)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="15.75">
+      <c r="A69" s="20"/>
+      <c r="B69" s="27" t="s">
         <v>154</v>
       </c>
-      <c r="D65" s="23">
-[...53 lines deleted...]
-      <c r="C69" s="32" t="s">
+      <c r="C69" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D69" s="30">
-[...4 lines deleted...]
-    <row r="70" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D69" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="15.75">
       <c r="A70" s="20"/>
       <c r="B70" s="27" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C70" s="33" t="s">
         <v>43</v>
       </c>
       <c r="D70" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A72" s="24" t="s">
+    <row r="71" spans="1:4" ht="31.5">
+      <c r="A71" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="18" t="s">
         <v>46</v>
       </c>
-      <c r="B72" s="25" t="s">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="D71" s="30">
+        <f>SUBTOTAL(109,D72:D82)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="31.5">
+      <c r="A72" s="34" t="s">
+        <v>47</v>
+      </c>
+      <c r="B72" s="35" t="s">
+        <v>157</v>
+      </c>
+      <c r="C72" s="36" t="s">
+        <v>49</v>
       </c>
       <c r="D72" s="30">
-        <f>SUBTOTAL(109,D73:D83)</f>
-[...10 lines deleted...]
-      <c r="C73" s="36" t="s">
+        <f>SUBTOTAL(109,D73:D76)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="75">
+      <c r="A73" s="20"/>
+      <c r="B73" s="27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C73" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="D73" s="30">
-[...4 lines deleted...]
-    <row r="74" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="D73" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="45">
       <c r="A74" s="20"/>
       <c r="B74" s="27" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C74" s="37" t="s">
         <v>53</v>
       </c>
       <c r="D74" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:4" ht="57" customHeight="1">
       <c r="A75" s="20"/>
       <c r="B75" s="27" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C75" s="37" t="s">
         <v>55</v>
       </c>
       <c r="D75" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:4" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:4" ht="105">
       <c r="A76" s="20"/>
       <c r="B76" s="27" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C76" s="37" t="s">
         <v>57</v>
       </c>
       <c r="D76" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:4" ht="105" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A78" s="34" t="s">
+    <row r="77" spans="1:4" ht="46.5">
+      <c r="A77" s="34" t="s">
+        <v>58</v>
+      </c>
+      <c r="B77" s="25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C77" s="38" t="s">
         <v>60</v>
       </c>
-      <c r="B78" s="25" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="38" t="s">
+      <c r="D77" s="19">
+        <f>SUBTOTAL(109,D78:D82)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="45">
+      <c r="A78" s="26"/>
+      <c r="B78" s="27" t="s">
+        <v>163</v>
+      </c>
+      <c r="C78" s="37" t="s">
         <v>62</v>
       </c>
-      <c r="D78" s="19">
-[...4 lines deleted...]
-    <row r="79" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="D78" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="60">
       <c r="A79" s="26"/>
       <c r="B79" s="27" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C79" s="37" t="s">
         <v>64</v>
       </c>
       <c r="D79" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:4" ht="30">
       <c r="A80" s="26"/>
       <c r="B80" s="27" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C80" s="37" t="s">
         <v>66</v>
       </c>
       <c r="D80" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:4" ht="30">
       <c r="A81" s="26"/>
       <c r="B81" s="27" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C81" s="37" t="s">
         <v>68</v>
       </c>
       <c r="D81" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:4" ht="60">
       <c r="A82" s="26"/>
       <c r="B82" s="27" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C82" s="37" t="s">
         <v>70</v>
       </c>
       <c r="D82" s="23">
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:4" ht="60" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B83" s="27" t="s">
+    <row r="83" spans="1:4" ht="15.75">
+      <c r="A83" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="B83" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C83" s="18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D83" s="30">
+        <f>SUBTOTAL(109,D84:D84)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="31.5">
+      <c r="A84" s="39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B84" s="40" t="s">
+        <v>169</v>
+      </c>
+      <c r="C84" s="41" t="s">
+        <v>170</v>
+      </c>
+      <c r="D84" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="87" customHeight="1">
+      <c r="A85" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="B85" s="45" t="s">
+        <v>171</v>
+      </c>
+      <c r="C85" s="36" t="s">
+        <v>82</v>
+      </c>
+      <c r="D85" s="30">
+        <f>SUBTOTAL(109,D86:D93)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="85.5" customHeight="1">
+      <c r="A86" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B86" s="21" t="s">
         <v>172</v>
       </c>
-      <c r="C83" s="37" t="s">
-[...10 lines deleted...]
-      <c r="B84" s="25" t="s">
+      <c r="C86" s="31" t="s">
+        <v>85</v>
+      </c>
+      <c r="D86" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="73.5" customHeight="1">
+      <c r="A87" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B87" s="21" t="s">
         <v>173</v>
       </c>
-      <c r="C84" s="18" t="s">
-[...11 lines deleted...]
-      <c r="B85" s="40" t="s">
+      <c r="C87" s="31" t="s">
+        <v>88</v>
+      </c>
+      <c r="D87" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="70.5" customHeight="1">
+      <c r="A88" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="21" t="s">
         <v>174</v>
       </c>
-      <c r="C85" s="41" t="s">
+      <c r="C88" s="31" t="s">
+        <v>91</v>
+      </c>
+      <c r="D88" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="75.75" customHeight="1">
+      <c r="A89" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B89" s="21" t="s">
         <v>175</v>
       </c>
-      <c r="D85" s="23">
-[...7 lines deleted...]
-      <c r="B86" s="45" t="s">
+      <c r="C89" s="31" t="s">
+        <v>94</v>
+      </c>
+      <c r="D89" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="81.75" customHeight="1">
+      <c r="A90" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="B90" s="21" t="s">
         <v>176</v>
       </c>
-      <c r="C86" s="36" t="s">
-[...11 lines deleted...]
-      <c r="B87" s="21" t="s">
+      <c r="C90" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D90" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="89.25" customHeight="1">
+      <c r="A91" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B91" s="21" t="s">
         <v>177</v>
       </c>
-      <c r="C87" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B88" s="21" t="s">
+      <c r="C91" s="31" t="s">
+        <v>100</v>
+      </c>
+      <c r="D91" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="75">
+      <c r="A92" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B92" s="21" t="s">
         <v>178</v>
       </c>
-      <c r="C88" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B89" s="21" t="s">
+      <c r="C92" s="31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D92" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="90">
+      <c r="A93" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B93" s="21" t="s">
         <v>179</v>
       </c>
-      <c r="C89" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B90" s="21" t="s">
+      <c r="C93" s="31" t="s">
+        <v>109</v>
+      </c>
+      <c r="D93" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="31.5">
+      <c r="A94" s="16">
+        <v>13</v>
+      </c>
+      <c r="B94" s="45" t="s">
         <v>180</v>
       </c>
-      <c r="C90" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B91" s="21" t="s">
+      <c r="C94" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="D94" s="30">
+        <f>SUBTOTAL(109,D95:D104)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="45">
+      <c r="A95" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="B95" s="25" t="s">
         <v>181</v>
       </c>
-      <c r="C91" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B92" s="21" t="s">
+      <c r="C95" s="32" t="s">
         <v>182</v>
       </c>
-      <c r="C92" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B93" s="21" t="s">
+      <c r="D95" s="30">
+        <f>SUBTOTAL(109,D96:D101)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="90">
+      <c r="A96" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B96" s="27" t="s">
         <v>183</v>
       </c>
-      <c r="C93" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B94" s="21" t="s">
+      <c r="C96" s="31" t="s">
+        <v>117</v>
+      </c>
+      <c r="D96" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="45">
+      <c r="A97" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B97" s="27" t="s">
         <v>184</v>
       </c>
-      <c r="C94" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B95" s="45" t="s">
+      <c r="C97" s="31" t="s">
+        <v>120</v>
+      </c>
+      <c r="D97" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="30">
+      <c r="A98" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="B98" s="27" t="s">
         <v>185</v>
       </c>
-      <c r="C95" s="36" t="s">
-[...11 lines deleted...]
-      <c r="B96" s="25" t="s">
+      <c r="C98" s="31" t="s">
+        <v>123</v>
+      </c>
+      <c r="D98" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="30">
+      <c r="A99" s="26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B99" s="27" t="s">
         <v>186</v>
       </c>
-      <c r="C96" s="32" t="s">
+      <c r="C99" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="D99" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="30">
+      <c r="A100" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B100" s="27" t="s">
         <v>187</v>
       </c>
-      <c r="D96" s="30">
-[...8 lines deleted...]
-      <c r="B97" s="27" t="s">
+      <c r="C100" s="31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D100" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="30">
+      <c r="A101" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="B101" s="27" t="s">
         <v>188</v>
       </c>
-      <c r="C97" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B98" s="27" t="s">
+      <c r="C101" s="31" t="s">
+        <v>132</v>
+      </c>
+      <c r="D101" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="47.25">
+      <c r="A102" s="24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B102" s="25" t="s">
         <v>189</v>
       </c>
-      <c r="C98" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B99" s="27" t="s">
+      <c r="C102" s="36" t="s">
         <v>190</v>
       </c>
-      <c r="C99" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B100" s="27" t="s">
+      <c r="D102" s="30">
+        <f>SUBTOTAL(109,D103:D104)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="105">
+      <c r="A103" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="B103" s="27" t="s">
         <v>191</v>
       </c>
-      <c r="C100" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B101" s="27" t="s">
+      <c r="C103" s="31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D103" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="135">
+      <c r="A104" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B104" s="27" t="s">
         <v>192</v>
       </c>
-      <c r="C101" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B102" s="27" t="s">
+      <c r="C104" s="31" t="s">
+        <v>141</v>
+      </c>
+      <c r="D104" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="65.25" customHeight="1">
+      <c r="A105" s="42">
+        <v>15</v>
+      </c>
+      <c r="B105" s="46" t="s">
         <v>193</v>
       </c>
-      <c r="C102" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B103" s="25" t="s">
+      <c r="C105" s="44" t="s">
         <v>194</v>
       </c>
-      <c r="C103" s="36" t="s">
+      <c r="D105" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="89.25" customHeight="1">
+      <c r="A106" s="12"/>
+      <c r="B106" s="13">
+        <v>3</v>
+      </c>
+      <c r="C106" s="48" t="s">
         <v>195</v>
       </c>
-      <c r="D103" s="30">
-[...8 lines deleted...]
-      <c r="B104" s="27" t="s">
+      <c r="D106" s="15">
+        <f>SUBTOTAL(109,D107:D107)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="65.25" customHeight="1">
+      <c r="A107" s="42" t="s">
+        <v>77</v>
+      </c>
+      <c r="B107" s="43" t="s">
         <v>196</v>
       </c>
-      <c r="C104" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B105" s="27" t="s">
+      <c r="C107" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="D107" s="23"/>
+    </row>
+    <row r="108" spans="1:4" ht="59.25" customHeight="1">
+      <c r="A108" s="50" t="s">
         <v>197</v>
       </c>
-      <c r="C105" s="31" t="s">
-[...10 lines deleted...]
-      <c r="B106" s="46" t="s">
+      <c r="B108" s="50"/>
+      <c r="C108" s="50"/>
+      <c r="D108" s="50"/>
+    </row>
+    <row r="109" spans="1:4" ht="71.45" customHeight="1">
+      <c r="A109" s="50" t="s">
         <v>198</v>
-      </c>
-[...34 lines deleted...]
-        <v>202</v>
       </c>
       <c r="B109" s="50"/>
       <c r="C109" s="50"/>
       <c r="D109" s="50"/>
     </row>
-    <row r="110" spans="1:4" ht="71.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:4" ht="56.25" customHeight="1">
       <c r="A110" s="50" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B110" s="50"/>
       <c r="C110" s="50"/>
       <c r="D110" s="50"/>
     </row>
-    <row r="111" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>204</v>
+    <row r="111" spans="1:4" ht="20.25" customHeight="1">
+      <c r="A111" s="57" t="s">
+        <v>200</v>
       </c>
       <c r="B111" s="50"/>
       <c r="C111" s="50"/>
       <c r="D111" s="50"/>
     </row>
-    <row r="112" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>205</v>
+    <row r="112" spans="1:4" ht="80.25" customHeight="1">
+      <c r="A112" s="50" t="s">
+        <v>201</v>
       </c>
       <c r="B112" s="50"/>
       <c r="C112" s="50"/>
       <c r="D112" s="50"/>
     </row>
-    <row r="113" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="D114" s="49"/>
+    <row r="113" spans="1:4">
+      <c r="A113" s="49"/>
+      <c r="B113" s="49"/>
+      <c r="C113" s="49"/>
+      <c r="D113" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A113:D113"/>
-    <mergeCell ref="A109:D109"/>
+    <mergeCell ref="A112:D112"/>
+    <mergeCell ref="A108:D108"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A109:D109"/>
     <mergeCell ref="A110:D110"/>
     <mergeCell ref="A111:D111"/>
-    <mergeCell ref="A112:D112"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="64" fitToHeight="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="38" max="16383" man="1"/>
+    <brk id="37" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e02c41fb6780ed4cfd42e8777efa62ef" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100CCAE56773E04C54A8AAEC798B999D08D" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="81a6793cb9d799be2cf56460a42ef44c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" xmlns:ns3="42144e59-5907-413f-b624-803f3a022d9b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="25ce1e1fd3b31c1fe806c05066683953" ns2:_="" ns3:_="">
     <xsd:import namespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d"/>
     <xsd:import namespace="42144e59-5907-413f-b624-803f3a022d9b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4175,147 +4074,147 @@
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="25a75a1d-8b78-49a6-8e4b-dbe94589a28d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="779952b4-9163-4466-a728-aca91a51bc43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42144e59-5907-413f-b624-803f3a022d9b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f02a1d4e-ea66-4807-90a5-c3aac3888af8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="42144e59-5907-413f-b624-803f3a022d9b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4360,127 +4259,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="42144e59-5907-413f-b624-803f3a022d9b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="25a75a1d-8b78-49a6-8e4b-dbe94589a28d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F6E600D-BB29-4572-A725-2D9665074F36}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BB8CB4B-C926-47E4-BF6E-EE257F093DAF}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51CEB8B2-5974-4FB2-8BEA-5C52FBCAEDA5}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51CEB8B2-5974-4FB2-8BEA-5C52FBCAEDA5}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EADA7606-1BA3-401A-93A6-42474FE0EAC8}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F6E600D-BB29-4572-A725-2D9665074F36}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...23 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>VARAM</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxCatchAll">
     <vt:lpwstr/>
   </property>